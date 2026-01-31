--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -12,1307 +12,1360 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
-[...49 lines deleted...]
-    <t>Trial outcome 06.09.2022: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Никита Вадимович Дранец</t>
+  </si>
+  <si>
+    <t>1 января 1999</t>
+  </si>
+  <si>
+    <t>Никита, активист анархистского движения, был задержан в марте 2021 года в рамках уголовного дела, возбужденного против анархистов из Брестской области. Он был осужден за «участие в групповых действиях, грубо нарушающих общественный порядок», и за «участие в преступной организации». Известно, что в основу обвинения лег эпизод, связанный с «Маршем нетунеядцев», который состоялся 5 марта 2017 года.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 06.09.2022: 6 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
   </si>
   <si>
-    <t>Eugene Alexeyevich Pelekhaty</t>
-[...8 lines deleted...]
-    <t>Trial outcome 05.08.2024: unknown.</t>
+    <t>Дмитрий Леонидович Папков</t>
+  </si>
+  <si>
+    <t>3 января 1988</t>
+  </si>
+  <si>
+    <t>Согласно провластным телеграм-каналам, были задержаны четыре человека - их называют" спящей ячейкой экстремистов«, которые» имели "внешние связи " с белорусскими добровольцами, воюющими в Украине. В их числе Дмитрий.
+Все они родом из Гомеля и, судя по постам в соцсетях, давно дружили, вместе участвовали в международной игре в Beer Pong в Гомеле. После брутального задержания друзей заставили записать "покаянное видео" и сказать о том, что они создали чат, где переписывались между собой, а после вторжения РФ в Украину якобы несколько раз в переписках оскорбили Лукашенко, также писали «неправильные» комментарии. Еще одно обвинение-ребята» имели внешние связи " с белорусскими добровольцами, которые воюют за Украину. Судя по всему, именно это стало основанием для возбуждения уголовного дела по статье»содействие экстремистской деятельности".
+10.05.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 01.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-03-31 19:10:13</t>
+  </si>
+  <si>
+    <t>Евгений Алексеевич Пелехатый</t>
+  </si>
+  <si>
+    <t>3 января 1993</t>
+  </si>
+  <si>
+    <t>Во время задержания к Евгению применили «спецсредства и физическую силу», говорится в решении суда от 2 июня (мужчину обвинили в неподчинении милиции). С рабочего кабинета его выводили в наручниках и с мешком на голове, известно нам от своих источников.На данный момент Евгений Пелехатый ожидает суда. Его обвиняют в написании нескольких жестких телеграм-комментариев про Лукашенко и силовиков.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Dmitry Leonidovich Papkov</t>
-[...46 lines deleted...]
-    <t>Trial outcome 20.08.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
+    <t>Павел Александрович Ксендзов</t>
+  </si>
+  <si>
+    <t>3 января 1987</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-11-17 21:48:11</t>
   </si>
   <si>
-    <t>Оlesya Nikolaevna Dernakovskaya</t>
-[...9 lines deleted...]
-    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal 17.12.2024: unknown.</t>
+    <t>Олеся Николаевна Дернаковская</t>
+  </si>
+  <si>
+    <t>4 января 1976</t>
+  </si>
+  <si>
+    <t>Алеся задержана за финансовую помощь политзаключенным.
+В 1992 году она окончила Белорусский государственный медицинский университет по специальности «Лечебное дело». Сначала работала врачом в различных больницах, в 2003 году доучилась еще на педиатра. В 2006 году отучилась еще на дерматолога и косметолога. Имеет первую квалификационную категорию. В последние города работала в частных медицинских центрах "Седьмое небо», «Марк эстетик»и "Медовеню".</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-26 16:30:05</t>
   </si>
   <si>
-    <t>Maxim Vyacheslavovich Akulov</t>
-[...8 lines deleted...]
-    <t>Trial outcome 24.12.2024: unknown. Appeal 25.02.2025: unknown.</t>
+    <t>Максим Вячеславович Акулов</t>
+  </si>
+  <si>
+    <t>4 января 1971</t>
+  </si>
+  <si>
+    <t>Решение суда 24.12.2024: неизвестно. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-23 20:32:25</t>
   </si>
   <si>
-    <t>Vitaly Mikhailovich Voitekhovich</t>
-[...9 lines deleted...]
-    <t>Trial outcome 21.06.2023: 19 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 04.10.2023: the sentence was upheld.</t>
+    <t>Александр Владимирович Волчок</t>
+  </si>
+  <si>
+    <t>4 января 1977</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:51:11</t>
+  </si>
+  <si>
+    <t>Виталий Михайлович Войтехович</t>
+  </si>
+  <si>
+    <t>4 января 1967</t>
+  </si>
+  <si>
+    <t>Виталий был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осужден по многочисленным уголовным статьям на большой срок лишения свободы, первые пять лет из которого — тюремный режим.
+Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 19 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-17 01:25:10</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Vauchok</t>
-[...23 lines deleted...]
-    <t>Trial outcome 25.09.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+    <t>Федор Михайлович Кандиранда</t>
+  </si>
+  <si>
+    <t>4 января 1978</t>
+  </si>
+  <si>
+    <t>Старший преподаватель общевойскового факультета Военной академии. Неоднократно занимал призовые места среди старших преподавателей Военной академии. 13 августа 2020 года подал раппорт на увольнение в связи с фальсификацией выборов и отказом выполнять преступные приказы. В мае 2021 года приказом Лукашенко лишен звания подполковника.
+Последние годы работал в IT-сфере. 
+Задержан в марте 2025 года скорее всего по "делу Гаюна".
+У Федора есть хронические заболевания.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.09.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
   </si>
   <si>
-    <t>Natalia Nikolaevna Vasilenko</t>
-[...11 lines deleted...]
-    <t>Trial outcome 13.01.2025: unknown. Appeal 21.03.2025: unknown.</t>
+    <t>Максим Дмитриевич Варнель</t>
+  </si>
+  <si>
+    <t>5 января 2001</t>
+  </si>
+  <si>
+    <t>Решение суда 07.12.2023: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 20.02.2024: неизвестно. Апелляция 18.12.2024: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
+  </si>
+  <si>
+    <t>Наталья Николаевна Василенко</t>
+  </si>
+  <si>
+    <t>5 января 1975</t>
+  </si>
+  <si>
+    <t>Наталья стала известна еще в 2017 году, когда о ее проблеме рассказала независимая пресса. Женщину с третьей группой инвалидности, которая по причине медицинских ограничений не могла устроиться на работу, собирались выселить из жилья за долги. Раньше Наталья работала в строительной организации, но после того, как у не выявили эпилепсию, врачи написали список ограничений по работе. После общественного резонанса власти отозвали иск, а погасить долги Наталья смогла с помощью Нобелевского лауреата, писательницы Светланы Алексиевич. После этого она постоянно помогала гомельчанке, подключились к помощи и многие другие неравнодушные люди.
+В сентябре Наталья попала под «хапун» силовиков — ее задержали за «экстремистские» подписки. Тот же судья, который будет судить женщину по уголовным статьям, наказывал ее штрафом за административное правонарушение. Гомельчанку заставили сняться в «покаяльном» видео, на котором она не раскаялась, и на вопрос, как она относится к власти, прямо ответила: «Плохо». После этого отпустили под подписку. 
+Обо всем этом она тоже рассказывала в соцсетях, а в последнем посте написала о том, что ее пришли брать под стражу — в рамках уголовного дела. Также Наталья выкладывала фото с порезанными венами на руке.
+В заключение ее поместили перед самым судом.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.01.2025: неизвестно. Апелляция 21.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Maksim Dmitrievich Varnel</t>
-[...21 lines deleted...]
-    <t>Trial outcome 06.09.2022: 15 years of imprisonment in colony under general regime conditions, 700 basic values fine, approximately 6460 rubles of compensation. Appeal 28.02.2023: 14 years 9 months of imprisonment in colony under general regime conditions, 700 basic values fine, approximately 6460 rubles of compensation.</t>
+    <t>Евгений Тадеушевич Бужинский</t>
+  </si>
+  <si>
+    <t>6 января 1966</t>
+  </si>
+  <si>
+    <t>Врач 1-й квалификационной категории специалиста УЗИ Сморгонской ЦРБ.
+Задержан за оскорбление Лукашенко.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
+    <t>Мария Александровна Рабкова</t>
+  </si>
+  <si>
+    <t>6 января 1995</t>
+  </si>
+  <si>
+    <t>Марфа, координаторка волонтерской службы "Вясна", была задержана 17 сентября 2020 года. Ее обвинили в "подготовке к массовым беспорядкам" и других "преступлениях". В феврале 2021 года ей предъявили дополнительные обвинения, включая "разжигание социальной розни" и "участие в преступной организации".
+В сентябре 2022 года суд приговорил ее к 15 годам колонии, позже срок сократили на три месяца. В заключении у Марфы ухудшилось здоровье, в том числе из-за перенесенного COVID.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.09.2022: 15 лет лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа, приблизительно 6460 рублей компенсации. Апелляция 28.02.2023: 14 лет 9 месяцев лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа, приблизительно 6460 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:57</t>
   </si>
   <si>
-    <t>Anastasia Yuryevna Loyko</t>
-[...14 lines deleted...]
-    <t>Trial outcome 20.06.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 03.10.2023: unknown.</t>
+    <t>Анжела Михайловна Сандалюк</t>
+  </si>
+  <si>
+    <t>6 января 1974</t>
+  </si>
+  <si>
+    <t> Сандалюк Анжела вместе с мужем была осуждена в суде Октябрьского района г. Минска поч. 1 ст. 342 УК (организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них). 6 августа 2024 года дело рассматривала судья Живица Елена.
+11 октября 2024 года Минский городской суд рассмотрел апелляцию. Председатель судебной коллегии Руденко Александр Анатольевич.
+Суд Октябрьского района г. Минска 27 ноября 2024 года рассмотрел новое дело против семейной пары по ч. 1 ст. 342 УК (организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них). В этот раз судить назначили Карсюк Дмитрия.
+7 февраля 2025 года Минский городской суд рассмотрел апелляцию. Председатель судебной коллегии Попко Анастасия Павловна.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.08.2024: неизвестно. Апелляция 11.10.2024: неизвестно. Решение суда 27.11.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
+  </si>
+  <si>
+    <t>Анастасия Юрьевна Лойко</t>
+  </si>
+  <si>
+    <t>6 января 1989</t>
+  </si>
+  <si>
+    <t>Наста Лойко — известная белорусская правозащитница. Наста подвергалась преследованию за свою правозащитную деятельность, с августа 2021 года она являлась подозреваемой в уголовном деле, связанном с деятельностью правозащитной организации «Вясна».
+6 сентября 2022 года после посещения судебного заседания по делу «Революционного действия», Наста была дважды осуждена за «мелкое хулиганство» и провела 30 суток в заключении. Спустя 3 недели после освобождения, 28.10. 2022, Наста была задержана вновь. На суде Наста заявила о пытках (сотрудники ГУБОПиКа ударили ее электрошокером и как сотрудники ЦИПа оставляли на 8 часов без верхней одежды на холоде, из-за чего она заболела). В заключении на Окрестина Наста находилась без теплых вещей и средств личной гигиены.
+28.11.2022 стало известно, что Насту осудили снова на 15 суток по ст. 19.1 «мелкое хулиганство». Пятый раз за осень.
+В середине декабря ее перезадержали в 6-ой раз по той же статье, а в конце месяца предъявили обвинения по уголовным статьям и перевели в СИЗО-1. По версии обвинения, в одном из ее правозащитных докладов о преследовании анархистского сообщества в Беларуси за 2018 год содержится негативная оценка незаконных действий сотрудников милиции, которая стала основанием для возбуждения против нее уголовного дела. Группа, против которой якобы разжигалась иная социальная вражда, является профессиональной социальной группой сотрудников правоохранительных органов. Как отмечают правозащитники, такое толкование статьи не соответствует международным стандартам в области прав человека, о чем свидетельствует практика международных судебных органов.
+Почти в начале судебного заседания процесс сделали закрытым.
+03.10.2023 состоялось рассмотрение апелляционной жалобы.
+В июле 2025 года стало известно, что Насту Лойко на 6 месяцев поместили ПКТ ( помещение камерного типа).</t>
+  </si>
+  <si>
+    <t>Решение суда 20.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 03.10.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
-    <t>Evgeniy Tadeushevich Buzhinskiy</t>
-[...29 lines deleted...]
-    <t>Trial outcome 14.12.2021: 16 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Regime change trial 27.09.2022: 5 years of prison regime. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation.</t>
+    <t>Дмитрий Юрьевич Попов</t>
+  </si>
+  <si>
+    <t>7 января 1992</t>
+  </si>
+  <si>
+    <t>Модератор соцсетей "Страна для жизни" пропал вечером 4 июня 2020 года. Лишь спустя несколько дней стало известно, что его приговорили к 15 суткам ареста и перевели в изолятор временного содержания в Минске. Ему предъявили обвинение в "организации массовых беспорядков".
+Осенью 2022 года Дмитрий был переведен на тюремный режим.
+По данным правозащитников, фигуранты "дела" обязаны выплатить компенсацию в размере 29 миллионов рублей. 
+В 2025 году Дмитрий был осужден по 411 статье.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 14.12.2021: 16 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 01.06.2022: приговор оставлен без изменения. Суд по смене режима 27.09.2022: 5 лет тюремного режима. Решение суда 06.10.2022: приблизительно 29000000 рублей компенсации. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:59</t>
   </si>
   <si>
-    <t>Nikolai Vladimirovich Biblis</t>
-[...9 lines deleted...]
-    <t>Trial outcome 28.09.2022: 8 years 6 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
+    <t>Николай Николаевич Автухович</t>
+  </si>
+  <si>
+    <t>7 января 1963</t>
+  </si>
+  <si>
+    <t>Николай, ветеран Афганской кампании, предприниматель и общественный деятель, ранее неоднократно подвергался преследованию за свою гражданскую позицию. Он был задержан 1 декабря 2020 года и осуждён по нескольким статьям, включая «создание преступной организации» и «покушение на захват власти», получив большой срок заключения и штраф, при этом первые пять лет он проведёт на тюремном режиме.
+Весной 2024 года с Николая и двух других фигурантов «дела» взыскали компенсацию за повреждение имущества милиционеров на сумму более 40 тысяч рублей.
+В ноябре 2025 года у Николая закончилось 5 лет тюремного режима и его перевели в ИК-14, где его сразу же отправили в ПКТ. Скорее всего Николая снова отправят на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 25 лет лишения свободы в колонии в условиях строгого режима (из них 5 лет тюремного режима), 1000 базовых величин штрафа, ограничение по военной службе. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 26.04.2024: приблизительно 13400 рублей компенсации. Суд по смене режима 23.01.2026: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:57</t>
+  </si>
+  <si>
+    <t>Николай Владимирович Библис</t>
+  </si>
+  <si>
+    <t>7 января 1997</t>
+  </si>
+  <si>
+    <t>Николай, техник в Институте порошковой металлургии, был задержан в июле 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+Ранее Николай уже подвергался аресту после попытки подать жалобу в ЦИК 16 июля 2020 года, где ему выбили передний зуб.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 8 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-05-26 01:14:39</t>
   </si>
   <si>
-    <t>Nikolay Nikolaevich Autukhovich</t>
-[...28 lines deleted...]
-    <t>8 years of imprisonment in a penal colony of strict regime.</t>
+    <t>Сергей Владимирович Соц</t>
+  </si>
+  <si>
+    <t>8 января 1983</t>
+  </si>
+  <si>
+    <t>осужден за комментарии в Телеграм.
+24.11.2023 года состоялось рассмотрение апелляционной жалобы, приговор вступил в силу. </t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>2 года лишения свободы.</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:01:48</t>
+  </si>
+  <si>
+    <t>Артём Владимирович Мазаник</t>
+  </si>
+  <si>
+    <t>8 января 1990</t>
+  </si>
+  <si>
+    <t>Программист, увлекается музыкой и рыбалкой. Очень любознателен, осведомлён во многих сферах. Изучает английский и немецкий языки. Всегда знал, что будет жить в Германии, обожает группу Раммштайн, всю жизнь их слушает, знает все песни наизусть.  
+На провластных каналах сообщили, что Артёма задержали за то, что он разработал программу по сканированию штрих-кодов для бойкотирования компаний, которые поддерживают режим. </t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Soc</t>
-[...44 lines deleted...]
-    <t>Trial outcome 08.08.2025: unknown years of imprisonment in colony under general regime conditions. Appeal 26.09.2025: the sentence was upheld.</t>
+    <t>Максим Васильевич Гритченко</t>
+  </si>
+  <si>
+    <t>9 января 1989</t>
+  </si>
+  <si>
+    <t>Был осужден к лишению свободы. Удерживался в СТ-4.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-11 18:45:43</t>
+  </si>
+  <si>
+    <t>Сергей Владимирович Думава</t>
+  </si>
+  <si>
+    <t>9 января 1986</t>
+  </si>
+  <si>
+    <t>Сергей был задержан в марте 2021 года и осенью того же года осуждён за расклейку стикеров в Витебске. По версии обвинения, с 1 октября 2020 года по 22 марта 2021 года он занимался деятельностью, направленной на «систематическую порчу имущества»: с использованием аэрозольной краски наносил на объекты УП «Витебскводоканал» надписи «Жыве Беларусь!», «3 %», «Красный партизан», «Уходи» и другие.
+В сентябре 2024 года состоялось очередное судебное заседание, по итогам которого Сергей был переведён на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.09.2021: 9 лет 15 дней лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 25.09.2024: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-08-26 22:47:30</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Шемякин</t>
+  </si>
+  <si>
+    <t>9 января 1969</t>
+  </si>
+  <si>
+    <t>Решение суда 08.08.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 26.09.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-11-03 15:25:52</t>
   </si>
   <si>
-    <t>Vladislav Alexeyevich Anichkin</t>
-[...8 lines deleted...]
-    <t>Trial outcome 23.04.2024: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 25.06.2024: the sentence was upheld.</t>
+    <t>Владислав Алексеевич Аничкин</t>
+  </si>
+  <si>
+    <t>9 января 1991</t>
+  </si>
+  <si>
+    <t>Владислав был задержан и осуждён весной 2024 года за участие в послевыборных акциях протеста, проходивших осенью 2020 года в Минске, и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 23.04.2024: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 25.06.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Dumava</t>
-[...38 lines deleted...]
-    <t>Trial outcome date unknown: 5 years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
+    <t>Дмитрий Юрьевич Малахов</t>
+  </si>
+  <si>
+    <t>9 января 1993</t>
+  </si>
+  <si>
+    <t>ИУОТ-45, 225073, Брестская обл., Каменецкий р-н., д. Сушки, ул.Центральная, 1</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-25 00:19:50</t>
   </si>
   <si>
-    <t>Sergey Valerievich Degtyarenko</t>
-[...5 lines deleted...]
-    <t>Trial outcome 11.01.2024: 3 years 5 months of imprisonment in colony under general regime conditions. Appeal 16.04.2024: unknown.</t>
+    <t>Сергей Валерьевич Дегтяренко</t>
+  </si>
+  <si>
+    <t>10 января 1992</t>
+  </si>
+  <si>
+    <t>Решение суда 11.01.2024: 3 года 5 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 16.04.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
   </si>
   <si>
-    <t>Igor Mikhailovich Nemirovich</t>
-[...15 lines deleted...]
-    <t>Trial outcome 17.11.2023: 1 year of imprisonment in colony under general regime conditions. Trial outcome 08.04.2025: 3 years of imprisonment in colony under enhanced security conditions. Appeal 10.06.2025: the sentence was upheld.</t>
+    <t>Игорь Михайлович Немирович</t>
+  </si>
+  <si>
+    <t>10 января 1994</t>
+  </si>
+  <si>
+    <t>Первый раз Игоря Немировича задержали в начале мая 2022 года и сразу поместили под домашний арест, но он сбежал и уехал. Осенью этого года он обратился в комиссию по рассмотрению обращений белорусов, находящихся за рубежом, и вернулся домой, но этот факт не признали "безусловным основанием для вывода о его раскаянии". 27 сентября 2023 года его снова задержали и поместили под стражу.
+Согласно версии обвинения, 10 августа 2020 года Игорь Немирович разместил в Instagram фото с текстом в "неприличной форме, унижающее честь и достоинство Александра Лукашенко, которое содержало негативную оценку и являлось оскорбительным по отношению к нему".
+На процессе Игорь вину признал полностью и рассказал, что с мая по август 2020 года он не жил в Беларуси. О событиях, которые происходили на родине, брестчанин узнавал из средств массовой информации. "Поддавшись негативным эмоциям от освещаемых событий", он разместил в социальной сети Instagram фотоизображение "оскорбительного характера" в отношении Александра Лукашенко. 
+16.08.2024 освобожден полностью отбыв срок наказания,  назначенный судом.
+В октябре 2024  года снова задержан по подозрению в "содействии экстремистской деятельности".</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 17.11.2023: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 08.04.2025: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция 10.06.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-11-14 19:18:14</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Novitsky</t>
-[...16 lines deleted...]
-    <t>Trial outcome 30.09.2021: 5 years 4 months of imprisonment in colony under enhanced security conditions. Trial outcome 13.06.2022: 4 months of imprisonment in colony in strict regime conditions. Trial outcome 17.01.2023: unknown.</t>
+    <t>Андрей Владимирович Новицкий</t>
+  </si>
+  <si>
+    <t>10 января</t>
+  </si>
+  <si>
+    <t>под стражей с 1 июня 2021 года. Он отказался от адвоката, поскольку уверен, что сможет сам успешно защищать себя. 
+Андрея Новицкого признали виновным в том, что он принимал участие в маршах 27 сентября 2020 года, держал на вытянутых руках БЧБ-флаг, публично выкрикивал лозунги.  Он же принял участие в марше 11 октября на ул. Кальварийская и пр. Победителей, где в том числе "надел на плечи БЧБ-флаг и продемонстрировал сжатый кулак с вытянутой вверх рукой". В подобных действиях его обвиняют по событиям 25 октября. Также его признали виновным в том, что не позднее 7 декабря 2020 года он оскорбил Лукашенко в YouTube.  Также Андрея Новицкого осудили за то, что не позднее 27 января 2021 года он приобрел сыпучее вещество и незаконно хранил и перевозил его, не уведомив уполномоченные органы. 
+13 июня 2022 года в суде Бобруйского района и г. Бобруйска состоялся процесс по ст.411, в результате которого политзаключенному добавили еще четыре месяца заключения и сменили режим с усиленного на строгий.
+17 января 2023 г. политзаключенного снова судили по ст. 411 УК.Приговоор неизвестен.
+Переведен в ИК № 20.
+С апреля 2024 г. и по состоянию на начало декабря этого же года родные ничего не знают об Андрее, на их запрос к администрации колонии пришла отписка, согласно которой политзаключенный, якобы, сам все расскажет "через переписку", но писем от него нет.</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2021: 5 лет 4 месяца лишения свободы в колонии в условиях усиленного режима. Решение суда 13.06.2022: 4 месяца лишения свободы в колонии в условиях строгого режима. Решение суда 17.01.2023: неизвестно.</t>
   </si>
   <si>
     <t>2021-10-01 18:41:47</t>
   </si>
   <si>
-    <t>Oleg Arkadyevich Ermakovich</t>
-[...9 lines deleted...]
-    <t>unknown</t>
+    <t>Борис Викторович Ким</t>
+  </si>
+  <si>
+    <t>11 января 1996</t>
+  </si>
+  <si>
+    <t>17.02.2023 года состоялось рассмотрение апелляционной жалобы. приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии строгого режима.</t>
+  </si>
+  <si>
+    <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Олег Аркадьевич Ермакович</t>
+  </si>
+  <si>
+    <t>11 января 1962</t>
+  </si>
+  <si>
+    <t>Задержан в мае 2023 года за " распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность". После административного наказания было заведено уголовное дело.
+16 апреля 2024 г. у Олега состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
   </si>
   <si>
     <t>2023-11-05 20:55:54</t>
   </si>
   <si>
-    <t>Boris Viktorovich Kim</t>
-[...30 lines deleted...]
-    <t>Trial outcome 12.07.2022: 6 years of imprisonment in colony under enhanced security conditions.</t>
+    <t>Константин Анатольевич Рудницкий</t>
+  </si>
+  <si>
+    <t>11 января 1999</t>
+  </si>
+  <si>
+    <t>Студент. Константин является мастером спорта.
+9 декабря в провластных телеграм-каналах появилось «покаянное видео» с ним, где Константин заявлял об участии в разработке «Черной карты Беларуси».</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 12.07.2022: 6 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-05-09 15:19:01</t>
   </si>
   <si>
-    <t>Dmitry Alexandrovich Grishkevich</t>
-[...5 lines deleted...]
-    <t>Trial outcome 18.08.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+    <t>Константин Леонидович Ермолович</t>
+  </si>
+  <si>
+    <t>12 января 1991</t>
+  </si>
+  <si>
+    <t>Житель Могилевской области. Уроженец Литвы. Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527.
+25.10.2022 состоялось рассмотрение апелляционной жалобы суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.08.2022: 16 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.10.2022: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-05-23 12:39:50</t>
+  </si>
+  <si>
+    <t>Павел Петрович Добровольский</t>
+  </si>
+  <si>
+    <t>12 января 1990</t>
+  </si>
+  <si>
+    <t>Бывший журналист Naviny.by. 
+Ранее Павел сотрудничал с различными независимыми изданиями, во время протестов 2020 года его задерживали и привлекали к административной ответственности в связи с осуществлением профессиональной деятельности. Осенью 2021 года Павел Добровольский покинул Беларусь. Много путешествовал по разным странам и делал репортажи.
+Однако, как стало сейчас известно, с января 2025 года он находится в Беларуси под стражей в следственном изоляторе. Обстоятельства, в которых происходит уголовное преследование, дают основания считать, что причиной содержания Павла под стражей стала его предыдущая деятельность, связанная с реализацией права на свободное выражение мнений и распространение информации.
+В октябре 2025 года стало известно, что Павла обвиняют в измене государству.</t>
+  </si>
+  <si>
+    <t>Главпочтамт, а\я 8, Минск 220050</t>
+  </si>
+  <si>
+    <t>2025-08-26 17:10:27</t>
+  </si>
+  <si>
+    <t>Дмитрий Александрович Гришкевич</t>
+  </si>
+  <si>
+    <t>12 января 1988</t>
+  </si>
+  <si>
+    <t>Решение суда 18.08.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-08-28 12:54:28</t>
   </si>
   <si>
-    <t>Paul Petrovich Dobrovolsky</t>
-[...45 lines deleted...]
-    <t>Trial outcome 19.11.2024: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 31.01.2025: the sentence was upheld.</t>
+    <t>Иван Сергеевич Осипович</t>
+  </si>
+  <si>
+    <t>13 января 1998</t>
+  </si>
+  <si>
+    <t>11.11.2022 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 года лишения свободы в колонии </t>
+  </si>
+  <si>
+    <t>2022-09-02 22:33:18</t>
+  </si>
+  <si>
+    <t>Владислав Владимирович Кошелев</t>
+  </si>
+  <si>
+    <t>13 января 1978</t>
+  </si>
+  <si>
+    <t>Владислав, известный в Витебске как свадебный и ню-фотограф, был осуждён в ноябре 2024 года за «оскорбление Лукашенко» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-36, 220039 г. Минск, ул. Короткевича,14</t>
+  </si>
+  <si>
+    <t>Решение суда 19.11.2024: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 31.01.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-11-11 21:38:48</t>
   </si>
   <si>
-    <t>Ivan Sergeevich Osipovich</t>
-[...24 lines deleted...]
-    <t>4 years of imprisonment in a penal colony</t>
+    <t>Виталий Вячеславович Железняков</t>
+  </si>
+  <si>
+    <t>13 января 1987</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 18.09.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
+  </si>
+  <si>
+    <t>Андрей Евгеньевич Примако</t>
+  </si>
+  <si>
+    <t>14 января 1977</t>
+  </si>
+  <si>
+    <t>Культурный активист. Андрея задержали 12 января и суд Московского района Минска присудил ему 10 суток административного ареста. После “суток " на свободу он уже не вышел. Содержался в СИЗО №1 Минска.
+По делу известно, что Примака был зарегистрирован в “Плане победа”.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.06.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 18.08.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
-    <t>Alexander Anatolyevich Frantskevich</t>
-[...7 lines deleted...]
-Frantskevich was held in custody until the trial.</t>
+    <t>Александр Анатольевич Францкевич</t>
+  </si>
+  <si>
+    <t>15 января 1988</t>
+  </si>
+  <si>
+    <t>Следственный комитет называет его активным участником деструктивных телеграмм-каналов и представителем "диванных войск".
+Потерпевшими по делу выступали 26 человек.
+Францкевич до суда удерживался под стражей.</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-06-28 16:49:54</t>
   </si>
   <si>
-    <t>Timur Vazhevich Pipiya</t>
-[...8 lines deleted...]
-    <t>Trial outcome 02.07.2021: 6 years 3 months 2 days of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: 6 years 2 months 2 days of imprisonment in colony under enhanced security conditions, unknown rubles of compensation.</t>
+    <t>Андрей Юрьевич Хрищанович</t>
+  </si>
+  <si>
+    <t>16 января 1991</t>
+  </si>
+  <si>
+    <t>Решение суда 13.08.2025: 1 год лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-08-26 22:04:04</t>
+  </si>
+  <si>
+    <t>Инна Валерьевна Глинская</t>
+  </si>
+  <si>
+    <t>16 января 1975</t>
+  </si>
+  <si>
+    <t>Задержана вместе с дочерью.
+Обыск в квартире был проведен по ст. 364 УК РБ. Затем статья обвинения была переквалифицирована на ч.3 ст. 130 УК РБ.
+Предварительно обвиняется в распространении личных данных сотрудников МВД.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.01.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 28.04.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-01-07 01:46:58</t>
+  </si>
+  <si>
+    <t>Аскер Азерович Аллахвердиев</t>
+  </si>
+  <si>
+    <t>16 января 1999</t>
+  </si>
+  <si>
+    <t>Согласно социальным сетям Аскера, он жил в Минске, занимался спортом, снимался в видео. Последний раз он заходил на свою страницу во «Вконтакте» в июле. Его дело 4 октября начнут рассматривать в закрытом режиме в Минском городском суде. Аскеру инкриминирована ч. 1 ст. 361-3 УК (Участие на территории иностранного государства в вооруженном формировании или вооруженном конфликте, военных действий, вербовка или подготовка лиц к такому участию).</t>
+  </si>
+  <si>
+    <t>Решение суда 08.10.2024: принудительное лечение в психиатрическом стационаре.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Шпак</t>
+  </si>
+  <si>
+    <t>16 января 1972</t>
+  </si>
+  <si>
+    <t>МВД 24 июля признал "экстремистским формированием" проект "Propovednik". По данным ведомства, причастность к нему имеет 52-летний Шпак Владимир, который был задержан в мае 2024 года.
+На провластных телеграм-каналах сообщалось, что мужчина "разжигал национальную и социальную ненависть, призывал к насилию, выступал за радикализацию и терроризм". Утверждалось, что в отношении задержанного был возбужден ряд уголовных дел - ему угрожали 10 годами заключения.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.01.2025: 7 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа. Апелляция 07.03.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Тимур Важевич Пипия</t>
+  </si>
+  <si>
+    <t>16 января 1990</t>
+  </si>
+  <si>
+    <t>Футбольный фанат клуба "МТЗ-РИПО", был задержан 25 сентября 2020 года в Минске и осужден за участие в акциях протеста.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.07.2021: 6 лет 3 месяца 2 дня лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: 6 лет 2 месяца 2 дня лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-26 21:04:52</t>
   </si>
   <si>
-    <t>Ruslan Olegovych Rebkovets</t>
-[...3 lines deleted...]
-After a while, the man was detained by the KGB. He was charged under part 1 of article 361-4 (assistance to extremist activity) of the Criminal Code of the Republic of Belarus. The man faces up to 6 years in prison.</t>
+    <t>Руслан Олегович Ребковец</t>
+  </si>
+  <si>
+    <t>Как утверждает УСК по Могилевской области, Руслан переслал видео в паблик «ВКонтакте» ДВИЖ, который признан властями Беларуси «экстремистским». Стоит отметить, что само видео длится всего 12 секунд и в нем ничего фактически не происходит – состав с военной техникой просто стоит на станции.
+Спустя время мужчину задержали сотрудники КГБ. Ему предъявили обвинение по по ч.1 ст.361-4 (содействие экстремистской деятельности) УК РБ. Мужчине грозит до 6 лет лишения свободы.</t>
   </si>
   <si>
     <t>2023-05-15 13:10:03</t>
   </si>
   <si>
-    <t>Inna Valerievna Glinskaya</t>
-[...82 lines deleted...]
-    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Владимир Мефодьевич Ворошень</t>
+  </si>
+  <si>
+    <t>17 января 1965</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2024-01-18 19:26:22</t>
+  </si>
+  <si>
+    <t>Елена Петровна Жукова</t>
+  </si>
+  <si>
+    <t>17 января 1969</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-18 17:00:13</t>
   </si>
   <si>
-    <t>Vladimir Methodievich Voroshen</t>
-[...22 lines deleted...]
-    <t>Trial outcome 28.07.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 17.10.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
+    <t>Николай Васильевич Баньков</t>
+  </si>
+  <si>
+    <t>18 января 1971</t>
+  </si>
+  <si>
+    <t> Бывший преподаватель кафедры связи БГУИР. Эта кафедра предназначена для подготовки кадровых офицеров для Вооруженных сил и других силовых структур и ведомств РБ. Сначала Николаю назначили арест по административному протоколу, а потом перезадержали в рамках уголовного дела. Был осужден за три доната, которые мужчина сделал в августе 2020 года.
+С момента этапа в колонию Михаил отбыл 180 суток в ШИЗО, потом находился в ПКТ.
+По состоянию на апрель 2025 года переведен на тюремный режим в тюрьму № 4.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.07.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.10.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-06-22 00:43:17</t>
   </si>
   <si>
-    <t>Vyacheslav Mikhailovich Oreshko</t>
-[...12 lines deleted...]
-    <t>Trial outcome 05.01.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 03.04.2023: unknown.</t>
+    <t>Вячеслав Михайлович Орешко</t>
+  </si>
+  <si>
+    <t>18 января 1955</t>
+  </si>
+  <si>
+    <t>Белорусский политолог и общественный деятель, активист профсоюза РЭП.
+В колонии у Вячеслава очень ухудшилось зрение. Он практически ничего не видит. Часто передвигается на ощушь.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 05.01.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 03.04.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-05-13 18:58:35</t>
   </si>
   <si>
-    <t>Vyacheslav Valerievich Murnov</t>
-[...9 lines deleted...]
-    <t>Trial outcome 04.07.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 03.09.2024: the sentence was upheld.</t>
+    <t>Виктор Витальевич Гурко</t>
+  </si>
+  <si>
+    <t>19 января 2000</t>
+  </si>
+  <si>
+    <t>Задержан за участие в акциях протеста в 2020 году.
+13 августа 2024 года в суде Октябрьского района г. Минска судья Лавринович Ольга будет принимать решение "О замене ограничения свободы без направления в исправительное учреждение открытого типа".
+По состоянию на октябрь 2025 г. стало известно, что Виктор снова задержан и удерживается в СИЗО № 1.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.03.2023: 1 год 6 месяцев ограничения свободы без направления. Суд по смене режима 13.08.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-11-02 14:13:38</t>
+  </si>
+  <si>
+    <t>Вячеслав Валерьевич Мурнов</t>
+  </si>
+  <si>
+    <t>19 января 1973</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, Вячеслав Мурнов в октябре 2021 года и в марте 2024 года нецензурно прокомментировал публикации с изображением Лукашенко в «Одноклассниках». Этого оказалось достаточно, чтобы мужчину отправили в колонию. Помимо этого, ему также назначили «принудительное лечение от хронического алкоголизма».
+03.09.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.07.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-01 20:57:16</t>
   </si>
   <si>
-    <t>Victor Vitalievich Gurko</t>
-[...22 lines deleted...]
-    <t>On February 2, 2024, an appeal hearing was held. The verdict came into force.</t>
+    <t>Максим Павлович Соболев</t>
+  </si>
+  <si>
+    <t>20 января 1996</t>
+  </si>
+  <si>
+    <t>Задержан за создание чата в 2020 году, который потом был признан экстремистским.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.01.2023: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 09.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
+    <t>Анастасия Сергеевна Кухта</t>
+  </si>
+  <si>
+    <t>20 января 1992</t>
+  </si>
+  <si>
+    <t>Социальная активистка из Минска.
+Она была задержана 17 февраля 2022 года по месту жительства.
+Дома у нее был проведен обыск. Сначала ей присудили административный арест, но после него на свободу Анастасия не вышла.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2022-03-16 14:22:57</t>
+  </si>
+  <si>
+    <t>Сергей Николаевич Кабарчук</t>
+  </si>
+  <si>
+    <t>20 января 1963</t>
+  </si>
+  <si>
+    <t>15 февраля 2024 в Лельчицком районе Гомельской области на границе с Украиной ввели режим «контртеррористической операции». Население просили «сохранять спокойствие и подчиняться требованиям сотрудников силовых структур». В КГБ утверждают, что задержали участников «диверсионно-разведывательной группы», в состав которой входили граждане Украины и Беларуси. Сколько именно человек было задержано — не сообщается.</t>
+  </si>
+  <si>
+    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:42:06</t>
+  </si>
+  <si>
+    <t>Евгений Валерьевич Щербина</t>
+  </si>
+  <si>
+    <t>20 января 1984</t>
+  </si>
+  <si>
+    <t>02.02.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>2023-04-13 23:11:10</t>
   </si>
   <si>
-    <t>Anastasia Sergeevna Kukhta</t>
-[...42 lines deleted...]
-    <t>Trial outcome 21.06.2023: 16 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime), military service restriction. Appeal 04.10.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
+    <t>Владимир Николаевич Савенков</t>
+  </si>
+  <si>
+    <t>21 января 1977</t>
+  </si>
+  <si>
+    <t>Владимир, по имеющейся информации, бывший командир ОМОН и депутат Пушкинского избирательного округа №9 (агрогородок Колодищи) 27 созыва, был задержан в декабре 2021 года после попытки атаки на ГОМ-2 Фрунзенского РУВД в Минске 16 августа 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма».
+Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группе участвовали радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых органов, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём». Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
+Владимира осудили по нескольким уголовным статьям на большой срок лишения свободы, первые пять из которых — тюремный режим. Также его лишили воинского звания.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 16 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима), ограничение по военной службе. Апелляция 04.10.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-09-09 14:56:43</t>
   </si>
   <si>
-    <t>Eugen Igorevich Stepanov</t>
-[...11 lines deleted...]
-    <t>Trial outcome 19.09.2024: unknown.</t>
+    <t>Евгений Игоревич Степанов</t>
+  </si>
+  <si>
+    <t>21 января 1967</t>
+  </si>
+  <si>
+    <t>Суть обвинений, выдвинутых против Евгения Степанова, которого сейчас обвиняют в «создании или участии в деятельности экстремистского формирования», не известна. По недостоверным данным, он был задержан в январе этого года за "распространение экстремистских материалов в интернете" и по ч. 2 ст. 19.11 КоАП приговорен к аресту, из-под которого на свободу уже не вышел.
+Евгений Степанов имеет серьезные проблемы со здоровьем: в 2020 году он перенес инсульт, после которого получил трудности с речью. Из – за этого Евгений Степанов потерял возможность работать по профессии-он окончил университет культуры и искусств по специальности «режиссура», проводил свадьбы, концерты, другие торжественные и развлекательные мероприятия.
+Из социальных сетей Евгений Степанов исчез еще в конце 2022 года, но из-за сложности коммуникации с ним это осталось незамеченным. Внимание со стороны силовых структур привлекли его обращения в государственные инстанции, написанные в конце февраля-начале марта 2022г. Он требовал поспособствовать прекращению российской военной агрессии на территории Украины - объявить формирование антивоенного движения и поддержать любые формы антивоенных протестов; требовать немедленного вывода российских войск с территории Беларуси, считать военными преступниками всех, кто принимал решение о военных действиях в Украине, и кто санкционировал агрессивную пропаганду, оправдывающую войну, в государственных белорусских СМИ.
+Свои требования прекратить войну в Украине Евгений Степанов направлял и местным властям, и государственным лицам высшего ранга – министру обороны Республики Беларусь, руководителю вооруженными силами страны, генеральному прокурору РБ.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
-    <t>Anatoly Arkadyevich Yaskevich</t>
-[...9 lines deleted...]
-    <t>4, 5 years of imprisonment in a penal colony of general regime.</t>
+    <t>Анатолий Аркадьевич Яскевич</t>
+  </si>
+  <si>
+    <t>21 января 1987</t>
+  </si>
+  <si>
+    <t>По материалам следствия, еще в мае 2021 года, используя новость о крушении военного самолета в городе Барановичи и гибели двоих летчиков, в социальной сети и видеохостинге Tik-Tok, 35-летний Яскевич систематически размещал в открытом доступе видеообращения, направленные на разжигание социальной розни и вражды в отношении сотрудников силовых ведомств.
+Также в мае 2021 года он произвел и разместил в социальной сети и видеохостинге TikTok в открытом для неограниченного количества лиц доступе 3 видеообращения, в которых оскорбил главу государства, ложно обвинил его в тяжких и особо тяжких преступлениях.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.07.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Yakubenok</t>
-[...8 lines deleted...]
-    <t>2.5 years of imprisonment in a general regime colony</t>
+    <t>Сергей Сергеевич Якубенок</t>
+  </si>
+  <si>
+    <t>22 января 1976</t>
+  </si>
+  <si>
+    <t>Основой для уголовного дела в отношении мужчины стал "Класс" в "Одноклассниках" в одном из пабликов, признанных экстремистскими одним из судов Республики Беларусь.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.12.2023: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 05.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-07 23:46:11</t>
   </si>
   <si>
-    <t>Alexey Yuryevich Klyushnichenko</t>
-[...8 lines deleted...]
-    <t>Trial outcome 05.11.2024: 6 years of imprisonment in colony under enhanced security conditions. Appeal 14.01.2025: unknown.</t>
+    <t>Алексей Юрьевич Клюшниченко</t>
+  </si>
+  <si>
+    <t>22 января 1996</t>
+  </si>
+  <si>
+    <t>Алексей активист, член Движения "За Свободу".</t>
+  </si>
+  <si>
+    <t>Решение суда 05.11.2024: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-04 17:24:13</t>
   </si>
   <si>
-    <t>Natalia Anatolyevna Davydulina</t>
-[...10 lines deleted...]
-    <t>Trial outcome 01.10.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 26.11.2024: unknown.</t>
+    <t>Наталья Анатольевна Давыдулина</t>
+  </si>
+  <si>
+    <t>22 января 1977</t>
+  </si>
+  <si>
+    <t>Наталье Давыдулиной 47 лет, она из Жлобина. Из соцсетей Натальи известно, что у них с мужем большая семья-пятеро детей, из которых одна дочь еще в младшей школе.
+Один из сыновей Натальи, Денис Давыдулин-бывший политзаключенный. Его задержали в марте 2021-го и приговорили полтора года колонии за то, что в ночь на 10 августа он «выходил на проезжую часть и оказывал активное неповиновение сотрудникам милиции».Она никогда не давала интервью медиа. Из расписаний судов известно, что ее судили 24 января 2024 года за «распространение экстремистских материалов». Вероятно, ее задержали во время облавы на солидарных с политзаключенными.
+Суд начнется 23 августа в Гомельском областном суде. Таким образом, скорее всего, Наталью обвиняют в какой-то помощи другим заключенным. Известно, что во время январской облавы оставили за решеткой в основном тех, кто помогал другим-делал переводы и посылки в СИЗО и колонии, даже на очень мелкие суммы.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.10.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 26.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
-    <t>Alexander Pavlovich Gashnikov</t>
-[...9 lines deleted...]
-    <t>14 years in a colony under enhanced regime conditions</t>
+    <t>Антон Павлович Шибут</t>
+  </si>
+  <si>
+    <t>23 января 1990</t>
+  </si>
+  <si>
+    <t>29.09.2023 состоялось рассмотрение апелляционной жалобы.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2023-07-08 16:04:24</t>
+  </si>
+  <si>
+    <t>Александр Павлович Гашников</t>
+  </si>
+  <si>
+    <t>23 января 1987</t>
+  </si>
+  <si>
+    <t>Сотрудник БМЗ. Задержан 18.09.2021 причины неизвестны,  воспитывает 2 детей младшего школьного возраста. По предварительной информации, вменяется в вину ст. 356 Уголовного кодекса (измена государству). Также по ОНТ сообщили о возбуждении уголовного дела за создание экстремистского формирования — ст. 361-1 Уголовного кодекса. 
+В суде Новополоцка 28 мая 2024 г. рассмотрено дело об усилении политзаключенному режима содержания. По решению судьи Виталия Лапко Александра перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>14 лет колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2021-09-27 14:14:40</t>
   </si>
   <si>
-    <t>Anton Pavlovich Shibut</t>
-[...36 lines deleted...]
-    <t>Trial outcome 06.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
+    <t>Игорь Ярославович Кузавко</t>
+  </si>
+  <si>
+    <t>24 января 1987</t>
+  </si>
+  <si>
+    <t>Решение суда 06.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
   </si>
   <si>
-    <t>Alexey Viktorovich Jagiello</t>
-[...8 lines deleted...]
-    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+    <t>Олег Васильевич Ларичев</t>
+  </si>
+  <si>
+    <t>26 января 1986</t>
+  </si>
+  <si>
+    <t>Организатор фестиваля Urban Myths, общественный деятель и стрит-арт-художник.
+Ранее Олег Ларичев уже несколько раз задерживался и привлекался к ответственности, в том числе за свой арт-активизм, в том числе в 2022 году.
+В этот раз его задержали по уголовному делу, предположительно связанному с задержаниями других людей якобы причастных в "экстремисткому формированию" «Да Зораў».</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Сергей Васильевич Сандалюк</t>
+  </si>
+  <si>
+    <t>27 января 1971</t>
+  </si>
+  <si>
+    <t>Сергей много лет служил в воинской части 7404 в Барановичах — это 4-я специальная милицейская бригада внутренних войск МВД. В 1996 году Сандалюк, по его словам, командовал там ротой, а в 2000-х дослужился до командира части.
+Уже в 2013 году Сергей Сандалюк пошел на повышение и стал заместителем начальника Департамента исполнения наказаний. На этой должности он отвечал за идеологическую работу и кадровое обеспечение.
+Полковник несколько раз отметился в СМИ: он проводил экскурсии по колониям для журналистов госизданий, сотрудничал с Экзархатом Беларусской православной церкви, обсуждал взаимодействие ДИН и церкви с митрополитом Павлом. 
+На рубеже 2018−2019 годов Сергей Сандалюк ушел в отставку с поста замглавы ДИН. В том же январе 2019 года Сандалюк зарегистрировался в Ленинском районе Минска в качестве индивидуального предпринимателя, чтобы оказывать услуги по сдаче жилья в посуточную аренду.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 11.10.2024: неизвестно. Решение суда 27.11.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 07.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:00:34</t>
+  </si>
+  <si>
+    <t>Алексей Викторович Ягелло</t>
+  </si>
+  <si>
+    <t>27 января 1984</t>
+  </si>
+  <si>
+    <t>Об Алексее известно, что он по образованию является врачом-хирургом, но в своей профессии не работал. Он-евангельский проповедник, а также защитник здорового образа жизни. В прошлом году областная государственная газета писала о том, как он продвигает свой способ отказа от курения.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
   </si>
   <si>
     <t>2025-11-29 18:40:32</t>
   </si>
   <si>
-    <t>Andrey Valerievich Alexandrov</t>
-[...9 lines deleted...]
-    <t>Trial outcome 06.10.2022: 14 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 06.01.2023: the sentence was upheld.</t>
+    <t>Андрей Валерьевич Александров</t>
+  </si>
+  <si>
+    <t>27 января 1978</t>
+  </si>
+  <si>
+    <t>Белорусский журналист Андрей, задержанный 12 января 2021 года вместе со своей девушкой Ириной Злобиной, обвинялся в "финансировании протестной деятельности" и оплате штрафов участникам протестов. Его осудили по ряду уголовных статей, включая "измену государству" и "участие в экстремистском формировании".
+1 сентября 2022 года пара поженилась в СИЗО-1.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.10.2022: 14 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 06.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
   </si>
   <si>
-    <t>Alexander Andreevich Rybchenko</t>
-[...5 lines deleted...]
-    <t>Trial outcome 27.06.2025: 4 years restrictions of freedom with referral to an open-type correctional facility.</t>
+    <t>Александр Андреевич Рыбченко</t>
+  </si>
+  <si>
+    <t>Александр, бывший директор школы в Крынках, возглавлял её примерно до 2018 года. Осуждён по статье «Содействие экстремистской деятельности» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 27.06.2025: 4 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-07-11 18:25:54</t>
   </si>
   <si>
-    <t>Maria Alexandrovna Deichik</t>
-[...5 lines deleted...]
-    <t>Trial outcome 20.08.2025: 2 years 9 months of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
+    <t>Мария Александровна Дейчик</t>
+  </si>
+  <si>
+    <t>29 января 1984</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года 9 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
-    <t>Dmitry Vladimirovich Golub</t>
-[...11 lines deleted...]
-    <t>Trial outcome 22.11.2024: 4 years of imprisonment in colony under general regime conditions.</t>
+    <t>Дмитрий Владимирович Голуб</t>
+  </si>
+  <si>
+    <t>29 января 1989</t>
+  </si>
+  <si>
+    <t>О задержании Дмитрия стало известно 7 марта. 
+Дмитрия судили за комментарии, которые он оставил с ноября 2019 года по январь 2024 года в чатах Telegram и на YouTube-канале. В них он возбуждал национальную, иную социальную вражду и рознь, посчитал суд.
+Также мужчина оставлял комментарии с оскорблениями сотрудников ОВД, журналистов, представителей власти, Александра Лукашенко. В сентябре 2020 года он участвовал в акциях протеста.
+На приговор, который вынес Гродненский областной суд в суде Октябрьского района Гродно, пригласили студентов ГрГУ им.Я.Купалы.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.11.2024: 4 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Maksim Aminbayevich Jumaniyazov</t>
-[...5 lines deleted...]
-    <t>Maxim has had a severe mental illness since childhood and requires special care.</t>
+    <t>Дмитрий Владимирович Ильюхин</t>
+  </si>
+  <si>
+    <t>29 января 1990</t>
+  </si>
+  <si>
+    <t>Журналисты узнали, что в 2019 году Ильюхин отправился в Канаду на должность первого секретаря в посольстве Беларуси.
+«В Оттаве он был членом избирательной комиссии на президентских выборах 2020 года. Согласно официальному протоколу, на его участке разгромно победила Светлана Тихановская, которая набрала 321 голос (91%) против 21 голоса (6%) у Александра Лукашенко», — пишет издание.
+В августе 2021 года Ильюхин работал консулом в Нью-Йорке. Далее занимал должность первого секретаря посольства Беларуси в Вашингтоне. В апреле 2022 года покинул дипломатическую службу. После увольнения с государственной службы Дмитрий работал в представительстве Международной федерации обществ Красного Креста (IFRC).
+ Задержание Дмитрия, вероятно, произошло около года назад. Суть обвинений и точный приговор неизвестны, но приговор связан с лишением свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Герасименко</t>
+  </si>
+  <si>
+    <t>30 января 1977</t>
+  </si>
+  <si>
+    <t>Работал водителем-дальнобойщиком. Последнее известное место работы Александра – "Мозырьсоль". До этого работал в сфере спорта: тренером-преподавателем по гребле и заместителем директора по детской спортивной школе.
+Его задержали по "делу Гаюна" шестого марта 2025 года.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-07-25 00:54:32</t>
+  </si>
+  <si>
+    <t>Эдуард Викторович Бабарико</t>
+  </si>
+  <si>
+    <t>30 января 1990</t>
+  </si>
+  <si>
+    <t>Эдуард, окончивший БГЭУ по специальности «Экономика и управление предприятиями» и руководивший краудфандинговыми платформами Ulej и MolaMola, а также инициативной группой своего отца Виктора Бабарико, был задержан 18 июня 2020 года по пути в ЦИК для сдачи подписей. Он провёл более трёх лет в заключении без суда и был осуждён за «организацию массовых беспорядков» и «уклонение от уплаты налогов».
+В июле 2024 года его повторно приговорили к двум годам лишения свободы за «неповиновение администрации колонии».</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>Решение суда 05.07.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.11.2023: приговор оставлен без изменения. Решение суда 10.07.2024: 2 года лишения свободы в колонии в условиях усиленного режима. Апелляция 19.09.2024: приговор оставлен без изменения. Решение суда 20.02.2025: неизвестно лет лишения свободы в колонии в условиях строгого режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:33:12</t>
+  </si>
+  <si>
+    <t>Максим Аминбаевич Джуманиязов</t>
+  </si>
+  <si>
+    <t>30 января 1983</t>
+  </si>
+  <si>
+    <t>Максим имеет с детства тяжелое психическое заболевание, для него требуется особый досмотр.</t>
   </si>
   <si>
     <t>2023-03-12 14:58:12</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Gerasimenko</t>
-[...42 lines deleted...]
-    <t>Trial outcome 07.12.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 09.02.2024: unknown.</t>
+    <t>Татьяна Викторовна Степа</t>
+  </si>
+  <si>
+    <t>31 января 1970</t>
+  </si>
+  <si>
+    <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 13.12.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-02-03 14:47:36</t>
+  </si>
+  <si>
+    <t>Анастасия Викторовна Покаташкина</t>
+  </si>
+  <si>
+    <t>31 января 1981</t>
+  </si>
+  <si>
+    <t>09.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-24, ул. Производственная, д. 44, г.п. Заречье, Речицкий р-н, Гомельская область, 247526</t>
+  </si>
+  <si>
+    <t>Решение суда 07.12.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 09.02.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-08-03 22:30:42</t>
   </si>
   <si>
-    <t>Tikhon Sergeevich Osipov</t>
-[...9 lines deleted...]
-    <t>Trial outcome 19.05.2021: 11 years of imprisonment in colony under enhanced security conditions, approximately 1300 rubles of compensation. Trial outcome 25.03.2022: 7 months of imprisonment in colony in strict regime conditions. Appeal 23.06.2022: the sentence was upheld.</t>
+    <t>Тихон Сергеевич Осипов</t>
+  </si>
+  <si>
+    <t>31 января 1996</t>
+  </si>
+  <si>
+    <t>Тихон был задержан и осужден за то, что, по версии СК, совершил умышленный наезд на военнослужащих внутренних войск МВД во время акции протеста, которая проходила 11 августа 2020 года возле ст. м. «Пушкинская» в Минске.
+В марте 2022 года его повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, часто применяемое к заключённым, отказавшимся сотрудничать с тюремной администрацией, и заменили режим на строгий.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.05.2021: 11 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1300 рублей компенсации. Решение суда 25.03.2022: 7 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 23.06.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-06 20:01:08</t>
   </si>
   <si>
-    <t>Tatiana Victorovna Stepa</t>
-[...24 lines deleted...]
-    <t>3 years of imprisonment in a colony under strict security conditions</t>
+    <t>Денис Сергеевич Никита</t>
+  </si>
+  <si>
+    <t>31 января 1985</t>
+  </si>
+  <si>
+    <t>Дениса Никиту задержали вечером 25 января 2024 года за мелкое хулиганство. Его доставили в дежурную часть РОВД. Он не был согласен с задержанием и якобы начал высказывать в адрес сотрудников милиции оскорбления и угрозы, при том упомянув Лукашенко. По версии милиции, 38-летний мужчина делал это длительное время и неоднократно его унизил. В результате было возбуждено уголовное дело.Мужчину судили публично в здании Свислочского райисполкома. О процессе сообщила районная газета: там рассказали, что на заседании присутствовали "представители общественности" и СМИ. Денис Никита признал вину. 
+Сообщается, что это уже 11-я судимость обвиняемого. Он был судим за кражи, пытку, угрозу убийством, а также за нарушение требований превентивного надзора, неоднократно привлекался к административной ответственности. Кроме того, мужчина лишен родительских прав в отношении двоих детей.
+23.05.2024 г. у Дениса состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>3 года лишения свободы в колонии в условиях строгого режима</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1619,51 +1672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I78"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1698,2137 +1751,2192 @@
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>62</v>
       </c>
       <c r="I11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>64</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
       <c r="C12" t="s">
         <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>67</v>
       </c>
       <c r="I12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>69</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
+      <c r="C13" t="s">
+        <v>71</v>
+      </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B21" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>114</v>
       </c>
       <c r="I21" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>116</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
       <c r="C22" t="s">
         <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="F22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>121</v>
+      </c>
+      <c r="B23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" t="s">
         <v>123</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>124</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>126</v>
+      </c>
+      <c r="B24" t="s">
         <v>127</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>128</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>129</v>
-      </c>
-[...16 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
         <v>132</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>133</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>135</v>
       </c>
       <c r="I25" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>137</v>
       </c>
       <c r="B26" t="s">
         <v>138</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>139</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>144</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>148</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="H30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
+      <c r="E32" t="s">
+        <v>172</v>
+      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
-        <v>171</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>178</v>
       </c>
       <c r="I33" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>180</v>
       </c>
       <c r="B34" t="s">
         <v>181</v>
       </c>
+      <c r="C34" t="s">
+        <v>182</v>
+      </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C35" t="s">
         <v>186</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
+        <v>172</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I35" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>189</v>
       </c>
       <c r="B36" t="s">
         <v>190</v>
       </c>
       <c r="C36" t="s">
         <v>191</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>192</v>
       </c>
       <c r="I36" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>194</v>
       </c>
       <c r="B37" t="s">
         <v>195</v>
       </c>
       <c r="C37" t="s">
         <v>196</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
         <v>197</v>
       </c>
       <c r="F37" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>198</v>
       </c>
       <c r="I37" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>200</v>
       </c>
       <c r="B38" t="s">
         <v>201</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>203</v>
       </c>
       <c r="I38" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>205</v>
       </c>
       <c r="B39" t="s">
         <v>206</v>
       </c>
       <c r="C39" t="s">
         <v>207</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>208</v>
       </c>
       <c r="I39" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>210</v>
       </c>
       <c r="B40" t="s">
         <v>211</v>
       </c>
       <c r="C40" t="s">
         <v>212</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>102</v>
+        <v>213</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>172</v>
+        <v>214</v>
       </c>
       <c r="I40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>47</v>
+        <v>172</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B42" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E42" t="s">
+        <v>38</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>166</v>
+        <v>223</v>
       </c>
       <c r="I42" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D43" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>228</v>
+        <v>231</v>
+      </c>
+      <c r="C44" t="s">
+        <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
+      <c r="E45" t="s">
+        <v>31</v>
+      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="I45" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>240</v>
+      </c>
+      <c r="B46" t="s">
         <v>236</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>239</v>
+        <v>167</v>
       </c>
       <c r="I46" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B47" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B48" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D48" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E48" t="s">
-        <v>102</v>
+        <v>213</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I48" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B49" t="s">
-        <v>251</v>
+        <v>252</v>
+      </c>
+      <c r="C49" t="s">
+        <v>253</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>52</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B50" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C50" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>37</v>
+        <v>259</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="I50" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>262</v>
+      </c>
+      <c r="B51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51" t="s">
+        <v>264</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
         <v>259</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C52" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B54" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C54" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>166</v>
+        <v>280</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C55" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="I55" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B56" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C56" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>287</v>
+        <v>167</v>
       </c>
       <c r="I56" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B57" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B58" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I58" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B59" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I59" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>37</v>
+        <v>259</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I60" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B61" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D62" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E62" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B63" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>37</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="I63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I64" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B65" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D65" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>332</v>
+        <v>13</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
+      <c r="H65" t="s">
+        <v>333</v>
+      </c>
       <c r="I65" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B66" t="s">
-        <v>335</v>
+        <v>336</v>
+      </c>
+      <c r="C66" t="s">
+        <v>337</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>13</v>
+        <v>338</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>341</v>
+        <v>108</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>57</v>
+        <v>343</v>
       </c>
       <c r="I67" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B68" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>26</v>
+        <v>348</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>346</v>
+        <v>47</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B69" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="C69" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
-        <v>120</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="I69" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B70" t="s">
-        <v>353</v>
+        <v>346</v>
+      </c>
+      <c r="C70" t="s">
+        <v>356</v>
       </c>
       <c r="D70" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I70" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B71" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E71" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="I71" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B72" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C72" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>113</v>
+        <v>213</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>166</v>
+        <v>366</v>
       </c>
       <c r="I72" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
+      <c r="H73" t="s">
+        <v>371</v>
+      </c>
       <c r="I73" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>372</v>
+        <v>348</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>167</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C77" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D77" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E77" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I77" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E78" t="s">
+        <v>396</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="I78" t="s">
-        <v>395</v>
+        <v>398</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>399</v>
+      </c>
+      <c r="B79" t="s">
+        <v>400</v>
+      </c>
+      <c r="C79" t="s">
+        <v>401</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>155</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
+        <v>402</v>
+      </c>
+      <c r="I79" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>404</v>
+      </c>
+      <c r="B80" t="s">
+        <v>405</v>
+      </c>
+      <c r="C80" t="s">
+        <v>406</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>407</v>
+      </c>
+      <c r="I80" t="s">
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">