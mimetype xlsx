--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,1346 +12,1376 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
   </si>
   <si>
+    <t>Дмитрий Георгиевич Колос</t>
+  </si>
+  <si>
+    <t>1 января 1957</t>
+  </si>
+  <si>
+    <t> Белорусский переводчик, литературовед и издатель. Один из наиболее известных популяризаторов переводной мировой литературы.
+Дмитрий - сын литературного критика Георгия Колоса и брат кинорежиссера и педагога Владимира Колоса, сделал себе имя еще в 1980-е переводами с французского языка на белорусский. С 1990-х Колос занимается издательским делом. Издательство «Зміцер Колас» известно книгами мировой поэзии, прозы, драматургии в лучших белорусских переводах.
+Дмитрия уже задерживал КГБ в начале марта 2023 года. Однако он вышел на свободу после 10 суток ареста, которые он провел в СИЗО КГБ. Обвинение ему не предъявлено.
+В феврале 2026 года Дмитрия снова задержали, в то же время прошли массовые задержания издателей и распространителей книг. Дмитрий провел 14 суток в ИВС на Окрестина, после чего так и не вышел на свободу. 3 марта 2026 года коалицию печатных издательств, в которую входят «Фонд Kamunikat.org», Lohvinau Publishing House, Andrei Yanushkevich Publishing, внесли в обновленный МВД список «экстремистских формирований». В связи с формированием в перечне упоминаются Ярослав Иванюк, Дмитрий Колос, Игорь Логвинов, Вацлав Богданович, Андрей Янушкевич, Александр Евдаха. В него также добавлены сайты и социальные сети издательств.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>2026-03-09 11:55:40</t>
+  </si>
+  <si>
     <t>Никита Вадимович Дранец</t>
   </si>
   <si>
     <t>1 января 1999</t>
   </si>
   <si>
     <t>Никита, активист анархистского движения, был задержан в марте 2021 года в рамках уголовного дела, возбужденного против анархистов из Брестской области. Он был осужден за «участие в групповых действиях, грубо нарушающих общественный порядок», и за «участие в преступной организации». Известно, что в основу обвинения лег эпизод, связанный с «Маршем нетунеядцев», который состоялся 5 марта 2017 года.</t>
   </si>
   <si>
-    <t>Мужской</t>
-[...1 lines deleted...]
-  <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
-    <t>В заключении</t>
-[...4 lines deleted...]
-  <si>
     <t>Решение суда 06.09.2022: 6 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
+  </si>
+  <si>
+    <t>Иван Николаевич Петроневич</t>
+  </si>
+  <si>
+    <t>2 января 1992</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-03-02 21:15:39</t>
   </si>
   <si>
     <t>Дмитрий Леонидович Папков</t>
   </si>
   <si>
     <t>3 января 1988</t>
   </si>
   <si>
     <t>Согласно провластным телеграм-каналам, были задержаны четыре человека - их называют" спящей ячейкой экстремистов«, которые» имели "внешние связи " с белорусскими добровольцами, воюющими в Украине. В их числе Дмитрий.
 Все они родом из Гомеля и, судя по постам в соцсетях, давно дружили, вместе участвовали в международной игре в Beer Pong в Гомеле. После брутального задержания друзей заставили записать "покаянное видео" и сказать о том, что они создали чат, где переписывались между собой, а после вторжения РФ в Украину якобы несколько раз в переписках оскорбили Лукашенко, также писали «неправильные» комментарии. Еще одно обвинение-ребята» имели внешние связи " с белорусскими добровольцами, которые воюют за Украину. Судя по всему, именно это стало основанием для возбуждения уголовного дела по статье»содействие экстремистской деятельности".
 10.05.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
     <t>Решение суда 01.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
+    <t>Павел Александрович Ксендзов</t>
+  </si>
+  <si>
+    <t>3 января 1987</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:48:11</t>
+  </si>
+  <si>
     <t>Евгений Алексеевич Пелехатый</t>
   </si>
   <si>
     <t>3 января 1993</t>
   </si>
   <si>
     <t>Во время задержания к Евгению применили «спецсредства и физическую силу», говорится в решении суда от 2 июня (мужчину обвинили в неподчинении милиции). С рабочего кабинета его выводили в наручниках и с мешком на голове, известно нам от своих источников.На данный момент Евгений Пелехатый ожидает суда. Его обвиняют в написании нескольких жестких телеграм-комментариев про Лукашенко и силовиков.</t>
   </si>
   <si>
     <t>Решение суда 05.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Павел Александрович Ксендзов</t>
-[...21 lines deleted...]
-В 1992 году она окончила Белорусский государственный медицинский университет по специальности «Лечебное дело». Сначала работала врачом в различных больницах, в 2003 году доучилась еще на педиатра. В 2006 году отучилась еще на дерматолога и косметолога. Имеет первую квалификационную категорию. В последние города работала в частных медицинских центрах "Седьмое небо», «Марк эстетик»и "Медовеню".</t>
+    <t>Любовь Николаевна Драгель</t>
+  </si>
+  <si>
+    <t>3 января 1998</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
-[...14 lines deleted...]
-    <t>2024-09-23 20:32:25</t>
+    <t>Решение суда 12.06.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 11.09.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Александр Владимирович Волчок</t>
   </si>
   <si>
     <t>4 января 1977</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-11-01 22:51:11</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Федор Михайлович Кандиранда</t>
   </si>
   <si>
     <t>4 января 1978</t>
   </si>
   <si>
     <t>Старший преподаватель общевойскового факультета Военной академии. Неоднократно занимал призовые места среди старших преподавателей Военной академии. 13 августа 2020 года подал раппорт на увольнение в связи с фальсификацией выборов и отказом выполнять преступные приказы. В мае 2021 года приказом Лукашенко лишен звания подполковника.
 Последние годы работал в IT-сфере. 
 Задержан в марте 2025 года скорее всего по "делу Гаюна".
 У Федора есть хронические заболевания.</t>
   </si>
   <si>
     <t>Решение суда 25.09.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
   </si>
   <si>
-    <t>Максим Дмитриевич Варнель</t>
-[...8 lines deleted...]
-    <t>2023-12-10 12:06:28</t>
+    <t>Олеся Николаевна Дернаковская</t>
+  </si>
+  <si>
+    <t>4 января 1976</t>
+  </si>
+  <si>
+    <t>Алеся задержана за финансовую помощь политзаключенным.
+В 1992 году она окончила Белорусский государственный медицинский университет по специальности «Лечебное дело». Сначала работала врачом в различных больницах, в 2003 году доучилась еще на педиатра. В 2006 году отучилась еще на дерматолога и косметолога. Имеет первую квалификационную категорию. В последние города работала в частных медицинских центрах "Седьмое небо», «Марк эстетик»и "Медовеню".</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Наталья Николаевна Василенко</t>
   </si>
   <si>
     <t>5 января 1975</t>
   </si>
   <si>
     <t>Наталья стала известна еще в 2017 году, когда о ее проблеме рассказала независимая пресса. Женщину с третьей группой инвалидности, которая по причине медицинских ограничений не могла устроиться на работу, собирались выселить из жилья за долги. Раньше Наталья работала в строительной организации, но после того, как у не выявили эпилепсию, врачи написали список ограничений по работе. После общественного резонанса власти отозвали иск, а погасить долги Наталья смогла с помощью Нобелевского лауреата, писательницы Светланы Алексиевич. После этого она постоянно помогала гомельчанке, подключились к помощи и многие другие неравнодушные люди.
 В сентябре Наталья попала под «хапун» силовиков — ее задержали за «экстремистские» подписки. Тот же судья, который будет судить женщину по уголовным статьям, наказывал ее штрафом за административное правонарушение. Гомельчанку заставили сняться в «покаяльном» видео, на котором она не раскаялась, и на вопрос, как она относится к власти, прямо ответила: «Плохо». После этого отпустили под подписку. 
 Обо всем этом она тоже рассказывала в соцсетях, а в последнем посте написала о том, что ее пришли брать под стражу — в рамках уголовного дела. Также Наталья выкладывала фото с порезанными венами на руке.
 В заключение ее поместили перед самым судом.</t>
   </si>
   <si>
     <t>Решение суда 13.01.2025: неизвестно. Апелляция 21.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Евгений Тадеушевич Бужинский</t>
-[...12 lines deleted...]
-    <t>2022-08-31 17:10:54</t>
+    <t>Максим Дмитриевич Варнель</t>
+  </si>
+  <si>
+    <t>5 января 2001</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 07.12.2023: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 20.02.2024: неизвестно. Апелляция 18.12.2024: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
+  </si>
+  <si>
+    <t>Александр Петрович Гордеенко</t>
+  </si>
+  <si>
+    <t>6 января 1981</t>
+  </si>
+  <si>
+    <t>администратор дорожных Viber-чатов о дорожной обстановке в Речице и Гомеле. Его задержали в конце марта 2025 года. Он работал на "Белоруснефть".
+"ГУБОПиК из дома забирал жестко. Шьют 361 статью [прим. - наверное, речь идет о ст. 361-4 УК] за фото российской техники, снятые в 2022 году", — сообщил источник изданию "Флагшток".</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-05-20 00:24:17</t>
   </si>
   <si>
     <t>Мария Александровна Рабкова</t>
   </si>
   <si>
     <t>6 января 1995</t>
   </si>
   <si>
     <t>Марфа, координаторка волонтерской службы "Вясна", была задержана 17 сентября 2020 года. Ее обвинили в "подготовке к массовым беспорядкам" и других "преступлениях". В феврале 2021 года ей предъявили дополнительные обвинения, включая "разжигание социальной розни" и "участие в преступной организации".
 В сентябре 2022 года суд приговорил ее к 15 годам колонии, позже срок сократили на три месяца. В заключении у Марфы ухудшилось здоровье, в том числе из-за перенесенного COVID.</t>
   </si>
   <si>
     <t>Решение суда 06.09.2022: 15 лет лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа, приблизительно 6460 рублей компенсации. Апелляция 28.02.2023: 14 лет 9 месяцев лишения свободы в колонии в условиях общего режима, 700 базовых величин штрафа, приблизительно 6460 рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:57</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Анастасия Юрьевна Лойко</t>
   </si>
   <si>
     <t>6 января 1989</t>
   </si>
   <si>
     <t>Наста Лойко — известная белорусская правозащитница. Наста подвергалась преследованию за свою правозащитную деятельность, с августа 2021 года она являлась подозреваемой в уголовном деле, связанном с деятельностью правозащитной организации «Вясна».
 6 сентября 2022 года после посещения судебного заседания по делу «Революционного действия», Наста была дважды осуждена за «мелкое хулиганство» и провела 30 суток в заключении. Спустя 3 недели после освобождения, 28.10. 2022, Наста была задержана вновь. На суде Наста заявила о пытках (сотрудники ГУБОПиКа ударили ее электрошокером и как сотрудники ЦИПа оставляли на 8 часов без верхней одежды на холоде, из-за чего она заболела). В заключении на Окрестина Наста находилась без теплых вещей и средств личной гигиены.
 28.11.2022 стало известно, что Насту осудили снова на 15 суток по ст. 19.1 «мелкое хулиганство». Пятый раз за осень.
 В середине декабря ее перезадержали в 6-ой раз по той же статье, а в конце месяца предъявили обвинения по уголовным статьям и перевели в СИЗО-1. По версии обвинения, в одном из ее правозащитных докладов о преследовании анархистского сообщества в Беларуси за 2018 год содержится негативная оценка незаконных действий сотрудников милиции, которая стала основанием для возбуждения против нее уголовного дела. Группа, против которой якобы разжигалась иная социальная вражда, является профессиональной социальной группой сотрудников правоохранительных органов. Как отмечают правозащитники, такое толкование статьи не соответствует международным стандартам в области прав человека, о чем свидетельствует практика международных судебных органов.
 Почти в начале судебного заседания процесс сделали закрытым.
 03.10.2023 состоялось рассмотрение апелляционной жалобы.
 В июле 2025 года стало известно, что Насту Лойко на 6 месяцев поместили ПКТ ( помещение камерного типа).</t>
   </si>
   <si>
     <t>Решение суда 20.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 03.10.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
+    <t>Анжела Михайловна Сандалюк</t>
+  </si>
+  <si>
+    <t>6 января 1974</t>
+  </si>
+  <si>
+    <t> Сандалюк Анжела вместе с мужем была осуждена в суде Октябрьского района г. Минска поч. 1 ст. 342 УК (организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них). 6 августа 2024 года дело рассматривала судья Живица Елена.
+11 октября 2024 года Минский городской суд рассмотрел апелляцию. Председатель судебной коллегии Руденко Александр Анатольевич.
+Суд Октябрьского района г. Минска 27 ноября 2024 года рассмотрел новое дело против семейной пары по ч. 1 ст. 342 УК (организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них). В этот раз судить назначили Карсюк Дмитрия.
+7 февраля 2025 года Минский городской суд рассмотрел апелляцию. Председатель судебной коллегии Попко Анастасия Павловна.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.08.2024: неизвестно. Апелляция 11.10.2024: неизвестно. Решение суда 27.11.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
+  </si>
+  <si>
+    <t>Евгений Тадеушевич Бужинский</t>
+  </si>
+  <si>
+    <t>6 января 1966</t>
+  </si>
+  <si>
+    <t>Врач 1-й квалификационной категории специалиста УЗИ Сморгонской ЦРБ.
+Задержан за оскорбление Лукашенко.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
     <t>Дмитрий Юрьевич Попов</t>
   </si>
   <si>
     <t>7 января 1992</t>
   </si>
   <si>
     <t>Модератор соцсетей "Страна для жизни" пропал вечером 4 июня 2020 года. Лишь спустя несколько дней стало известно, что его приговорили к 15 суткам ареста и перевели в изолятор временного содержания в Минске. Ему предъявили обвинение в "организации массовых беспорядков".
 Осенью 2022 года Дмитрий был переведен на тюремный режим.
 По данным правозащитников, фигуранты "дела" обязаны выплатить компенсацию в размере 29 миллионов рублей. 
 В 2025 году Дмитрий был осужден по 411 статье.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 14.12.2021: 16 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 01.06.2022: приговор оставлен без изменения. Суд по смене режима 27.09.2022: 5 лет тюремного режима. Решение суда 06.10.2022: приблизительно 29000000 рублей компенсации. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:59</t>
   </si>
   <si>
+    <t>Николай Владимирович Библис</t>
+  </si>
+  <si>
+    <t>7 января 1997</t>
+  </si>
+  <si>
+    <t>Николай, техник в Институте порошковой металлургии, был задержан в июле 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+Ранее Николай уже подвергался аресту после попытки подать жалобу в ЦИК 16 июля 2020 года, где ему выбили передний зуб.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 8 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:14:39</t>
+  </si>
+  <si>
     <t>Николай Николаевич Автухович</t>
   </si>
   <si>
     <t>7 января 1963</t>
   </si>
   <si>
     <t>Николай, ветеран Афганской кампании, предприниматель и общественный деятель, ранее неоднократно подвергался преследованию за свою гражданскую позицию. Он был задержан 1 декабря 2020 года и осуждён по нескольким статьям, включая «создание преступной организации» и «покушение на захват власти», получив большой срок заключения и штраф, при этом первые пять лет он проведёт на тюремном режиме.
 Весной 2024 года с Николая и двух других фигурантов «дела» взыскали компенсацию за повреждение имущества милиционеров на сумму более 40 тысяч рублей.
 В ноябре 2025 года у Николая закончилось 5 лет тюремного режима и его перевели в ИК-14, где его сразу же отправили в ПКТ. Скорее всего Николая снова отправят на тюремный режим.</t>
   </si>
   <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
     <t>Решение суда 17.10.2022: 25 лет лишения свободы в колонии в условиях строгого режима (из них 5 лет тюремного режима), 1000 базовых величин штрафа, ограничение по военной службе. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 26.04.2024: приблизительно 13400 рублей компенсации. Суд по смене режима 23.01.2026: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:57</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-05-26 01:14:39</t>
   </si>
   <si>
     <t>Сергей Владимирович Соц</t>
   </si>
   <si>
     <t>8 января 1983</t>
   </si>
   <si>
     <t>осужден за комментарии в Телеграм.
 24.11.2023 года состоялось рассмотрение апелляционной жалобы, приговор вступил в силу. </t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>2 года лишения свободы.</t>
   </si>
   <si>
     <t>2023-09-13 17:01:48</t>
   </si>
   <si>
+    <t>Виталий Михайлович Войтехович</t>
+  </si>
+  <si>
+    <t>8 января 1967</t>
+  </si>
+  <si>
+    <t>Виталий был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осужден по многочисленным уголовным статьям на большой срок лишения свободы, первые пять лет из которого — тюремный режим.
+Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 19 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 04.10.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:25:10</t>
+  </si>
+  <si>
     <t>Артём Владимирович Мазаник</t>
   </si>
   <si>
     <t>8 января 1990</t>
   </si>
   <si>
     <t>Программист, увлекается музыкой и рыбалкой. Очень любознателен, осведомлён во многих сферах. Изучает английский и немецкий языки. Всегда знал, что будет жить в Германии, обожает группу Раммштайн, всю жизнь их слушает, знает все песни наизусть.  
 На провластных каналах сообщили, что Артёма задержали за то, что он разработал программу по сканированию штрих-кодов для бойкотирования компаний, которые поддерживают режим. </t>
   </si>
   <si>
     <t>8 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Максим Васильевич Гритченко</t>
-[...11 lines deleted...]
-    <t>2025-08-11 18:45:43</t>
+    <t>Владимир Владимирович Шемякин</t>
+  </si>
+  <si>
+    <t>9 января 1969</t>
+  </si>
+  <si>
+    <t>Решение суда 08.08.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 26.09.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-11-03 15:25:52</t>
+  </si>
+  <si>
+    <t>Дмитрий Юрьевич Малахов</t>
+  </si>
+  <si>
+    <t>9 января 1993</t>
+  </si>
+  <si>
+    <t>ИУОТ-45, 225073, Брестская обл., Каменецкий р-н., д. Сушки, ул.Центральная, 1</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Сергей Владимирович Думава</t>
   </si>
   <si>
     <t>9 января 1986</t>
   </si>
   <si>
     <t>Сергей был задержан в марте 2021 года и осенью того же года осуждён за расклейку стикеров в Витебске. По версии обвинения, с 1 октября 2020 года по 22 марта 2021 года он занимался деятельностью, направленной на «систематическую порчу имущества»: с использованием аэрозольной краски наносил на объекты УП «Витебскводоканал» надписи «Жыве Беларусь!», «3 %», «Красный партизан», «Уходи» и другие.
 В сентябре 2024 года состоялось очередное судебное заседание, по итогам которого Сергей был переведён на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 17.09.2021: 9 лет 15 дней лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 25.09.2024: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
-    <t>Владимир Владимирович Шемякин</t>
-[...10 lines deleted...]
-  <si>
     <t>Владислав Алексеевич Аничкин</t>
   </si>
   <si>
     <t>9 января 1991</t>
   </si>
   <si>
     <t>Владислав был задержан и осуждён весной 2024 года за участие в послевыборных акциях протеста, проходивших осенью 2020 года в Минске, и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
   </si>
   <si>
-    <t>Химия с направлением</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 23.04.2024: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 25.06.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
-    <t>Дмитрий Юрьевич Малахов</t>
-[...11 lines deleted...]
-    <t>2025-08-25 00:19:50</t>
+    <t>Максим Васильевич Гритченко</t>
+  </si>
+  <si>
+    <t>9 января 1989</t>
+  </si>
+  <si>
+    <t>Был осужден к лишению свободы. Удерживался в СТ-4.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Сергей Валерьевич Дегтяренко</t>
   </si>
   <si>
     <t>10 января 1992</t>
   </si>
   <si>
     <t>Решение суда 11.01.2024: 3 года 5 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 16.04.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Новицкий</t>
+  </si>
+  <si>
+    <t>10 января 1981</t>
+  </si>
+  <si>
+    <t>Андрей был задержан в июне 2021 года в рамках уголовного дела, возбужденного по статьям «организация и подготовка действий, грубо нарушающих общественный порядок», «незаконные действия в отношении огнестрельного оружия, боеприпасов и взрывчатых веществ» и «оскорбление Лукашенко».
+В сентябре 2021 года его признали виновным за участие в послевыборных акциях протеста 2020 года в Минске, оскорбление Лукашенко на YouTube, а также за приобретение, хранение и перевозку сыпучего вещества без уведомления уполномоченных органов.
+В июне 2022 года в отношении Андрея состоялось судебное заседание по статье «злостное неповиновение требованиям администрации исправительного учреждения», по итогам которого срок лишения свободы был увеличен, а режим ужесточён.
+В январе 2023 года состоялось ещё одно судебное заседание по статье о «неповиновении требованиям администрации». В результате общий срок наказания составил семь лет лишения свободы.
+С апреля 2024 года и по состоянию на начало декабря того же года родные ничего не знают об Андрее. На их запрос в администрацию колонии был получен формальный ответ о том, что он якобы сам всё сообщит «через переписку», однако писем от него не поступает.</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2021: 5 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 392 рубля компенсации. Решение суда 13.06.2022: 4 месяца лишения свободы в колонии в условиях строгого режима. Решение суда 17.01.2023: 1 год 8 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-10-01 18:41:47</t>
   </si>
   <si>
     <t>Игорь Михайлович Немирович</t>
   </si>
   <si>
     <t>10 января 1994</t>
   </si>
   <si>
     <t>Первый раз Игоря Немировича задержали в начале мая 2022 года и сразу поместили под домашний арест, но он сбежал и уехал. Осенью этого года он обратился в комиссию по рассмотрению обращений белорусов, находящихся за рубежом, и вернулся домой, но этот факт не признали "безусловным основанием для вывода о его раскаянии". 27 сентября 2023 года его снова задержали и поместили под стражу.
 Согласно версии обвинения, 10 августа 2020 года Игорь Немирович разместил в Instagram фото с текстом в "неприличной форме, унижающее честь и достоинство Александра Лукашенко, которое содержало негативную оценку и являлось оскорбительным по отношению к нему".
 На процессе Игорь вину признал полностью и рассказал, что с мая по август 2020 года он не жил в Беларуси. О событиях, которые происходили на родине, брестчанин узнавал из средств массовой информации. "Поддавшись негативным эмоциям от освещаемых событий", он разместил в социальной сети Instagram фотоизображение "оскорбительного характера" в отношении Александра Лукашенко. 
 16.08.2024 освобожден полностью отбыв срок наказания,  назначенный судом.
 В октябре 2024  года снова задержан по подозрению в "содействии экстремистской деятельности".</t>
   </si>
   <si>
     <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
   </si>
   <si>
     <t>Решение суда 17.11.2023: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 08.04.2025: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция 10.06.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-11-14 19:18:14</t>
   </si>
   <si>
-    <t>Андрей Владимирович Новицкий</t>
-[...21 lines deleted...]
-  <si>
     <t>Борис Викторович Ким</t>
   </si>
   <si>
     <t>11 января 1996</t>
   </si>
   <si>
     <t>17.02.2023 года состоялось рассмотрение апелляционной жалобы. приговор вступил в силу.</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>4,5 года лишения свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Константин Анатольевич Рудницкий</t>
+  </si>
+  <si>
+    <t>11 января 1999</t>
+  </si>
+  <si>
+    <t>Студент. Константин является мастером спорта.
+9 декабря в провластных телеграм-каналах появилось «покаянное видео» с ним, где Константин заявлял об участии в разработке «Черной карты Беларуси».</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 12.07.2022: 6 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Олег Аркадьевич Ермакович</t>
   </si>
   <si>
     <t>11 января 1962</t>
   </si>
   <si>
     <t>Задержан в мае 2023 года за " распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность". После административного наказания было заведено уголовное дело.
 16 апреля 2024 г. у Олега состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>неизвестно</t>
   </si>
   <si>
     <t>2023-11-05 20:55:54</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Константин Леонидович Ермолович</t>
   </si>
   <si>
     <t>12 января 1991</t>
   </si>
   <si>
     <t>Житель Могилевской области. Уроженец Литвы. Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527.
 25.10.2022 состоялось рассмотрение апелляционной жалобы суда, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 10.08.2022: 16 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.10.2022: неизвестно.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
   </si>
   <si>
     <t>Павел Петрович Добровольский</t>
   </si>
   <si>
     <t>12 января 1990</t>
   </si>
   <si>
     <t>Бывший журналист Naviny.by. 
 Ранее Павел сотрудничал с различными независимыми изданиями, во время протестов 2020 года его задерживали и привлекали к административной ответственности в связи с осуществлением профессиональной деятельности. Осенью 2021 года Павел Добровольский покинул Беларусь. Много путешествовал по разным странам и делал репортажи.
 Однако, как стало сейчас известно, с января 2025 года он находится в Беларуси под стражей в следственном изоляторе. Обстоятельства, в которых происходит уголовное преследование, дают основания считать, что причиной содержания Павла под стражей стала его предыдущая деятельность, связанная с реализацией права на свободное выражение мнений и распространение информации.
 В октябре 2025 года стало известно, что Павла обвиняют в измене государству.</t>
   </si>
   <si>
     <t>Главпочтамт, а\я 8, Минск 220050</t>
   </si>
   <si>
+    <t>Решение суда дата неизвестна: 9 лет лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
     <t>Дмитрий Александрович Гришкевич</t>
   </si>
   <si>
     <t>12 января 1988</t>
   </si>
   <si>
     <t>Решение суда 18.08.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-08-28 12:54:28</t>
   </si>
   <si>
+    <t>Владислав Владимирович Кошелев</t>
+  </si>
+  <si>
+    <t>13 января 1978</t>
+  </si>
+  <si>
+    <t>Владислав, известный в Витебске как свадебный и ню-фотограф, был осуждён в ноябре 2024 года за «оскорбление Лукашенко» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>ИУОТ-36, 220039 г. Минск, ул. Короткевича,14</t>
+  </si>
+  <si>
+    <t>Решение суда 19.11.2024: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 31.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:38:48</t>
+  </si>
+  <si>
+    <t>Виталий Вячеславович Железняков</t>
+  </si>
+  <si>
+    <t>13 января 1987</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 18.09.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
+  </si>
+  <si>
     <t>Иван Сергеевич Осипович</t>
   </si>
   <si>
     <t>13 января 1998</t>
   </si>
   <si>
     <t>11.11.2022 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t xml:space="preserve">3 года лишения свободы в колонии </t>
   </si>
   <si>
     <t>2022-09-02 22:33:18</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Андрей Евгеньевич Примако</t>
   </si>
   <si>
     <t>14 января 1977</t>
   </si>
   <si>
     <t>Культурный активист. Андрея задержали 12 января и суд Московского района Минска присудил ему 10 суток административного ареста. После “суток " на свободу он уже не вышел. Содержался в СИЗО №1 Минска.
 По делу известно, что Примака был зарегистрирован в “Плане победа”.</t>
   </si>
   <si>
     <t>Решение суда 12.06.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 18.08.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
-    <t>Александр Анатольевич Францкевич</t>
-[...28 lines deleted...]
-    <t>2025-08-26 22:04:04</t>
+    <t>Александр Викторович Короткевич</t>
+  </si>
+  <si>
+    <t>14 января 1991</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-12-15 11:47:02</t>
+  </si>
+  <si>
+    <t>Максим Вячеславович Акулов</t>
+  </si>
+  <si>
+    <t>14 января 1971</t>
+  </si>
+  <si>
+    <t>Решение суда 24.12.2024: неизвестно. Апелляция 25.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Аскер Азерович Аллахвердиев</t>
+  </si>
+  <si>
+    <t>16 января 1999</t>
+  </si>
+  <si>
+    <t>Согласно социальным сетям Аскера, он жил в Минске, занимался спортом, снимался в видео. Последний раз он заходил на свою страницу во «Вконтакте» в июле. Его дело 4 октября начнут рассматривать в закрытом режиме в Минском городском суде. Аскеру инкриминирована ч. 1 ст. 361-3 УК (Участие на территории иностранного государства в вооруженном формировании или вооруженном конфликте, военных действий, вербовка или подготовка лиц к такому участию).</t>
+  </si>
+  <si>
+    <t>Решение суда 08.10.2024: принудительное лечение в психиатрическом стационаре.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Шпак</t>
+  </si>
+  <si>
+    <t>16 января 1972</t>
+  </si>
+  <si>
+    <t>МВД 24 июля признал "экстремистским формированием" проект "Propovednik". По данным ведомства, причастность к нему имеет 52-летний Шпак Владимир, который был задержан в мае 2024 года.
+На провластных телеграм-каналах сообщалось, что мужчина "разжигал национальную и социальную ненависть, призывал к насилию, выступал за радикализацию и терроризм". Утверждалось, что в отношении задержанного был возбужден ряд уголовных дел - ему угрожали 10 годами заключения.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.01.2025: 7 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа. Апелляция 07.03.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Тимур Важевич Пипия</t>
+  </si>
+  <si>
+    <t>16 января 1990</t>
+  </si>
+  <si>
+    <t>Футбольный фанат клуба "МТЗ-РИПО", был задержан 25 сентября 2020 года в Минске и осужден за участие в акциях протеста.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.07.2021: 6 лет 3 месяца 2 дня лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: 6 лет 2 месяца 2 дня лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
+  </si>
+  <si>
+    <t>Руслан Олегович Ребковец</t>
+  </si>
+  <si>
+    <t>Как утверждает УСК по Могилевской области, Руслан переслал видео в паблик «ВКонтакте» ДВИЖ, который признан властями Беларуси «экстремистским». Стоит отметить, что само видео длится всего 12 секунд и в нем ничего фактически не происходит – состав с военной техникой просто стоит на станции.
+Спустя время мужчину задержали сотрудники КГБ. Ему предъявили обвинение по по ч.1 ст.361-4 (содействие экстремистской деятельности) УК РБ. Мужчине грозит до 6 лет лишения свободы.</t>
+  </si>
+  <si>
+    <t>2023-05-15 13:10:03</t>
   </si>
   <si>
     <t>Инна Валерьевна Глинская</t>
   </si>
   <si>
     <t>16 января 1975</t>
   </si>
   <si>
     <t>Задержана вместе с дочерью.
 Обыск в квартире был проведен по ст. 364 УК РБ. Затем статья обвинения была переквалифицирована на ч.3 ст. 130 УК РБ.
 Предварительно обвиняется в распространении личных данных сотрудников МВД.</t>
   </si>
   <si>
     <t>Решение суда 20.01.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 28.04.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Аскер Азерович Аллахвердиев</t>
-[...52 lines deleted...]
-    <t>2023-05-15 13:10:03</t>
+    <t>Елена Петровна Жукова</t>
+  </si>
+  <si>
+    <t>17 января 1969</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-18 17:00:13</t>
   </si>
   <si>
     <t>Владимир Мефодьевич Ворошень</t>
   </si>
   <si>
     <t>17 января 1965</t>
   </si>
   <si>
     <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
-    <t>Елена Петровна Жукова</t>
-[...8 lines deleted...]
-    <t>2025-09-18 17:00:13</t>
+    <t>Вячеслав Михайлович Орешко</t>
+  </si>
+  <si>
+    <t>18 января 1955</t>
+  </si>
+  <si>
+    <t>Белорусский политолог и общественный деятель, активист профсоюза РЭП.
+В колонии у Вячеслава очень ухудшилось зрение. Он практически ничего не видит. Часто передвигается на ощушь.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 05.01.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 03.04.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-05-13 18:58:35</t>
   </si>
   <si>
     <t>Николай Васильевич Баньков</t>
   </si>
   <si>
     <t>18 января 1971</t>
   </si>
   <si>
     <t> Бывший преподаватель кафедры связи БГУИР. Эта кафедра предназначена для подготовки кадровых офицеров для Вооруженных сил и других силовых структур и ведомств РБ. Сначала Николаю назначили арест по административному протоколу, а потом перезадержали в рамках уголовного дела. Был осужден за три доната, которые мужчина сделал в августе 2020 года.
 С момента этапа в колонию Михаил отбыл 180 суток в ШИЗО, потом находился в ПКТ.
 По состоянию на апрель 2025 года переведен на тюремный режим в тюрьму № 4.</t>
   </si>
   <si>
     <t>Решение суда 28.07.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 17.10.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-06-22 00:43:17</t>
   </si>
   <si>
-    <t>Вячеслав Михайлович Орешко</t>
-[...15 lines deleted...]
-    <t>2022-05-13 18:58:35</t>
+    <t>Вячеслав Валерьевич Мурнов</t>
+  </si>
+  <si>
+    <t>19 января 1973</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, Вячеслав Мурнов в октябре 2021 года и в марте 2024 года нецензурно прокомментировал публикации с изображением Лукашенко в «Одноклассниках». Этого оказалось достаточно, чтобы мужчину отправили в колонию. Помимо этого, ему также назначили «принудительное лечение от хронического алкоголизма».
+03.09.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.07.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-07-01 20:57:16</t>
   </si>
   <si>
     <t>Виктор Витальевич Гурко</t>
   </si>
   <si>
-    <t>19 января 2000</t>
+    <t>19 января 2001</t>
   </si>
   <si>
     <t>Задержан за участие в акциях протеста в 2020 году.
 13 августа 2024 года в суде Октябрьского района г. Минска судья Лавринович Ольга будет принимать решение "О замене ограничения свободы без направления в исправительное учреждение открытого типа".
 По состоянию на октябрь 2025 г. стало известно, что Виктор снова задержан и удерживается в СИЗО № 1.</t>
   </si>
   <si>
     <t>Решение суда 14.03.2023: 1 год 6 месяцев ограничения свободы без направления. Суд по смене режима 13.08.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
-    <t>Вячеслав Валерьевич Мурнов</t>
-[...27 lines deleted...]
-    <t>2022-06-13 01:05:25</t>
+    <t>Сергей Николаевич Кабарчук</t>
+  </si>
+  <si>
+    <t>20 января 1963</t>
+  </si>
+  <si>
+    <t>15 февраля 2024 в Лельчицком районе Гомельской области на границе с Украиной ввели режим «контртеррористической операции». Население просили «сохранять спокойствие и подчиняться требованиям сотрудников силовых структур». В КГБ утверждают, что задержали участников «диверсионно-разведывательной группы», в состав которой входили граждане Украины и Беларуси. Сколько именно человек было задержано — не сообщается.
+После задержания у Сергея в СИЗО диагностировали онкологическое заболевание.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:42:06</t>
   </si>
   <si>
     <t>Анастасия Сергеевна Кухта</t>
   </si>
   <si>
     <t>20 января 1992</t>
   </si>
   <si>
     <t>Социальная активистка из Минска.
 Она была задержана 17 февраля 2022 года по месту жительства.
 Дома у нее был проведен обыск. Сначала ей присудили административный арест, но после него на свободу Анастасия не вышла.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-03-16 14:22:57</t>
-  </si>
-[...42 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Евгений Игоревич Степанов</t>
   </si>
   <si>
     <t>21 января 1967</t>
   </si>
   <si>
     <t>Суть обвинений, выдвинутых против Евгения Степанова, которого сейчас обвиняют в «создании или участии в деятельности экстремистского формирования», не известна. По недостоверным данным, он был задержан в январе этого года за "распространение экстремистских материалов в интернете" и по ч. 2 ст. 19.11 КоАП приговорен к аресту, из-под которого на свободу уже не вышел.
 Евгений Степанов имеет серьезные проблемы со здоровьем: в 2020 году он перенес инсульт, после которого получил трудности с речью. Из – за этого Евгений Степанов потерял возможность работать по профессии-он окончил университет культуры и искусств по специальности «режиссура», проводил свадьбы, концерты, другие торжественные и развлекательные мероприятия.
 Из социальных сетей Евгений Степанов исчез еще в конце 2022 года, но из-за сложности коммуникации с ним это осталось незамеченным. Внимание со стороны силовых структур привлекли его обращения в государственные инстанции, написанные в конце февраля-начале марта 2022г. Он требовал поспособствовать прекращению российской военной агрессии на территории Украины - объявить формирование антивоенного движения и поддержать любые формы антивоенных протестов; требовать немедленного вывода российских войск с территории Беларуси, считать военными преступниками всех, кто принимал решение о военных действиях в Украине, и кто санкционировал агрессивную пропаганду, оправдывающую войну, в государственных белорусских СМИ.
 Свои требования прекратить войну в Украине Евгений Степанов направлял и местным властям, и государственным лицам высшего ранга – министру обороны Республики Беларусь, руководителю вооруженными силами страны, генеральному прокурору РБ.</t>
   </si>
   <si>
     <t>Решение суда 19.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
+    <t>Владимир Николаевич Савенков</t>
+  </si>
+  <si>
+    <t>21 января 1977</t>
+  </si>
+  <si>
+    <t>Владимир, по имеющейся информации, бывший командир ОМОН и депутат Пушкинского избирательного округа №9 (агрогородок Колодищи) 27 созыва, был задержан в декабре 2021 года после попытки атаки на ГОМ-2 Фрунзенского РУВД в Минске 16 августа 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма».
+Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группе участвовали радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых органов, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём». Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
+Владимира осудили по нескольким уголовным статьям на большой срок лишения свободы, первые пять из которых — тюремный режим. Также его лишили воинского звания.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 16 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима), ограничение по военной службе. Апелляция 04.10.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
+  </si>
+  <si>
     <t>Анатолий Аркадьевич Яскевич</t>
   </si>
   <si>
     <t>21 января 1987</t>
   </si>
   <si>
     <t>По материалам следствия, еще в мае 2021 года, используя новость о крушении военного самолета в городе Барановичи и гибели двоих летчиков, в социальной сети и видеохостинге Tik-Tok, 35-летний Яскевич систематически размещал в открытом доступе видеообращения, направленные на разжигание социальной розни и вражды в отношении сотрудников силовых ведомств.
 Также в мае 2021 года он произвел и разместил в социальной сети и видеохостинге TikTok в открытом для неограниченного количества лиц доступе 3 видеообращения, в которых оскорбил главу государства, ложно обвинил его в тяжких и особо тяжких преступлениях.</t>
   </si>
   <si>
     <t>Решение суда 06.07.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
     <t>Сергей Сергеевич Якубенок</t>
   </si>
   <si>
     <t>22 января 1976</t>
   </si>
   <si>
     <t>Основой для уголовного дела в отношении мужчины стал "Класс" в "Одноклассниках" в одном из пабликов, признанных экстремистскими одним из судов Республики Беларусь.</t>
   </si>
   <si>
     <t>Решение суда 13.12.2023: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 05.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-07 23:46:11</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Наталья Анатольевна Давыдулина</t>
   </si>
   <si>
     <t>22 января 1977</t>
   </si>
   <si>
     <t>Наталье Давыдулиной 47 лет, она из Жлобина. Из соцсетей Натальи известно, что у них с мужем большая семья-пятеро детей, из которых одна дочь еще в младшей школе.
 Один из сыновей Натальи, Денис Давыдулин-бывший политзаключенный. Его задержали в марте 2021-го и приговорили полтора года колонии за то, что в ночь на 10 августа он «выходил на проезжую часть и оказывал активное неповиновение сотрудникам милиции».Она никогда не давала интервью медиа. Из расписаний судов известно, что ее судили 24 января 2024 года за «распространение экстремистских материалов». Вероятно, ее задержали во время облавы на солидарных с политзаключенными.
 Суд начнется 23 августа в Гомельском областном суде. Таким образом, скорее всего, Наталью обвиняют в какой-то помощи другим заключенным. Известно, что во время январской облавы оставили за решеткой в основном тех, кто помогал другим-делал переводы и посылки в СИЗО и колонии, даже на очень мелкие суммы.</t>
   </si>
   <si>
     <t>Решение суда 01.10.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 26.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
+    <t>Алексей Юрьевич Клюшниченко</t>
+  </si>
+  <si>
+    <t>22 января 1996</t>
+  </si>
+  <si>
+    <t>Алексей активист, член Движения "За Свободу".</t>
+  </si>
+  <si>
+    <t>Решение суда 05.11.2024: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-04 17:24:13</t>
+  </si>
+  <si>
+    <t>Александр Павлович Гашников</t>
+  </si>
+  <si>
+    <t>23 января 1987</t>
+  </si>
+  <si>
+    <t>Александр, сотрудник БМЗ, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Александра признали виновным по статьям «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.
+Весной 2024 года состоялось очередное судебное заседание, по итогам которого Александра перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения. Суд по смене режима 28.05.2024: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-09-27 14:14:40</t>
+  </si>
+  <si>
     <t>Антон Павлович Шибут</t>
   </si>
   <si>
     <t>23 января 1990</t>
   </si>
   <si>
     <t>29.09.2023 состоялось рассмотрение апелляционной жалобы.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2023-07-08 16:04:24</t>
   </si>
   <si>
-    <t>Александр Павлович Гашников</t>
-[...14 lines deleted...]
-  <si>
     <t>Игорь Ярославович Кузавко</t>
   </si>
   <si>
     <t>24 января 1987</t>
   </si>
   <si>
     <t>Решение суда 06.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
+  </si>
+  <si>
+    <t>Татьяна Юрьевна Магнусова</t>
+  </si>
+  <si>
+    <t>25 января 1977</t>
+  </si>
+  <si>
+    <t>В 2025 году в феврале Татьяну осудили по ст. 19.11 КоАП (распространение экстремистских материалов). После чего завело уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-01-07 23:51:04</t>
   </si>
   <si>
     <t>Олег Васильевич Ларичев</t>
   </si>
   <si>
     <t>26 января 1986</t>
   </si>
   <si>
     <t>Организатор фестиваля Urban Myths, общественный деятель и стрит-арт-художник.
 Ранее Олег Ларичев уже несколько раз задерживался и привлекался к ответственности, в том числе за свой арт-активизм, в том числе в 2022 году.
 В этот раз его задержали по уголовному делу, предположительно связанному с задержаниями других людей якобы причастных в "экстремисткому формированию" «Да Зораў».</t>
   </si>
   <si>
-    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Александр Андреевич Рыбченко</t>
+  </si>
+  <si>
+    <t>27 января 1984</t>
+  </si>
+  <si>
+    <t>Александр, бывший директор школы в Крынках, возглавлял её примерно до 2018 года. Осуждён по статье «Содействие экстремистской деятельности» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 27.06.2025: 4 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Сергей Васильевич Сандалюк</t>
   </si>
   <si>
     <t>27 января 1971</t>
   </si>
   <si>
     <t>Сергей много лет служил в воинской части 7404 в Барановичах — это 4-я специальная милицейская бригада внутренних войск МВД. В 1996 году Сандалюк, по его словам, командовал там ротой, а в 2000-х дослужился до командира части.
 Уже в 2013 году Сергей Сандалюк пошел на повышение и стал заместителем начальника Департамента исполнения наказаний. На этой должности он отвечал за идеологическую работу и кадровое обеспечение.
 Полковник несколько раз отметился в СМИ: он проводил экскурсии по колониям для журналистов госизданий, сотрудничал с Экзархатом Беларусской православной церкви, обсуждал взаимодействие ДИН и церкви с митрополитом Павлом. 
 На рубеже 2018−2019 годов Сергей Сандалюк ушел в отставку с поста замглавы ДИН. В том же январе 2019 года Сандалюк зарегистрировался в Ленинском районе Минска в качестве индивидуального предпринимателя, чтобы оказывать услуги по сдаче жилья в посуточную аренду.</t>
   </si>
   <si>
     <t>Решение суда 06.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 11.10.2024: неизвестно. Решение суда 27.11.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 07.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-30 20:00:34</t>
   </si>
   <si>
-    <t>Алексей Викторович Ягелло</t>
-[...13 lines deleted...]
-  <si>
     <t>Андрей Валерьевич Александров</t>
   </si>
   <si>
     <t>27 января 1978</t>
   </si>
   <si>
     <t>Белорусский журналист Андрей, задержанный 12 января 2021 года вместе со своей девушкой Ириной Злобиной, обвинялся в "финансировании протестной деятельности" и оплате штрафов участникам протестов. Его осудили по ряду уголовных статей, включая "измену государству" и "участие в экстремистском формировании".
 1 сентября 2022 года пара поженилась в СИЗО-1.</t>
   </si>
   <si>
     <t>Решение суда 06.10.2022: 14 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 06.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
   </si>
   <si>
-    <t>Александр Андреевич Рыбченко</t>
-[...8 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Алексей Викторович Ягелло</t>
+  </si>
+  <si>
+    <t>Об Алексее известно, что он по образованию является врачом-хирургом, но в своей профессии не работал. Он-евангельский проповедник, а также защитник здорового образа жизни. В прошлом году областная государственная газета писала о том, как он продвигает свой способ отказа от курения.</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
+  </si>
+  <si>
+    <t>Максим Игоревич Шуканов</t>
+  </si>
+  <si>
+    <t>27 января 1989</t>
+  </si>
+  <si>
+    <t>36‑летний мозырский блогер Максим Шуканов имел более 6000 подписчиков на YouTube-канале Union Bell. Парень анализировал политические процессы, рассказывал правду о войне России и Украины. Иногда эти ролики набирали десятки тысяч просмотров.
+Даже после того, как репрессии усилились, Максим не уезжал из страны. Вместе со своей невестой Полиной Зыль — она тоже блогер — парень перешёл на подпольное положение.
+Пара избегала контактов с белорусским государством, однако в феврале 2025 года в конце концов пришлось обратиться к медикам — так как у Максима обострились проблемы со здоровьем на фоне ареста отца, работника Мозырского НПЗ Игоря Шуканава.
+Когда человек, находящийся в розыске, обращается с паспортом за медицинской помощью, милиция получает об этом сигнал. Скорее всего, так произошло и в случае блогера.
+Ситуация была дважды драматичной, потому что повлекла за собой и арест Полины Зыль.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 12.01.2026: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-10 22:58:10</t>
+  </si>
+  <si>
+    <t>Дмитрий Владимирович Ильюхин</t>
+  </si>
+  <si>
+    <t>29 января 1990</t>
+  </si>
+  <si>
+    <t>Журналисты узнали, что в 2019 году Ильюхин отправился в Канаду на должность первого секретаря в посольстве Беларуси.
+«В Оттаве он был членом избирательной комиссии на президентских выборах 2020 года. Согласно официальному протоколу, на его участке разгромно победила Светлана Тихановская, которая набрала 321 голос (91%) против 21 голоса (6%) у Александра Лукашенко», — пишет издание.
+В августе 2021 года Ильюхин работал консулом в Нью-Йорке. Далее занимал должность первого секретаря посольства Беларуси в Вашингтоне. В апреле 2022 года покинул дипломатическую службу. После увольнения с государственной службы Дмитрий работал в представительстве Международной федерации обществ Красного Креста (IFRC).
+ Задержание Дмитрия, вероятно, произошло около года назад. Суть обвинений и точный приговор неизвестны, но приговор связан с лишением свободы.</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
   </si>
   <si>
     <t>Мария Александровна Дейчик</t>
   </si>
   <si>
     <t>29 января 1984</t>
   </si>
   <si>
     <t>Решение суда 20.08.2025: 2 года 9 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Дмитрий Владимирович Голуб</t>
   </si>
   <si>
     <t>29 января 1989</t>
   </si>
   <si>
     <t>О задержании Дмитрия стало известно 7 марта. 
 Дмитрия судили за комментарии, которые он оставил с ноября 2019 года по январь 2024 года в чатах Telegram и на YouTube-канале. В них он возбуждал национальную, иную социальную вражду и рознь, посчитал суд.
 Также мужчина оставлял комментарии с оскорблениями сотрудников ОВД, журналистов, представителей власти, Александра Лукашенко. В сентябре 2020 года он участвовал в акциях протеста.
 На приговор, который вынес Гродненский областной суд в суде Октябрьского района Гродно, пригласили студентов ГрГУ им.Я.Купалы.</t>
   </si>
   <si>
     <t>Решение суда 22.11.2024: 4 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Дмитрий Владимирович Ильюхин</t>
-[...14 lines deleted...]
-    <t>2025-12-29 21:46:39</t>
+    <t>Максим Аминбаевич Джуманиязов</t>
+  </si>
+  <si>
+    <t>30 января 1983</t>
+  </si>
+  <si>
+    <t>Максим имеет с детства тяжелое психическое заболевание, для него требуется особый досмотр.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
   </si>
   <si>
     <t>Александр Владимирович Герасименко</t>
   </si>
   <si>
     <t>30 января 1977</t>
   </si>
   <si>
     <t>Работал водителем-дальнобойщиком. Последнее известное место работы Александра – "Мозырьсоль". До этого работал в сфере спорта: тренером-преподавателем по гребле и заместителем директора по детской спортивной школе.
 Его задержали по "делу Гаюна" шестого марта 2025 года.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Эдуард Викторович Бабарико</t>
   </si>
   <si>
     <t>30 января 1990</t>
   </si>
   <si>
     <t>Эдуард, окончивший БГЭУ по специальности «Экономика и управление предприятиями» и руководивший краудфандинговыми платформами Ulej и MolaMola, а также инициативной группой своего отца Виктора Бабарико, был задержан 18 июня 2020 года по пути в ЦИК для сдачи подписей. Он провёл более трёх лет в заключении без суда и был осуждён за «организацию массовых беспорядков» и «уклонение от уплаты налогов».
 В июле 2024 года его повторно приговорили к двум годам лишения свободы за «неповиновение администрации колонии».</t>
   </si>
   <si>
-    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 05.07.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.11.2023: приговор оставлен без изменения. Решение суда 10.07.2024: 2 года лишения свободы в колонии в условиях усиленного режима. Апелляция 19.09.2024: приговор оставлен без изменения. Решение суда 20.02.2025: неизвестно лет лишения свободы в колонии в условиях строгого режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Максим Аминбаевич Джуманиязов</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Тихон Сергеевич Осипов</t>
+  </si>
+  <si>
+    <t>31 января 1996</t>
+  </si>
+  <si>
+    <t>Тихон был задержан и осужден за то, что, по версии СК, совершил умышленный наезд на военнослужащих внутренних войск МВД во время акции протеста, которая проходила 11 августа 2020 года возле ст. м. «Пушкинская» в Минске.
+В марте 2022 года его повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, часто применяемое к заключённым, отказавшимся сотрудничать с тюремной администрацией, и заменили режим на строгий.
+В 2024 году по этой же статье Тихона осудили еще раз.
+у Тихона большие проблемы со здоровьем: организм плохо усваивает пищу, боли в глазах, учащенное сердцебиение, скачки давления, ослабление иммунитета.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 19.05.2021: 11 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1300 рублей компенсации. Решение суда 25.03.2022: 7 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 23.06.2022: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Татьяна Викторовна Степа</t>
   </si>
   <si>
     <t>31 января 1970</t>
   </si>
   <si>
     <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
   </si>
   <si>
     <t>Решение суда 17.10.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 13.12.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-02-03 14:47:36</t>
-  </si>
-[...32 lines deleted...]
-    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Денис Сергеевич Никита</t>
   </si>
   <si>
     <t>31 января 1985</t>
   </si>
   <si>
     <t>Дениса Никиту задержали вечером 25 января 2024 года за мелкое хулиганство. Его доставили в дежурную часть РОВД. Он не был согласен с задержанием и якобы начал высказывать в адрес сотрудников милиции оскорбления и угрозы, при том упомянув Лукашенко. По версии милиции, 38-летний мужчина делал это длительное время и неоднократно его унизил. В результате было возбуждено уголовное дело.Мужчину судили публично в здании Свислочского райисполкома. О процессе сообщила районная газета: там рассказали, что на заседании присутствовали "представители общественности" и СМИ. Денис Никита признал вину. 
 Сообщается, что это уже 11-я судимость обвиняемого. Он был судим за кражи, пытку, угрозу убийством, а также за нарушение требований превентивного надзора, неоднократно привлекался к административной ответственности. Кроме того, мужчина лишен родительских прав в отношении двоих детей.
 23.05.2024 г. у Дениса состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии в условиях строгого режима</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
@@ -1672,51 +1702,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1731,2212 +1761,2267 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>61</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>75</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
       <c r="I14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
         <v>82</v>
       </c>
       <c r="I15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>84</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
       <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>97</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
+        <v>30</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>114</v>
       </c>
       <c r="I21" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>116</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
       <c r="C22" t="s">
         <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>127</v>
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>134</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>138</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
+      <c r="C27" t="s">
+        <v>144</v>
+      </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>156</v>
       </c>
       <c r="I29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>158</v>
       </c>
       <c r="B30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>160</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>162</v>
+      </c>
+      <c r="B31" t="s">
+        <v>163</v>
+      </c>
+      <c r="C31" t="s">
         <v>164</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>165</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>166</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" t="s">
         <v>169</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>170</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>171</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>172</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>174</v>
+      </c>
+      <c r="B33" t="s">
         <v>175</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>176</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>178</v>
       </c>
       <c r="I33" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>180</v>
       </c>
       <c r="B34" t="s">
         <v>181</v>
       </c>
       <c r="C34" t="s">
         <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>183</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
+      <c r="H34" t="s">
+        <v>184</v>
+      </c>
       <c r="I34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B35" t="s">
-        <v>186</v>
+        <v>187</v>
+      </c>
+      <c r="C35" t="s">
+        <v>188</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="I35" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>217</v>
+        <v>218</v>
+      </c>
+      <c r="C41" t="s">
+        <v>219</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>172</v>
+        <v>119</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>35</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>233</v>
       </c>
       <c r="I44" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>235</v>
       </c>
       <c r="B45" t="s">
         <v>236</v>
       </c>
       <c r="C45" t="s">
         <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>238</v>
       </c>
       <c r="I45" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>167</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>246</v>
+      </c>
+      <c r="C47" t="s">
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
+      <c r="E47" t="s">
+        <v>35</v>
+      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>248</v>
+        <v>246</v>
+      </c>
+      <c r="C48" t="s">
+        <v>251</v>
       </c>
       <c r="D48" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>249</v>
+        <v>189</v>
       </c>
       <c r="I48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B49" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E49" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="I49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B50" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E50" t="s">
-        <v>259</v>
+        <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>260</v>
       </c>
       <c r="I50" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>262</v>
       </c>
       <c r="B51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>264</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>266</v>
+      </c>
+      <c r="B52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>270</v>
       </c>
       <c r="I52" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>272</v>
       </c>
       <c r="B53" t="s">
         <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>275</v>
       </c>
       <c r="I53" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>277</v>
       </c>
       <c r="B54" t="s">
         <v>278</v>
       </c>
       <c r="C54" t="s">
         <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>280</v>
       </c>
       <c r="I54" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>282</v>
       </c>
       <c r="B55" t="s">
         <v>283</v>
       </c>
       <c r="C55" t="s">
         <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>269</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>285</v>
       </c>
       <c r="I55" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>287</v>
       </c>
       <c r="B56" t="s">
         <v>288</v>
       </c>
       <c r="C56" t="s">
         <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
+      <c r="E56" t="s">
+        <v>290</v>
+      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="I56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I57" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C58" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I58" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C59" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I59" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C60" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>259</v>
+        <v>30</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I60" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>269</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C62" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D62" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="I63" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C64" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I64" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B65" t="s">
-        <v>332</v>
+        <v>334</v>
+      </c>
+      <c r="C65" t="s">
+        <v>335</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="I65" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>338</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
+      <c r="H66" t="s">
+        <v>340</v>
+      </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E67" t="s">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>348</v>
+        <v>13</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B70" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C70" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="F70" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I70" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B71" t="s">
-        <v>360</v>
+        <v>362</v>
+      </c>
+      <c r="C71" t="s">
+        <v>363</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="C72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>213</v>
+        <v>76</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>366</v>
+        <v>51</v>
       </c>
       <c r="I72" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
+      <c r="E73" t="s">
+        <v>76</v>
+      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>376</v>
+        <v>25</v>
       </c>
       <c r="I74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>45</v>
+      </c>
+      <c r="E75" t="s">
+        <v>46</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...2 lines deleted...]
-      <c r="E75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>113</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...16 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>389</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>119</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>189</v>
+      </c>
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
         <v>393</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>76</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>394</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>290</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>399</v>
       </c>
-      <c r="B79" t="s">
+      <c r="I79" t="s">
         <v>400</v>
-      </c>
-[...19 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>403</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>165</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>404</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>405</v>
       </c>
-      <c r="C80" t="s">
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
         <v>406</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="H80" t="s">
+      <c r="B81" t="s">
         <v>407</v>
       </c>
-      <c r="I80" t="s">
+      <c r="C81" t="s">
         <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>45</v>
+      </c>
+      <c r="E81" t="s">
+        <v>46</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
+        <v>415</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">