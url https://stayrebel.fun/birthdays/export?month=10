--- v0 (2025-12-17)
+++ v1 (2026-02-02)
@@ -12,1303 +12,1340 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
-[...49 lines deleted...]
-    <t>Решение суда 17.06.2025: 1 год лишения свободы в колонии в условиях общего режима.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+  <si>
+    <t>Imię Nazwisko</t>
+  </si>
+  <si>
+    <t>Urodziny</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Płeć</t>
+  </si>
+  <si>
+    <t>Adres</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>CPC Vesna</t>
+  </si>
+  <si>
+    <t>Zdanie</t>
+  </si>
+  <si>
+    <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Eugen Olegovich Demenev</t>
+  </si>
+  <si>
+    <t>1 października 1988</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:29:44</t>
+  </si>
+  <si>
+    <t>Oleg Vladimirovich Kulpanovich</t>
+  </si>
+  <si>
+    <t>1 października 1965</t>
+  </si>
+  <si>
+    <t>Olega zatrzymano za komentarze w mediach społecznościowych w agromiasteczku Kołodyszcze w obwodzie mińskim.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.06.2025: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
   </si>
   <si>
-    <t>Евгений Олегович Деменев</t>
-[...40 lines deleted...]
-    <t>Решение суда 07.03.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 07.05.2024: неизвестно.</t>
+    <t>Paul Valerievich Makarenko</t>
+  </si>
+  <si>
+    <t>3 października 1980</t>
+  </si>
+  <si>
+    <t>Mężczyzna nie przyznał się do winy. Oprócz kary więzienia sędzia postanowił skonfiskować telefon komórkowy Makarenko, który posłużył „jako środek do popełnienia przestępstwa” na rzecz państwa.
+Wiadomo, że apelacja odbyła się 7 maja 2024 r. i utrzymała w mocy wyrok.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.03.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
-    <t>Сергей Фёдорович Петрушенко</t>
-[...12 lines deleted...]
-    <t>Решение суда 03.08.2022: 6 лет 6 месяцев лишения свободы в колонии в условиях общего режима, лишение права занимать определенные должности или заниматься определенной деятельностью. Апелляция 14.10.2022: приговор оставлен без изменения.</t>
+    <t>Yuri Olegovich Zаlаtukhin</t>
+  </si>
+  <si>
+    <t>4 października 1989</t>
+  </si>
+  <si>
+    <t>Jurij został zatrzymany prawdopodobnie pod koniec września 2024 r. Następnie został skazany na podstawie art. 19.11 Kodeks wykroczeń administracyjnych (dystrybucja materiałów ekstremistycznych). Po 15 dniach odbył się ponownie proces na podstawie tego samego artykułu, więc najprawdopodobniej został dwukrotnie aresztowany, po czym został ponownie aresztowany w ramach sprawy karnej.
+Sądząc po sieciach społecznościowych, żona Jurija jest Ukrainką. Wiadomo, że Jurij przez jakiś czas pracował na budowie, jednak nie ma informacji o jego ostatnim miejscu pracy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-27 15:48:38</t>
+  </si>
+  <si>
+    <t>Novel Anatolyevich Kantsavy</t>
+  </si>
+  <si>
+    <t>4 października 1975</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-25 16:40:11</t>
+  </si>
+  <si>
+    <t>Sergey Fedorovich Petrushenko</t>
+  </si>
+  <si>
+    <t>4 października 1986</t>
+  </si>
+  <si>
+    <t>Siergiej, były szef wydziału RUE „Mińska Miejska Agencja ds. Państwowej Rejestracji i Katastru Ziemskiego”, został aresztowany w czerwcu 2021 r. w związku z publikacją danych osobowych pracowników Smorgońskiego Rejonowego Departamentu Spraw Wewnętrznych na kanale Telegram. Według prokuratury od jesieni 2020 r. do lutego 2021 r. przekazał administratorom kanałów Telegram dane osobowe ponad dziesięciu pracowników Ministerstwa Spraw Wewnętrznych i urzędników państwowych.
+W sierpniu 2022 r. Siergiej został uznany winnym kilku zarzutów karnych, w tym „nadużycia władzy lub uprawnień służbowych” i skazany na karę pozbawienia wolności z pozbawieniem prawa do zajmowania stanowisk związanych z wykonywaniem obowiązków organizacyjnych i administracyjnych przez okres 5 lat.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.08.2022: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności. Apelacja 14.10.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-06-11 20:30:00</t>
   </si>
   <si>
-    <t>Юрий Олегович Залатухин</t>
-[...24 lines deleted...]
-    <t>Решение суда дата неизвестна: 24 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Eugene Ivanovich Gruk</t>
+  </si>
+  <si>
+    <t>6 października 1991</t>
+  </si>
+  <si>
+    <t>Według KGB, Jewhen Gruk i Wiktor Jaskich zostali skazani na podstawie artykułu 289 Kodeksu karnego (akt terrorystyczny) i artykułu 295 Kodeksu karnego (nielegalne działania z użyciem broni palnej, amunicji i materiałów wybuchowych). O ich aresztowaniu poinformowano na początku kwietnia 2024 roku w raporcie ONT. Według propagandzistów siły bezpieczeństwa zatrzymały co najmniej 12 osób, w tym Gruka i Jaskicha, oskarżonych o przemyt materiałów wybuchowych i planowanie ataków terrorystycznych. Według reportera, Gruk był informatorem SBU: fotografował sprzęt wojskowy i przekazywał jego współrzędne. Następnie Grukowi wydano rozkaz wydobycia materiałów wybuchowych z kryjówki. Jaskich zawiózł go do kryjówki. Następnie obaj mieli rozprowadzić materiały wybuchowe z kryjówki do nowych kryjówek. Raport nie wyjaśnia motywów tej akcji. Żona Jewhena, Lidia Gruk, również została zatrzymana, ale jej los jest nieznany. Autorzy artykułu podają, że w rodzinie pozostało czworo małych dzieci.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 24 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-09 15:11:24</t>
   </si>
   <si>
-    <t>Татьяна Федоровна Стасева</t>
-[...8 lines deleted...]
-    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+    <t>Tatiana Fedorovna Staseva</t>
+  </si>
+  <si>
+    <t>6 października 1966</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
     <t>2025-09-05 17:24:42</t>
   </si>
   <si>
-    <t>Евгений Генрихович Блохинский</t>
-[...13 lines deleted...]
-    <t>Решение суда 04.05.2022: 7 лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Evgeny Genrikhovich Blokhinskiy</t>
+  </si>
+  <si>
+    <t>6 października 1997</t>
+  </si>
+  <si>
+    <t>Jewgienij został zatrzymany 18 stycznia 2022 r., gdy przybył do Grodna z Niemiec.
+Jewgienij powiedział przed kamerą siłom bezpieczeństwa, że w 2020 r. był członkiem czatów uznanych za ekstremistyczne, gdzie wzywał do masowych zamieszek, zabijania policjantów i podpalania sklepów Tabakerok.
+Jewgienij ma rodzinę w Danii.</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.05.2022: 7 lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
   </si>
   <si>
-    <t>Андрей Михайлович Бакуренко</t>
-[...9 lines deleted...]
-    <t>Решение суда 21.10.2025: 5 лет лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+    <t>Andrey Mikhailovich Bakurenko</t>
+  </si>
+  <si>
+    <t>8 października 1981</t>
+  </si>
+  <si>
+    <t>Zatrzymany w 2025 r. z powodów politycznych.
+W październiku 2020 roku czterech oficerów rezerwy zwróciło się do funkcjonariuszy organów ścigania, wzywając ich do refleksji, zachowania honoru i ochrony ludzi. W nagraniu wzięli udział oficerowie rezerwy: major Andriej Diczko, podpułkownik Siergiej Bend, podpułkownik Siergiej Szpak i major Andriej Bakurenko .</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 31.12.2025: wysłano do sprawdzenia.</t>
   </si>
   <si>
     <t>2025-11-03 13:49:43</t>
   </si>
   <si>
-    <t>Александр Владимирович Зайцев</t>
-[...9 lines deleted...]
-    <t>10 лет лишения свободы в условиях усиленного режима.</t>
+    <t>Alexander Vladimirovich Zaitsev</t>
+  </si>
+  <si>
+    <t>8 października 1982</t>
+  </si>
+  <si>
+    <t>Zatrzymany 22 sierpnia 2021 r. w pobliżu daczy prezesa Sądu Najwyższego Republiki Białoruś Sukało V.O. za usiłowanie podpalenia. Być może sprowokował go oficer KGB.</t>
+  </si>
+  <si>
+    <t>10 lat więzienia w warunkach zaostrzonego reżimu.</t>
   </si>
   <si>
     <t>2021-12-22 19:23:43</t>
   </si>
   <si>
-    <t>Юрий Селивестрович Хлебовец</t>
-[...9 lines deleted...]
-    <t>1,5 года ограничения свободы с направлением в учреждение открытого типа.</t>
+    <t>Yuri Selivestrovich Khlebovets</t>
+  </si>
+  <si>
+    <t>9 października 1982</t>
+  </si>
+  <si>
+    <t>Powodem wszczęcia sprawy karnej były komentarze na czacie „Grodno 97”.
+W październiku 2023 roku okazało się, że w IUOT-39 Jurij znalazł się pod presją administracji instytucji i otrzymał 4 kary. 25 października 2023 r. Sąd Rejonowy w Krupskim podjął decyzję o zaostrzeniu reżimu. Jurij z IUOT został wysłany, aby resztę wyroku odbył w kolonii.</t>
+  </si>
+  <si>
+    <t>1,5 roku ograniczenia wolności ze skierowaniem do zakładu otwartego.</t>
   </si>
   <si>
     <t>2023-05-10 22:56:00</t>
   </si>
   <si>
-    <t>Вадим Андреевич Паценко</t>
-[...15 lines deleted...]
-    <t>21 год лишения свободы в условиях усиленного режима</t>
+    <t>Vadim Andreevich Patsenko</t>
+  </si>
+  <si>
+    <t>9 października 2000</t>
+  </si>
+  <si>
+    <t>Facet ma 22 lata, pochodzi ze Świsłocza, miasta w obwodzie grodzieńskim. Służył w wojsku, a następnie zamieszkał w Grodnie. Uprawiał sport, reprezentował na przykład swoje rodzinne miasto w wielobojowych zawodach sportowych juniorów.
+Teraz mężczyzna został zatrzymany i umieszczony w Areszcie Śledczym . Jest oskarżony o przygotowanie aktu terrorystycznego.
+Według legendy KGB, któremu podkładano głos w prorządowym filmie na antenie ONT, miało dokonać sabotażu w Grodnie.
+W nagraniu z przesłuchania twierdzi, że rzekomo powierzono mu zadanie wysadzenia składu ropy przy użyciu drona i materiałów wybuchowych.
+W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>21 lat więzienia w warunkach zwiększonego bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
-    <t>Марет Ахметовна Валюк</t>
-[...9 lines deleted...]
-    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Viktor Egorovich Kuprik</t>
+  </si>
+  <si>
+    <t>9 października 1962</t>
+  </si>
+  <si>
+    <t>Został skazany za rzucenie koktajlem Mołotowa w stronę sił bezpieczeństwa podczas protestu, który odbył się 10 sierpnia 2020 r. w Baranowiczach.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.11.2020: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2021-02-27 19:14:13</t>
+  </si>
+  <si>
+    <t>Maret Akhmetovna Valiuk</t>
+  </si>
+  <si>
+    <t>9 października 1967</t>
+  </si>
+  <si>
+    <t>Maret został zatrzymany pod koniec października 2024 r. w Smorgonie. Następnie w sumie „oczyszczeniu” w Smorgoniach poddano około 12 osób, większość z nich zwolniono po „24 godzinach”.
+Posiada drugą grupę inwalidzką niezdolną do pracy.</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-11-12 20:11:39</t>
   </si>
   <si>
-    <t>Виктор Егорович Куприк</t>
-[...29 lines deleted...]
-    <t>7 лет лишения свободы в колонии</t>
+    <t>Sergey Vasilevich Gunya</t>
+  </si>
+  <si>
+    <t>11 października 2001</t>
+  </si>
+  <si>
+    <t>W dniu 11 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>7 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-05-20 00:59:23</t>
   </si>
   <si>
-    <t>Дмитрий Иванович Иванчиков</t>
-[...5 lines deleted...]
-    <t>Решение суда 22.01.2025: 1 год лишения свободы в колонии в условиях общего режима.</t>
+    <t>Alexander Sergeevich Barkun</t>
+  </si>
+  <si>
+    <t>11 października 1978</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
+    <t>Roman Sergeevich Shcherbakov</t>
+  </si>
+  <si>
+    <t>11 października 1997</t>
+  </si>
+  <si>
+    <t>W dniu 18 lipca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Ivanchikov</t>
+  </si>
+  <si>
+    <t>11 października 1991</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.01.2025: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-15 19:40:52</t>
   </si>
   <si>
-    <t>Роман Сергеевич Щербаков</t>
-[...27 lines deleted...]
-    <t>Решение суда 27.12.2021: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.02.2022: приговор оставлен без изменения. Суд по смене режима 15.06.2022: 3 года тюремного режима.</t>
+    <t>Sergei Grigorievich Nikitin</t>
+  </si>
+  <si>
+    <t>11 października 1975</t>
+  </si>
+  <si>
+    <t>Żołnierz (prawdopodobnie także KGB).
+W dniu 14 października 2022 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-06-29 15:22:35</t>
+  </si>
+  <si>
+    <t>Alexander Anatolevich Goncharov</t>
+  </si>
+  <si>
+    <t>11 października 1973</t>
+  </si>
+  <si>
+    <t>Według prokuratury Aleksander Gonczarow przekazał środki przelewem bankowym na finansowanie działalności „Pułku Kastusa Kalinowskiego”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.12.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2023-12-04 02:34:04</t>
+  </si>
+  <si>
+    <t>Yegor Alexandrovich Dudnikov</t>
+  </si>
+  <si>
+    <t>11 października 2000</t>
+  </si>
+  <si>
+    <t>Jegor, obywatel Rosji, został zatrzymany 4 maja 2021 r. przez funkcjonariuszy GUBOPiK w wynajętym mieszkaniu po przeszukaniu i brutalnie pobity. Przez siedem miesięcy przebywał w areszcie tymczasowym pod zarzutem „organizowania działań rażąco naruszających porządek publiczny” - za nagrywanie filmów i wiadomości audio na kanale Telegram „OGSB”. Jednak w grudniu tego samego roku został skazany na podstawie artykułów „podżeganie do nienawiści lub niezgody” i „wezwania do działań mających na celu zaszkodzenie bezpieczeństwu narodowemu Białorusi” i skazany na najwyższy możliwy wyrok więzienia.
+W czerwcu 2022 roku zaostrzono warunki przetrzymywania, a Jegora przeniesiono do więzienia.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.12.2021: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 25.02.2022: wyrok został podtrzymany. Sąd zmiany reżimu 15.06.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
   </si>
   <si>
-    <t>Александр Сергеевич Баркун</t>
-[...58 lines deleted...]
-    <t>Решение суда 05.04.2024: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.05.2024: неизвестно.</t>
+    <t>Alexander Aleksandrovich Ignatyuk</t>
+  </si>
+  <si>
+    <t>12 października 1971</t>
+  </si>
+  <si>
+    <t>Niezależny dziennikarz z Pińska, właściciel serwisu i strony TikTok „o Stolinie”.
+Aleksander przez długi czas mieszkał samotnie na Polesiu, więc o jego zatrzymaniu dowiedział się przypadek. Zaniepokojeni ludzie zaczęli się martwić, że nie kontaktował się z nim przez długi czas. Okazało się, że Aleksander został umieszczony w Areszcie Śledczym w Brześciu-7. Według niepotwierdzonych informacji postawiono mu zarzuty „wspomagania działań ekstremistycznych”.
+Aleksander jest także ojcem faceta, który „rozebrał” armatkę wodną w Mińsku podczas protestów w 2020 roku.
+Jak poinformowało MSW , mężczyzna nakręcił filmy zawierające obciążające dowody, pokazał je lokalnym przedsiębiorcom i zażądał pieniędzy za „milczenie”. Rzekomo „promował także działalność ekstremistycznego kanału telegramowego, którego administratorzy znajdują się za granicą”.
+W dniu 28 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.04.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
-    <t>Александр Сергеевич Резник</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Александра задержали 29 сентября 2020 года по делу о массовых беспорядках и обвинили в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
+    <t>Alexander Sergeevich Reznik</t>
+  </si>
+  <si>
+    <t>12 października 1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksander został zatrzymany 29 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegramowych, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 </t>
   </si>
   <si>
-    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:41:35</t>
   </si>
   <si>
-    <t>Александр Николаевич Муравьев</t>
-[...8 lines deleted...]
-    <t>Решение суда 28.09.2022: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
+    <t>Olga Vladimirovna Mironenko</t>
+  </si>
+  <si>
+    <t>13 października 1970</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:26:29</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Muraviev</t>
+  </si>
+  <si>
+    <t>13 października 1989</t>
+  </si>
+  <si>
+    <t>Kierowca Aleksander został aresztowany w listopadzie 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zapracowany Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnią karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:13</t>
   </si>
   <si>
-    <t>Олег Петрович Слабухо</t>
-[...12 lines deleted...]
-    <t>Решение суда 01.07.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Oleg Petrovich Slabuho</t>
+  </si>
+  <si>
+    <t>13 października 1986</t>
+  </si>
+  <si>
+    <t>Oleg jest z wykształcenia inżynierem. Lubi podróże i aktywny wypoczynek.
+Oleg jest wideofilmowcem od ponad 10 lat. W 2015 roku założył własną firmę. Oleg specjalizuje się w fotografii ślubnej i rodzinnej, ale zajmuje się również zdjęciami osobistymi i filmami fabularnymi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.07.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
   </si>
   <si>
-    <t>Ольга Владимировна Мироненко</t>
-[...17 lines deleted...]
-    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+    <t>Valentin Konstantinovich Stefanovich</t>
+  </si>
+  <si>
+    <t>14 października 1972</t>
+  </si>
+  <si>
+    <t>Walentyn, członek Rady Wiasna i wiceprzewodniczący Międzynarodowej Federacji Praw Człowieka (FIDH), jest jednym z najbardziej uznanych ekspertów i analityków praw człowieka. Aktywnie działa na rzecz niedyskryminacji i sprzeciwu wobec kary śmierci, a także brał udział w konferencjach międzynarodowych, misjach praw człowieka i misjach obserwacji wyborów w krajach OBWE.
+14 lipca 2021 r., po przeszukaniu jego mieszkania, został zabrany na przesłuchanie, a następnie tymczasowo aresztowany w związku ze sprawą karną wszczętą na podstawie artykułów o „uchylaniu się od płacenia podatków” i „organizowaniu działań rażąco naruszających porządek publiczny”.
+We wrześniu 2022 r. sprawa o unikanie płacenia podatków została umorzona, ale Valentinowi postawiono nowe zarzuty: przemytu i finansowania działań grupy, które rażąco naruszają porządek publiczny.
+27 października 2022 r., podczas 41. Kongresu Międzynarodowej Federacji Praw Człowieka (FIDH), Valentin Stefanovic został ponownie wybrany na wiceprezesa organizacji.
+W marcu 2023 roku został skazany na karę pozbawienia wolności i zobowiązany do zapłaty znacznego odszkodowania. Valentin nie przyznał się do winy w sądzie.
+Z dostępnych informacji wynika, że zaostrzono warunki jego zatrzymania i przeniesiono go do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.03.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 3000 jednostek bazowych kary, około 188110 ruble odszkodowania. Protest prokuratora 21.04.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-07-16 14:42:08</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Sergeev</t>
+  </si>
+  <si>
+    <t>14 października 1985</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w protestach.
+W dniu 17 października 2022 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:19:45</t>
+  </si>
+  <si>
+    <t>Nikolai Sergeevich Roy</t>
+  </si>
+  <si>
+    <t>14 października 1981</t>
+  </si>
+  <si>
+    <t>Nikołaj, inżynier systemowy i były pracownik RUE Beltelecom, został zatrzymany w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”. W czerwcu 2023 r. został uznany za winnego szeregu zarzutów karnych i skazany na długoletnią karę więzienia.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-01-23 20:19:33</t>
+  </si>
+  <si>
+    <t>Sergey Konstantinovich Romashov</t>
+  </si>
+  <si>
+    <t>14 października 1960</t>
+  </si>
+  <si>
+    <t>Siergiej pracował jako lekarz diagnostyki ultrasonograficznej w Grodzieńskiej Poliklinice Miejskiej nr 4, a także w Centrum Medycznym Rosmed. Jego doświadczenie zawodowe wynosi ponad 30 lat. Znany jest również jako miłośnik szachów – w 2022 roku wygrał regionalny turniej szachowy pracowników służby zdrowia. Treść zarzutów i konkretny wyrok wydany na Romaszowa pozostają nieznane. Jak dotąd wiadomo jedynie, że został skazany na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-08-16 17:46:23</t>
   </si>
   <si>
-    <t>Александр Сергеевич Сергеев</t>
-[...61 lines deleted...]
-    <t>Решение суда 24.03.2021: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения. Решение суда 15.09.2021: приблизительно 47440 рублей компенсации. Решение суда 27.09.2021: 3 года лишения свободы в колонии в условиях усиленного режима. Решение суда 04.10.2021: 1340 рублей компенсации. Суд по смене режима 06.03.2023: 3 года тюремного режима.</t>
+    <t>Yaroslava Valentinovna Khromchenkova</t>
+  </si>
+  <si>
+    <t>15 października 1997</t>
+  </si>
+  <si>
+    <t>Posiada obywatelstwo rosyjskie. Została zatrzymana 23 kwietnia 2025 roku, a jej dom został przeszukany tego samego dnia. Została zatrzymana w związku ze śledztwem karnym dotyczącym wiadomości zamieszczonych na bota „Białoruski Gajun ”.
+Jarosława pochodzi z Rogaczowa. W pewnym momencie przeprowadziła się do Mozyrza, prawdopodobnie zaraz po ukończeniu studiów.
+W ostatnich latach pracowała jako nauczycielka w wiejskiej szkole. Uczyła języka niemieckiego w Szkole Podstawowej im. Moisiejewskiej w małym miasteczku rolniczym o tej samej nazwie. Pełniła również funkcję organizatora pracy w środowisku nauczycielskim.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 04.11.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-08 19:18:36</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Kozlyanko</t>
+  </si>
+  <si>
+    <t>15 października 1983</t>
+  </si>
+  <si>
+    <t>Aleksandr, działacz anarchistyczny i członek Wolnego Związku Zawodowego, został zatrzymany w marcu 2021 r. w ramach postępowania karnego wszczętego przeciwko anarchistom z obwodu brzeskiego. Został skazany za „udział w działaniach grupowych, które rażąco naruszają porządek publiczny” i „udział w organizacji przestępczej”. Wiadomo, że zarzuty opierają się na epizodzie blokowania dróg w Brześciu w 2018 r., gdy miał miejsce protest przeciwko budowie fabryki baterii.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.09.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:12:06</t>
+  </si>
+  <si>
+    <t>Dmitriy Vladimirovich Kubarev</t>
+  </si>
+  <si>
+    <t>15 października 1995</t>
+  </si>
+  <si>
+    <t>Zatrzymany 11 sierpnia 2020 r. pod zarzutem organizowania masowych zamieszek, w 2021 r. trzykrotnie skazany.
+W marcu 2023 r. kara Dmitrija została zaostrzona i został przeniesiony do więzienia na trzy lata.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany. Decyzja sądu 15.09.2021: około 47440 ruble odszkodowania. Decyzja sądu 27.09.2021: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 04.10.2021: 1340 ruble odszkodowania. Sąd zmiany reżimu 06.03.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:08</t>
   </si>
   <si>
-    <t>Александр Дмитриевич Комленок</t>
-[...9 lines deleted...]
-    <t>Решение суда 16.08.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
+    <t>Alexander Dmitrievich Komlenok</t>
+  </si>
+  <si>
+    <t>15 października 1981</t>
+  </si>
+  <si>
+    <t>Zatrzymano go w lutym, kiedy wrócił z pracy na Białoruś. Wcześniej Aleksander pracował w lokomotywowni, ale po 2020 roku albo został zwolniony, albo sam zrezygnował – wydaje się, że zwolnienie miało podłoże polityczne. Następnie Kamlenok pracował jako kierowca ciężarówki w krajach zachodnich. A kiedy wrócił z pracy do domu, został zatrzymany. Został oskarżony o znieważenie urzędnika państwowego.
+Sąd Rejonowy w Wierchniewińskim uznał stronę Aleksandra w Odnoklassnikach za ekstremistyczną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-23 20:19:37</t>
   </si>
   <si>
-    <t>Ярослава Валентиновна Хромченкова</t>
-[...46 lines deleted...]
-    <t>7,5 лет лишения свободы в колонии.</t>
+    <t>Anatoly Anatolyevich Matsulevich</t>
+  </si>
+  <si>
+    <t>16 października 1969</t>
+  </si>
+  <si>
+    <t>Skazany za utworzenie i administrowanie kanałem telegramowym „Połock Nowopołock Country For Life Chat Freedom to Siergiej Tichanowski”.</t>
+  </si>
+  <si>
+    <t>7,5 roku więzienia.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
   </si>
   <si>
-    <t>Маргарита Яковлевна Рабинович (Есепкина)</t>
-[...9 lines deleted...]
-    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+    <t>Ksenia Viktorovna Susha</t>
+  </si>
+  <si>
+    <t>18 października 1982</t>
+  </si>
+  <si>
+    <t>worked as the chief bibliographer of the research department of book science of the National Library of Belarus until November 2021. Then she went into IT.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-06-17 23:16:24</t>
+  </si>
+  <si>
+    <t>Vyacheslav Evgenievich Ilyich</t>
+  </si>
+  <si>
+    <t>18 października 1963</t>
+  </si>
+  <si>
+    <t>Były zastępca szefa wydziału policji miasta Żodino, stał na czele policji kryminalnej, a w 2008 r. przeszedł na emeryturę w stopniu podpułkownika. Następnie był dyrektorem miejskiego centrum kultury i rozrywki Żodino.
+W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
+Wiaczesław w swoim przemówieniu mówi, że rozumie, że pracownicy pełnią służbę w bardzo trudnych warunkach, ale wzywa ich, aby „swoimi służbowymi obowiązkami wykonywali tak, jak sami chcielibyście, żeby byli wykonywani [w stosunku do] Was i Waszych bliskich. Wtedy będziecie mogli patrzeć ludziom w oczy zarówno teraz, podczas służby, jak i wtedy, gdy udają się na zasłużony odpoczynek”.
+Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:36:11</t>
+  </si>
+  <si>
+    <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
+  </si>
+  <si>
+    <t>18 października 2002</t>
+  </si>
+  <si>
+    <t>Margarita, najstarsza córka Tiny Pałyńskiej, została zatrzymana wraz z matką pod koniec maja 2025 r. Obie przebywają w areszcie pod zarzutem popełnienia przestępstwa.
+Szczegóły zarzutów nie zostały oficjalnie ujawnione. Na podstawie dowodów poszlakowych można przypuszczać , że sprawa może być związana z decyzją KGB o uznaniu „Białoruskiej Pracowni Analitycznej” profesora Andrieja Wardomackiego za organizację ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. W tej chwili nie ma potwierdzenia, że Tina lub jej córka rzeczywiście uczestniczyły w badaniach BAM. Ale nawet gdyby taki udział miał miejsce, nie naruszałoby to prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za organizację ekstremistyczną.</t>
   </si>
   <si>
     <t>2025-06-04 16:10:13</t>
   </si>
   <si>
-    <t>Александр Юрьевич Воронин</t>
-[...8 lines deleted...]
-    <t>Решение суда 12.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 01.12.2023: неизвестно.</t>
+    <t>Alexander Yurievich Voronin</t>
+  </si>
+  <si>
+    <t>18 października 1985</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Brześcia, wideofilmowiec. Ma małoletnie dzieci. 7 czerwca 2023 roku został zatrzymany pod zarzutem popełnienia przestępstwa administracyjnego (art. 19.11 ust. 2 Kodeksu wykroczeń administracyjnych) i skazany na 10 dni aresztu za subskrypcję profilu „Zerkalo” na Instagramie. Został zwolniony, ale dwa tygodnie później został zatrzymany pod zarzutem popełnienia przestępstwa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 01.12.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-10-31 17:36:51</t>
   </si>
   <si>
-    <t>Вячеслав Евгеньевич Ильич</t>
-[...49 lines deleted...]
-    <t>Решение суда 27.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 07.07.2023: 2 года тюремного режима. Решение суда 14.11.2024: 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Alexander Valentinovich Aranovich</t>
+  </si>
+  <si>
+    <t>19 października 1982</t>
+  </si>
+  <si>
+    <t>Członek zespołu kanału «Country for Life» na YouTube, kierowca kampera, mieszkał w Starych Dorogach w obwodzie mińskim.
+Zatrzymany podczas pikietowania w celu zbierania podpisów na rzecz Swietłany Cichanouskiej w Grodnie 29 maja 2020 roku.
+13 lipca 2023 roku okazało się, że więzień polityczny został przekazany do reżimu więziennego na okres 2 lat. Aleksandrowi kilkakrotnie proponowano napisanie wniosku o ułaskawienie, ale odmówił.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 07.07.2023: 2 roku więzienia. Decyzja sądu 14.11.2024: 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-25 02:33:36</t>
   </si>
   <si>
-    <t>Юрий Петрович Лагодюк</t>
-[...10 lines deleted...]
-    <t>Решение суда 25.07.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 11.10.2024: неизвестно.</t>
+    <t>Yuri Petrovich Lagodyuk</t>
+  </si>
+  <si>
+    <t>19 października 1960</t>
+  </si>
+  <si>
+    <t>Od ponad trzydziestu lat pracuje jako trener tenisa stołowego. Yuri jest jedynym międzynarodowym sędzią w tej dyscyplinie w obwodzie brzeskim. Wcześniej był członkiem zarządu Białoruskiej Federacji Tenisa Stołowego.
+Logodyuk jest również znany jako jeden z najlepszych trenerów sportu na Białorusi. Szkoli osoby z problemami narządu ruchu. Jego uczniowie często zdobywają mistrzostwa zarówno na Białorusi, jak i w innych krajach. Ten człowiek pomógł setkom osób niepełnosprawnych żyć normalnie.
+Jest sądzony za „promowanie działalności ekstremistycznej”. Może to być albo komentarz do „niewłaściwego” zasobu, albo na przykład przekaz pieniędzy więźniowi politycznemu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.07.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
-    <t>Леонид Викторович Ковалёв</t>
-[...8 lines deleted...]
-    <t>Решение суда 22.02.2021: 6 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения.</t>
+    <t>Alexander Viktorovich Sysoev</t>
+  </si>
+  <si>
+    <t>20 października 1984</t>
+  </si>
+  <si>
+    <t>Sysoev pochodzi z Bronnej Góry, w ostatnich latach mieszkał w Berezie (obwód brzeski). Według danych z usuniętego już profilu na Vkontakte, w 2008 roku ukończył BSUIR, uzyskując dyplom ze sztucznej inteligencji. W chwili aresztowania tworzył grę komputerową. Mężczyzna został zatrzymany 5 lipca 2023 roku i od tego czasu przebywa w areszcie.Mężczyzna został oskarżony o przekazywanie pieniędzy pułkowi Kalinowskiego za pośrednictwem portalu społecznościowego Facebook przy użyciu systemu płatności PayPal. Przelew na kwotę 12,91 dolarów był wykonany z karty białoruskiej.12 lutego prokurator Bogusz zażądał dla Sysojewa 5 lat kolonii o zaostrzonym rygorze. Wyrok ogłoszono 14 lutego. Dokładny wyrok nie jest obecnie znany, ale w zdecydowanej większości spraw politycznych sędziowie brzescy przyznają dokładnie to, czego żądają prokuratorzy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.02.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-02-08 00:49:54</t>
+  </si>
+  <si>
+    <t>Vladimir Viktorovich Melikaev</t>
+  </si>
+  <si>
+    <t>20 października 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:10:35</t>
+  </si>
+  <si>
+    <t>Ivan Aleksandrovich Sautin</t>
+  </si>
+  <si>
+    <t>20 października 1978</t>
+  </si>
+  <si>
+    <t>Iwan, homelski aktywista i wolontariusz organizacji „Kraj dla Życia”, członek Białoruskiej Partii Socjaldemokratycznej, po licznych zatrzymaniach, aresztowaniu administracyjnym i wszczęciu dwóch spraw karnych w 2020 r. wyjechał do Rosji.
+W kwietniu 2021 roku Iwan został zatrzymany w Kaliningradzie podczas próby przekroczenia granicy z Polską. Na wniosek białoruskich funkcjonariuszy organów ścigania został oskarżony w sprawie karnej na podstawie czterech artykułów, w tym „terroryzmu”. Jednakże po zakończeniu śledztwa strona rosyjska wycofała trzy z czterech zarzutów. Rok później, 26 kwietnia 2022 roku, Ivan został zwolniony za kaucją.
+27 maja 2022 roku został ponownie zatrzymany i pod koniec czerwca wydany Białorusi. Z materiałów sprawy wynika, że w 2018 r. miał przywłaszczyć ponad 68 tys. rubli. W trakcie śledztwa ustalono również, że w 2020 r. Iwan brał udział w protestach, nagrywał filmy i kontaktował się z agencjami rządowymi.
+W grudniu 2022 roku został skazany za „oszustwo”. W kwietniu 2024 r. Ivan został ponownie skazany na podstawie artykułu „złośliwe nieposłuszeństwo wobec żądań administracji kolonii”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 29.03.2023: wyrok został podtrzymany. Decyzja sądu 16.05.2024: nieznany. Apelacja 08.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-04-29 16:58:20</t>
+  </si>
+  <si>
+    <t>Alexey Yurievich Melnikau</t>
+  </si>
+  <si>
+    <t>20 października 1993</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany i skazany za posiadanie broni i rzekome przygotowanie jej do masowych zamieszek. W przesłuchaniu oświadczył, że przyznał się jedynie do posiadania broni i nie rozumie, dlaczego proces toczył się za zamkniętymi drzwiami. Aleksiej nazwał oskarżenie o przygotowywanie zamieszek „polowaniem na czarownice”.
+Pod koniec grudnia 2021 roku okazało się, że kara dla Aleksieja jest zaostrzona i przenosi się go do więzienia.
+Zimą 2024 r. więzień polityczny stanął przed sądem w nowej sprawie karnej za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego”. Na mocy tego artykułu więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 50 jednostek bazowych kary. Sąd zmiany reżimu data nieznana: 3 roku więzienia. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:54:39</t>
+  </si>
+  <si>
+    <t>Leonid Viktorovich Kovalev</t>
+  </si>
+  <si>
+    <t>20 października 1991</t>
+  </si>
+  <si>
+    <t>Leonid został zatrzymany i skazany za to, że według śledczych sporządził dwa koktajle Mołotowa, przetransportował je do centrum Homla i ukrył. Wieczorem 10 sierpnia 2020 r. rzekomo odnalazł dwóch sprawców – Dmitrija Korniejewa i Nikitę Zolotoriewa – i wręczył im butelki, proponując podpalenie budynku, autobusu lub wozu ryżowego. Leonid nie przyznał się do winy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.02.2021: 6 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.04.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-28 02:12:24</t>
   </si>
   <si>
-    <t>Иван Александрович Саутин</t>
-[...59 lines deleted...]
-    <t>Решение суда 03.10.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.01.2025: неизвестно.</t>
+    <t>Evgeny Klimov</t>
+  </si>
+  <si>
+    <t>21 października 1996</t>
+  </si>
+  <si>
+    <t>Skazany za administrowanie kanałem Petrikov 97%.
+Kanał omawiał kwestie wyborcze, miejsce i czas pokojowych wieców dla tych, którzy nie zgadzają się z wynikami liczenia głosów w wyborach i inne kwestie.
+Jewgienij Klimow został również oskarżony o podżeganie do nienawiści społecznej za ponowne umieszczenie wiadomości o prewencjach policji z kanału telegramowego Nexta.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w warunkach zaostrzonego reżimu .</t>
+  </si>
+  <si>
+    <t>2022-03-27 02:15:25</t>
+  </si>
+  <si>
+    <t>Igor Leontievich Karpitsky</t>
+  </si>
+  <si>
+    <t>21 października 1969</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że Igor za pomocą laptopa wysłał kilka e-maili na skrzynkę e-mail oficjalnego portalu internetowego Prezydenta Republiki Białoruś, w których wyraził groźby użycia przemocy wobec Prezydenta. Wysłał również e-mail, dostępny do wglądu dla osób trzecich, w tym pracowników Administracji Prezydenta Republiki Białoruś, w treści którego zawierał zniewagi wobec funkcjonariuszy państwowych w związku z wykonywaniem przez nich obowiązków służbowych – pracowników organy spraw wewnętrznych Republiki Białoruś Iwan Kubrakow i Dmitrij Bałaba. Mężczyzna wysłał również podobną wiadomość z groźbami użycia przemocy, zniszczenia i uszkodzenia mienia do pracowników Komitetu Śledczego Republiki Białoruś. Igor brał również udział w protestach podczas protestów powyborczych w Mińsku w 2020 roku.
+Zgodnie z wnioskami z oględzin, Karpitsky w okresie popełniania przestępstw cierpiał na chorobę psychiczną, ale mógł zdawać sobie sprawę z rzeczywistego charakteru i niebezpieczeństwa społecznego swoich czynów oraz je kontrolować. Nie potrzebuje obowiązkowych środków bezpieczeństwa i leczenia. Ma małoletnie dziecko.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:09:48</t>
+  </si>
+  <si>
+    <t>Maksim Nikolaevich Kurovsky</t>
+  </si>
+  <si>
+    <t>21 października 1981</t>
+  </si>
+  <si>
+    <t>Z materiałów prokuratury wynika, że Maksym Kurowski na jednym z czatów komunikatora Telegram celowo zamieszczał wiadomości o prezydencie Łukaszence, obsceniczne w formie i obraźliwe w treści.
+Badanie wykazało, że wiadomości zawierały negatywną ocenę głowy państwa, poniżały jego honor i godność. Ponadto posługiwał się językiem białoruskim. Były śledczy prużańskiego oddziału regionalnego Wielkiej Brytanii. Wycofany ze służby w 2020 roku.
+12.06.2024 zwolniony po odbyciu kary.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 09.12.2022: wyrok został podtrzymany. Decyzja sądu data nieznana: 3 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2022-10-18 22:14:36</t>
+  </si>
+  <si>
+    <t>Denis Valerievich Sokolov</t>
+  </si>
+  <si>
+    <t>21 października 1980</t>
+  </si>
+  <si>
+    <t>został zatrzymany w ramach śledztwa karnego wszczętego przez KGB w związku z faktem „usiłowania popełnienia aktu terrorystycznego” w Machulishchi.
+Główna osoba zamieszana w sprawę oraz – jak twierdzą urzędnicy i propagandyści – sprawca sabotażu, Nikołaj Szwec, został w czerwcu zwolniony w ramach wymiany z Ukrainą. Mimo to sprawa trafi do sądu, a jego wspólnikom na Białorusi grożą długie wyroki więzienia. Sam Shvets jest sądzony zaocznie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.10.2024: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-08-13 13:00:42</t>
   </si>
   <si>
-    <t>Игорь Леонтьевич Карпицкий</t>
-[...61 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Ivan Petrovich Polevikov</t>
+  </si>
+  <si>
+    <t>22 października 2002</t>
+  </si>
+  <si>
+    <t>First, Ivan was arrested for 15 days , then placed in a pretrial detention facility on a criminal case.</t>
   </si>
   <si>
     <t>2025-03-04 20:10:16</t>
   </si>
   <si>
-    <t>Евгений Иванович Гуринович</t>
-[...10 lines deleted...]
-    <t>Решение суда 17.04.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 24.05.2024: приговор оставлен без изменения. Апелляция 16.08.2024: неизвестно.</t>
+    <t>Eugene Ivanovich Gurinovich</t>
+  </si>
+  <si>
+    <t>22 października 1992</t>
+  </si>
+  <si>
+    <t>Główny inspektor Służby Celnej.
+10 października 2023 roku Sąd Miejski w Mińsku rozpoczął zamknięty proces trzech celników: Jewgienija Gurinowicza, Wiktora Nowika i Władimira Żuromskiego. Postawiono im zarzuty z ośmiu artykułów Kodeksu karnego. Aktywiści na rzecz praw człowieka dowiedzieli się, że w tej sprawie, 27 lutego 2024 roku, stanie przed sądem jedynie 31-letni inspektor celny Jewgienij Gurinowicz. Proces odbędzie się w Areszcie Śledczym nr 1. Nie wiadomo, czy przyczyną mógł być stan zdrowia mężczyzny. Jego sprawa prawdopodobnie została podzielona na osobne postępowania, ale rozprawy pozostałych osób nie zostały jeszcze wyznaczone.
+Po aresztowaniu funkcjonariusze organów ścigania poważnie zranili Jewgienija w plecy, zmuszając go do poruszania się o kulach .
+24 maja 2024 r. rozpatrzono apelację Jewgienija.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.04.2024: 13 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 24.05.2024: wyrok został podtrzymany. Apelacja 16.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
   </si>
   <si>
-    <t>Михаил Александрович Лабань</t>
-[...10 lines deleted...]
-    <t>Решение суда 20.05.2022: 4 года лишения свободы в колонии в условиях общего режима, 100 базовых величин штрафа. Суд по смене режима 18.05.2024: тюремный режим до конца срока. Решение суда 12.02.2025: 2 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
+    <t>Gennady Fedorovich Vasilyuk</t>
+  </si>
+  <si>
+    <t>23 października 1966</t>
+  </si>
+  <si>
+    <t>15 września 2023 r. 57-letni Giennadij Wasiliuk został ukarany grzywną za „rozpowszechnianie materiałów ekstremistycznych”. Na stronie Odnoklassniki Giennadija znaleziono subskrypcje materiałów „ekstremistycznych”. Ponadto Wasiliuk został wyrzucony z lokomotyw „za zgodą stron”.
+W dniu 7 grudnia 2023 r. Giennadij został zatrzymany w ramach sprawy karnej za „zniesławienie Łukaszenki” (art. 367 część 1 kk) i osadzony w areszcie śledczym. Sprawa została rozpatrzona w dniach 22 i 26 lutego 2024 roku.
+Mężczyzna został oskarżony o umieszczenie reakcji „klasowej” w serwisie społecznościowym Odnoklassniki pod trzema filmami z udziałem ekonomisty Jarosława Romanczuka w dniach 8, 9 i 17 czerwca 2022 r.
+Giennadij przyznał się do winy i powiedział, że we wskazane dni czerwca udał się do wsi w powiecie Żabinkowskim, co potwierdza wyciąg od operatora komórkowego. Mężczyzna korzysta z telefonu z przyciskiem, więc we wsi nie mógł dostać się do Odnoklassnik.
+Prokurator Jegor Kronda uznał winę Giennadija za w pełni udowodnioną i zażądał dla niego roku i sześciu miesięcy więzienia.
+Giennadij został po raz drugi skazany 16 września 2024 r. za udział w protestach. Razem z nim skazano także jego żonę i trzy inne osoby. Zdaniem sądu istota oskarżenia przeciwko wszystkim polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, gwizdali, klaskali w dłonie, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.
+Sąd skazał Giennadija na półtora roku więzienia, ale biorąc pod uwagę nieprzebytą wcześniej (polityczną) karę, ostateczny wyrok wynosił zaledwie 2 lata w kolonii ogólnoreżimowej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.02.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 19.04.2024: wyrok został podtrzymany. Decyzja sądu 16.09.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-19 19:05:43</t>
+  </si>
+  <si>
+    <t>Sergei Mikhailovich Shametko</t>
+  </si>
+  <si>
+    <t>23 października</t>
+  </si>
+  <si>
+    <t>Oskarżony w sprawie „Robotnik Rukh”.</t>
+  </si>
+  <si>
+    <t>12 lat w kolonii w warunkach zaostrzonego reżimu</t>
+  </si>
+  <si>
+    <t>2022-08-23 00:03:24</t>
+  </si>
+  <si>
+    <t>Mikhail Aleksandrovich Laban</t>
+  </si>
+  <si>
+    <t>23 października 1983</t>
+  </si>
+  <si>
+    <t>Michaił, właściciel pracowni jubilerskiej w Samorodoku, wytwarzał biżuterię dla członków klubów rekonstrukcyjnych i studiował historię średniowiecza. W lutym 2022 r. został aresztowany, a następnie skazany pod zarzutem „zniesławienia i znieważenia Łukaszenki” oraz „obrażenia urzędnika państwowego”.
+W maju 2024 r. odbyła się nowa rozprawa sądowa, w wyniku której zaostrzono warunki przetrzymywania Michaiła i przeniesiono go do więzienia.
+W lutym 2025 roku został ponownie skazany na podstawie artykułu o „finansowaniu działalności grupy ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2022: 4 roku więzienia w kolonii na warunkach ogólnych, 100 jednostek bazowych kary. Sąd zmiany reżimu 18.05.2024: reżim więzienny do końca kary. Decyzja sądu 12.02.2025: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2022-05-11 01:06:30</t>
   </si>
   <si>
-    <t>Геннадий Фёдорович Василюк</t>
-[...45 lines deleted...]
-    <t>7 лет лишения своободы в колонии.</t>
+    <t>Maxim Igorevich Mnatsakanov</t>
+  </si>
+  <si>
+    <t>24 października 1988</t>
+  </si>
+  <si>
+    <t>Zatrzymano go za komentarze na portalach społecznościowych. W domu Maxima czeka 10-letni syn.
+W dniu 17 listopada 2023 roku odbyła się rozprawa Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2023-02-27 01:16:43</t>
   </si>
   <si>
-    <t>Оксана Михайловна Шаляпина</t>
-[...6 lines deleted...]
-Предположительно задержана за помощь политзаключенным.</t>
+    <t>Oksana Mikhailovna Shalyapina</t>
+  </si>
+  <si>
+    <t>24 października 1977</t>
+  </si>
+  <si>
+    <t>Absolwent Wydziału Architektury. Artysta. Reżyseria – ekspresjonizm. Technika – malarstwo impastowe. Prace znajdują się w kolekcjach prywatnych w Ameryce, Niemczech, Kazachstanie, Rosji, Gruzji, Białorusi, Luksemburgu, Finlandii, Włoszech, a także w Galerii Larus (USA). Trzy wystawy indywidualne. Członek Związku Artystów „Master-Peacemaker”.
+Prawdopodobnie zatrzymany za pomoc więźniom politycznym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.11.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-07-22 18:12:39</t>
   </si>
   <si>
-    <t>Валерий Васильевич Ивчин</t>
-[...14 lines deleted...]
-    <t>Решение суда 13.06.2024: 2 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 15.08.2024: приговор оставлен без изменения.</t>
+    <t>Valery Vasilevich Ivchin</t>
+  </si>
+  <si>
+    <t>24 października 1975</t>
+  </si>
+  <si>
+    <t>Według sądu Walerij został skazany za udział w marszach po wyborach w Mińsku w sierpniu i wrześniu 2020 r., a konkretnie za „wchodzenie na jezdnię” i „blokowanie ruchu”.</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.06.2024: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 15.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:32:30</t>
   </si>
   <si>
-    <t>Валерий Леонидович Романовский</t>
-[...5 lines deleted...]
-    <t> Валерия обвиняют в измене государству. В декабре 2022 года телеканал «Беларусь 1» выпустил фильм о контрразведке КГБ, где рассказали о беларусах и гражданах других стран, которых обвиняют в работе на иностранные спецслужбы. Валерия Романовского в фильме назвали «бывшим начальником службы воздушной разведки». В сюжете «Беларусь 1» говорится, что во время службы родственник из Литвы «свел» подозреваемого с агентами департамента госбезопасности страны. Для них Романовский фотографировал служебные документы, а однажды передал спецслужбам данные о строительстве БелАЭС, утверждается в фильме.</t>
+    <t>Valery Leonidovich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 października 1978</t>
+  </si>
+  <si>
+    <t>Valery zostaje oskarżony o zdradę państwa. W grudniu 2022 r. kanał telewizyjny Belarus 1 wyemitował film o kontrwywiadzie KGB, który opowiadał o Białorusinach i obywatelach innych krajów oskarżonych o pracę dla obcych służb wywiadowczych. Valery Romanovsky został w filmie nazwany „byłym szefem służby rozpoznania lotniczego”. Historia Białorusi 1 mówi, że podczas służby krewny z Litwy „doprowadził” podejrzanego do agentów departamentu bezpieczeństwa państwa kraju. Dla nich Romanovsky sfotografował oficjalne dokumenty, a kiedyś przekazał służbom specjalnym dane dotyczące budowy BiełEJ, mówi film.</t>
   </si>
   <si>
     <t>2023-05-05 00:12:29</t>
   </si>
   <si>
-    <t>Сергей Анатольевич Шпак</t>
-[...10 lines deleted...]
-    <t>Решение суда 14.12.2021: 3 года ограничения свободы без направления. Решение суда 21.10.2025: 5 лет лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+    <t>Sergei Anatolievich Shpak</t>
+  </si>
+  <si>
+    <t>25 października 1971</t>
+  </si>
+  <si>
+    <t>Siergiej, emerytowany podpułkownik, który wziął udział w przekazie wideo oficerów rezerwy do białoruskiego wojska, został zatrzymany 16 lipca 2021 r. po przeszukaniu jego domu.
+Zgodnie z dekretem Łukaszenki, został on pozbawiony stopnia wojskowego po 28 latach nienagannej służby w Siłach Zbrojnych. Siergiej jest ojcem czwórki dzieci, z których dwoje jest nieletnich.
+W grudniu 2021 roku postawiono mu zarzuty organizacji, przygotowywania lub aktywnego udziału w działaniach rażąco naruszających porządek publiczny. Siergiej został skazany na karę ograniczenia wolności bez skierowania do zakładu karnego i zwolniony na rozprawie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.12.2021: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 21.10.2025: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
   </si>
   <si>
-    <t>Лариса Аркадьевна Котович</t>
-[...8 lines deleted...]
-    <t>Решение суда 01.04.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 07.06.2024: приговор оставлен без изменения.</t>
+    <t>Larisa Arkadyevna Kotovich</t>
+  </si>
+  <si>
+    <t>26 października 1968</t>
+  </si>
+  <si>
+    <t>Larisa, nauczycielka języka angielskiego, została aresztowana pod koniec sierpnia 2023 r. Początkowo została skazana w postępowaniu administracyjnym za „dystrybucję, produkcję i przechowywanie materiałów ekstremistycznych”, ale później wszczęto postępowanie karne, w którym została skazana za „wspieranie działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.04.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.06.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-12-22 17:34:26</t>
   </si>
   <si>
-    <t>Игорь Андреевич Федоренко</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> Решение суда 05.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 26.04.2024: приговор оставлен без изменения.</t>
+    <t>Robert Evgenievich Kuznetsov</t>
+  </si>
+  <si>
+    <t>26 października 1983</t>
+  </si>
+  <si>
+    <t>Skazany za umieszczanie w Internecie w listopadzie 2021 r. „obraźliwych” zdjęć flagi narodowej Republiki Białorusi i komentowanie jej w Internecie.
+Karę odbywał w IK-22, a w grudniu 2023 roku został przeniesiony do IK-2.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.08.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-07-27 15:51:49</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Borodiy</t>
+  </si>
+  <si>
+    <t>26 października 1978</t>
+  </si>
+  <si>
+    <t>Obywatel Ukrainy.
+Szczegóły prześladowań ukraińskiego leśniczego poznaliśmy z propagandowego filmu z 11 września 2023 roku, który został wyemitowany jednocześnie we wszystkich kanałach państwowych. W nim Wiaczesław był prowadzony na łańcuchu podczas działań dochodzeniowych. Komitet Bezpieczeństwa Państwa poinformował, że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzem osobom postawiono zarzuty na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
+Ukraiński myśliwy Wiaczesław Borodija został zatrzymany 1 września 2023 r. w obwodzie elskim na Białorusi, graniczącym z obwodem żytomierskim na Ukrainie. Wiadomo, że Wiaczesław urodził się w obwodzie żytomierskim, przez pewien czas mieszkał w Mozyrzu, a następnie wrócił na Ukrainę i pracował jako myśliwy, wychowując trójkę dzieci. W filmie napisano, że po wybuchu wojny na pełną skalę Borodii rzekomo odbywał szkolenie w ośrodku szkoleniowym Głównego Zarządu Wywiadu Ministerstwa Obrony Ukrainy i że „od marca 2023 r., oprócz Głównego Zarządu Wywiadu MON Ukrainy, Ministerstwie Obrony Narodowej nawiązał także współpracę ze Służbą Bezpieczeństwa Ukrainy”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.12.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:15:03</t>
+  </si>
+  <si>
+    <t>Anton Nikolaevich Stankevich</t>
+  </si>
+  <si>
+    <t>26 października 1998</t>
+  </si>
+  <si>
+    <t>Zatrzymany i skazany za przekazanie 100 euro.
+Absolwent Wydziału Filologicznego BSU. Był wolontariuszem podczas II Igrzysk Europejskich. Pracowałem w Currency.com, spędziłem prawie rok w Gruzji, pracując zdalnie jako support. Następnie wrócił na Białoruś.Interesuje się językami, rekonstrukcją historyczną i ciężką muzyką.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.07.2024: nieznany. Apelacja 20.09.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-15 12:21:19</t>
+  </si>
+  <si>
+    <t>Igor Andreevich Fedorenko</t>
+  </si>
+  <si>
+    <t>26 października 1992</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.04.2024: wyrok został podtrzymany. Decyzja sądu 03.06.2024: 5 lata 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 27.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-08 18:58:42</t>
   </si>
   <si>
-    <t>Вячеслав Александрович Бородий</t>
-[...59 lines deleted...]
-    <t>14 лет лишения свободы в колонии усиленного режима</t>
+    <t>Dmitry Borisovich Gulin</t>
+  </si>
+  <si>
+    <t>27 października 1969</t>
+  </si>
+  <si>
+    <t>Były wojskowy, topograf. Rzekomo zatrzymany za udział w czatach protestacyjnych. W filmie, nakręconym przez prorządową telewizję, Dmitrij rzekomo w 2020 roku nakręcił wideo-apel do wojska i sił bezpieczeństwa, a rok później skontaktował się z organizacją Busly Lyatsyats. Ponadto, według kanału telewizyjnego, w tym roku Gulin monitorował czaty Brześcia-97, Homla-97, Kalinkowiczów, Łunińca i aktywnie zostawiał tam komentarze.
+Prawdopodobnie przetrzymywany w areszcie śledczym KGB.</t>
+  </si>
+  <si>
+    <t>14 lat więzienia w kolonii o zaostrzonym rygorze</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
-    <t>Эдуард Александрович Пальчис</t>
-[...9 lines deleted...]
-    <t>Решение суда 17.12.2021: 13 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 10.06.2022: приблизительно 575000 рублей компенсации. Суд по смене режима 11.08.2022: 3 года тюремного режима.</t>
+    <t>Victor Viktorovich Gladkov</t>
+  </si>
+  <si>
+    <t>28 października 1977</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:02:40</t>
+  </si>
+  <si>
+    <t>Vladimir Aleksandrovich Chmurov</t>
+  </si>
+  <si>
+    <t>28 października 1979</t>
+  </si>
+  <si>
+    <t>2022-04-28 02:16:41</t>
+  </si>
+  <si>
+    <t>Eduard Aleksandrovich Palchis</t>
+  </si>
+  <si>
+    <t>28 października 1990</t>
+  </si>
+  <si>
+    <t>Znany białoruski bloger polityczny i osoba publiczna, autor kanału telegramowego Palchys. Był organizatorem imprez i koncertów „BNR-100”, „BNR-101”. Zatrzymany został 27 września 2020 r. w ramach sprawy karnej dotyczącej masowych zamieszek.
+W sierpniu 2022 roku został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.12.2021: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 10.06.2022: około 575000 ruble odszkodowania. Sąd zmiany reżimu 11.08.2022: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
   </si>
   <si>
-    <t>Виктор Викторович Гладков</t>
-[...27 lines deleted...]
-    <t>3 года лишения свободы в колонии общего режима.</t>
+    <t>Alexander Vladimirovich Bigel</t>
+  </si>
+  <si>
+    <t>28 października 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Lapikov</t>
+  </si>
+  <si>
+    <t>28 października 1992</t>
+  </si>
+  <si>
+    <t>Okazało się , że po wyborach w sierpniu 2020 r. Łapikow zamieścił na swoim Instagramie post ze zdjęciem Aleksandra Łukaszenki w mundurze SS (paramilitarna formacja nazistów, odpowiedzialna m.in. za zbrodnie przeciw ludzkości ). Publikacji towarzyszył wiersz, którego tekst nie jest obecnie znany.
+W dniu 5 grudnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-09-04 14:12:23</t>
   </si>
   <si>
-    <t>Вадим Николаевич Гулевич</t>
-[...12 lines deleted...]
-    <t>Решение суда 05.12.2022: 18 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+    <t>Vadim Nikolaevich Gulevich</t>
+  </si>
+  <si>
+    <t>29 października 1987</t>
+  </si>
+  <si>
+    <t>Wadim odbywał kary aresztu administracyjnego w sierpniu i październiku 2020 r. Ostatnie aresztowanie miało miejsce 28 czerwca 2021 r. w ramach postępowania karnego dotyczącego incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki.
+Według zeznań prokuratury przedstawionych w sądzie, Wadim i Aleksiej Głotowowie, „ubrani w kamuflaż i uzbrojeni w broń palną, weszli na teren obiektu wojskowego i podłożyli ładunki wybuchowe o promieniu rażenia do 11 metrów”. Jeden z nich nie eksplodował i został rozbrojony. Ekspertyza wykazała, że ładunki zostały odpalone za pomocą mechanizmu o opóźnionym działaniu.
+Straty oszacowano na ponad 26 000 rubli. Doniesiono również, że Wadim „planował udać się na Ukrainę na szkolenie wojskowe”.
+W grudniu 2022 r. uznano go za winnego i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.
+W 2025 roku odbyła się rozprawa sądowa w sprawie zmiany reżimu więziennego, w wyniku której Vadim został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.12.2022: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
-    <t>Максим Сергеевич Федорович</t>
-[...10 lines deleted...]
-    <t>Решение суда 07.10.2025: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 28.11.2025: приговор оставлен без изменения.</t>
+    <t>Maxim Sergeevich Fedorovich</t>
+  </si>
+  <si>
+    <t>30 października 1991</t>
+  </si>
+  <si>
+    <t>Maksym jest koordynatorem zespołu poszukiwawczego „Anioł ”. Wcześniej pracował jako technolog w Mińsku -Kristallu , ale całkowicie zmienił swoje życie, dołączając do ruchu w 2017 roku po szeroko zakrojonych poszukiwaniach Maksima Markhaliuka w Puszczy Białowieskiej.
+Został skazany za dziewięć zarzutów w „sprawie Gayun”. Ma problemy zdrowotne.
+W chwili aresztowania dziecko Maksima miało 1 rok i 3 miesiące.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 28.11.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-10-07 18:28:18</t>
   </si>
   <si>
-    <t>Дмитрий Михайлович Ковач</t>
-[...9 lines deleted...]
-    <t>Решение суда дата неизвестна: 3 года ограничения свободы с направлением в учреждение открытого типа.</t>
+    <t>Dzmitry Mikhailovich Kovach</t>
+  </si>
+  <si>
+    <t>30 października 1984</t>
+  </si>
+  <si>
+    <t>W 2007 roku ukończył studia na Białoruskim Narodowym Uniwersytecie Technicznym.
+Od 2009 roku Kovács pracuje w branży turystycznej. Ostatnio pracował jako specjalista ds. wiz w prywatnym biurze podróży.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-11-21 13:57:34</t>
   </si>
   <si>
-    <t>Александр Игоревич Рандаренко</t>
-[...10 lines deleted...]
-    <t>Решение суда 19.12.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 28.02.2025: приговор оставлен без изменения.</t>
+    <t>Alexander Igorevich Randarenko</t>
+  </si>
+  <si>
+    <t>31 października 1986</t>
+  </si>
+  <si>
+    <t>Alexander trafił do sądu po wzięciu udziału w ruletce na czacie. On i jego przyjaciel zostali rozmówcami prowokatora „Rozmowy z Palychem” i podczas rozmowy, pod wpływem alkoholu, opowiadali o wydarzeniach w Ratuszu Krokus, wyrażali poparcie dla Ukrainy i pozwalali na zygging.
+Podczas aresztowania Aleksander został dotkliwie pobity przez siły bezpieczeństwa. Mężczyzna został skazany na podstawie zarzutów administracyjnych 5 razy z rzędu i prawdopodobnie spędził co najmniej 75 dni więzienia. Jednocześnie dostał kilka dni za zwykłe położenie ukraińskiego proporczyka na stole i wykrzyknięcie „Chwała Ukrainie” podczas transmisji na czacie ruletki.
+Jednak po 24 godzinach nie został zwolniony. Wszczęto przeciwko niemu sprawę karną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.02.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
   </si>
   <si>
-    <t>Валерий Викторович Хацкевич</t>
-[...5 lines deleted...]
-    <t>Решение суда 24.10.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Vladimir Vladimirovich Zinovenko</t>
+  </si>
+  <si>
+    <t>31 października 1976</t>
+  </si>
+  <si>
+    <t>Początkowo Władimira skazano za przemoc domową, ale po pewnym czasie sprawę ponownie otwarto na skutek protestu prokuratora, zarzut zmieniono na część 1 artykułu 130, a Władimira skazano na cztery lata więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.12.2024: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego. Protest prokuratora data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
+  </si>
+  <si>
+    <t>Valery Viktorovich Khatskevich</t>
+  </si>
+  <si>
+    <t>31 października 1994</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-11-13 17:22:56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1615,2173 +1652,2254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H7" t="s">
         <v>42</v>
       </c>
       <c r="I7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>54</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>57</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
         <v>58</v>
       </c>
       <c r="I10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
       <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>57</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E16" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I18" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C25" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>57</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E26" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>141</v>
+        <v>92</v>
       </c>
       <c r="I26" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>143</v>
       </c>
       <c r="B27" t="s">
         <v>144</v>
       </c>
       <c r="C27" t="s">
         <v>145</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
+        <v>102</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" t="s">
         <v>146</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>148</v>
+      </c>
+      <c r="B28" t="s">
         <v>149</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>150</v>
       </c>
       <c r="D28" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>84</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>146</v>
+        <v>102</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E33" t="s">
-        <v>78</v>
+        <v>176</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="I33" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B34" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>36</v>
+        <v>182</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I34" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C35" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D35" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>185</v>
+        <v>79</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="I35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B36" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>191</v>
+        <v>25</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>57</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D38" t="s">
         <v>51</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>91</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H38" t="s">
+        <v>203</v>
       </c>
       <c r="I38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E40" t="s">
-        <v>146</v>
+        <v>63</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>13</v>
       </c>
       <c r="I40" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>214</v>
       </c>
       <c r="B41" t="s">
         <v>215</v>
       </c>
       <c r="C41" t="s">
         <v>216</v>
       </c>
       <c r="D41" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
+        <v>25</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" t="s">
         <v>217</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>219</v>
+      </c>
+      <c r="B42" t="s">
         <v>220</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>221</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
         <v>222</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" t="s">
         <v>223</v>
       </c>
-      <c r="F42" t="s">
-[...5 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>225</v>
+      </c>
+      <c r="B43" t="s">
         <v>226</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>227</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" t="s">
         <v>228</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>230</v>
+      </c>
+      <c r="B44" t="s">
         <v>231</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>232</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" t="s">
         <v>233</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>235</v>
+      </c>
+      <c r="B45" t="s">
         <v>236</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" t="s">
         <v>237</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>238</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>239</v>
+      </c>
+      <c r="B46" t="s">
+        <v>240</v>
+      </c>
+      <c r="C46" t="s">
         <v>241</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>222</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>85</v>
+      </c>
+      <c r="H46" t="s">
         <v>242</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46" t="s">
         <v>243</v>
-      </c>
-[...16 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B47" t="s">
+        <v>245</v>
+      </c>
+      <c r="C47" t="s">
         <v>246</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
         <v>247</v>
       </c>
-      <c r="C47" t="s">
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" t="s">
         <v>248</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
         <v>251</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>252</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>41</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>85</v>
+      </c>
+      <c r="H48" t="s">
         <v>253</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>255</v>
+      </c>
+      <c r="B49" t="s">
         <v>256</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>257</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>25</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" t="s">
         <v>258</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>260</v>
+      </c>
+      <c r="B50" t="s">
         <v>261</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>262</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" t="s">
         <v>263</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51" t="s">
         <v>266</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>267</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
         <v>268</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" t="s">
         <v>269</v>
       </c>
-      <c r="F51" t="s">
-[...5 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
         <v>272</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>273</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>102</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" t="s">
         <v>274</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>276</v>
+      </c>
+      <c r="B53" t="s">
         <v>277</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>278</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>52</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" t="s">
+        <v>237</v>
+      </c>
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
+        <v>281</v>
+      </c>
+      <c r="C54" t="s">
         <v>282</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="C54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...16 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
+        <v>286</v>
+      </c>
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...13 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
+        <v>291</v>
+      </c>
+      <c r="C56" t="s">
         <v>292</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>41</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" t="s">
         <v>293</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>295</v>
+      </c>
+      <c r="B57" t="s">
+        <v>296</v>
+      </c>
+      <c r="C57" t="s">
         <v>297</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>63</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" t="s">
         <v>298</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>299</v>
-      </c>
-[...16 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>300</v>
+      </c>
+      <c r="B58" t="s">
+        <v>301</v>
+      </c>
+      <c r="C58" t="s">
         <v>302</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>57</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" t="s">
         <v>303</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>305</v>
+      </c>
+      <c r="B59" t="s">
         <v>306</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>307</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" t="s">
         <v>308</v>
       </c>
-      <c r="D59" t="s">
-[...2 lines deleted...]
-      <c r="E59" t="s">
+      <c r="I59" t="s">
         <v>309</v>
-      </c>
-[...10 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>310</v>
+      </c>
+      <c r="B60" t="s">
+        <v>311</v>
+      </c>
+      <c r="C60" t="s">
+        <v>312</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
         <v>313</v>
       </c>
-      <c r="B60" t="s">
+      <c r="F60" t="s">
         <v>314</v>
       </c>
-      <c r="C60" t="s">
+      <c r="G60" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" t="s">
         <v>315</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
       <c r="I60" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>317</v>
       </c>
       <c r="B61" t="s">
         <v>318</v>
       </c>
       <c r="C61" t="s">
         <v>319</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
+        <v>108</v>
+      </c>
+      <c r="I61" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>321</v>
+      </c>
+      <c r="B62" t="s">
         <v>322</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>323</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>127</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" t="s">
         <v>324</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>326</v>
+      </c>
+      <c r="B63" t="s">
         <v>327</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>328</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E63" t="s">
+        <v>91</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
         <v>329</v>
       </c>
       <c r="I63" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>331</v>
       </c>
       <c r="B64" t="s">
         <v>332</v>
       </c>
       <c r="C64" t="s">
         <v>333</v>
       </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H64" t="s">
         <v>334</v>
       </c>
       <c r="I64" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>336</v>
       </c>
       <c r="B65" t="s">
         <v>337</v>
       </c>
       <c r="C65" t="s">
         <v>338</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
         <v>339</v>
       </c>
       <c r="I65" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>341</v>
       </c>
       <c r="B66" t="s">
         <v>342</v>
       </c>
       <c r="C66" t="s">
         <v>343</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H66" t="s">
         <v>344</v>
       </c>
       <c r="I66" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>346</v>
       </c>
       <c r="B67" t="s">
         <v>347</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" t="s">
         <v>348</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>350</v>
+      </c>
+      <c r="B68" t="s">
         <v>351</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>352</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>97</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" t="s">
         <v>353</v>
       </c>
-      <c r="D68" t="s">
-[...11 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>355</v>
+      </c>
+      <c r="B69" t="s">
         <v>356</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>85</v>
+      </c>
+      <c r="H69" t="s">
+        <v>161</v>
+      </c>
+      <c r="I69" t="s">
         <v>357</v>
-      </c>
-[...13 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>358</v>
+      </c>
+      <c r="B70" t="s">
         <v>359</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" t="s">
+        <v>161</v>
+      </c>
+      <c r="I70" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>361</v>
+      </c>
+      <c r="B71" t="s">
         <v>362</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>363</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>25</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" t="s">
         <v>364</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>366</v>
+      </c>
+      <c r="B72" t="s">
         <v>367</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>52</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>13</v>
+      </c>
+      <c r="H72" t="s">
         <v>368</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>370</v>
+      </c>
+      <c r="B73" t="s">
+        <v>371</v>
+      </c>
+      <c r="C73" t="s">
         <v>372</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" t="s">
         <v>373</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>374</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>375</v>
+      </c>
+      <c r="B74" t="s">
+        <v>376</v>
+      </c>
+      <c r="C74" t="s">
         <v>377</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>127</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
         <v>378</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>379</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>380</v>
+      </c>
+      <c r="B75" t="s">
+        <v>381</v>
+      </c>
+      <c r="C75" t="s">
         <v>382</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>127</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" t="s">
         <v>383</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>384</v>
-      </c>
-[...13 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>385</v>
+      </c>
+      <c r="B76" t="s">
+        <v>386</v>
+      </c>
+      <c r="C76" t="s">
         <v>387</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>313</v>
+      </c>
+      <c r="F76" t="s">
+        <v>314</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
         <v>388</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>389</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>390</v>
+      </c>
+      <c r="B77" t="s">
+        <v>391</v>
+      </c>
+      <c r="C77" t="s">
+        <v>392</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
+        <v>393</v>
+      </c>
+      <c r="I77" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>395</v>
+      </c>
+      <c r="B78" t="s">
+        <v>396</v>
+      </c>
+      <c r="C78" t="s">
+        <v>397</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>25</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" t="s">
+        <v>398</v>
+      </c>
+      <c r="I78" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>400</v>
+      </c>
+      <c r="B79" t="s">
+        <v>401</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>127</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" t="s">
+        <v>402</v>
+      </c>
+      <c r="I79" t="s">
+        <v>403</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">