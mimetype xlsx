--- v0 (2025-12-17)
+++ v1 (2026-02-02)
@@ -12,1275 +12,1319 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
-[...46 lines deleted...]
-    <t>Решение суда 10.10.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 10.01.2023: неизвестно.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
+  <si>
+    <t>Imię Nazwisko</t>
+  </si>
+  <si>
+    <t>Urodziny</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Płeć</t>
+  </si>
+  <si>
+    <t>Adres</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>CPC Vesna</t>
+  </si>
+  <si>
+    <t>Zdanie</t>
+  </si>
+  <si>
+    <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Andrey Nikolaevich Kravchuk</t>
+  </si>
+  <si>
+    <t>1 listopada 1987</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
-    <t>Екатерина Андреевна Бахвалова (Андреева)</t>
-[...15 lines deleted...]
-    <t>Решение суда 18.02.2021: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 23.04.2021: приговор оставлен без изменения. Решение суда 13.07.2022: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 20.09.2022: приговор оставлен без изменения.</t>
+    <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
+  </si>
+  <si>
+    <t>2 listopada 1993</t>
+  </si>
+  <si>
+    <t>Ekaterina, dziennikarka telewizji Biełsat, relacjonowała na żywo z dziedzińca Placu Przemian, gdzie 15 listopada 2020 r. pokojowi protestujący zebrali się na wiecu protestacyjnym, który odbył się w Mińsku pod hasłem „Wychodzę”. To były ostatnie słowa Romana Bondarenki, który został zamordowany przez siły bezpieczeństwa, a zgromadzeni przybyli, aby uczcić jego pamięć. Ekaterina została zatrzymana wraz ze swoją koleżanką Darią Chultsovą podczas ostrego stłumienia protestu, a później została skazana za „udział w akcjach zbiorowych, które w rażący sposób naruszają porządek publiczny”.
+W kwietniu 2022 r. przeciwko Ekaterinie wszczęto nową sprawę karną, która już w lipcu tego samego roku została ponownie skazana, oskarżona o „zdradę” i skazana na osiem lat więzienia na trzy miesiące przed upływem pierwszego wyroku.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.02.2021: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.04.2021: wyrok został podtrzymany. Decyzja sądu 13.07.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.09.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Татьяна Александровна Шимко</t>
-[...20 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+    <t>Vadim Vladimirovich Saskovets</t>
+  </si>
+  <si>
+    <t>3 listopada 1986</t>
+  </si>
+  <si>
+    <t>W dniu 30 czerwca 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-04-24 21:53:59</t>
   </si>
   <si>
-    <t>Андрей Валерьевич Фомин</t>
-[...12 lines deleted...]
-    <t>7 лет лишения свободы в колонии усиленного режима.</t>
+    <t>Andrey Valerievich Fomin</t>
+  </si>
+  <si>
+    <t>3 listopada 1993</t>
+  </si>
+  <si>
+    <t>Andriej Fomin ma 29 lat, pochodzi z Mohylewa, ale mieszkał w Mińsku. Facet ukończył Białoruską Państwową Akademię Sztuk Pięknych. W pokutnym filmie mówi, że rzekomo był redaktorem i autorem artykułów dla sieci gazet Vestniki. Według informacji działaczy inicjatywy ByProsvet, Andriej nie miał dostępu do relacji prasowych i nie znał tych, którzy je rozprowadzają na Białorusi.
+W efekcie facet został oskarżony o udział w marszu 30 sierpnia 2020 roku i przeniesiony do SIZO-1. Andrzej w zasadzie nie chciał wyjeżdżać z kraju, pisze książkę, w domu czeka na niego sześć kotów.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
-    <t>Евгений Александрович Тихонов</t>
-[...9 lines deleted...]
-    <t>неизвестно</t>
+    <t>Eugene Aleksandrovich Tikhonov</t>
+  </si>
+  <si>
+    <t>3 listopada 1982</t>
+  </si>
+  <si>
+    <t>Evgeniy ma 40 lat, ponad 15 lat temu ukończył Akademię Ministerstwa Spraw Wewnętrznych i udało mu się pracować jako funkcjonariusz policji rejonowej, ale zrezygnował z własnej woli. Później Aleksiej przeniósł się do IT. Następnie przez pewien czas mieszkał w Europie, we Włoszech. Zatrzymano go podczas próby wjazdu na Białoruś – mężczyzna chciał przyjechać na urodziny swojej matki i wystawić pełnomocnictwo. Według doniesień wszczęto sprawę karną przeciwko Jewgienijowi Tichonowowi w związku z komentarzami zawartymi w telegramie na temat sił bezpieczeństwa i Łukaszenki na podstawie trzech artykułów.
+W dniu 28 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
   </si>
   <si>
     <t>2023-05-24 01:03:59</t>
   </si>
   <si>
-    <t>Ольга Игоревна Бритикова</t>
-[...14 lines deleted...]
-    <t>Решение суда 08.04.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 11.06.2024: неизвестно. Решение суда 20.08.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 20.12.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Alexander Ivanovich Piskunov</t>
+  </si>
+  <si>
+    <t>4 listopada 1980</t>
+  </si>
+  <si>
+    <t>W dniu 26 stycznia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.01.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-11-13 21:12:53</t>
+  </si>
+  <si>
+    <t>Denis Aleksandrovich Kravchuk</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.05.2024: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
+    <t>Olga Igorevna Britikova</t>
+  </si>
+  <si>
+    <t>4 listopada 1971</t>
+  </si>
+  <si>
+    <t>Lider niezależnego związku zawodowego „Naftan”. Olga pracowała w firmie przez 16 lat i została zwolniona z powodu zajmowanego stanowiska. W maju 2022 r. została zwolniona po 75 dniach aresztu za wypowiadanie się przeciwko wojnie. 1 listopada została ponownie zatrzymana na podstawie zarzutów administracyjnych.
+Dwa dni później sąd uznał ją za winną rozpowszechniania „materiałów ekstremistycznych” i skazał ją na 15 dni aresztu. 11 listopada została ponownie skazana na 15 dni za „nieuprawnione pikiety”. Powodem wszczęcia śledztwa był rysunek z napisem „Nie dla wojny”, który Olga opublikowała w sieciach społecznościowych. 21 listopada 2022 roku dowiedziała się, że Olga została przekazana do Aresztu Śledczego w Witebsku.
+W niecały 2022 rok Britikova spędziła za kratami 105 dni, w tym 75 dni z rzędu wiosną.
+Została ponownie zatrzymana na podstawie art. 361 ust. 2 Kodeksu karnego Republiki Białorusi w sierpniu 2023 r. Jednak wiosną 2024 r. Olga stanęła przed sądem z art. 130 Kodeksu karnego Republiki Białorusi.
+W dniu 11 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.
+20 sierpnia 2024 roku w sprawie Olgi odbył się kolejny zamknięty proces. Do rozpatrzenia jej sprawy przed Sądem Okręgowym w Witebsku wyznaczony został Evgeniy Burunov. Więzień polityczny jest oskarżony o trzy zarzuty. Wiadomo, że Olga dostała kolejne trzy lata więzienia.
+W dniu 20 grudnia 2024 roku apelacja została rozpatrzona przez Sąd Najwyższy. Przewodniczący Kolegium Sądowniczego Władimir Davydov. Decyzją zarządu drugi wyrok Olgi został skrócony o 1 rok. Zatem łączna kara więźnia politycznego wynosi 5 lat pozbawienia wolności w kolonii o ogólnym reżimie. Według stanu na początek stycznia 2025 r. Olga przebywała w Areszcie Śledczym, jednak pod koniec miesiąca została przeniesiona do kolonii poprawczej nr 4.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.04.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.06.2024: nieznany. Decyzja sądu 20.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 20.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
-    <t>Петр Николаевич Ярмошук</t>
-[...13 lines deleted...]
-    <t>4 года лишения свободы в колонии общего режима.</t>
+    <t>Alexey Gennadievich Mayevsky</t>
+  </si>
+  <si>
+    <t>4 listopada 1981</t>
+  </si>
+  <si>
+    <t>Wyrok Grodzieńskiego Sądu Okręgowego wszedł w życie.</t>
+  </si>
+  <si>
+    <t>2022-05-24 15:05:54</t>
+  </si>
+  <si>
+    <t>Peter Nikolaevich Yarmoshuk</t>
+  </si>
+  <si>
+    <t>4 listopada 1987</t>
+  </si>
+  <si>
+    <t>Jarmoszuk został po raz pierwszy zatrzymany w tej sprawie 23 marca 2023 r. i przebywał w areszcie przez trzy dni. Następnie go wypuścili, jednak 11 czerwca 2023 roku ponownie go zatrzymali i przewieźli do aresztu.
+Z aktu oskarżenia wynika, że 1 marca 2022 r. Jarmoszuk pobrał ze strony internetowej ItArmy of Ukraine kilka plików umożliwiających ataki DDoS. Następnie uruchomił program na swoim komputerze „co najmniej 8 razy”, co „naruszyło system ochrony przed atakami DDoS” i „zakłóciło działanie niezidentyfikowanych zasobów Internetu Federacji Rosyjskiej”. Tym samym, zdaniem prokuratury, Jarmoszuk „używał szkodliwych, potencjalnie niebezpiecznych programów”. Również 19 sierpnia 2020 r. Jarmoszuk przekazał za pośrednictwem Facebooka na rzecz inicjatywy BySOL około 60 dolarów. 7 miesięcy później (12 marca 2021 r.) władze białoruskie uznały Fundację BySOL za „formację ekstremistyczną”. Fakt, że w momencie przekazu pieniędzy BySOL nie był „formacją ekstremistyczną”, nie przeszkadza prokuraturze.
+W dniu 12 stycznia 2024 roku w Sądzie odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>4 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-11-21 13:11:16</t>
   </si>
   <si>
-    <t>Денис Александрович Кравчук</t>
-[...51 lines deleted...]
-    <t>Решение суда 03.02.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1845 рублей компенсации.</t>
+    <t>Anton Mikhailovich Bykovsky</t>
+  </si>
+  <si>
+    <t>Anton został zatrzymany, dotkliwie pobity, a później skazany za uszkodzenie samochodu żony policjanta w Nowej Borowej.
+Jego żonie i dzieciom udało się opuścić Białoruś.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 1845 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
-    <t>Валентин Вячеславович Самосюк</t>
-[...5 lines deleted...]
-    <t>По версии провластных каналов, задержан за фото ж/д транспорта. Ранее был арестован по административной статье. Гражданин Молдовы.</t>
+    <t>Valentin Vyacheslavovich Samosyuk</t>
+  </si>
+  <si>
+    <t>5 listopada 1992</t>
+  </si>
+  <si>
+    <t>Według prorządowych kanałów został zatrzymany za fotografowanie transportu kolejowego. Wcześniej był aresztowany na podstawie artykułu administracyjnego. Obywatel Mołdawii.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
   </si>
   <si>
-    <t>Михаил Александрович Фандо</t>
-[...9 lines deleted...]
-    <t>Решение суда 28.10.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 14.01.2025: неизвестно.</t>
+    <t>Andrey Evgenyevich Burdenya</t>
+  </si>
+  <si>
+    <t>5 listopada 1981</t>
+  </si>
+  <si>
+    <t>Przewidywany termin zatrzymania Andrieja to 20 września 2023 r. Tego dnia w sieci pojawiło się wideo „skruchy”, w którym mężczyzna twierdzi, że rzekomo pisał negatywne komentarze na temat Łukaszenki, urzędników, funkcjonariuszy policji, rosyjskiego wojska, a także groził osobom wspierającym obecny rząd.
+44-letni Andrei Burdenya został zatrzymany za komentarze na czatach telegramowych, których zostawił ponad trzysta. Andrey uczył się w szkole nr 6, a następnie służył w wojsku. Wiadomo, że teraz jest chwilowo bezrobotny, ale wcześniej przez jakiś czas pracował w branży IT, a jeszcze wcześniej zajmował się produkcją mebli kuchennych i miał własnego, indywidualnego przedsiębiorcę.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-27 20:04:05</t>
+  </si>
+  <si>
+    <t>Mikhail Alexandrovich Fando</t>
+  </si>
+  <si>
+    <t>5 listopada 1988</t>
+  </si>
+  <si>
+    <t>Michaił pochodzi z Borysowa. ale mieszkał w Mińsku. Studiował na BSU, aby zostać menedżerem. Wiadomo, że Michaił grał w pokera pod pseudonimem Rattly. Był znany z udziału w licznych mistrzostwach. Wśród nich jest Mistrzostwo Białorusi.
+Proces Michaiła rozpoczął się 17 października w Sądzie Miejskim w Mińsku. Roszczenia wobec niego powstały prawdopodobnie dzięki wsparciu Ukrainy. Zarzuca mu się część 2 art. 361−3 Kodeksu karnego (Pomoc lub inne wsparcie materialne na rzecz wojny). Sankcja artykułu przewiduje od pięciu do dziesięciu lat więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 14.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-09-25 19:38:56</t>
   </si>
   <si>
-    <t>Андрей Евгеньевич Бурденя</t>
-[...27 lines deleted...]
-    <t>Решение суда 06.12.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 21.02.2025: неизвестно.</t>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 listopada 1970</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
+  </si>
+  <si>
+    <t>Michael Leonidovich Galinsky</t>
+  </si>
+  <si>
+    <t>5 listopada 1965</t>
+  </si>
+  <si>
+    <t>59-letni trener został zatrzymany w czerwcu 2024 roku. Najpierw był sądzony w postępowaniu administracyjnym za „nieposłuszeństwo wobec funkcjonariuszy policji”, a następnie wszczęto sprawę karną na podstawie części 1 art. 361-3 Kodeksu karnego Republiki Białorusi. W tej części artykułu można osądzać tych, którzy brali udział w działaniach wojennych na Ukrainie, ale zazwyczaj sądzeni są ci, którzy zamierzali jedynie wstąpić do Sił Zbrojnych Ukrainy .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.12.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:14</t>
   </si>
   <si>
-    <t>Максим Владимирович Хващинский</t>
-[...12 lines deleted...]
-    <t>Решение суда 27.09.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.12.2024: неизвестно.</t>
+    <t>Maksim Vladimirovich Khvaschinsky</t>
+  </si>
+  <si>
+    <t>6 listopada 1995</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Bobrujska został zatrzymany 26 lutego 2024 r., dzień po powrocie z Polski.
+Najpierw został skazany na podstawie artykułu 19.11 administracyjnego (rozpowszechnianie materiałów ekstremistycznych), a następnie wszczęto postępowanie karne na podstawie artykułu 361-1 Kodeksu karnego Republiki Białorusi (utworzenie grupy ekstremistycznej). Uważa się, że Maxim jest zamieszany w utworzenie grupy ekstremistycznej „Bobrujsk 375”.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.09.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Оксана Викторовна Молочко</t>
-[...9 lines deleted...]
-    <t>Решение суда дата неизвестна: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: приговор оставлен без изменения.</t>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 listopada 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
+  </si>
+  <si>
+    <t>Oksana Viktorovna Molochko</t>
+  </si>
+  <si>
+    <t>7 listopada 1978</t>
+  </si>
+  <si>
+    <t>27 listopada 2023 roku Oksanie postawiono zarzuty popełnienia wykroczeń administracyjnych z art. 19.11 części 2 Kodeksu wykroczeń administracyjnych. Następnie została umieszczona w Areszcie Śledczym nr 7.
+Latem 2024 roku para została skazana za „zdradę stanu” (art. 356, część 1 Kodeksu karnego). Zostali skazani na 12 i 8 lat więzienia za „zdradę stanu”, ale w rzeczywistości za sfotografowanie pociągu z wyposażeniem wojskowym na peronie bez zamiaru szpiegostwa.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
-    <t>Антон Олегович Огий</t>
-[...5 lines deleted...]
-    <t>Решение суда 23.12.2022: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 07.03.2024: неизвестно.</t>
+    <t>Anton Olegovich Ogiy</t>
+  </si>
+  <si>
+    <t>8 listopada 1985</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.12.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-08-22 16:16:34</t>
   </si>
   <si>
-    <t>Афанасий Николаевич Афанасенков</t>
-[...11 lines deleted...]
-    <t>Решение суда 16.06.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2023: неизвестно. Решение суда 11.09.2024: неизвестно.</t>
+    <t>Afanasiy Nikolaevich Afanasenkov</t>
+  </si>
+  <si>
+    <t>8 listopada 1989</t>
+  </si>
+  <si>
+    <t>W dniu 23 sierpnia 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie</t>
+  </si>
+  <si>
+    <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.06.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2023: nieznany. Decyzja sądu 11.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
   </si>
   <si>
-    <t>Артем Александрович Зубряков</t>
-[...11 lines deleted...]
-    <t>Решение суда 27.01.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.04.2023: приговор оставлен без изменения.</t>
+    <t>Artem Aleksandrovich Zubryakov</t>
+  </si>
+  <si>
+    <t>9 listopada 1990</t>
+  </si>
+  <si>
+    <t>Artem Zubryakov jest pracownikiem Belagro, który wraz z kolegami został zatrzymany pod koniec września 2022 roku. Poinformowano, że w czterech z nich wszczęto sprawy karne, a zatrzymano około 20. Źródła prorządowe podały, że pracownicy przedsiębiorstwa aktywnie protestują od 2020 roku.
+Podczas przeszukania jesienią 2022 roku odzyskano z nich sprzęty i meble w biało-białej kolorystyce.
+Artem Zubryakov zaznaczył, że został zatrzymany za subskrypcję „zakazanych” kanałów telegramów i wysyłanie „ekstremistycznych” materiałów.
+Proces odbył się za zamkniętymi drzwiami.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.01.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.04.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Александр Иванович Мальков</t>
-[...8 lines deleted...]
-    <t>Решение суда 28.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: неизвестно.</t>
+    <t>Natalia Georgievna Doronina</t>
+  </si>
+  <si>
+    <t>10 listopada 1973</t>
+  </si>
+  <si>
+    <t>Natalia ma problemy z nogami. Regulamin aresztu śledczego zabrania leżenia w ciągu dnia, przez co odczuwa silne obrzęki.</t>
+  </si>
+  <si>
+    <t>2025-11-20 22:34:02</t>
+  </si>
+  <si>
+    <t>Eugene Vitalievich Boyko</t>
+  </si>
+  <si>
+    <t>10 listopada 1987</t>
+  </si>
+  <si>
+    <t>Jewgienij jest byłym menedżerem IT z Mohylewa. Po wyborach w 2006 roku i kilku latach działalności politycznej został wydalony z wydziału historii Uniwersytetu Mohylewskiego. Ukończył wydział historii w Poznaniu i pracował jako menedżer w firmie informatycznej, dostarczającej produkty mleczarskie. W 2013 roku Jewgienij wrócił na Białoruś, natychmiast się ożenił i podjął pracę. Chociaż wcześniej koncentrował się głównie na działalności publicznej i akademickiej (w Studenckim Towarzystwie Etnograficznym i Archiwum Historii Mówionej), teraz zajął się biznesem.
+Od początku 2017 roku podjął się nowego zajęcia: na prośbę klientów nagrywał wywiady z ich wiejskimi dziadkami i montował filmy dokumentalne.
+Jest oskarżony o wspieranie działalności ekstremistycznej.
+Na Jewgieniję w domu czekają żona i dwójka małych dzieci.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.06.2025: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 11.09.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-10-08 21:34:11</t>
+  </si>
+  <si>
+    <t>Alexander Ivanovich Malkov</t>
+  </si>
+  <si>
+    <t>10 listopada 1969</t>
+  </si>
+  <si>
+    <t>Skazany za protest, który odbył się w dniach 10-11 sierpnia 2020 r. w Berezie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 13:15:47</t>
   </si>
   <si>
-    <t>Евгений Витальевич Бойко</t>
-[...31 lines deleted...]
-    <t>Решение суда 21.11.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
+    <t>Violetta Gennadievna Verbitskaya</t>
+  </si>
+  <si>
+    <t>10 listopada 2001</t>
+  </si>
+  <si>
+    <t>Violeta ukończyła szkołę w Mińsku i rozpoczęła studia na Akademii Sztuk Pięknych w Warszawie. Dziewczyna interesuje się fotografią i uwielbia podróżować.
+Trzy lata temu wyszła za mąż i zmieniła nazwisko. Para zyskała sławę , ponieważ były piłkarz Fiodor Werbicki oświadczył się dziewczynie tuż po meczu na stadionie.
+Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Ojciec Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony danymi, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy wzywając do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego przeczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia wyraził na nagraniu wideo swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-01 18:10:18</t>
   </si>
   <si>
-    <t>Наталья Георгиевна Доронина</t>
-[...23 lines deleted...]
-    <t>Решение суда 17.10.2022: 15 лет лишения свободы в колонии в условиях общего режима, 600 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
+    <t>Lyubov Alexandrovna Rezanovich</t>
+  </si>
+  <si>
+    <t>11 listopada 1964</t>
+  </si>
+  <si>
+    <t>Ljubow, żona księdza prawosławnego, została zatrzymana 1 grudnia 2020 r. wraz z mężem i synem w ramach kryminalnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Według śledztwa pomagała Autuchowiczowi zbierać informacje o funkcjonariuszach organów ścigania i zapewniała mieszkania, w których uczestnicy „sprawy” trzymali broń. Ljubow został skazany za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy” i „nielegalne działania dotyczące broni palnej”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 15 lata więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
-    <t>Станислав Александрович Пугачёв</t>
-[...8 lines deleted...]
-    <t>7 лет лишения свободы в колонии.</t>
+    <t>Stanislav Alexandrovich Pugachiov</t>
+  </si>
+  <si>
+    <t>11 listopada 1992</t>
+  </si>
+  <si>
+    <t>Przed wydarzeniami z 2020 roku pracował jako śledczy w Mińsku. Posiedzenia sądów odbywały się za zamkniętymi drzwiami.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
-    <t>Артём Михайлович Колосов</t>
-[...8 lines deleted...]
-    <t>Решение суда 01.12.2023: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.02.2024: неизвестно.</t>
+    <t>Andrey Viktorovich Valakhanovich</t>
+  </si>
+  <si>
+    <t>12 listopada 1989</t>
+  </si>
+  <si>
+    <t>Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.11.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:28:55</t>
+  </si>
+  <si>
+    <t>Andrey Viktorovich Shklyar</t>
+  </si>
+  <si>
+    <t>12 listopada 1984</t>
+  </si>
+  <si>
+    <t>Pracował jako inspektor systemu penitencjarnego Oddziału Spraw Wewnętrznych Rejonu Oktiabrskiego w Grodnie, na krótko przed aresztowaniem złożył rezygnację z pracy z powodu braku zgody na funkcjonowanie systemu. Zatrzymany pod zarzutem „zdrady państwa”.</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>10 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-04-27 00:34:48</t>
+  </si>
+  <si>
+    <t>Dmitry Grigorievich Rezanovich</t>
+  </si>
+  <si>
+    <t>Działacz ruchu anarchistycznego został zatrzymany w nocy z 28 na 29 października 2020 r. podczas przekraczania granicy Białorusi wraz z grupą partyzancką Czarny Sztandar. Został oskarżony o podpalenie samochodów urzędników, a także wydziału policji drogowej i państwowej komisji kryminalistycznej.
+W kwietniu 2024 r. Dmitry został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymagań administracji kolonii”. Na mocy tego artykułu więźniowie odmawiający współpracy z administracją są sądzeni za fikcyjne naruszenia. W rezultacie do jego 19-letniego wyroku dodano kolejne 9 miesięcy pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2021: 19 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 26.04.2024: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.06.2024: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:39:13</t>
+  </si>
+  <si>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 listopada 1981</t>
+  </si>
+  <si>
+    <t>W dniu 22 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Kolosov</t>
+  </si>
+  <si>
+    <t>12 listopada 1997</t>
+  </si>
+  <si>
+    <t>W dniu 27 lutego 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.12.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 27.02.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-10-31 14:52:53</t>
   </si>
   <si>
-    <t>Андрей Викторович Валаханович</t>
-[...70 lines deleted...]
-    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа.</t>
+    <t>Richard Richardovich Logvinov</t>
+  </si>
+  <si>
+    <t>14 listopada 1991</t>
+  </si>
+  <si>
+    <t>Inżynier i technolog w fabryce. Matka Richarda jest niepełnosprawna.</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
   </si>
   <si>
-    <t>Елисей Сергеевич Кузнецов</t>
-[...14 lines deleted...]
-    <t>Решение суда 05.11.2020: 2 года 6 месяцев ограничения свободы без направления. Суд по смене режима 20.04.2022: 7 месяцев 15 дней лишения свободы в колонии в условиях общего режима. Решение суда 01.08.2023: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Решение суда 18.12.2024: 1 год лишения свободы в колонии в условиях общего режима.</t>
+    <t>Pavel Mikhailovich Khitryk</t>
+  </si>
+  <si>
+    <t>14 listopada 1987</t>
+  </si>
+  <si>
+    <t>20 grudnia 2024 roku Paweł został skazany za wykroczenie administracyjne za „dystrybucję, produkcję, przechowywanie i transport produktów informacyjnych zawierających wezwania do działalności ekstremistycznej lub promowanie takiej działalności”. Następnie wszczęto przeciwko niemu postępowanie karne za przesyłanie danych o przemieszczaniu sprzętu w Rosji podczas podróży służbowej do chatbota „Karta-97” w 2022 roku. W 2025 roku został skazany za „wspieranie działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>IUOT-39, Krupki-2, 222002</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.05.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
+  </si>
+  <si>
+    <t>Sergey Leontievich Botvich</t>
+  </si>
+  <si>
+    <t>14 listopada 1990</t>
+  </si>
+  <si>
+    <t>Na początku stycznia 2023 r. w jednym z prorządowych kanałów telegramowych pojawił się film przedstawiający zatrzymanie Siergieja przez funkcjonariuszy GUBOP-u i AMON-u, którzy rzekomo prowadzili pogawędki podwórkowe, m.in. „Grodno Centrum 97%”; brał udział w wiecach protestacyjnych i nawoływał do udziału w nich, a także do stosowania przemocy wobec funkcjonariuszy policji, dosłownie „palić wozy ryżowe”.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>5 lat pozbawienia wolności z odbyciem kary w kolonii poprawczej w podwyższonych warunkach bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Elisey Sergeevich Kuznetsov</t>
+  </si>
+  <si>
+    <t>14 listopada 2003</t>
+  </si>
+  <si>
+    <t>17-letnia Elisey została oskarżona o rzucenie butelką łatwopalnej mieszanki w radiowóz. Za naruszenie „chemii gospodarczej” kara Elizeusza została zwiększona do więzienia, a Elizeusz został zatrzymany w dniu 20 kwietnia 2022 r., a od 27 maja młody mężczyzna przebywa w więzieniu.
+W dniu 17.12.2022 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
+Został ponownie zatrzymany w maju 2023 r., a w sierpniu skazany za zburzenie wraz z kolegą trzech flag narodowych zamontowanych na fasadach placówki oświatowej, obiektu handlowego i poczty w rolniczej miejscowości Wojska w obwodzie kamienieckim.
+W dniu 18 grudnia 2024 r . Sąd Rejonowy w Borysowie rozpatrzy sprawę Elizeusza z części 1 art. 411 (złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego ).</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.11.2020: 2 roku 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 20.04.2022: 7 miesiące 15 dni więzienia w kolonii na warunkach ogólnych. Decyzja sądu 01.08.2023: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Decyzja sądu 18.12.2024: 1 rok więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Сергей Леонтьевич Ботвич</t>
-[...44 lines deleted...]
-    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Vitaly Tsinkel</t>
+  </si>
+  <si>
+    <t>15 listopada 1974</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 10 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
+  </si>
+  <si>
+    <t>Veronika Nikolaevna Kazak</t>
+  </si>
+  <si>
+    <t>15 listopada 1990</t>
+  </si>
+  <si>
+    <t>Wiadomo , że kobieta została zatrzymana, gdy wróciła z Włoch.
+W dniu 15 marca 2024 roku odwołanie zostało rozpatrzone.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.12.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-12-21 00:52:48</t>
+  </si>
+  <si>
+    <t>Alexei Aleksandrovich Orlov</t>
+  </si>
+  <si>
+    <t>15 listopada 1992</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 15 maja 2023 r. pod zarzutem finansowania działalności ekstremistycznej – za darowizny od organizacji uznanej za formację ekstremistyczną. Wcześniej, w kwietniu, Aleksiej został zatrzymany przez GUBOPiK, a następnie skazany na areszt z artykułu administracyjnego.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-06-22 00:54:50</t>
+  </si>
+  <si>
+    <t>Igor Valerievich Kozubov</t>
+  </si>
+  <si>
+    <t>15 listopada 1968</t>
+  </si>
+  <si>
+    <t>Cook, mieszkaniec Nowobelicy.
+Na portalach społecznościowych Igora znajduje się sporo postów i wiadomości na temat białoruskich sił bezpieczeństwa i urzędników państwowych. Znalazł się także w gronie 500 subskrybentów w 2019 r. apelu do ówczesnej prezydent Litwy Dalii Grybauskaite, który dotyczył ponownego pochówku szczątków powieszonych przez władze carskie powstańców z lat 1863-1864.
+Nie wiadomo, jaka kara została ukarana mężczyzną. Ale wiąże się to z więzieniem.
+W dniu 26 kwietnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
+  </si>
+  <si>
+    <t>2024-01-09 22:27:06</t>
+  </si>
+  <si>
+    <t>Rita Yuryevna Naumova</t>
+  </si>
+  <si>
+    <t>15 listopada 1967</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-01-21 13:31:49</t>
   </si>
   <si>
-    <t>Алексей Александрович Орлов</t>
-[...70 lines deleted...]
-    <t>9 лет лишения свободы в колонии</t>
+    <t>Vitaly Valerievich Savko</t>
+  </si>
+  <si>
+    <t>16 listopada 1990</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie jest to były prokurator rejonu Woronowskiego. Prokurator Savko ma 33 lata. Pochodzi z miasta Diatłowo obwodu grodzieńskiego. Następnie wyjechał na studia do Grodna i pracował w prokuraturze. W latach 2022-2023 mężczyzna piastował stanowisko prokuratora obwodu woronowskiego, następnie pracował na stanowisku starszego prokuratora w jednym z wydziałów prokuratury obwodu grodzieńskiego. Nasha Niva nie znalazła żadnych dowodów na to, że Savko na swoim stanowisku stosował represje. Witalij aktywnie udzielał wywiadów mediom państwowym. Ostatnie ukazały się w lipcu 2023 r., choć wcześniej ukazywały się regularnie, raz na miesiąc lub dwa miesiące. Sieci społecznościowe mężczyzny zostały usunięte.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:28:10</t>
+  </si>
+  <si>
+    <t>Dmitriy Olegovych Gudeev</t>
+  </si>
+  <si>
+    <t>16 listopada 2001</t>
+  </si>
+  <si>
+    <t>Dmitrij ma 21 lat i sądząc po jego portalach społecznościowych, w maju ubiegłego roku odbył służbę wojskową w jednostce wojskowej 3214 w Mińsku. W maju facet został wpisany na „listę terrorystów” KGB, grozi mu od 8 do 12 lat więzienia.
+Podczas brutalnego zatrzymania Dmitrij został dotkliwie pobity .</t>
+  </si>
+  <si>
+    <t>9 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
-    <t>Виталий Валерьевич Савко</t>
-[...24 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Artem Vitalievich Semenov</t>
+  </si>
+  <si>
+    <t>17 listopada 1990</t>
+  </si>
+  <si>
+    <t>Pracownik firmy Peleng. Pracował jako radca prawny w Biurze Celnym, Licencjonowania i Kontroli Eksportu.
+Ostatni raz był online w mediach społecznościowych w listopadzie 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-07 00:18:46</t>
   </si>
   <si>
-    <t>Сергей Владимирович Белый</t>
-[...11 lines deleted...]
-    <t>Решение суда 05.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 08.12.2023: приговор оставлен без изменения. Решение суда 27.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 06.12.2024: неизвестно. Решение суда 04.02.2025: неизвестно.</t>
+    <t>Sergei Vladimirovich Bely</t>
+  </si>
+  <si>
+    <t>18 listopada 1972</t>
+  </si>
+  <si>
+    <t>Siergiej pochodzi z Chersonia na Ukrainie, ale prawie całe życie mieszkał na Białorusi. Przez całe życie pracował w różnych zawodach robotniczych. Ma dwoje małoletnich dzieci.
+Mężczyzna został zatrzymany w lutym 2023 roku. W prorządowym nagraniu wideo twierdzi, że zamieszczał komentarze na Telegramie i zarejestrował się w chatbocie Plan Peramoga. Został skazany po raz pierwszy w październiku 2023 roku za „podżeganie do nienawiści społecznej” (art. 130, część 1 Kodeksu karnego).
+W dniu 08.12.2023 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.
+Kolejny proces Siergieja rozpocznie się 27 września 2024 roku w Sądzie Miejskim w Mińsku. Został oskarżony na podstawie czterech artykułów: „udziału w grupie ekstremistycznej” (część 3 artykułu 361-1 Kodeksu karnego), „podżegania do innej nienawiści społecznej” (część 1 artykułu 130 Kodeksu karnego), „znieważenia funkcjonariusza państwowego” (art. 369 Kodeksu karnego) oraz „znieważenia Łukaszenki” (część 1 artykułu 368 Kodeksu karnego). Siergiejowi grozi do pięciu lat więzienia, oprócz kary za poprzedni wyrok.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.12.2023: wyrok został podtrzymany. Decyzja sądu 27.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
-    <t>Евгений Владимирович Стрельчень</t>
-[...8 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии</t>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 listopada 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
+  </si>
+  <si>
+    <t>Yevgeny Vladimirovich Strielchien</t>
+  </si>
+  <si>
+    <t>18 listopada 1985</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Grodna został zatrzymany za rozpowszechnianie materiałów ekstremistycznych i danych osobowych ponad 2000 policjantów w 2020 roku. Brał udział w protestach po wyborach. Zarządzał stroną Grodno for Life na Instagramie.</t>
+  </si>
+  <si>
+    <t>nieznane lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2022-08-11 22:52:15</t>
   </si>
   <si>
-    <t>Николай Сергеевич Буневич</t>
-[...21 lines deleted...]
-    <t>Решение суда 07.06.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
+    <t>Ilya Anatolyevich Boriskevich</t>
+  </si>
+  <si>
+    <t>19 listopada 1987</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
+  </si>
+  <si>
+    <t>Alexander Timofeevich Maryasov</t>
+  </si>
+  <si>
+    <t>Aleksander został aresztowany i skazany za zatrzymanie pociągu towarowego, namalowanie czerwonych pasów na kasetonach reklamowych, przebicie opon radiowozu policjanta, podpalenie kiosku Tabakerka i posługiwanie się materiałami łatwopalnymi. Swoje działania tłumaczył protestem przeciwko sytuacji w kraju po wyborach prezydenckich 9 sierpnia 2020 roku, a w szczególności przeciwko bezpodstawnym zatrzymaniom i torturom stosowanym przez siły bezpieczeństwa.
+Obywatel Federacji Rosyjskiej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
-    <t>Дмитрий Васильевич Заголовец</t>
-[...9 lines deleted...]
-    <t>3,5 года лишения свободы в колонии общего режима.</t>
+    <t>Dmitry Vasilievich Zagolovets</t>
+  </si>
+  <si>
+    <t>19 listopada 1982</t>
+  </si>
+  <si>
+    <t>Jak podają prorządowe telegramy, został zatrzymany za liczne komentarze na portalach społecznościowych.
+W dniu 31 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>3,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-01-24 02:22:31</t>
   </si>
   <si>
-    <t>Василий Михайлович Якимов</t>
-[...10 lines deleted...]
-    <t>2 года лишения свободы в колонии в условияих общего режима.</t>
+    <t>Basil Mikhailovich Yakimov</t>
+  </si>
+  <si>
+    <t>19 listopada 1999</t>
+  </si>
+  <si>
+    <t>Młody mężczyzna przed aresztowaniem pracował jako kierowca ciężarówki, wcześniej ukończył szkołę zawodową w Osmianach jako kierowca.
+Jak podaje strona internetowa Prokuratury Generalnej, od kwietnia do listopada 2022 r. Jakimow wyrażał chęć, a następnie sygnalizował zamiar wstąpienia do jednego z oddziałów batalionu (pułku) imienia Kastusia Kalinouskiego.
+W tym celu miał podać swoje dane osobowe w celu przyjęcia do formacji zbrojnej. Jednocześnie zbierał informacje o miejscach zakupu amunicji wojskowej, umundurowania i innego sprzętu do wykorzystania w warunkach bojowych.</t>
+  </si>
+  <si>
+    <t>2 lata pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
-    <t>Вадим Вячеславович Навценя</t>
-[...8 lines deleted...]
-    <t>Решение суда 27.09.2024: 3 года лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция 03.12.2024: неизвестно.</t>
+    <t>Irina Mikhailovna Shumeiko</t>
+  </si>
+  <si>
+    <t>20 listopada 1989</t>
+  </si>
+  <si>
+    <t>2025-08-02 14:00:41</t>
+  </si>
+  <si>
+    <t>Vadim Vyacheslavovich Navtsenya</t>
+  </si>
+  <si>
+    <t>20 listopada 1986</t>
+  </si>
+  <si>
+    <t>Natomiast, jak wynika z komunikatu sądu , Navtsenie postawiono zarzuty z art. 342 za udział w protestach, które odbyły się w Pińsku w dniach 9–10 sierpnia 2020 r. Ponadto zarzucono mu pisanie w Internecie obraźliwych komentarzy na temat A. Łukaszenki w 2022 r. , o pewnym „urzędniku zajmującym odpowiedzialne stanowisko”, a także o tym, że w 2022 r. pisał „podżegające do wrogości” komentarze pod adresem sił bezpieczeństwa. Do „dyskredytacji Białorusi” doszło także w Internecie: w listopadzie 2022 r. mężczyzna „zamieścił negatywny komentarz, który wywołał negatywne postrzeganie stanu wojennego” na Białorusi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych, 200 jednostek bazowych kary. Apelacja 03.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-23 23:25:00</t>
   </si>
   <si>
-    <t>Александр Светославович Пимошенко</t>
-[...11 lines deleted...]
-    <t>Решение суда 21.02.2023: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 12.05.2023: приговор оставлен без изменения.</t>
+    <t>Alexander Svetoslavovich Pimoshenko</t>
+  </si>
+  <si>
+    <t>20 listopada 1984</t>
+  </si>
+  <si>
+    <t>Aleksandr został skazany na podstawie artykułu „Organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub aktywny udział w nich” za udział w protestach, które odbyły się w Mińsku w 2020 r., i skazany na ograniczenie wolności oraz umieszczenie w zakładzie karnym o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>IUOT-47, Mścisław, ul. Kalinina, 31</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.02.2023: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 12.05.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-03-02 18:47:45</t>
   </si>
   <si>
-    <t>Ирина Михайловна Шумейко</t>
-[...17 lines deleted...]
-    <t>Решение суда 14.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
+    <t>Alexey Igorevich Kerdol</t>
+  </si>
+  <si>
+    <t>21 listopada 1991</t>
+  </si>
+  <si>
+    <t>W ostatnich latach Aleksiej pracował jako barista w Grodnie. Od 2020 roku prowadzi również małą firmę, której zakres działalności określa się jako „zapewnianie zakwaterowania na terenie kempingów i obozowisk”.
+Zatrzymany w celu złożenia komentarzy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:29:58</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Darakupec</t>
+  </si>
+  <si>
+    <t>22 listopada 1980</t>
+  </si>
+  <si>
+    <t>44-letni mieszkaniec Iwanowa Aleksandr Dorogupiec został oskarżony o przekazanie co najmniej 11 tysięcy rubli w gotówce i kryptowalucie „grupom ekstremistycznym”, w tym Pułkowi Kalinowskiego.
+W toku śledztwa w sprawie karnej mężczyzna „dobrowolnie przekazał” 600 tys. dolarów amerykańskich na rzecz szkoły z internatem dla dzieci niepełnosprawnych ze szczególnymi potrzebami rozwoju psychofizycznego w Czerwieniu, szkoły z internatem dla dzieci niepełnosprawnych ze szczególnymi potrzebami rozwoju fizycznego w Iweńcu oraz Republikańskiego Centrum Organizacji Pomocy Medycznej.
+2 kwietnia 2025 r. ONT wyemitowało kolejną propagandową opowieść „Shadows. The Price of Terror”, która opowiadała o prześladowaniach ludzi za darowizny i zatrzymanych za finansowanie organizacji uznanych przez władze za „ekstremistyczne” lub „terrorystyczne”. W filmie pokazano kilka osób skazanych i tych, którzy wciąż czekają na proces. Zgodnie z fabułą, Aleksander został skazany m.in. za darowizny na pułk Kalinowskiego, BySol i różne źródła informacji. Propagandyści powołują się na 18 darowizn na łączną kwotę co najmniej trzech tysięcy euro.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.01.2025: 5 lata 5 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 50000 jednostek bazowych kary. Apelacja 18.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:38:24</t>
+  </si>
+  <si>
+    <t>Sergey Ivanovich Salazhentsau</t>
+  </si>
+  <si>
+    <t>22 listopada 1982</t>
+  </si>
+  <si>
+    <t>Po ukończeniu szkoły średniej rozpoczął studia na Wydziale Matematyki Stosowanej i Informatyki Uniwersytetu Stanowego w BSU. Od 2005 roku pracuje w branży IT.
+Pod koniec 2021 roku Solozhentsev przeprowadził się do Warszawy. Tam założył indywidualną działalność gospodarczą i podjął pracę w RunMyLease, gdzie zajmuje stanowisko Tech Lead.
+Głównym hobby Siergieja jest taniec towarzyski. W 2024 roku wraz z partnerem zdobył dwa złote i jeden srebrny medal na zawodach tanecznych w Polsce w kategorii 40+.
+Następnie Siergiej wrócił na Białoruś. Nie wiadomo, kiedy dokładnie to nastąpiło, ale ostatni raz kontaktował się pod koniec października 2024 roku. Proces informatyka odbył się w Sądzie Obwodowym w Grodnie. Sądząc po tym, że po procesie Sołożencew nie pojawił się w sieci, został skazany na karę kolonii karnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-15 16:41:12</t>
+  </si>
+  <si>
+    <t>Maxim Vitalievich Myslivets</t>
+  </si>
+  <si>
+    <t>22 listopada 1997</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-23 20:30:12</t>
   </si>
   <si>
-    <t>Сергей Иванович Соложенцев</t>
-[...45 lines deleted...]
-    <t>Решение суда 02.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.07.2024: неизвестно.</t>
+    <t>Vladimir Vladimirovich Nikitin</t>
+  </si>
+  <si>
+    <t>23 listopada 1977</t>
+  </si>
+  <si>
+    <t>Włodzimierz prowadził szkolenia i kursy edukacyjne z zakresu zarządzania finansami dla firm. Jego ostatnią znaną pracą była praca na stanowisku kontrolera finansowego w Belkanton Group, dużej firmie zajmującej się dystrybucją artykułów biurowych, która jest między innymi właścicielem sieci sklepów Afiston i magazynu Office Life. Sądząc po Linkedin, Vladimir zrezygnował z pracy nie później niż w lipcu 2023 r. Prawdopodobnie został zatrzymany po powrocie na Białoruś po wakacjach. Z dniem 5 listopada 2023 roku działalność przedsiębiorcy indywidualnego została zawieszona.
+W domu czeka syn Włodzimierza (12 lat).
+W dniu 19 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
-    <t>Дмитрий Анатольевич Вдовин</t>
-[...11 lines deleted...]
-    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Dmitry Anatolyevich Vdovin</t>
+  </si>
+  <si>
+    <t>23 listopada 1969</t>
+  </si>
+  <si>
+    <t>Dmitry zaczynał w latach 90. w Borysowie. Po 1998 r. przeszedł do wydziału śledczego Wydziału Spraw Wewnętrznych Miasta Żodino, gdzie w latach 2004–2012 był jego kierownikiem. Następnie pracował w Komisji Śledczej i stamtąd przeszedł na emeryturę. Po przejściu na emeryturę pracował w mleczarni Smolevichi i był zastępcą miejskim w Żodino.
+W 2020 r. on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi.
+„Wykonując polecenia swoich przełożonych, możesz zostać współsprawcą przestępstwa. Nie możesz bić ludzi, którzy po prostu wracają z pracy na nocną zmianę. &lt;…&gt; Znam przypadki, gdy ludzie byli zatrzymywani bez powodu i okazali się niepotrzebni okrucieństwo – nie róbcie tego” – zaapelował Vdovin.
+Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Александр Геннадьевич Канаш</t>
-[...2 lines deleted...]
-    <t>24 ноября 1999</t>
+    <t>Alexander Vyacheslavovich Khmyl</t>
+  </si>
+  <si>
+    <t>24 listopada 1982</t>
+  </si>
+  <si>
+    <t>Alexander został skazany 13 maja 2023 r. za przekazywanie datków na rzecz inicjatyw uznanych za ekstremistyczne. Dokładne zdanie nie jest znane.
+W dniu 11 sierpnia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>3,5 roku więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
+  </si>
+  <si>
+    <t>2023-07-24 19:06:47</t>
+  </si>
+  <si>
+    <t>Alexander Gennadievich Kanash</t>
+  </si>
+  <si>
+    <t>24 listopada 1999</t>
+  </si>
+  <si>
+    <t>Nie wiadomo</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
   </si>
   <si>
-    <t>Александр Вячеславович Хмыль</t>
-[...18 lines deleted...]
-    <t>25 ноября 1983</t>
+    <t>Andrey Viktorovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>25 listopada 1983</t>
   </si>
   <si>
     <t>2025-09-23 14:58:07</t>
   </si>
   <si>
-    <t>Владимир Николаевич Романовский</t>
-[...10 lines deleted...]
-    <t>2 года лишения свободы в колонии общего режима.</t>
+    <t>Vladimir Nikolaevich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 listopada 1975</t>
+  </si>
+  <si>
+    <t>Ze względu na zamknięty charakter rozprawy, istota sprawy nie jest jeszcze znana. Wiadomo jedynie, że Władimir Romanowski został zatrzymany w Bobrujsku podczas akcji „karmienia gołębi”, która odbyła się 9 maja 2020 r. Następnie policja zatrzymała w mieście około 15 osób.
+Zgodnie z wyrokiem Romanowski został uznany za winnego publicznego znieważenia Łukaszenki w mediach społecznościowych i skazany na karę więzienia.
+W dniu 02.06.2024 roku apelacja sądu została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>2 lata więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
   </si>
   <si>
-    <t>Евгений Семенович Кладов</t>
-[...11 lines deleted...]
-    <t>1 год лишения свободы в колонии в условиях общего режима</t>
+    <t>Eugene Semenovich Kladov</t>
+  </si>
+  <si>
+    <t>26 listopada 1982</t>
+  </si>
+  <si>
+    <t>Zdaniem prokuratury Evgeniy Kladov na portalu społecznościowym Odnoklassniki, na swojej tablicy profilowej, dostępnej do wglądu dla innych użytkowników, „licząc się w późniejszym dostrzeżeniu przez innych obraźliwych informacji”, świadomy publicznego i upokarzającego charakteru swojej publikacji, celowo zamieścił wizerunek sprzeczny z powszechną moralnością i normami postępowania, przyjętymi w społeczeństwie, tym samym publicznie umyślnie poniżając honor i godność osobowości Łukaszenki w związku ze sprawowaniem przez niego władzy, wyrażonej w nieprzyzwoitej formie”.
+W tej sprawie mamy dwa podobne epizody.
+Na rozprawie Kladow w rzeczywistości nie przyznał się do winy i wskazał, że na swojej stronie przypadkowo umieścił, w domenie publicznej dla wszystkich użytkowników, zdjęcia Łukaszenki, które oglądał wcześniej w Internecie, zrobił to nieumyślnie, nie wiedział; że te obrazy zostaną zapisane w kanale jego strony, po jego znaku „klasy”.
+12 lipca 2024 r. poinformowano, że Jewgienij znalazł się na liście osób zaangażowanych w działalność terrorystyczną jako oskarżonych na podstawie kolejnych trzech artykułów: art. 130, 361 i 293 Kodeksu karnego Republiki Białorusi. Najwyraźniej Evgeniy został oskarżony o nowy.</t>
+  </si>
+  <si>
+    <t>1 rok więzienia w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
-    <t>Илья Владимирович Собко</t>
-[...8 lines deleted...]
-    <t>Решение суда 12.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+    <t>Sergey Viktorovich Lyakhnovich</t>
+  </si>
+  <si>
+    <t>27 listopada 1978</t>
+  </si>
+  <si>
+    <t>Dyrektor firmy logistycznej. Oskarżony o atak na stronę internetową BSMU jesienią 2020 roku.
+"Nie wiem! Do mojej latarni oceniają - oceniają poprawnie, a ja nie chcę wiedzieć! ”- powiedział ojciec Siergieja, Wiktor Lachnowicz.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.03.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.06.2022: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-03-18 19:47:24</t>
+  </si>
+  <si>
+    <t>Ilya Vladimirovich Sobko</t>
+  </si>
+  <si>
+    <t>27 listopada 1995</t>
+  </si>
+  <si>
+    <t>Zdaniem sądu istota postawionego wszystkim zarzutu polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 20:19:30</t>
   </si>
   <si>
-    <t>Андрей Викторович Кудик</t>
-[...13 lines deleted...]
-    <t>4 года лишения свободы в колонии в условиях строгого режима</t>
+    <t>Andrey Kudik</t>
+  </si>
+  <si>
+    <t>27 listopada 1984</t>
+  </si>
+  <si>
+    <t>Działacz Wilejki. Od 9 sierpnia 2021 r. przebywał „24 godziny” na izolatkach Smolewicz i Wilejka. W dniu 20.10.2021 dowiedziała się , że został umieszczony w Areszcie Tymczasowym w Akrestsinie i wszczęto przeciwko niemu postępowanie karne.
+W dniu 18 lipca 2023 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
+15 lutego 2024 roku działaczka przestała się komunikować. Później okazało się , że Kudik przebywa w miejscowym areszcie tymczasowym, gdzie odbywa 15 dni aresztu administracyjnego. Nie został on jednak zwolniony po odbyciu kary; przebywał w areszcie w ramach sprawy karnej.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>4 lata więzienia w kolonii o zaostrzonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
   </si>
   <si>
-    <t>Сергей Викторович Ляхнович</t>
-[...27 lines deleted...]
-    <t>16 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Gennady Stanislavovich Savritsky</t>
+  </si>
+  <si>
+    <t>28 listopada 1963</t>
+  </si>
+  <si>
+    <t>Przedsiębiorca. Prowadzi działalność gospodarczą pod nazwą JSC Anastan, dużą firmę zajmującą się produkcją styropianu.
+Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony danymi, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy wzywając do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego odczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia wyraził na nagraniu wideo swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:09:18</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Pleshkun</t>
+  </si>
+  <si>
+    <t>28 listopada 1987</t>
+  </si>
+  <si>
+    <t>17 marca KGB poinformowało o aresztowaniu grupy Białorusinów, którzy przygotowywali atak terrorystyczny na wojska rosyjskie w rejonie Mozyrza.
+Jak wynika z akt sprawy , w okresie od sierpnia 2020 r. do lutego 2022 r. Pleskun i Selvich zakupili komponenty do produkcji koktajli Mołotowa oraz wyrób pirotechniczny, które przechowywali i przewozili w różnych pojazdach i miejscach w celu ich późniejszego wykorzystania w komisjach. aktu terrorystycznego, ataku na budynki, instytucje, pojazdy, a także funkcjonariuszy organów ścigania.
+Ponadto Pleshkun rzekomo sam sporządzał „koktajle Mołotowa” i wraz z Selvichem przygotowywał się do celowego niszczenia pojazdów i środków komunikacji, co może doprowadzić do śmierci człowieka, wypadku lub wypadku.
+Siergiej Pleshkun ma dwoje małych dzieci.</t>
+  </si>
+  <si>
+    <t>16 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Георгий Адамович Черевако</t>
-[...10 lines deleted...]
-    <t>Решение суда 08.12.2023: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Arthur Vladimirovich Pedko</t>
+  </si>
+  <si>
+    <t>28 listopada 1979</t>
+  </si>
+  <si>
+    <t>Artur przez długi czas pracował w sieciach elektroenergetycznych – najpierw jako inżynier w Belenergosetproekt, a następnie w Minskenergo. Artur jest oskarżony o przekazanie danych osobowych ponad 500 urzędników za pośrednictwem kanału telegramu.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
+  </si>
+  <si>
+    <t>Arthur Andreevich Radivanovich</t>
+  </si>
+  <si>
+    <t>28 listopada 1992</t>
+  </si>
+  <si>
+    <t>W toku śledztwa ustalono, że Artur Radziwanowicz „z własnej inicjatywy nawiązał korespondencję za pośrednictwem telegramu z przedstawicielami formacji zbrojnej „Pułk K. Kalinowskiego”. W trakcie rozmowy wyjaśnił tryb i warunki zaciągnięcia do pułku, a następnie zaplanował przekroczenie granicy państwowej Republiki Białoruś z Rzeczpospolitą Polską i dalszą drogę na Ukrainę. Przybywając 30 grudnia 2023 r. na międzynarodowe przejście kontrolne „Brześć” w celu przejazdu na Ukrainę przez terytorium Polski, oskarżony został zatrzymany przez funkcjonariuszy spraw wewnętrznych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.05.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:10:11</t>
+  </si>
+  <si>
+    <t>Georgiy Adamovich Cherevako</t>
+  </si>
+  <si>
+    <t>28 listopada 1968</t>
+  </si>
+  <si>
+    <t>Georgy Cherevako został zatrzymany w sierpniu, gdy wracał ze Stanów Zjednoczonych. Został skazany za darowiznę w wysokości 21,29 dolarów, którą przesłał ze swojego konta PayPal na rzecz Pułku Kalinowskiego. Do konta, z którego pobierano środki, powiązano kartę białoruską. Władze uznały, że były to celowe działania „w celu finansowania działań związanych z werbowaniem, szkoleniem i innym przygotowaniem” osób do konfliktu zbrojnego na Ukrainie.
+Na rozprawie zeznał, że dobrowolnie powiedział zatrzymującym go funkcjonariuszom, że subskrybuje liczne „ekstremistyczne” kanały telegramów oraz przyznał, że dokonał przelewu na konto Polka Kalinowskiego.
+Sam podał pracownikom hasła umożliwiające wejście do systemu płatności. Powiedział, że przekazał darowiznę, ponieważ miał nadzieję, że te środki zostaną przeznaczone na zakup hełmów, kamizelek kuloodpornych i leków, ale rozumie, że oni wykorzystają je według własnego zrozumienia i m.in. zakupią broń i amunicję za ich.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.12.2023: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2023-12-22 01:24:42</t>
   </si>
   <si>
-    <t>Геннадий Станиславович Саврицкий</t>
-[...52 lines deleted...]
-    <t>Решение суда 27.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.11.2023: неизвестно.</t>
+    <t>Evgeniy Alexeyevich Verkhovodkin</t>
+  </si>
+  <si>
+    <t>29 listopada 1988</t>
+  </si>
+  <si>
+    <t>W sprawie odbyło się co najmniej dziewięć rozpraw. Na rozprawie było wielu świadków, którzy zeznawali przeciwko niemu. Jewgienij został oskarżony o administrowanie kanałem i nakłanianie Białorusinów do udziału w protestach, redagowanie postów itp.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.11.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
-    <t>Сергей Леонидович Цвикевич</t>
-[...9 lines deleted...]
-    <t>Решение суда 30.10.2025: неизвестно.</t>
+    <t>Sergey Leonidovich Tsvikevich</t>
+  </si>
+  <si>
+    <t>29 listopada 1980</t>
+  </si>
+  <si>
+    <t>Mężczyzna całe życie związany był z biznesem. W 2002 roku otworzył swoją pierwszą jednoosobową działalność gospodarczą. Jednym z obszarów działalności tej jednoosobowej działalności był wynajem nieruchomości. Ostatnio Cwikiewicz pełnił funkcję dyrektora własnej firmy.
+Siergiej ma dwóch nieletnich synów.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.10.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
   </si>
   <si>
-    <t>Василий Вадимович Бочко</t>
-[...2 lines deleted...]
-    <t>30 ноября 1996</t>
+    <t>Nikolai Ivanovich Galaluk</t>
+  </si>
+  <si>
+    <t>29 listopada 1992</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
+  </si>
+  <si>
+    <t>Alexander Stanislavovich Danilevich</t>
+  </si>
+  <si>
+    <t>30 listopada 1974</t>
+  </si>
+  <si>
+    <t>Rzecznik. Specjalizuje się w reprezentowaniu interesów klientów w międzynarodowym arbitrażu handlowym. Ojciec wielu dzieci.
+Na krótko przed aresztowaniem podpisał antywojenny apel prawników i prawników w sprawie działań na Ukrainie. Zaraz po podpisaniu listu przeciwko wojnie Danilewicz zaczął mieć problemy w adwokaturze – wszczęto postępowanie dyscyplinarne. Został także zwolniony z BSU, gdzie przez ponad 20 lat wykładał na Wydziale Stosunków Międzynarodowych. Sąd skazał go na 10 lat więzienia w kolonii karnej o zaostrzonym rygorze . Jednak po apelacji termin ten został skrócony do 6 lat.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii karnej o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2022-06-17 23:18:52</t>
+  </si>
+  <si>
+    <t>Vasily Vadimovich Bachko</t>
+  </si>
+  <si>
+    <t>30 listopada 1996</t>
   </si>
   <si>
     <t>2025-08-18 23:08:15</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-06-17 23:18:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1584,51 +1628,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1683,385 +1727,388 @@
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="I11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="I13" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>74</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="s">
         <v>76</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
+      <c r="E14" t="s">
+        <v>77</v>
+      </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="I14" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
@@ -2097,1651 +2144,1761 @@
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>98</v>
       </c>
       <c r="I18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>100</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="C21" t="s">
         <v>111</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>112</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
         <v>115</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>116</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>118</v>
       </c>
       <c r="I22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>120</v>
       </c>
       <c r="B23" t="s">
         <v>121</v>
       </c>
       <c r="C23" t="s">
         <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
+      <c r="E23" t="s">
+        <v>32</v>
+      </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>123</v>
       </c>
       <c r="I23" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>125</v>
       </c>
       <c r="B24" t="s">
         <v>126</v>
       </c>
       <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E24" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>77</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>132</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" t="s">
         <v>136</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>137</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...13 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
         <v>21</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
         <v>146</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>21</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
         <v>151</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...16 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
         <v>156</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>77</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="C30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
         <v>161</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>162</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="D31" t="s">
-[...11 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>162</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...16 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>172</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
         <v>175</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>176</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>177</v>
       </c>
-      <c r="D34" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="I34" t="s">
         <v>178</v>
-      </c>
-[...10 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>179</v>
+      </c>
+      <c r="B35" t="s">
+        <v>180</v>
+      </c>
+      <c r="C35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>182</v>
       </c>
-      <c r="C35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>183</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="I35" t="s">
         <v>184</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
         <v>187</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>188</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
         <v>189</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>190</v>
       </c>
-      <c r="F36" t="s">
-[...5 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>192</v>
+      </c>
+      <c r="B37" t="s">
         <v>193</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>194</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>195</v>
       </c>
-      <c r="D37" t="s">
-[...2 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>196</v>
       </c>
-      <c r="F37" t="s">
+      <c r="I37" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>198</v>
+      </c>
+      <c r="B38" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" t="s">
         <v>200</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>202</v>
       </c>
       <c r="I38" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>204</v>
       </c>
       <c r="B39" t="s">
         <v>205</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>162</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>206</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>208</v>
+      </c>
+      <c r="B40" t="s">
         <v>209</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>210</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>211</v>
       </c>
       <c r="I40" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>213</v>
       </c>
       <c r="B41" t="s">
         <v>214</v>
       </c>
       <c r="C41" t="s">
         <v>215</v>
       </c>
       <c r="D41" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>216</v>
       </c>
       <c r="I41" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>218</v>
       </c>
       <c r="B42" t="s">
         <v>219</v>
       </c>
       <c r="C42" t="s">
         <v>220</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>221</v>
       </c>
       <c r="I42" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>223</v>
       </c>
       <c r="B43" t="s">
         <v>224</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>225</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>230</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>232</v>
+      </c>
+      <c r="B45" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>234</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>62</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>235</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
         <v>238</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>239</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>240</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" t="s">
         <v>243</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>244</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>32</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>245</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48" t="s">
         <v>248</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>87</v>
+      </c>
+      <c r="I48" t="s">
         <v>249</v>
-      </c>
-[...13 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>250</v>
+      </c>
+      <c r="B49" t="s">
+        <v>251</v>
+      </c>
+      <c r="C49" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="I49" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>255</v>
+      </c>
+      <c r="B50" t="s">
+        <v>256</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>102</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" t="s">
+        <v>240</v>
+      </c>
+      <c r="I50" t="s">
         <v>257</v>
-      </c>
-[...22 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B51" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="C51" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="I51" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="B52" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="C52" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
+      <c r="E52" t="s">
+        <v>43</v>
+      </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>275</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="I53" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
         <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>280</v>
+        <v>103</v>
       </c>
       <c r="I54" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="B55" t="s">
-        <v>283</v>
+        <v>276</v>
+      </c>
+      <c r="C55" t="s">
+        <v>277</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="I55" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="B56" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="C56" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
+      <c r="E56" t="s">
+        <v>283</v>
+      </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="I56" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B57" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="C57" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>190</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="I57" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="C58" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C59" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>42</v>
+        <v>303</v>
       </c>
       <c r="I60" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>305</v>
+      </c>
+      <c r="B61" t="s">
+        <v>306</v>
+      </c>
+      <c r="C61" t="s">
+        <v>307</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
+        <v>308</v>
+      </c>
+      <c r="I61" t="s">
         <v>309</v>
-      </c>
-[...22 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>310</v>
+      </c>
+      <c r="B62" t="s">
+        <v>311</v>
+      </c>
+      <c r="C62" t="s">
+        <v>312</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
+        <v>313</v>
+      </c>
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...16 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
+        <v>316</v>
+      </c>
+      <c r="C63" t="s">
         <v>317</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>77</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>318</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>319</v>
-      </c>
-[...16 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" t="s">
+        <v>321</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>67</v>
+      </c>
+      <c r="H64" t="s">
         <v>322</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B65" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
+      <c r="E65" t="s">
+        <v>102</v>
+      </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I65" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="B66" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="C66" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>335</v>
+        <v>62</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="I67" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B68" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C68" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="I68" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="B69" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="C69" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="I69" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="C70" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="I70" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="B71" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="C71" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>226</v>
+        <v>356</v>
       </c>
       <c r="I71" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>358</v>
+      </c>
+      <c r="B72" t="s">
+        <v>359</v>
+      </c>
+      <c r="C72" t="s">
+        <v>360</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>77</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>361</v>
+      </c>
+      <c r="I72" t="s">
         <v>362</v>
-      </c>
-[...22 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>235</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
+      <c r="E74" t="s">
+        <v>62</v>
+      </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="I74" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="B75" t="s">
-        <v>378</v>
+        <v>373</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
+      <c r="E75" t="s">
+        <v>32</v>
+      </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>236</v>
+        <v>375</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>377</v>
+      </c>
+      <c r="B76" t="s">
+        <v>378</v>
+      </c>
+      <c r="C76" t="s">
+        <v>379</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>32</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>380</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>381</v>
       </c>
-      <c r="C76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>382</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="B77" t="s">
         <v>383</v>
       </c>
-      <c r="I76" t="s">
+      <c r="C77" t="s">
         <v>384</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>385</v>
+      </c>
+      <c r="I77" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>387</v>
+      </c>
+      <c r="B78" t="s">
+        <v>388</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>389</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
+        <v>390</v>
+      </c>
+      <c r="I78" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>392</v>
+      </c>
+      <c r="B79" t="s">
+        <v>393</v>
+      </c>
+      <c r="C79" t="s">
+        <v>394</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>395</v>
+      </c>
+      <c r="I79" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>397</v>
+      </c>
+      <c r="B80" t="s">
+        <v>398</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>240</v>
+      </c>
+      <c r="I80" t="s">
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">