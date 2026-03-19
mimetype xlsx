--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,1316 +12,1338 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
-[...13 lines deleted...]
-    <t>Adres</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
+  <si>
+    <t>Cognome e nome</t>
+  </si>
+  <si>
+    <t>Compleanno</t>
+  </si>
+  <si>
+    <t>Descrizione</t>
+  </si>
+  <si>
+    <t>Genere</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>CPC Vesna</t>
-[...5 lines deleted...]
-    <t>Data dodania do listy</t>
+    <t>L'ONG "Viasna"</t>
+  </si>
+  <si>
+    <t>Frase</t>
+  </si>
+  <si>
+    <t>Data di inserimento sul sito</t>
   </si>
   <si>
     <t>Andrey Nikolaevich Kravchuk</t>
   </si>
   <si>
-    <t>1 listopada 1987</t>
-[...14 lines deleted...]
-    <t>Decyzja sądu 10.10.2022: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.01.2023: nieznany.</t>
+    <t>1 novembre 1987</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.10.2022: 6 anni di reclusione in una colonia del regime generale. Appello 10.01.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
   </si>
   <si>
-    <t>2 listopada 1993</t>
-[...12 lines deleted...]
-    <t>Decyzja sądu 18.02.2021: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.04.2021: wyrok został podtrzymany. Decyzja sądu 13.07.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 20.09.2022: wyrok został podtrzymany.</t>
+    <t>2 novembre 1993</t>
+  </si>
+  <si>
+    <t>Ekaterina, giornalista del canale televisivo Belsat, ha riferito in diretta dal cortile della Piazza dei Cambiamenti, dove manifestanti pacifici si sono riuniti per una manifestazione di protesta che ha avuto luogo a Minsk il 15 novembre 2020 con lo slogan "Sto uscendo". Queste sono state le ultime parole di Roman Bondarenko, ucciso dalle forze di sicurezza, e i presenti sono accorsi per onorare la sua memoria. Ekaterina è stata arrestata insieme alla sua collega Daria Chultsova durante una dura repressione della protesta e successivamente condannata per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico".
+Nell'aprile 2022 è stato aperto un nuovo procedimento penale contro Ekaterina, e già nel luglio dello stesso anno è stata nuovamente condannata, accusata di “tradimento” e condannata a otto anni di carcere tre mesi prima della fine della prima sentenza.</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.02.2021: 2 anni di reclusione in una colonia del regime generale. Appello 23.04.2021: il verdetto è stato confermato. Sentenza del tribunale 13.07.2022: 8 anni di reclusione in una colonia del regime potenziato. Appello 20.09.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
+    <t>Yauheni Tsikhanau</t>
+  </si>
+  <si>
+    <t>3 novembre 1982</t>
+  </si>
+  <si>
+    <t>Evgeniy ha 40 anni, si è laureato all'Accademia del Ministero degli affari interni più di 15 anni fa ed è riuscito a lavorare come agente di polizia distrettuale, ma ha lasciato di sua spontanea volontà. Successivamente Alexey è passato all'IT. Successivamente visse per qualche tempo in Europa, in Italia. È stato arrestato mentre cercava di entrare in Bielorussia: l'uomo voleva venire al compleanno di sua madre e rilasciare una procura. Secondo quanto riferito, è stato aperto un procedimento penale contro Yevgeny Tikhonov per commenti in un telegramma sulle forze di sicurezza e Lukashenko in tre articoli.
+Il 28 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2023-05-24 01:03:59</t>
+  </si>
+  <si>
     <t>Vadim Vladimirovich Saskovets</t>
   </si>
   <si>
-    <t>3 listopada 1986</t>
-[...5 lines deleted...]
-    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+    <t>3 novembre 1986</t>
+  </si>
+  <si>
+    <t>Il 30 giugno 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2023-04-24 21:53:59</t>
   </si>
   <si>
-    <t>Andrey Valerievich Fomin</t>
-[...12 lines deleted...]
-    <t>7 lat więzienia w kolonii karnej.</t>
+    <t>Andrei Valeryevich Famin</t>
+  </si>
+  <si>
+    <t>3 novembre 1993</t>
+  </si>
+  <si>
+    <t>Andrei Fomin ha 29 anni, è di Mogilev, ma viveva a Minsk. Il ragazzo si è laureato all'Accademia delle arti statale bielorussa. In un video penitenziale, afferma di essere stato un editore e autore di articoli per la rete di giornali Vestniki. Secondo le informazioni degli attivisti dell'iniziativa ByProsvet, Andrei non aveva accesso agli account dei giornali e non conosceva chi li distribuiva in Bielorussia.
+Di conseguenza, il ragazzo è stato accusato di aver partecipato alla marcia del 30 agosto 2020 e trasferito a SIZO-1. Andrey fondamentalmente non voleva lasciare il suo paese, sta scrivendo un libro, sei gatti lo stanno aspettando a casa.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
-    <t>Eugene Aleksandrovich Tikhonov</t>
-[...12 lines deleted...]
-    <t>2023-05-24 01:03:59</t>
+    <t>Boris Nikolaevich Kritsky</t>
+  </si>
+  <si>
+    <t>3 novembre 1968</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.11.2024: 7 anni di reclusione in una colonia del regime generale. Appello 17.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:35:08</t>
+  </si>
+  <si>
+    <t>Denis Aleksandrovich Kravchuk</t>
+  </si>
+  <si>
+    <t>4 novembre 1980</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.05.2024: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
+    <t>Anton Mikhailovich Bykovsky</t>
+  </si>
+  <si>
+    <t>4 novembre 1981</t>
+  </si>
+  <si>
+    <t>Anton è stato arrestato, picchiato duramente e successivamente condannato per aver danneggiato l’auto della moglie di un poliziotto a Novaya Borovaya.
+Sua moglie e i suoi figli sono riusciti a lasciare la Bielorussia.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.02.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1845 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:34:11</t>
+  </si>
+  <si>
+    <t>Olga Igorevna Britikova</t>
+  </si>
+  <si>
+    <t>4 novembre 1971</t>
+  </si>
+  <si>
+    <t>Leader del sindacato indipendente "Naftan". Olga ha lavorato in azienda per 16 anni ed è stata licenziata a causa della sua posizione. Nel maggio 2022 è stata rilasciata dopo 75 giorni di arresto per aver parlato contro la guerra. È stata nuovamente detenuta il 1° novembre sotto accuse amministrative.
+Due giorni dopo, il tribunale l'ha ritenuta colpevole di distribuzione di “materiale estremista” e l'ha condannata a 15 giorni di arresto. L’11 novembre è stata nuovamente condannata a 15 giorni per “picchettaggio non autorizzato”. Il motivo dell'indagine è stato un disegno con la scritta “No alla guerra”, che Olga ha pubblicato sui social network. Il 21 novembre 2022 si è saputo che Olga era stata trasferita in un centro di custodia cautelare a Vitebsk.
+In meno del 2022, Britikova ha trascorso 105 giorni dietro le sbarre, di cui 75 consecutivi in primavera.
+È stata nuovamente detenuta ai sensi dell'articolo 361 parte 2 del codice penale della Repubblica di Bielorussia nell'agosto 2023. Tuttavia, nella primavera del 2024, Olga è stata processata ai sensi dell'articolo 130 del codice penale della Repubblica di Bielorussia.
+L'11 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.
+Il 20 agosto 2024 si è svolto un altro processo a porte chiuse contro Olga. Evgeniy Burunov è stato incaricato di esaminare il suo caso presso il tribunale regionale di Vitebsk. Il prigioniero politico è accusato di tre capi d'imputazione. È noto che Olga ha ricevuto altri tre anni di prigione.
+Il 20 dicembre 2024 il ricorso è stato esaminato in Corte Suprema. Presidente del Collegio giudiziario Vladimir Davydov. Secondo la decisione del consiglio, la durata della seconda condanna di Olga è stata ridotta di 1 anno. Pertanto, la durata totale di un prigioniero politico è di 5 anni di reclusione in una colonia del regime generale. All'inizio di gennaio 2025, Olga si trovava in un centro di custodia cautelare, ma alla fine del mese è stata trasferita nella colonia correzionale n. 4.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.04.2024: 3 anni di reclusione in una colonia del regime generale. Appello 11.06.2024: sconosciuto. Sentenza del tribunale 20.08.2024: 3 anni di reclusione in una colonia del regime generale. Appello 20.12.2024: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-11-21 14:40:55</t>
   </si>
   <si>
     <t>Alexander Ivanovich Piskunov</t>
   </si>
   <si>
-    <t>4 listopada 1980</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 26.01.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.01.2024: nieznany.</t>
+    <t>Il 26 gennaio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.01.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-11-13 21:12:53</t>
   </si>
   <si>
-    <t>Denis Aleksandrovich Kravchuk</t>
-[...31 lines deleted...]
-  <si>
     <t>Alexey Gennadievich Mayevsky</t>
   </si>
   <si>
-    <t>4 listopada 1981</t>
-[...2 lines deleted...]
-    <t>Wyrok Grodzieńskiego Sądu Okręgowego wszedł w życie.</t>
+    <t>La sentenza del tribunale regionale di Grodno è entrata in vigore.</t>
   </si>
   <si>
     <t>2022-05-24 15:05:54</t>
   </si>
   <si>
-    <t>Peter Nikolaevich Yarmoshuk</t>
-[...32 lines deleted...]
-    <t>2021-02-28 00:34:11</t>
+    <t>Andrey Evgenyevich Burdenya</t>
+  </si>
+  <si>
+    <t>5 novembre 1981</t>
+  </si>
+  <si>
+    <t>La data prevista per la detenzione di Andrey è il 20 settembre 2023. In questo giorno è apparso un video di “pentimento”, in cui un uomo afferma di aver scritto commenti negativi su Lukashenko, funzionari, agenti di polizia, militari russi e ha anche minacciato persone che sostengono l'attuale governo.
+Andrei Burdenya, 44 anni, è stato arrestato per commenti nelle chat di Telegram, di cui ha lasciato più di trecento. Andrey ha studiato alla scuola n. 6 e poi ha prestato servizio nell'esercito. È noto che ora non lavora temporaneamente, ma in precedenza ha lavorato per qualche tempo nel campo IT, e anche prima era impegnato nella produzione di mobili da cucina e aveva il proprio imprenditore individuale</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-27 20:04:05</t>
+  </si>
+  <si>
+    <t>Michael Leonidovich Galinsky</t>
+  </si>
+  <si>
+    <t>5 novembre 1965</t>
+  </si>
+  <si>
+    <t>L'allenatore 59enne è stato arrestato nel giugno 2024. In primo luogo, è stato processato in un procedimento amministrativo per "disobbedienza agli agenti di polizia", e poi è stato aperto un procedimento penale ai sensi della Parte 1 dell'articolo 361-3 del Codice penale della Repubblica di Bielorussia. Secondo questa parte dell'articolo, possono essere giudicati coloro che hanno preso parte alle ostilità in Ucraina, ma di solito vengono giudicati coloro che intendevano unirsi alle forze armate ucraine .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.12.2024: 3 anni di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:24:14</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 novembre 1970</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
+  </si>
+  <si>
+    <t>Mikhail Alexandrovich Fando</t>
+  </si>
+  <si>
+    <t>5 novembre 1988</t>
+  </si>
+  <si>
+    <t>Mikhail è di Borisov. ma viveva a Minsk. Ha studiato alla BSU per diventare manager. È noto che Mikhail giocava a poker con il soprannome di Rattly. Si è distinto per la sua partecipazione a numerosi campionati. Tra questi c'è il campionato bielorusso.
+Il processo contro Mikhail è iniziato il 17 ottobre presso il tribunale della città di Minsk. Le accuse contro di lui probabilmente sono sorte a causa del sostegno dell'Ucraina. È accusato della parte 2 dell'art. 361-3 del codice penale (Aiuti o altro sostegno materiale per la guerra). La sanzione dell'articolo prevede la reclusione da cinque a dieci anni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.10.2024: 5 anni di reclusione in una colonia del regime generale. Appello 14.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-25 19:38:56</t>
   </si>
   <si>
     <t>Valentin Vyacheslavovich Samosyuk</t>
   </si>
   <si>
-    <t>5 listopada 1992</t>
-[...2 lines deleted...]
-    <t>Według prorządowych kanałów został zatrzymany za fotografowanie transportu kolejowego. Wcześniej był aresztowany na podstawie artykułu administracyjnego. Obywatel Mołdawii.</t>
+    <t>5 novembre 1992</t>
+  </si>
+  <si>
+    <t>Secondo i canali filogovernativi, è stato arrestato per aver scattato una foto del trasporto ferroviario. In precedenza, era stato arrestato ai sensi di un articolo amministrativo. Cittadino della Moldavia.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
   </si>
   <si>
-    <t>Andrey Evgenyevich Burdenya</t>
-[...58 lines deleted...]
-    <t>2024-11-22 00:24:14</t>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 novembre 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
   </si>
   <si>
     <t>Maksim Vladimirovich Khvaschinsky</t>
   </si>
   <si>
-    <t>6 listopada 1995</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 27.09.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany.</t>
+    <t>6 novembre 1995</t>
+  </si>
+  <si>
+    <t>Un residente di Bobruisk è stato arrestato il 26 febbraio 2024, il giorno dopo il ritorno dalla Polonia.
+In primo luogo, è stato condannato ai sensi dell'articolo amministrativo 19.11 (distribuzione di materiale estremista), quindi è stato aperto un procedimento penale ai sensi dell'articolo 361-1 del Codice penale della Repubblica di Bielorussia (creazione di un gruppo estremista). Maxim sarebbe considerato coinvolto nella creazione del gruppo estremista “Bobruisk 375”.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.09.2024: 7 anni di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Alexey Vladimirovich Shilovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Oksana Viktorovna Molochko</t>
   </si>
   <si>
-    <t>7 listopada 1978</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu data nieznana: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 27.09.2024: wyrok został podtrzymany.</t>
+    <t>7 novembre 1978</t>
+  </si>
+  <si>
+    <t>Il 27 novembre 2023, Oksana è stata accusata di illeciti amministrativi ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi. Successivamente è stata trasferita nel Centro di detenzione preventiva n. 7.
+Nell'estate del 2024, la coppia fu condannata per "tradimento" (Parte 1 dell'articolo 356 del Codice penale). Furono condannati a 12 e 8 anni di carcere per "tradimento", ma in realtà per aver fotografato un treno con equipaggiamento militare sul binario senza alcun intento di spionaggio.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 8 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
+    <t>Sergey Sergeevich Logvinovich</t>
+  </si>
+  <si>
+    <t>7 novembre 1986</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 46. 213188, Kruhlaje, vulica Savieckaja, 96</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-01-19 21:00:56</t>
+  </si>
+  <si>
     <t>Anton Olegovich Ogiy</t>
   </si>
   <si>
-    <t>8 listopada 1985</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 23.12.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.03.2024: nieznany.</t>
+    <t>8 novembre 1985</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.12.2022: 4 anni di reclusione in una colonia del regime generale. Appello 07.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-08-22 16:16:34</t>
   </si>
   <si>
+    <t>Sergey Anatolyevich Kardash</t>
+  </si>
+  <si>
+    <t>8 novembre 1969</t>
+  </si>
+  <si>
+    <t>Detenuto nell'ambito di un procedimento penale legato ad "attività estremiste".
+Anche la sua compagna, Vera Kanonenko , è in custodia cautelare .
+Secondo l'inchiesta , gli imputati nel caso erano corrieri per l'iniziativa BYSOL, "i loro compiti includevano la ricezione e il trasferimento di denaro ad altri membri dell'organizzazione, distribuendolo per soddisfare le esigenze dei partecipanti a proteste illegali e attività estremiste".
+Si prevede che verrà rilasciato tra febbraio e marzo 2026.</t>
+  </si>
+  <si>
+    <t>Penal colony #5. 225295, Ivacevičy, vul. Dziaržynskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 12.02.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-04-22 19:01:01</t>
+  </si>
+  <si>
     <t>Afanasiy Nikolaevich Afanasenkov</t>
   </si>
   <si>
-    <t>8 listopada 1989</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 16.06.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2023: nieznany. Decyzja sądu 11.09.2024: nieznany.</t>
+    <t>8 novembre 1989</t>
+  </si>
+  <si>
+    <t>Il 23 agosto 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore</t>
+  </si>
+  <si>
+    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.06.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 23.08.2023: sconosciuto. Sentenza del tribunale 11.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Zubryakov</t>
   </si>
   <si>
-    <t>9 listopada 1990</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 27.01.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.04.2023: wyrok został podtrzymany.</t>
+    <t>9 novembre 1990</t>
+  </si>
+  <si>
+    <t>Artem Zubryakov è un dipendente di Belagro che è stato arrestato alla fine di settembre 2022 insieme ai suoi colleghi. È stato riferito che in quattro di essi sono stati aperti procedimenti penali e ne sono stati arrestati circa 20. Fonti filogovernative hanno scritto che i dipendenti dell'impresa hanno protestato attivamente dal 2020.
+Durante una perquisizione nell'autunno del 2022, da loro sono stati recuperati accessori e mobili nei colori bianco e bianco.
+Artem Zubryakov ha notato di essere stato arrestato per essersi iscritto a canali di telegrammi "vietati" e aver inviato materiale "estremista".
+Il processo si è svolto a porte chiuse.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.01.2023: 5 anni di reclusione in una colonia del regime generale. Appello 04.04.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
+    <t>Eugene Vitalievich Boyko</t>
+  </si>
+  <si>
+    <t>10 novembre 1987</t>
+  </si>
+  <si>
+    <t>Evgeniy è un ex responsabile IT di Mogilev. Dopo le elezioni del 2006 e diversi anni di attivismo politico, è stato espulso dal dipartimento di storia dell'Università di Mogilev. Si è laureato presso il dipartimento di storia di Poznan e ha lavorato come manager presso un'azienda IT, fornitrice di prodotti lattiero-caseari. Nel 2013, Evgeniy è tornato in Bielorussia, si è sposato subito e ha iniziato a lavorare. Mentre in precedenza si era concentrato principalmente su attività pubbliche e accademiche (nella società etnografica studentesca e nell'archivio di storia orale), ora si è dedicato al mondo degli affari.
+E dall'inizio del 2017 ha intrapreso una nuova attività: su richiesta dei clienti, registra interviste con i nonni del loro villaggio e monta documentari.
+È accusato di aver favorito attività estremiste.
+Evgeniya ha una moglie e due bambini piccoli che la aspettano a casa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.06.2025: 5 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 11.09.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-10-08 21:34:11</t>
+  </si>
+  <si>
     <t>Natalia Georgievna Doronina</t>
   </si>
   <si>
-    <t>10 listopada 1973</t>
-[...2 lines deleted...]
-    <t>Natalia ma problemy z nogami. Regulamin aresztu śledczego zabrania leżenia w ciągu dnia, przez co odczuwa silne obrzęki.</t>
+    <t>10 novembre 1973</t>
+  </si>
+  <si>
+    <t>Natalia ha problemi alle gambe. Le norme del carcere preventivo le proibiscono di sdraiarsi durante il giorno, quindi soffre di un forte gonfiore.</t>
   </si>
   <si>
     <t>2025-11-20 22:34:02</t>
   </si>
   <si>
-    <t>Eugene Vitalievich Boyko</t>
-[...16 lines deleted...]
-  <si>
     <t>Alexander Ivanovich Malkov</t>
   </si>
   <si>
-    <t>10 listopada 1969</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 28.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: nieznany.</t>
+    <t>10 novembre 1969</t>
+  </si>
+  <si>
+    <t>Condannato per una protesta avvenuta dal 10 all'11 agosto 2020 a Bereza.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 18.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-28 13:15:47</t>
   </si>
   <si>
     <t>Violetta Gennadievna Verbitskaya</t>
   </si>
   <si>
-    <t>10 listopada 2001</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 21.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+    <t>10 novembre 2001</t>
+  </si>
+  <si>
+    <t>Violeta si è diplomata a Minsk ed è entrata all'Accademia delle Arti di Varsavia. La ragazza è interessata alla fotografia e ama viaggiare.
+Tre anni fa si è sposata e ha cambiato cognome. La coppia è diventata famosa perché il ragazzo, l'ex calciatore Fedor Verbitsky, ha chiesto alla ragazza di sposarlo proprio allo stadio dopo la fine della partita.
+L'avvio del procedimento penale è stato innescato da un video realizzato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Padre Gennady ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati consultati online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha ideato il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso in video i suoi desideri per il futuro del Paese e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: 4 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-01 18:10:18</t>
   </si>
   <si>
     <t>Lyubov Alexandrovna Rezanovich</t>
   </si>
   <si>
-    <t>11 listopada 1964</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 17.10.2022: 15 lata więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
+    <t>11 novembre 1964</t>
+  </si>
+  <si>
+    <t>Lyubov, la moglie di un prete ortodosso, è stata arrestata il 1° dicembre 2020 insieme al marito e al figlio nell’ambito del criminale “caso Autukhovich”. Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Secondo le indagini, ha aiutato Autukhovich a raccogliere informazioni sulle forze dell'ordine e ha fornito alloggi dove i partecipanti al "caso" tenevano le armi. Lyubov è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo”, “tentato sequestro del potere” e “azioni illegali riguardanti le armi da fuoco”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 15 anni di reclusione in una colonia del regime generale, 600 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Stanislav Alexandrovich Pugachiov</t>
   </si>
   <si>
-    <t>11 listopada 1992</t>
-[...5 lines deleted...]
-    <t>7 lat więzienia w kolonii.</t>
+    <t>11 novembre 1992</t>
+  </si>
+  <si>
+    <t>Prima degli eventi del 2020, ha lavorato come investigatore a Minsk. Le sessioni giudiziarie si sono svolte a porte chiuse.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
     <t>Andrey Viktorovich Valakhanovich</t>
   </si>
   <si>
-    <t>12 listopada 1989</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 26.07.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 12.11.2024: nieznany.</t>
+    <t>12 novembre 1989</t>
+  </si>
+  <si>
+    <t>È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.07.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-29 19:28:55</t>
   </si>
   <si>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 novembre 1981</t>
+  </si>
+  <si>
+    <t>Il 22 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Kolosov</t>
+  </si>
+  <si>
+    <t>12 novembre 1997</t>
+  </si>
+  <si>
+    <t>Il 27 febbraio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.12.2023: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:52:53</t>
+  </si>
+  <si>
+    <t>Dmitry Grigorievich Rezanovich</t>
+  </si>
+  <si>
+    <t>Un attivista del movimento anarchico è stato arrestato nella notte tra il 28 e il 29 ottobre 2020 mentre attraversava il confine con la Bielorussia insieme al gruppo partigiano Black Banner. È stato accusato di aver appiccato il fuoco alle auto dei funzionari, nonché al dipartimento di polizia stradale e alla commissione statale per l'esame forense.
+Nell’aprile 2024, Dmitry è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”. Secondo questo articolo, i prigionieri che rifiutano di collaborare con l'amministrazione vengono processati per violazioni fittizie. Di conseguenza, alla sua condanna a 19 anni si sono aggiunti altri 9 mesi di reclusione.</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.12.2021: 19 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 26.04.2024: 9 mesi di reclusione in una colonia del regime potenziato. Appello 28.06.2024: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:39:13</t>
+  </si>
+  <si>
     <t>Andrey Viktorovich Shklyar</t>
   </si>
   <si>
-    <t>12 listopada 1984</t>
-[...8 lines deleted...]
-    <t>10 lat więzienia w kolonii.</t>
+    <t>12 novembre 1984</t>
+  </si>
+  <si>
+    <t>Ha lavorato come ispettore del sistema penitenziario del Dipartimento degli affari interni del distretto di Oktyabrsky a Grodno, poco prima del suo arresto ha presentato una lettera di dimissioni per disaccordo sul funzionamento del sistema. Detenuto ai sensi dell'articolo: "Tradimento allo stato".</t>
+  </si>
+  <si>
+    <t>10 anni di carcere in una colonia.</t>
   </si>
   <si>
     <t>2022-04-27 00:34:48</t>
   </si>
   <si>
-    <t>Dmitry Grigorievich Rezanovich</t>
-[...54 lines deleted...]
-    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary.</t>
+    <t>Dzmitry Yauhenavich Kondrus</t>
+  </si>
+  <si>
+    <t>14 novembre 1990</t>
+  </si>
+  <si>
+    <t>Presumibilmente detenuto per motivi politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-10-17 20:41:33</t>
+  </si>
+  <si>
+    <t>Elisey Sergeevich Kuznetsov</t>
+  </si>
+  <si>
+    <t>14 novembre 2003</t>
+  </si>
+  <si>
+    <t>Elisey, 17 anni, è stata accusata di aver lanciato una bottiglia di miscela infiammabile contro un'auto della polizia. Per violazioni di "prodotti chimici domestici", la punizione di Eliseo è stata aumentata fino alla reclusione ed Eliseo è stato preso in custodia il 20 aprile 2022 e dal 27 maggio il giovane è in prigione.
+Il 17 dicembre 2022 è stato rilasciato dopo aver scontato integralmente la pena inflitta dal tribunale.
+È stato nuovamente arrestato nel maggio 2023 e condannato in agosto per aver abbattuto, insieme a un amico, tre bandiere nazionali installate sulle facciate di un istituto scolastico, di un centro commerciale e di un ufficio postale nella città agricola di Voyskaya, nella regione di Kamenets.
+Il 18 dicembre 2024 , il tribunale distrettuale di Borisov esaminerà il caso di Eliseo ai sensi della parte 1 dell'art. 411 ( disobbedienza dolosa alle prescrizioni dell'amministrazione di un istituto penitenziario ).</t>
+  </si>
+  <si>
+    <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.11.2020: 2 anni 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Tribunale per il cambio di regime 20.04.2022: 7 mesi 15 giorni di reclusione in una colonia del regime generale. Sentenza del tribunale 01.08.2023: 2 anni 6 mesi di reclusione in una colonia del regime generale. Sentenza del tribunale 18.12.2024: 1 anno di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-01-30 00:16:38</t>
+  </si>
+  <si>
+    <t>Pavel Mikhailovich Khitryk</t>
+  </si>
+  <si>
+    <t>14 novembre 1987</t>
+  </si>
+  <si>
+    <t>Il 20 dicembre 2024, Pavel è stato condannato per il reato amministrativo di "Distribuzione, produzione, archiviazione e trasporto di prodotti informativi contenenti inviti ad attività estremiste o che promuovono tali attività". Successivamente, è stato avviato un procedimento penale contro di lui per aver inviato dati sullo spostamento di attrezzature in Russia durante un viaggio d'affari al chatbot "Charter-97" nel 2022. Nel 2025, è stato condannato per "Aiuto ad attività estremiste".</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 39. 222002, Krupki district, Krupki-2</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.05.2025: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
+  </si>
+  <si>
+    <t>Sergey Leontievich Botvich</t>
+  </si>
+  <si>
+    <t>All'inizio di gennaio 2023, in uno dei canali telegrafici filogovernativi, è apparso un video con la detenzione di Sergei da parte degli agenti del GUBOP e dell'AMON, che presumibilmente gestivano le chat nel cortile, tra cui "Grodno Center 97%"; hanno partecipato a manifestazioni di protesta e hanno invitato gli altri a parteciparvi, nonché a usare la violenza contro gli agenti di polizia, letteralmente, "bruciare i carri di risaia".</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione con scontazione della pena in una colonia correttiva in condizioni di maggiore sicurezza.</t>
+  </si>
+  <si>
+    <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Rychard Rychardavich Lohvinau</t>
+  </si>
+  <si>
+    <t>14 novembre 1991</t>
+  </si>
+  <si>
+    <t>Ingegnere e tecnico in uno stabilimento. La madre di Richard è disabile.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
   </si>
   <si>
-    <t>Pavel Mikhailovich Khitryk</t>
-[...65 lines deleted...]
-    <t>Decyzja sądu 03.11.2025: 2 roku 10 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Ryta Yuryeuna Naumava</t>
+  </si>
+  <si>
+    <t>15 novembre 1967</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
+  </si>
+  <si>
+    <t>Igor Valerievich Kozubov</t>
+  </si>
+  <si>
+    <t>15 novembre 1968</t>
+  </si>
+  <si>
+    <t>Cook, residente a Novobelitsa.
+Ci sono molti post e messaggi sulle forze di sicurezza bielorusse e sui funzionari governativi sui social network di Igor. Era anche tra i 500 sottoscrittori nel 2019 di un appello all'allora presidente lituano Dalia Grybauskaite, che riguardava la sepoltura dei resti dei ribelli del 1863-1864 impiccati dalle autorità zariste.
+Non si sa quale punizione sia stata inflitta all'uomo. Ma è associato alla reclusione.
+Il 26 aprile 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
+  </si>
+  <si>
+    <t>2024-01-09 22:27:06</t>
+  </si>
+  <si>
+    <t>Veronika Nikolaevna Kazak</t>
+  </si>
+  <si>
+    <t>15 novembre 1990</t>
+  </si>
+  <si>
+    <t>Si sa che la donna è stata trattenuta al rientro dall'Italia.
+Il 15 marzo 2024 il ricorso è stato esaminato.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.12.2023: 4 anni di reclusione in una colonia del regime generale. Appello 15.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-21 00:52:48</t>
+  </si>
+  <si>
+    <t>Vitaly Nikolaevich Tsynkel</t>
+  </si>
+  <si>
+    <t>15 novembre 1974</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 10 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-17 17:12:07</t>
   </si>
   <si>
-    <t>Veronika Nikolaevna Kazak</t>
-[...59 lines deleted...]
-  <si>
     <t>Vitaly Valerievich Savko</t>
   </si>
   <si>
-    <t>16 listopada 1990</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany.</t>
+    <t>16 novembre 1990</t>
+  </si>
+  <si>
+    <t>Presumibilmente si tratta dell'ex procuratore del distretto di Voronovsky. Il procuratore Savko ha 33 anni. Viene dalla città di Dyatlovo, nella regione di Grodno. Successivamente andò a studiare a Grodno e lavorò nell'ufficio del pubblico ministero. Nel 2022-2023, l'uomo ha ricoperto la carica di procuratore del distretto di Voronovsky, quindi ha lavorato come procuratore senior in uno dei dipartimenti della procura della regione di Grodno. Nasha Niva non ha trovato prove che Savko fosse coinvolto in repressioni nella sua posizione. Vitaly ha rilasciato attivamente interviste ai media statali. L'ultimo è stato pubblicato nel luglio 2023, anche se prima venivano pubblicati regolarmente, una volta ogni uno o due mesi. I social network dell'uomo sono stati cancellati.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 11.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-30 19:28:10</t>
   </si>
   <si>
+    <t>Karyna Alehauna Bardukhai</t>
+  </si>
+  <si>
+    <t>16 novembre 1995</t>
+  </si>
+  <si>
+    <t>Mentre era ancora studentessa alla BSUIR, Karina ha iniziato a lavorare come operatrice presso MAZ nel 2013. In seguito ha lavorato come merchandiser e web editor, perfezionando anche la contabilità. Nel 2018, Bardukhai è passata ad Armtek, uno dei maggiori fornitori di ricambi auto del Paese. In cinque anni, è passata da semplice economista a specialista leader ed esperta SAP.
+Karina Bordukhai è una nota attivista per i diritti degli animali a Minsk. Aiuta a salvare gli animali randagi e raccoglie fondi per nutrire gli animali nei rifugi e nelle case famiglia. È anche membro del club equestre Prodyus. Si occupa anche di fotografia, concentrandosi sugli animali e sulla natura.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-02-13 18:44:03</t>
+  </si>
+  <si>
     <t>Dmitriy Olegovych Gudeev</t>
   </si>
   <si>
-    <t>16 listopada 2001</t>
-[...6 lines deleted...]
-    <t>9 lat więzienia w kolonii</t>
+    <t>16 novembre 2001</t>
+  </si>
+  <si>
+    <t>Dmitry ha 21 anni e, a giudicare dai suoi social network, lo scorso maggio ha completato il servizio militare nell'unità militare 3214 a Minsk. A maggio il ragazzo è stato aggiunto alla “lista dei terroristi” del KGB e rischia da 8 a 12 anni di carcere.
+Durante la brutale detenzione, Dmitry è stato duramente picchiato .</t>
+  </si>
+  <si>
+    <t>9 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
     <t>Artem Vitalievich Semenov</t>
   </si>
   <si>
-    <t>17 listopada 1990</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>17 novembre 1990</t>
+  </si>
+  <si>
+    <t>Dipendente della società Peleng. Ha lavorato come consulente legale presso l'Ufficio delle Dogane, delle Licenze e del Controllo delle Esportazioni.
+L'ultima volta che è stato online sui social media è stato nel novembre 2024.</t>
   </si>
   <si>
     <t>2025-09-07 00:18:46</t>
   </si>
   <si>
+    <t>Yevgeny Vladimirovich Strielchien</t>
+  </si>
+  <si>
+    <t>18 novembre 1985</t>
+  </si>
+  <si>
+    <t>Un residente di Grodno è stato arrestato per aver distribuito materiale estremista e dati personali di oltre 2.000 agenti di polizia nel 2020. Ha partecipato alle proteste dopo le elezioni. Gestito la pagina Instagram di Grodno for Life.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
+  </si>
+  <si>
+    <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 novembre 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
+  </si>
+  <si>
     <t>Sergei Vladimirovich Bely</t>
   </si>
   <si>
-    <t>18 listopada 1972</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 05.10.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.12.2023: wyrok został podtrzymany. Decyzja sądu 27.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany.</t>
+    <t>18 novembre 1972</t>
+  </si>
+  <si>
+    <t>Sergey è originario di Kherson, in Ucraina, ma ha vissuto in Bielorussia quasi tutta la vita. Ha svolto diversi lavori manuali per tutta la vita. Ha due figli minorenni.
+L'uomo è stato arrestato nel febbraio 2023. In un video filogovernativo, afferma di aver lasciato commenti su Telegram e di essersi registrato al chatbot Plan Peramoga. È stato condannato per la prima volta nell'ottobre 2023 per "incitamento all'odio sociale" (Parte 1 dell'articolo 130 del Codice penale).
+L'8.12.2023 è stato esaminato il ricorso e la sentenza è entrata in vigore.
+Il prossimo processo a Sergei inizierà il 27 settembre 2024 presso il Tribunale della città di Minsk. È accusato di quattro articoli: "partecipazione a un gruppo estremista" (Parte 3 dell'articolo 361-1 del Codice penale), "incitamento all'odio sociale" (Parte 1 dell'articolo 130 del Codice penale), "offesa a un funzionario governativo" (Parte 1 dell'articolo 369 del Codice penale) e "offesa a Lukashenko" (Parte 1 dell'articolo 368 del Codice penale). Sergei rischia fino a cinque anni di carcere, oltre alla pena precedente.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.10.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 08.12.2023: il verdetto è stato confermato. Sentenza del tribunale 27.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto. Sentenza del tribunale 04.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
-    <t>Nikolay Sergeevich Bunevich</t>
-[...20 lines deleted...]
-    <t>2022-08-11 22:52:15</t>
+    <t>Alexander Timofeevich Maryasov</t>
+  </si>
+  <si>
+    <t>19 novembre 1987</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato e condannato per aver fermato un treno merci, dipinto strisce rosse su cartelloni pubblicitari luminosi, forato le gomme dell'auto di un agente di polizia, dato fuoco a un chiosco di Tabakerka e maneggiato materiali infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel Paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e le torture di persone da parte delle forze di sicurezza.
+Cittadino della Federazione Russa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.06.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:26:23</t>
   </si>
   <si>
     <t>Ilya Anatolyevich Boriskevich</t>
   </si>
   <si>
-    <t>19 listopada 1987</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-03 16:36:01</t>
   </si>
   <si>
-    <t>Alexander Timofeevich Maryasov</t>
-[...11 lines deleted...]
-  <si>
     <t>Dmitry Vasilievich Zagolovets</t>
   </si>
   <si>
-    <t>19 listopada 1982</t>
-[...6 lines deleted...]
-    <t>3,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+    <t>19 novembre 1982</t>
+  </si>
+  <si>
+    <t>Secondo i canali Telegram filogovernativi, è stato arrestato per numerosi commenti sui social network.
+Il 31 ottobre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>3,5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-01-24 02:22:31</t>
   </si>
   <si>
     <t>Basil Mikhailovich Yakimov</t>
   </si>
   <si>
-    <t>19 listopada 1999</t>
-[...7 lines deleted...]
-    <t>2 lata pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
+    <t>19 novembre 1999</t>
+  </si>
+  <si>
+    <t>Prima dell'arresto, il giovane lavorava come camionista, si era precedentemente diplomato come autista in una scuola professionale di Oshmyany.
+Secondo il sito web dell'ufficio del procuratore generale, da aprile a novembre 2022, Yakimov ha espresso il desiderio, quindi ha indicato la sua intenzione di unirsi a una delle unità del battaglione (reggimento) intitolato a Kastus Kalinouski.
+A tal fine avrebbe fornito i propri dati personali per l'ammissione ad una formazione armata. Allo stesso tempo, ha raccolto informazioni sui luoghi di acquisto di munizioni militari, uniformi e altre attrezzature da utilizzare in condizioni di combattimento.</t>
+  </si>
+  <si>
+    <t>2 anni di reclusione in una colonia in condizioni generali di regime.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
+    <t>Alexander Svetoslavovich Pimoshenko</t>
+  </si>
+  <si>
+    <t>20 novembre 1984</t>
+  </si>
+  <si>
+    <t>Alexander è stato condannato ai sensi dell'articolo "Organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva alle stesse" per aver preso parte alle proteste avvenute a Minsk nel 2020 ed è stato condannato a libertà limitata e al ricovero in un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 47. 213470, Mogilev region, Mstislavl, Kalinina str., 31</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.02.2023: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 12.05.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-03-02 18:47:45</t>
+  </si>
+  <si>
+    <t>Vadim Vyacheslavovich Navtsenya</t>
+  </si>
+  <si>
+    <t>20 novembre 1986</t>
+  </si>
+  <si>
+    <t>E, come risulta dal comunicato stampa della corte , Navtsena è stato accusato dell'articolo 342 per aver partecipato alle proteste che hanno avuto luogo a Pinsk dal 9 al 10 agosto 2020. Inoltre, è stato accusato di aver scritto commenti offensivi online su A. Lukashenko nel 2022. , su un certo "funzionario che ricopre una posizione di responsabilità", e anche che nel 2022 ha scritto commenti "incitanti all'ostilità" nei confronti delle forze di sicurezza. Il “screditamento della Bielorussia” è avvenuto anche online: nel novembre 2022, un uomo “ha pubblicato un commento negativo che ha creato una percezione negativa della legge marziale” in Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.09.2024: 3 anni di reclusione in una colonia del regime generale, 200 unità di base di multa. Appello 03.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-23 23:25:00</t>
+  </si>
+  <si>
     <t>Irina Mikhailovna Shumeiko</t>
   </si>
   <si>
-    <t>20 listopada 1989</t>
+    <t>20 novembre 1989</t>
   </si>
   <si>
     <t>2025-08-02 14:00:41</t>
   </si>
   <si>
-    <t>Vadim Vyacheslavovich Navtsenya</t>
-[...31 lines deleted...]
-  <si>
     <t>Alexey Igorevich Kerdol</t>
   </si>
   <si>
-    <t>21 listopada 1991</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>21 novembre 1991</t>
+  </si>
+  <si>
+    <t>Negli ultimi anni, Alexey ha lavorato come barista a Grodno. Dal 2020 gestisce anche una piccola impresa il cui ambito di attività è "fornitura di alloggi sul territorio di campeggi e campeggi".
+Trattenuto per commenti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-30 10:29:58</t>
   </si>
   <si>
+    <t>Sergey Ivanovich Salazhentsau</t>
+  </si>
+  <si>
+    <t>22 novembre 1982</t>
+  </si>
+  <si>
+    <t>Dopo aver terminato gli studi, si è iscritto alla Facoltà di Matematica Applicata e Informatica della BSU. Dal 2005 lavora nel settore IT.
+Alla fine del 2021, Solozhentsev si è trasferito a Varsavia. Lì ha aperto un'attività imprenditoriale individuale e ha trovato lavoro presso RunMyLease, dove ricopre il ruolo di responsabile tecnico.
+L'hobby principale di Sergey è il ballo da sala. Nel 2024, lui e la sua compagna hanno vinto due ori e un argento alle gare di ballo in Polonia nella categoria 40+.
+Poi Sergei è tornato in Bielorussia. Non si sa esattamente quando ciò sia accaduto, ma l'ultima volta che ha contattato è stato alla fine di ottobre 2024. Il processo all'esperto informatico si è svolto presso il Tribunale regionale di Grodno. A giudicare dal fatto che dopo il processo Solozhentsev non è mai apparso online, è stato condannato a una pena detentiva in una colonia penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-15 16:41:12</t>
+  </si>
+  <si>
     <t>Alexander Alexandrovich Darakupec</t>
   </si>
   <si>
-    <t>22 listopada 1980</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 10.01.2025: 5 lata 5 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 50000 jednostek bazowych kary. Apelacja 18.03.2025: nieznany.</t>
+    <t>22 novembre 1980</t>
+  </si>
+  <si>
+    <t>Alexander Dorogupets, 44 anni, residente a Ivanovo , è stato accusato di aver trasferito almeno 11 mila rubli in contanti e criptovaluta a "gruppi estremisti", tra cui il reggimento Kalinovsky.
+Nel corso delle indagini del caso penale, l'uomo ha "trasferito volontariamente" 600 mila dollari USA al collegio Cherven per bambini disabili con particolari esigenze di sviluppo psicofisico, al collegio Ivenets per bambini disabili con particolari esigenze di sviluppo fisico e al Centro repubblicano per l'organizzazione della risposta medica.
+Il 2 aprile 2025, l'ONT mandò in onda un altro servizio di propaganda, "Ombre. Il prezzo del terrore", che raccontava della persecuzione di persone che facevano donazioni e di persone arrestate per aver finanziato organizzazioni riconosciute dalle autorità come "estremiste" o "terroriste". Nel film sono mostrate diverse persone condannate e altre ancora in attesa di processo. Secondo la trama, Alexander fu condannato, tra le altre cose, per le donazioni al reggimento di Kalinovsky, BySol e varie risorse informative. I propagandisti citano 18 donazioni per un totale di almeno tremila euro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.01.2025: 5 anni 5 mesi di reclusione in una colonia del regime potenziato, 50000 unità di base di multa. Appello 18.03.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-12-12 12:38:24</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Salazhentsau</t>
-[...16 lines deleted...]
-  <si>
     <t>Maxim Vitalievich Myslivets</t>
   </si>
   <si>
-    <t>22 listopada 1997</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 14.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
+    <t>22 novembre 1997</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Nikitin</t>
   </si>
   <si>
-    <t>23 listopada 1977</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 02.05.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany.</t>
+    <t>23 novembre 1977</t>
+  </si>
+  <si>
+    <t>Vladimir ha condotto corsi di formazione e formazione sulla gestione finanziaria per le aziende. Il suo ultimo lavoro conosciuto è stato quello di controllore finanziario per il Gruppo Belkanton, una grande società di distribuzione di forniture per ufficio che, tra le altre cose, possiede la catena di negozi Afiston e la rivista Office Life. A giudicare da Linkedin, Vladimir ha lasciato il lavoro entro luglio 2023. Presumibilmente è stato arrestato al suo ritorno in Bielorussia dopo una vacanza. Le attività dell'imprenditore individuale sono state sospese il 5 novembre 2023.
+Il figlio di Vladimir (12 anni) aspetta a casa.
+Il 19 luglio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 19.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Dmitry Anatolyevich Vdovin</t>
   </si>
   <si>
-    <t>23 listopada 1969</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+    <t>23 novembre 1969</t>
+  </si>
+  <si>
+    <t>Dmitry ha iniziato negli anni '90 a Borisov. Dopo il 1998 è passato al dipartimento investigativo del dipartimento degli affari interni della città di Zhodino e dal 2004 al 2012 ne è stato a capo. Poi ha lavorato nel comitato investigativo e da lì si è ritirato. Dopo il pensionamento, ha lavorato presso il caseificio Smolevichi ed è stato deputato della città di Zhodino.
+Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia.
+“Seguendo gli ordini impartiti dai tuoi capi, potresti diventare complice di crimini. Non puoi picchiare persone che semplicemente tornavano dal lavoro durante il turno di notte &lt;…&gt; Conosco casi in cui le persone sono state detenute senza motivo e si sono mostrate inutili crudeltà – non fatelo”, ha detto Vdovin in un appello.
+Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Alexander Vyacheslavovich Khmyl</t>
-[...21 lines deleted...]
-    <t>Nie wiadomo</t>
+    <t>Aliaksandr Kanash</t>
+  </si>
+  <si>
+    <t>24 novembre 2001</t>
+  </si>
+  <si>
+    <t>Non &amp;egrave; noto</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 novembre 1975</t>
+  </si>
+  <si>
+    <t>A causa della natura chiusa del processo, l'essenza del caso è ancora sconosciuta. Si sa solo che Vladimir Romanovsky è stato arrestato a Bobruisk durante l'evento “dare da mangiare ai piccioni” il 9 maggio 2020. Poi la polizia antisommossa ha arrestato circa 15 persone in città.
+Secondo il verdetto , Romanovsky è stato ora riconosciuto colpevole di aver insultato pubblicamente Lukashenko sui social network ed è stato condannato alla reclusione.
+Il 02/06/2024 è stato preso in considerazione il ricorso della corte e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>2 anni di reclusione in una colonia a regime generale.</t>
+  </si>
+  <si>
+    <t>2023-11-14 19:10:00</t>
+  </si>
+  <si>
     <t>Andrey Viktorovich Yaroshevich</t>
   </si>
   <si>
-    <t>25 listopada 1983</t>
+    <t>25 novembre 1983</t>
   </si>
   <si>
     <t>2025-09-23 14:58:07</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Romanovsky</t>
-[...28 lines deleted...]
-    <t>1 rok więzienia w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+    <t>Yauheni Kladau</t>
+  </si>
+  <si>
+    <t>26 novembre 1982</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa, Evgenij Kladov, sul social network Odnoklassniki, sulla bacheca del suo profilo, visibile ad altri utenti, “contando sulla successiva percezione da parte di altri di informazioni offensive”, rendendosi conto del carattere pubblico e umiliante della sua pubblicazione, ha deliberatamente ha pubblicato un’immagine contraria alla moralità universale e alle norme di comportamento accettate nella società, umiliando così pubblicamente deliberatamente l’onore e la dignità della personalità di Lukashenko in relazione all’esercizio dei suoi poteri, espressi in una forma indecente”.
+Nel caso ci sono due episodi simili.
+All'udienza in tribunale, Kladov in realtà non ha ammesso la colpa e ha indicato di aver accidentalmente pubblicato sulla sua pagina, di dominio pubblico per tutti gli utenti, le foto di Lukashenko che aveva precedentemente visto su Internet e di averlo fatto involontariamente, non lo sapeva; che queste immagini sarebbero state salvate nel feed della sua pagina, dopo il suo voto di "classe".
+Il 12 luglio 2024 si è saputo che Evgeniy era incluso nell'elenco delle persone coinvolte in attività terroristiche come accusate ai sensi di altri tre articoli: gli articoli 130, 361 e 293 del codice penale della Repubblica di Bielorussia. Apparentemente, Evgeniy è stato accusato di uno nuovo.</t>
+  </si>
+  <si>
+    <t>1 anno di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
+    <t>Andrey Kudik</t>
+  </si>
+  <si>
+    <t>27 novembre 1984</t>
+  </si>
+  <si>
+    <t>Attivista di Vileika. Dal 9 agosto 2021 è trattenuto per “24 ore” nei reparti di isolamento di Smolevich e Vileika. Il 20/10/2021 si è saputo che era stato rinchiuso in un centro di detenzione temporanea ad Akrestsin e contro di lui è stato aperto un procedimento penale.
+Il 18 luglio 2023 è stato rilasciato dopo aver scontato integralmente la pena inflitta dal tribunale.
+Il 15 febbraio 2024 l'attivista ha smesso di comunicare. Successivamente si è saputo che Kudik si trova in un centro di detenzione temporanea locale, dove sta scontando 15 giorni di arresto amministrativo. Ma non è stato rilasciato dopo la fine della pena; è stato detenuto nell'ambito di un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t>4 anni di reclusione in una colonia in severe condizioni di sicurezza</t>
+  </si>
+  <si>
+    <t>2021-10-20 18:14:57</t>
+  </si>
+  <si>
     <t>Sergey Viktorovich Lyakhnovich</t>
   </si>
   <si>
-    <t>27 listopada 1978</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 24.03.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.06.2022: wyrok został podtrzymany.</t>
+    <t>27 novembre 1978</t>
+  </si>
+  <si>
+    <t>Direttore di una società di logistica. Sotto processo per un attacco al sito web della BSMU nell'autunno del 2020.
+"Non lo so! Alla mia lanterna, giudicano - giudicano correttamente e io non voglio saperlo! ", - ha detto il padre di Sergei, Viktor Lyakhnovich.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.03.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.06.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-03-18 19:47:24</t>
   </si>
   <si>
     <t>Ilya Vladimirovich Sobko</t>
   </si>
   <si>
-    <t>27 listopada 1995</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 12.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
+    <t>27 novembre 1995</t>
+  </si>
+  <si>
+    <t>Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “ha gridato slogan, ha mostrato tele bianco-rosse-bianche ed è scesa in strada”. In tal modo avrebbero gravemente violato l’ordine pubblico.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-28 20:19:30</t>
   </si>
   <si>
-    <t>Andrey Kudik</t>
-[...18 lines deleted...]
-  <si>
     <t>Gennady Stanislavovich Savritsky</t>
   </si>
   <si>
-    <t>28 listopada 1963</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2025: nieznany.</t>
+    <t>28 novembre 1963</t>
+  </si>
+  <si>
+    <t>Imprenditore. La sua azienda è la JSC Anastan, una grande azienda impegnata nella produzione di polistirolo espanso.
+L'avvio del procedimento penale è stato innescato da un video girato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Gennady ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati visti online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha scritto il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso i suoi desideri per il futuro del Paese in un video e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: 5 anni di reclusione in una colonia del regime potenziato. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:18</t>
   </si>
   <si>
     <t>Sergey Sergeevich Pleshkun</t>
   </si>
   <si>
-    <t>28 listopada 1987</t>
-[...8 lines deleted...]
-    <t>16 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
+    <t>28 novembre 1987</t>
+  </si>
+  <si>
+    <t>Il 17 marzo, il KGB ha annunciato l'arresto di un gruppo di bielorussi che stavano preparando un attacco terroristico contro le truppe russe nella regione di Mozyr.
+Secondo il fascicolo , nel periodo da agosto 2020 a febbraio 2022, Pleskun e Selvich hanno acquistato componenti per la realizzazione di molotov e un prodotto pirotecnico, che hanno immagazzinato e trasportato in vari veicoli e luoghi con l'obiettivo del loro successivo utilizzo nella commissione di un atto di terrorismo, attacco a edifici, istituzioni, veicoli, nonché forze dell'ordine.
+Inoltre, Pleshkun avrebbe preparato lui stesso "cocktail molotov" e, insieme a Selvich, si sarebbe preparato alla distruzione deliberata di veicoli e mezzi di comunicazione, che potrebbe portare alla morte di una persona, a un incidente oa un incidente.
+Sergei Pleshkun ha due bambini piccoli.</t>
+  </si>
+  <si>
+    <t>16 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
+    <t>Arthur Andreevich Radivanovich</t>
+  </si>
+  <si>
+    <t>28 novembre 1992</t>
+  </si>
+  <si>
+    <t>Dall’indagine è emerso che Artur Radzivanovich “di propria iniziativa è entrato in corrispondenza con i rappresentanti della formazione armata “Reggimento K Kalinovsky” tramite Telegram”. Durante la conversazione ha chiarito la procedura e le condizioni per l'arruolamento nel reggimento, quindi ha pianificato l'attraversamento del confine di stato della Repubblica di Bielorussia con la Repubblica di Polonia e l'ulteriore percorso verso l'Ucraina. Arrivato il 30 dicembre 2023 al posto di blocco internazionale “Brest” per recarsi in Ucraina attraverso il territorio della Polonia, l'imputato è stato arrestato dagli ufficiali degli affari interni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.05.2024: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 06.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:10:11</t>
+  </si>
+  <si>
+    <t>Georgiy Adamovich Cherevako</t>
+  </si>
+  <si>
+    <t>28 novembre 1968</t>
+  </si>
+  <si>
+    <t>Georgy Cherevako è stato arrestato ad agosto mentre tornava dagli Stati Uniti. È stato condannato per una donazione di 21,29 dollari, che ha inviato dal suo conto PayPal a sostegno del reggimento Kalinowski. Al conto era collegata una carta bielorussa su cui venivano addebitati i fondi. Le autorità hanno ritenuto che si trattasse di azioni deliberate “allo scopo di finanziare attività di reclutamento, formazione e altra preparazione” di persone per il conflitto armato in Ucraina.
+Al processo, ha affermato di aver detto volontariamente agli agenti che lo hanno detenuto di essere iscritto a numerosi canali di telegrammi "estremisti" e ha ammesso di aver effettuato un bonifico sul conto di Polk Kalinovsky.
+Lui stesso ha fornito ai dipendenti le password per accedere al sistema di pagamento. Ha detto di aver fatto una donazione perché spera che questi fondi vengano utilizzati per acquistare elmetti, giubbotti antiproiettile e medicinali, ma ha capito che li useranno secondo la loro comprensione e, tra le altre cose, compreranno armi e munizioni con loro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.12.2023: 5 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2023-12-22 01:24:42</t>
+  </si>
+  <si>
     <t>Arthur Vladimirovich Pedko</t>
   </si>
   <si>
-    <t>28 listopada 1979</t>
-[...2 lines deleted...]
-    <t>Artur przez długi czas pracował w sieciach elektroenergetycznych – najpierw jako inżynier w Belenergosetproekt, a następnie w Minskenergo. Artur jest oskarżony o przekazanie danych osobowych ponad 500 urzędników za pośrednictwem kanału telegramu.</t>
+    <t>28 novembre 1979</t>
+  </si>
+  <si>
+    <t>Per molto tempo Artur ha lavorato nelle reti elettriche, prima come ingegnere presso Belenergosetproekt e poi presso Minskenergo. Artur è accusato di aver trasferito i dati personali di oltre 500 funzionari tramite un canale Telegram.</t>
   </si>
   <si>
     <t>2022-11-28 23:42:54</t>
   </si>
   <si>
-    <t>Arthur Andreevich Radivanovich</t>
-[...28 lines deleted...]
-    <t>2023-12-22 01:24:42</t>
+    <t>Sergey Leonidovich Tsvikevich</t>
+  </si>
+  <si>
+    <t>29 novembre 1980</t>
+  </si>
+  <si>
+    <t>L'uomo è stato coinvolto nel mondo degli affari per tutta la vita. Nel 2002 ha aperto la sua prima ditta individuale. Uno dei settori di attività dell'impresa individuale era l'affitto di immobili. Più recentemente, Tsvikevich ha ricoperto il ruolo di amministratore della propria azienda.
+Sergei ha due figli minorenni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.10.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-24 22:01:29</t>
+  </si>
+  <si>
+    <t>Nikolai Ivanovich Galaluk</t>
+  </si>
+  <si>
+    <t>29 novembre 1992</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.01.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
   </si>
   <si>
     <t>Evgeniy Alexeyevich Verkhovodkin</t>
   </si>
   <si>
-    <t>29 listopada 1988</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 27.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.11.2023: nieznany.</t>
+    <t>29 novembre 1988</t>
+  </si>
+  <si>
+    <t>Ci sono state almeno nove udienze nel caso. Ci sono stati molti testimoni al processo che hanno testimoniato contro di lui. Yevgeny è stato accusato di amministrare il canale e di aver esortato i bielorussi a prendere parte a proteste, modificare post, ecc.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.07.2023: 7 anni di reclusione in una colonia del regime potenziato. Appello 21.11.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
-    <t>Sergey Leonidovich Tsvikevich</t>
-[...29 lines deleted...]
-  <si>
     <t>Alexander Stanislavovich Danilevich</t>
   </si>
   <si>
-    <t>30 listopada 1974</t>
-[...6 lines deleted...]
-    <t>6 lat więzienia w kolonii karnej o zaostrzonym rygorze.</t>
+    <t>30 novembre 1974</t>
+  </si>
+  <si>
+    <t>Avvocato. È specializzato nel rappresentare gli interessi dei clienti nell'arbitrato commerciale internazionale. Padre di molti figli.
+Poco prima del suo arresto, ha firmato un appello contro la guerra da parte di avvocati e giuristi riguardo alle azioni in Ucraina. Immediatamente dopo aver firmato la lettera contro la guerra, Danilevich ha iniziato ad avere problemi al foro: è stato avviato un procedimento disciplinare. È stato anche licenziato dalla BSU, dove ha insegnato alla Facoltà di Relazioni Internazionali per più di 20 anni. La corte ha comminato una condanna a 10 anni in una colonia penale di massima sicurezza . Tuttavia, dopo il ricorso, il termine è stato ridotto a 6 anni.</t>
+  </si>
+  <si>
+    <t>6 anni di reclusione in una colonia penale di massima sicurezza.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
   </si>
   <si>
     <t>Vasily Vadimovich Bachko</t>
   </si>
   <si>
-    <t>30 listopada 1996</t>
+    <t>30 novembre 1996</t>
   </si>
   <si>
     <t>2025-08-18 23:08:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1628,51 +1650,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1759,2146 +1781,2192 @@
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
         <v>70</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>72</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="I13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>78</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>82</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
+        <v>27</v>
+      </c>
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
         <v>94</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>102</v>
       </c>
-      <c r="F19" t="s">
-[...5 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
         <v>110</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>111</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C22" t="s">
         <v>116</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
+        <v>63</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
         <v>120</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>121</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>123</v>
       </c>
       <c r="I23" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>125</v>
       </c>
       <c r="B24" t="s">
         <v>126</v>
       </c>
       <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>102</v>
+        <v>128</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
       <c r="I24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I25" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B26" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C26" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
+      <c r="E26" t="s">
+        <v>72</v>
+      </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B30" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>162</v>
+        <v>53</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>163</v>
       </c>
       <c r="I31" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>165</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="C32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>162</v>
+        <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B35" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="C35" t="s">
         <v>181</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>182</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>183</v>
       </c>
       <c r="I35" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>185</v>
       </c>
       <c r="B36" t="s">
         <v>186</v>
       </c>
       <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
+        <v>182</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>188</v>
       </c>
-      <c r="F36" t="s">
+      <c r="I36" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>190</v>
+      </c>
+      <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>193</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>195</v>
+      </c>
+      <c r="B38" t="s">
+        <v>196</v>
+      </c>
+      <c r="C38" t="s">
+        <v>197</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>198</v>
       </c>
-      <c r="B38" t="s">
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>199</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>201</v>
+      </c>
+      <c r="B39" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" t="s">
+        <v>203</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>204</v>
       </c>
-      <c r="B39" t="s">
+      <c r="F39" t="s">
+        <v>112</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>205</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>207</v>
+      </c>
+      <c r="B40" t="s">
+        <v>191</v>
+      </c>
+      <c r="C40" t="s">
         <v>208</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>209</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>210</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>212</v>
+      </c>
+      <c r="B41" t="s">
         <v>213</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>214</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>215</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>21</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
         <v>227</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>228</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>21</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
         <v>232</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>233</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>234</v>
-      </c>
-[...16 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>235</v>
+      </c>
+      <c r="B46" t="s">
+        <v>236</v>
+      </c>
+      <c r="C46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46" t="s">
         <v>239</v>
-      </c>
-[...13 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>240</v>
+      </c>
+      <c r="B47" t="s">
+        <v>241</v>
+      </c>
+      <c r="C47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>112</v>
+      </c>
+      <c r="G47" t="s">
+        <v>42</v>
+      </c>
+      <c r="H47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="I47" t="s">
         <v>244</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>245</v>
+      </c>
+      <c r="B48" t="s">
+        <v>246</v>
+      </c>
+      <c r="C48" t="s">
         <v>247</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I48" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>250</v>
       </c>
       <c r="B49" t="s">
         <v>251</v>
       </c>
       <c r="C49" t="s">
         <v>252</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
-      <c r="E49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
+        <v>193</v>
+      </c>
+      <c r="I49" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>254</v>
+      </c>
+      <c r="B50" t="s">
         <v>255</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>256</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="I50" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B51" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>260</v>
+        <v>82</v>
       </c>
       <c r="I51" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>262</v>
       </c>
       <c r="B52" t="s">
         <v>263</v>
       </c>
       <c r="C52" t="s">
         <v>264</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>265</v>
       </c>
       <c r="I52" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>267</v>
       </c>
       <c r="B53" t="s">
         <v>268</v>
       </c>
       <c r="C53" t="s">
         <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>162</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>270</v>
       </c>
       <c r="I53" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>272</v>
       </c>
       <c r="B54" t="s">
+        <v>268</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>95</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>193</v>
+      </c>
+      <c r="I54" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>274</v>
+      </c>
+      <c r="B55" t="s">
         <v>275</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>276</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>63</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>277</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
         <v>280</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>281</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>182</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
+        <v>285</v>
+      </c>
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
         <v>287</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>112</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="D57" t="s">
-[...11 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
         <v>291</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>292</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
         <v>296</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>96</v>
+      </c>
+      <c r="I59" t="s">
         <v>297</v>
-      </c>
-[...16 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>298</v>
+      </c>
+      <c r="B60" t="s">
+        <v>299</v>
+      </c>
+      <c r="C60" t="s">
+        <v>300</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>209</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>301</v>
       </c>
-      <c r="B60" t="s">
+      <c r="I60" t="s">
         <v>302</v>
-      </c>
-[...13 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>303</v>
+      </c>
+      <c r="B61" t="s">
+        <v>304</v>
+      </c>
+      <c r="C61" t="s">
         <v>305</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>306</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>307</v>
-      </c>
-[...16 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>308</v>
+      </c>
+      <c r="B62" t="s">
+        <v>309</v>
+      </c>
+      <c r="C62" t="s">
         <v>310</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>209</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>311</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>312</v>
-      </c>
-[...13 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>313</v>
+      </c>
+      <c r="B63" t="s">
+        <v>314</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>37</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>315</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>316</v>
-      </c>
-[...19 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>317</v>
+      </c>
+      <c r="B64" t="s">
+        <v>318</v>
+      </c>
+      <c r="C64" t="s">
+        <v>319</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>320</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>321</v>
-      </c>
-[...13 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>322</v>
+      </c>
+      <c r="B65" t="s">
+        <v>323</v>
+      </c>
+      <c r="C65" t="s">
         <v>324</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>325</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I65" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>327</v>
       </c>
       <c r="B66" t="s">
         <v>328</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>42</v>
+      </c>
+      <c r="H66" t="s">
         <v>329</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>331</v>
+      </c>
+      <c r="B67" t="s">
         <v>332</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>333</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>53</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>334</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>336</v>
+      </c>
+      <c r="B68" t="s">
         <v>337</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>95</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="I68" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>339</v>
+      </c>
+      <c r="B69" t="s">
+        <v>340</v>
+      </c>
+      <c r="C69" t="s">
+        <v>341</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>342</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>343</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>344</v>
+      </c>
+      <c r="B70" t="s">
+        <v>345</v>
+      </c>
+      <c r="C70" t="s">
+        <v>346</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
         <v>347</v>
       </c>
-      <c r="B70" t="s">
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>348</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>350</v>
+      </c>
+      <c r="B71" t="s">
+        <v>351</v>
+      </c>
+      <c r="C71" t="s">
+        <v>352</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>353</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>355</v>
+      </c>
+      <c r="B72" t="s">
+        <v>356</v>
+      </c>
+      <c r="C72" t="s">
+        <v>357</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>358</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>359</v>
-      </c>
-[...19 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="B73" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C73" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>235</v>
+        <v>363</v>
       </c>
       <c r="I73" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>365</v>
+      </c>
+      <c r="B74" t="s">
+        <v>366</v>
+      </c>
+      <c r="C74" t="s">
         <v>367</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>72</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
         <v>368</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>370</v>
+      </c>
+      <c r="B75" t="s">
+        <v>371</v>
+      </c>
+      <c r="C75" t="s">
         <v>372</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>53</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>373</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>374</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>375</v>
+      </c>
+      <c r="B76" t="s">
+        <v>376</v>
+      </c>
+      <c r="C76" t="s">
         <v>377</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>378</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>379</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>380</v>
+      </c>
+      <c r="B77" t="s">
+        <v>381</v>
+      </c>
+      <c r="C77" t="s">
         <v>382</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>248</v>
+      </c>
+      <c r="I77" t="s">
         <v>383</v>
-      </c>
-[...16 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>384</v>
+      </c>
+      <c r="B78" t="s">
+        <v>385</v>
+      </c>
+      <c r="C78" t="s">
+        <v>386</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
         <v>387</v>
       </c>
-      <c r="B78" t="s">
+      <c r="I78" t="s">
         <v>388</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>389</v>
+      </c>
+      <c r="B79" t="s">
+        <v>390</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>391</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
         <v>392</v>
       </c>
-      <c r="B79" t="s">
+      <c r="I79" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>394</v>
+      </c>
+      <c r="B80" t="s">
+        <v>395</v>
+      </c>
+      <c r="C80" t="s">
+        <v>396</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
         <v>397</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>398</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="I80" t="s">
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
         <v>399</v>
+      </c>
+      <c r="B81" t="s">
+        <v>400</v>
+      </c>
+      <c r="C81" t="s">
+        <v>401</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
+        <v>402</v>
+      </c>
+      <c r="I81" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>404</v>
+      </c>
+      <c r="B82" t="s">
+        <v>405</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" t="s">
+        <v>193</v>
+      </c>
+      <c r="I82" t="s">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">