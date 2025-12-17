--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -12,1498 +12,1388 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
-[...49 lines deleted...]
-    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
+  <si>
+    <t>Cognome e nome</t>
+  </si>
+  <si>
+    <t>Compleanno</t>
+  </si>
+  <si>
+    <t>Descrizione</t>
+  </si>
+  <si>
+    <t>Genere</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>L'ONG "Viasna"</t>
+  </si>
+  <si>
+    <t>Frase</t>
+  </si>
+  <si>
+    <t>Data di inserimento sul sito</t>
+  </si>
+  <si>
+    <t>Stanislav Aleksandrovich Mikhailov</t>
+  </si>
+  <si>
+    <t>2 dicembre 1977</t>
+  </si>
+  <si>
+    <t>Stanislav è stato arrestato il 9 agosto 2020 in un bar nel centro di Pinsk mentre beveva caffè ed è stato duramente picchiato. È stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
-    <t>Виктор Викторович Сачковский</t>
-[...8 lines deleted...]
-    <t>Решение суда 11.03.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 02.05.2024: неизвестно.</t>
+    <t>Victor Viktorovich Sachkovsky</t>
+  </si>
+  <si>
+    <t>2 dicembre 1989</t>
+  </si>
+  <si>
+    <t>Secondo i documenti del caso , il 27 febbraio 2022, l'uomo ha filmato i voli di aerei militari e ha inviato il video ai cosiddetti. "formazione estremista". Non è stato specificato dove sia stato inviato esattamente il video.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.03.2024: 2 anni di reclusione in una colonia del regime generale. Appello 02.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
-    <t>Павел Юрьевич Лукашевич</t>
-[...11 lines deleted...]
-    <t>Решение суда 27.05.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: приговор оставлен без изменения.</t>
+    <t>Nikolay Vladimirovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 dicembre 1978</t>
+  </si>
+  <si>
+    <t>Nikolai è accusato di "finanziamento di attività terroristiche", secondo questo articolo rischia da 8 a 12 anni di carcere.
+L'ultimo luogo di lavoro conosciuto dell'uomo era il Centro repubblicano per la preparazione olimpica di atletica leggera.
+Il 6 giugno 2023 è stato condannato ai sensi dell'art. 361-2 del codice penale per 6 anni in colonia di massima sicurezza e una pesante multa. Altri dettagli del caso non sono noti.
+Il 1 settembre 2023, presso la Corte Suprema, il giudice V. Cherevach avrebbe dovuto esaminare il ricorso del prigioniero politico. Al momento è entrata in vigore la prima sentenza, quindi, al momento della seconda, Vasilevich era considerato già condannato.
+Il 12 settembre 2023, presso il tribunale distrettuale di Pervomaisky si è svolto un altro processo contro Nikolai. Questa volta è stato accusato di "finanziamento di attività terroristiche". In totale, per le donazioni, Svetlana Cherepovich lo ha condannato a 9 anni e 6 mesi in una colonia di massima sicurezza, oltre a una multa di 600 unità base. Nel filmato filogovernativo si dice che abbia fatto almeno 54 donazioni a fondi di solidarietà.
+Il 14 novembre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>9,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+  </si>
+  <si>
+    <t>2023-01-03 16:08:31</t>
+  </si>
+  <si>
+    <t>Pavel Yurievich Lukashevich</t>
+  </si>
+  <si>
+    <t>3 dicembre 1987</t>
+  </si>
+  <si>
+    <t>La detenzione del residente di Lidchan è diventata nota il 22 settembre. In un video della polizia, ha affermato di essere stato “registrato nel Piano Peramoga” e di aver lasciato “minacce” alle forze di sicurezza in un telegramma. Secondo il canale telegrafico “Detenzioni, tribunali in Lida”, l'uomo è stato arrestato per 15 giorni in base ad un articolo amministrativo anonimo.</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.05.2024: 4 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-02 18:38:03</t>
   </si>
   <si>
-    <t>Дмитрий Валерьевич Дубков</t>
-[...50 lines deleted...]
-    <t>Решение суда 04.09.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Апелляция 05.11.2024: неизвестно. Решение суда 07.10.2025: 6 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
+    <t>Victor Alexandrovich Savchits</t>
+  </si>
+  <si>
+    <t>4 dicembre 1981</t>
+  </si>
+  <si>
+    <t>Il giudice Evgeny Pisarevich ha esaminato il caso dal 28 agosto al 4 settembre 2024. Viktor sarà inoltre condannato a pagare 1.000 rubli a titolo di risarcimento per danni morali all'agente di polizia di Logoisk.
+Il 7 ottobre 2025 è stato pronunciato il verdetto del secondo processo: tenendo conto del primo processo, 6 anni di reclusione in un carcere di massima sicurezza, una multa di 600 unità base, nonché il risarcimento dei danni morali a Chemodanova - 5.000 rubli bielorussi, Karpenkov - 2.000 rubli bielorussi e Nikitenko - 5.000 rubli bielorussi.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.09.2024: 6 anni di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Appello 05.11.2024: sconosciuto. Sentenza del tribunale 07.10.2025: 6 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
-    <t>Александр Сергеевич Вересович</t>
-[...11 lines deleted...]
-    <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
+    <t>Andrey Edwardovich Krot</t>
+  </si>
+  <si>
+    <t>4 dicembre 1975</t>
+  </si>
+  <si>
+    <t>Il 28 ottobre 2022 è stato inserito nell'elenco delle persone inclini ad attività estremiste.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
+  </si>
+  <si>
+    <t>2022-11-05 13:59:21</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Veresovich</t>
+  </si>
+  <si>
+    <t>4 dicembre 1966</t>
+  </si>
+  <si>
+    <t>Il nome di Alexander è apparso nel programma del tribunale. L’uomo è accusato di aver fatto donazioni a favore dell’Ucraina e di un “gruppo estremista”.
+È interessante notare che l’uomo ha fatto una donazione a sostegno della “formazione estremista” prima del maggio 2021, quando in Bielorussia non esistevano affatto formazioni estremiste. Ora l'uomo rischia dai cinque ai dieci anni di carcere. Il processo inizierà il 19 marzo presso il tribunale della città di Minsk.
+Alexander ha una piccola impresa a Molodechno: come imprenditore individuale si occupa del trasporto merci con il proprio autobus. Sta crescendo due figli: una giovane figlia che sta finendo la prima media e un figlio che ora dovrebbe frequentare la scuola superiore.</t>
+  </si>
+  <si>
+    <t>6 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Андрей Эдвардович Крот</t>
-[...31 lines deleted...]
-    <t>2,5 года лишения свободы в колонии общего режима.</t>
+    <t>Alexander Yurievich Volchok</t>
+  </si>
+  <si>
+    <t>5 dicembre 1986</t>
+  </si>
+  <si>
+    <t>È stato arrestato il 28 giugno 2021, ha scontato 7 giorni di arresto amministrativo. È stato rilasciato il 5 luglio, dopodiché è stato nuovamente arrestato dalla commissione investigativa, ma questa volta nell'ambito di un procedimento penale.
+Secondo l'accusa, Alexander a Odnoklassniki da novembre a dicembre 2020, da maggio a dicembre 2021 ha pubblicato pubblicazioni che insultavano Lukashenka.
+A dicembre 2020 e marzo 2021, ha pubblicato un commento testuale e un video sul social network Vkontakte, parlando con Lukashenka.</t>
+  </si>
+  <si>
+    <t>2,5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
-    <t>Марина Викторовна Мазовка</t>
-[...11 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Marina Viktorovna Mazovka</t>
+  </si>
+  <si>
+    <t>5 dicembre 1972</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
   </si>
   <si>
-    <t>Юрий Андреевич Костюк</t>
-[...14 lines deleted...]
-    <t>Решение суда 17.11.2020: 1 год ограничения свободы с направлением в учреждение открытого типа, приблизительно 58 рублей компенсации. Суд по смене режима 23.11.2021: 1 месяц 16 дней лишения свободы в колонии в условиях общего режима. Решение суда 13.01.2023: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 21.03.2023: приговор оставлен без изменения. Суд по смене режима 27.05.2024: тюремный режим до конца срока.</t>
+    <t>Inna Viktorovna Korbut</t>
+  </si>
+  <si>
+    <t>6 dicembre 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Si è laureata in psicologia infantile presso l'Università Statale Kuleshov di Mogilev. Ha vissuto anche a Mozyr e Mogilev. Negli ultimi tre anni ha lavorato come imprenditrice, specializzandosi in fotografia.
+Inna è stato arrestato e condannato nel 2025 per "favoreggiamento di attività estremiste". L'accusa è legata al caso Gayun. È noto che Inna è stato condannato a una colonia penale , ma la sentenza, così come l'esatta natura delle accuse, sono sconosciute.
+</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
+  </si>
+  <si>
+    <t>Yuri Andreevich Kostyuk</t>
+  </si>
+  <si>
+    <t>6 dicembre 1997</t>
+  </si>
+  <si>
+    <t>La prima volta, Yuri è stato condannato perché, secondo le accuse, nel settembre 2020, mentre camminava con gli amici vicino all'Hotel Molodezhnaya, durante una conversazione ha tirato la bandiera nazionale, che alla fine è caduta.
+Nel novembre 2021 la sua condanna è stata modificata ed è stato trasferito in una colonia penale.
+Nel gennaio 2022 è stato rilasciato, dopo aver scontato completamente la pena.
+Il 15 febbraio 2022, Yuri è stato nuovamente arrestato nell'ambito di un procedimento penale avviato ai sensi dell'articolo "assistenza ad attività estremiste". Fu arrestato amministrativamente, durante la quale gli agenti del KGB andarono a trovarlo. A seguito delle percosse, si sospetta che abbia riportato la frattura delle costole. Il procedimento penale non è stato chiuso.
+Nel maggio 2022 è stato nuovamente arrestato in Russia a causa di una lista di ricercati e nell'ottobre dello stesso anno è stato estradato in Bielorussia, sebbene il caso di estradizione sia stato formalmente chiuso il 26 settembre 2022.
+Nel gennaio 2023, Yuri è stato nuovamente condannato per aver aiutato altri prigionieri politici a ricevere assistenza dalle fondazioni. Al processo si è dichiarato non colpevole e si è rifiutato di testimoniare.
+Nel maggio 2024 la sua pena è stata aumentata ed è stato trasferito in carcere fino al termine della pena.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.11.2020: 1 anno di restrizione della libertà con trasferimento in un istituto penitenziario aperto, circa 58 rubli di risarcimento. Tribunale per il cambio di regime 23.11.2021: 1 mese 16 giorni di reclusione in una colonia del regime generale. Sentenza del tribunale 13.01.2023: 4 anni di reclusione in una colonia del regime generale. Appello 21.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 27.05.2024: regime carcerario fino alla fine della pena.</t>
   </si>
   <si>
     <t>2021-03-03 15:36:30</t>
   </si>
   <si>
-    <t>Инна Викторовна Корбут</t>
-[...29 lines deleted...]
-    <t>3 года лишения свободы в колонии общего режима.</t>
+    <t>Viktor Lameko</t>
+  </si>
+  <si>
+    <t>6 dicembre 1968</t>
+  </si>
+  <si>
+    <t>Victor Lameko, un imprenditore di Zelva, è stato brutalmente detenuto e picchiato durante il suo arresto. Inizialmente, è stato redatto un protocollo contro di lui ai sensi dell'articolo amministrativo 19.11 del Codice dei reati amministrativi della Repubblica di Bielorussia (diffusione di materiale estremista). Senza nemmeno permettere a Lameko di lasciare il tribunale, le forze di sicurezza lo hanno nuovamente arrestato e hanno redatto nuovamente un protocollo ai sensi dell'art. 19.11 Codice amministrativo della Repubblica di Bielorussia. Quando l'uomo si trovava nel centro di custodia cautelare, contro di lui è stato redatto un terzo verbale.
+Come si è saputo , l'uomo d'affari si trova in un centro di custodia cautelare, è già stato accusato ai sensi di un articolo penale per diffamazione contro A.G. Lukashenka.
+Mentre l'uomo era in carcere, sua madre è morta.
+Viktor ha citato in giudizio le autorità fiscali e ha difeso gli imprenditori della regione di Grodno in tribunale.</t>
+  </si>
+  <si>
+    <t>3 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
-    <t>Владимир Анатольевич Трифонов</t>
-[...14 lines deleted...]
-    <t>14 лет лишения свободы в колонии общего режима.</t>
+    <t>Vladimir Anatolyevich Trifonov</t>
+  </si>
+  <si>
+    <t>6 dicembre 1964</t>
+  </si>
+  <si>
+    <t>Non si conoscono i dettagli del caso, poiché il processo si è svolto a porte chiuse, e infatti il procedimento penale è classificato.
+I dettagli della detenzione dei detenuti sono noti dal film di propaganda “Operazione del KGB “Mankurt””, proiettato da ONT nel 2021.
+Secondo il film, Vladimir Trifonov è una guida attraverso il confine bielorusso-lituano, attraverso il quale avrebbe dovuto trasferire illegalmente Alexei Khralovich .
+Ha iniziato a scontare la pena.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>14 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Анна Владимировна Власенко</t>
-[...5 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно.</t>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>7 dicembre 1981</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-11-01 22:19:38</t>
   </si>
   <si>
-    <t>Александр Станиславович Юшкевич</t>
-[...5 lines deleted...]
-    <t>8 лет лишения свободы в колонии усиленного режима.</t>
+    <t>Alexander Stanislavovich Yushkevich</t>
+  </si>
+  <si>
+    <t>7 dicembre 1987</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2023-09-04 22:43:02</t>
   </si>
   <si>
-    <t>Егор Александрович Михайлов</t>
-[...12 lines deleted...]
-    <t>Решение суда 26.07.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 685 рублей компенсации. Решение суда 05.10.2023: 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: приговор оставлен без изменения.</t>
+    <t>Egor Aleksandrovich Michailov</t>
+  </si>
+  <si>
+    <t>7 dicembre 1994</t>
+  </si>
+  <si>
+    <t>Yegor è stato arrestato nel febbraio 2021 e successivamente condannato per aver appiccato il fuoco a un carro armato T-72 a bordo di un treno militare alla stazione ferroviaria di Stepyanka. Secondo il fascicolo, la notte del 31 gennaio 2021, ha lanciato una molotov con la scritta "OGSB" contro il carro armato. Le sue azioni sono state classificate come "atto di terrorismo". Secondo l'accusa, Yegor ha commesso l'incendio doloso sulla base delle sue opinioni politiche.
+All'inizio di ottobre 2023, è stato annunciato che Yegor era stato trasferito al Centro di detenzione preventiva n. 1 in relazione a un nuovo procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni". In questo caso, è stato condannato a ulteriori sei mesi di carcere.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.07.2021: 10 anni di reclusione in una colonia del regime potenziato, 685 rubli di risarcimento. Sentenza del tribunale 05.10.2023: 6 mesi di reclusione in una colonia del regime potenziato. Appello 12.12.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
-    <t>Лилия Витольдовна Юруть</t>
-[...5 lines deleted...]
-    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Marina Vladimirovna Leonovich</t>
+  </si>
+  <si>
+    <t>8 dicembre 1995</t>
+  </si>
+  <si>
+    <t>Marina è una specialista IT di lingua bielorussa che lavora presso l'EPAM e si occupa anche di lavori creativi. Scrive articoli per la Wikipedia bielorussa, realizza illustrazioni, traduce in bielorusso e scrive poesie. Dopo l'inizio dell'aggressione russa su vasta scala contro l'Ucraina, si trasferì in Georgia, ma poi, per ragioni sconosciute, tornò in Bielorussia. Fu presto arrestata nell'ambito di un procedimento penale e condannata ai sensi degli articoli "finanziamento di attività estremiste" e "finanziamento o altro sostegno finanziario alla guerra".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.01.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
+    <t>Lily Vitoldovna Yurut</t>
+  </si>
+  <si>
+    <t>8 dicembre 1976</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
   </si>
   <si>
-    <t>Егор Андреевич Захарчук</t>
-[...9 lines deleted...]
-    <t>неизвестно</t>
+    <t>Natalia Sergeevna Saluk</t>
+  </si>
+  <si>
+    <t>8 dicembre 1999</t>
+  </si>
+  <si>
+    <t>Un canale Telegram filogovernativo ha pubblicato un video sulla detenzione di una donna bielorussa che ha preso parte alle proteste del 2020 e ha “ostruito il passaggio” di un'auto della polizia stradale. Come scrivono gli autori del canale, è stato aperto un procedimento penale contro la ragazza. Non è specificato in quale articolo.
+È noto che Natalya si è laureata alla BSTU nel 2022.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-11 02:04:25</t>
+  </si>
+  <si>
+    <t>Kirill Kuokovic Nguyen</t>
+  </si>
+  <si>
+    <t>8 dicembre 1993</t>
+  </si>
+  <si>
+    <t>Il 12 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.04.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.07.2024: il verdetto è stato confermato. Sentenza del tribunale 25.03.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 20.06.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Anna Valentinovna Korneenko</t>
+  </si>
+  <si>
+    <t>8 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Ex contabile dell'impianto elettrotecnico di Minsk intitolato a Vavilov . Il processo è iniziato il 19 maggio e si è svolto a porte chiuse, quindi si hanno poche informazioni sulla natura delle accuse . È noto che Anna è stata licenziata dal suo lavoro dopo "People's Ultimatum" nel 2020, poi ha citato in giudizio l'azienda per licenziamento illegale.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 24.05.2023: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2023-05-31 22:42:36</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 dicembre 1992</t>
+  </si>
+  <si>
+    <t>Condannato per aver partecipato a proteste, oltre che per commenti sui social network.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
   </si>
   <si>
     <t>2023-08-11 19:24:21</t>
   </si>
   <si>
-    <t>Кирилл Куокович Нгуен</t>
-[...67 lines deleted...]
-13.10.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 dicembre 1969</t>
+  </si>
+  <si>
+    <t>Valentin è accusato di aver fatto commenti offensivi su Lukashenko, Karanik e i soldati russi che combattono in Ucraina. Valery ha lavorato come guardia d'asilo.
+Il 13 ottobre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>2022-09-02 19:37:13</t>
   </si>
   <si>
-    <t>Виктор Анджелович Мекка</t>
-[...24 lines deleted...]
-    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Artem Anatolevich Lebedko</t>
+  </si>
+  <si>
+    <t>9 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Secondo gli attivisti per i diritti umani , il figlio del politico Anatoly Lebedko è accusato di finanziamento di attività estremiste. Artyom è stato arrestato alla fine di marzo e poi condannato due volte a 15 giorni di arresto, dopodiché è stato accusato e trasferito al centro di detenzione preventiva-1.
+Secondo l’accusa, nel 2020, “sulla base dell’ostilità ideologica”, Lyabedzko ha effettuato diversi trasferimenti di denaro telefonicamente a tre fondi riconosciuti come “formazioni estremiste” utilizzando il conto corrente di una delle banche. È stato riferito che i fondi sono stati trasferiti tramite il sistema di pagamento del popolare social network Facebook. Presumibilmente stiamo parlando dei fondi BY_help e del Fondo di solidarietà sportiva bielorusso.
+Al processo, il prigioniero politico non ha ammesso la sua colpa e ha dichiarato di non comprendere affatto l'essenza delle accuse mosse contro di lui e di non capire perché fosse sul banco degli imputati.
+Il 31 ottobre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>3,5 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Tatiana Ivanovna Palubok</t>
+  </si>
+  <si>
+    <t>9 dicembre 1978</t>
+  </si>
+  <si>
+    <t>È noto che i dipendenti della GUBOPiK stanno indagando su un caso contro persone presumibilmente coinvolte nella chat telegrafica "Partigiani di Novogrudk". Contro di loro sono stati aperti procedimenti penali ai sensi dell'articolo di estremismo. Tutti coloro che sono stati interrogati nel caso sono tenuti a firmare un accordo di non divulgazione.
+I media riferiscono che almeno sei persone tra quelle arrestate dalle forze di sicurezza 15 giorni fa non sono uscite dopo aver scontato l'arresto amministrativo, inclusa Tatyana.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
   </si>
   <si>
-    <t>Артем Анатольевич Лебедько</t>
-[...27 lines deleted...]
-    <t>Решение суда 30.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+    <t>Alina Valentinovna Khmelevskaya</t>
+  </si>
+  <si>
+    <t>10 dicembre 1984</t>
+  </si>
+  <si>
+    <t>Alina è stata condannata nel luglio 2024 per i reati di "partecipazione a un gruppo armato o a un conflitto armato sul territorio di uno Stato straniero" e "finanziamento delle attività di un gruppo estremista".
+Gli attivisti per i diritti umani non sono a conoscenza della pena o della natura delle accuse, ma in Bielorussia il primo articolo è solitamente utilizzato per i procedimenti penali per aver sostenuto l'Ucraina nella guerra. Per una simile donazione, avrebbe potuto essere condannata a cinque-dieci anni di carcere.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Сергей Петрович Забелич</t>
-[...11 lines deleted...]
-    <t>Решение суда 04.04.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.06.2024: неизвестно.</t>
+    <t>Sergey Petrovich Zabelich</t>
+  </si>
+  <si>
+    <t>11 dicembre 1972</t>
+  </si>
+  <si>
+    <t>Sergei Zabelich, 51 anni, di Minsk, si è laureato all'Università statale bielorussa di informatica e radioelettronica. A giudicare da Linkedin, ha lavorato come programmatore per almeno vent'anni. Nel settembre 2022 è passato da Nikta Technologies a Intrahealth, una società HTP residente che opera nel mercato canadese.
+È noto che Sergei è stato arrestato il 13 dicembre 2020, quando le persone sono andate insieme per le marce di strada. Quel giorno furono arrestati altri 300 bielorussi.
+È accusato di due capi d'imputazione: “finanziamento di attività estremiste, commesse ripetutamente” e “finanziamento delle attività di una formazione estremista”. Rischia fino a otto anni di carcere.
+Il 7 giugno 2024 l'appello è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.04.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-02 13:51:41</t>
   </si>
   <si>
-    <t>Вилен Сергеевич Тургунов</t>
-[...12 lines deleted...]
-    <t>Решение суда 20.08.2024: неизвестно. Апелляция 25.10.2024: неизвестно.</t>
+    <t>Alla Ivanovna Puchinskaya</t>
+  </si>
+  <si>
+    <t>11 dicembre 1981</t>
+  </si>
+  <si>
+    <t>Il 21 febbraio 2024, presso il tribunale distrettuale di Pinsk, il giudice Andrey Bychilo ha esaminato il caso ai sensi della Parte 2 dell'art. 19.11 del Codice degli illeciti amministrativi (Distribuzione di prodotti informativi inclusi nell'elenco repubblicano di materiali estremisti, nonché produzione, pubblicazione, archiviazione o trasporto ai fini della distribuzione di tali prodotti informativi).
+A quanto pare, in seguito è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.02.2024: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-01-31 18:44:06</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Glushkov</t>
+  </si>
+  <si>
+    <t>11 dicembre 1968</t>
+  </si>
+  <si>
+    <t>Evgeny Glushkov è un ex giornalista di Mogilev, negli anni '90 e 2000 ha lavorato alla televisione cittadina, dopo di che ha collaborato con diversi portali cittadini.
+Glushkov è stato arrestato all'inizio di gennaio per aggressione perché l'uomo non ha aperto la porta alle forze di sicurezza. È stato trascinato in strada con gli stessi vestiti che indossava a casa.
+Secondo alcuni rapporti è stato accertato che contro Glushkov è stato aperto un procedimento penale per attività giornalistica. L'articolo presunto è 361-1 del Codice penale della Repubblica di Bielorussia (creazione o partecipazione ad una formazione estremista).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-12 16:40:41</t>
+  </si>
+  <si>
+    <t>Vilen Sergeevich Turgunov</t>
+  </si>
+  <si>
+    <t>Il motivo della detenzione di Vilen Turgunov, residente a Gomel, sono stati i commenti su Internet, compresi quelli negativi nei confronti della polizia.
+Vilen Turgunov ha 55 anni. Suo padre è dell'Uzbekistan, sua madre è bielorussa. Vilen si è laureato in giurisprudenza presso l'università russa di Novozybkov (regione di Bryansk). Vilen Turgunov ha lavorato presso il Dipartimento degli affari interni del distretto di Zheleznodorozhny del centro regionale. Lì c'erano seri problemi. Nel 2001, ha ricevuto un rimprovero per "atteggiamento irresponsabile nei confronti del servizio", nel 2002 ha ricevuto "incoerenza ufficiale incompleta" e nel 2004 ha ricevuto un rimprovero per "grave violazione della disciplina ufficiale, violazione di un ordine del Ministero dell'Interno" Affari."
+Successivamente, l'ex poliziotto ha lavorato presso un'impresa di costruzioni e installazioni a Gomel.
+Il detenuto ha mantenuto attivamente pagine su vari social network, dove ha parlato di eventi politici e sociali. Per il suo sostegno all’Ucraina, altri netizen lo hanno definito un “Banderita”.
+Anche il parente di Vilen Turgunov, Igor Kazubov, sta scontando una pena.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.08.2024: sconosciuto. Appello 25.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
-    <t>Евгений Александрович Глушков</t>
-[...39 lines deleted...]
-    <t>Решение суда 08.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
+    <t>Ilya Slavomirovich Gumbar</t>
+  </si>
+  <si>
+    <t>12 dicembre 1989</t>
+  </si>
+  <si>
+    <t>Ilya lavora per la società informatica iTechArt da più di dodici anni. Questa è una grande azienda con più di mille e mezzo dipendenti. Ilya - Ingegnere informatico senior. Gumbar ha due hobby molto conosciuti: il turismo sportivo e il trail running. Il trail running consiste nella corsa su lunghe distanze su terreni accidentati, foreste spesso impraticabili o alte montagne (il dislivello all'interno del percorso può raggiungere migliaia di metri). Secondo la classifica UTMB, è al secondo posto in Bielorussia tra gli uomini in questa disciplina.
+Il 3 settembre 2024 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2024: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
-    <t>Игорь Евстафьевич Сидарович</t>
-[...10 lines deleted...]
-    <t>Решение суда 31.03.2021: 140 базовых величин штрафа. Решение суда 02.06.2021: 1 год 6 месяцев ограничения свободы без направления, 1500 рублей компенсации. Решение суда 22.07.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 dicembre 1980</t>
+  </si>
+  <si>
+    <t>Il 19 marzo 2024 è stato esaminato il ricorso della corte. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
+    <t>Leonid Valerievich Raichenok</t>
+  </si>
+  <si>
+    <t>12 dicembre 1986</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa , il 17 maggio 2022 Leonid Raichonok ha trasferito 400 dollari per giubbotti antiproiettile ai volontari bielorussi che combattevano a fianco dell'Ucraina. Ha fatto una seconda donazione di 150 dollari a beneficio del “Prague Support Team” (un’associazione di bielorussi a Praga che raccoglie donazioni e le usa per acquistare uniformi, a volte accessori per armi, per i volontari bielorussi che combattono a fianco del Ucraina). Le azioni del residente di Brest sono state qualificate come "finanziamenti ai cittadini della Repubblica di Bielorussia per partecipare sul territorio di uno stato straniero alla formazione armata di una delle parti in guerra, ai conflitti armati, alle operazioni militari".
+Il 12 dicembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.12.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-19 23:13:30</t>
+  </si>
+  <si>
+    <t>Igor Evstafievich Sidarovich</t>
+  </si>
+  <si>
+    <t>12 dicembre 1972</t>
+  </si>
+  <si>
+    <t>Igor è stato condannato per la prima volta per aver srotolato uno striscione con la scritta "Finché nel Paese regna l'illegalità, resistere è nostro dovere", bloccando il traffico. Gli è stata inflitta una multa salata.
+Successivamente, è stato nuovamente condannato per aver insultato le autorità tramite un commento sulla chat "Molodechno for Life" e gli è stata assegnata una misura preventiva sotto forma di "arresti domiciliari". Igor è disabile, poiché gli manca una gamba.
+Alla fine del 2024, si è saputo che Igor era stato nuovamente arrestato e posto in custodia cautelare. Nel luglio 2025, è stato condannato a pene detentive e a una multa elevata per "Aiuto ad attività estremiste".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.03.2021: 140 unità di base di multa. Sentenza del tribunale 02.06.2021: 1 anno 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto, 1500 rubli di risarcimento. Sentenza del tribunale 22.07.2025: 4 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Леонид Валерьевич Райченок</t>
-[...36 lines deleted...]
-    <t>Решение суда 01.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Olga Viktorovna Kolpakova</t>
+  </si>
+  <si>
+    <t>13 dicembre 1979</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.08.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
   </si>
   <si>
-    <t>Андрей Юрьевич Савинский</t>
-[...9 lines deleted...]
-    <t>5 лет лишения свободы в колонии общего режима</t>
+    <t>Vladislav Vadimovich Brouwer</t>
+  </si>
+  <si>
+    <t>14 dicembre 1995</t>
+  </si>
+  <si>
+    <t>2025-07-20 12:14:16</t>
+  </si>
+  <si>
+    <t>Stanislav Aleksandrovich Filimonov</t>
+  </si>
+  <si>
+    <t>14 dicembre 1999</t>
+  </si>
+  <si>
+    <t>Stanislav, cittadino ucraino, è stato arrestato nel maggio 2021 nell'ambito di un procedimento penale avviato dopo le proteste spontanee contro i brogli elettorali avvenute a Brest il 10 agosto 2020. È stato condannato per aver partecipato a "rivolte di massa".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.11.2021: 5 anni di reclusione in una colonia del regime potenziato, 100 unità di base di multa. Appello 14.01.2022: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-10-22 20:20:55</t>
+  </si>
+  <si>
+    <t>Andrey Yurievich Savinsky</t>
+  </si>
+  <si>
+    <t>14 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Secondo gli atti , Savinskij nel corso di un anno e mezzo avrebbe trasferito sui conti di fondi riconosciuti come “estremisti” l'equivalente di 50 dollari americani. Allo stesso tempo, ha utilizzato più volte il suo account Facebook. Ha anche creato e pubblicato 4 messaggi di testo in una delle chat di Telegram, presumibilmente volti a “incitare all’ostilità sociale nella società”.
+Il 12 gennaio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia a regime generale</t>
   </si>
   <si>
     <t>2023-10-31 18:01:01</t>
   </si>
   <si>
-    <t>Константин Сергеевич Притуленко</t>
-[...12 lines deleted...]
-    <t>6 лет лишения свободы в колонии строгого режима.</t>
+    <t>Konstantin Sergeevich Pritulenko</t>
+  </si>
+  <si>
+    <t>14 dicembre 1979</t>
+  </si>
+  <si>
+    <t>Ex procuratore aggiunto del distretto di Glusk.
+Nel video pubblicato dal comitato investigativo, Prytulenko ha affermato di aver inviato i dati di un dipendente dell'ufficio del procuratore del distretto di Glusk e di un medico al chatbot del Libro nero della Bielorussia.
+Secondo Nasha Niva, nel 2005 Konstantin Prytulenko era un investigatore e successivamente assistente del procuratore distrettuale. Non si sa dove lavorasse Prytulenko prima del suo arresto.
+Inizialmente il processo era aperto, ma, su richiesta degli ufficiali feriti e delle forze di sicurezza, è stato chiuso.In totale, più di una dozzina di persone passano come vittime, tra cui l'ex vicepresidente del consiglio comunale di Mogilev, "il principale ideologo della città" Alla Galushko. Altre vittime includono membri di commissioni elettorali, pubblici ministeri, forze dell'ordine e altri funzionari governativi.</t>
+  </si>
+  <si>
+    <t>6 anni di carcere in una colonia a regime rigoroso.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Владислав Вадимович Брауэр</t>
-[...32 lines deleted...]
-    <t>Решение суда 31.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+    <t>Olga Vladimirovna Lotsmanova</t>
+  </si>
+  <si>
+    <t>15 dicembre 1972</t>
+  </si>
+  <si>
+    <t>È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.10.2024: sconosciuto. Appello 10.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
+  </si>
+  <si>
+    <t>Stanislav Valentinovich Kuzmitsky</t>
+  </si>
+  <si>
+    <t>15 dicembre 1986</t>
+  </si>
+  <si>
+    <t>Secondo i materiali dell'indagine , Kuzmitsky, "avendo valori perversi e un fraintendimento della parola" patriottismo ", si unì intenzionalmente a un'organizzazione terroristica e diresse alcune risorse della rete"...97". Ha amministrato più di 30 chat room che, sotto brutale controllo e guida dall'estero, si sono riempite di materiale estremista. L'uomo ha formato la composizione di comunità estremiste, assegnato ruoli e organizzato la partecipazione dei loro membri alle proteste. Inoltre, ha adottato misure per unire e aumentare il numero delle comunità: le ha sostenute moralmente in conversazioni private, ha organizzato attività ricreative congiunte, ha distribuito prodotti di propaganda, ha disegnato disegni e iscrizioni di carattere estremista sulle facciate degli edifici.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>15 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-12-28 13:36:42</t>
+  </si>
+  <si>
+    <t>Alexander Evgenyevich Sobolevsky</t>
+  </si>
+  <si>
+    <t>15 dicembre 1967</t>
+  </si>
+  <si>
+    <t>A Mogilev, Sobolevskij è conosciuto come uno dei liberi professionisti che ha collaborato con le pubblicazioni online della città fino al 2020. Ales è stato condannato due volte per violazione amministrativa della durata di un giorno, dopodiché non è stato rilasciato.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Армен Александрович Арзуманян</t>
-[...75 lines deleted...]
-    <t>Решение суда 12.02.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
+    <t>Elena Nikolaevna Verbitskaya</t>
+  </si>
+  <si>
+    <t>16 dicembre 1955</t>
+  </si>
+  <si>
+    <t>È stata detenuta per aver aiutato prigionieri politici il 23 gennaio 2024, dopodiché Elena è stata rilasciata, ma è stata nuovamente detenuta nell'aprile dello stesso anno e collocata in un centro di custodia cautelare.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-03 23:02:53</t>
+  </si>
+  <si>
+    <t>Victor Vasilevich Barket</t>
+  </si>
+  <si>
+    <t>16 dicembre 1973</t>
+  </si>
+  <si>
+    <t>Il 10 maggio 2024 si è tenuta un'udienza di appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.02.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
-    <t>Елена Николаевна Вербицкая</t>
-[...28 lines deleted...]
-    <t>4 года лишения свободы в колонии</t>
+    <t>Maxim Valerievich Solop</t>
+  </si>
+  <si>
+    <t>17 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Maxim Solop ha 36 anni. È originario di Brest. Nel 2012 si è laureato presso il Dipartimento di Fisica dell'Università statale Francisk Skaryna Gomel. Ha lavorato come ingegnere presso il Centro informatico di Brest per i trasporti import-export delle ferrovie bielorusse.
+Maxim ama viaggiare e le attività ricreative attive, pratica inoltre vari sport e conduce uno stile di vita sano.
+Il processo inizierà il 24 febbraio 2025 presso il tribunale della città di Brest. Maxim è accusato di “incitamento ad azioni volte a danneggiare la sicurezza nazionale della Bielorussia” (Parte 3 dell’articolo 361 del Codice penale).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Ex medico legale. Programmazione studiata.</t>
+  </si>
+  <si>
+    <t>5,5 anni di carcere in una colonia penale</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
+  </si>
+  <si>
+    <t>Pavel Vladimirovich Kuntsevich</t>
+  </si>
+  <si>
+    <t>17 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Pavel Kuntsevich ha 39 anni. È residente a Minsk, ha studiato presso l'Istituto statale di ecologia di Minsk intitolato a Sakharov come psicologo. Ha lavorato al mercato Chervensky, dove aveva il suo punto vendita, e recentemente ha realizzato serre per soldi.
+A giudicare dai social network, è stato arrestato nell'autunno del 2023. È stato accusato ai sensi della parte 3 dell'art. 361 del codice penale della Bielorussia - "richiede sanzioni o altre azioni volte a danneggiare la sicurezza nazionale della Bielorussia". Secondo l'articolo, ha rischiato fino a 12 anni di carcere.Pavel ha una famiglia numerosa: moglie e quattro figli.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>4 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2024-01-15 21:41:51</t>
   </si>
   <si>
-    <t>Павел Викторович Мякиш</t>
-[...26 lines deleted...]
-    <t>Решение суда 05.12.2022: 14 лет лишения свободы в колонии в условиях общего режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+    <t>Natalia Sergeevna Matveeva</t>
+  </si>
+  <si>
+    <t>17 dicembre 1983</t>
+  </si>
+  <si>
+    <t>Natalia è stata arrestata nel giugno 2021 con l'accusa di aver pianificato di appiccare il fuoco a un'attrezzatura per il disboscamento. L'arresto è avvenuto la sera stessa, proprio nei terreni dell'azienda forestale, dove sarebbe arrivata con il suo complice, Gordeyev, che in realtà era in missione per conto delle agenzie di sicurezza dello Stato.
+Secondo l'accusa, la sera dell'8 giugno 2021, Natalia e quest'uomo prepararono delle molotov, che intendevano usare per appiccare il fuoco all'attrezzatura. Tuttavia, il crimine non fu portato a termine: Natalia fu arrestata prima che l'incendio doloso potesse essere perpetrato.
+In tribunale, Natalia ha testimoniato di essersi trovata in una situazione difficile: nell'agosto 2020, un suo conoscente è stato arrestato, aveva perso il padre e stava attraversando difficoltà sul lavoro. Ha anche confermato di essere stata effettivamente membro del gruppo di chat "OGSB" e di aver avuto intenzione di distruggere le attrezzature per il disboscamento presso l'azienda forestale.
+Nel dicembre 2022 è stata dichiarata colpevole e condannata alla reclusione in una colonia penale di regime generale con una multa elevata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.12.2022: 14 anni di reclusione in una colonia del regime generale, 400 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Максим Валерьевич Солоп</t>
-[...23 lines deleted...]
-Был секретарем местного БРСМ. В анкете Артура «ВКонтакте» указано, что он родом из Минска, закончил БГУ.</t>
+    <t>Arthur Igorevich Syrokvasha</t>
+  </si>
+  <si>
+    <t>18 dicembre 1993</t>
+  </si>
+  <si>
+    <t>Artur Syrokvasha ha ricoperto il ruolo di vice capo dell'avamposto di frontiera di Khoiniki, istituito nel 2020. Ciò significa che Artur ha lavorato al valico di frontiera attraverso il quale le attrezzature russe entravano in Ucraina.
+Era il segretario del sindacato giovanile locale BRSM. Il profilo VKontakte di Artur indica che è originario di Minsk e si è laureato alla BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Екатерина Владимировна Зарецкая</t>
-[...22 lines deleted...]
-    <t>Решение суда 26.09.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
+    <t>Alexander Nikolaevich Trotsenko</t>
+  </si>
+  <si>
+    <t>19 dicembre 1971</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.09.2024: 5 anni di reclusione in una colonia del regime generale. Appello 10.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
   </si>
   <si>
-    <t>Евгений Владимирович Пропольский</t>
-[...12 lines deleted...]
-    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 03.05.2023: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Vitaly Vladimirovich Leskovets</t>
+  </si>
+  <si>
+    <t>20 dicembre 1975</t>
+  </si>
+  <si>
+    <t>Vitaly è un programmatore. Ha lavorato presso lo stabilimento metallurgico di Mogilev e ha amministrato il sito web dell'azienda, in un ufficio di progettazione specializzato e come ingegnere informatico presso il Centro dei sistemi informativi della città di Mogilev.
+L'hobby dell'uomo è la fotografia. Scatta fotografie sia con fotocamere a nastro che digitali. Alexey filma regolarmente vari eventi cittadini e condivide foto sui social network. Ama anche viaggiare, sia in Bielorussia che all'estero.
+È sotto processo per donazioni in aiuto dell'Ucraina.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-19 18:56:57</t>
+  </si>
+  <si>
+    <t>Evgeniy Vladimirovich Propolskiy</t>
+  </si>
+  <si>
+    <t>20 dicembre 1994</t>
+  </si>
+  <si>
+    <t>Evgeniy è stato arrestato in relazione a rivolte di massa e accusato di aver partecipato a canali di telegrammi “radicali”.
+Nel maggio 2023 è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 03.05.2023: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
-    <t>Леонид Валентинович Козырь</t>
-[...10 lines deleted...]
-    <t>Решение суда 12.10.2022: неизвестно лет ограничения свободы без направления. Решение суда 22.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
+    <t>Leonid Valentinovich Kozyr</t>
+  </si>
+  <si>
+    <t>20 dicembre 1981</t>
+  </si>
+  <si>
+    <t>Il primo processo contro Leonid si è svolto nell'autunno del 2022, è stato accusato ai sensi dell'articolo 369 e condannato alla restrizione della libertà senza direzione.
+Il secondo processo è diventato noto nell'agosto 2024. Leonid è accusato di “finanziamento delle attività di una formazione estremista” (articolo 361-2 del codice penale) e di “reclutamento, formazione o preparazione per la partecipazione alla guerra, nonché sostegno materiale per tali attività” (parte 2 dell’articolo 361 -3 del codice penale). Apparentemente si è scoperto che l'uomo aveva una donazione per le forze armate ucraine. La pena rischia probabilmente la reclusione.
+Leonid ha un'istruzione superiore , il suo ultimo posto di lavoro è l' impresa privata Gomelstalstandart .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.10.2022: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 22.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Виталий Владимирович Лесковец</t>
-[...29 lines deleted...]
-    <t>Решение суда 08.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: неизвестно.</t>
+    <t>Igor Mikhailovich Sushko</t>
+  </si>
+  <si>
+    <t>21 dicembre 1978</t>
+  </si>
+  <si>
+    <t>Igor è stato arrestato il 23 novembre 2023. Da un video pubblicato dalle forze di sicurezza su un canale filogovernativo si sa che era cofondatore di un'azienda di trasporti urbani.
+Alla telecamera, Igor afferma di essere stato arrestato per commenti nei canali Telegram sull'esercito bielorusso e russo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
-    <t>Дмитрий Сергеевич Осиюк</t>
-[...9 lines deleted...]
-    <t>Решение суда 14.08.2024: неизвестно. Апелляция 16.01.2025: неизвестно.</t>
+    <t>Dmitry Sergeevich Osiyuk</t>
+  </si>
+  <si>
+    <t>21 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Di cosa sia accusato esattamente Osiuk non è noto. Rischia una lunga pena detentiva.
+Gli attivisti per i diritti umani sanno che l'uomo è in custodia da circa dicembre 2023. È stato immediatamente trattenuto nel centro di custodia cautelare-1 di Minsk e ora è stato trasferito nel centro di custodia cautelare di Brest. È noto che Osiyuk viveva a Bereza e ha una figlia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.08.2024: sconosciuto. Appello 16.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Вячеслав Николаевич Рогащук</t>
-[...5 lines deleted...]
-    <t>Вячеслав был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. После ареста его избивали в течение трех дней и не предоставили медицинскую помощь, из-за чего он перенес микроинсульт. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+    <t>Vyacheslav Nikolaevich Rogashchuk</t>
+  </si>
+  <si>
+    <t>22 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Vyacheslav è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. Dopo il suo arresto, è stato picchiato per tre giorni e non gli è stata fornita assistenza medica, motivo per cui ha avuto un mini-ictus. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
   </si>
   <si>
-    <t>Виктория Александровна Верас</t>
-[...10 lines deleted...]
-    <t>Решение суда 18.11.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Victoria Alexandrovna Veras</t>
+  </si>
+  <si>
+    <t>22 dicembre 1994</t>
+  </si>
+  <si>
+    <t>Victoria è di Minsk, laureata in medicina. Prima ha lavorato nelle cliniche statali, poi al centro medico Sinevo.
+Una persona che conosce Svetlana dal college ha detto che durante i suoi anni da studente non era interessata alla politica e non è mai stata un'attivista pubblica. Tuttavia, gli eventi del 2020 hanno cambiato in modo irriconoscibile la vita di decine di migliaia, se non centinaia di migliaia di bielorussi. E Veras non ha fatto eccezione.
+Non è noto quando Victoria sia stata arrestata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.11.2024: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-01 18:08:08</t>
   </si>
   <si>
-    <t>Михаил Юрьевич Незнанов</t>
-[...5 lines deleted...]
-    <t>Решение суда 23.07.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+    <t>Michael Yuryevich Neznanov</t>
+  </si>
+  <si>
+    <t>22 dicembre 1982</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.07.2024: 5 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
   </si>
   <si>
-    <t>Игорь Михайлович Клочко</t>
-[...14 lines deleted...]
-    <t>Решение суда 26.06.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
+    <t>Igor Mikhailovich Klochko</t>
+  </si>
+  <si>
+    <t>23 dicembre 1997</t>
+  </si>
+  <si>
+    <t>Igor è stato condannato per aver partecipato a una protesta avvenuta l'11 agosto 2020 nella città di Brest.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 46. 213188, Kruhlaje, vulica Savieckaja, 96</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.06.2025: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
-    <t>Сергей Александрович Чернецкий</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">2 года ограничения свободы без направления. Замена наказания на лишение свободы. </t>
+    <t>Dmitriy Viktorovich Trukhan</t>
+  </si>
+  <si>
+    <t>23 dicembre 1981</t>
+  </si>
+  <si>
+    <t>L'8 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello 12.08.2023: sconosciuto. Protesta del pubblico ministero 08.12.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Sergei Alexandrovich Chernetsky</t>
+  </si>
+  <si>
+    <t>23 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa contro Sergei Chernetsky, ha lasciato un commento offensivo sotto un post con una foto di Filatov nel canale Telegram "Shame Board".</t>
+  </si>
+  <si>
+    <t>2 years of restriction of freedom without referral. Replacement of punishment with imprisonment.</t>
   </si>
   <si>
     <t>2022-06-20 18:02:33</t>
   </si>
   <si>
-    <t>Дмитрий Викторович Трухан</t>
-[...25 lines deleted...]
-    <t>Решение суда 20.09.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: неизвестно. Суд по смене режима 22.03.2024: неизвестно.</t>
+    <t>Dmitry Ivanovich Shablyko</t>
+  </si>
+  <si>
+    <t>24 dicembre 1996</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.08.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-10-03 22:09:53</t>
+  </si>
+  <si>
+    <t>Anatoly Viktorovich Latushka</t>
+  </si>
+  <si>
+    <t>24 dicembre 1976</t>
+  </si>
+  <si>
+    <t>Arrestato per aver disegnato con gli stencil "Chase".
+Anatoly Latushka è cugino del politico Pavel Latushko.
+Il 22 marzo 2024 è stato trasferito al regime carcerario fino al termine della pena.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.09.2022: 6 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: sconosciuto. Tribunale per il cambio di regime 22.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
-    <t>Дмитрий Иванович Шаблыко</t>
-[...22 lines deleted...]
-    <t>Решение суда 11.06.2024: 8 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: приговор оставлен без изменения.</t>
+    <t>Anatoly Vladimirovich Volodko</t>
+  </si>
+  <si>
+    <t>25 dicembre 1967</t>
+  </si>
+  <si>
+    <t>Anatolij Volodko ha 56 anni. Viene da Minsk. L'uomo ha una moglie, una figlia adulta e un figlio che presto compirà diciotto anni. Volodko ha lavorato come programmatore presso Top Soft per più di 20 anni. Sta creando un ecosistema di prodotti Galaktika necessari per la digitalizzazione aziendale. L'ufficio centrale dell'azienda si trova in Russia e Anatoly ha lavorato lì per parte del tempo.
+La data esatta dell'arresto dell'uomo non è nota, ma è probabile il 15 o 16 gennaio 2024. Dopotutto, il 17 gennaio, lui e sua moglie sono stati condannati per “piccolo teppismo” - è stato condannato a 15 giorni, la condanna a sua moglie è sconosciuta. Secondo la testimonianza delle forze di sicurezza, Anatoly Volodko “era in un luogo pubblico e, per motivi di teppismo, ha gridato ad alta voce, ha usato un linguaggio osceno, ha agitato le braccia e si è comportato in modo aggressivo “L'uomo non ha ammesso la sua colpa e ha detto che a metà giornata è stato trattenuto a casa sua, non ha fatto nulla che gli hanno detto i testimoni.Secondo il compagno di cella Anatoly Volodko, si è rifiutato di pagare le “donazioni” che gli agenti del KGB hanno minacciato di pagare a coloro che hanno fatto donazioni. In generale, l'uomo non ha ammesso la sua colpa. Il compagno di cella di Anatoly afferma che questo è stato il motivo di ulteriori procedimenti giudiziari: amministrativi e penali.
+Il 27 agosto 2024 è stato preso in considerazione l’appello di Anatoly e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.06.2024: 8 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
-    <t>Дмитрий Николаевич Хальцов</t>
-[...9 lines deleted...]
-    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+    <t>Dmitry Nikolaevich Khaltsov</t>
+  </si>
+  <si>
+    <t>25 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Dmitry Khaltsov è un imprenditore individuale. Nel 2020, la Komsomolskaya Pravda ha scritto di lui in un articolo sulle proteste a Gomel in seguito al funerale di Alexander Vikhor, ucciso dalla polizia. Ha comprato un megafono con i suoi soldi e ha scritto in una chat room locale suggerendo di riunirsi e di presentarsi al comitato esecutivo regionale. I manifestanti hanno poi convocato il governatore regionale per un incontro.
+A causa della natura chiusa del sistema giudiziario, la natura delle accuse mosse contro Dmitry Khaltsov e la sua specifica condanna sono ancora sconosciute. Si sa solo che è stato condannato a una pena detentiva.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
-    <t>Игорь Николаевич Козлов</t>
-[...9 lines deleted...]
-    <t>14  лет лишения свободы в колонии в условиях усиленного режима</t>
+    <t>Igor Nikolaevich Kozlov</t>
+  </si>
+  <si>
+    <t>25 dicembre 1975</t>
+  </si>
+  <si>
+    <t>Residente nella regione di Mogilev . Un dipendente dello stabilimento Bobruisk di parti e assiemi di trattori.
+Detenuto per sabotaggio della ferrovia vicino alle stazioni di Bobruisk, nonché incendio doloso di un poligono di tiro dell'unità militare 5527. Detenuto insieme alla moglie.</t>
+  </si>
+  <si>
+    <t>14 anni di reclusione in una colonia sotto regime rafforzato</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
-    <t>Артем Ширинович Насанович</t>
-[...8 lines deleted...]
-    <t>Решение суда 25.03.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 14.06.2024: неизвестно.</t>
+    <t>Artem Shirinovich Nasanovich</t>
+  </si>
+  <si>
+    <t>25 dicembre 1994</t>
+  </si>
+  <si>
+    <t>La ragione di una punizione così severa, così come le circostanze dell'avvio di un procedimento penale, sono ancora sconosciute.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.03.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 14.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
-    <t>Артём Евгеньевич Пархамович</t>
-[...8 lines deleted...]
-    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
+    <t>Artyom Evgenyevich Parkhamovich</t>
+  </si>
+  <si>
+    <t>26 dicembre 1995</t>
+  </si>
+  <si>
+    <t>Artem, un dipendente di Beltelecom, è stato arrestato il 22 ottobre 2020 e condannato per aver trasmesso dati di agenti delle forze dell'ordine a Telegram.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.02.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 29.04.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
-    <t>Андрей Викторович Великоселец</t>
-[...8 lines deleted...]
-    <t>Решение суда 18.03.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 14.06.2024: неизвестно.</t>
+    <t>Vera Mikhailovna Kanonenko</t>
+  </si>
+  <si>
+    <t>27 dicembre 1974</t>
+  </si>
+  <si>
+    <t>È stato arrestato alla fine di ottobre 2024, durante un altro "raid" contro i sospettati di solidarietà con i prigionieri politici.
+È accusato ai sensi di diversi articoli del Codice penale per interazione con "gruppi estremisti".</t>
+  </si>
+  <si>
+    <t>2025-04-22 18:48:19</t>
+  </si>
+  <si>
+    <t>Paul Dmitrievich Yasny</t>
+  </si>
+  <si>
+    <t>27 dicembre 1993</t>
+  </si>
+  <si>
+    <t>2025-05-11 17:53:49</t>
+  </si>
+  <si>
+    <t>Olga Dmitrievna Alekseeva</t>
+  </si>
+  <si>
+    <t>27 dicembre 1982</t>
+  </si>
+  <si>
+    <t>Presumibilmente detenuto per aver aiutato i prigionieri politici.</t>
+  </si>
+  <si>
+    <t>2024-11-15 21:15:27</t>
+  </si>
+  <si>
+    <t>Andrey Viktorovich Velikoselets</t>
+  </si>
+  <si>
+    <t>27 dicembre 1984</t>
+  </si>
+  <si>
+    <t>Il 14 giugno 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.03.2024: 3 anni di reclusione in una colonia del regime generale. Appello 14.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-16 18:17:37</t>
   </si>
   <si>
-    <t>Елена Юрьевна Бодяко</t>
-[...58 lines deleted...]
-    <t>Решение суда 13.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Vyacheslav Yuryevich Malyshev</t>
+  </si>
+  <si>
+    <t>29 dicembre 1979</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
-    <t>Владимир Владимирович Кушнер</t>
-[...8 lines deleted...]
-    <t>Решение суда 21.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+    <t>Joseph (Yazep) Iosifovich Dulebo</t>
+  </si>
+  <si>
+    <t>30 dicembre 1967</t>
+  </si>
+  <si>
+    <t>Il 3 maggio 2024, il Comitato per la Sicurezza dello Stato della Bielorussia ha aggiunto una serie di risorse mediatiche del progetto FreeInfoBel all'elenco delle cosiddette "formazioni estremiste" e sono state incluse anche persone specifiche che, a loro avviso, sono legate al progetto indicato: Olga Pashkevich e Iosif Dulebo. Inoltre, l'introduzione di FreeInfoBel è diventata infatti nota solo 5 giorni dopo, l'8 maggio.
+Al momento non è noto per quale specifico procedimento penale l’uomo sia detenuto, ma si può presumere che sia legato all’”estremismo”. Siamo riusciti a scoprire che Dulebo era stato inizialmente detenuto per una questione amministrativa. Tuttavia, quando è arrivato il momento del rilascio dal centro di detenzione temporanea, Dulebo non è stato rilasciato: è stato trasferito in un centro di custodia cautelare.
+L'uomo era a capo della sezione di Vitebsk del Fronte popolare bielorusso, ma all'inizio degli anni 2000 si ritirò dagli affari del partito.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 04.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-22 19:29:24</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Borovik</t>
+  </si>
+  <si>
+    <t>30 dicembre 1981</t>
+  </si>
+  <si>
+    <t>L'uomo è stato accusato di aver lasciato, secondo la corte, un commento offensivo in un telegramma nei confronti del ministro degli Interni Ivan Kubrakov e del vice capo della direzione degli Affari interni dell'amministrazione del distretto centrale di Minsk, capo della polizia criminale, Vladimir Kubrakov. Alexander ha ammesso pienamente la sua colpa e si è pentito delle sue azioni. Prima del processo l’uomo era in garanzia personale. Dopo l'annuncio del verdetto, è stato preso in custodia in aula.
+Alexander Borovik ha un figlio minorenne a carico. Lavora come operatore di macchine falegname.
+Nel gennaio 2024 si è saputo che Pavel era stato nuovamente accusato, ma questa volta ai sensi dell'articolo 130 del codice penale della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.05.2023: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 25.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 dicembre 1974</t>
+  </si>
+  <si>
+    <t>È stato condannato per un commento sull'Ucraina fatto nel 2022. Il caso è stato discusso presso il tribunale della città di Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.08.2025: 2 anni di reclusione in una colonia del regime generale. Appello 14.10.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-10-30 16:47:03</t>
   </si>
   <si>
-    <t>Ольга Анатольевна Осипчик</t>
-[...2 lines deleted...]
-    <t>30 декабря 1977</t>
+    <t>Olga Anatolyevna Osipchik</t>
+  </si>
+  <si>
+    <t>30 dicembre 1977</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
   </si>
   <si>
-    <t>Валерия Борисовна Костюгова</t>
-[...10 lines deleted...]
-    <t>Решение суда 17.03.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: приговор оставлен без изменения.</t>
+    <t>Valeriya Borisovna Kostyugova</t>
+  </si>
+  <si>
+    <t>Valeria è una politologa, fondatrice e curatrice del sito web della comunità di esperti "La nostra opinione", autrice e curatrice dell'"Annuario bielorusso", responsabile del gruppo di esperti per il monitoraggio "Bielorussia in Focus".
+Il 30 giugno 2021, dopo una perquisizione della sua abitazione da parte degli agenti del KGB, Valeria è stata arrestata e messa in isolamento, per poi essere trasferita in un centro di detenzione preventiva.
+Il 6 febbraio 2023, il tribunale ha iniziato a esaminare il suo caso con le accuse di "favoreggiamento di azioni volte a prendere il potere", "istigazione ad azioni che danneggiano la sicurezza nazionale" e "incitamento all'odio sociale". Il 17 marzo 2023, il tribunale ha condannato Valeria in una sessione a porte chiuse a 10 anni di reclusione in una colonia penale di regime generale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.03.2023: 10 anni di reclusione in una colonia del regime generale. Appello 25.07.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Павел Константинович Северинец</t>
-[...40 lines deleted...]
-15 сентября 2023 г. прошло рассмотрение апелляционной жалобы.</t>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Programmatore presso SamSolutions.
+Il 15 settembre 2023 è stato esaminato il ricorso.</t>
   </si>
   <si>
     <t>2023-06-22 01:45:27</t>
   </si>
   <si>
-    <t>Иосиф (Язэп) Иосифович Дулебо</t>
-[...23 lines deleted...]
-    <t>12 лет лишения свободы в условиях усиленного режима</t>
+    <t>Alexey Alexandrovich Kubrakov</t>
+  </si>
+  <si>
+    <t>31 dicembre 1981</t>
+  </si>
+  <si>
+    <t>2025-10-20 21:23:33</t>
+  </si>
+  <si>
+    <t>Nadzeya Alexandrovna Leskovets</t>
+  </si>
+  <si>
+    <t>31 dicembre 1978</t>
+  </si>
+  <si>
+    <t>È stata arrestata il 23 gennaio 2024 durante un massiccio raid delle forze di sicurezza contro i parenti dei prigionieri politici e le persone che li aiutavano.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
+  </si>
+  <si>
+    <t>Vadim Nikolaevich Vasiliev</t>
+  </si>
+  <si>
+    <t>31 dicembre 1994</t>
+  </si>
+  <si>
+    <t>Arrestato per aver amministrato le chat room "Vitebsk -97%" e "Orsha -97%".
+Lighting designer per la TZU al teatro bielorusso "Lyalka".</t>
+  </si>
+  <si>
+    <t>12 anni di carcere in regime rafforzato</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
   </si>
   <si>
-    <t>Алексей Александрович Кубраков</t>
-[...26 lines deleted...]
-    <t>Решение суда 14.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
+    <t>Olga Grigorievna Stroeva</t>
+  </si>
+  <si>
+    <t>31 dicembre 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Maxim Valerievich Sandracula</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.11.2024: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 14.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1810,51 +1700,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1974,2417 +1864,2234 @@
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>61</v>
       </c>
       <c r="I10" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>63</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>66</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
       <c r="I14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>86</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
         <v>94</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>98</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
       <c r="C18" t="s">
         <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>105</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
         <v>108</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>109</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
         <v>113</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>114</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>115</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
         <v>118</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>119</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" t="s">
+        <v>60</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>120</v>
       </c>
-      <c r="D22" t="s">
-[...11 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>122</v>
+      </c>
+      <c r="B23" t="s">
         <v>123</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>124</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>125</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>127</v>
+      </c>
+      <c r="B24" t="s">
         <v>128</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>129</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>125</v>
+      </c>
+      <c r="I24" t="s">
         <v>130</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>134</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>135</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
       <c r="I25" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>137</v>
       </c>
       <c r="B26" t="s">
         <v>138</v>
       </c>
       <c r="C26" t="s">
         <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E26" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
       <c r="C27" t="s">
         <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E27" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>145</v>
       </c>
       <c r="I27" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>147</v>
       </c>
       <c r="B28" t="s">
         <v>148</v>
       </c>
       <c r="C28" t="s">
         <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>150</v>
       </c>
       <c r="I28" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>152</v>
       </c>
       <c r="B29" t="s">
         <v>153</v>
       </c>
       <c r="C29" t="s">
         <v>154</v>
       </c>
       <c r="D29" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>155</v>
       </c>
       <c r="I29" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>157</v>
       </c>
       <c r="B30" t="s">
         <v>158</v>
       </c>
       <c r="C30" t="s">
         <v>159</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>160</v>
       </c>
       <c r="I30" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>162</v>
       </c>
       <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
         <v>163</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>164</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B32" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C32" t="s">
         <v>168</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>43</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>169</v>
       </c>
       <c r="I32" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>171</v>
       </c>
       <c r="B33" t="s">
         <v>172</v>
       </c>
       <c r="C33" t="s">
         <v>173</v>
       </c>
       <c r="D33" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>174</v>
       </c>
       <c r="I33" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>176</v>
       </c>
       <c r="B34" t="s">
         <v>177</v>
       </c>
       <c r="C34" t="s">
         <v>178</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>179</v>
       </c>
       <c r="I34" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>181</v>
       </c>
       <c r="B35" t="s">
         <v>182</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>184</v>
       </c>
       <c r="I35" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>186</v>
       </c>
       <c r="B36" t="s">
         <v>187</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>188</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>190</v>
+      </c>
+      <c r="B37" t="s">
         <v>191</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
+        <v>61</v>
+      </c>
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="C38" t="s">
+        <v>195</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>43</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>196</v>
       </c>
-      <c r="B38" t="s">
+      <c r="I38" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>198</v>
+      </c>
+      <c r="B39" t="s">
+        <v>199</v>
+      </c>
+      <c r="C39" t="s">
         <v>200</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>201</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>202</v>
-      </c>
-[...13 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>203</v>
+      </c>
+      <c r="B40" t="s">
+        <v>204</v>
+      </c>
+      <c r="C40" t="s">
         <v>205</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>43</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>206</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>208</v>
+      </c>
+      <c r="B41" t="s">
+        <v>209</v>
+      </c>
+      <c r="C41" t="s">
         <v>210</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" t="s">
+        <v>60</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>211</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>54</v>
+        <v>216</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I42" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B43" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I43" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B44" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C44" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E44" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I44" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B45" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>231</v>
+        <v>81</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>232</v>
       </c>
       <c r="I45" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>234</v>
       </c>
       <c r="B46" t="s">
         <v>235</v>
       </c>
       <c r="C46" t="s">
         <v>236</v>
       </c>
       <c r="D46" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>66</v>
+        <v>134</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>237</v>
       </c>
       <c r="I46" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>239</v>
       </c>
       <c r="B47" t="s">
         <v>240</v>
       </c>
       <c r="C47" t="s">
         <v>241</v>
       </c>
       <c r="D47" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>66</v>
+        <v>216</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>242</v>
       </c>
       <c r="I47" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>244</v>
       </c>
       <c r="B48" t="s">
         <v>245</v>
       </c>
       <c r="C48" t="s">
         <v>246</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>87</v>
+        <v>247</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I48" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B49" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C49" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D49" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E49" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I49" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B50" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C50" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
+        <v>66</v>
+      </c>
+      <c r="I50" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>259</v>
+      </c>
+      <c r="B51" t="s">
         <v>260</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>26</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>261</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>262</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>263</v>
+      </c>
+      <c r="B52" t="s">
+        <v>264</v>
+      </c>
+      <c r="C52" t="s">
         <v>265</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>266</v>
       </c>
-      <c r="C52" t="s">
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>267</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>269</v>
+      </c>
+      <c r="B53" t="s">
         <v>270</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>271</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>273</v>
       </c>
       <c r="I53" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>275</v>
       </c>
       <c r="B54" t="s">
         <v>276</v>
       </c>
       <c r="C54" t="s">
         <v>277</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C55" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D55" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I55" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B56" t="s">
-        <v>285</v>
+        <v>286</v>
+      </c>
+      <c r="C56" t="s">
+        <v>287</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
-      <c r="E56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I56" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B57" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C57" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>291</v>
+        <v>134</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>292</v>
+        <v>16</v>
       </c>
       <c r="I57" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>294</v>
       </c>
       <c r="B58" t="s">
         <v>295</v>
       </c>
       <c r="C58" t="s">
         <v>296</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>59</v>
+      </c>
+      <c r="E58" t="s">
+        <v>60</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>297</v>
       </c>
       <c r="I58" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>299</v>
       </c>
       <c r="B59" t="s">
         <v>300</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>43</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>301</v>
       </c>
-      <c r="D59" t="s">
-[...2 lines deleted...]
-      <c r="E59" t="s">
+      <c r="I59" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>303</v>
+      </c>
+      <c r="B60" t="s">
+        <v>304</v>
+      </c>
+      <c r="C60" t="s">
         <v>305</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
         <v>306</v>
       </c>
-      <c r="C60" t="s">
+      <c r="F60" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>308</v>
       </c>
       <c r="I60" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>310</v>
       </c>
       <c r="B61" t="s">
         <v>311</v>
       </c>
       <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>26</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>313</v>
       </c>
       <c r="I61" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>315</v>
       </c>
       <c r="B62" t="s">
         <v>316</v>
       </c>
       <c r="C62" t="s">
         <v>317</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
-      <c r="E62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>16</v>
+        <v>318</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B63" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="C63" t="s">
         <v>321</v>
       </c>
       <c r="D63" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>322</v>
       </c>
       <c r="I63" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>324</v>
       </c>
       <c r="B64" t="s">
         <v>325</v>
       </c>
+      <c r="C64" t="s">
+        <v>326</v>
+      </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I64" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B65" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C65" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>331</v>
+        <v>26</v>
       </c>
       <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>332</v>
       </c>
-      <c r="G65" t="s">
-[...2 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>336</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>337</v>
       </c>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
+        <v>86</v>
+      </c>
+      <c r="I66" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" t="s">
         <v>340</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>341</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>342</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>344</v>
+      </c>
+      <c r="B68" t="s">
         <v>345</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>346</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>347</v>
       </c>
-      <c r="D68" t="s">
-[...11 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>349</v>
+      </c>
+      <c r="B69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>351</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>95</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>352</v>
       </c>
       <c r="I69" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>354</v>
       </c>
       <c r="B70" t="s">
         <v>355</v>
       </c>
       <c r="C70" t="s">
         <v>356</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>337</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>81</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>66</v>
+      </c>
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
+        <v>362</v>
+      </c>
+      <c r="C72" t="s">
+        <v>363</v>
+      </c>
+      <c r="D72" t="s">
+        <v>59</v>
+      </c>
+      <c r="E72" t="s">
+        <v>60</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
+        <v>61</v>
+      </c>
+      <c r="I72" t="s">
         <v>364</v>
-      </c>
-[...19 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>365</v>
+      </c>
+      <c r="B73" t="s">
+        <v>366</v>
+      </c>
+      <c r="C73" t="s">
+        <v>367</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
+        <v>368</v>
+      </c>
+      <c r="I73" t="s">
         <v>369</v>
-      </c>
-[...19 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B74" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="I74" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="B75" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="C75" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="I75" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B76" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C76" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="D76" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="I76" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B77" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="C77" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="D77" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
+      <c r="H77" t="s">
+        <v>387</v>
+      </c>
       <c r="I77" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E78" t="s">
-        <v>87</v>
+        <v>391</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
-      <c r="H78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I78" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B79" t="s">
-        <v>398</v>
+        <v>375</v>
       </c>
       <c r="C79" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="D79" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E79" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>67</v>
+        <v>395</v>
       </c>
       <c r="I79" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B80" t="s">
-        <v>402</v>
+        <v>398</v>
+      </c>
+      <c r="C80" t="s">
+        <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E80" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>201</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>362</v>
+        <v>391</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
-      <c r="H81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I81" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="B82" t="s">
-        <v>411</v>
+        <v>405</v>
+      </c>
+      <c r="C82" t="s">
+        <v>406</v>
       </c>
       <c r="D82" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E82" t="s">
-        <v>392</v>
+        <v>60</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
+      <c r="H82" t="s">
+        <v>407</v>
+      </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>409</v>
+      </c>
+      <c r="B83" t="s">
+        <v>410</v>
+      </c>
+      <c r="C83" t="s">
+        <v>411</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>81</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
+        <v>412</v>
+      </c>
+      <c r="I83" t="s">
         <v>413</v>
-      </c>
-[...22 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E84" t="s">
-        <v>26</v>
+        <v>337</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>405</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
+      <c r="E85" t="s">
+        <v>81</v>
+      </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
-[...161 lines deleted...]
-        <v>451</v>
+        <v>419</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">