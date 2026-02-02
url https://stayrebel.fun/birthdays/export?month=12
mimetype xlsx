--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -12,1388 +12,1461 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
-[...49 lines deleted...]
-    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Станислав Александрович Михайлов</t>
+  </si>
+  <si>
+    <t>2 декабря 1977</t>
+  </si>
+  <si>
+    <t>Станислав был задержан 9 августа 2020 года в кафе в центре Пинска, когда пил кофе, и был сильно избит. Его задержали в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
-    <t>Victor Viktorovich Sachkovsky</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 11.03.2024: 2 anni di reclusione in una colonia del regime generale. Appello 02.05.2024: sconosciuto.</t>
+    <t>Виктор Викторович Сачковский</t>
+  </si>
+  <si>
+    <t>2 декабря 1989</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, мужчина 27 февраля 2022 года снял на видео полеты военных самолетов и отправил видеозапись т.н. "экстремистскому формированию". Куда именно был отправлен ролик — не уточнялось.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.03.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 02.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
-    <t>Nikolay Vladimirovich Vasilevich</t>
-[...16 lines deleted...]
-    <t>9,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+    <t>Николай Владимирович Василевич</t>
+  </si>
+  <si>
+    <t>3 декабря 1978</t>
+  </si>
+  <si>
+    <t>Николая обвиняют в "финансировании террористической деятельности", по этой статье грозит от 8 до 12 лет тюрьмы.
+Последнее известное место работы мужчины-Республиканский центр олимпийской подготовки по легкой атлетике.
+6 июня 2023 г. был осужден по ст. 361-2 УК на 6 лет колонии усиленного режима и большой штраф. Другие подробности дела неизвестны.
+1 сентября 2023 г. в Верховном суде судья Черевач В. должна была рассматривать апелляционную жалобу политзаключенного. На данный момент первый приговор вступил в силу, поэтому во время вынесения второго Василевич считался уже ранее судимым.
+12 сентября 2023 г. в суде Первомайского района состоялся еще один суд над Николаем. На этот раз его обвинили в" финансировании террористической деятельности " . Всего за донаты Светлана Черепович присудила ему 9 лет и 6 месяцев в колонии усиленного режима, а также штраф в 600 базовых величин. В провластном фильме говорится, что он осуществил не менее 54 пожертвований в фонды солидарности.
+14.11.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>9,5 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
-    <t>Pavel Yurievich Lukashevich</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 27.05.2024: 4 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: il verdetto è stato confermato.</t>
+    <t>Павел Юрьевич Лукашевич</t>
+  </si>
+  <si>
+    <t>3 декабря 1987</t>
+  </si>
+  <si>
+    <t>Про задержание лидчанина стало известно 22 сентября. На милицейском видео он рассказал, что был «зарегистрирован в Плане Перамога» и в телеграме оставлял «угрозы» силовикам. По информации телеграм-канала «Задержания, суды в Лиде», мужчина арестовывали на 15 суток по неназванной административной статье.</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>Решение суда 27.05.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-02 18:38:03</t>
   </si>
   <si>
-    <t>Victor Alexandrovich Savchits</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 04.09.2024: 6 anni di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Appello 05.11.2024: sconosciuto. Sentenza del tribunale 07.10.2025: 6 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
+    <t>Виктор Александрович Савчиц</t>
+  </si>
+  <si>
+    <t>4 декабря 1981</t>
+  </si>
+  <si>
+    <t>С 28 августа по 4 сентября 2024 года дело рассмотрел судья Писаревич Евгений. Также Виктору предстоит выплатить 1000 рублей компенсации морального вреда участковому города Логойска.
+07 октября 2025 года был объявлен приговор по второму суду: с учётом первого суда - 6 лет лишения свободы в условиях усиленного режима, 600 базовых штрафа, также компансация морального вреда Чемодановой - 5000 бел. руб., Карпенкову - 2000 бел.руб. и Никитенко - 5000 бел руб.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.09.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Апелляция 05.11.2024: неизвестно. Решение суда 07.10.2025: 6 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
-    <t>Andrey Edwardovich Krot</t>
-[...31 lines deleted...]
-    <t>6 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+    <t>Александр Сергеевич Вересович</t>
+  </si>
+  <si>
+    <t>4 декабря 1966</t>
+  </si>
+  <si>
+    <t>Имя Александра появилось в расписании судов. Мужчину обвиняют в пожертвованиях на помощь Украине и в пользу «экстремистского формирования».
+Примечательно, что пожертвование в поддержку «экстремистского формирования» мужчина сделал до мая 2021 года, когда в Беларуси вообще не было экстремистских формирований. . Суд начался 19 марта в Минском городском суде.
+Александр имеет в Молодечно небольшой бизнес: как ИП занимается грузоперевозками на собственном бусе. Он растит двоих детей: малую дочь, которая заканчивает шестой класс, и сына, который сейчас должен быть в старших классах.
+07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Alexander Yurievich Volchok</t>
-[...10 lines deleted...]
-    <t>2,5 anni di reclusione in una colonia penale.</t>
+    <t>Александр Юрьевич Волчок</t>
+  </si>
+  <si>
+    <t>5 декабря 1986</t>
+  </si>
+  <si>
+    <t>Был задержан 28 июня 2021 году,  отбыл 7 суток административного ареста. Был отпущен 5 июля, после чего снова был задержан сотрудниками следственного комитета, но уже по уголовному делу.
+По версии обвинения Александр в «Одноклассниках» с ноября по декабрь 2020 года, с мая пo декабрь 2021 года разместил публикации с оскорблением Лукашенко.
+Он же в декабре 2020 года и марте 2021 года в социальной сети «Вконтакте» разместил текстовый комментарий и видеоролик, высказывался в адрес Лукашенко.</t>
+  </si>
+  <si>
+    <t>2,5 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
-    <t>Marina Viktorovna Mazovka</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+    <t>Марина Викторовна Мазовка</t>
+  </si>
+  <si>
+    <t>5 декабря 1972</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
   </si>
   <si>
-    <t>Inna Viktorovna Korbut</t>
-[...6 lines deleted...]
-Inna è stato arrestato e condannato nel 2025 per "favoreggiamento di attività estremiste". L'accusa è legata al caso Gayun. È noto che Inna è stato condannato a una colonia penale , ma la sentenza, così come l'esatta natura delle accuse, sono sconosciute.
+    <t>Виктор Георгиевич Ламеко</t>
+  </si>
+  <si>
+    <t>6 декабря 1968</t>
+  </si>
+  <si>
+    <t>Предприниматель из Зельвы Виктора Ламеко был жестоко задержан и избит при задержании. Изначально на него составили протокол по административной статье 19.11 КоАП РБ (распространение экстремистских материалов). Не дав Ламеко даже покинуть здание суда, силовики вновь задержали его и вновь составили протокол по ст. 19.11 КоАП РБ. Когда мужчина находился в следственном изоляторе, на него составили третий протокол.
+Как стало известно, предприниматель находится в СИЗО, ему предъявлено обвинение уже по уголовной статье за клевету в отношении Лукашенко А.Г. 
+Пока мужчина был в СИЗО, у него умерла мать.
+Виктор судился с налоговой и защищал предпринимателей из Гродненской области в судах.
+24.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>3 года лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-04-18 15:03:41</t>
+  </si>
+  <si>
+    <t>Инна Викторовна Корбут</t>
+  </si>
+  <si>
+    <t>6 декабря 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Окончила Могилевский государственный университет имени Кулешова на детского психолога. Жила также в Мозыре и Могилеве. Последние три года она имеет статус индивидуального предпринимателя, направление его деятельности — фотография.
+Инну задержали и осудили в 2025 году за «содействие экстремистской деятельности». Преследование связано с делом Гаюна. Известно, что Инне присудили химию, но приговор, как и точная суть обвинений, неизвестны.
 </t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-11-01 18:11:07</t>
   </si>
   <si>
-    <t>Yuri Andreevich Kostyuk</t>
-[...53 lines deleted...]
-    <t>14 anni di reclusione in una colonia penale.</t>
+    <t>Владимир Анатольевич Трифонов</t>
+  </si>
+  <si>
+    <t>6 декабря 1964</t>
+  </si>
+  <si>
+    <t>Подробности дела неизвестны, так как процесс проходил в закрытом режиме, а на самом уголовном деле — гриф секретности.
+Подробности задержания осуждённых известны из пропагандистского фильма «Операция КГБ «Манкурты»», который ОНТ показал в 2021 году.
+Согласно фильму, Владимир Трифонов — проводник через беларусско-литовскую границу, через которую должен был нелегально перевести Алексея Храловича.
+Начал отбывать наказание.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>14 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+    <t>Игорь Васильевич Черпаков</t>
+  </si>
+  <si>
+    <t>7 декабря 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Александр Станиславович Юшкевич</t>
+  </si>
+  <si>
+    <t>7 декабря 1987</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Владимир Леонидович Леосевич</t>
+  </si>
+  <si>
+    <t>7 декабря 1981</t>
+  </si>
+  <si>
+    <t>30.10.2023 прошло судебное заседание.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 30.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
+  </si>
+  <si>
+    <t>Егор Александрович Михайлов</t>
+  </si>
+  <si>
+    <t>7 декабря 1994</t>
+  </si>
+  <si>
+    <t>Егор был задержан в феврале 2021 года и позднее осуждён по делу о поджоге танка Т-72 в составе военного эшелона на железнодорожной станции в Степянке. По материалам дела, ночью 31 января 2021 года он бросил в танк «коктейль Молотова» с надписью «ОГСБ». Его действия квалифицировали как «акт терроризма». По версии обвинения, Егор совершил поджог, исходя из своих политических взглядов.
+В начале октября 2023 года стало известно, что Егора перевели в СИЗО-1 в связи с новым уголовным делом, возбужденным по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». По этому делу его приговорили ещё к шести месяцам заключения.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 26.07.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 685 рублей компенсации. Решение суда 05.10.2023: 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-07-16 14:53:21</t>
+  </si>
+  <si>
+    <t>Анна Владимировна Власенко</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-11-01 22:19:38</t>
   </si>
   <si>
-    <t>Alexander Stanislavovich Yushkevich</t>
-[...39 lines deleted...]
-    <t>Sentenza del tribunale 14.01.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Марина Владимировна Леонович</t>
+  </si>
+  <si>
+    <t>8 декабря 1995</t>
+  </si>
+  <si>
+    <t>Марина — беларусскоязычная IT-специалистка из EPAM, которая также занимается творчеством. Она пишет статьи для беларусской Википедии, делает иллюстрации, переводит на беларусский язык и пишет стихи. После начала полномасштабной российской агрессии против Украины она переехала в Грузию, но затем по неизвестным причинам вернулась в Беларусь. Вскоре она была задержана в рамках уголовного дела и осуждена по статьям «финансирование экстремистской деятельности» и «финансирование или иная финансовая поддержка войны».</t>
+  </si>
+  <si>
+    <t>Решение суда 14.01.2025: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-03-14 18:44:29</t>
   </si>
   <si>
-    <t>Lily Vitoldovna Yurut</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Лилия Витольдовна Юруть</t>
+  </si>
+  <si>
+    <t>8 декабря 1976</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
   </si>
   <si>
-    <t>Natalia Sergeevna Saluk</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 16.10.2024: sconosciuto.</t>
+    <t>Наталия Сергеевна Салук</t>
+  </si>
+  <si>
+    <t>8 декабря 1999</t>
+  </si>
+  <si>
+    <t>Провластный телеграм-канал опубликовал видео о задержании беларуски, которая в 2020 году участвовала в протестах и «мешала проезду» машине ГАИ. Как пишут авторы канала, против девушки возбудили уголовное дело. По какой статье, не уточняется.
+Известно, что Наталья в 2022 году закончила БГТУ. </t>
+  </si>
+  <si>
+    <t>Решение суда 16.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
-    <t>Kirill Kuokovic Nguyen</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 10.04.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.07.2024: il verdetto è stato confermato. Sentenza del tribunale 25.03.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 20.06.2025: il verdetto è stato confermato.</t>
+    <t>Кирилл Куокович Нгуен</t>
+  </si>
+  <si>
+    <t>8 декабря 1993</t>
+  </si>
+  <si>
+    <t>12.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.04.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.07.2024: приговор оставлен без изменения. Решение суда 25.03.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-02 19:06:36</t>
   </si>
   <si>
-    <t>Anna Valentinovna Korneenko</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> Sentenza del tribunale 24.05.2023: 5 anni di reclusione in una colonia del regime generale.</t>
+    <t>Егор Андреевич Захарчук</t>
+  </si>
+  <si>
+    <t>8 декабря 1992</t>
+  </si>
+  <si>
+    <t>Осужден за участие в акциях протеста, а также за коммментарии в соцсетях.
+10.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
+  </si>
+  <si>
+    <t>Анна Валентиновна Корнеенко</t>
+  </si>
+  <si>
+    <t>8 декабря 1985</t>
+  </si>
+  <si>
+    <t>Бывшая бухгалтерка Минского электротехнического завода имени Вавилова. Судебный процесс начался 19 мая и проходил в закрытом режиме, поэтому информации про суть обвинения немного. Известно, что Анну уволили с работы после "Народного ультиматума" в 2020 году, затем она судилась с предприятием по факту незаконного увольнения.
+При задержании младшему ребенку Анны было всего 5 месяцев.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 24.05.2023: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
   </si>
   <si>
-    <t>Egor Andreevich Zakharchuk</t>
-[...21 lines deleted...]
-Il 13 ottobre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+    <t>Татьяна Ивановна Полубок</t>
+  </si>
+  <si>
+    <t>9 декабря 1978</t>
+  </si>
+  <si>
+    <t>Известно, что сотрудники ГУБОПиКа расследуют дело в отношении лиц, которые якобы были причастны к телеграм-чату «партизаны Новогрудка». Против них заведены уголовные дела по статье экстремизм. Из всех, кого допрашивали по делу, берут подписку о неразглашении.
+СМИ сообщают, что по меньшей мере шестеро человек среди тех, кого силовики задержали 15 дней назад, не вышли после отбытия административного ареста, в том числе Татьяну.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-11-18 23:01:53</t>
+  </si>
+  <si>
+    <t>Артем Анатольевич Лебедько</t>
+  </si>
+  <si>
+    <t>9 декабря 1985</t>
+  </si>
+  <si>
+    <t>По информации правозащитников, сыну политика Анатолия Лебедько инкриминируют финансирование экстремистской деятельности. Артема задержали в конце марта и потом дважды осудили на 15 суток ареста, поле которых ему предъявили обвинение и перевели в СИЗО-1.
+Согласно версии обвинения, Лебедько в 2020 году "по мотивам идеологической вражды" с использованием расчетного счета одного из банков по телефону сделал несколько денежных переводов трем фондам, которые признаны "экстремистскими формированиями". Сообщается, что средства перечислялись через платежную систему популярной социальной сети "Фейсбук". Предположительно, речь идет, в том числе о фондах BY_help и Беларусском фонде спортивной солидарности.
+На суде политзаключенный не признал вину и заявил, что ему и вовсе не ясна суть предъявленных обвинений и не понимает, за что он на скамье подсудимых.
+31.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>3,5 года лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Валентин Владимирович Дубровщик</t>
+  </si>
+  <si>
+    <t>9 декабря 1969</t>
+  </si>
+  <si>
+    <t>Валентина обвиняют в оскорбительных комментариях в отношении Лукашенко, Караника, а также российских солдат, воюющих в Украине. Валерий работал сторожем десткого сада.
+13.10.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>2022-09-02 19:37:13</t>
   </si>
   <si>
-    <t>Artem Anatolevich Lebedko</t>
-[...46 lines deleted...]
-    <t>Sentenza del tribunale 30.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
+    <t>Даниэль-Ландсей Кейта</t>
+  </si>
+  <si>
+    <t>10 декабря 1999</t>
+  </si>
+  <si>
+    <t>Провластный телеграм-канал «Пульс Гродно» опубликовал видео с задержанным за участие в протестах минчанином.
+На видео беларус говорит, что в 2020 году участвовал в протестах и оставлял негативные комментарии в сторону власти и сотрудников милиции. Также задержанный рассказал, что плохо относился к российским военным.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.01.2025: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:37:39</t>
+  </si>
+  <si>
+    <t>Алина Валентиновна Хмелевская</t>
+  </si>
+  <si>
+    <t>10 декабря 1984</t>
+  </si>
+  <si>
+    <t>Алина была осуждена в июле 2024 года по статьям — «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте» и «финансирование деятельности экстремистского формирования».
+Приговор и суть обвинения правозащитникам неизвестны, однако обычно по первой статье в Беларуси судят за поддержку Украины в войне. За такой донат её могли приговорить к сроку от пяти до десяти лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Sergey Petrovich Zabelich</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 04.04.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.06.2024: sconosciuto.</t>
+    <t>Максим Владимирович Ралько</t>
+  </si>
+  <si>
+    <t>11 декабря 2001</t>
+  </si>
+  <si>
+    <t>Максима показали в пропагандистском фильме, съемки проводились в тюрьме. 
+Весной 2022 года вступил в добровольческий полк Калиновского, который был сформирован в феврале того же года с целью защиты Украины от российского вторжения.
+По данным провластного телеканала, Ралько участвовал в боевых действиях.
+В начале 2024-го Ралько уволился с Полка и вернулся в Варшаву. Начал изучать тестирование в IT, ходил на акции протеста, работал охранником в»Бедронке". Он получил статус дополнительной защиты. Через пару месяцев после возвращения из Украины в Польшу Максим поссорился с друзьями и исчез. Одного из них он обвинил в шпионаже. Потом вышел на связь в мае 2024 года. Рассказал, что находится в Германии и решил там податься на беженство. Позже Максим сообщил, что сбежал из лагеря для беженцев и оставил все документы, включая паспорт.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 10 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:40:33</t>
+  </si>
+  <si>
+    <t>Вилен Сергеевич Тургунов</t>
+  </si>
+  <si>
+    <t>11 декабря 1968</t>
+  </si>
+  <si>
+    <t>Причина задержания гомельчанина Вилена Тургунова - комментарии в интернете, включая негативные в сторону милиции. 
+Вилену Тургунову 55 лет. Его отец родом из Узбекистана, мать белоруска. Вилен окончил университет в российском Новозыбкове (Брянская область) по специальности «правоведение». Работал Вилен Тургунов в Железнодорожном РОВД областного центра. Там были серьезные проблемы. Еще в 2001 году получил выговор за «безответственное отношение к службе», в 2002 году имел «неполное служебное несоответствие», в 2004-м — выговор за «грубое нарушение служебной дисциплины, нарушение приказа МВД».
+Позже бывший милиционер работал в строительно-монтажном тресте в Гомеле.
+Задержанный активно вел страницы в различных социальных сетях, где высказывался о политических и социальных событиях. За поддержку Украины другие пользователи сетей называли его "бандеровцем".
+Также отбывает наказание родственник Вилена Тургунова, Игорь Козубов.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2024: неизвестно. Апелляция 25.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-24 11:26:49</t>
+  </si>
+  <si>
+    <t>Сергей Петрович Забелич</t>
+  </si>
+  <si>
+    <t>11 декабря 1972</t>
+  </si>
+  <si>
+    <t>51-летний Сергей Забелич из Минска, окончил Белорусский государственный университет информатики и радиоэлектроники. Судя по Linkedin, он не менее двадцати лет работал программистом. В сентябре 2022-го перешел из компании Nikta Technologies в компанию Intrahealth, резидента ПВТ, работающую на канадский рынок.
+Известно, что Сергея задерживали 13 декабря 2020 года, когда люди совместно выходили на дворовые марши. В этот день задержали еще 300 белорусов.
+Его обвиняют по двум статьям - "финансирование экстремистской деятельности, совершенное повторно»и "финансирование деятельности экстремистского формирования". Ему грозит до восьми лет колонии.
+07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.04.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-02 13:51:41</t>
   </si>
   <si>
-    <t>Alla Ivanovna Puchinskaya</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 08.02.2024: 5 anni di reclusione in una colonia del regime generale.</t>
+    <t>Евгений Александрович Глушков</t>
+  </si>
+  <si>
+    <t>Евгений Глушков - бывший могилевский журналист, в 90-е и 2000-е работал на городском телевидении, после этого сотрудничал с несколькими городскими порталами. 
+Глушкова задержали в начале января при помощи штурма, поскольку мужчина не открыл дверь силовикам. Его вытащили на улицу прямо в той одежде, в которой он находился дома.
+По некоторым данным установлено, что уголовное дело заведено в отношении Глушкова за журналистскую деятельность. Предположительная статья - 361-1 УК РБ (создание или участие в экстремистским формировании).</t>
+  </si>
+  <si>
+    <t>Решение суда 31.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-12 16:40:41</t>
+  </si>
+  <si>
+    <t>Алла Ивановна Пучинская</t>
+  </si>
+  <si>
+    <t>11 декабря 1981</t>
+  </si>
+  <si>
+    <t>21 февраля 2024 года в суде Пинского района судья Бычило Андрей рассмотрел дело по ч. 2 ст. 19.11 КоАП (Распространение информационной продукции, включенной в республиканский список экстремистских материалов, а равно изготовление, издание, хранение либо перевозка с целью распространения такой информационной продукции).
+Видимо, после этого было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.02.2024: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-01-31 18:44:06</t>
   </si>
   <si>
-    <t>Eugene Aleksandrovich Glushkov</t>
-[...42 lines deleted...]
-    <t>Sentenza del tribunale 08.07.2024: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2024: il verdetto è stato confermato.</t>
+    <t>Илья Славомирович Гумбар</t>
+  </si>
+  <si>
+    <t>12 декабря 1989</t>
+  </si>
+  <si>
+    <t>Более двенадцати лет Илья работает в IT-компании iTechArt. Это крупная компания, в которой более полутора тысяч сотрудников. Илья — Senior software engineer. Гумбар имеет два известных увлечения — спортивный туризм и трейлраннинг. Трейлраннинг — это бег на большие дистанции по пересеченной местности, часто это непролазные леса или высокие горы (в пределах трассы перепады высоты могут достигать тысяч метров). Он занимает второе место в Беларуси среди мужчин по этой дисциплине по рейтингу UTMB. 
+03.09.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 16.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.03.2024: sconosciuto.</t>
+    <t>Игорь Евстафьевич Сидарович</t>
+  </si>
+  <si>
+    <t>12 декабря 1972</t>
+  </si>
+  <si>
+    <t>Игорь впервые был осуждён за то, что растянул плакат с надписью: «Пока в стране беззаконие, сопротивление — наш долг», перекрыв движение автомобильного транспорта. Ему присудили крупный штраф.
+Позже его повторно осудили за оскорбление власти через комментарий в чате «Молодечно для жизни» и назначили меру пресечения в виде «домашней химии». Игорь имеет инвалидность, так как у него отсутствует одна нога.
+В конце 2024 года стало известно, что Игорь снова был задержан и помещён под стражу. В июле 2025 года его осудили по статье «Содействие экстремистской деятельности», приговорив к лишению свободы и крупному штрафу.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.03.2021: 140 базовых величин штрафа. Решение суда 02.06.2021: 1 год 6 месяцев ограничения свободы без направления, 1500 рублей компенсации. Решение суда 22.07.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2021-07-02 21:03:36</t>
+  </si>
+  <si>
+    <t>Владимир Николаевич Марцинкевич</t>
+  </si>
+  <si>
+    <t>12 декабря 1980</t>
+  </si>
+  <si>
+    <t>19.03.2024 состоялось рассмотрение аппеляционной жалобы суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-11-28 21:27:07</t>
   </si>
   <si>
-    <t>Leonid Valerievich Raichenok</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 17.10.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.12.2023: sconosciuto.</t>
+    <t>Леонид Валерьевич Райченок</t>
+  </si>
+  <si>
+    <t>12 декабря 1986</t>
+  </si>
+  <si>
+    <t>Согласно версии обвинения, 17 мая 2022 года Леонид Райчёнок перевел 400 долларов на бронежилеты белорусским добровольцам, воюющим на стороне Украины. Второе пожертвование он сделал на сумму 150 долларов в пользу "Prague Support Team" (объединение белорусов Праги, которые собирают донаты и на них закупают обмундирование, иногда на оружейные аксессуары для белорусских добровольцев, воюющих на стороне Украины). Действия брестчанина квалифицировали как "финансирование граждан Республики Беларусь для участия на территории иностранного государства в вооруженном формировании одной из противоборствующих сторон, в вооруженных конфликтах, военных действиях".
+12.12.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
-    <t>Igor Evstafievich Sidarovich</t>
-[...22 lines deleted...]
-    <t>Sentenza del tribunale 01.08.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+    <t>Ольга Викторовна Колпакова</t>
+  </si>
+  <si>
+    <t>13 декабря 1979</t>
+  </si>
+  <si>
+    <t>Решение суда 01.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
   </si>
   <si>
-    <t>Vladislav Vadimovich Brouwer</t>
-[...2 lines deleted...]
-    <t>14 dicembre 1995</t>
+    <t>Константин Сергеевич Притуленко</t>
+  </si>
+  <si>
+    <t>14 декабря 1979</t>
+  </si>
+  <si>
+    <t>Бывший помощник прокурора Глусского района.
+В видео, которое публиковал СК, Притуленко говорил, что отправлял в чат-бот «Черной книги Беларуси» данные сотрудника прокуратуры Глусского района и врача.
+По информации «Нашай Нівы», в 2005 году Константин Притуленко был следователем, а после помощником прокурора района. Где Притуленко работал до задержания, неизвестно.
+Изначально процесс был открыт, но, по ходатайству потерпевших чиновников и силовиков, его закрыли.Всего в качестве потерпевших проходит более десятка человек, среди которых бывшая зампредседателя Могилевского горисполома, «главный идеолог города»Алла Галушко. Среди других пострадавших – члены избирательных комиссий, работники прокуратуры, силовики и другие представители власти.
+06.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии строгого режима.</t>
+  </si>
+  <si>
+    <t>2023-06-29 16:38:29</t>
+  </si>
+  <si>
+    <t>Андрей Юрьевич Савинский</t>
+  </si>
+  <si>
+    <t>14 декабря 1987</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, Савинский в течение полутора лет перевел сумму, эквивалентную 50 долларам США, на счета фондов, признанных «экстремистскими». При этом он неоднократно пользовался своей учетной записью в Facebook. Он также создал и разместил в одном из телеграм-чатов 4 текстовых сообщения, якобы направленных на «разжигание социальной вражды в обществе».
+12 января 2024 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2023: 5 лет лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция 12.01.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
+    <t>Владислав Вадимович Брауэр</t>
+  </si>
+  <si>
+    <t>14 декабря 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Filimonov</t>
-[...57 lines deleted...]
-    <t>Sentenza del tribunale 01.10.2024: sconosciuto. Appello 10.12.2024: sconosciuto.</t>
+    <t>Александр Евгеньевич Соболевский</t>
+  </si>
+  <si>
+    <t>15 декабря 1967</t>
+  </si>
+  <si>
+    <t>В Могилеве Соболевский известен как один из фрилансеров, сотрудничавших до 2020 года с городскими онлайн-изданиями. Алеся два раза осуждали за административное нарушение на сутки, после чего он не вышел на свободу. </t>
+  </si>
+  <si>
+    <t>Решение суда 31.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-01-08 17:12:54</t>
+  </si>
+  <si>
+    <t>Ольга Владимировна Лоцманова</t>
+  </si>
+  <si>
+    <t>15 декабря 1972</t>
+  </si>
+  <si>
+    <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Решение суда 01.10.2024: 4 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-04 10:51:54</t>
   </si>
   <si>
-    <t>Stanislav Valentinovich Kuzmitsky</t>
-[...11 lines deleted...]
-    <t>15 anni di carcere in una colonia penale.</t>
+    <t>Станислав Валентинович Кузмицкий</t>
+  </si>
+  <si>
+    <t>15 декабря 1986</t>
+  </si>
+  <si>
+    <t>По материалам следствия, Кузмицкий,«имея извращенные ценности и превратное понимание слова «патриотизм», целенаправленно вступил в террористическую организацию и возглавил отдельные ресурсы сети «...97». Он администрировал более 30 чатов, которые под жестоким контролем и руководством из-за границы наполнял экстремистскими материалами. Мужчина формировал состав экстремистских сообществ, распределял роли и организовывал участие их членов в акциях протеста. Кроме этого, он принимал меры по объединению и увеличению числа сообществ: морально поддерживал их в беседах частного характера, организовывал проведение совместного досуга, распространение агитационной продукции, нанесение рисунков и надписей экстремистского характера на фасады сооружений».</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 лет лишения свободы в колонии усиленного режима. </t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
-    <t>Alexander Evgenyevich Sobolevsky</t>
-[...23 lines deleted...]
-    <t>Sentenza del tribunale 26.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: sconosciuto.</t>
+    <t>Виктор Васильевич Баркет</t>
+  </si>
+  <si>
+    <t>16 декабря 1973</t>
+  </si>
+  <si>
+    <t>Был задержан за комментарии о российских военных. Житель Волковыска. На провластных телеграм-каналах опубликовали "покаянное видео" на котором мужчина говорит, что был задержан за оскорбление в Telegram российских военных, которые "служат в Украине", оскорбление главы облисполкома и гродненского военкома.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.02.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-01-19 00:42:26</t>
+  </si>
+  <si>
+    <t>Елена Николаевна Вербицкая</t>
+  </si>
+  <si>
+    <t>16 декабря 1955</t>
+  </si>
+  <si>
+    <t>Задержана за помощь политзаключенным 23 января 2024 года, после чего Елену отпустили, но снова задержали в апреле того же года и поместили в СИЗО.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
-    <t>Victor Vasilevich Barket</t>
-[...25 lines deleted...]
-    <t>Sentenza del tribunale 26.02.2025: sconosciuto.</t>
+    <t>Павел Владимирович Кунцевич</t>
+  </si>
+  <si>
+    <t>17 декабря 1985</t>
+  </si>
+  <si>
+    <t>Павлу Кунцевичу 39 лет. Он минчанин, учился в Минском государственном институте экологии имени Сахарова на психолога. Работал на Червенском рынке, где имел собственную торговую точку, а в последнее время делал теплицы за деньги. 
+Если судить по соцсетям, задержали его осенью 2023-го. Обвиняли его по ч. 3 ст. 361 УК Беларуси - " призывы к санкциям или иным действиям, направленным в ущерб национальной безопасности Беларуси». По статье ему грозило до 12 лет колонии.У Павла большая семья-жена и четверо детей.
+01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>4 года лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
+  </si>
+  <si>
+    <t>Максим Валерьевич Солоп</t>
+  </si>
+  <si>
+    <t>17 декабря 1988</t>
+  </si>
+  <si>
+    <t>Максиму Солопу 36 лет. Он родом из Бреста. В 2012 окончил физфак Гомельского государственного университета имени Франциска Скорины. Работал инженером в Брестском информационном вычислительном центре по экспорто-импортным перевозкам Белорусской железной дороги.
+Максим любит путешествия и активный отдых, а также занимается различными видами спорта и ведет здоровый образ жизни.
+Его начинают судить 24 февраля 2025 года в Брестском городском суде. Максима обвиняют в "призывах к действиям, направленным на причинение вреда национальной безопасности Беларуси" (ч. 3 ст. 361 УК).</t>
+  </si>
+  <si>
+    <t>Решение суда 26.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-24 17:46:36</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...8 lines deleted...]
-    <t>5,5 anni di carcere in una colonia penale</t>
+    <t>Наталья Сергеевна Матвеева</t>
+  </si>
+  <si>
+    <t>17 декабря 1983</t>
+  </si>
+  <si>
+    <t>Наталья была задержана в июне 2021 года по подозрению в планировании поджога лесозаготовительной техники. Задержание произошло вечером прямо на территории лесхоза, куда она прибыла якобы вместе с соучастником Гордеевым, который на самом деле выполнял задание органов государственной безопасности.
+По версии обвинения, вечером 8 июня 2021 года Наталья вместе с этим человеком изготовила коктейли Молотова, с помощью которых планировалось поджечь технику. Однако преступление не было доведено до конца — Наталью задержали до совершения поджога.
+На суде Наталья рассказала, что оказалась в сложной жизненной ситуации: в августе 2020 года был задержан её знакомый, она потеряла отца и испытывала трудности на работе. Она также подтвердила, что действительно состояла в чате «ОГСБ» и имела умысел уничтожить лесозаготовительную технику в лесхозе.
+В декабре 2022 года её признали виновной и приговорили к лишению свободы в колонии общего режима с назначением крупного штрафа.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.12.2022: 14 лет лишения свободы в колонии в условиях общего режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-09-01 17:30:07</t>
+  </si>
+  <si>
+    <t>Павел Викторович Мякиш</t>
+  </si>
+  <si>
+    <t>17 декабря 1987</t>
+  </si>
+  <si>
+    <t>Бывший судмедэксперт. Учился программированию.</t>
+  </si>
+  <si>
+    <t>5,5 лет лишения свободы в колонии усиленного режима</t>
   </si>
   <si>
     <t>2022-06-09 00:04:39</t>
   </si>
   <si>
-    <t>Pavel Vladimirovich Kuntsevich</t>
-[...43 lines deleted...]
-Era il segretario del sindacato giovanile locale BRSM. Il profilo VKontakte di Artur indica che è originario di Minsk e si è laureato alla BSU.</t>
+    <t>Артур Игоревич Сырокваша</t>
+  </si>
+  <si>
+    <t>18 декабря 1993</t>
+  </si>
+  <si>
+    <t>Артур Сырокваша работал заместителем начальника пограничной заставы «Хойники», созданной в 2020 году. То есть Артур работал на границе, через которую российская техника шла в Украину.
+Был секретарем местного БРСМ. В анкете Артура «ВКонтакте» указано, что он родом из Минска, закончил БГУ.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Alexander Nikolaevich Trotsenko</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 26.09.2024: 5 anni di reclusione in una colonia del regime generale. Appello 10.12.2024: sconosciuto.</t>
+    <t>Александр Николаевич Троценко</t>
+  </si>
+  <si>
+    <t>19 декабря 1971</t>
+  </si>
+  <si>
+    <t>Решение суда 26.09.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
   </si>
   <si>
-    <t>Vitaly Vladimirovich Leskovets</t>
-[...13 lines deleted...]
-    <t>Sentenza del tribunale 30.08.2024: sconosciuto.</t>
+    <t>Виталий Владимирович Лесковец</t>
+  </si>
+  <si>
+    <t>20 декабря 1975</t>
+  </si>
+  <si>
+    <t>Виталий — программист. Он работал на Могилевском металлургическом заводе и администрировал сайт компании, в проектном специализированном бюро, инженером-программистом в Центре городских информационных систем Могилева.
+Хобби мужчины — фотография. Он фотографирует как на ленту, так и на цифровые фотоаппараты. Алексей регулярно снимает различные городские мероприятия и делится фото в соцсетях. Любит он и путешествовать, как по Беларуси, так и по зарубежью.
+Его судят за донаты на помощь Украине.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 30.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-19 18:56:57</t>
   </si>
   <si>
-    <t>Evgeniy Vladimirovich Propolskiy</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 03.05.2023: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+    <t>Евгений Владимирович Пропольский</t>
+  </si>
+  <si>
+    <t>20 декабря 1994</t>
+  </si>
+  <si>
+    <t>Евгений был задержан по делу о массовых беспорядках и обвинен в участии в телеграм-каналах "радикального направления".
+В мае 2023 года он был повторно осужден за "злостное неповиновение требованиям администрации колонии".</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 03.05.2023: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
-    <t>Leonid Valentinovich Kozyr</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 12.10.2022: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 22.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
+    <t>Владимир Анатольевич Баслык</t>
+  </si>
+  <si>
+    <t>20 декабря 1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Дело начинает рассматривать судья Анжелика Данилова 29 июля 2024 года в Минском областном суде.
+</t>
+  </si>
+  <si>
+    <t>Решение суда 02.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:16:04</t>
+  </si>
+  <si>
+    <t>Леонид Валентинович Козырь</t>
+  </si>
+  <si>
+    <t>Первый суд над Леонидом прошел осенью 2022 года, его обвинили по ст.369, приговорили к ограничению свободы без направления. 
+О втором суде стало известно в августе 2024 года. Леонида обвиняют в "финансировании деятельности экстремистского формирования" (арт. 361-2 УК) и «вербовке, обучении или подготовке к участию в войне, а также материальном обеспечении такой деятельности» (ч. 2 ст. 361-3 УК). Вероятно, у мужчины нашли донат на ВСУ. Приговор скорее всего связан с лишением свободы.
+У Леонида высшее образование, его последнее место работы — частное предприятие "Гомельстальстандарт".</t>
+  </si>
+  <si>
+    <t>Решение суда 12.10.2022: неизвестно лет ограничения свободы без направления. Решение суда 22.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Igor Mikhailovich Sushko</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 08.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: sconosciuto.</t>
+    <t>Игорь Михайлович Сушко</t>
+  </si>
+  <si>
+    <t>21 декабря 1978</t>
+  </si>
+  <si>
+    <t>Игоря задержали 23 ноября 2023 года. Из видео на провластном канале, опубликованного силовиками известно, что он являлся соучредителем фирмы по городским маршрутным перевозкам.
+На камеру Игорь говорит, что был задержан за комментарии в Telegram-каналах о белорусских и российских военных.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
-    <t>Dmitry Sergeevich Osiyuk</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 14.08.2024: sconosciuto. Appello 16.01.2025: sconosciuto.</t>
+    <t>Дмитрий Сергеевич Осиюк</t>
+  </si>
+  <si>
+    <t>21 декабря 1987</t>
+  </si>
+  <si>
+    <t>Известно, что дело Дмитрия во многом сфабриковано, некоторые его действия были специально спровоцированны сотрудниками спецслужб.
+Правозащитникам известно, что под стражей мужчина содержится примерно с декабря 2023 года. Сразу его содержали в минском СИЗО-1, а потом этапировали в брестское СИЗО. Ему присудили 20 лет лишения свободы, первые 5 лет из них на тюремноом режиме.
+Известно, что Осиюк жил в Березе, у него есть дочь.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 14.08.2024: 20 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 16.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Vyacheslav Nikolaevich Rogashchuk</t>
-[...5 lines deleted...]
-    <t>Vyacheslav è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. Dopo il suo arresto, è stato picchiato per tre giorni e non gli è stata fornita assistenza medica, motivo per cui ha avuto un mini-ictus. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
+    <t>Вячеслав Николаевич Рогащук</t>
+  </si>
+  <si>
+    <t>22 декабря 1985</t>
+  </si>
+  <si>
+    <t>Вячеслав был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. После ареста его избивали в течение трех дней и не предоставили медицинскую помощь, из-за чего он перенес микроинсульт. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
   </si>
   <si>
-    <t>Victoria Alexandrovna Veras</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 18.11.2024: 2 anni di reclusione in una colonia del regime generale.</t>
+    <t>Михаил Юрьевич Незнанов</t>
+  </si>
+  <si>
+    <t>22 декабря 1982</t>
+  </si>
+  <si>
+    <t>Решение суда 23.07.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-24 23:50:24</t>
+  </si>
+  <si>
+    <t>Виктория Александровна Верас</t>
+  </si>
+  <si>
+    <t>22 декабря 1994</t>
+  </si>
+  <si>
+    <t>Виктория из Минска, окончила медицинский колледж. Сначала работала в государственных поликлиниках, потом — в медицинском центре «Синэво».
+Человек, который знает Светлану по колледжу, рассказал, что в студенческие годы она не интересовалась политикой и никогда не была публичной активисткой. Однако события 2020 года изменили до неузнаваемости жизни десятков тысяч, если не сотен тысяч белорусов. И Верас не стала исключением.
+Неизвестно, когда Викторию задержали. </t>
+  </si>
+  <si>
+    <t>Решение суда 18.11.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-01 18:08:08</t>
   </si>
   <si>
-    <t>Michael Yuryevich Neznanov</t>
-[...26 lines deleted...]
-    <t>Sentenza del tribunale 26.06.2025: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+    <t>Игорь Михайлович Клочко</t>
+  </si>
+  <si>
+    <t>23 декабря 1997</t>
+  </si>
+  <si>
+    <t>Игорь был осужден за участие в акции протеста, которая проходила 11 августа 2020 года в городе Бресте.</t>
+  </si>
+  <si>
+    <t>ИУОТ-46, 213188, Могилевская обл., г. п. Круглое, ул. Советская, 96</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 26.06.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
-    <t>Dmitriy Viktorovich Trukhan</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello 12.08.2023: sconosciuto. Protesta del pubblico ministero 08.12.2023: sconosciuto.</t>
+    <t>Сергей Александрович Чернецкий</t>
+  </si>
+  <si>
+    <t>23 декабря 1985</t>
+  </si>
+  <si>
+    <t> Согласно обвинению в отношении Сергея Чернецкого, тот под постом с фото Филатова в телеграм-канале «Доска позора» оставил оскорбительный комментарий. 7 июня 2024 года в суде Лидского района против Сергея рассмотрено дело "О замене ограничения свободы без направления в исправительное учреждение открытого типа". </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 года ограничения свободы без направления. Замена наказания на лишение свободы. </t>
+  </si>
+  <si>
+    <t>2022-06-20 18:02:33</t>
+  </si>
+  <si>
+    <t>Дмитрий Викторович Трухан</t>
+  </si>
+  <si>
+    <t>23 декабря 1981</t>
+  </si>
+  <si>
+    <t>08.12.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 12.08.2023: неизвестно. Протест прокурора 08.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
   </si>
   <si>
-    <t>Sergei Alexandrovich Chernetsky</t>
-[...20 lines deleted...]
-    <t>Sentenza del tribunale 20.08.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Максим Иванович Соболев</t>
+  </si>
+  <si>
+    <t>23 декабря 1998</t>
+  </si>
+  <si>
+    <t>Согласно версии обвинения, с 10 по 11 августа 2020 года на тот момент несовершеннолетние Юлия Шаранова, Никита Войтюк, Николай Никитюк, а также Василий Алексеюк, Глеб Климович, Виталий Варфаламеев, Александр Тысевич, Максим Соболев, находясь на проезжей части проспекта Машерова, бульваров Космонавтов и Шевченко, ул. Советской в Бресте, "выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, грубо нарушая общественный порядок, умышленно препятствовали движению транспортных средств и нормальному функционированию предприятий и организаций".
+В судебном заседании все вину признали полностью.
+Также известно, что Максим Соболев, Глеб Климович, Юлия Шаранова осуждены, в том числе по "наркотическим" статьям.
+Максиму Соболеву по ч. 1 ст. 342 УК было назначено два года лишения свободы. Но поскольку, Максим был уже осужден по "наркотическому" ч. 4 ст. 328 УК, путем частичного сложения основных наказаний и полного присоединения дополнительного наказания, назначено 12 лет колонии с отбыванием в исправительной колонии в условиях усиленного режима со штрафом в сумме 3 200 рублей.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:07:55</t>
+  </si>
+  <si>
+    <t>Александр Викторович Коновальчик</t>
+  </si>
+  <si>
+    <t>24 декабря 1979</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
+  </si>
+  <si>
+    <t>Анатолий Викторович Латушка</t>
+  </si>
+  <si>
+    <t>24 декабря 1976</t>
+  </si>
+  <si>
+    <t>Задержан за рисование через трафареты «Погони».
+Анатолий Латушка — двоюродный брат политика Павла Латушко.
+22.03.2024 был переведен на тюремный режим до конца срока.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.09.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: неизвестно. Суд по смене режима 22.03.2024: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2022-02-03 18:53:15</t>
+  </si>
+  <si>
+    <t>Дмитрий Иванович Шаблыко</t>
+  </si>
+  <si>
+    <t>24 декабря 1996</t>
+  </si>
+  <si>
+    <t>Решение суда 20.08.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
-    <t>Anatoly Viktorovich Latushka</t>
-[...27 lines deleted...]
-    <t>Sentenza del tribunale 11.06.2024: 8 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.08.2024: il verdetto è stato confermato.</t>
+    <t>Анатолий Владимирович Володько</t>
+  </si>
+  <si>
+    <t>25 декабря 1967</t>
+  </si>
+  <si>
+    <t>Анатолию Володько 56 лет. Он минчанин. У мужчины есть жена, совершеннолетняя дочь и сын, которому вскоре исполнится восемнадцать лет. Более 20 лет Володько отработал программистом в компании «Топ Софт». Она занимается созданием экосистемы продуктов "Галактика", нужной для цифровизации бизнеса. Центральный офис фирмы находится в России, часть времени Анатолий проработал там.
+Точная дата задержания мужчины неизвестна, но, вероятно, это 15 или 16 января 2024 года. Ведь 17 января его вместе с женой осудили за» мелкое хулиганство " — его на 15 суток, приговор жене неизвестен. Согласно показаниям силовиков, Анатолий Володько «находился в общественном месте и из хулиганских побуждений громко кричал, нецензурно выражался, размахивал руками и вел себя агрессивно». Мужчина вину не признал и сказал, что посреди дня его задержали в собственном доме. Ничего из того, о чем говорили свидетели, он не делал.По словам сокамерника Анатолия Володько, тот отказался выплачивать "пожертвования", которые сотрудники КГБ под угрозами предлагают выплатить тем, кто делал донаты. Вообще мужчина не признал свою вину. Сокамерник Анатолия утверждает, что это послужило причиной дальнейшего преследования — административного и уголовного.
+27 августа 2024 г. у Анатолия состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.06.2024: 8 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Khaltsov</t>
-[...9 lines deleted...]
-    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+    <t>Анастасия Юрьевна Грицкевич</t>
+  </si>
+  <si>
+    <t>25 декабря 1993</t>
+  </si>
+  <si>
+    <t>Анастасия родом из Мозыря, закончила БГУФК по специальности «туризм и гостеприимство», работала в «Минск-Арене». Много путешествовала, любила спорт — хоккей и велосипедный спорт.
+Дата задержания Анастасии неизвестна. Последний раз она что-то писала в телеграме в феврале 2025 года. И именно в том месяце активно шли аресты по делу Гаюна.
+Со времени задержания Грицкевич нигде не была онлайн. Судя по этому, ей присудили наказание, связанное с лишением свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
+    <t>Дмитрий Николаевич Хальцов</t>
+  </si>
+  <si>
+    <t>25 декабря 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий Хальцов-индивидуальный предприниматель. В 2020 году в репортаже о митингах в Гомеле после похорон убитого милиционерами Александра Вихора, о нем писало издание “Комсомольская правда”. Дмитрий за собственные деньги тогда приобрел мегафон, написал в местном чате предложение собраться и отправиться к облисполкому. Тогда люди вызвали на беседу руководителя областной власти.
+Из-за закрытости судебной системы от общества пока неизвестна суть предъявленных Дмитрию Хальцову обвинений и конкретный приговор. Известно лишь, что его заключили на реальный срок в колонию.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
-    <t>Igor Nikolaevich Kozlov</t>
-[...9 lines deleted...]
-    <t>14 anni di reclusione in una colonia sotto regime rafforzato</t>
+    <t>Игорь Николаевич Козлов</t>
+  </si>
+  <si>
+    <t>25 декабря 1975</t>
+  </si>
+  <si>
+    <t>Житель Могилевской области. Работник «Бобруйского завода тракторных деталей и агрегатов».
+Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527. Задержан вместе с супругой.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.08.2022: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.10.2022: неизвестно.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
-    <t>Artem Shirinovich Nasanovich</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 25.03.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 14.06.2024: sconosciuto.</t>
+    <t>Артем Ширинович Насанович</t>
+  </si>
+  <si>
+    <t>25 декабря 1994</t>
+  </si>
+  <si>
+    <t>С чем связано такое суровое наказание, как и обстоятельства возбуждения уголовного дела, до сих пор неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.03.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 14.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
-    <t>Artyom Evgenyevich Parkhamovich</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 08.02.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 29.04.2022: il verdetto è stato confermato.</t>
+    <t>Артём Евгеньевич Пархамович</t>
+  </si>
+  <si>
+    <t>26 декабря 1995</t>
+  </si>
+  <si>
+    <t>Артем, сотрудник "Белтелекома", был задержан 22 октября 2020 года и осужден за передачу данных сотрудников силовых структур в Telegram.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
-    <t>Vera Mikhailovna Kanonenko</t>
-[...6 lines deleted...]
-È accusato ai sensi di diversi articoli del Codice penale per interazione con "gruppi estremisti".</t>
+    <t>Вера Михайловна Кононенко</t>
+  </si>
+  <si>
+    <t>27 декабря 1974</t>
+  </si>
+  <si>
+    <t>Была задержана в конце октября 2024 года во время очередного "рейда" против тех, кого подозревают в солидарности с политическими заключенными.
+Обвиняется по нескольким статьям Уголовного кодекса за взаимодействие с "экстремистскими формированиями".  </t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
-    <t>Paul Dmitrievich Yasny</t>
-[...14 lines deleted...]
-    <t>Presumibilmente detenuto per aver aiutato i prigionieri politici.</t>
+    <t>Ольга Дмитриевна Алексеева</t>
+  </si>
+  <si>
+    <t>27 декабря 1982</t>
+  </si>
+  <si>
+    <t>Предположительно задержана за помощь политзаключенным.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Velikoselets</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 18.03.2024: 3 anni di reclusione in una colonia del regime generale. Appello 14.06.2024: sconosciuto.</t>
+    <t>Андрей Викторович Великоселец</t>
+  </si>
+  <si>
+    <t>27 декабря 1984</t>
+  </si>
+  <si>
+    <t>14.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.03.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 14.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-16 18:17:37</t>
   </si>
   <si>
-    <t>Vyacheslav Yuryevich Malyshev</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 13.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+    <t>Вячеслав Юрьевич Малышев</t>
+  </si>
+  <si>
+    <t>29 декабря 1979</t>
+  </si>
+  <si>
+    <t>Решение суда 13.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
-    <t>Joseph (Yazep) Iosifovich Dulebo</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 26.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 04.02.2025: sconosciuto.</t>
+    <t>Ольга Анатольевна Осипчик</t>
+  </si>
+  <si>
+    <t>30 декабря 1977</t>
+  </si>
+  <si>
+    <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
+    <t>Иосиф (Язэп) Иосифович Дулебо</t>
+  </si>
+  <si>
+    <t>30 декабря 1967</t>
+  </si>
+  <si>
+    <t>3 мая 2024 года Комитет государственной безопасности Беларуси внес в список так называемых «экстремистских формирований» ряд медиа-ресурсов проекта FreeInfoBel, также были указаны конкретные люди которые, по их мнению, имеют отношение к проекту - Ольгу Пашкевич и Иосифа Дулебо. Причем о внесении FreeInfoBel по факту стало известно лишь через 5 дней - 8 мая.
+В данный момент неизвестно, по какому именно уголовному делу мужчина находится под стражей, но, можно предположить, что оно связано с «экстремизмом». Удалось узнать, что задержан Дулебо был изначально по административному делу. Однако, когда пришло время освобождения из ИВС, Дулебо на волю не вышел – его перевели в СИЗО.
+Мужчина в прошлом возглавлял Витебское подразделение БНФ, но в начале 2000-х отошел от партийных дел.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
-    <t>Alexander Fedorovich Borovik</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 15.05.2023: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 25.06.2024: sconosciuto.</t>
+    <t>Валерия Борисовна Костюгова</t>
+  </si>
+  <si>
+    <t>Валерия — политологиня, основательница и редакторка сайта экспертного сообщества «Наше мнение», авторка и редакторка «Белорусского ежегодника», руководительница группы экспертов по мониторингу «Беларусь в фокусе».
+30 июня 2021 года после обыска в её доме, проведённого сотрудниками КГБ, Валерию задержали и поместили в изолятор, позже переведя в СИЗО.
+6 февраля 2023 года в суде начали рассматривать её дело по обвинению в «пособничестве действиям, направленным на захват власти», «призывам к действиям, наносящим вред национальной безопасности» и «разжигании социальной вражды». 17 марта 2023 года суд в закрытом режиме приговорил Валерию к 10 годам лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.03.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-07-02 15:40:50</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Кушнер</t>
+  </si>
+  <si>
+    <t>30 декабря 1974</t>
+  </si>
+  <si>
+    <t>Был осужден за комментарий про Украину, оставленный в 2022 году. Дело сушалось в Минском городском суде.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Олеся Вячеславовна Шапкина</t>
+  </si>
+  <si>
+    <t>30 декабря 1988</t>
+  </si>
+  <si>
+    <t>Программистка SamSolutions.
+15 сентября 2023 г. прошло рассмотрение апелляционной жалобы.
+ Летом 2025 переболела воспалением легких, лежала в санчасти. </t>
+  </si>
+  <si>
+    <t>Решение суда 30.06.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
+  </si>
+  <si>
+    <t>Александр Федорович Боровик</t>
+  </si>
+  <si>
+    <t>30 декабря 1981</t>
+  </si>
+  <si>
+    <t>Мужчину обвинили в том, что он, по мнению суда, оставил оскорбительный комментарий в телеграмме в сторону министра внутренних дел Ивана Кубракова и заместителя начальника УВД администрации Центрального района Минска, начальника криминальной милиции Владимира Кубракова. Александр полностью признал вину и раскаялся в содеянном. До суда мужчина находился под личным поручительством. После оглашения приговора его взяли под стражу в зале суда.
+Александр Боровик имеет на иждивении несовершеннолетнего ребенка. Работает столяром-станочником. 
+В январе 2024 года стало известно, что Павел снова стал обвиняемым, но на этот раз по ст 130 УК РБ.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.05.2023: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 25.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-05-02 13:34:46</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...56 lines deleted...]
-    <t>31 dicembre 1981</t>
+    <t>Алексей Александрович Кубраков</t>
+  </si>
+  <si>
+    <t>31 декабря 1981</t>
   </si>
   <si>
     <t>2025-10-20 21:23:33</t>
   </si>
   <si>
-    <t>Nadzeya Alexandrovna Leskovets</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 11.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.10.2024: sconosciuto.</t>
+    <t>Надежда Александровна Лесковец</t>
+  </si>
+  <si>
+    <t>31 декабря 1978</t>
+  </si>
+  <si>
+    <t>Была задержана 23 января 2024 года во время массового рейда силовых структур по родственникам политзаключенных и по людям, которые помогали им.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-13 22:04:59</t>
   </si>
   <si>
-    <t>Vadim Nikolaevich Vasiliev</t>
-[...9 lines deleted...]
-    <t>12 anni di carcere in regime rafforzato</t>
+    <t>Ольга Григорьевна Строева</t>
+  </si>
+  <si>
+    <t>31 декабря 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Вадим Николаевич Васильев</t>
+  </si>
+  <si>
+    <t>31 декабря 1994</t>
+  </si>
+  <si>
+    <t>Задержан за администрирование чатов «Витебск -97%» и «Орша -97%».
+Художник по свету ТЗУ в белорусском театре «Лялька».</t>
+  </si>
+  <si>
+    <t>12 лет лишения свободы в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
   </si>
   <si>
-    <t>Olga Grigorievna Stroeva</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 14.11.2024: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 14.01.2025: sconosciuto.</t>
+    <t>Максим Валерьевич Сандракула</t>
+  </si>
+  <si>
+    <t>Решение суда 14.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1700,51 +1773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1892,2206 +1965,2325 @@
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
         <v>68</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>90</v>
       </c>
       <c r="I16" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>92</v>
       </c>
       <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>93</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>94</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>32</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>107</v>
       </c>
-      <c r="B20" t="s">
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...19 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>112</v>
       </c>
-      <c r="B21" t="s">
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>122</v>
       </c>
-      <c r="B23" t="s">
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>127</v>
       </c>
-      <c r="B24" t="s">
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>132</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>167</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
         <v>26</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>61</v>
+        <v>191</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>195</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
         <v>198</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>199</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>200</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
         <v>203</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>204</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>207</v>
+      </c>
+      <c r="B41" t="s">
         <v>208</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>26</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
+        <v>54</v>
+      </c>
+      <c r="I41" t="s">
         <v>209</v>
-      </c>
-[...19 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
+        <v>218</v>
+      </c>
+      <c r="I43" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>223</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>224</v>
       </c>
-      <c r="B44" t="s">
+      <c r="I44" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
+        <v>228</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>229</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>230</v>
-      </c>
-[...19 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>233</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>83</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>132</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>53</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>249</v>
+      </c>
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...22 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>254</v>
+      </c>
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
+        <v>257</v>
+      </c>
+      <c r="C51" t="s">
+        <v>258</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
+        <v>65</v>
+      </c>
+      <c r="I51" t="s">
         <v>259</v>
-      </c>
-[...19 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>260</v>
+      </c>
+      <c r="B52" t="s">
+        <v>261</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>26</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
+        <v>262</v>
+      </c>
+      <c r="I52" t="s">
         <v>263</v>
-      </c>
-[...22 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>264</v>
+      </c>
+      <c r="B53" t="s">
+        <v>265</v>
+      </c>
+      <c r="C53" t="s">
+        <v>266</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>267</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>268</v>
+      </c>
+      <c r="I53" t="s">
         <v>269</v>
-      </c>
-[...22 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
+        <v>274</v>
+      </c>
+      <c r="I54" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>276</v>
+      </c>
+      <c r="B55" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
+        <v>279</v>
+      </c>
+      <c r="I55" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B56" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="C56" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="I56" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B57" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C57" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="I57" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
+        <v>292</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>293</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>295</v>
-      </c>
-[...19 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>298</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>132</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" t="s">
         <v>299</v>
-      </c>
-[...19 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>300</v>
+      </c>
+      <c r="B60" t="s">
+        <v>301</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
+        <v>302</v>
+      </c>
+      <c r="I60" t="s">
         <v>303</v>
-      </c>
-[...22 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B61" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C61" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E61" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>309</v>
+      </c>
+      <c r="B62" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" t="s">
+        <v>311</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>312</v>
+      </c>
+      <c r="F62" t="s">
+        <v>313</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>314</v>
+      </c>
+      <c r="I62" t="s">
         <v>315</v>
-      </c>
-[...19 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>316</v>
+      </c>
+      <c r="B63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>319</v>
+      </c>
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...19 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
+        <v>328</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
       </c>
-      <c r="B65" t="s">
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
         <v>330</v>
       </c>
-      <c r="C65" t="s">
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
         <v>334</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>335</v>
       </c>
-      <c r="C66" t="s">
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>339</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>340</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...13 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>344</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>345</v>
-      </c>
-[...16 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>348</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>349</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>350</v>
-      </c>
-[...19 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>351</v>
+      </c>
+      <c r="B70" t="s">
+        <v>352</v>
+      </c>
+      <c r="C70" t="s">
+        <v>353</v>
+      </c>
+      <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>355</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>356</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
         <v>358</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>359</v>
       </c>
-      <c r="D71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="I71" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>361</v>
       </c>
       <c r="B72" t="s">
         <v>362</v>
       </c>
       <c r="C72" t="s">
         <v>363</v>
       </c>
       <c r="D72" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>60</v>
+        <v>329</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>61</v>
+        <v>364</v>
       </c>
       <c r="I72" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B73" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B74" t="s">
-        <v>371</v>
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>373</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="I74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B75" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E75" t="s">
+        <v>359</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
-      <c r="H75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I75" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B76" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C76" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>53</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="I76" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B77" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C77" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
+      <c r="E77" t="s">
+        <v>26</v>
+      </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I77" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D78" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>391</v>
+        <v>70</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
+      <c r="H78" t="s">
+        <v>392</v>
+      </c>
       <c r="I78" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B79" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E79" t="s">
-        <v>60</v>
+        <v>335</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="I79" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>397</v>
       </c>
       <c r="B80" t="s">
         <v>398</v>
       </c>
       <c r="C80" t="s">
         <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>201</v>
+        <v>400</v>
       </c>
       <c r="I80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B81" t="s">
-        <v>402</v>
+        <v>398</v>
+      </c>
+      <c r="C81" t="s">
+        <v>403</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E81" t="s">
-        <v>391</v>
+        <v>53</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
+      <c r="H81" t="s">
+        <v>404</v>
+      </c>
       <c r="I81" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B82" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C82" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D82" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>60</v>
+        <v>273</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I82" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B83" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C83" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E83" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="I83" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B84" t="s">
-        <v>415</v>
+        <v>417</v>
+      </c>
+      <c r="C84" t="s">
+        <v>418</v>
       </c>
       <c r="D84" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
+      <c r="H84" t="s">
+        <v>419</v>
+      </c>
       <c r="I84" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B85" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>81</v>
+        <v>335</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I85" t="s">
-        <v>419</v>
+        <v>423</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>424</v>
+      </c>
+      <c r="B86" t="s">
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>427</v>
+      </c>
+      <c r="I86" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>429</v>
+      </c>
+      <c r="B87" t="s">
+        <v>430</v>
+      </c>
+      <c r="D87" t="s">
+        <v>52</v>
+      </c>
+      <c r="E87" t="s">
+        <v>359</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="I87" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>432</v>
+      </c>
+      <c r="B88" t="s">
+        <v>433</v>
+      </c>
+      <c r="C88" t="s">
+        <v>434</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>70</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>435</v>
+      </c>
+      <c r="I88" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>437</v>
+      </c>
+      <c r="B89" t="s">
+        <v>425</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>70</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>438</v>
+      </c>
+      <c r="I89" t="s">
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">