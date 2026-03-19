--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -12,1464 +12,1530 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
   </si>
   <si>
-    <t>Станислав Александрович Михайлов</t>
-[...5 lines deleted...]
-    <t>Станислав был задержан 9 августа 2020 года в кафе в центре Пинска, когда пил кофе, и был сильно избит. Его задержали в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.</t>
+    <t>Виктор Викторович Сачковский</t>
+  </si>
+  <si>
+    <t>2 декабря 1989</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, мужчина 27 февраля 2022 года снял на видео полеты военных самолетов и отправил видеозапись т.н. "экстремистскому формированию". Куда именно был отправлен ролик — не уточнялось.</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
-    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
-[...1 lines deleted...]
-  <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
-  </si>
-[...13 lines deleted...]
-    <t>Согласно материалам дела, мужчина 27 февраля 2022 года снял на видео полеты военных самолетов и отправил видеозапись т.н. "экстремистскому формированию". Куда именно был отправлен ролик — не уточнялось.</t>
   </si>
   <si>
     <t>Решение суда 11.03.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 02.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
     <t>Николай Владимирович Василевич</t>
   </si>
   <si>
     <t>3 декабря 1978</t>
   </si>
   <si>
     <t>Николая обвиняют в "финансировании террористической деятельности", по этой статье грозит от 8 до 12 лет тюрьмы.
 Последнее известное место работы мужчины-Республиканский центр олимпийской подготовки по легкой атлетике.
 6 июня 2023 г. был осужден по ст. 361-2 УК на 6 лет колонии усиленного режима и большой штраф. Другие подробности дела неизвестны.
 1 сентября 2023 г. в Верховном суде судья Черевач В. должна была рассматривать апелляционную жалобу политзаключенного. На данный момент первый приговор вступил в силу, поэтому во время вынесения второго Василевич считался уже ранее судимым.
 12 сентября 2023 г. в суде Первомайского района состоялся еще один суд над Николаем. На этот раз его обвинили в" финансировании террористической деятельности " . Всего за донаты Светлана Черепович присудила ему 9 лет и 6 месяцев в колонии усиленного режима, а также штраф в 600 базовых величин. В провластном фильме говорится, что он осуществил не менее 54 пожертвований в фонды солидарности.
 14.11.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>9,5 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
     <t>Павел Юрьевич Лукашевич</t>
   </si>
   <si>
     <t>3 декабря 1987</t>
   </si>
   <si>
     <t>Про задержание лидчанина стало известно 22 сентября. На милицейском видео он рассказал, что был «зарегистрирован в Плане Перамога» и в телеграме оставлял «угрозы» силовикам. По информации телеграм-канала «Задержания, суды в Лиде», мужчина арестовывали на 15 суток по неназванной административной статье.</t>
   </si>
   <si>
     <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
   </si>
   <si>
     <t>Решение суда 27.05.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-02 18:38:03</t>
   </si>
   <si>
-    <t>Виктор Александрович Савчиц</t>
-[...14 lines deleted...]
-  <si>
     <t>Александр Сергеевич Вересович</t>
   </si>
   <si>
     <t>4 декабря 1966</t>
   </si>
   <si>
     <t>Имя Александра появилось в расписании судов. Мужчину обвиняют в пожертвованиях на помощь Украине и в пользу «экстремистского формирования».
 Примечательно, что пожертвование в поддержку «экстремистского формирования» мужчина сделал до мая 2021 года, когда в Беларуси вообще не было экстремистских формирований. . Суд начался 19 марта в Минском городском суде.
 Александр имеет в Молодечно небольшой бизнес: как ИП занимается грузоперевозками на собственном бусе. Он растит двоих детей: малую дочь, которая заканчивает шестой класс, и сына, который сейчас должен быть в старших классах.
 07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
+    <t>Виктор Александрович Савчиц</t>
+  </si>
+  <si>
+    <t>4 декабря 1981</t>
+  </si>
+  <si>
+    <t>С 28 августа по 4 сентября 2024 года дело рассмотрел судья Писаревич Евгений. Также Виктору предстоит выплатить 1000 рублей компенсации морального вреда участковому города Логойска.
+07 октября 2025 года был объявлен приговор по второму суду: с учётом первого суда - 6 лет лишения свободы в условиях усиленного режима, 600 базовых штрафа, также компансация морального вреда Чемодановой - 5000 бел. руб., Карпенкову - 2000 бел.руб. и Никитенко - 5000 бел руб.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.09.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Апелляция 05.11.2024: неизвестно. Решение суда 07.10.2025: 6 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:21:31</t>
+  </si>
+  <si>
+    <t>Марина Викторовна Мазовка</t>
+  </si>
+  <si>
+    <t>5 декабря 1972</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-02 15:14:31</t>
+  </si>
+  <si>
     <t>Александр Юрьевич Волчок</t>
   </si>
   <si>
     <t>5 декабря 1986</t>
   </si>
   <si>
     <t>Был задержан 28 июня 2021 году,  отбыл 7 суток административного ареста. Был отпущен 5 июля, после чего снова был задержан сотрудниками следственного комитета, но уже по уголовному делу.
 По версии обвинения Александр в «Одноклассниках» с ноября по декабрь 2020 года, с мая пo декабрь 2021 года разместил публикации с оскорблением Лукашенко.
 Он же в декабре 2020 года и марте 2021 года в социальной сети «Вконтакте» разместил текстовый комментарий и видеоролик, высказывался в адрес Лукашенко.</t>
   </si>
   <si>
     <t>2,5 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
-    <t>Марина Викторовна Мазовка</t>
-[...14 lines deleted...]
-    <t>2025-08-02 15:14:31</t>
+    <t>Владимир Анатольевич Трифонов</t>
+  </si>
+  <si>
+    <t>6 декабря 1964</t>
+  </si>
+  <si>
+    <t>Подробности дела неизвестны, так как процесс проходил в закрытом режиме, а на самом уголовном деле — гриф секретности.
+Подробности задержания осуждённых известны из пропагандистского фильма «Операция КГБ «Манкурты»», который ОНТ показал в 2021 году.
+Согласно фильму, Владимир Трифонов — проводник через беларусско-литовскую границу, через которую должен был нелегально перевести Алексея Храловича.
+Начал отбывать наказание.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>14 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:52:25</t>
   </si>
   <si>
     <t>Виктор Георгиевич Ламеко</t>
   </si>
   <si>
     <t>6 декабря 1968</t>
   </si>
   <si>
     <t>Предприниматель из Зельвы Виктора Ламеко был жестоко задержан и избит при задержании. Изначально на него составили протокол по административной статье 19.11 КоАП РБ (распространение экстремистских материалов). Не дав Ламеко даже покинуть здание суда, силовики вновь задержали его и вновь составили протокол по ст. 19.11 КоАП РБ. Когда мужчина находился в следственном изоляторе, на него составили третий протокол.
 Как стало известно, предприниматель находится в СИЗО, ему предъявлено обвинение уже по уголовной статье за клевету в отношении Лукашенко А.Г. 
 Пока мужчина был в СИЗО, у него умерла мать.
 Виктор судился с налоговой и защищал предпринимателей из Гродненской области в судах.
 24.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
     <t>Инна Викторовна Корбут</t>
   </si>
   <si>
     <t>6 декабря 1993</t>
   </si>
   <si>
     <t xml:space="preserve">Окончила Могилевский государственный университет имени Кулешова на детского психолога. Жила также в Мозыре и Могилеве. Последние три года она имеет статус индивидуального предпринимателя, направление его деятельности — фотография.
 Инну задержали и осудили в 2025 году за «содействие экстремистской деятельности». Преследование связано с делом Гаюна. Известно, что Инне присудили химию, но приговор, как и точная суть обвинений, неизвестны.
 </t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-11-01 18:11:07</t>
   </si>
   <si>
-    <t>Владимир Анатольевич Трифонов</t>
-[...26 lines deleted...]
-    <t>2025-11-15 23:37:00</t>
+    <t>Владимир Леонидович Леосевич</t>
+  </si>
+  <si>
+    <t>7 декабря 1981</t>
+  </si>
+  <si>
+    <t>30.10.2023 прошло судебное заседание.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 30.10.2023: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
+  </si>
+  <si>
+    <t>Анна Владимировна Власенко</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
   </si>
   <si>
     <t>Александр Станиславович Юшкевич</t>
   </si>
   <si>
     <t>7 декабря 1987</t>
   </si>
   <si>
     <t>8 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2023-09-04 22:43:02</t>
-  </si>
-[...16 lines deleted...]
-    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Егор Александрович Михайлов</t>
   </si>
   <si>
     <t>7 декабря 1994</t>
   </si>
   <si>
     <t>Егор был задержан в феврале 2021 года и позднее осуждён по делу о поджоге танка Т-72 в составе военного эшелона на железнодорожной станции в Степянке. По материалам дела, ночью 31 января 2021 года он бросил в танк «коктейль Молотова» с надписью «ОГСБ». Его действия квалифицировали как «акт терроризма». По версии обвинения, Егор совершил поджог, исходя из своих политических взглядов.
 В начале октября 2023 года стало известно, что Егора перевели в СИЗО-1 в связи с новым уголовным делом, возбужденным по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». По этому делу его приговорили ещё к шести месяцам заключения.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>Решение суда 26.07.2021: 10 лет лишения свободы в колонии в условиях усиленного режима, 685 рублей компенсации. Решение суда 05.10.2023: 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
-    <t>Анна Владимировна Власенко</t>
-[...5 lines deleted...]
-    <t>2025-11-01 22:19:38</t>
+    <t>Игорь Васильевич Черпаков</t>
+  </si>
+  <si>
+    <t>7 декабря 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Лилия Витольдовна Юруть</t>
+  </si>
+  <si>
+    <t>8 декабря 1976</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-17 18:20:13</t>
   </si>
   <si>
     <t>Марина Владимировна Леонович</t>
   </si>
   <si>
     <t>8 декабря 1995</t>
   </si>
   <si>
     <t>Марина — беларусскоязычная IT-специалистка из EPAM, которая также занимается творчеством. Она пишет статьи для беларусской Википедии, делает иллюстрации, переводит на беларусский язык и пишет стихи. После начала полномасштабной российской агрессии против Украины она переехала в Грузию, но затем по неизвестным причинам вернулась в Беларусь. Вскоре она была задержана в рамках уголовного дела и осуждена по статьям «финансирование экстремистской деятельности» и «финансирование или иная финансовая поддержка войны».</t>
   </si>
   <si>
     <t>Решение суда 14.01.2025: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-03-14 18:44:29</t>
   </si>
   <si>
-    <t>Лилия Витольдовна Юруть</t>
-[...8 lines deleted...]
-    <t>2025-09-17 18:20:13</t>
+    <t>Кирилл Куокович Нгуен</t>
+  </si>
+  <si>
+    <t>8 декабря 1993</t>
+  </si>
+  <si>
+    <t>12.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.04.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.07.2024: приговор оставлен без изменения. Решение суда 25.03.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 20.06.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Егор Андреевич Захарчук</t>
+  </si>
+  <si>
+    <t>8 декабря 1992</t>
+  </si>
+  <si>
+    <t>Осужден за участие в акциях протеста, а также за коммментарии в соцсетях.
+10.11.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
   </si>
   <si>
     <t>Наталия Сергеевна Салук</t>
   </si>
   <si>
     <t>8 декабря 1999</t>
   </si>
   <si>
     <t>Провластный телеграм-канал опубликовал видео о задержании беларуски, которая в 2020 году участвовала в протестах и «мешала проезду» машине ГАИ. Как пишут авторы канала, против девушки возбудили уголовное дело. По какой статье, не уточняется.
 Известно, что Наталья в 2022 году закончила БГТУ. </t>
   </si>
   <si>
     <t>Решение суда 16.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
-    <t>Кирилл Куокович Нгуен</t>
-[...29 lines deleted...]
-  <si>
     <t>Анна Валентиновна Корнеенко</t>
   </si>
   <si>
     <t>8 декабря 1985</t>
   </si>
   <si>
     <t>Бывшая бухгалтерка Минского электротехнического завода имени Вавилова. Судебный процесс начался 19 мая и проходил в закрытом режиме, поэтому информации про суть обвинения немного. Известно, что Анну уволили с работы после "Народного ультиматума" в 2020 году, затем она судилась с предприятием по факту незаконного увольнения.
 При задержании младшему ребенку Анны было всего 5 месяцев.</t>
   </si>
   <si>
     <t xml:space="preserve"> Решение суда 24.05.2023: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
   </si>
   <si>
+    <t>Евгений Вячеславович Холодов</t>
+  </si>
+  <si>
+    <t>8 декабря 1982</t>
+  </si>
+  <si>
+    <t>17.08.2023 прошло апелляционное заседеания суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:13:51</t>
+  </si>
+  <si>
     <t>Татьяна Ивановна Полубок</t>
   </si>
   <si>
     <t>9 декабря 1978</t>
   </si>
   <si>
     <t>Известно, что сотрудники ГУБОПиКа расследуют дело в отношении лиц, которые якобы были причастны к телеграм-чату «партизаны Новогрудка». Против них заведены уголовные дела по статье экстремизм. Из всех, кого допрашивали по делу, берут подписку о неразглашении.
 СМИ сообщают, что по меньшей мере шестеро человек среди тех, кого силовики задержали 15 дней назад, не вышли после отбытия административного ареста, в том числе Татьяну.</t>
   </si>
   <si>
-    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
+  </si>
+  <si>
+    <t>Валентин Владимирович Дубровщик</t>
+  </si>
+  <si>
+    <t>9 декабря 1969</t>
+  </si>
+  <si>
+    <t>Валентина обвиняют в оскорбительных комментариях в отношении Лукашенко, Караника, а также российских солдат, воюющих в Украине. Валерий работал сторожем десткого сада.
+13.10.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Артем Анатольевич Лебедько</t>
   </si>
   <si>
     <t>9 декабря 1985</t>
   </si>
   <si>
     <t>По информации правозащитников, сыну политика Анатолия Лебедько инкриминируют финансирование экстремистской деятельности. Артема задержали в конце марта и потом дважды осудили на 15 суток ареста, поле которых ему предъявили обвинение и перевели в СИЗО-1.
 Согласно версии обвинения, Лебедько в 2020 году "по мотивам идеологической вражды" с использованием расчетного счета одного из банков по телефону сделал несколько денежных переводов трем фондам, которые признаны "экстремистскими формированиями". Сообщается, что средства перечислялись через платежную систему популярной социальной сети "Фейсбук". Предположительно, речь идет, в том числе о фондах BY_help и Беларусском фонде спортивной солидарности.
 На суде политзаключенный не признал вину и заявил, что ему и вовсе не ясна суть предъявленных обвинений и не понимает, за что он на скамье подсудимых.
 31.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
-    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>3,5 года лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
-  </si>
-[...11 lines deleted...]
-    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Даниэль-Ландсей Кейта</t>
   </si>
   <si>
     <t>10 декабря 1999</t>
   </si>
   <si>
     <t>Провластный телеграм-канал «Пульс Гродно» опубликовал видео с задержанным за участие в протестах минчанином.
 На видео беларус говорит, что в 2020 году участвовал в протестах и оставлял негативные комментарии в сторону власти и сотрудников милиции. Также задержанный рассказал, что плохо относился к российским военным.</t>
   </si>
   <si>
     <t>Решение суда 31.01.2025: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Алина Валентиновна Хмелевская</t>
   </si>
   <si>
     <t>10 декабря 1984</t>
   </si>
   <si>
     <t>Алина была осуждена в июле 2024 года по статьям — «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте» и «финансирование деятельности экстремистского формирования».
 Приговор и суть обвинения правозащитникам неизвестны, однако обычно по первой статье в Беларуси судят за поддержку Украины в войне. За такой донат её могли приговорить к сроку от пяти до десяти лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>Решение суда 30.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
+  </si>
+  <si>
+    <t>Сергей Петрович Забелич</t>
+  </si>
+  <si>
+    <t>11 декабря 1972</t>
+  </si>
+  <si>
+    <t>51-летний Сергей Забелич из Минска, окончил Белорусский государственный университет информатики и радиоэлектроники. Судя по Linkedin, он не менее двадцати лет работал программистом. В сентябре 2022-го перешел из компании Nikta Technologies в компанию Intrahealth, резидента ПВТ, работающую на канадский рынок.
+Известно, что Сергея задерживали 13 декабря 2020 года, когда люди совместно выходили на дворовые марши. В этот день задержали еще 300 белорусов.
+Его обвиняют по двум статьям - "финансирование экстремистской деятельности, совершенное повторно»и "финансирование деятельности экстремистского формирования". Ему грозит до восьми лет колонии.
+07.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.04.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
   </si>
   <si>
     <t>Максим Владимирович Ралько</t>
   </si>
   <si>
     <t>11 декабря 2001</t>
   </si>
   <si>
     <t>Максима показали в пропагандистском фильме, съемки проводились в тюрьме. 
 Весной 2022 года вступил в добровольческий полк Калиновского, который был сформирован в феврале того же года с целью защиты Украины от российского вторжения.
 По данным провластного телеканала, Ралько участвовал в боевых действиях.
 В начале 2024-го Ралько уволился с Полка и вернулся в Варшаву. Начал изучать тестирование в IT, ходил на акции протеста, работал охранником в»Бедронке". Он получил статус дополнительной защиты. Через пару месяцев после возвращения из Украины в Польшу Максим поссорился с друзьями и исчез. Одного из них он обвинил в шпионаже. Потом вышел на связь в мае 2024 года. Рассказал, что находится в Германии и решил там податься на беженство. Позже Максим сообщил, что сбежал из лагеря для беженцев и оставил все документы, включая паспорт.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 10 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Вилен Сергеевич Тургунов</t>
   </si>
   <si>
     <t>11 декабря 1968</t>
   </si>
   <si>
     <t>Причина задержания гомельчанина Вилена Тургунова - комментарии в интернете, включая негативные в сторону милиции. 
 Вилену Тургунову 55 лет. Его отец родом из Узбекистана, мать белоруска. Вилен окончил университет в российском Новозыбкове (Брянская область) по специальности «правоведение». Работал Вилен Тургунов в Железнодорожном РОВД областного центра. Там были серьезные проблемы. Еще в 2001 году получил выговор за «безответственное отношение к службе», в 2002 году имел «неполное служебное несоответствие», в 2004-м — выговор за «грубое нарушение служебной дисциплины, нарушение приказа МВД».
 Позже бывший милиционер работал в строительно-монтажном тресте в Гомеле.
 Задержанный активно вел страницы в различных социальных сетях, где высказывался о политических и социальных событиях. За поддержку Украины другие пользователи сетей называли его "бандеровцем".
 Также отбывает наказание родственник Вилена Тургунова, Игорь Козубов.</t>
   </si>
   <si>
     <t>Решение суда 20.08.2024: неизвестно. Апелляция 25.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
-    <t>Сергей Петрович Забелич</t>
-[...16 lines deleted...]
-  <si>
     <t>Евгений Александрович Глушков</t>
   </si>
   <si>
     <t>Евгений Глушков - бывший могилевский журналист, в 90-е и 2000-е работал на городском телевидении, после этого сотрудничал с несколькими городскими порталами. 
 Глушкова задержали в начале января при помощи штурма, поскольку мужчина не открыл дверь силовикам. Его вытащили на улицу прямо в той одежде, в которой он находился дома.
 По некоторым данным установлено, что уголовное дело заведено в отношении Глушкова за журналистскую деятельность. Предположительная статья - 361-1 УК РБ (создание или участие в экстремистским формировании).</t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Алла Ивановна Пучинская</t>
   </si>
   <si>
     <t>11 декабря 1981</t>
   </si>
   <si>
     <t>21 февраля 2024 года в суде Пинского района судья Бычило Андрей рассмотрел дело по ч. 2 ст. 19.11 КоАП (Распространение информационной продукции, включенной в республиканский список экстремистских материалов, а равно изготовление, издание, хранение либо перевозка с целью распространения такой информационной продукции).
 Видимо, после этого было заведено уголовное дело.</t>
   </si>
   <si>
     <t>Решение суда 08.02.2024: 5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-01-31 18:44:06</t>
   </si>
   <si>
-    <t>Илья Славомирович Гумбар</t>
-[...14 lines deleted...]
-  <si>
     <t>Игорь Евстафьевич Сидарович</t>
   </si>
   <si>
     <t>12 декабря 1972</t>
   </si>
   <si>
     <t>Игорь впервые был осуждён за то, что растянул плакат с надписью: «Пока в стране беззаконие, сопротивление — наш долг», перекрыв движение автомобильного транспорта. Ему присудили крупный штраф.
 Позже его повторно осудили за оскорбление власти через комментарий в чате «Молодечно для жизни» и назначили меру пресечения в виде «домашней химии». Игорь имеет инвалидность, так как у него отсутствует одна нога.
 В конце 2024 года стало известно, что Игорь снова был задержан и помещён под стражу. В июле 2025 года его осудили по статье «Содействие экстремистской деятельности», приговорив к лишению свободы и крупному штрафу.</t>
   </si>
   <si>
     <t>Решение суда 31.03.2021: 140 базовых величин штрафа. Решение суда 02.06.2021: 1 год 6 месяцев ограничения свободы без направления, 1500 рублей компенсации. Решение суда 22.07.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Владимир Николаевич Марцинкевич</t>
-[...13 lines deleted...]
-  <si>
     <t>Леонид Валерьевич Райченок</t>
   </si>
   <si>
     <t>12 декабря 1986</t>
   </si>
   <si>
     <t>Согласно версии обвинения, 17 мая 2022 года Леонид Райчёнок перевел 400 долларов на бронежилеты белорусским добровольцам, воюющим на стороне Украины. Второе пожертвование он сделал на сумму 150 долларов в пользу "Prague Support Team" (объединение белорусов Праги, которые собирают донаты и на них закупают обмундирование, иногда на оружейные аксессуары для белорусских добровольцев, воюющих на стороне Украины). Действия брестчанина квалифицировали как "финансирование граждан Республики Беларусь для участия на территории иностранного государства в вооруженном формировании одной из противоборствующих сторон, в вооруженных конфликтах, военных действиях".
 12.12.2023 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 17.10.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 12.12.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
+    <t>Владимир Николаевич Марцинкевич</t>
+  </si>
+  <si>
+    <t>12 декабря 1980</t>
+  </si>
+  <si>
+    <t>19.03.2024 состоялось рассмотрение аппеляционной жалобы суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.03.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
+    <t>Илья Славомирович Гумбар</t>
+  </si>
+  <si>
+    <t>12 декабря 1989</t>
+  </si>
+  <si>
+    <t>Более двенадцати лет Илья работает в IT-компании iTechArt. Это крупная компания, в которой более полутора тысяч сотрудников. Илья — Senior software engineer. Гумбар имеет два известных увлечения — спортивный туризм и трейлраннинг. Трейлраннинг — это бег на большие дистанции по пересеченной местности, часто это непролазные леса или высокие горы (в пределах трассы перепады высоты могут достигать тысяч метров). Он занимает второе место в Беларуси среди мужчин по этой дисциплине по рейтингу UTMB. 
+03.09.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.07.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-07-01 19:56:24</t>
+  </si>
+  <si>
     <t>Ольга Викторовна Колпакова</t>
   </si>
   <si>
     <t>13 декабря 1979</t>
   </si>
   <si>
     <t>Решение суда 01.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
+  </si>
+  <si>
+    <t>Андрей Юрьевич Савинский</t>
+  </si>
+  <si>
+    <t>14 декабря 1987</t>
+  </si>
+  <si>
+    <t>Согласно материалам дела, Савинский в течение полутора лет перевел сумму, эквивалентную 50 долларам США, на счета фондов, признанных «экстремистскими». При этом он неоднократно пользовался своей учетной записью в Facebook. Он также создал и разместил в одном из телеграм-чатов 4 текстовых сообщения, якобы направленных на «разжигание социальной вражды в обществе».
+12 января 2024 года состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2023: 5 лет лишения свободы в колонии в условиях общего режима, 200 базовых величин штрафа. Апелляция 12.01.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
+    <t>Владислав Вадимович Брауэр</t>
+  </si>
+  <si>
+    <t>14 декабря 1995</t>
+  </si>
+  <si>
+    <t>2025-07-20 12:14:16</t>
   </si>
   <si>
     <t>Константин Сергеевич Притуленко</t>
   </si>
   <si>
     <t>14 декабря 1979</t>
   </si>
   <si>
     <t>Бывший помощник прокурора Глусского района.
 В видео, которое публиковал СК, Притуленко говорил, что отправлял в чат-бот «Черной книги Беларуси» данные сотрудника прокуратуры Глусского района и врача.
 По информации «Нашай Нівы», в 2005 году Константин Притуленко был следователем, а после помощником прокурора района. Где Притуленко работал до задержания, неизвестно.
 Изначально процесс был открыт, но, по ходатайству потерпевших чиновников и силовиков, его закрыли.Всего в качестве потерпевших проходит более десятка человек, среди которых бывшая зампредседателя Могилевского горисполома, «главный идеолог города»Алла Галушко. Среди других пострадавших – члены избирательных комиссий, работники прокуратуры, силовики и другие представители власти.
 06.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Андрей Юрьевич Савинский</t>
-[...23 lines deleted...]
-  <si>
     <t>Александр Евгеньевич Соболевский</t>
   </si>
   <si>
     <t>15 декабря 1967</t>
   </si>
   <si>
     <t>В Могилеве Соболевский известен как один из фрилансеров, сотрудничавших до 2020 года с городскими онлайн-изданиями. Алеся два раза осуждали за административное нарушение на сутки, после чего он не вышел на свободу. </t>
   </si>
   <si>
     <t>Решение суда 31.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
     <t>Ольга Владимировна Лоцманова</t>
   </si>
   <si>
     <t>15 декабря 1972</t>
   </si>
   <si>
     <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
   </si>
   <si>
     <t>Решение суда 01.10.2024: 4 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Станислав Валентинович Кузмицкий</t>
   </si>
   <si>
     <t>15 декабря 1986</t>
   </si>
   <si>
     <t>По материалам следствия, Кузмицкий,«имея извращенные ценности и превратное понимание слова «патриотизм», целенаправленно вступил в террористическую организацию и возглавил отдельные ресурсы сети «...97». Он администрировал более 30 чатов, которые под жестоким контролем и руководством из-за границы наполнял экстремистскими материалами. Мужчина формировал состав экстремистских сообществ, распределял роли и организовывал участие их членов в акциях протеста. Кроме этого, он принимал меры по объединению и увеличению числа сообществ: морально поддерживал их в беседах частного характера, организовывал проведение совместного досуга, распространение агитационной продукции, нанесение рисунков и надписей экстремистского характера на фасады сооружений».</t>
   </si>
   <si>
     <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
   </si>
   <si>
     <t xml:space="preserve">15 лет лишения свободы в колонии усиленного режима. </t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
+    <t>Александр Анатольевич Францкевич</t>
+  </si>
+  <si>
+    <t>15 декабря 1988</t>
+  </si>
+  <si>
+    <t>Следственный комитет называет его активным участником деструктивных телеграмм-каналов и представителем "диванных войск".
+Потерпевшими по делу выступали 26 человек.
+Францкевич до суда удерживался под стражей.</t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2022-06-28 16:49:54</t>
+  </si>
+  <si>
     <t>Виктор Васильевич Баркет</t>
   </si>
   <si>
     <t>16 декабря 1973</t>
   </si>
   <si>
     <t>Был задержан за комментарии о российских военных. Житель Волковыска. На провластных телеграм-каналах опубликовали "покаянное видео" на котором мужчина говорит, что был задержан за оскорбление в Telegram российских военных, которые "служат в Украине", оскорбление главы облисполкома и гродненского военкома.</t>
   </si>
   <si>
     <t>Решение суда 12.02.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Елена Николаевна Вербицкая</t>
   </si>
   <si>
     <t>16 декабря 1955</t>
   </si>
   <si>
     <t>Задержана за помощь политзаключенным 23 января 2024 года, после чего Елену отпустили, но снова задержали в апреле того же года и поместили в СИЗО.</t>
   </si>
   <si>
     <t>Решение суда 26.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
-    <t>Павел Владимирович Кунцевич</t>
-[...30 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Евгений Алексеевич Зборовский</t>
+  </si>
+  <si>
+    <t>17 декабря 1981</t>
+  </si>
+  <si>
+    <t>Евгения обвинили сразу по 9 статьям Уголовного кодекса. Причиной этому стали комментарии в Telegram и отправка администраторам Telegram-каналов 0,28 и 0,004 биткоина.
+Кроме этого, с декабря 2019 года по январь 2020 года он приобрел «особо опасные психотропные вещества», а на территории России (в Брянской области) купил огнестрельное оружие – пистолет Макарова (ПМ) и не менее 46 патронов к нему.
+Судебный процесс длился с 14 февраля по 2 июня, почти четыре месяца.
+Евгений свою вину признал частично, объяснил, что он был несогласен с результатами выборов президента Беларуси, и именно поэтому решил действовать активно.</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>2022-02-14 21:25:55</t>
+  </si>
+  <si>
+    <t>Павел Викторович Мякиш</t>
+  </si>
+  <si>
+    <t>17 декабря 1987</t>
+  </si>
+  <si>
+    <t>Бывший судмедэксперт. Учился программированию.</t>
+  </si>
+  <si>
+    <t>5,5 лет лишения свободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Наталья Сергеевна Матвеева</t>
   </si>
   <si>
     <t>17 декабря 1983</t>
   </si>
   <si>
     <t>Наталья была задержана в июне 2021 года по подозрению в планировании поджога лесозаготовительной техники. Задержание произошло вечером прямо на территории лесхоза, куда она прибыла якобы вместе с соучастником Гордеевым, который на самом деле выполнял задание органов государственной безопасности.
 По версии обвинения, вечером 8 июня 2021 года Наталья вместе с этим человеком изготовила коктейли Молотова, с помощью которых планировалось поджечь технику. Однако преступление не было доведено до конца — Наталью задержали до совершения поджога.
 На суде Наталья рассказала, что оказалась в сложной жизненной ситуации: в августе 2020 года был задержан её знакомый, она потеряла отца и испытывала трудности на работе. Она также подтвердила, что действительно состояла в чате «ОГСБ» и имела умысел уничтожить лесозаготовительную технику в лесхозе.
 В декабре 2022 года её признали виновной и приговорили к лишению свободы в колонии общего режима с назначением крупного штрафа.</t>
   </si>
   <si>
     <t>Решение суда 05.12.2022: 14 лет лишения свободы в колонии в условиях общего режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Павел Викторович Мякиш</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Максим Валерьевич Солоп</t>
+  </si>
+  <si>
+    <t>17 декабря 1988</t>
+  </si>
+  <si>
+    <t>Максиму Солопу 36 лет. Он родом из Бреста. В 2012 окончил физфак Гомельского государственного университета имени Франциска Скорины. Работал инженером в Брестском информационном вычислительном центре по экспорто-импортным перевозкам Белорусской железной дороги.
+Максим любит путешествия и активный отдых, а также занимается различными видами спорта и ведет здоровый образ жизни.
+Его начинают судить 24 февраля 2025 года в Брестском городском суде. Максима обвиняют в "призывах к действиям, направленным на причинение вреда национальной безопасности Беларуси" (ч. 3 ст. 361 УК).</t>
+  </si>
+  <si>
+    <t>Решение суда 26.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Павел Владимирович Кунцевич</t>
+  </si>
+  <si>
+    <t>17 декабря 1985</t>
+  </si>
+  <si>
+    <t>Павлу Кунцевичу 39 лет. Он минчанин, учился в Минском государственном институте экологии имени Сахарова на психолога. Работал на Червенском рынке, где имел собственную торговую точку, а в последнее время делал теплицы за деньги. 
+Если судить по соцсетям, задержали его осенью 2023-го. Обвиняли его по ч. 3 ст. 361 УК Беларуси - " призывы к санкциям или иным действиям, направленным в ущерб национальной безопасности Беларуси». По статье ему грозило до 12 лет колонии.У Павла большая семья-жена и четверо детей.
+01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>Решение суда 22.01.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 01.03.2024: неизвестно. Решение суда дата неизвестна: 8 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Артур Игоревич Сырокваша</t>
   </si>
   <si>
     <t>18 декабря 1993</t>
   </si>
   <si>
     <t>Артур Сырокваша работал заместителем начальника пограничной заставы «Хойники», созданной в 2020 году. То есть Артур работал на границе, через которую российская техника шла в Украину.
 Был секретарем местного БРСМ. В анкете Артура «ВКонтакте» указано, что он родом из Минска, закончил БГУ.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
+    <t>Виталий Олегович Выпряжкин</t>
+  </si>
+  <si>
+    <t>18 декабря 1985</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>2026-01-20 22:41:31</t>
+  </si>
+  <si>
     <t>Александр Николаевич Троценко</t>
   </si>
   <si>
     <t>19 декабря 1971</t>
   </si>
   <si>
     <t>Решение суда 26.09.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 10.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Евгений Анатольевич Дорохов</t>
+  </si>
+  <si>
+    <t>19 декабря 1980</t>
+  </si>
+  <si>
+    <t>Задержан за комментарии. 
+Работал энергетиком на Белгро.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-09-12 14:21:44</t>
+  </si>
+  <si>
+    <t>Евгений Владимирович Пропольский</t>
+  </si>
+  <si>
+    <t>20 декабря 1994</t>
+  </si>
+  <si>
+    <t>Евгений был задержан по делу о массовых беспорядках и обвинен в участии в телеграм-каналах "радикального направления".
+В мае 2023 года он был повторно осужден за "злостное неповиновение требованиям администрации колонии".</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 03.05.2023: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:08:25</t>
   </si>
   <si>
     <t>Виталий Владимирович Лесковец</t>
   </si>
   <si>
     <t>20 декабря 1975</t>
   </si>
   <si>
     <t>Виталий — программист. Он работал на Могилевском металлургическом заводе и администрировал сайт компании, в проектном специализированном бюро, инженером-программистом в Центре городских информационных систем Могилева.
 Хобби мужчины — фотография. Он фотографирует как на ленту, так и на цифровые фотоаппараты. Алексей регулярно снимает различные городские мероприятия и делится фото в соцсетях. Любит он и путешествовать, как по Беларуси, так и по зарубежью.
 Его судят за донаты на помощь Украине.</t>
   </si>
   <si>
     <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
   </si>
   <si>
     <t>Решение суда 30.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-19 18:56:57</t>
   </si>
   <si>
-    <t>Евгений Владимирович Пропольский</t>
-[...17 lines deleted...]
-  <si>
     <t>Владимир Анатольевич Баслык</t>
   </si>
   <si>
     <t>20 декабря 1981</t>
   </si>
   <si>
     <t xml:space="preserve">
 Дело начинает рассматривать судья Анжелика Данилова 29 июля 2024 года в Минском областном суде.
 </t>
   </si>
   <si>
     <t>Решение суда 02.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-09 23:16:04</t>
   </si>
   <si>
+    <t>Максим Павлович Соболев</t>
+  </si>
+  <si>
+    <t>20 декабря 1996</t>
+  </si>
+  <si>
+    <t>Задержан за создание чата в 2020 году, который потом был признан экстремистским.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.01.2023: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 09.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
     <t>Леонид Валентинович Козырь</t>
   </si>
   <si>
     <t>Первый суд над Леонидом прошел осенью 2022 года, его обвинили по ст.369, приговорили к ограничению свободы без направления. 
 О втором суде стало известно в августе 2024 года. Леонида обвиняют в "финансировании деятельности экстремистского формирования" (арт. 361-2 УК) и «вербовке, обучении или подготовке к участию в войне, а также материальном обеспечении такой деятельности» (ч. 2 ст. 361-3 УК). Вероятно, у мужчины нашли донат на ВСУ. Приговор скорее всего связан с лишением свободы.
 У Леонида высшее образование, его последнее место работы — частное предприятие "Гомельстальстандарт".</t>
   </si>
   <si>
     <t>Решение суда 12.10.2022: неизвестно лет ограничения свободы без направления. Решение суда 22.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Игорь Михайлович Сушко</t>
-[...14 lines deleted...]
-  <si>
     <t>Дмитрий Сергеевич Осиюк</t>
   </si>
   <si>
     <t>21 декабря 1987</t>
   </si>
   <si>
     <t>Известно, что дело Дмитрия во многом сфабриковано, некоторые его действия были специально спровоцированны сотрудниками спецслужб.
 Правозащитникам известно, что под стражей мужчина содержится примерно с декабря 2023 года. Сразу его содержали в минском СИЗО-1, а потом этапировали в брестское СИЗО. Ему присудили 20 лет лишения свободы, первые 5 лет из них на тюремноом режиме.
 Известно, что Осиюк жил в Березе, у него есть дочь.</t>
   </si>
   <si>
     <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
   </si>
   <si>
     <t>Решение суда 14.08.2024: 20 лет лишения свободы в колонии в условиях усиленного режима (из них 5 лет тюремного режима). Апелляция 16.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Вячеслав Николаевич Рогащук</t>
-[...8 lines deleted...]
-    <t>2021-02-27 01:38:50</t>
+    <t>Игорь Михайлович Сушко</t>
+  </si>
+  <si>
+    <t>21 декабря 1978</t>
+  </si>
+  <si>
+    <t>Игоря задержали 23 ноября 2023 года. Из видео на провластном канале, опубликованного силовиками известно, что он являлся соучредителем фирмы по городским маршрутным перевозкам.
+На камеру Игорь говорит, что был задержан за комментарии в Telegram-каналах о белорусских и российских военных.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Михаил Юрьевич Незнанов</t>
   </si>
   <si>
     <t>22 декабря 1982</t>
   </si>
   <si>
     <t>Решение суда 23.07.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
-  </si>
-[...66 lines deleted...]
-    <t>2023-09-27 17:29:24</t>
   </si>
   <si>
     <t>Максим Иванович Соболев</t>
   </si>
   <si>
     <t>23 декабря 1998</t>
   </si>
   <si>
     <t>Согласно версии обвинения, с 10 по 11 августа 2020 года на тот момент несовершеннолетние Юлия Шаранова, Никита Войтюк, Николай Никитюк, а также Василий Алексеюк, Глеб Климович, Виталий Варфаламеев, Александр Тысевич, Максим Соболев, находясь на проезжей части проспекта Машерова, бульваров Космонавтов и Шевченко, ул. Советской в Бресте, "выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, грубо нарушая общественный порядок, умышленно препятствовали движению транспортных средств и нормальному функционированию предприятий и организаций".
 В судебном заседании все вину признали полностью.
 Также известно, что Максим Соболев, Глеб Климович, Юлия Шаранова осуждены, в том числе по "наркотическим" статьям.
 Максиму Соболеву по ч. 1 ст. 342 УК было назначено два года лишения свободы. Но поскольку, Максим был уже осужден по "наркотическому" ч. 4 ст. 328 УК, путем частичного сложения основных наказаний и полного присоединения дополнительного наказания, назначено 12 лет колонии с отбыванием в исправительной колонии в условиях усиленного режима со штрафом в сумме 3 200 рублей.</t>
   </si>
   <si>
     <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
   </si>
   <si>
-    <t>Нет</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 20.05.2024: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-08 18:07:55</t>
   </si>
   <si>
-    <t>Александр Викторович Коновальчик</t>
-[...8 lines deleted...]
-    <t>2026-01-17 00:05:19</t>
+    <t>Сергей Александрович Чернецкий</t>
+  </si>
+  <si>
+    <t>23 декабря 1985</t>
+  </si>
+  <si>
+    <t> Согласно обвинению в отношении Сергея Чернецкого, тот под постом с фото Филатова в телеграм-канале «Доска позора» оставил оскорбительный комментарий. 7 июня 2024 года в суде Лидского района против Сергея рассмотрено дело "О замене ограничения свободы без направления в исправительное учреждение открытого типа". </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 года ограничения свободы без направления. Замена наказания на лишение свободы. </t>
+  </si>
+  <si>
+    <t>2022-06-20 18:02:33</t>
+  </si>
+  <si>
+    <t>Игорь Михайлович Клочко</t>
+  </si>
+  <si>
+    <t>23 декабря 1997</t>
+  </si>
+  <si>
+    <t>Игорь был осужден за участие в акции протеста, которая проходила 11 августа 2020 года в городе Бресте.</t>
+  </si>
+  <si>
+    <t>ИУОТ-46, 213188, Могилевская обл., г. п. Круглое, ул. Советская, 96</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 26.06.2025: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-09-12 20:21:20</t>
+  </si>
+  <si>
+    <t>Дмитрий Викторович Трухан</t>
+  </si>
+  <si>
+    <t>23 декабря 1981</t>
+  </si>
+  <si>
+    <t>08.12.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 12.08.2023: неизвестно. Протест прокурора 08.12.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Алексей Игоревич Черешнев</t>
+  </si>
+  <si>
+    <t>24 декабря 1999</t>
+  </si>
+  <si>
+    <t>2026-03-02 10:59:22</t>
   </si>
   <si>
     <t>Анатолий Викторович Латушка</t>
   </si>
   <si>
     <t>24 декабря 1976</t>
   </si>
   <si>
     <t>Задержан за рисование через трафареты «Погони».
 Анатолий Латушка — двоюродный брат политика Павла Латушко.
 22.03.2024 был переведен на тюремный режим до конца срока.</t>
   </si>
   <si>
     <t>Решение суда 20.09.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: неизвестно. Суд по смене режима 22.03.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Дмитрий Иванович Шаблыко</t>
   </si>
   <si>
     <t>24 декабря 1996</t>
   </si>
   <si>
     <t>Решение суда 20.08.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
+    <t>Александр Викторович Коновальчик</t>
+  </si>
+  <si>
+    <t>24 декабря 1979</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
+  </si>
+  <si>
+    <t>Дмитрий Николаевич Хальцов</t>
+  </si>
+  <si>
+    <t>25 декабря 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий Хальцов-индивидуальный предприниматель. В 2020 году в репортаже о митингах в Гомеле после похорон убитого милиционерами Александра Вихора, о нем писало издание “Комсомольская правда”. Дмитрий за собственные деньги тогда приобрел мегафон, написал в местном чате предложение собраться и отправиться к облисполкому. Тогда люди вызвали на беседу руководителя областной власти.
+Из-за закрытости судебной системы от общества пока неизвестна суть предъявленных Дмитрию Хальцову обвинений и конкретный приговор. Известно лишь, что его заключили на реальный срок в колонию.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:04:38</t>
+  </si>
+  <si>
+    <t>Анастасия Юрьевна Грицкевич</t>
+  </si>
+  <si>
+    <t>25 декабря 1993</t>
+  </si>
+  <si>
+    <t>Анастасия родом из Мозыря, закончила БГУФК по специальности «туризм и гостеприимство», работала в «Минск-Арене». Много путешествовала, любила спорт — хоккей и велосипедный спорт.
+Дата задержания Анастасии неизвестна. Последний раз она что-то писала в телеграме в феврале 2025 года. И именно в том месяце активно шли аресты по делу Гаюна.
+Со времени задержания Грицкевич нигде не была онлайн. Судя по этому, ей присудили наказание, связанное с лишением свободы.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
+    <t>Артем Ширинович Насанович</t>
+  </si>
+  <si>
+    <t>25 декабря 1994</t>
+  </si>
+  <si>
+    <t>С чем связано такое суровое наказание, как и обстоятельства возбуждения уголовного дела, до сих пор неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.03.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 14.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-16 16:55:57</t>
+  </si>
+  <si>
+    <t>Игорь Николаевич Козлов</t>
+  </si>
+  <si>
+    <t>25 декабря 1975</t>
+  </si>
+  <si>
+    <t>Житель Могилевской области. Работник «Бобруйского завода тракторных деталей и агрегатов».
+Задержан за саботаж железной дорогий около станций г. Бобруйска, а также поджог стрелкового тира в/ч 5527. Задержан вместе с супругой.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.08.2022: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 25.10.2022: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-05-23 12:43:25</t>
+  </si>
+  <si>
     <t>Анатолий Владимирович Володько</t>
   </si>
   <si>
     <t>25 декабря 1967</t>
   </si>
   <si>
     <t>Анатолию Володько 56 лет. Он минчанин. У мужчины есть жена, совершеннолетняя дочь и сын, которому вскоре исполнится восемнадцать лет. Более 20 лет Володько отработал программистом в компании «Топ Софт». Она занимается созданием экосистемы продуктов "Галактика", нужной для цифровизации бизнеса. Центральный офис фирмы находится в России, часть времени Анатолий проработал там.
 Точная дата задержания мужчины неизвестна, но, вероятно, это 15 или 16 января 2024 года. Ведь 17 января его вместе с женой осудили за» мелкое хулиганство " — его на 15 суток, приговор жене неизвестен. Согласно показаниям силовиков, Анатолий Володько «находился в общественном месте и из хулиганских побуждений громко кричал, нецензурно выражался, размахивал руками и вел себя агрессивно». Мужчина вину не признал и сказал, что посреди дня его задержали в собственном доме. Ничего из того, о чем говорили свидетели, он не делал.По словам сокамерника Анатолия Володько, тот отказался выплачивать "пожертвования", которые сотрудники КГБ под угрозами предлагают выплатить тем, кто делал донаты. Вообще мужчина не признал свою вину. Сокамерник Анатолия утверждает, что это послужило причиной дальнейшего преследования — административного и уголовного.
 27 августа 2024 г. у Анатолия состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 11.06.2024: 8 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 27.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
-    <t>Анастасия Юрьевна Грицкевич</t>
-[...60 lines deleted...]
-    <t>2024-04-16 16:55:57</t>
+    <t>Антон Владимирович Козаченко</t>
+  </si>
+  <si>
+    <t>26 декабря 1994</t>
+  </si>
+  <si>
+    <t>Антон работал в фирме, которая ремонтировала автомобили, уже в Минске. Некоторое время он успел поработать и в России — в подмосковной Электростали.
+В последние годы Антон начал интересоваться сферой IT и проходил онлайн-обучение на различных курсах.
+Вне работы главным увлечением Антона была техника — он любитель спортивных мотоциклов и быстрых автомобилей, подписан на тематические сообщества.
+Скорее всего Антон находится в заключении.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-02-24 03:13:21</t>
   </si>
   <si>
     <t>Артём Евгеньевич Пархамович</t>
   </si>
   <si>
     <t>26 декабря 1995</t>
   </si>
   <si>
-    <t>Артем, сотрудник "Белтелекома", был задержан 22 октября 2020 года и осужден за передачу данных сотрудников силовых структур в Telegram.</t>
-[...2 lines deleted...]
-    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
+    <t>Артём, бывший сотрудник «Белтелекома», был задержан в октябре 2020 года в рамках уголовного дела, возбужденного по восьми статьям, включая «незаконные действия в отношении информации о частной жизни и персональных данных» и «вмешательство в деятельность сотрудника органов внутренних дел». Также известно, что при задержании Артёма сильно избивали.
+В феврале 2022 года он был осуждён за «передачу персональных и иных личных данных более 150 лиц телеграм-каналам, признанным экстремистскими» и приговорён к длительному лишению свободы, а также к выплате крупной компенсации «потерпевшим».</t>
+  </si>
+  <si>
+    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
     <t>Вера Михайловна Кононенко</t>
   </si>
   <si>
     <t>27 декабря 1974</t>
   </si>
   <si>
     <t>Была задержана в конце октября 2024 года во время очередного "рейда" против тех, кого подозревают в солидарности с политическими заключенными.
-Обвиняется по нескольким статьям Уголовного кодекса за взаимодействие с "экстремистскими формированиями".  </t>
+Обвиняется по нескольким статьям Уголовного кодекса за взаимодействие с "экстремистскими формированиями".  Согласно следствию, фигуранты дела являлись курьерами инициативы BYSOL , "в их задачи входило получение и передача денег другим участникам формирования, их распределение на нужды участников незаконной протестной и экстремистской деятельности".
+Также был задержан её гражданский муж Сергей Кардаш.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 12.02.2026: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
     <t>Ольга Дмитриевна Алексеева</t>
   </si>
   <si>
     <t>27 декабря 1982</t>
   </si>
   <si>
     <t>Предположительно задержана за помощь политзаключенным.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
-    <t>Андрей Викторович Великоселец</t>
-[...13 lines deleted...]
-  <si>
     <t>Вячеслав Юрьевич Малышев</t>
   </si>
   <si>
     <t>29 декабря 1979</t>
   </si>
   <si>
     <t>Решение суда 13.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
     <t>Ольга Анатольевна Осипчик</t>
   </si>
   <si>
     <t>30 декабря 1977</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
+    <t>Владимир Владимирович Кушнер</t>
+  </si>
+  <si>
+    <t>30 декабря 1974</t>
+  </si>
+  <si>
+    <t>Был осужден за комментарий про Украину, оставленный в 2022 году. Дело сушалось в Минском городском суде.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.08.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 14.10.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
   </si>
   <si>
     <t>Иосиф (Язэп) Иосифович Дулебо</t>
   </si>
   <si>
     <t>30 декабря 1967</t>
   </si>
   <si>
     <t>3 мая 2024 года Комитет государственной безопасности Беларуси внес в список так называемых «экстремистских формирований» ряд медиа-ресурсов проекта FreeInfoBel, также были указаны конкретные люди которые, по их мнению, имеют отношение к проекту - Ольгу Пашкевич и Иосифа Дулебо. Причем о внесении FreeInfoBel по факту стало известно лишь через 5 дней - 8 мая.
 В данный момент неизвестно, по какому именно уголовному делу мужчина находится под стражей, но, можно предположить, что оно связано с «экстремизмом». Удалось узнать, что задержан Дулебо был изначально по административному делу. Однако, когда пришло время освобождения из ИВС, Дулебо на волю не вышел – его перевели в СИЗО.
 Мужчина в прошлом возглавлял Витебское подразделение БНФ, но в начале 2000-х отошел от партийных дел.</t>
   </si>
   <si>
     <t>Решение суда 26.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
+    <t>Олеся Вячеславовна Шапкина</t>
+  </si>
+  <si>
+    <t>30 декабря 1988</t>
+  </si>
+  <si>
+    <t>Программистка SamSolutions.
+15 сентября 2023 г. прошло рассмотрение апелляционной жалобы.
+ Летом 2025 переболела воспалением легких, лежала в санчасти. </t>
+  </si>
+  <si>
+    <t>Решение суда 30.06.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.06.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
+  </si>
+  <si>
+    <t>Александр Фёдорович Боровик</t>
+  </si>
+  <si>
+    <t>30 декабря 1981</t>
+  </si>
+  <si>
+    <t>Мужчину обвинили в том, что он, по мнению суда, оставил оскорбительный комментарий в телеграмме в сторону министра внутренних дел Ивана Кубракова и заместителя начальника УВД администрации Центрального района Минска, начальника криминальной милиции Владимира Кубракова. Александр полностью признал вину и раскаялся в содеянном. До суда мужчина находился под личным поручительством. После оглашения приговора его взяли под стражу в зале суда.
+Александр Боровик имеет на иждивении несовершеннолетнего ребенка. Работает столяром-станочником. 
+В январе 2024 года стало известно, что Павел снова стал обвиняемым, но на этот раз по ст 130 УК РБ.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.05.2023: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 25.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
     <t>Валерия Борисовна Костюгова</t>
   </si>
   <si>
     <t>Валерия — политологиня, основательница и редакторка сайта экспертного сообщества «Наше мнение», авторка и редакторка «Белорусского ежегодника», руководительница группы экспертов по мониторингу «Беларусь в фокусе».
 30 июня 2021 года после обыска в её доме, проведённого сотрудниками КГБ, Валерию задержали и поместили в изолятор, позже переведя в СИЗО.
 6 февраля 2023 года в суде начали рассматривать её дело по обвинению в «пособничестве действиям, направленным на захват власти», «призывам к действиям, наносящим вред национальной безопасности» и «разжигании социальной вражды». 17 марта 2023 года суд в закрытом режиме приговорил Валерию к 10 годам лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>Решение суда 17.03.2023: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Владимир Владимирович Кушнер</t>
-[...54 lines deleted...]
-    <t>2025-10-20 21:23:33</t>
+    <t>Максим Валерьевич Сандракула</t>
+  </si>
+  <si>
+    <t>31 декабря 1978</t>
+  </si>
+  <si>
+    <t>Решение суда 14.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 14.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:59:06</t>
   </si>
   <si>
     <t>Надежда Александровна Лесковец</t>
   </si>
   <si>
-    <t>31 декабря 1978</t>
-[...1 lines deleted...]
-  <si>
     <t>Была задержана 23 января 2024 года во время массового рейда силовых структур по родственникам политзаключенных и по людям, которые помогали им.</t>
   </si>
   <si>
     <t>Решение суда 11.07.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Ольга Григорьевна Строева</t>
   </si>
   <si>
     <t>31 декабря 1959</t>
   </si>
   <si>
     <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Александр Вячеславович Сульжиц</t>
+  </si>
+  <si>
+    <t>31 декабря 1980</t>
+  </si>
+  <si>
+    <t>Карьера Александра начиналась с логистики — работал менеджером по транспорту в «Пинскдреве», потом занимал должности в Belinterlogistik и ElektroEra. После работал менеджером по закупкам в международной компании Exide Technologies. 
+С 2019 по 2022 год Сульжиц работал в Rozum Robotics, где прошел путь от менеджера по поставкам до руководителя отдела робототехнической автоматизации. Последним местом работы была 4RM Systems (май 2023 — май 2025), где Александр занимался разработкой решения Stemma с искусственным интеллектом для автоматизации касс самообслуживания в ритейле — именно кассы от 4RM Systems стоят во многих белорусских магазинах.
+Мужчина был активным участником автосообщества.
+У него есть жена и двое детей.</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:47:20</t>
   </si>
   <si>
     <t>Вадим Николаевич Васильев</t>
   </si>
   <si>
     <t>31 декабря 1994</t>
   </si>
   <si>
     <t>Задержан за администрирование чатов «Витебск -97%» и «Орша -97%».
 Художник по свету ТЗУ в белорусском театре «Лялька».</t>
   </si>
   <si>
     <t>12 лет лишения свободы в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1773,2517 +1839,2621 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>78</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>84</v>
       </c>
       <c r="I15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>91</v>
+      </c>
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
         <v>104</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>105</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>106</v>
       </c>
-      <c r="D20" t="s">
-[...11 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" t="s">
         <v>109</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>110</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>111</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
         <v>114</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>115</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>116</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
         <v>119</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>120</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>121</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>122</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>106</v>
+      </c>
+      <c r="I25" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>133</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>121</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
         <v>139</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>83</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
         <v>144</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>145</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>146</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>150</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
         <v>154</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>155</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
         <v>159</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>160</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>161</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" t="s">
         <v>164</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
         <v>168</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>169</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
         <v>173</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>174</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="D34" t="s">
-[...11 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
         <v>178</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>179</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
         <v>183</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>184</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>83</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
         <v>188</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>189</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>190</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B38" t="s">
         <v>193</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>194</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>196</v>
+      </c>
+      <c r="B39" t="s">
         <v>197</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>198</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>199</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>201</v>
+      </c>
+      <c r="B40" t="s">
         <v>202</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>43</v>
+      </c>
+      <c r="I40" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>204</v>
+      </c>
+      <c r="B41" t="s">
+        <v>205</v>
+      </c>
+      <c r="C41" t="s">
+        <v>206</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>207</v>
       </c>
-      <c r="B41" t="s">
+      <c r="I41" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
         <v>210</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>211</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>212</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
         <v>215</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>216</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>217</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>219</v>
+      </c>
+      <c r="B44" t="s">
         <v>220</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>221</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>222</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>223</v>
       </c>
-      <c r="F44" t="s">
-[...5 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
         <v>226</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>228</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B46" t="s">
         <v>231</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>232</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>53</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
+        <v>233</v>
+      </c>
+      <c r="I46" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>235</v>
+      </c>
+      <c r="B47" t="s">
         <v>236</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>237</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>238</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
         <v>241</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>242</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>243</v>
       </c>
-      <c r="D48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H48" t="s">
+        <v>78</v>
+      </c>
+      <c r="I48" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>245</v>
+      </c>
+      <c r="B49" t="s">
         <v>246</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>247</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>222</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
         <v>248</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>250</v>
+      </c>
+      <c r="B50" t="s">
         <v>251</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>252</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" t="s">
         <v>253</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>255</v>
+      </c>
+      <c r="B51" t="s">
         <v>256</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>257</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>121</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I51" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>260</v>
       </c>
       <c r="B52" t="s">
         <v>261</v>
       </c>
+      <c r="C52" t="s">
+        <v>262</v>
+      </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="I52" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B53" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C53" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>65</v>
       </c>
       <c r="I53" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>270</v>
       </c>
       <c r="B54" t="s">
         <v>271</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
         <v>272</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" t="s">
         <v>273</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>274</v>
+      </c>
+      <c r="B55" t="s">
+        <v>275</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>278</v>
+      </c>
+      <c r="B56" t="s">
+        <v>279</v>
+      </c>
+      <c r="C56" t="s">
+        <v>280</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>283</v>
+      </c>
+      <c r="B57" t="s">
+        <v>284</v>
+      </c>
+      <c r="C57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
         <v>287</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>289</v>
+      </c>
+      <c r="B58" t="s">
         <v>290</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>291</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>292</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="F58" t="s">
-[...5 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
         <v>296</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>297</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
         <v>298</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I59" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>300</v>
       </c>
       <c r="B60" t="s">
         <v>301</v>
       </c>
+      <c r="C60" t="s">
+        <v>302</v>
+      </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B61" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="C61" t="s">
         <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>307</v>
       </c>
       <c r="I61" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>309</v>
       </c>
       <c r="B62" t="s">
         <v>310</v>
       </c>
       <c r="C62" t="s">
         <v>311</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
         <v>312</v>
       </c>
       <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>313</v>
       </c>
-      <c r="G62" t="s">
-[...2 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
         <v>316</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>317</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>318</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" t="s">
         <v>321</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>322</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>324</v>
+      </c>
+      <c r="B65" t="s">
+        <v>325</v>
+      </c>
+      <c r="C65" t="s">
         <v>326</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>327</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>243</v>
+      </c>
+      <c r="H65" t="s">
         <v>328</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="I65" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>330</v>
+      </c>
+      <c r="B66" t="s">
+        <v>331</v>
+      </c>
+      <c r="C66" t="s">
+        <v>332</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>333</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>335</v>
+      </c>
+      <c r="B67" t="s">
+        <v>336</v>
+      </c>
+      <c r="C67" t="s">
         <v>337</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
         <v>338</v>
       </c>
-      <c r="C67" t="s">
+      <c r="F67" t="s">
         <v>339</v>
       </c>
-      <c r="D67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>340</v>
       </c>
       <c r="I67" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>342</v>
       </c>
       <c r="B68" t="s">
         <v>343</v>
       </c>
+      <c r="C68" t="s">
+        <v>344</v>
+      </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B69" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>348</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
+        <v>43</v>
+      </c>
+      <c r="I69" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>350</v>
+      </c>
+      <c r="B70" t="s">
         <v>351</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>352</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>26</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>353</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>355</v>
+      </c>
+      <c r="B71" t="s">
         <v>356</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>357</v>
       </c>
-      <c r="C71" t="s">
+      <c r="I71" t="s">
         <v>358</v>
-      </c>
-[...16 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>359</v>
+      </c>
+      <c r="B72" t="s">
+        <v>360</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>361</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>363</v>
+      </c>
+      <c r="B73" t="s">
+        <v>364</v>
+      </c>
+      <c r="C73" t="s">
+        <v>365</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
         <v>366</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" t="s">
         <v>367</v>
-      </c>
-[...16 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>368</v>
+      </c>
+      <c r="B74" t="s">
+        <v>369</v>
+      </c>
+      <c r="C74" t="s">
+        <v>370</v>
+      </c>
+      <c r="D74" t="s">
+        <v>41</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>361</v>
+      </c>
+      <c r="I74" t="s">
         <v>371</v>
-      </c>
-[...22 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>372</v>
+      </c>
+      <c r="B75" t="s">
+        <v>373</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>375</v>
+      </c>
+      <c r="I75" t="s">
         <v>376</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>377</v>
+      </c>
+      <c r="B76" t="s">
+        <v>378</v>
+      </c>
+      <c r="C76" t="s">
+        <v>379</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>327</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>380</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>382</v>
+      </c>
+      <c r="B77" t="s">
+        <v>383</v>
+      </c>
+      <c r="C77" t="s">
+        <v>384</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
         <v>385</v>
       </c>
-      <c r="B77" t="s">
+      <c r="I77" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>387</v>
+      </c>
+      <c r="B78" t="s">
+        <v>388</v>
+      </c>
+      <c r="C78" t="s">
+        <v>389</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>339</v>
+      </c>
+      <c r="G78" t="s">
+        <v>243</v>
+      </c>
+      <c r="H78" t="s">
         <v>390</v>
       </c>
-      <c r="B78" t="s">
+      <c r="I78" t="s">
         <v>391</v>
-      </c>
-[...16 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>392</v>
+      </c>
+      <c r="B79" t="s">
+        <v>393</v>
+      </c>
+      <c r="C79" t="s">
         <v>394</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>83</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
         <v>395</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I79" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>397</v>
       </c>
       <c r="B80" t="s">
         <v>398</v>
       </c>
       <c r="C80" t="s">
         <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E80" t="s">
+        <v>366</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>400</v>
       </c>
       <c r="I80" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>402</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="C81" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I81" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B82" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>273</v>
+        <v>53</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>409</v>
       </c>
       <c r="I82" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>411</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>41</v>
+      </c>
+      <c r="E83" t="s">
+        <v>272</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" t="s">
         <v>413</v>
-      </c>
-[...16 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>414</v>
+      </c>
+      <c r="B84" t="s">
+        <v>415</v>
+      </c>
+      <c r="C84" t="s">
         <v>416</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>286</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
         <v>417</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>418</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>419</v>
+      </c>
+      <c r="B85" t="s">
+        <v>420</v>
+      </c>
+      <c r="C85" t="s">
         <v>421</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
         <v>422</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I85" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>424</v>
       </c>
       <c r="B86" t="s">
         <v>425</v>
       </c>
       <c r="C86" t="s">
         <v>426</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>427</v>
       </c>
       <c r="I86" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>429</v>
       </c>
       <c r="B87" t="s">
         <v>430</v>
       </c>
+      <c r="C87" t="s">
+        <v>431</v>
+      </c>
       <c r="D87" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>432</v>
       </c>
       <c r="I87" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B88" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="C88" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E88" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I88" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B89" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I89" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>442</v>
+      </c>
+      <c r="B90" t="s">
         <v>439</v>
+      </c>
+      <c r="C90" t="s">
+        <v>443</v>
+      </c>
+      <c r="D90" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>444</v>
+      </c>
+      <c r="I90" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>446</v>
+      </c>
+      <c r="B91" t="s">
+        <v>447</v>
+      </c>
+      <c r="D91" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" t="s">
+        <v>366</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>449</v>
+      </c>
+      <c r="B92" t="s">
+        <v>450</v>
+      </c>
+      <c r="C92" t="s">
+        <v>451</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>453</v>
+      </c>
+      <c r="B93" t="s">
+        <v>454</v>
+      </c>
+      <c r="C93" t="s">
+        <v>455</v>
+      </c>
+      <c r="D93" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>456</v>
+      </c>
+      <c r="I93" t="s">
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">