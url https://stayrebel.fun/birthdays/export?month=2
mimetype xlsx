--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -12,1505 +12,1309 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
-[...13 lines deleted...]
-    <t>Adres</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+  <si>
+    <t>Cognome e nome</t>
+  </si>
+  <si>
+    <t>Compleanno</t>
+  </si>
+  <si>
+    <t>Descrizione</t>
+  </si>
+  <si>
+    <t>Genere</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>CPC Vesna</t>
-[...5 lines deleted...]
-    <t>Data dodania do listy</t>
+    <t>L'ONG "Viasna"</t>
+  </si>
+  <si>
+    <t>Frase</t>
+  </si>
+  <si>
+    <t>Data di inserimento sul sito</t>
   </si>
   <si>
     <t>Alexander Sergeevich Shkryadov</t>
   </si>
   <si>
-    <t>1 lutego 1982</t>
-[...17 lines deleted...]
-    <t>Decyzja sądu 13.12.2023: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 28.02.2024: wyrok został podtrzymany.</t>
+    <t>1 febbraio 1982</t>
+  </si>
+  <si>
+    <t>Alexander è stato condannato nel dicembre 2023 in base all'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni" ed è stato condannato alla libertà limitata con rinvio a un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.12.2023: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 28.02.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
   </si>
   <si>
+    <t>Alexander Zufarievich Ziyazetdinov</t>
+  </si>
+  <si>
+    <t>1 febbraio 1987</t>
+  </si>
+  <si>
+    <t>Secondo quanto riferito dalla televisione di Stato bielorussa , Alexander ha trasferito circa 800 dollari USA alla BYPOL nel maggio 2021. Vale la pena notare che BYPOL è stata riconosciuta come organizzazione estremista nel novembre 2021, il che significa che al momento del trasferimento l'iniziativa non era estremista.
+Secondo i testimoni, ad Alexander sarebbe stato effettivamente offerto un risarcimento danni attraverso un fondo associato al presidente. Accettò tale risarcimento in cambio del suo rilascio, ma le cose non andarono secondo i piani. Ad Alexander la richiesta venne rifiutata e il suo denaro (circa 30 bitcoin) venne confiscato. L'organizzazione BYPOL è stata riconosciuta come "formazione terroristica" ed è stato aperto un nuovo procedimento penale contro Alexander ai sensi dell'articolo "Finanziamento di attività terroristiche".
+Il 15 marzo 2024, presso il tribunale della città di Minsk, la giudice Elena Shilkо ha emesso una nuova sentenza: 9 anni di reclusione. Le ondate di condoni che hanno travolto il Paese non hanno toccato il prigioniero politico.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2022: 3 anni di reclusione in una colonia del regime generale. Appello 27.01.2023: sconosciuto. Sentenza del tribunale 15.03.2024: 9 anni di reclusione in una colonia del regime generale. Appello 17.05.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:55:50</t>
+  </si>
+  <si>
     <t>Vladimir Alexandrovich Denisenko</t>
   </si>
   <si>
-    <t>1 lutego 1977</t>
-[...10 lines deleted...]
-    <t>W więzieniu</t>
+    <t>1 febbraio 1977</t>
+  </si>
+  <si>
+    <t>Psicologo e imprenditore di Slutsk. Laureato presso la Scuola Tecnica di Aviazione Civile di Minsk e l'Università Yanka Kupala di Grodno, con specializzazione in Psicologia. Vladimir ha aiutato attivamente persone con problemi di dipendenza da alcol. Amava lo sport e la lettura. Ha due figli adulti.
+Nel novembre 2020, Vladimir era già stato arrestato ai sensi dell'articolo 23.34 del Codice dei reati amministrativi e condannato a 10 giorni di arresto amministrativo, che ha scontato a Slutsk.
+Il 24 giugno 2025 venne arrestato a casa sua nel cosiddetto “caso Gayun”.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
   </si>
   <si>
     <t>2025-08-22 18:36:28</t>
   </si>
   <si>
-    <t>Alexander Zufarievich Ziyazetdinov</t>
-[...16 lines deleted...]
-    <t>2022-10-13 21:55:50</t>
+    <t>Victor Dmitrievich Novik</t>
+  </si>
+  <si>
+    <t>2 febbraio 1989</t>
+  </si>
+  <si>
+    <t>Ufficiale doganale.
+Dal 10 ottobre 2023 al 6 febbraio 2024 presso il tribunale della città di Minsk si è tenuta un'udienza a porte chiuse contro tre dipendenti del servizio doganale Evgeniy Gurinovich, Viktor Novik e Vladimir Zhuromsky. In totale, sono stati processati ai sensi di otto articoli del codice penale. Tra le altre cose, sono accusati di “tradimento dello Stato”, “promozione di attività estremiste”, “eccesso di autorità ufficiale”, “incitamento ad altre ostilità sociali” e “creazione o partecipazione a formazioni estremiste”.
+I dettagli del caso e le ragioni della persecuzione sono sconosciuti agli attivisti per i diritti umani.
+Il 24 maggio 2024 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.02.2024: 13 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 24.05.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:13:29</t>
+  </si>
+  <si>
+    <t>Peter Cheslavovich Yurkevich</t>
+  </si>
+  <si>
+    <t>2 febbraio 1973</t>
+  </si>
+  <si>
+    <t>Pyotr è stato arrestato nel gennaio 2022 con l'accusa di terrorismo a sfondo politico e condannato per diversi reati penali. È stato condannato a una lunga pena detentiva, i primi cinque dei quali saranno in una colonia penale.
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" avrebbe ordito crimini estremisti in Bielorussia, Turchia, Polonia, Ucraina e altri Paesi. Tra i suoi membri figuravano militari radicali, funzionari della sicurezza, atleti e imprenditori che cercavano di prendere il potere illegalmente. Questo caso è correlato al tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e all'"organizzazione di disordini di massa".
+Petr è stato trasferito nuovamente al Centro di detenzione preventiva n. 1 nel 2025, probabilmente per un nuovo procedimento penale; all'inizio di novembre 2025 è stato nuovamente trasferito in una colonia penale.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 9 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario). Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-01-23 20:18:16</t>
   </si>
   <si>
     <t>Andrey Vladimirovich Andronov</t>
   </si>
   <si>
-    <t>2 lutego 1977</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>2 febbraio 1977</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-12 20:26:29</t>
   </si>
   <si>
-    <t>Dmitriy Gennadievich Rutkevich</t>
-[...85 lines deleted...]
-  <si>
     <t>Alexander Valerievich Koval</t>
   </si>
   <si>
-    <t>3 lutego 1985</t>
-[...5 lines deleted...]
-    <t>2,5 roku więzienia w kolonii</t>
+    <t>3 febbraio 1985</t>
+  </si>
+  <si>
+    <t>Koval è stato arrestato il 28 maggio 2023 proprio al confine. Stava tornando da una competizione in Slovacchia e, entrando in Bielorussia, è stato chiesto di controllare il telefono di Koval. L'uomo stesso ha fornito alle forze di sicurezza il suo telefono e la sua password. Durante l'esame si è scoperto che possedeva dati che secondo le forze di sicurezza bielorusse erano "proibiti". Da quel giorno Koval è in prigionia.Al processo penale, Koval è stato accusato di aver inviato un video al bot Nexta Editorial Telegram il 27 marzo 2022. Il video mostrava il movimento di attrezzature militari sulla tangenziale MKAD (intorno a Minsk). Quindi, secondo la procura di Stato, Koval ha commesso un reato, perché le autorità bielorusse considerano Nexta una “formazione estremista”.</t>
+  </si>
+  <si>
+    <t>2,5 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Sergey Viktorovich Doronin</t>
   </si>
   <si>
-    <t>3 lutego 1975</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 13.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>3 febbraio 1975</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Andrey Aleksandrovich Garun</t>
   </si>
   <si>
-    <t>4 lutego 1989</t>
-[...9 lines deleted...]
-    <t>7 lat więzienia w kolonii</t>
+    <t>4 febbraio 1989</t>
+  </si>
+  <si>
+    <t>Ex ufficiale delle forze dell'ordine, poi ha lavorato per l'EPAM prima di essere arrestato.
+È stato detenuto nell'ottobre 2021 ai sensi dell'art. 130 del codice penale (Incitamento alla discordia sociale) per il trasferimento dei dati delle forze di sicurezza ai canali di telegramma Punitori della Bielorussia e Libro nero della Bielorussia.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
   </si>
   <si>
+    <t>Valentin Arkadyevich Antsypovich</t>
+  </si>
+  <si>
+    <t>4 febbraio 1965</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
+  </si>
+  <si>
     <t>Alexander Arkadyevich Maksimovich</t>
   </si>
   <si>
-    <t>4 lutego 1996</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 30.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2024: nieznany.</t>
+    <t>4 febbraio 1996</t>
+  </si>
+  <si>
+    <t>Accusato di finanziamento di attività estremiste e terroristiche attraverso donazioni all'iniziativa di protesta (Bysol).
+Alexander viene da Glusk, un piccolo centro regionale nella regione di Mogilev. Dopo essermi diplomato, sono entrato all'Università statale bielorussa di informatica e radioelettronica, specializzandomi in "Sistemi e tecnologie informatiche nella logistica". Dopo la laurea, ho frequentato la scuola di specializzazione.
+Alexander ha lavorato nel campo IT.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.05.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 06.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
-    <t>Valentin Arkadyevich Antsypovich</t>
-[...10 lines deleted...]
-  <si>
     <t>Tatiana Olegovna Frantskevich</t>
   </si>
   <si>
-    <t>4 lutego 1959</t>
-[...12 lines deleted...]
-    <t>Decyzja sądu 18.02.2025: 3 roku 3 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku 3 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>4 febbraio 1959</t>
+  </si>
+  <si>
+    <t>Tatyana Frantskevich e Natalya Lobatsevich furono arrestate il 19 luglio 2024, quando Tatyana fu convocata dal comitato investigativo per firmare un impegno a non lasciare la città di Polotsk, e Natalya andò con lei per sostenerla.
+È stato aperto un procedimento penale contro Tatyana Frantskevich, la madre dell'anarchico condannato Alexander Frantskevich, e sua sorella Natalia Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich, e sono state rinchiuse in un centro di custodia cautelare a Vitebsk.</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.02.2025: 3 anni 3 mesi di reclusione in una colonia del regime generale. Appello 15.04.2025: inviato per la revisione. Sentenza del tribunale 16.06.2025: 3 anni 3 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Anastasiya Valerievna Zhylskaya</t>
-[...45 lines deleted...]
-  <si>
     <t>Diana Nikolaevna Stulba</t>
   </si>
   <si>
-    <t>6 lutego 1984</t>
-[...6 lines deleted...]
-    <t>3 lata więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
+    <t>6 febbraio 1984</t>
+  </si>
+  <si>
+    <t>Esperto forense.
+Il 27 febbraio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia a regime generale</t>
   </si>
   <si>
     <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Andrey Andreevich Zaikov</t>
   </si>
   <si>
-    <t>6 lutego 1987</t>
-[...8 lines deleted...]
-    <t>nieznane lata więzienia w kolonii</t>
+    <t>6 febbraio 1987</t>
+  </si>
+  <si>
+    <t>Andrey ha 36 anni. Nel 2020 ha lavorato presso l'agenzia immobiliare Etazhi. L'uomo ha una figlia piccola.
+Secondo i canali telegrafici filogovernativi, lui stesso ha scritto al Libro nero della Bielorussia e si è offerto di rilasciare gli indirizzi delle forze di sicurezza coinvolte nelle repressioni. Andrei non sapeva che dall'altra parte gli stava rispondendo il dipendente della GUBOPiK Artur Gaiko.
+Andrey è stato arrestato il 10 novembre 2023. Ora rischia fino a 12 anni di carcere.
+L'uomo utilizza lo stesso account dal 2019. Da esso ha "trapelato" informazioni nel Libro nero della Bielorussia e da esso ha scritto commenti in chat e gruppi aperti. Il video mostra il suo nome utente archiviato dal database del bot ChKB, che è stato salvato da Arthur Gaiko. Attraverso di esso puoi trovare il nome attuale dell'account Telegram e l'ID.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Sergey Vasilievich Shaban</t>
   </si>
   <si>
-    <t>6 lutego 1971</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 06.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>6 febbraio 1971</t>
+  </si>
+  <si>
+    <t>Sergei, vicepresidente del consiglio di amministrazione di Belgazprombank, è stato arrestato nell'ambito del caso Babariko e condannato nel luglio 2021 in base all'articolo "accettazione di tangente".</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.07.2021: 6 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
   </si>
   <si>
     <t>Aleksey Igorevich Golovko</t>
   </si>
   <si>
-    <t>6 lutego 2001</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 06.09.2022: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany. Decyzja sądu 05.09.2025: 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>6 febbraio 2001</t>
+  </si>
+  <si>
+    <t>Alexey, attivista del movimento anarchico, è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale avviato contro gli anarchici della regione di Brest. È stato condannato per diverse accuse penali, come “partecipazione ad azioni di gruppo che violano gravemente l’ordine pubblico” e “creazione di un gruppo estremista e partecipazione allo stesso”.
+È noto che le accuse si basano sull'episodio del blocco delle strade a Brest nel 2018 durante una protesta contro la costruzione della fabbrica di batterie, nonché sulla partecipazione alla "Marcia dei non parassiti", avvenuta il 5 marzo 2017.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.09.2022: 12 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Sentenza del tribunale 05.09.2025: 6 mesi di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
+    <t>Denis Sergeevich Petkevich</t>
+  </si>
+  <si>
+    <t>6 febbraio 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Igor Sergeevich Shkirov</t>
+  </si>
+  <si>
+    <t>7 febbraio 1984</t>
+  </si>
+  <si>
+    <t>2 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-09-18 15:47:50</t>
+  </si>
+  <si>
     <t>Marina Mikhailovna Morozova</t>
   </si>
   <si>
-    <t>7 lutego 1971</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+    <t>7 febbraio 1971</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
-    <t>Igor Sergeevich Shkirov</t>
-[...37 lines deleted...]
-    <t>2024-08-28 21:46:18</t>
+    <t>Ludmila Eduardovna Ksiendzova</t>
+  </si>
+  <si>
+    <t>8 febbraio 1961</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.08.2025: 2 anni di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello 11.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:38:39</t>
+  </si>
+  <si>
+    <t>Tatiana Alexandrovna Shinkevich</t>
+  </si>
+  <si>
+    <t>9 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Tatyana è stata condannata a più di sei anni di prigione; la durata esatta è sconosciuta.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 14.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-03-18 17:25:01</t>
+  </si>
+  <si>
+    <t>Roman Bahaddinovich Guseinov</t>
+  </si>
+  <si>
+    <t>10 febbraio 1985</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:25:51</t>
   </si>
   <si>
     <t>Denis Fadeevich Tsybulsky</t>
   </si>
   <si>
-    <t>11 lutego 1981</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 22.03.2023: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 06.06.2023: nieznany. Decyzja sądu 05.06.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.08.2024: nieznany.</t>
+    <t>11 febbraio 1981</t>
+  </si>
+  <si>
+    <t>Condannato dal Tribunale distrettuale di Zavodskoy di Minsk ai sensi della Parte 1 dell'articolo 342 del Codice penale. Il 22 marzo 2023, il caso è stato esaminato dal giudice Zhanna Khvoynitskaya. Condannato alla restrizione della libertà con rinvio a un istituto penitenziario, durata sconosciuta .
+All'inizio di maggio 2024, si è saputo che Denis era coinvolto in un nuovo caso. Il processo era previsto per il 7 maggio. Oltre a lui, nel caso erano coinvolti anche Andrei Stabulyanets e Alexander Sharabaiko . A seconda del ruolo di ciascuno, sono stati accusati ai sensi dell'articolo 368 del Codice Penale (offesa a Lukashenko), dell'articolo 369 del Codice Penale (offesa a un funzionario governativo) e dell'articolo 361-1 del Codice Penale (partecipazione a un gruppo estremista). Presso il Tribunale Regionale di Vitebsk, Yevgeny Burunov ha esaminato il caso in un'udienza a porte chiuse dal 7 maggio al 5 giugno 2024. Di conseguenza, Denis è stato condannato alla reclusione in una colonia a regime generale . La durata esatta della pena è sconosciuta (circa cinque anni ).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.03.2023: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 06.06.2023: sconosciuto. Sentenza del tribunale 05.06.2024: 5 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
   </si>
   <si>
-    <t>Alla Vyacheslavovna Yushkevich</t>
-[...10 lines deleted...]
-  <si>
     <t>Andrey Vasilevich Tsypak</t>
   </si>
   <si>
-    <t>12 lutego 1993</t>
-[...8 lines deleted...]
-    <t>nieznany</t>
+    <t>12 febbraio 1993</t>
+  </si>
+  <si>
+    <t>Un ex dipendente MTS di Brest è stato arrestato all'inizio di novembre 2022. Nel video "pentimento", ha affermato che nel 2020-2021 ha lavorato presso MTS e ha avuto accesso ai dati. Secondo i funzionari della sicurezza, Andrey ha consegnato i dati di diversi funzionari e pubblici ministeri al Libro nero della Bielorussia.
+Un ex compagno di cella di Tsypak ha detto agli attivisti per i diritti umani che Andrei è stato duramente picchiato durante il suo arresto.
+Il caso di Andrei è stato considerato a porte chiuse, quindi l'esito del processo è sconosciuto agli attivisti per i diritti umani.
+Andrei Tsypak ha precedentemente giocato nel club di pallamano di Brest intitolato a Meshkov. Dal 2020 al 2021 ha lavorato presso MTS - e in quel momento, secondo le forze di sicurezza, ha trasferito i dati di diversi pubblici ministeri e funzionari governativi all'iniziativa di protesta.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
+    <t>Nikolay Nikolaevich Lyutskevich</t>
+  </si>
+  <si>
+    <t>12 febbraio 1973</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-10-31 17:31:38</t>
+  </si>
+  <si>
     <t>Alexandra Vyacheslavovna Pulinovich</t>
   </si>
   <si>
-    <t>12 lutego 2007</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu data nieznana: 10 lata 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>12 febbraio 2007</t>
+  </si>
+  <si>
+    <t>Il film filogovernativo (aprile 2024) afferma che sei adolescenti si sarebbero uniti nella “cellula anarchica “Black Nightingales”, che” sotto la guida dell’Esercito di liberazione nazionale dell’Ucraina “è stata creata dalla cittadina ucraina di 16 anni Maria Misyuk .
+I dipendenti dell'ONT affermano che gli adolescenti si sono uniti per effettuare il sabotaggio in una discarica in Bielorussia e poi in Russia. Maria è accusata ai sensi della parte 2 dell'art. 289 cp (atto di terrorismo). Secondo la storia, la sedicenne Maria Misyuk si è trasferita con la sua famiglia dall’Ucraina alla Bielorussia nel 2022, dove ha creato una “cellula anarchica per preparare attacchi terroristici”. Tra gli arrestati ci sono studenti universitari a Baranovichi, Nesvizh, Mir, Minsk e Luninets. Questi sono Trofim Borisov, Sergei Zhigalev, Dmitry Zahoroshko, Anastasia Klimenko e Alexandra Pulinovich . Secondo i dipendenti dell'ONT, i giovani si sono riuniti nell'appartamento di Baranovichi per prepararsi alla loro prima azione seria: raccogliere esplosivi e far saltare in aria il dipartimento di polizia o la procura di Baranovichi. Non si sa con quali accuse siano accusati i restanti cinque partecipanti. Così come il loro stato e la loro ubicazione sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 10 anni 3 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Sergey Aleksandrovich Sikorsky</t>
   </si>
   <si>
-    <t>12 lutego 1976</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 06.05.2021: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary.</t>
+    <t>12 febbraio 1976</t>
+  </si>
+  <si>
+    <t>Sergei, assistente del capo di un'organizzazione di Minsk, è stato arrestato nel settembre 2020 nella sua abitazione per aver partecipato a una protesta contro i brogli elettorali presidenziali e la violenza contro i civili, avvenuta a Minsk l'11 agosto 2020. È stato condannato per "partecipazione a rivolte di massa" e anche per reati legati alla droga.
+M
+Il 7 settembre 2020, è stato fermato presso la sua residenza. Secondo il referto dell'esame medico, al momento dell'arresto era in stato di ebbrezza causato dall'uso di sostanze psicotrope; nel suo organismo è stata rilevata la presenza di mefedrone. Durante una perquisizione del suo appartamento, le forze dell'ordine hanno trovato una sostanza in polvere. Gli investigatori hanno successivamente concluso che Sikorsky aveva venduto la stessa sostanza anche a un residente di 46 anni di Mogilev.
+Durante la discussione conclusiva, il pubblico ministero ha chiesto al tribunale di riconoscere a Sikorsky:
+Ai sensi della Parte 1 dell'Articolo 328 del Codice Penale – 2 anni di reclusione;
+Ai sensi della Parte 3 dell'Articolo 328 del Codice Penale: 7 anni di reclusione e una multa di 300 unità base. Sommando le pene previste dalle due parti dell'Articolo 328, la pena totale è di 7 anni di reclusione;
+Ai sensi della Parte 2 dell'Articolo 293 del Codice Penale – 5 anni di reclusione.
+La pena definitiva è di 9 anni di reclusione in una colonia penale di massima sicurezza e di una multa di 300 unità base.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.05.2021: 9 anni di reclusione in una colonia del regime potenziato, 300 unità di base di multa.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
   </si>
   <si>
-    <t>Nikolay Nikolaevich Lyutskevich</t>
-[...8 lines deleted...]
-    <t>2025-10-31 17:31:38</t>
+    <t>Vitaly Yurievich Melnik</t>
+  </si>
+  <si>
+    <t>12 febbraio 1982</t>
+  </si>
+  <si>
+    <t>Arrestato nel caso di "guerriglieri ferroviari".
+È noto che l'uomo vive nel villaggio di Khodakovo, ha un bambino piccolo.
+Durante il suo arresto, è stato colpito alle articolazioni del ginocchio.
+La famiglia ritiene che Vitaly non abbia nulla a che fare con gli articoli sensati e collega la detenzione alla vendetta del giudice locale, nonché al fatto che Vitaly aveva precedenti penali in precedenza.
+I dettagli del caso sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>IK-13, Glubokoe, via Sovetskaya, 205, 211791</t>
+  </si>
+  <si>
+    <t>16 anni di privazione in una colonia in condizioni di regime rigoroso e 300 multe base.</t>
+  </si>
+  <si>
+    <t>2022-07-22 14:35:14</t>
   </si>
   <si>
     <t>Natalia Sergeevna Belokurskaya</t>
   </si>
   <si>
-    <t>12 lutego 1972</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 09.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych, 60 jednostek bazowych kary. Apelacja 11.03.2025: wyrok został podtrzymany.</t>
+    <t>12 febbraio 1972</t>
+  </si>
+  <si>
+    <t>Natalia è stata arrestata e nel gennaio 2025 è stata dichiarata colpevole di aver insultato pubblicamente Lukashenko e un funzionario governativo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.01.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale, 60 unità di base di multa. Appello 11.03.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-03-11 17:41:30</t>
   </si>
   <si>
-    <t>Vitaly Yurievich Melnik</t>
-[...18 lines deleted...]
-    <t>2022-07-22 14:35:14</t>
+    <t>Marina Yuryevna Khramtsova</t>
+  </si>
+  <si>
+    <t>13 febbraio 1984</t>
+  </si>
+  <si>
+    <t>Marina in precedenza lavorava come imprenditrice, vendendo pavimenti. La sua attività ha chiuso nel 2015, dopodiché si è trasferita in un'altra azienda che svolgeva la stessa attività.
+La donna è nota per essere un'amante della cultura bielorussa e ha preso parte agli eventi della Società linguistica bielorussa e di un club di danza popolare.
+Molto probabilmente la questione è legata alla partecipazione di Alexandra alle chat di protesta.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.09.2025: 3 anni di reclusione in una colonia del regime generale. Appello 19.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Denis Mikhailovich Krasko</t>
+  </si>
+  <si>
+    <t>13 febbraio 1975</t>
+  </si>
+  <si>
+    <t>Secondo i documenti dell'accusa , nel dicembre 2020 Krasko “ha pubblicato commenti di dominio pubblico su Internet volti a sostenere attività estremiste, propaganda e agitazione della discordia sociale e dell'ostilità nei confronti dei dipendenti delle forze dell'ordine statali della Repubblica di Bielorussia, dei rappresentanti di la magistratura, il personale militare in servizio nelle forze armate della Repubblica di Bielorussia, hanno pubblicato commenti pubblicamente disponibili su Internet volti a sostenere attività estremiste, promuovere e fomentare la discordia sociale e l'ostilità verso questa categoria di persone."</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.01.2024: 3 anni di reclusione in una colonia del regime generale. Appello 29.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-11 22:28:12</t>
   </si>
   <si>
     <t>Vitaly Petrovich Minkevich</t>
   </si>
   <si>
-    <t>13 lutego 1994</t>
-[...11 lines deleted...]
-    <t>15 lat więzienia w kolonii o zaostrzonym reżimie</t>
+    <t>13 febbraio 1994</t>
+  </si>
+  <si>
+    <t>Residente nella regione di Mogilev . Operaio del negozio di scarpe.
+Nel 2020 è stato arrestato per aver partecipato a proteste.
+Detenuto per sabotaggio della ferrovia vicino alla stazione di Bobruisk e incendio doloso nel poligono di tiro dell'unità militare 5527.
+Il 12 aprile 2024 si è svolto un processo per modificare le condizioni del regime di esecuzione della pena e Vitaly è stato trasferito in regime penitenziario per un periodo di 3 anni.</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>15 anni di reclusione in una colonia sotto regime rafforzato</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
   </si>
   <si>
-    <t>Denis Mikhailovich Krasko</t>
-[...11 lines deleted...]
-    <t>2023-12-11 22:28:12</t>
+    <t>Valery Viktorovich Borzenko</t>
+  </si>
+  <si>
+    <t>13 febbraio 1971</t>
+  </si>
+  <si>
+    <t>È stato ritenuto colpevole di aver inviato informazioni sul suo ex leader a bot di telegrammi di "canali distruttivi" nel novembre 2020 e nel marzo 2021. Successivamente, è stato collocato da risorse attraverso le quali "sono state svolte attività illegali nell'ambito di formazioni estremiste". Inoltre, secondo l'accusa, la pubblicazione delle informazioni ricevute da Borzenko ha comportato "altre gravi conseguenze".
+È stato anche riconosciuto colpevole di aver acquistato e immagazzinato munizioni per armi da fuoco.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-10-03 16:12:26</t>
   </si>
   <si>
     <t>Valentin Valentinovich Terenevich</t>
   </si>
   <si>
-    <t>Zastępca brygadzisty w zakładach Chimwołokno (część Grodna Azotu), wiceprzewodniczący Białoruskiego Niezależnego Związku Zawodowego Grodno Azot. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
-[...8 lines deleted...]
-    <t>Decyzja sądu 17.02.2023: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany. Sąd zmiany reżimu 09.10.2024: nieznany lata więzienia.</t>
+    <t>Assistente caposquadra presso lo stabilimento di Khimvolokno (parte di Grodno Azot), vicepresidente del sindacato indipendente bielorusso di Grodno Azot. Secondo le informazioni preliminari, è stato arrestato ai sensi degli articoli 356 e 357 del codice penale della Repubblica di Bielorussia (“tradimento dello Stato” e “cospirazione o altre azioni commesse con l'obiettivo di prendere il potere statale”).
+Il 9 novembre 2022 il tribunale regionale di Gomel ha iniziato ad esaminare il “caso Rabochaga Ruhu”, in cui sono coinvolti dieci prigionieri politici. Nel secondo giorno del processo, tutti gli imputati hanno dichiarato alla corte di non ammettere la loro colpevolezza di tradimento e di creazione di un gruppo estremista . Tutti gli imputati del “caso Rabochaga Ruhu” si rifiutarono di testimoniare al processo. Il 27 dicembre il processo è stato chiuso fino alla pronuncia del verdetto, anche se prima si era svolto all'aperto.
+Il 17 febbraio 2023, il tribunale regionale di Gomel ha emesso un verdetto sul “caso Rabochaga Ruhu”. Il giudice Alexander Piskunov ha dichiarato colpevole Valentin.
+Il 9 ottobre 2024, presso il tribunale di Novopolotsk, Valentin esaminerà il caso “sul trasferimento in un istituto correzionale di tipo diverso e sui cambiamenti delle condizioni di detenzione”. Il giudice Alla Gatikh ha trasferito il prigioniero politico in regime carcerario , la cui durata non è ancora nota .</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 12 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: sconosciuto. Tribunale per il cambio di regime 09.10.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-09-26 12:54:01</t>
   </si>
   <si>
-    <t>Valery Viktorovich Borzenko</t>
-[...31 lines deleted...]
-  <si>
     <t>Anna Gennadievna Shpak</t>
   </si>
   <si>
-    <t>14 lutego 1997</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>14 febbraio 1997</t>
+  </si>
+  <si>
+    <t>Anna si è laureata presso la Facoltà di Sport di Massa dell'Università Statale di Educazione Fisica della Bielorussia nel 2019. Ha lavorato come allenatrice e insegnante presso la Burevestnik Olympic Reserve School di Minsk.
+Nel 2014, Anna ha partecipato alla seconda edizione dei Giochi Olimpici Giovanili Estivi, dove ha saltato 3,80 m e si è classificata quarta nella classifica generale. Per questo risultato, ha ricevuto una borsa di studio dal Comitato Olimpico Nazionale.
+Probabilmente è stata detenuta in relazione al "caso Gayun". Nella "lista degli estremisti" tenuta dal Ministero degli Interni, il suo status è indicato come "in stato di condanna". Ciò significa che è stata condannata a una colonia penale con rinvio a giudizio o a una colonia penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Berestovoj</t>
+  </si>
+  <si>
+    <t>15 febbraio 1980</t>
+  </si>
+  <si>
+    <t>Andrey Berestovoy ha oltre 20 anni di esperienza nel design e negli ultimi 15 anni ha lavorato nel settore IT. Nella seconda metà del 2024 è stato arrestato. Si sa solo che il motivo dell'arresto potrebbe essere stato un commento di Berestovoy su Telegram. Utilizzava un vecchio account collegato al suo numero bielorusso e un vecchio nickname che usava ovunque.
+È noto che si recava periodicamente in Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-07-24 17:15:25</t>
+  </si>
+  <si>
+    <t>Evgeny Aleksandrovich Zborovsky</t>
+  </si>
+  <si>
+    <t>15 febbraio 1994</t>
+  </si>
+  <si>
+    <t>Yevgeny è stato accusato immediatamente ai sensi di 9 articoli del codice penale. La ragione di ciò sono stati i commenti su Telegram e l'invio di 0,28 e 0,004 bitcoin agli amministratori dei canali Telegram.
+Inoltre, da dicembre 2019 a gennaio 2020, ha acquistato "sostanze psicotrope particolarmente pericolose" e in Russia (nella regione di Bryansk) ha acquistato un'arma da fuoco: una pistola Makarov (PM) e almeno 46 cartucce.
+Il processo è durato dal 14 febbraio al 2 giugno, quasi quattro mesi.
+Yevgeny ha parzialmente ammesso la sua colpa, ha spiegato di non essere d'accordo con i risultati delle elezioni presidenziali in Bielorussia, ed è per questo che ha deciso di agire attivamente.</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-02-14 21:25:55</t>
+  </si>
+  <si>
     <t>Anton Olegovich Cheremnykh</t>
   </si>
   <si>
-    <t>15 lutego 1983</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 28.03.2024: nieznany. Apelacja 17.07.2024: nieznany.</t>
+    <t>15 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Vice comandante del 310 ° gruppo di artiglieria per il lavoro ideologico della 120a brigata meccanizzata della guardia separata, tenente colonnello. È accusato di “tradimento contro lo Stato da parte di una persona soggetta allo status militare” e di “incitamento ad altre discordie sociali”.
+Le circostanze del caso sono sconosciute.
+Il 5 e 17 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.03.2024: sconosciuto. Appello 17.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-16 11:23:55</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Berestovoj</t>
-[...35 lines deleted...]
-  <si>
     <t>Maxim Viktorovich Polonsky</t>
   </si>
   <si>
-    <t>16 lutego 1986</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 29.01.2025: nieznany.</t>
+    <t>16 febbraio 1986</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
   </si>
   <si>
     <t>Andrey Cheslavovich Krasnik</t>
   </si>
   <si>
-    <t>16 lutego 1967</t>
-[...6 lines deleted...]
-    <t>3,5 roku więzienia w kolonii karnej.</t>
+    <t>16 febbraio 1967</t>
+  </si>
+  <si>
+    <t>Lavora come terapista nel pronto soccorso dell'ospedale cittadino di Lida. Secondo le informazioni preliminari, sono stati arrestati per Mi piace e commenti nel 2020.
+Presto si è saputo che Andrei Krasnik sarebbe stato nuovamente processato: il 17 aprile 2023, un'udienza nel caso contro il prigioniero politico ai sensi della parte 2 dell'art. 366 cp (violenza o minaccia nei confronti di un funzionario) e parte 1 dell'art. 342 cp (Organizzazione e preparazione di atti che violano gravemente l'ordine, o partecipazione attiva ad essi). Il caso è stato nominato per considerare il giudice Vladimir Fedorovich .</t>
+  </si>
+  <si>
+    <t>3,5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Oleg Igorevich Gavrilov</t>
   </si>
   <si>
-    <t>16 lutego 1981</t>
-[...11 lines deleted...]
-    <t>10 lat pozbawienia wolności w kolonii karnej w zaostrzonym rygorze.</t>
+    <t>16 febbraio 1981</t>
+  </si>
+  <si>
+    <t>Istruttore di fitness di Soligorsk.
+Secondo il fascicolo, nel gennaio 2021 Gavrilov ha acquistato e fornito a due amici, Tatyana e Oleg Biruly, bombolette spray di vernice. Successivamente, da gennaio a febbraio 2021, quest'ultimo ha applicato iscrizioni e disegni a varie strutture infrastrutturali a Soligorsk, "rovinandole".
+Nell'agosto 2021, Gavrilov, attraverso accordi, anche per ricompense materiali, ha coinvolto un altro conoscente, Sergei Pasyuk, in "attività estremiste".
+Poi, da agosto a dicembre 2021, gli imputati hanno distribuito volantini e altro materiale stampato sul territorio di Soligorsk. Un esame del contenuto di Chestnaya Gazeta, con copie di cui l'allenatore era detenuto, ha testimoniato che Gavrilov era presumibilmente coinvolto nell'incitamento all'odio o alla discordia razziale, nazionale, religiosa o di altro tipo commesso da un gruppo di persone.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.12.2022: 10 anni di reclusione in una colonia del regime rigoroso. Appello 07.04.2023: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-12-30 14:20:17</t>
   </si>
   <si>
     <t>Alexei Andreevich Chernousov</t>
   </si>
   <si>
-    <t>17 lutego 1991</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 15.05.2024: 4 roku 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 05.09.2024: wyrok został podtrzymany.</t>
+    <t>17 febbraio 1991</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.05.2024: 4 anni 3 mesi di reclusione in una colonia del regime potenziato. Appello 05.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Dmitriy Valerievich Gut</t>
   </si>
   <si>
-    <t>18 lutego 1988</t>
-[...6 lines deleted...]
-    <t>6 lat więzienia w kolonii</t>
+    <t>18 febbraio 1988</t>
+  </si>
+  <si>
+    <t>Dmitry ha lavorato nel campo informatico, prima ancora ha lavorato nell'ufficio del pubblico ministero per 7 anni.
+Il 9 gennaio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>6 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
   </si>
   <si>
+    <t>Arseny Olegovich Moiseichik</t>
+  </si>
+  <si>
+    <t>19 febbraio 2002</t>
+  </si>
+  <si>
+    <t>È stato arrestato per aver partecipato a proteste. Inoltre, i giovani sono stati accusati di aver ricevuto manganelli telescopici, pistole stordenti e altri mezzi dall'estero.
+Arseny si è laureato in giurisprudenza presso la Facoltà di Economia e Giurisprudenza e ha la patente di guida. Prima del suo arresto lavorava come corriere per la consegna della pizza. Il ragazzo ha un leucoma e necessita di un monitoraggio medico regolare e di una risonanza magnetica annuale. Ad Arseny sono vietate molte attività fisiche.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.07.2022: 6 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
+  </si>
+  <si>
     <t>Aleksey Nikolaevich Khralovich</t>
   </si>
   <si>
-    <t>19 lutego 1984</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 30.03.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 24.10.2023: 3 roku więzienia.</t>
+    <t>19 febbraio 1984</t>
+  </si>
+  <si>
+    <t>Ex tenente colonnello del KGB.
+Il procedimento penale contro il tenente colonnello è noto solo dai media statali.
+Nel 2021, il canale ONT TV ha mostrato il film "KGB Operation Mankurty", che riportava la detenzione del tenente colonnello del KGB Aleksey Khralovich.
+Di conseguenza, il funzionario della sicurezza è in stato di fermo da circa un anno al momento dell'annuncio del verdetto.
+Khralovich è stato privato del grado militare di tenente colonnello.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.03.2022: 10 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 24.10.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Selvestruk</t>
   </si>
   <si>
-    <t>19 lutego 1990</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 29.09.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.11.2023: nieznany.</t>
+    <t>19 febbraio 1990</t>
+  </si>
+  <si>
+    <t>Autore del canale telegrafico "Silver Age. Calcio bielorusso" ed ex dipendente di "Narodnaya Gazeta". È accusato ai sensi della parte 1 dell'art. 361-4 del codice penale (promozione di attività estremiste). Le circostanze del caso sono sconosciute agli attivisti per i diritti umani.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.09.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 21.11.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-09-27 19:19:37</t>
   </si>
   <si>
     <t>Stanislav Sergeevich Chapel</t>
   </si>
   <si>
-    <t>19 lutego 2006</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 31.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2024: nieznany. Apelacja 04.10.2024: nieznany.</t>
+    <t>19 febbraio 2006</t>
+  </si>
+  <si>
+    <t>Come riportato nel film dell’ONT “Bambini sotto tiro. Reclutato dal nemico”, Stanislav è accusato di aver accettato di essere un corriere per “l’organizzazione che supervisionava la SBU”. diciamo, il ragazzo ha registrato un video in cui "è pronto a lavorare contro l'FSB e Putin". Ma al momento delle riprese stava già scontando una pena in una colonia per “frode”. Il processo si è svolto nel maggio 2024. Non si conosce la pena, la pena potrebbe andare dai 3 ai 10 anni di reclusione con multa.
+Secondo il film ONT, nel gennaio 2023, un ragazzo di 16 anni proveniente da una famiglia numerosa stava cercando lavoro su Internet. Si è imbattuto in truffatori che si sono offerti di lavorare come corriere per ritirare e trasportare denaro. A Stanislav è stato detto di registrare un video in cui affermava di sostenere l'Ucraina e sembrava essere d'accordo a lavorare per la SBU.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 29.08.2024: sconosciuto. Appello 04.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-30 00:03:14</t>
   </si>
   <si>
-    <t>Arseny Olegovich Moiseichik</t>
-[...31 lines deleted...]
-  <si>
     <t>Vladimir Yurievich Saveliev</t>
   </si>
   <si>
-    <t>19 lutego 1987</t>
-[...4 lines deleted...]
-W dniu 14 września 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+    <t>19 febbraio 1987</t>
+  </si>
+  <si>
+    <t>All'inizio di ottobre 2022, nel quartiere moscovita della capitale, sconosciuti hanno appeso una bandiera bianco-rossa-bianca e la bandiera dell'Ucraina su un supporto della linea elettrica. Solo il giorno successivo è apparso un post sul canale Telegram di Anton Mot con una foto della bandiera e la didascalia: "Gli abitanti di Minsk si congratulano con il popolo ucraino per le meravigliose notizie dal ponte di Crimea. Il crimine è l'Ucraina! Lunga vita alla Bielorussia! Gloria all'Ucraina! " " Durante le attività di ricerca operativa, gli agenti di polizia hanno arrestato sei residenti di Minsk di età compresa tra 34 e 36 anni che avrebbero commesso questo gesto. Compreso Vladimir.
+Savelyev ha detto in un video filogovernativo che l’azione è stata organizzata a sostegno degli ucraini: “Questo è sostegno ai civili che muoiono in una guerra non necessaria”.
+Il 14 settembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>2023-05-19 10:04:03</t>
   </si>
   <si>
-    <t>Nikita Arturovich Kharlovich</t>
-[...11 lines deleted...]
-    <t>2021-02-28 00:27:22</t>
+    <t>Vladislav Vitalievich Voitekhovich</t>
+  </si>
+  <si>
+    <t>20 febbraio 1995</t>
+  </si>
+  <si>
+    <t>Vladislav è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.
+Vladislav fu condannato a una lunga pena detentiva per numerose accuse penali, i primi cinque dei quali trascorsi in carcere. Fu anche privato del suo grado militare.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 21 anno di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario), restrizione del servizio militare. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Zelenko</t>
+  </si>
+  <si>
+    <t>20 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Oleg era a capo dello storico club "Mindovg" e si occupava anche di affari.
+Nel dicembre 2024, Oleg Zelenko è stato condannato due volte per "diffusione di materiale estremista" (articolo 19.11 del Codice degli illeciti amministrativi). Dopo aver scontato la pena, è stato probabilmente aperto un procedimento penale contro di lui ed è stato rinchiuso in un centro di detenzione preventiva.
+A quanto pare, dopo il verdetto, Zelenko è stato condannato a una colonia penale: i suoi social network non sono aggiornati e sul suo Telegram compare lo stato "era online molto tempo fa".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
   </si>
   <si>
     <t>Michael Grigorievich Lapunov</t>
   </si>
   <si>
-    <t>20 lutego 1970</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 30.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
+    <t>20 febbraio 1970</t>
+  </si>
+  <si>
+    <t>Padre del prigioniero politico Nikita Zolotarev . Mikhail è stato arrestato l'8 agosto 2023 e condannato a 15 giorni di arresto ai sensi dell'art. 19.11 Codice degli illeciti amministrativi della Repubblica di Bielorussia (distribuzione di materiale estremista). Dopo il primo arresto, non è stato rilasciato ed è stato condannato ai sensi dello stesso articolo ad altri 15 giorni, e poi ad altri 15.
+Il 22 settembre 2023, alla vigilia del suo rilascio dopo aver scontato il terzo arresto amministrativo consecutivo, è stato nuovamente riconosciuto colpevole di aver commesso un reato e inviato in un centro di detenzione per la quarta volta.
+Il 24 ottobre, per decisione del KGB, la chat chiusa di Telegram “Gomel per Nikita Zolotorev” è stata riconosciuta come “formazione estremista” e il suo unico partecipante designato è stato il padre del prigioniero politico, Mikhail Lapunov.
+Gli attivisti per i diritti umani hanno appreso che qualche tempo dopo aver scontato gli arresti amministrativi, Mikhail è stato preso in custodia. Dall'estate del 2024 è detenuto in un centro di custodia cautelare .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
   </si>
   <si>
-    <t>Vladislav Vitalievich Voitekhovich</t>
-[...42 lines deleted...]
-    <t>2024-09-06 18:16:47</t>
+    <t>Oleg Igorevich Sychev</t>
+  </si>
+  <si>
+    <t>21 febbraio 1976</t>
+  </si>
+  <si>
+    <t>Oleg, 47 anni, è nato a Krasnoyarsk, ma si è trasferito in Bielorussia negli anni 2000 e ha già ricevuto la cittadinanza.  Il film filogovernativo ha mostrato come il "terrorista ucraino" Mykola Shvets è stato arrestato il 4 marzo a casa di Oleg nella partnership di giardinaggio di Birch Grove nel villaggio di Chertyazh (consiglio del villaggio di Borovlyansky).
+Sychev, insieme a sua moglie Nastya Pilko , è stato arrestato dalle forze di sicurezza il 3 marzo proprio in questa casa.
+Secondo gli attivisti per i diritti umani, entrambi si trovano ora nel centro di custodia cautelare del KGB.
+La coppia detenuta ha due figli minorenni, che ora sono con la nonna .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.10.2024: 9 anni di reclusione in una colonia del regime generale. Appello 27.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-04-07 13:01:12</t>
   </si>
   <si>
     <t>Natalia Alexandrovna Chubovskaya</t>
   </si>
   <si>
-    <t>21 lutego 1981</t>
+    <t>21 febbraio 1981</t>
   </si>
   <si>
     <t>2025-10-30 15:34:18</t>
   </si>
   <si>
-    <t>Alexey Dmitrievich Bogdey</t>
-[...29 lines deleted...]
-  <si>
     <t>Artem Sergeevich Mitsuk</t>
   </si>
   <si>
-    <t>Został zatrzymany pod zarzutem masowych niepokojów i oskarżony o udział w „radykalnych” kanałach telegraficznych.</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+    <t>21 febbraio 2001</t>
+  </si>
+  <si>
+    <t>È stato detenuto con l'accusa di disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:01</t>
   </si>
   <si>
     <t>Artem Ruslanovich Zakrzhevsky</t>
   </si>
   <si>
-    <t>22 lutego 2003</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 05.07.2022: 4 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 27.09.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.10.2023: nieznany. Apelacja 19.12.2023: nieznany.</t>
+    <t>22 febbraio 2003</t>
+  </si>
+  <si>
+    <t>Secondo l'atto d'accusa, Artem è stato ritenuto colpevole di essere entrato in carreggiata nella notte tra il 9 e il 10 agosto 2020, durante un evento di massa non autorizzato a Minsk, bloccando il traffico, gridando slogan e disobbedendo agli ordini legittimi delle autorità.
+Inoltre, il 1° gennaio 2022, mentre era in stato di ebbrezza in un luogo pubblico, ha agito in modo ingiustificato contro un altro uomo. Artem è stato condannato alla libertà vigilata con rinvio a giudizio.
+Nell'ottobre 2023 si è tenuta un'udienza sul caso del rafforzamento del regime; i motivi e l'esito dell'udienza sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 9. 210034, Vitebsk, street 3rd Chepinskaya, 39</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.07.2022: 4 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 27.09.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 11.10.2023: sconosciuto. Appello 19.12.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
     <t>Alexey Anatolyevich Kaidash</t>
   </si>
   <si>
-    <t>23 lutego 1979</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii w specjalnych warunkach reżimu.</t>
+    <t>23 febbraio 1979</t>
+  </si>
+  <si>
+    <t>Alexey è stato inizialmente condannato all'arresto amministrativo ai sensi dell'articolo 19.11 del Codice dei reati amministrativi . È stato poi aperto un procedimento penale ai sensi dell'articolo 361-4 del Codice penale della Repubblica di Bielorussia (sostegno ad attività estremiste).
+Alexey Kaidash ha lavorato a Mozyr come fotografo professionista, realizzando foto di matrimoni, foto per bambini, ritratti, portfolio, menù e cataloghi.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia in condizioni di regime speciale.</t>
   </si>
   <si>
     <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Andrey Konstantinovich Yaremchik</t>
   </si>
   <si>
-    <t>23 lutego 1993</t>
-[...8 lines deleted...]
-    <t>7,5 roku więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
+    <t>23 febbraio 1993</t>
+  </si>
+  <si>
+    <t>Bassista della TOR BAND.
+Il 20 gennaio 2023 si è saputo che la Tor Band è stata riconosciuta come formazione estremista.
+Il KGB includeva Dmitry Golovach e sua moglie Yulia, Yevgeny Burlo e Andrey Yaremchik nella sua composizione.
+Questo è il primo gruppo musicale che è stato incluso nell'elenco delle formazioni estremiste.</t>
+  </si>
+  <si>
+    <t>7,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Porotnikov</t>
   </si>
   <si>
-    <t>24 lutego 1978</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 31.10.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.03.2025: nieznany.</t>
+    <t>24 febbraio 1978</t>
+  </si>
+  <si>
+    <t>Politologo, specialista della sicurezza. Capo del centro analitico Belarus Security Blog; membro dell'organizzazione Council of the Right Alliance (2010-2011).
+Secondo il conoscente di Andrei, è stato detenuto a Mosca pochi giorni fa. Ora è stato portato a Minsk e ora si trova nel centro di custodia cautelare del KGB.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2024: 10 anni di reclusione in una colonia del regime potenziato. Appello 18.03.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-23 23:52:54</t>
   </si>
   <si>
     <t>Sergey Anatolyevich Sokolov</t>
   </si>
   <si>
-    <t>24 lutego 1976</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 21.06.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary, ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+    <t>24 febbraio 1976</t>
+  </si>
+  <si>
+    <t>Sergei è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, ufficiali delle forze dell'ordine, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente". Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
+Sergei fu condannato, in base a diversi articoli penali, a una lunga pena detentiva e a una multa, e gli fu anche revocato il grado militare.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 14 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa, restrizione del servizio militare. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
     <t>Alexander Viktorovich Kuksa</t>
   </si>
   <si>
-    <t>24 lutego 1983</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 16.12.2024: nieznany. Apelacja 28.02.2025: nieznany.</t>
+    <t>24 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Il 14 febbraio, il comitato investigativo ha aperto un procedimento penale contro rappresentanti e partecipanti all'iniziativa “Riserva del personale per la Nuova Bielorussia” annunciata dal Gabinetto congiunto di transizione. Il canale televisivo ONT ha successivamente mostrato 14 persone detenute in questo caso. Il propagandista Igor Tur ha affermato che, insieme alle forze di sicurezza, per un anno ha ascoltato conferenze per i partecipanti all'iniziativa. Il 26 febbraio, i canali filogovernativi hanno pubblicato un video con la partecipazione di Alexander Kuksa, in cui ha ammesso di aver partecipato a questo programma. Il programma “Riserva di personale per una nuova Bielorussia” è stato lanciato dal Gabinetto congiunto di transizione nel novembre 2022. L'obiettivo del progetto era formare professionisti in grado di lavorare in posizioni governative e realizzare riforme.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.12.2024: sconosciuto. Appello 28.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-13 11:05:07</t>
   </si>
   <si>
-    <t>Boris Vladimirovich Grinkevich</t>
-[...8 lines deleted...]
-    <t>2024-05-02 18:45:33</t>
+    <t>Pavel Leonidovich Nedbailo</t>
+  </si>
+  <si>
+    <t>25 febbraio 1981</t>
+  </si>
+  <si>
+    <t>Un residente di Svetlogorsk è stato arrestato il 29 settembre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali telegrafici “radicali”.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Egor Romanovich Tyushkevich</t>
+  </si>
+  <si>
+    <t>25 febbraio 1997</t>
+  </si>
+  <si>
+    <t>Musicista. Ha lavorato in un teatro di marionette a Brest.
+Fu condannato per la prima volta dal tribunale regionale di Brest il 19 dicembre 2024.
+Nell'ottobre 2025 si è saputo che era stato aperto un nuovo procedimento penale contro Yegor e che l'uomo era stato trasferito in un centro di detenzione preventiva.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 19.12.2024: 6 anni di reclusione in una colonia del regime generale. Appello 04.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:21:12</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilievich Androsyuk</t>
+  </si>
+  <si>
+    <t>25 febbraio 1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dmitry è stato testimone nel caso dei prigionieri politici di Brest, i blogger Sergei Petrukhin e Alexander Kabanov, condannati a tre anni in una colonia penale di regime generale nell'aprile di quest'anno. Come ha raccontato l'attivista ai difensori dei diritti umani di Brest, è stato aperto un procedimento penale contro di lui per essersi rifiutato di rispondere alle domande del giudice che stava esaminando il caso di Petrukhin e Kabanov, poiché non aveva mostrato il documento d'identità ufficiale del giudice.
+Pubblicato il 26.02.2022.
+L'11, 16 e 17 dicembre 2024 si sono tenute nuove udienze del caso di Dmitry presso il Tribunale distrettuale Leninsky di Brest, ai sensi della Parte 1 dell'Articolo 342 del Codice penale della Repubblica di Bielorussia. Dmitry è stato condannato a 2 anni di prigione.
+</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.09.2021: 3 mesi di arresto. Sentenza del tribunale 17.12.2024: 2 anni di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2021-09-21 17:48:17</t>
+  </si>
+  <si>
+    <t>Larisa Ivanovna Prokhorova</t>
+  </si>
+  <si>
+    <t>25 febbraio 1975</t>
+  </si>
+  <si>
+    <t>È stato arrestato insieme a tutta la sua famiglia (marito, figlia, figlio) con l'accusa di "tradimento". Pare che la figlia sia stata successivamente rilasciata. I dettagli del caso non sono noti.
+Ha lavorato come infermiera presso l'ospedale clinico n. 3 della città di Gomel. Larisa Prokhorova è una persona completamente non pubblica. È nata nel 1975 a Grabovka, dove ha vissuto tutta la sua vita.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
+La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.06.2024: 8 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:11:09</t>
+  </si>
+  <si>
+    <t>Aleksey Dmitrievich Shishkovets</t>
+  </si>
+  <si>
+    <t>25 febbraio 1979</t>
+  </si>
+  <si>
+    <t>Arrestato per "preparazione al sabotaggio sulla ferrovia".
+Secondo il ministero dell'Interno , all'inizio del 2022, l'uomo "si è unito alla formazione estremista ByPol, dopo aver effettuato l'accesso al chat bot di mobilitazione per commettere atti illegali in Bielorussia".
+Il 1 marzo avrebbe ricevuto istruzioni per bloccare le linee ferroviarie, nonché per preparare e utilizzare molotov.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.10.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 06.01.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:18:52</t>
   </si>
   <si>
     <t>Andrey Ivanovich Matusenko</t>
   </si>
   <si>
-    <t>25 lutego 1969</t>
-[...3 lines deleted...]
-Matusenko służył w Afganistanie. Jego służba trwała od listopada 1987 do lutego 1989 roku.</t>
+    <t>25 febbraio 1969</t>
+  </si>
+  <si>
+    <t>Nel 2006, Matusenko ha fondato la società "MM-Transit" nella regione di Smolensk. Il suo settore di attività è il trasporto merci. Nel 2020, la società è stata liquidata. Successivamente, il residente di Vitebsk ha continuato a lavorare in diverse aziende in Russia, ad esempio "S-Trans", che si occupa di trasporti. Ha viaggiato ovunque: Unione Europea, Russia, Bielorussia, Ucraina.
+Matusenko ha prestato servizio in Afghanistan dal novembre 1987 al febbraio 1989.</t>
   </si>
   <si>
     <t>2025-08-17 15:02:31</t>
   </si>
   <si>
-    <t>Larisa Ivanovna Prokhorova</t>
-[...16 lines deleted...]
-  <si>
     <t>Timofey Alexandrovich Korotkevich</t>
   </si>
   <si>
-    <t>25 lutego 2002</t>
-[...2 lines deleted...]
-    <t>Skazany za lubienie w 2020 roku, gdy miał 18 lat. Podstawą rozprawy były prawdopodobnie zarzuty zniesławienia.</t>
+    <t>25 febbraio 2002</t>
+  </si>
+  <si>
+    <t>Condannato per comportamento scorretto nel 2020, quando aveva 18 anni. Il processo si basava probabilmente su accuse di diffamazione.</t>
   </si>
   <si>
     <t>2025-05-20 22:35:08</t>
   </si>
   <si>
-    <t>Egor Romanovich Tyushkevich</t>
-[...116 lines deleted...]
-  <si>
     <t>Vitaly Ivanovich Khalchitsky</t>
   </si>
   <si>
-    <t>27 lutego 1957</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 24.03.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>27 febbraio 1957</t>
+  </si>
+  <si>
+    <t>È un pensionato e ha un figlio piccolo da mantenere.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.03.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
   </si>
   <si>
+    <t>Pavel Yurievich Belyutin</t>
+  </si>
+  <si>
+    <t>27 febbraio 1977</t>
+  </si>
+  <si>
+    <t>Pavel è stato condannato il 23 maggio 2022 dal tribunale distrettuale Frunzensky di Minsk ai sensi dell'art. 369 del Codice penale della Repubblica di Bielorussia.
+Nel telegiornale serale trasmesso dalla televisione di stato "Belarus 1" il 5 maggio 2025, Pavel è stato definito "membro di un gruppo estremista" e "parte della bandiera di Vilnius", il cui obiettivo sarebbe quello di invadere la Bielorussia. Il video riporta che l'attivista avrebbe ricevuto un addestramento paramilitare presso la suddetta organizzazione. Si dice che abbia partecipato alle proteste anche nel 2020 e che abbia fatto parte di un gruppo che ha pianificato un attacco con droni alla centrale nucleare di Ostrovets.
+Si dice che Pavel abbia lasciato la Bielorussia e sia stato inserito nella lista dei ricercati interstatali. Le circostanze della detenzione dell'attivista sono sconosciute. Nel video, un uomo viene scortato fuori da un aereo all'aeroporto da agenti che indossano fasce del KGB e trasferito su un'auto.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center of KGB. 220050, Minsk, Main Post Office, subscriber box 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.05.2022: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Tribunale per il cambio di regime 19.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-06-01 18:47:07</t>
+  </si>
+  <si>
+    <t>Gleb Vladimirovich Zhukov</t>
+  </si>
+  <si>
+    <t>27 febbraio 1969</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-27 15:04:17</t>
+  </si>
+  <si>
     <t>Alina Viktorovna Shevtsova</t>
   </si>
   <si>
-    <t>27 lutego 2004</t>
-[...6 lines deleted...]
-    <t>Decyzja sądu 19.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+    <t>27 febbraio 2004</t>
+  </si>
+  <si>
+    <t>Studentessa dell'Università Linguistica Statale di Minsk. Arrestata nel settembre 2024. Inizialmente, è stata condannata a due giorni di carcere ai sensi di un articolo amministrativo, dopodiché è stato aperto un procedimento penale. Secondo alcuni conoscenti, il procedimento penale è di matrice politica.
+Alina Shevtsova è stata aggiunta all'elenco dei partecipanti alla "formazione estremista" "Scuola di leadership per donne" alla fine di settembre 2024. Si tratta di un progetto educativo per studentesse bielorusse, che le aiuta a sviluppare capacità di leadership.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-07 17:33:41</t>
   </si>
   <si>
-    <t>Gleb Vladimirovich Zhukov</t>
-[...28 lines deleted...]
-    <t>2022-06-01 18:47:07</t>
+    <t>Ruslan Aleksandrovich Lobanok</t>
+  </si>
+  <si>
+    <t>28 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Ruslan, imprenditore, fondatore ed ex direttore del centro visti spagnolo di Minsk, è stato fermato dagli agenti del KGB nell'ottobre 2021 all'aeroporto mentre stava per lasciare la Bielorussia. L'arresto è avvenuto nell'ambito di un procedimento penale avviato per motivi politici.
+Nel marzo 2023, Ruslan è stato condannato per corruzione e tradimento. Il tribunale lo condannò a una lunga pena detentiva e a una pesante multa.
+Nell'agosto 2024 le condizioni della sua detenzione furono inasprite: Ruslan fu trasferito in regime carcerario. Da allora gli è stato proibito di ricevere pacchi, visite e altre forme di sostegno. Per le necessità personali gli è consentito utilizzare al massimo un'unità base al mese.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.03.2023: 11 anni di reclusione in una colonia del regime potenziato, 1000 rubli di risarcimento. Appello 05.05.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 28.08.2024: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2023-03-05 00:05:05</t>
+  </si>
+  <si>
+    <t>Lily Victorovna Kostenich</t>
+  </si>
+  <si>
+    <t>28 febbraio 1967</t>
+  </si>
+  <si>
+    <t>Lilia è stata arrestata per la prima volta alla fine di marzo 2023 e condannata all'arresto amministrativo per 10 giorni. Tuttavia, nell'aprile 2024 si è saputo che era stata arrestata nell'ambito di un procedimento penale. È stata condannata in base a diversi articoli per “insulto a funzionari governativi” e “calunnia e insulto contro Lukashenko”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.12.2024: 3 anni di reclusione in una colonia del regime generale. Appello 13.02.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-23 20:28:11</t>
   </si>
   <si>
     <t>Artem Yuryevich Litevich</t>
   </si>
   <si>
-    <t>28 lutego 1982</t>
-[...7 lines deleted...]
-    <t>Decyzja sądu 24.10.2024: nieznany. Apelacja 24.12.2024: nieznany. Decyzja sądu 04.02.2025: nieznany.</t>
+    <t>28 febbraio 1982</t>
+  </si>
+  <si>
+    <t>Ex camionista, rientrato dall'Europa. Lo hanno accusato di oltre 1.000 commenti estremisti, alcuni dei quali risalenti al 1997.
+Artem è stato condannato dal tribunale della città di Minsk ai sensi della Parte 3 dell'articolo 361 del Codice penale e parte 1 dell'art. 342 del Codice penale della Repubblica di Bielorussia.
+L’udienza del caso di Artem ai sensi della Parte 3 dell’Articolo è prevista per il 31 gennaio 2025 . 361-1 del Codice penale e art. 369 del Codice penale della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.10.2024: sconosciuto. Appello 24.12.2024: sconosciuto. Sentenza del tribunale 04.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-09-25 19:40:06</t>
   </si>
   <si>
-    <t>Lily Victorovna Kostenich</t>
-[...33 lines deleted...]
-  <si>
     <t>Natalia Alexandrovna Vasilyeva</t>
   </si>
   <si>
-    <t>29 lutego 1960</t>
-[...2 lines deleted...]
-    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>29 febbraio 1960</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-15 12:53:46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1817,51 +1621,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1905,2450 +1709,2091 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="I18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
         <v>109</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="B21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...19 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>143</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>93</v>
+      </c>
+      <c r="H28" t="s">
         <v>148</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E30" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>74</v>
+      </c>
+      <c r="E31" t="s">
+        <v>81</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>164</v>
       </c>
       <c r="I31" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>166</v>
       </c>
       <c r="B32" t="s">
         <v>167</v>
       </c>
       <c r="C32" t="s">
         <v>168</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>169</v>
       </c>
       <c r="I32" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>171</v>
       </c>
       <c r="B33" t="s">
         <v>172</v>
       </c>
+      <c r="C33" t="s">
+        <v>173</v>
+      </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
+      <c r="E37" t="s">
+        <v>142</v>
+      </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>199</v>
+        <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>93</v>
+      </c>
+      <c r="H40" t="s">
         <v>209</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>211</v>
+      </c>
+      <c r="B41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>58</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
         <v>217</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
         <v>222</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>223</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>58</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
+        <v>232</v>
+      </c>
+      <c r="C45" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>234</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>236</v>
+      </c>
+      <c r="B46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>239</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>21</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
         <v>248</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
         <v>252</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>253</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>88</v>
+      </c>
+      <c r="I49" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>255</v>
+      </c>
+      <c r="B50" t="s">
+        <v>256</v>
+      </c>
+      <c r="C50" t="s">
         <v>257</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>258</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>259</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
         <v>262</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>264</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>223</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
+        <v>271</v>
+      </c>
+      <c r="C53" t="s">
         <v>272</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>273</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>274</v>
-      </c>
-[...16 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>275</v>
+      </c>
+      <c r="B54" t="s">
+        <v>276</v>
+      </c>
+      <c r="D54" t="s">
+        <v>74</v>
+      </c>
+      <c r="E54" t="s">
+        <v>174</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>277</v>
-      </c>
-[...22 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>278</v>
+      </c>
+      <c r="B55" t="s">
+        <v>279</v>
+      </c>
+      <c r="C55" t="s">
+        <v>280</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>52</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+      <c r="I55" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
+        <v>285</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>286</v>
       </c>
-      <c r="B56" t="s">
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>287</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>288</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" t="s">
         <v>291</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>292</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>293</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>38</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
         <v>307</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>223</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="I62" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C63" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I63" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B64" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="C64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B65" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C65" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E65" t="s">
-        <v>330</v>
+        <v>81</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>294</v>
+        <v>87</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>263</v>
       </c>
       <c r="I67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
+        <v>43</v>
+      </c>
+      <c r="I68" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>347</v>
+      </c>
+      <c r="B69" t="s">
         <v>348</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>349</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>350</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
         <v>353</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>354</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I71" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>362</v>
       </c>
       <c r="B72" t="s">
         <v>363</v>
       </c>
       <c r="C72" t="s">
         <v>364</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E72" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>305</v>
+        <v>365</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D73" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>97</v>
+        <v>370</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E74" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F75" t="s">
         <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E76" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
-[...6 lines deleted...]
-      <c r="B77" t="s">
         <v>386</v>
-      </c>
-[...349 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">