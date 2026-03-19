--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -66,1131 +66,1136 @@
     <t>Alexander Sergeevich Shkryadov</t>
   </si>
   <si>
     <t>1 febbraio 1982</t>
   </si>
   <si>
     <t>Alexander è stato condannato nel dicembre 2023 in base all'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni" ed è stato condannato alla libertà limitata con rinvio a un istituto di tipo aperto.</t>
   </si>
   <si>
     <t>Uomo</t>
   </si>
   <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.12.2023: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 28.02.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Uladzimir Aliaksandravich Dzenisenka</t>
+  </si>
+  <si>
+    <t>1 febbraio 1977</t>
+  </si>
+  <si>
+    <t>Psicologo e imprenditore di Slutsk. Laureato presso la Scuola Tecnica di Aviazione Civile di Minsk e l'Università Yanka Kupala di Grodno, con specializzazione in Psicologia. Vladimir ha aiutato attivamente persone con problemi di dipendenza da alcol. Amava lo sport e la lettura. Ha due figli adulti.
+Nel novembre 2020, Vladimir era già stato arrestato ai sensi dell'articolo 23.34 del Codice dei reati amministrativi e condannato a 10 giorni di arresto amministrativo, che ha scontato a Slutsk.
+Il 24 giugno 2025 venne arrestato a casa sua nel cosiddetto “caso Gayun”.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>2025-08-22 18:36:28</t>
   </si>
   <si>
     <t>Alexander Zufarievich Ziyazetdinov</t>
   </si>
   <si>
     <t>1 febbraio 1987</t>
   </si>
   <si>
     <t>Secondo quanto riferito dalla televisione di Stato bielorussa , Alexander ha trasferito circa 800 dollari USA alla BYPOL nel maggio 2021. Vale la pena notare che BYPOL è stata riconosciuta come organizzazione estremista nel novembre 2021, il che significa che al momento del trasferimento l'iniziativa non era estremista.
 Secondo i testimoni, ad Alexander sarebbe stato effettivamente offerto un risarcimento danni attraverso un fondo associato al presidente. Accettò tale risarcimento in cambio del suo rilascio, ma le cose non andarono secondo i piani. Ad Alexander la richiesta venne rifiutata e il suo denaro (circa 30 bitcoin) venne confiscato. L'organizzazione BYPOL è stata riconosciuta come "formazione terroristica" ed è stato aperto un nuovo procedimento penale contro Alexander ai sensi dell'articolo "Finanziamento di attività terroristiche".
 Il 15 marzo 2024, presso il tribunale della città di Minsk, la giudice Elena Shilkо ha emesso una nuova sentenza: 9 anni di reclusione. Le ondate di condoni che hanno travolto il Paese non hanno toccato il prigioniero politico.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
-    <t>In custodia</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 31.10.2022: 3 anni di reclusione in una colonia del regime generale. Appello 27.01.2023: sconosciuto. Sentenza del tribunale 15.03.2024: 9 anni di reclusione in una colonia del regime generale. Appello 17.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-10-13 21:55:50</t>
   </si>
   <si>
-    <t>Vladimir Alexandrovich Denisenko</t>
-[...13 lines deleted...]
-    <t>2025-08-22 18:36:28</t>
+    <t>Andrey Vladimirovich Andronov</t>
+  </si>
+  <si>
+    <t>2 febbraio 1977</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Victor Dmitrievich Novik</t>
   </si>
   <si>
     <t>2 febbraio 1989</t>
   </si>
   <si>
     <t>Ufficiale doganale.
 Dal 10 ottobre 2023 al 6 febbraio 2024 presso il tribunale della città di Minsk si è tenuta un'udienza a porte chiuse contro tre dipendenti del servizio doganale Evgeniy Gurinovich, Viktor Novik e Vladimir Zhuromsky. In totale, sono stati processati ai sensi di otto articoli del codice penale. Tra le altre cose, sono accusati di “tradimento dello Stato”, “promozione di attività estremiste”, “eccesso di autorità ufficiale”, “incitamento ad altre ostilità sociali” e “creazione o partecipazione a formazioni estremiste”.
 I dettagli del caso e le ragioni della persecuzione sono sconosciuti agli attivisti per i diritti umani.
 Il 24 maggio 2024 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.02.2024: 13 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 24.05.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
     <t>Peter Cheslavovich Yurkevich</t>
   </si>
   <si>
     <t>2 febbraio 1973</t>
   </si>
   <si>
     <t>Pyotr è stato arrestato nel gennaio 2022 con l'accusa di terrorismo a sfondo politico e condannato per diversi reati penali. È stato condannato a una lunga pena detentiva, i primi cinque dei quali saranno in una colonia penale.
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" avrebbe ordito crimini estremisti in Bielorussia, Turchia, Polonia, Ucraina e altri Paesi. Tra i suoi membri figuravano militari radicali, funzionari della sicurezza, atleti e imprenditori che cercavano di prendere il potere illegalmente. Questo caso è correlato al tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e all'"organizzazione di disordini di massa".
 Petr è stato trasferito nuovamente al Centro di detenzione preventiva n. 1 nel 2025, probabilmente per un nuovo procedimento penale; all'inizio di novembre 2025 è stato nuovamente trasferito in una colonia penale.</t>
   </si>
   <si>
-    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 21.06.2023: 9 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario). Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Alexander Valerievich Koval</t>
   </si>
   <si>
     <t>3 febbraio 1985</t>
   </si>
   <si>
     <t>Koval è stato arrestato il 28 maggio 2023 proprio al confine. Stava tornando da una competizione in Slovacchia e, entrando in Bielorussia, è stato chiesto di controllare il telefono di Koval. L'uomo stesso ha fornito alle forze di sicurezza il suo telefono e la sua password. Durante l'esame si è scoperto che possedeva dati che secondo le forze di sicurezza bielorusse erano "proibiti". Da quel giorno Koval è in prigionia.Al processo penale, Koval è stato accusato di aver inviato un video al bot Nexta Editorial Telegram il 27 marzo 2022. Il video mostrava il movimento di attrezzature militari sulla tangenziale MKAD (intorno a Minsk). Quindi, secondo la procura di Stato, Koval ha commesso un reato, perché le autorità bielorusse considerano Nexta una “formazione estremista”.</t>
   </si>
   <si>
     <t>2,5 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Sergey Viktorovich Doronin</t>
   </si>
   <si>
     <t>3 febbraio 1975</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Andrey Aleksandrovich Garun</t>
   </si>
   <si>
     <t>4 febbraio 1989</t>
   </si>
   <si>
     <t>Ex ufficiale delle forze dell'ordine, poi ha lavorato per l'EPAM prima di essere arrestato.
 È stato detenuto nell'ottobre 2021 ai sensi dell'art. 130 del codice penale (Incitamento alla discordia sociale) per il trasferimento dei dati delle forze di sicurezza ai canali di telegramma Punitori della Bielorussia e Libro nero della Bielorussia.</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Alexander Arkadyevich Maksimovich</t>
   </si>
   <si>
     <t>4 febbraio 1996</t>
   </si>
   <si>
     <t>Accusato di finanziamento di attività estremiste e terroristiche attraverso donazioni all'iniziativa di protesta (Bysol).
 Alexander viene da Glusk, un piccolo centro regionale nella regione di Mogilev. Dopo essermi diplomato, sono entrato all'Università statale bielorussa di informatica e radioelettronica, specializzandomi in "Sistemi e tecnologie informatiche nella logistica". Dopo la laurea, ho frequentato la scuola di specializzazione.
 Alexander ha lavorato nel campo IT.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.05.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 06.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
     <t>Tatiana Olegovna Frantskevich</t>
   </si>
   <si>
     <t>4 febbraio 1959</t>
   </si>
   <si>
     <t>Tatyana Frantskevich e Natalya Lobatsevich furono arrestate il 19 luglio 2024, quando Tatyana fu convocata dal comitato investigativo per firmare un impegno a non lasciare la città di Polotsk, e Natalya andò con lei per sostenerla.
 È stato aperto un procedimento penale contro Tatyana Frantskevich, la madre dell'anarchico condannato Alexander Frantskevich, e sua sorella Natalia Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich, e sono state rinchiuse in un centro di custodia cautelare a Vitebsk.</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
-    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.02.2025: 3 anni 3 mesi di reclusione in una colonia del regime generale. Appello 15.04.2025: inviato per la revisione. Sentenza del tribunale 16.06.2025: 3 anni 3 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Diana Nikolaevna Stulba</t>
-[...15 lines deleted...]
-    <t>2024-02-15 23:01:27</t>
+    <t>Valentin Arkadyevich Antsypovich</t>
+  </si>
+  <si>
+    <t>4 febbraio 1965</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
+  </si>
+  <si>
+    <t>Vasily Olegovich Prokhorov</t>
+  </si>
+  <si>
+    <t>4 febbraio 1992</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:52:17</t>
   </si>
   <si>
     <t>Andrey Andreevich Zaikov</t>
   </si>
   <si>
     <t>6 febbraio 1987</t>
   </si>
   <si>
     <t>Andrey ha 36 anni. Nel 2020 ha lavorato presso l'agenzia immobiliare Etazhi. L'uomo ha una figlia piccola.
 Secondo i canali telegrafici filogovernativi, lui stesso ha scritto al Libro nero della Bielorussia e si è offerto di rilasciare gli indirizzi delle forze di sicurezza coinvolte nelle repressioni. Andrei non sapeva che dall'altra parte gli stava rispondendo il dipendente della GUBOPiK Artur Gaiko.
 Andrey è stato arrestato il 10 novembre 2023. Ora rischia fino a 12 anni di carcere.
 L'uomo utilizza lo stesso account dal 2019. Da esso ha "trapelato" informazioni nel Libro nero della Bielorussia e da esso ha scritto commenti in chat e gruppi aperti. Il video mostra il suo nome utente archiviato dal database del bot ChKB, che è stato salvato da Arthur Gaiko. Attraverso di esso puoi trovare il nome attuale dell'account Telegram e l'ID.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>anni sconosciuti di prigionia in colonia</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Sergey Vasilievich Shaban</t>
   </si>
   <si>
     <t>6 febbraio 1971</t>
   </si>
   <si>
     <t>Sergei, vicepresidente del consiglio di amministrazione di Belgazprombank, è stato arrestato nell'ambito del caso Babariko e condannato nel luglio 2021 in base all'articolo "accettazione di tangente".</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 06.07.2021: 6 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
+  </si>
+  <si>
+    <t>Denis Sergeevich Petkevich</t>
+  </si>
+  <si>
+    <t>6 febbraio 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Diana Nikolaevna Stulba</t>
+  </si>
+  <si>
+    <t>6 febbraio 1984</t>
+  </si>
+  <si>
+    <t>Esperto forense.
+Il 27 febbraio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia a regime generale</t>
+  </si>
+  <si>
+    <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Aleksey Igorevich Golovko</t>
   </si>
   <si>
     <t>6 febbraio 2001</t>
   </si>
   <si>
     <t>Alexey, attivista del movimento anarchico, è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale avviato contro gli anarchici della regione di Brest. È stato condannato per diverse accuse penali, come “partecipazione ad azioni di gruppo che violano gravemente l’ordine pubblico” e “creazione di un gruppo estremista e partecipazione allo stesso”.
 È noto che le accuse si basano sull'episodio del blocco delle strade a Brest nel 2018 durante una protesta contro la costruzione della fabbrica di batterie, nonché sulla partecipazione alla "Marcia dei non parassiti", avvenuta il 5 marzo 2017.</t>
   </si>
   <si>
+    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 06.09.2022: 12 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Sentenza del tribunale 05.09.2025: 6 mesi di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
-    <t>Denis Sergeevich Petkevich</t>
-[...19 lines deleted...]
-  <si>
     <t>Marina Mikhailovna Morozova</t>
   </si>
   <si>
     <t>7 febbraio 1971</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
     <t>Ludmila Eduardovna Ksiendzova</t>
   </si>
   <si>
     <t>8 febbraio 1961</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: 2 anni di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello 11.11.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-11-17 21:38:39</t>
   </si>
   <si>
     <t>Tatiana Alexandrovna Shinkevich</t>
   </si>
   <si>
     <t>9 febbraio 1983</t>
   </si>
   <si>
     <t>Tatyana è stata condannata a più di sei anni di prigione; la durata esatta è sconosciuta.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 14.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-18 17:25:01</t>
   </si>
   <si>
     <t>Roman Bahaddinovich Guseinov</t>
   </si>
   <si>
     <t>10 febbraio 1985</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 6. 225413, Baranavičy, vulica Bresckaja 258B</t>
   </si>
   <si>
     <t>2025-12-08 04:25:51</t>
+  </si>
+  <si>
+    <t>Aliaksandr Lebedz</t>
+  </si>
+  <si>
+    <t>10 febbraio 1975</t>
+  </si>
+  <si>
+    <t>È noto che i dipendenti della GUBOPiK stanno indagando su un caso contro persone presumibilmente coinvolte nella chat telegrafica "Partigiani di Novogrudk". Contro di loro sono stati aperti procedimenti penali ai sensi dell'articolo di estremismo. Tutti coloro che sono stati interrogati nel caso sono tenuti a firmare un accordo di non divulgazione.
+I media riferiscono che almeno sei persone tra quelle arrestate dalle forze di sicurezza 15 giorni fa non sono uscite dopo aver scontato l'arresto amministrativo, compreso Alexander.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:46:29</t>
   </si>
   <si>
     <t>Denis Fadeevich Tsybulsky</t>
   </si>
   <si>
     <t>11 febbraio 1981</t>
   </si>
   <si>
     <t>Condannato dal Tribunale distrettuale di Zavodskoy di Minsk ai sensi della Parte 1 dell'articolo 342 del Codice penale. Il 22 marzo 2023, il caso è stato esaminato dal giudice Zhanna Khvoynitskaya. Condannato alla restrizione della libertà con rinvio a un istituto penitenziario, durata sconosciuta .
 All'inizio di maggio 2024, si è saputo che Denis era coinvolto in un nuovo caso. Il processo era previsto per il 7 maggio. Oltre a lui, nel caso erano coinvolti anche Andrei Stabulyanets e Alexander Sharabaiko . A seconda del ruolo di ciascuno, sono stati accusati ai sensi dell'articolo 368 del Codice Penale (offesa a Lukashenko), dell'articolo 369 del Codice Penale (offesa a un funzionario governativo) e dell'articolo 361-1 del Codice Penale (partecipazione a un gruppo estremista). Presso il Tribunale Regionale di Vitebsk, Yevgeny Burunov ha esaminato il caso in un'udienza a porte chiuse dal 7 maggio al 5 giugno 2024. Di conseguenza, Denis è stato condannato alla reclusione in una colonia a regime generale . La durata esatta della pena è sconosciuta (circa cinque anni ).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.03.2023: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 06.06.2023: sconosciuto. Sentenza del tribunale 05.06.2024: 5 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
+  </si>
+  <si>
+    <t>Vitaly Yurievich Melnik</t>
+  </si>
+  <si>
+    <t>12 febbraio 1982</t>
+  </si>
+  <si>
+    <t>Arrestato nel caso di "guerriglieri ferroviari".
+È noto che l'uomo vive nel villaggio di Khodakovo, ha un bambino piccolo.
+Durante il suo arresto, è stato colpito alle articolazioni del ginocchio.
+La famiglia ritiene che Vitaly non abbia nulla a che fare con gli articoli sensati e collega la detenzione alla vendetta del giudice locale, nonché al fatto che Vitaly aveva precedenti penali in precedenza.
+I dettagli del caso sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>IK-13, Glubokoe, via Sovetskaya, 205, 211791</t>
+  </si>
+  <si>
+    <t>16 anni di privazione in una colonia in condizioni di regime rigoroso e 300 multe base.</t>
+  </si>
+  <si>
+    <t>2022-07-22 14:35:14</t>
+  </si>
+  <si>
+    <t>Natalia Sergeevna Belokurskaya</t>
+  </si>
+  <si>
+    <t>12 febbraio 1972</t>
+  </si>
+  <si>
+    <t>Natalia è stata arrestata e nel gennaio 2025 è stata dichiarata colpevole di aver insultato pubblicamente Lukashenko e un funzionario governativo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.01.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale, 60 unità di base di multa. Appello 11.03.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Andrey Vasilevich Tsypak</t>
   </si>
   <si>
     <t>12 febbraio 1993</t>
   </si>
   <si>
     <t>Un ex dipendente MTS di Brest è stato arrestato all'inizio di novembre 2022. Nel video "pentimento", ha affermato che nel 2020-2021 ha lavorato presso MTS e ha avuto accesso ai dati. Secondo i funzionari della sicurezza, Andrey ha consegnato i dati di diversi funzionari e pubblici ministeri al Libro nero della Bielorussia.
 Un ex compagno di cella di Tsypak ha detto agli attivisti per i diritti umani che Andrei è stato duramente picchiato durante il suo arresto.
 Il caso di Andrei è stato considerato a porte chiuse, quindi l'esito del processo è sconosciuto agli attivisti per i diritti umani.
 Andrei Tsypak ha precedentemente giocato nel club di pallamano di Brest intitolato a Meshkov. Dal 2020 al 2021 ha lavorato presso MTS - e in quel momento, secondo le forze di sicurezza, ha trasferito i dati di diversi pubblici ministeri e funzionari governativi all'iniziativa di protesta.</t>
   </si>
   <si>
     <t>sconosciuto</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
     <t>Nikolay Nikolaevich Lyutskevich</t>
   </si>
   <si>
     <t>12 febbraio 1973</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-31 17:31:38</t>
-  </si>
-[...17 lines deleted...]
-    <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Sergey Aleksandrovich Sikorsky</t>
   </si>
   <si>
     <t>12 febbraio 1976</t>
   </si>
   <si>
     <t>Sergei, assistente del capo di un'organizzazione di Minsk, è stato arrestato nel settembre 2020 nella sua abitazione per aver partecipato a una protesta contro i brogli elettorali presidenziali e la violenza contro i civili, avvenuta a Minsk l'11 agosto 2020. È stato condannato per "partecipazione a rivolte di massa" e anche per reati legati alla droga.
 M
 Il 7 settembre 2020, è stato fermato presso la sua residenza. Secondo il referto dell'esame medico, al momento dell'arresto era in stato di ebbrezza causato dall'uso di sostanze psicotrope; nel suo organismo è stata rilevata la presenza di mefedrone. Durante una perquisizione del suo appartamento, le forze dell'ordine hanno trovato una sostanza in polvere. Gli investigatori hanno successivamente concluso che Sikorsky aveva venduto la stessa sostanza anche a un residente di 46 anni di Mogilev.
 Durante la discussione conclusiva, il pubblico ministero ha chiesto al tribunale di riconoscere a Sikorsky:
 Ai sensi della Parte 1 dell'Articolo 328 del Codice Penale – 2 anni di reclusione;
 Ai sensi della Parte 3 dell'Articolo 328 del Codice Penale: 7 anni di reclusione e una multa di 300 unità base. Sommando le pene previste dalle due parti dell'Articolo 328, la pena totale è di 7 anni di reclusione;
 Ai sensi della Parte 2 dell'Articolo 293 del Codice Penale – 5 anni di reclusione.
 La pena definitiva è di 9 anni di reclusione in una colonia penale di massima sicurezza e di una multa di 300 unità base.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.05.2021: 9 anni di reclusione in una colonia del regime potenziato, 300 unità di base di multa.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
   </si>
   <si>
-    <t>Vitaly Yurievich Melnik</t>
-[...50 lines deleted...]
-    <t>2025-11-30 16:07:30</t>
+    <t>Alexandra Viachaslavauna Pulinovich</t>
+  </si>
+  <si>
+    <t>12 febbraio 2007</t>
+  </si>
+  <si>
+    <t>Il film filogovernativo (aprile 2024) afferma che sei adolescenti si sarebbero uniti nella “cellula anarchica “Black Nightingales”, che” sotto la guida dell’Esercito di liberazione nazionale dell’Ucraina “è stata creata dalla cittadina ucraina di 16 anni Maria Misyuk .
+I dipendenti dell'ONT affermano che gli adolescenti si sono uniti per effettuare il sabotaggio in una discarica in Bielorussia e poi in Russia. Maria è accusata ai sensi della parte 2 dell'art. 289 cp (atto di terrorismo). Secondo la storia, la sedicenne Maria Misyuk si è trasferita con la sua famiglia dall’Ucraina alla Bielorussia nel 2022, dove ha creato una “cellula anarchica per preparare attacchi terroristici”. Tra gli arrestati ci sono studenti universitari a Baranovichi, Nesvizh, Mir, Minsk e Luninets. Questi sono Trofim Borisov, Sergei Zhigalev, Dmitry Zahoroshko, Anastasia Klimenko e Alexandra Pulinovich . Secondo i dipendenti dell'ONT, i giovani si sono riuniti nell'appartamento di Baranovichi per prepararsi alla loro prima azione seria: raccogliere esplosivi e far saltare in aria il dipartimento di polizia o la procura di Baranovichi. Non si sa con quali accuse siano accusati i restanti cinque partecipanti. Così come il loro stato e la loro ubicazione sono sconosciuti.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 10 anni 3 mesi di reclusione in una colonia del regime potenziato. Appello 09.02.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Denis Mikhailovich Krasko</t>
   </si>
   <si>
     <t>13 febbraio 1975</t>
   </si>
   <si>
     <t>Secondo i documenti dell'accusa , nel dicembre 2020 Krasko “ha pubblicato commenti di dominio pubblico su Internet volti a sostenere attività estremiste, propaganda e agitazione della discordia sociale e dell'ostilità nei confronti dei dipendenti delle forze dell'ordine statali della Repubblica di Bielorussia, dei rappresentanti di la magistratura, il personale militare in servizio nelle forze armate della Repubblica di Bielorussia, hanno pubblicato commenti pubblicamente disponibili su Internet volti a sostenere attività estremiste, promuovere e fomentare la discordia sociale e l'ostilità verso questa categoria di persone."</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.01.2024: 3 anni di reclusione in una colonia del regime generale. Appello 29.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-11 22:28:12</t>
   </si>
   <si>
     <t>Vitaly Petrovich Minkevich</t>
   </si>
   <si>
     <t>13 febbraio 1994</t>
   </si>
   <si>
     <t>Residente nella regione di Mogilev . Operaio del negozio di scarpe.
 Nel 2020 è stato arrestato per aver partecipato a proteste.
 Detenuto per sabotaggio della ferrovia vicino alla stazione di Bobruisk e incendio doloso nel poligono di tiro dell'unità militare 5527.
 Il 12 aprile 2024 si è svolto un processo per modificare le condizioni del regime di esecuzione della pena e Vitaly è stato trasferito in regime penitenziario per un periodo di 3 anni.</t>
   </si>
   <si>
-    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
-[...1 lines deleted...]
-  <si>
     <t>15 anni di reclusione in una colonia sotto regime rafforzato</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
+  </si>
+  <si>
+    <t>Marina Hramsova</t>
+  </si>
+  <si>
+    <t>13 febbraio 1984</t>
+  </si>
+  <si>
+    <t>Marina in precedenza lavorava come imprenditrice, vendendo pavimenti. La sua attività ha chiuso nel 2015, dopodiché si è trasferita in un'altra azienda che svolgeva la stessa attività.
+La donna è nota per essere un'amante della cultura bielorussa e ha preso parte agli eventi della Società linguistica bielorussa e di un club di danza popolare.
+Molto probabilmente la questione è legata alla partecipazione di Alexandra alle chat di protesta.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.09.2025: 3 anni di reclusione in una colonia del regime generale. Appello 19.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Valiantsin Valiantsinavich Tseranevich</t>
+  </si>
+  <si>
+    <t>Valentin, vice caporeparto dello stabilimento di Khimvolokno, parte di Grodno Azot , e vicepresidente del Sindacato Indipendente Bielorusso di Grodno Azot, è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e aderito all'iniziativa "Movimento Operaio". Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Valentina è stata dichiarata colpevole di tradimento e di creazione e partecipazione a un gruppo estremista e condannata alla reclusione.
+Nell'ottobre 2024 si tenne un'altra udienza in tribunale, al termine della quale Valentin fu trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 12 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 09.10.2024: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:54:01</t>
   </si>
   <si>
     <t>Valery Viktorovich Borzenko</t>
   </si>
   <si>
     <t>13 febbraio 1971</t>
   </si>
   <si>
     <t>È stato ritenuto colpevole di aver inviato informazioni sul suo ex leader a bot di telegrammi di "canali distruttivi" nel novembre 2020 e nel marzo 2021. Successivamente, è stato collocato da risorse attraverso le quali "sono state svolte attività illegali nell'ambito di formazioni estremiste". Inoltre, secondo l'accusa, la pubblicazione delle informazioni ricevute da Borzenko ha comportato "altre gravi conseguenze".
 È stato anche riconosciuto colpevole di aver acquistato e immagazzinato munizioni per armi da fuoco.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-10-03 16:12:26</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-09-26 12:54:01</t>
   </si>
   <si>
     <t>Anna Gennadievna Shpak</t>
   </si>
   <si>
     <t>14 febbraio 1997</t>
   </si>
   <si>
     <t>Anna si è laureata presso la Facoltà di Sport di Massa dell'Università Statale di Educazione Fisica della Bielorussia nel 2019. Ha lavorato come allenatrice e insegnante presso la Burevestnik Olympic Reserve School di Minsk.
 Nel 2014, Anna ha partecipato alla seconda edizione dei Giochi Olimpici Giovanili Estivi, dove ha saltato 3,80 m e si è classificata quarta nella classifica generale. Per questo risultato, ha ricevuto una borsa di studio dal Comitato Olimpico Nazionale.
 Probabilmente è stata detenuta in relazione al "caso Gayun". Nella "lista degli estremisti" tenuta dal Ministero degli Interni, il suo status è indicato come "in stato di condanna". Ciò significa che è stata condannata a una colonia penale con rinvio a giudizio o a una colonia penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Berestovoj</t>
-[...32 lines deleted...]
-  <si>
     <t>Anton Olegovich Cheremnykh</t>
   </si>
   <si>
     <t>15 febbraio 1983</t>
   </si>
   <si>
     <t>Vice comandante del 310 ° gruppo di artiglieria per il lavoro ideologico della 120a brigata meccanizzata della guardia separata, tenente colonnello. È accusato di “tradimento contro lo Stato da parte di una persona soggetta allo status militare” e di “incitamento ad altre discordie sociali”.
 Le circostanze del caso sono sconosciute.
 Il 5 e 17 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.03.2024: sconosciuto. Appello 17.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-03-16 11:23:55</t>
   </si>
   <si>
+    <t>Andrey Berestovoy</t>
+  </si>
+  <si>
+    <t>15 febbraio 1980</t>
+  </si>
+  <si>
+    <t>Andrey Berestovoy ha oltre 20 anni di esperienza nel design e negli ultimi 15 anni ha lavorato nel settore IT. Nella seconda metà del 2024 è stato arrestato. Si sa solo che il motivo dell'arresto potrebbe essere stato un commento di Berestovoy su Telegram. Utilizzava un vecchio account collegato al suo numero bielorusso e un vecchio nickname che usava ovunque.
+È noto che si recava periodicamente in Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-07-24 17:15:25</t>
+  </si>
+  <si>
     <t>Maxim Viktorovich Polonsky</t>
   </si>
   <si>
     <t>16 febbraio 1986</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Oleg Igorevich Gavrilov</t>
   </si>
   <si>
     <t>16 febbraio 1981</t>
   </si>
   <si>
     <t>Istruttore di fitness di Soligorsk.
 Secondo il fascicolo, nel gennaio 2021 Gavrilov ha acquistato e fornito a due amici, Tatyana e Oleg Biruly, bombolette spray di vernice. Successivamente, da gennaio a febbraio 2021, quest'ultimo ha applicato iscrizioni e disegni a varie strutture infrastrutturali a Soligorsk, "rovinandole".
 Nell'agosto 2021, Gavrilov, attraverso accordi, anche per ricompense materiali, ha coinvolto un altro conoscente, Sergei Pasyuk, in "attività estremiste".
 Poi, da agosto a dicembre 2021, gli imputati hanno distribuito volantini e altro materiale stampato sul territorio di Soligorsk. Un esame del contenuto di Chestnaya Gazeta, con copie di cui l'allenatore era detenuto, ha testimoniato che Gavrilov era presumibilmente coinvolto nell'incitamento all'odio o alla discordia razziale, nazionale, religiosa o di altro tipo commesso da un gruppo di persone.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.12.2022: 10 anni di reclusione in una colonia del regime rigoroso. Appello 07.04.2023: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-12-30 14:20:17</t>
   </si>
   <si>
+    <t>Andrey Cheslavovich Krasnik</t>
+  </si>
+  <si>
+    <t>16 febbraio 1967</t>
+  </si>
+  <si>
+    <t>Lavora come terapista nel pronto soccorso dell'ospedale cittadino di Lida. Secondo le informazioni preliminari, sono stati arrestati per Mi piace e commenti nel 2020.
+Presto si è saputo che Andrei Krasnik sarebbe stato nuovamente processato: il 17 aprile 2023, un'udienza nel caso contro il prigioniero politico ai sensi della parte 2 dell'art. 366 cp (violenza o minaccia nei confronti di un funzionario) e parte 1 dell'art. 342 cp (Organizzazione e preparazione di atti che violano gravemente l'ordine, o partecipazione attiva ad essi). Il caso è stato nominato per considerare il giudice Vladimir Fedorovich .</t>
+  </si>
+  <si>
+    <t>3,5 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-12-20 01:15:12</t>
+  </si>
+  <si>
     <t>Alexei Andreevich Chernousov</t>
   </si>
   <si>
     <t>17 febbraio 1991</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.05.2024: 4 anni 3 mesi di reclusione in una colonia del regime potenziato. Appello 05.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Dmitriy Valerievich Gut</t>
   </si>
   <si>
     <t>18 febbraio 1988</t>
   </si>
   <si>
     <t>Dmitry ha lavorato nel campo informatico, prima ancora ha lavorato nell'ufficio del pubblico ministero per 7 anni.
 Il 9 gennaio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
   </si>
   <si>
-    <t>Arseny Olegovich Moiseichik</t>
-[...12 lines deleted...]
-    <t>2022-03-12 19:28:48</t>
+    <t>Stanislav Sergeevich Chapel</t>
+  </si>
+  <si>
+    <t>19 febbraio 2006</t>
+  </si>
+  <si>
+    <t>Come riportato nel film dell’ONT “Bambini sotto tiro. Reclutato dal nemico”, Stanislav è accusato di aver accettato di essere un corriere per “l’organizzazione che supervisionava la SBU”. diciamo, il ragazzo ha registrato un video in cui "è pronto a lavorare contro l'FSB e Putin". Ma al momento delle riprese stava già scontando una pena in una colonia per “frode”. Il processo si è svolto nel maggio 2024. Non si conosce la pena, la pena potrebbe andare dai 3 ai 10 anni di reclusione con multa.
+Secondo il film ONT, nel gennaio 2023, un ragazzo di 16 anni proveniente da una famiglia numerosa stava cercando lavoro su Internet. Si è imbattuto in truffatori che si sono offerti di lavorare come corriere per ritirare e trasportare denaro. A Stanislav è stato detto di registrare un video in cui affermava di sostenere l'Ucraina e sembrava essere d'accordo a lavorare per la SBU.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 29.08.2024: sconosciuto. Appello 04.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-30 00:03:14</t>
+  </si>
+  <si>
+    <t>Dmitriy Olegovych Selvestruk</t>
+  </si>
+  <si>
+    <t>19 febbraio 1990</t>
+  </si>
+  <si>
+    <t>Autore del canale telegrafico "Silver Age. Calcio bielorusso" ed ex dipendente di "Narodnaya Gazeta". È accusato ai sensi della parte 1 dell'art. 361-4 del codice penale (promozione di attività estremiste). Le circostanze del caso sono sconosciute agli attivisti per i diritti umani.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.09.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 21.11.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-09-27 19:19:37</t>
+  </si>
+  <si>
+    <t>Vladimir Yurievich Saveliev</t>
+  </si>
+  <si>
+    <t>19 febbraio 1987</t>
+  </si>
+  <si>
+    <t>All'inizio di ottobre 2022, nel quartiere moscovita della capitale, sconosciuti hanno appeso una bandiera bianco-rossa-bianca e la bandiera dell'Ucraina su un supporto della linea elettrica. Solo il giorno successivo è apparso un post sul canale Telegram di Anton Mot con una foto della bandiera e la didascalia: "Gli abitanti di Minsk si congratulano con il popolo ucraino per le meravigliose notizie dal ponte di Crimea. Il crimine è l'Ucraina! Lunga vita alla Bielorussia! Gloria all'Ucraina! " " Durante le attività di ricerca operativa, gli agenti di polizia hanno arrestato sei residenti di Minsk di età compresa tra 34 e 36 anni che avrebbero commesso questo gesto. Compreso Vladimir.
+Savelyev ha detto in un video filogovernativo che l’azione è stata organizzata a sostegno degli ucraini: “Questo è sostegno ai civili che muoiono in una guerra non necessaria”.
+Il 14 settembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>2023-05-19 10:04:03</t>
   </si>
   <si>
     <t>Aleksey Nikolaevich Khralovich</t>
   </si>
   <si>
     <t>19 febbraio 1984</t>
   </si>
   <si>
     <t>Ex tenente colonnello del KGB.
 Il procedimento penale contro il tenente colonnello è noto solo dai media statali.
 Nel 2021, il canale ONT TV ha mostrato il film "KGB Operation Mankurty", che riportava la detenzione del tenente colonnello del KGB Aleksey Khralovich.
 Di conseguenza, il funzionario della sicurezza è in stato di fermo da circa un anno al momento dell'annuncio del verdetto.
 Khralovich è stato privato del grado militare di tenente colonnello.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.03.2022: 10 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 24.10.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
-    <t>Dmitriy Olegovych Selvestruk</t>
-[...75 lines deleted...]
-    <t>2025-06-30 10:26:56</t>
+    <t>Arseny Olegovich Moiseichik</t>
+  </si>
+  <si>
+    <t>19 febbraio 2002</t>
+  </si>
+  <si>
+    <t>È stato arrestato per aver partecipato a proteste. Inoltre, i giovani sono stati accusati di aver ricevuto manganelli telescopici, pistole stordenti e altri mezzi dall'estero.
+Arseny si è laureato in giurisprudenza presso la Facoltà di Economia e Giurisprudenza e ha la patente di guida. Prima del suo arresto lavorava come corriere per la consegna della pizza. Il ragazzo ha un leucoma e necessita di un monitoraggio medico regolare e di una risonanza magnetica annuale. Ad Arseny sono vietate molte attività fisiche.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.07.2022: 6 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Michael Grigorievich Lapunov</t>
   </si>
   <si>
     <t>20 febbraio 1970</t>
   </si>
   <si>
     <t>Padre del prigioniero politico Nikita Zolotarev . Mikhail è stato arrestato l'8 agosto 2023 e condannato a 15 giorni di arresto ai sensi dell'art. 19.11 Codice degli illeciti amministrativi della Repubblica di Bielorussia (distribuzione di materiale estremista). Dopo il primo arresto, non è stato rilasciato ed è stato condannato ai sensi dello stesso articolo ad altri 15 giorni, e poi ad altri 15.
 Il 22 settembre 2023, alla vigilia del suo rilascio dopo aver scontato il terzo arresto amministrativo consecutivo, è stato nuovamente riconosciuto colpevole di aver commesso un reato e inviato in un centro di detenzione per la quarta volta.
 Il 24 ottobre, per decisione del KGB, la chat chiusa di Telegram “Gomel per Nikita Zolotorev” è stata riconosciuta come “formazione estremista” e il suo unico partecipante designato è stato il padre del prigioniero politico, Mikhail Lapunov.
 Gli attivisti per i diritti umani hanno appreso che qualche tempo dopo aver scontato gli arresti amministrativi, Mikhail è stato preso in custodia. Dall'estate del 2024 è detenuto in un centro di custodia cautelare .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
   </si>
   <si>
+    <t>Vladislav Vitalievich Voitekhovich</t>
+  </si>
+  <si>
+    <t>20 febbraio 1995</t>
+  </si>
+  <si>
+    <t>Vladislav è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.
+Vladislav fu condannato a una lunga pena detentiva per numerose accuse penali, i primi cinque dei quali trascorsi in carcere. Fu anche privato del suo grado militare.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 21 anno di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario), restrizione del servizio militare. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Zelenko</t>
+  </si>
+  <si>
+    <t>20 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Oleg era a capo dello storico club "Mindovg" e si occupava anche di affari.
+Nel dicembre 2024, Oleg Zelenko è stato condannato due volte per "diffusione di materiale estremista" (articolo 19.11 del Codice degli illeciti amministrativi). Dopo aver scontato la pena, è stato probabilmente aperto un procedimento penale contro di lui ed è stato rinchiuso in un centro di detenzione preventiva.
+A quanto pare, dopo il verdetto, Zelenko è stato condannato a una colonia penale: i suoi social network non sono aggiornati e sul suo Telegram compare lo stato "era online molto tempo fa".</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
+  </si>
+  <si>
+    <t>Artem Sergeevich Mitsuk</t>
+  </si>
+  <si>
+    <t>21 febbraio 2001</t>
+  </si>
+  <si>
+    <t>È stato detenuto con l'accusa di disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:01</t>
+  </si>
+  <si>
+    <t>Natalia Alexandrovna Chubovskaya</t>
+  </si>
+  <si>
+    <t>21 febbraio 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
+  </si>
+  <si>
     <t>Oleg Igorevich Sychev</t>
   </si>
   <si>
     <t>21 febbraio 1976</t>
   </si>
   <si>
     <t>Oleg, 47 anni, è nato a Krasnoyarsk, ma si è trasferito in Bielorussia negli anni 2000 e ha già ricevuto la cittadinanza.  Il film filogovernativo ha mostrato come il "terrorista ucraino" Mykola Shvets è stato arrestato il 4 marzo a casa di Oleg nella partnership di giardinaggio di Birch Grove nel villaggio di Chertyazh (consiglio del villaggio di Borovlyansky).
 Sychev, insieme a sua moglie Nastya Pilko , è stato arrestato dalle forze di sicurezza il 3 marzo proprio in questa casa.
 Secondo gli attivisti per i diritti umani, entrambi si trovano ora nel centro di custodia cautelare del KGB.
 La coppia detenuta ha due figli minorenni, che ora sono con la nonna .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.10.2024: 9 anni di reclusione in una colonia del regime generale. Appello 27.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
-    <t>Natalia Alexandrovna Chubovskaya</t>
-[...22 lines deleted...]
-  <si>
     <t>Artem Ruslanovich Zakrzhevsky</t>
   </si>
   <si>
     <t>22 febbraio 2003</t>
   </si>
   <si>
     <t>Secondo l'atto d'accusa, Artem è stato ritenuto colpevole di essere entrato in carreggiata nella notte tra il 9 e il 10 agosto 2020, durante un evento di massa non autorizzato a Minsk, bloccando il traffico, gridando slogan e disobbedendo agli ordini legittimi delle autorità.
 Inoltre, il 1° gennaio 2022, mentre era in stato di ebbrezza in un luogo pubblico, ha agito in modo ingiustificato contro un altro uomo. Artem è stato condannato alla libertà vigilata con rinvio a giudizio.
 Nell'ottobre 2023 si è tenuta un'udienza sul caso del rafforzamento del regime; i motivi e l'esito dell'udienza sono sconosciuti.</t>
   </si>
   <si>
     <t>Open correctional facility No. 9. 210034, Vitebsk, street 3rd Chepinskaya, 39</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.07.2022: 4 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 27.09.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 11.10.2023: sconosciuto. Appello 19.12.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
-  </si>
-[...17 lines deleted...]
-    <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Andrey Konstantinovich Yaremchik</t>
   </si>
   <si>
     <t>23 febbraio 1993</t>
   </si>
   <si>
     <t>Bassista della TOR BAND.
 Il 20 gennaio 2023 si è saputo che la Tor Band è stata riconosciuta come formazione estremista.
 Il KGB includeva Dmitry Golovach e sua moglie Yulia, Yevgeny Burlo e Andrey Yaremchik nella sua composizione.
 Questo è il primo gruppo musicale che è stato incluso nell'elenco delle formazioni estremiste.</t>
   </si>
   <si>
     <t>7,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
   <si>
-    <t>Andrey Evgenyevich Porotnikov</t>
-[...12 lines deleted...]
-    <t>2023-03-23 23:52:54</t>
+    <t>Aliaksei Kaidash</t>
+  </si>
+  <si>
+    <t>23 febbraio 1979</t>
+  </si>
+  <si>
+    <t>Alexey è stato inizialmente condannato all'arresto amministrativo ai sensi dell'articolo 19.11 del Codice dei reati amministrativi . È stato poi aperto un procedimento penale ai sensi dell'articolo 361-4 del Codice penale della Repubblica di Bielorussia (sostegno ad attività estremiste).
+Alexey Kaidash ha lavorato a Mozyr come fotografo professionista, realizzando foto di matrimoni, foto per bambini, ritratti, portfolio, menù e cataloghi.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-05-20 10:59:49</t>
+  </si>
+  <si>
+    <t>Alexander Viktorovich Kuksa</t>
+  </si>
+  <si>
+    <t>24 febbraio 1983</t>
+  </si>
+  <si>
+    <t>Il 14 febbraio, il comitato investigativo ha aperto un procedimento penale contro rappresentanti e partecipanti all'iniziativa “Riserva del personale per la Nuova Bielorussia” annunciata dal Gabinetto congiunto di transizione. Il canale televisivo ONT ha successivamente mostrato 14 persone detenute in questo caso. Il propagandista Igor Tur ha affermato che, insieme alle forze di sicurezza, per un anno ha ascoltato conferenze per i partecipanti all'iniziativa. Il 26 febbraio, i canali filogovernativi hanno pubblicato un video con la partecipazione di Alexander Kuksa, in cui ha ammesso di aver partecipato a questo programma. Il programma “Riserva di personale per una nuova Bielorussia” è stato lanciato dal Gabinetto congiunto di transizione nel novembre 2022. L'obiettivo del progetto era formare professionisti in grado di lavorare in posizioni governative e realizzare riforme.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.12.2024: sconosciuto. Appello 28.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-03-13 11:05:07</t>
   </si>
   <si>
     <t>Sergey Anatolyevich Sokolov</t>
   </si>
   <si>
     <t>24 febbraio 1976</t>
   </si>
   <si>
     <t>Sergei è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, ufficiali delle forze dell'ordine, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente". Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
 Sergei fu condannato, in base a diversi articoli penali, a una lunga pena detentiva e a una multa, e gli fu anche revocato il grado militare.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.06.2023: 14 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa, restrizione del servizio militare. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Kuksa</t>
-[...11 lines deleted...]
-    <t>2024-03-13 11:05:07</t>
+    <t>Andrey Evgenyevich Porotnikov</t>
+  </si>
+  <si>
+    <t>24 febbraio 1978</t>
+  </si>
+  <si>
+    <t>Politologo, specialista della sicurezza. Capo del centro analitico Belarus Security Blog; membro dell'organizzazione Council of the Right Alliance (2010-2011).
+Secondo il conoscente di Andrei, è stato detenuto a Mosca pochi giorni fa. Ora è stato portato a Minsk e ora si trova nel centro di custodia cautelare del KGB.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2024: 10 anni di reclusione in una colonia del regime potenziato. Appello 18.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-03-23 23:52:54</t>
+  </si>
+  <si>
+    <t>Timofey Alexandrovich Korotkevich</t>
+  </si>
+  <si>
+    <t>25 febbraio 2002</t>
+  </si>
+  <si>
+    <t>Condannato per comportamento scorretto nel 2020, quando aveva 18 anni. Il processo si basava probabilmente su accuse di diffamazione.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
+  </si>
+  <si>
+    <t>Aliaksei Peraverzeu</t>
+  </si>
+  <si>
+    <t>Secondo i media filogovernativi, è accusato di aver finanziato attività terroristiche in cambio di una donazione di 50 dollari al reggimento Kalinovsky nel 2023.</t>
+  </si>
+  <si>
+    <t>2025-04-03 14:00:05</t>
   </si>
   <si>
     <t>Pavel Leonidovich Nedbailo</t>
   </si>
   <si>
     <t>25 febbraio 1981</t>
   </si>
   <si>
     <t>Un residente di Svetlogorsk è stato arrestato il 29 settembre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali telegrafici “radicali”.</t>
   </si>
   <si>
     <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Andrey Ivanovich Matusenko</t>
+  </si>
+  <si>
+    <t>25 febbraio 1969</t>
+  </si>
+  <si>
+    <t>Nel 2006, Matusenko ha fondato la società "MM-Transit" nella regione di Smolensk. Il suo settore di attività è il trasporto merci. Nel 2020, la società è stata liquidata. Successivamente, il residente di Vitebsk ha continuato a lavorare in diverse aziende in Russia, ad esempio "S-Trans", che si occupa di trasporti. Ha viaggiato ovunque: Unione Europea, Russia, Bielorussia, Ucraina.
+Matusenko ha prestato servizio in Afghanistan dal novembre 1987 al febbraio 1989.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
   </si>
   <si>
     <t>Egor Romanovich Tyushkevich</t>
   </si>
   <si>
     <t>25 febbraio 1997</t>
   </si>
   <si>
     <t>Musicista. Ha lavorato in un teatro di marionette a Brest.
 Fu condannato per la prima volta dal tribunale regionale di Brest il 19 dicembre 2024.
 Nell'ottobre 2025 si è saputo che era stato aperto un nuovo procedimento penale contro Yegor e che l'uomo era stato trasferito in un centro di detenzione preventiva.</t>
   </si>
   <si>
     <t xml:space="preserve"> Sentenza del tribunale 19.12.2024: 6 anni di reclusione in una colonia del regime generale. Appello 04.03.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-12-12 12:21:12</t>
   </si>
   <si>
     <t>Dmitry Vasilievich Androsyuk</t>
   </si>
   <si>
     <t>25 febbraio 1984</t>
   </si>
   <si>
-    <t xml:space="preserve">Dmitry è stato testimone nel caso dei prigionieri politici di Brest, i blogger Sergei Petrukhin e Alexander Kabanov, condannati a tre anni in una colonia penale di regime generale nell'aprile di quest'anno. Come ha raccontato l'attivista ai difensori dei diritti umani di Brest, è stato aperto un procedimento penale contro di lui per essersi rifiutato di rispondere alle domande del giudice che stava esaminando il caso di Petrukhin e Kabanov, poiché non aveva mostrato il documento d'identità ufficiale del giudice.
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 21.09.2021: 3 mesi di arresto. Sentenza del tribunale 17.12.2024: 2 anni di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
+    <t>Dmitry è stato testimone nel caso dei prigionieri politici e blogger di Brest Sergei Petrukhin e Alexander Kabanov, condannati a tre anni di carcere nell'aprile 2021. Come ha dichiarato agli attivisti per i diritti umani di Brest, il procedimento penale contro di lui è stato avviato per essersi rifiutato di rispondere alle domande del giudice che esaminava il caso di Petrukhin e Kabanov, in quanto il giudice non aveva presentato il suo documento d'identità ufficiale. Nel settembre 2021, Dmitry è stato riconosciuto colpevole di "rifiuto o evasione della testimonianza" e condannato all'arresto.
+È stato rilasciato nel febbraio 2022, dopo aver scontato completamente la pena.
+Nel dicembre 2024, Dmitry è stato nuovamente condannato per "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico o partecipazione attiva a tali azioni" e condannato alla reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.09.2021: 3 mesi di arresto. Sentenza del tribunale 17.12.2024: 2 anni di reclusione in una colonia del regime generale. Appello 21.02.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-21 17:48:17</t>
+  </si>
+  <si>
+    <t>Aleksey Dmitrievich Shishkovets</t>
+  </si>
+  <si>
+    <t>25 febbraio 1979</t>
+  </si>
+  <si>
+    <t>Arrestato per "preparazione al sabotaggio sulla ferrovia".
+Secondo il ministero dell'Interno , all'inizio del 2022, l'uomo "si è unito alla formazione estremista ByPol, dopo aver effettuato l'accesso al chat bot di mobilitazione per commettere atti illegali in Bielorussia".
+Il 1 marzo avrebbe ricevuto istruzioni per bloccare le linee ferroviarie, nonché per preparare e utilizzare molotov.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.10.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 06.01.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:18:52</t>
   </si>
   <si>
     <t>Larisa Ivanovna Prokhorova</t>
   </si>
   <si>
     <t>25 febbraio 1975</t>
   </si>
   <si>
     <t>È stato arrestato insieme a tutta la sua famiglia (marito, figlia, figlio) con l'accusa di "tradimento". Pare che la figlia sia stata successivamente rilasciata. I dettagli del caso non sono noti.
 Ha lavorato come infermiera presso l'ospedale clinico n. 3 della città di Gomel. Larisa Prokhorova è una persona completamente non pubblica. È nata nel 1975 a Grabovka, dove ha vissuto tutta la sua vita.
 I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
 La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.06.2024: 8 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
-  </si>
-[...40 lines deleted...]
-    <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Vitaly Ivanovich Khalchitsky</t>
   </si>
   <si>
     <t>27 febbraio 1957</t>
   </si>
   <si>
     <t>È un pensionato e ha un figlio piccolo da mantenere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 24.03.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
   </si>
   <si>
     <t>Pavel Yurievich Belyutin</t>
   </si>
   <si>
     <t>27 febbraio 1977</t>
   </si>
   <si>
     <t>Pavel è stato condannato il 23 maggio 2022 dal tribunale distrettuale Frunzensky di Minsk ai sensi dell'art. 369 del Codice penale della Repubblica di Bielorussia.
 Nel telegiornale serale trasmesso dalla televisione di stato "Belarus 1" il 5 maggio 2025, Pavel è stato definito "membro di un gruppo estremista" e "parte della bandiera di Vilnius", il cui obiettivo sarebbe quello di invadere la Bielorussia. Il video riporta che l'attivista avrebbe ricevuto un addestramento paramilitare presso la suddetta organizzazione. Si dice che abbia partecipato alle proteste anche nel 2020 e che abbia fatto parte di un gruppo che ha pianificato un attacco con droni alla centrale nucleare di Ostrovets.
@@ -1621,51 +1626,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1709,182 +1714,182 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
@@ -1917,148 +1922,145 @@
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
       <c r="I14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
       <c r="C15" t="s">
         <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>87</v>
       </c>
       <c r="F15" t="s">
@@ -2069,766 +2071,766 @@
       </c>
       <c r="H15" t="s">
         <v>88</v>
       </c>
       <c r="I15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>90</v>
       </c>
       <c r="B16" t="s">
         <v>91</v>
       </c>
       <c r="C16" t="s">
         <v>92</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16" t="s">
         <v>93</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B26" t="s">
-        <v>136</v>
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>52</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I28" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E31" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>174</v>
+        <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>175</v>
       </c>
       <c r="I33" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>177</v>
       </c>
       <c r="B34" t="s">
         <v>178</v>
       </c>
       <c r="C34" t="s">
         <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E34" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>180</v>
       </c>
       <c r="I34" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>185</v>
       </c>
       <c r="I35" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>187</v>
       </c>
       <c r="B36" t="s">
         <v>188</v>
       </c>
       <c r="C36" t="s">
         <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
         <v>198</v>
       </c>
       <c r="C38" t="s">
         <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>87</v>
+        <v>164</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="H40" t="s">
         <v>209</v>
       </c>
       <c r="I40" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>211</v>
       </c>
       <c r="B41" t="s">
         <v>212</v>
       </c>
       <c r="C41" t="s">
         <v>213</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>214</v>
       </c>
       <c r="I41" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>216</v>
       </c>
       <c r="B42" t="s">
         <v>217</v>
       </c>
       <c r="C42" t="s">
         <v>218</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>174</v>
+        <v>58</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>219</v>
       </c>
       <c r="I42" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>221</v>
       </c>
       <c r="B43" t="s">
         <v>222</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
@@ -2868,191 +2870,194 @@
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>229</v>
       </c>
       <c r="I44" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>231</v>
       </c>
       <c r="B45" t="s">
         <v>232</v>
       </c>
       <c r="C45" t="s">
         <v>233</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>234</v>
       </c>
       <c r="I45" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>236</v>
       </c>
       <c r="B46" t="s">
         <v>237</v>
       </c>
       <c r="C46" t="s">
         <v>238</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>184</v>
+        <v>27</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>239</v>
       </c>
       <c r="I46" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>241</v>
       </c>
       <c r="B47" t="s">
         <v>242</v>
       </c>
       <c r="C47" t="s">
         <v>243</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
+        <v>88</v>
+      </c>
+      <c r="I47" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>245</v>
+      </c>
+      <c r="B48" t="s">
         <v>246</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>247</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>184</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>248</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>250</v>
+      </c>
+      <c r="B49" t="s">
         <v>251</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>252</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>253</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I49" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>255</v>
       </c>
       <c r="B50" t="s">
         <v>256</v>
       </c>
       <c r="C50" t="s">
         <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>258</v>
       </c>
       <c r="I50" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>260</v>
       </c>
       <c r="B51" t="s">
         <v>261</v>
       </c>
       <c r="C51" t="s">
         <v>262</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
@@ -3061,739 +3066,762 @@
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>263</v>
       </c>
       <c r="I51" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>265</v>
       </c>
       <c r="B52" t="s">
         <v>266</v>
       </c>
       <c r="C52" t="s">
         <v>267</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>82</v>
+      </c>
+      <c r="I52" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>269</v>
+      </c>
+      <c r="B53" t="s">
         <v>270</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>271</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>52</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>272</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>274</v>
+      </c>
+      <c r="B54" t="s">
         <v>275</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" t="s">
+        <v>80</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>276</v>
-      </c>
-[...13 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>277</v>
+      </c>
+      <c r="B55" t="s">
         <v>278</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>279</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>32</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>280</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>282</v>
+      </c>
+      <c r="B56" t="s">
         <v>283</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>284</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
+        <v>286</v>
+      </c>
+      <c r="I56" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>288</v>
+      </c>
+      <c r="B57" t="s">
         <v>289</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>290</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>32</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>291</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>293</v>
+      </c>
+      <c r="B58" t="s">
+        <v>294</v>
+      </c>
+      <c r="C58" t="s">
         <v>295</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>296</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>297</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
         <v>300</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>301</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>302</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>304</v>
+      </c>
+      <c r="B60" t="s">
         <v>305</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>52</v>
       </c>
       <c r="F60" t="s">
         <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>307</v>
+      </c>
+      <c r="I60" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>309</v>
+      </c>
+      <c r="B61" t="s">
         <v>310</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>311</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>52</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>312</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>314</v>
+      </c>
+      <c r="B62" t="s">
         <v>315</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>316</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>75</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>33</v>
+      </c>
+      <c r="I62" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>318</v>
+      </c>
+      <c r="B63" t="s">
+        <v>315</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>75</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>33</v>
+      </c>
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>223</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>272</v>
+      </c>
+      <c r="I64" t="s">
         <v>324</v>
-      </c>
-[...22 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>325</v>
+      </c>
+      <c r="B65" t="s">
+        <v>326</v>
+      </c>
+      <c r="C65" t="s">
+        <v>327</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>328</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>82</v>
+      </c>
+      <c r="I65" t="s">
         <v>329</v>
-      </c>
-[...22 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>330</v>
+      </c>
+      <c r="B66" t="s">
+        <v>331</v>
+      </c>
+      <c r="C66" t="s">
+        <v>332</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>333</v>
+      </c>
+      <c r="I66" t="s">
         <v>334</v>
-      </c>
-[...22 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>335</v>
+      </c>
+      <c r="B67" t="s">
+        <v>336</v>
+      </c>
+      <c r="C67" t="s">
+        <v>337</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>338</v>
+      </c>
+      <c r="I67" t="s">
         <v>339</v>
-      </c>
-[...22 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>340</v>
+      </c>
+      <c r="B68" t="s">
+        <v>341</v>
+      </c>
+      <c r="C68" t="s">
+        <v>342</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>87</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>343</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>344</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>345</v>
+      </c>
+      <c r="B69" t="s">
+        <v>346</v>
+      </c>
+      <c r="C69" t="s">
         <v>347</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>69</v>
+      </c>
+      <c r="E69" t="s">
+        <v>70</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>348</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>349</v>
-      </c>
-[...13 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>350</v>
+      </c>
+      <c r="B70" t="s">
+        <v>351</v>
+      </c>
+      <c r="C70" t="s">
         <v>352</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>353</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>355</v>
+      </c>
+      <c r="B71" t="s">
+        <v>356</v>
+      </c>
+      <c r="C71" t="s">
+        <v>357</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>358</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>359</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
         <v>362</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>363</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>364</v>
-      </c>
-[...16 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>365</v>
+      </c>
+      <c r="B73" t="s">
+        <v>366</v>
+      </c>
+      <c r="C73" t="s">
         <v>367</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>69</v>
+      </c>
+      <c r="E73" t="s">
+        <v>70</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>368</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>370</v>
+      </c>
+      <c r="B74" t="s">
+        <v>371</v>
+      </c>
+      <c r="C74" t="s">
+        <v>372</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
         <v>373</v>
       </c>
-      <c r="B74" t="s">
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>374</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
         <v>378</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>69</v>
+      </c>
+      <c r="E75" t="s">
+        <v>70</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>380</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>381</v>
+      </c>
+      <c r="B76" t="s">
+        <v>382</v>
+      </c>
+      <c r="C76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>386</v>
+      </c>
+      <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>69</v>
+      </c>
+      <c r="E77" t="s">
+        <v>70</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">