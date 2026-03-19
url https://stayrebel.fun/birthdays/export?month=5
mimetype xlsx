--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -12,157 +12,156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
     <t>Дата добавления</t>
   </si>
   <si>
-    <t>Павел Евгеньевич Кучинский</t>
-[...6 lines deleted...]
-19.03.2024 состоялось апелляционное заседание суда. Приговор вступил в силу.</t>
+    <t>Дмитрий Александрович Хотянович</t>
+  </si>
+  <si>
+    <t>1 мая 1978</t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
     <t>В заключении</t>
   </si>
   <si>
-    <t>Да</t>
-[...5 lines deleted...]
-    <t>2023-09-22 00:34:45</t>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 08.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:30:08</t>
   </si>
   <si>
     <t>Наталья Николаевна Жигар</t>
   </si>
   <si>
     <t>2 мая 1956</t>
   </si>
   <si>
     <t>Дело Натальи Жигар, предположительно, связано с поддержкой людей, содержавшихся в СИЗО. До пенсии она работала в канцелярии Брестского суда.
 До суда женщина была под домашним арестом.
 Дело рассматривали в Гродненском областном суде. Известно, что сначала оно было отправлено на доработку.
 Судья Валерий Романовский начал рассматривать дело Натальи 19 августа 2024 г., заседания продолжились 20, 24, 30 сентября.
 27 декабря 2024 г. в Верховном суде состоялось рассмотрение апелляционной жалобы Натальи. </t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
+    <t>Да</t>
+  </si>
+  <si>
     <t>Решение суда 30.09.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 27.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-19 19:18:12</t>
   </si>
   <si>
     <t>Константин Валерьевич Медведев</t>
   </si>
   <si>
     <t>2 мая 1988</t>
   </si>
   <si>
-    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Анна Александровна Багинская</t>
   </si>
   <si>
     <t>2 мая 1978</t>
   </si>
   <si>
     <t>Задержана в начале мая 2025 года по "делу Гаюна" - за передачу данных телеграм-каналу "Беларускі Гаюн" о перемещении военная техники. </t>
   </si>
   <si>
     <t>Решение суда 20.11.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
-    <t>Анна Евгеньевна Савочкина</t>
+    <t>Анна Евгениевна Савочкина</t>
   </si>
   <si>
     <t>3 мая 1999</t>
   </si>
   <si>
     <t>15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
 В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию. 29-летняя Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.
 Анна Савочкина закончила три курса экономического факультета БГУ, но с сентября 2022 года поступила на первый курс биологического факультета БГУ, староста группы. До института закончила гимназию-колледж искусств имени И.О. Ахремчика по специальности музыка. Задержана вместе с матерью.</t>
   </si>
   <si>
     <t>Решение суда 09.08.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
     <t>Олег Степанович Кинев</t>
   </si>
   <si>
     <t>3 мая 1969</t>
   </si>
   <si>
     <t>Олег живет в агрогородке Первомайская (Блудень) в Березовском районе Брестской области.
 Он предприниматель, занимается кровельными работами. Его специализация — изготовление куполов для православных церквей. Олег занимается этим с 2000-х. Сначала он работал с бригадой как наёмный работник, а через несколько лет открыл своё дело. Кинев реконструировал купол Патриаршего представительства РПЦ, создавал купол для церкви военной части в Слониме, делал дубовый мост, пристань и беседку на островке рядом с усадьбой графа Гуттен-Чапского в Станькове и часовню в зоопарке. В целом его работы разбросаны по разным городам и деревням Беларуси.</t>
   </si>
@@ -209,540 +208,535 @@
     <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Олег Викторович Ефременко</t>
   </si>
   <si>
     <t>4 мая 1981</t>
   </si>
   <si>
     <t>Олег был задержан и осужден за «подсечку» милиционеру во время уличного шествия в Витебске 13 сентября 2020 года. В сентябре 2021 года его перевели на тюремный режим за «нарушение правил распорядка».
 В августе 2022 года Олега повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» и добавили ещё один год лишения свободы.
 25 июля 2023 года политзаключённого снова осудили за «неповиновение требованиям администрации» и приговорили к ещё одному году лишения свободы.
 В сентябре 2024 года состоялось очередное рассмотрение уголовного дела против Олега за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, которое часто применяется к заключённым, отказавшимся сотрудничать с тюремной администрацией.
 На протяжении всего срока заключения на Олега постоянно оказывают давление. Его регулярно отправляют в ШИЗО, где он содержится в изоляции на протяжении десятков дней.</t>
   </si>
   <si>
     <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
   </si>
   <si>
     <t>Решение суда 09.12.2020: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 рублей компенсации. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 15.08.2022: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 10.11.2022: приговор оставлен без изменения. Решение суда 25.07.2023: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 19.10.2023: приговор оставлен без изменения. Решение суда 24.09.2024: неизвестно. Апелляция 13.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Валерий Валерьевич Жуков</t>
-[...13 lines deleted...]
-  <si>
     <t>Ирина Николаевна Клезович</t>
   </si>
   <si>
     <t>5 мая 1966</t>
   </si>
   <si>
     <t>Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. 
 Ирину судили, как "Лицо, совершившее общественно опасное деяние". Это означает что, по решению суда, к ней должны были быть применены принудительные меры медицинского характера. Суд над ней состоялся 18 и 23 сентября 2024 года. Её местонахождение неизвестно.</t>
   </si>
   <si>
     <t>Решение суда 23.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Валерий Валерьевич Жуков</t>
+  </si>
+  <si>
+    <t>5 мая 1974</t>
+  </si>
+  <si>
+    <t>Был задержан в ноябре 2024 года и осужден по административной ч. 2 ст. 19.11 КоАП РБ  (Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность), после чего завели уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Вячеслав Николаевич Колоусов</t>
   </si>
   <si>
     <t>5 мая 1984</t>
   </si>
   <si>
     <t>15 июня 2023 года был осужден по ст. 205 (Кража) к 2 годам и 6 месяцам лишения свободы. 
 14 июня 2024 в суде Барановичей и Барановичского района началось рассмотрение уголовного дела по ст. 342 УК (Активное участие в групповых действиях, грубо нарушающих общественный порядок). По ней судят Вячеслава и еще восемь человек. 
 Путём сложения приговоров по этому и прошлому уголовному делу, ему окончательно назначили 3 года лишения свободы строгого режима.</t>
   </si>
   <si>
     <t>Решение суда 10.07.2024: 3 года лишения свободы в колонии в условиях строгого режима. Апелляция 27.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
     <t>Юрий Славомирович Сергей</t>
   </si>
   <si>
     <t>6 мая 1988</t>
   </si>
   <si>
     <t>Юрий был задержан и осужден по нескольким статьям, включая незаконное хранение холодного оружия. Всё началось с видео, где водитель BMW избивает мужчину с бело-красно-белым флагом. Видео разошлось в соцсетях, и был опубликован адрес водителя Дмитрия Давыдюка. По версии следствия, трое минчан решили «проучить» водителя, проколов шины его автомобиля.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>Решение суда 31.03.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа. Апелляция 20.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Францкевич</t>
+  </si>
+  <si>
+    <t>6 мая 1990</t>
+  </si>
+  <si>
+    <t>Активист анархистского движения Александр был задержан 12 августа 2020 года и осуждён по ряду уголовных статей. Ранее, в 2010 году, он уже отбывал наказание по "делу анархистов".
+В 2022 году его приговорили к 17 годам колонии, а в феврале 2023 года Верховный суд сократил срок на 3 месяца.
+В июне 2024 года Александра снова обвинили по статье за "злостное неповиновение требованиям администрации колонии", и ему добавили ещё один год заключения.
+В июле 2024 года была задержана его мать, Татьяна Францкевич, по обвинению в "участии в экстремистском формировании". Вместе с ней задержали ее сестру Наталью Лобацевич, мать бывшего политзаключенного Ильи Лобацевича.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 06.09.2022: 17 лет лишения свободы в колонии в условиях строгого режима, 700 базовых величин штрафа, приблизительно 1200 рублей компенсации. Апелляция 28.02.2023: 16 лет 9 месяцев лишения свободы в колонии в условиях строгого режима, 700 базовых величин штрафа, приблизительно 1200 рублей компенсации. Решение суда 24.06.2024: 1 год лишения свободы в колонии в условиях строгого режима. Апелляция 24.09.2024: неизвестно. Суд по смене режима 05.08.2025: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Евгений Михайлович Пугач</t>
   </si>
   <si>
     <t>6 мая 1984</t>
   </si>
   <si>
     <t>представитель минского стартап-хаба "Имагуру". Выпускник магистерской программы ЕГУ "Европейские исследования", после этого работал в ряде НГО и частном секторе с бизнесом. Создавал и развивал стартап-экосистемы Беларуси.</t>
   </si>
   <si>
     <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
   </si>
   <si>
     <t>Решение суда 03.12.2024: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Андрей Сергеевич Сачевко</t>
   </si>
   <si>
     <t>6 мая 1996</t>
   </si>
   <si>
     <t>Впервые Андрея задержал ГУБОПиК за размещение "экстремистских" материалов на своей странице "ВКонтакте". Под ними имелось в виду видео с принятия Лукашенко присяги в 1994 году под бело-красно-белым флагом, которым Сачевко поделился на странице.
 Был осужден за участие в гродненских Маршах и комментарии в чате.
 Мужчина не признал вину, а подтвердил лишь факт написания комментариев 11 и 12 августа 2020 года. Участие мужчины в гродненских Маршах не подтвердилось после просмотра видеозаписей с мероприятий в городе.
 Стало известно, что в июне 2022 года была проведена лабораторно-судебная экспертиза. Она подтвердила психическое заболевание Андрея. Однако он все равно был осужден, а также включен в перечень физических лиц и организаций, причастных к террористической деятельности.
 В августе 2023 года была переведен на тюремный режим.</t>
   </si>
   <si>
     <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
-    <t>Александр Владимирович Францкевич</t>
-[...19 lines deleted...]
-  <si>
     <t>Александр Михайлович Шарабайко</t>
   </si>
   <si>
     <t>7 мая 1971</t>
   </si>
   <si>
     <t>Бодибилдер, краевед.Ранее мужчина задерживался за участие в акциях протеста. 16 марта 2023 его арестовали за «распространение экстремистких материалов» и осудили на 10 суток. Мужчина не вышел и был переведен в СИЗО. Первоначальная статья обвинения была за оскорбление Лукашенко.
 В мае 2024 переведен в СИЗО по новому уголовному делу его снова начали судить 7 мая 2024 г. Кроме него по делу проходили еще Андрей Стабулянец и Денис Цыбульский, которого год назад осудили за участие в акциях протеста в Минске (cт. 342 УК).</t>
   </si>
   <si>
     <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
   </si>
   <si>
     <t>Решение суда 14.09.2023: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.11.2023: неизвестно. Решение суда 05.06.2024: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 23.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
+    <t>Михаил Анатольевич Тарасевич</t>
+  </si>
+  <si>
+    <t>7 мая 1976</t>
+  </si>
+  <si>
+    <t>Кроме лишения свободы Михаилу присудили выплатить компенсации морального вреда пострадавшим и ущерб, "нанесенный остановкой общественного транспорта" в размере 49 тысяч рублей, что составляет почти 20 тысяч долларов.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>2022-11-19 00:34:39</t>
   </si>
   <si>
     <t>Дмитрий Иванович Лапец</t>
   </si>
   <si>
     <t>7 мая 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 Известно, что его задержали за участие в протестах в 2020 году, предъявив фото с одного из маршей.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Михаил Анатольевич Тарасевич</t>
-[...13 lines deleted...]
-  <si>
     <t>Александр Евгеньевич Сезень</t>
   </si>
   <si>
     <t>8 мая 1970</t>
   </si>
   <si>
     <t>13 ноября был задержан Александр Сезень. В его квартире в многоквартирном доме, что по улице Горбатова, был проведен обыск. По некоторым сведениям состоялся также более поздний ночной обыск, когда сам Сезень, имеющий значительные проблемы со здоровьем, находился в больнице. Что ему собираются инкриминировать-пока неизвестно.
 Александр неоднократно задерживался милицией еще до 2020 года, он вел тяжбу с различными государственными структурами и писал жалобы.</t>
   </si>
   <si>
     <t>Решение суда 12.06.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
     <t>Сергей Владимирович Васюкевич</t>
   </si>
   <si>
     <t>8 мая 1983</t>
   </si>
   <si>
     <t>Последние 11 лет Сергей был заместителем директора по коммерции в столичном офисе «Изоком Пласт».
 Для Дятловщины группа компаний «Изоком» и «Изоком Пласт» — это важный завод. Предприятие выросло на месте заброшенного завода деревянных конструкций и превратилось в гиганта, где работают 270 человек — большая цифра для райцентра.
 Там выпускают гибкие изолированные трубы, которые экспортируются в Россию и используются в госпрограммах. В 2025 году, когда Сергей уже был под преследованием, компания получила награду «Лидер энергоэффективности».</t>
   </si>
   <si>
     <t>2026-01-27 21:04:19</t>
   </si>
   <si>
+    <t>Евгений Валерьевич Бурло</t>
+  </si>
+  <si>
+    <t>9 мая 1991</t>
+  </si>
+  <si>
+    <t>Музыкант группы TOR BAND , задержан вместе с Дмитрием Головачем, также были задержаны их жены. Жене Головача присудили штраф, жене Бурло – административный арест.
+В конце ноября 2022 Дмитрий и Евгений были осуждены третий раз на 15 суток. TOR BAND стал популярной в Беларуси группой на волне протестов 2020 годе. Многие песни стали хитами на разных платформах. Информационную продукцию, социальные сети и логотип группы TOR BAND признали «экстремистскими», а также их вышеперечисленные песни.</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>8 лет лишения свободы в колонии в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-12-06 21:04:39</t>
+  </si>
+  <si>
     <t>Максим Сергеевич Дробница</t>
   </si>
   <si>
     <t>9 мая 2001</t>
   </si>
   <si>
     <t>22-летний житель Светлогорска. Максима судят «за организацию деятельности террористической организации и участие в деятельности такой организации». Максима признали виновным в том, что он вступил в "экстремистское формирование" (план "Победа") и планировал взорвать железную дорогу в Светлогорском районе. Государственное издание пишет, что, чтобы остановить войну в Украине, миниатюра "была готова на все". Когда же парень приехал к железной дороге, то попал там в засаду силовиков и был задержан.
 Госорганы об этом деле ничего не сообщали. Судебный процесс закрытый.
 19.09.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
-    <t>8 лет лишения свободы в колонии усиленного режима.</t>
+    <t>Решение суда 13.07.2023: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 19.09.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Евгений Валерьевич Бурло</t>
-[...15 lines deleted...]
-    <t>2022-12-06 21:04:39</t>
+    <t>Александр Петрович Горшунов</t>
+  </si>
+  <si>
+    <t>10 мая 1979</t>
+  </si>
+  <si>
+    <t>Работал программистом на минском заводе «Атлант».</t>
+  </si>
+  <si>
+    <t>Решение суда 05.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
+  </si>
+  <si>
+    <t>Артем Витальевич Шинкевич</t>
+  </si>
+  <si>
+    <t>10 мая 1992</t>
+  </si>
+  <si>
+    <t>ИУОТ-45, 225073, Брестская обл., Каменецкий р-н., д. Сушки, ул.Центральная, 1</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 20.01.2026: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-23 11:44:37</t>
   </si>
   <si>
     <t>Иван Александрович Зенько</t>
   </si>
   <si>
     <t>10 мая 1982</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель был задержан и осужден по трем уголовным статьям за участие в событии, которое произошло во время разгона людей 11 октября 2020 года возле станции метро "Пушкинская".
 В апреле 2022 года Ивана вновь осудили за участие в акции протеста, но на итоговый срок это не повлияло. Однако в ноябре этого же года ему добавили еще один год лишения свободы, осудив за "неповиновение требованиям администрации исправительного учреждения".
 В сентябре 2023 года был осужден дополнительно на 3 года лишения свободы за "насилие в отношении должностного лица".
 В марте 2024 года переведен на тюремный режим на 3 года.</t>
   </si>
   <si>
     <t>Решение суда 02.04.2021: 5 лет лишения свободы в колонии в условиях общего режима, приблизительно 28000 рублей компенсации. Решение суда 07.04.2022: 2 года лишения свободы в колонии в условиях общего режима. Решение суда 09.11.2022: 1 год лишения свободы в колонии в условиях общего режима. Апелляция 09.02.2023: приговор оставлен без изменения. Решение суда 14.09.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 19.12.2023: приговор оставлен без изменения. Суд по смене режима 12.03.2024: 3 года тюремного режима. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Александр Петрович Горшунов</t>
-[...11 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
+    <t>Владимир Иванович Янковский</t>
+  </si>
+  <si>
+    <t>11 мая 1972</t>
+  </si>
+  <si>
+    <t>Владимира задержали весной 2025 года в рамках уголовного дела по статье «содействие экстремистской деятельности», а осенью того же года он был признан виновным и приговорён к ограничению свободы с направлением и штрафу.</t>
+  </si>
+  <si>
+    <t>ИУОТ-43, 212003, г. Могилев, ул. Челюскинцев, 76А</t>
+  </si>
+  <si>
+    <t>Решение суда 03.09.2025: 2 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа, 500 базовых величин штрафа. Апелляция 11.11.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-08-21 10:19:58</t>
   </si>
   <si>
     <t>Олег Валерьевич Кекух</t>
   </si>
   <si>
     <t>11 мая 1983</t>
   </si>
   <si>
     <t>Летом 2023 года прошел суд по ужесточению наказания Олегу. После апелляционного суда 05.09.2023 Олега перевели в колонию.</t>
   </si>
   <si>
     <t>3 года ограничения свободы с направлением в исправительное учреждение открытого типа.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Владислав Владимирович Настюшкин</t>
-[...14 lines deleted...]
-    <t>2024-11-02 15:58:45</t>
+    <t>Ростислав Олегович Стефанович</t>
+  </si>
+  <si>
+    <t>12 мая 1988</t>
+  </si>
+  <si>
+    <t>Член расширенного Координационного совета был задержан 29 сентября 2020 года по делу о массовых беспорядках, избит сотрудниками ОМОНа и обвинён в участии в телеграм-каналах "радикального направления".</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
+    <t>Никита Михайлович Золоторев</t>
+  </si>
+  <si>
+    <t>12 мая 2004</t>
+  </si>
+  <si>
+    <t>Никита был задержан и осужден за то, что, по версии следствия, 10 августа 2020 года бросил «коктейль Молотова» в сторону военнослужащих. Обвинение утверждало, что бутылки были спрятаны и переданы ему Леонидом Ковалёвым с предложением поджечь здание, автобус или автозак. Никита отказался давать показания, не признал вину и заявил о физическом и психологическом давлении в СИЗО. На момент задержания ему было 16 лет, и он страдает эпилепсией.
+В июле 2021 года его вновь осудили по статье о «насилии или угрозе насилия» за инцидент с сотрудниками СИЗО. В июне 2022 года Никиту перевели во взрослую колонию после достижения 18 лет, а в августе того же года ужесточили наказание, отправив на тюремный режим.
+В июле 2024 года политзаключенного судили за «злостное неповиновение администрации колонии» — статью, часто применяемую к заключённым, которые отказываются сотрудничать с администрацией.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>Решение суда 22.02.2021: 6 лет лишения свободы в воспитательной колонии в условиях общего режима. Апелляция 23.04.2021: приговор оставлен без изменения. Решение суда 14.07.2021: 1 год 6 месяцев лишения свободы в воспитательной колонии в условиях общего режима, 1000 рублей компенсации. Суд по смене режима 21.06.2022: тюремный режим до конца срока. Решение суда 11.07.2024: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 15.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:14:22</t>
   </si>
   <si>
     <t>Эрик Эрикович Колосовский</t>
   </si>
   <si>
     <t>12 мая 2000</t>
   </si>
   <si>
     <t>Задержан вместе с другими молодыми людьми в Барановичах (в конце декабря 2023 года).
 А пресс-служба суда сообщила про приговор (не называя имён, но под обстоятельства подходят под данную группу людей). О сути обвинений сказано коротко: находились на проезжей части в Барановичах, выкрикивали лозунги, демонстрировали бело-красно-белые флаги, «умышленно препятствовали движению транспорта и нормальному функционированию предприятий и организаций». Даже не указана точная дата, когда проходили протесты, просто называется «август 2020 года».
 Таким образом, в 2024 году вынесли приговоры уже 25 жителям Барановичей за протесты августа 2020 года. Всем присудили колонию на срок от 1 до 3 лет (единственное исключение — женщине с ребенком в возрасте до 3 лет присудили колонию с отсрочкой исполнения наказания).</t>
   </si>
   <si>
     <t>Решение суда 31.05.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 09.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
-    <t>Евгений Владимирович Филиппович</t>
-[...52 lines deleted...]
-    <t>2021-02-28 02:14:22</t>
+    <t>Владислав Владимирович Настюшкин</t>
+  </si>
+  <si>
+    <t>12 мая 1996</t>
+  </si>
+  <si>
+    <t>28 лет, сперва окончил колледж как техник-программист, потом отучился в БарГУ (Барановичском государственном университете). В некоторых соцсетях текущим городом указан Брест, в других Кобрин. На Яндекс.Услугах предлагает услуги по разработке сайтов и ремонту компьютеров в Бресте и Кобрине. Вёл стримы по ПК-играм на Youtube-канале «Dog Chain».За какие именно протесты судили Владислава, на данный момент неизвестно. Однако судя по статье и по тому, что суд проходит в Кобрине, почти наверняка это суд за кобринские протесты, которые проходили после выборов 9 августа 2020 года</t>
+  </si>
+  <si>
+    <t>Решение суда 13.11.2024: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 28.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
   </si>
   <si>
     <t>Евгений Александрович Белькевич</t>
   </si>
   <si>
     <t>13 мая 1975</t>
   </si>
   <si>
     <t>13.02.2025 был осужден по административной статье (ч. 2 ст. 10.1 КоАП РБ - Умышленное причинение телесного повреждения и иные насильственные действия либо нарушение защитного предписания), после чего было заведено уголовное дело.</t>
   </si>
   <si>
     <t>СИЗО-6, Барановичи ул. Брестская 258 В, 225413</t>
   </si>
   <si>
     <t>2025-06-02 23:55:41</t>
   </si>
   <si>
     <t>Сергей Юрьевич Горлов</t>
   </si>
   <si>
     <t>13 мая 1979</t>
   </si>
   <si>
     <t>Сергея задержали в феврале 2024 года. Сначала ему дали сутки за "распространение экстремистских материалов", а после завели уголовное дело и перевели в СИЗО. Вероятно, дело касается комментариев. Сергею грозит от четырех до двенадцати лет колонии.Хобби Сергея-музыка. В нулевых он играл в группе «Лесное радио». Участвовал еще в нескольких проектах, переводил на белорусский язык зарубежные песни.
 Сергей Юрьевич Горлов учился в Минском государственном лингвистическом университете, позже окончил Европейский гуманитарный университет. Работал переводчиком и репетитором английского языка. Последнее известное место его работы-Институт имени Сахарова в Минске.</t>
   </si>
   <si>
     <t>Решение суда 09.12.2024: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-19 20:09:08</t>
   </si>
   <si>
     <t>Сергей Данилович Митюшкин</t>
   </si>
   <si>
     <t>14 мая 1969</t>
   </si>
   <si>
     <t>Ремесленник из Барановичей. Сергей был задержан в феврале 2025 года. Сначала его посадили на "сутки" по административному ст. 19.11 КоАП, затем обвинили по ст. 188 УК РБ.</t>
   </si>
   <si>
     <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
   </si>
   <si>
     <t>2025-10-16 18:32:46</t>
   </si>
   <si>
     <t>Дмитрий Павлович Капуза</t>
   </si>
   <si>
     <t>14 мая 1989</t>
   </si>
   <si>
     <t>36-летние Дмитрий и Ольга Капузы были задержаны 16 января 2024 года. Муж с женой родом из Дрогичинского района, жили возле беларусско-украинской границы. После задержания на гостелевидении вышел пропагандистский видеоролик "Зачистка. Борьба с диверсантами и агентами спецслужб Украины в Беларуси", в котором их обвиняли в контрабанде из Украины. Тогда в общем задержали группу из 12 человек. По версии пропагандистов, пара якобы работала на спецслужбы Украины. Утверждалось, что жители Дрогичинского района помогали Службе безопасности Украины — забирали взрывчатку и делали тайники на территории Беларуси
 В пропагандистском видео показали, как Дмитрию при задержании прострелили бедро. А позже — как он передвигается на костылях. Брата Дмитрия сразу после задержания сотрудники КГБ избивали по голове.
 Один из освобожденных политзаключенных, который сидел вместе с Капузой в СИЗО-7, рассказал, что сначала обвинение шло по ст. 289 УК РБ - обвинение в терроризме. Но по этой статье нужно, чтобы было совершение взрыва, поджога или других действий, создающих опасность гибели людей. Потом сотрудники КГБ переквалифицировали дело на ст. 356 УК - "Измена государству".                 Как объяснял сам Капуза однокамернику, у него был дом в деревне Сварынь в Дрогичинском районе, недалеко от границы с Украиной. И вот он там занимался контрабандой: янтарь, сигареты, водка. Мог сразу перевезти товар, а мог спрятать и перевозить частями для безопасности. По-видимому, одно из хранилищ стало известно сотрудникам КГБ и в него подбросили взрывчатку. О чем Капуза узнал после ареста. Во время задержания из бусика выскочили люди, подбежали к его автомобилю, открыли дверцу и без единого слова дважды выстрелили в ногу. Дмитрий получил минимальную медпомощь. Повезло, что не началась гангрена, что нога уцелела. Дмитрий, на то время вины не признал, поэтому его очень сильно избивали для получения признания.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 24 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-07-16 19:00:11</t>
   </si>
   <si>
+    <t>Анатолий Анатольевич Старосветский</t>
+  </si>
+  <si>
+    <t>14 мая 1990</t>
+  </si>
+  <si>
+    <t>Бывший муж политзаключенной Виталии Бондаренко. Его задержали после краткосрочного свидания с Виталией, прямо у выхода из колонии и поместили сначала в ИВС Гомеля, после чего перевели в СИЗО-3.
+04.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.03.2024: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция 04.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
     <t>Павел Анатольевич Лащенко</t>
   </si>
   <si>
     <t>14 мая 1972</t>
   </si>
   <si>
     <t>Бизнесмен, руководитель аудиторской компании Ernst&amp;Young. 
 Павла задержали и поместили в СИЗО по обвинению в одной из политических статей. Известно, что уголовное дело возбуждено за события 2020 года. В 2020 году, в разгар избиения граждан милицией, за подписью Лащенко вышло письмо к руководителям силовых и государственных органов, в котором он выразил сомнение в озвученных Ермошиной цифрах, а также призвал всех одуматься и вернуться к законности.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-02-28 01:38:03</t>
-  </si>
-[...15 lines deleted...]
-    <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Алексей Андреевич Ткачук</t>
   </si>
   <si>
     <t>14 мая 1987</t>
   </si>
   <si>
     <t xml:space="preserve">Алексея приговорили по надуманному обвинению в хранении учебного боеприпаса . В августе 2020 года мужчина написал рапорт на увольнение из армии и в ноябре был уволен. 
 Был задержан по делу о вывозе документов Министерства обороны РБ. В процессе следствия вывели в отдельное уголовное дело по ч. 2 ст. 295 Уголовного кодекса, потому что во время обыска в квартире якобы обнаружили взрывчатые вещества. 
 Минский городской суд в августе 2022 г вынес приговор. Также Алексея лишили воинского звания и назначили штраф: 500 базовых величин. Суд проходил в закрытом режиме.
 </t>
   </si>
   <si>
     <t>2022-12-04 01:33:09</t>
   </si>
   <si>
     <t>Антон Владимирович Козельский</t>
   </si>
   <si>
     <t>14 мая 1986</t>
   </si>
   <si>
     <t>Судя по соцсетям, мужчине 38 лет. Известно, что какое-то время он жил в России, но в последнее время — в Минске. У мужчины есть жена и ребенок.
 Козельский долгое время работал оператором на ОНТ. Например, еще в ноябре 2022-го он учил Департамент охраны МВД работать с госСМИ. Последний репортаж Козельского вышел в октябре 2023 года.
@@ -751,127 +745,143 @@
 13 августа 2024 г. состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 28.05.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
     <t>Виктор Александрович Савашевич</t>
   </si>
   <si>
     <t>15 мая 1982</t>
   </si>
   <si>
     <t>Мужчине вменили в вину создание и администрирование канала в телеграмме «‎23.34»‎, в котором размещалась информация о белорусских судьях.
 Также Виктора обвинили в «‎пособничестве умышленным действиям администраторов и участников ряда других деструктивных Telegram-каналов, направленным на возбуждение социальной вражды и розни по признаку иной социальной принадлежности и повлекшим тяжкие последствия»‎, сообщается в телеграм-канале Генеральной прокуратуры.</t>
   </si>
   <si>
     <t>11 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
-    <t>Юрий Анатольевич Гаркач</t>
-[...28 lines deleted...]
-  <si>
     <t>Дмитрий Михайлович Сончик</t>
   </si>
   <si>
     <t>15 мая 1984</t>
   </si>
   <si>
     <t>Известно, что Сончик долгое время работал водителем, в последнее время — дальнобойщиком. Дмитрий увлекается мотоспортом, а еще радиолюбительством.
 Видео с Сончиком вышло 7 мая 2024 года на канале ГУБОПиК, его задержали по возвращении из-за границы. Ему закидали комментарии в телеграмме-говорили, что он оставил их более тысячи.</t>
   </si>
   <si>
     <t>Решение суда 13.01.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Юрий Анатольевич Гаркач</t>
+  </si>
+  <si>
+    <t>15 мая 1977</t>
+  </si>
+  <si>
+    <t>Подполковник КГБ, заместитель командира подразделения " А " КГБ Республики Беларусь. В августе 2020 года возглавлял Ассоциацию ветеранов группы "А", от имени которой подписал обращение с осуждением насилия и репрессий. Осенью 2020 года был задержан сотрудниками КГБ и помещен под стражу. Уголовное дело под грифом "секретно". </t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2022: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
+    <t>Тимур Александрович Лозко</t>
+  </si>
+  <si>
+    <t>15 мая 1983</t>
+  </si>
+  <si>
+    <t>2 февраля 2024 близкий к брестскому ГУБОПиК телеграм-канал опубликовал покаянное видео с Лозко Тимуром.На видео силовики показали, как со щитами и оружием, в полном обмундировании, врываются в дом мужчины. Далее следуют кадры, где с заведенными за спину руками Тимур Александрович рассказывает, что у него нашли подписки на «Нехту», кроме того он донатил этому телеграм-каналу. Также мужчина говорит, что работает в «Лодэ» анестизиологом-реаниматологом.В интернете можно найти, что Лозко еще в октябре 2020 года задерживался (и в солидарность с ним другие медики в Бресте вышли на протест с надписями «Я/мы Тимур»). А во время референдума в феврале 2022 года снова был задержан, и по статье 24.23 КоАП «Незаконное пикетирование» сначала отсидел в ИВС, а потом получил штраф 50 б.в.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.08.2024: 8 лет лишения свободы в колонии в условиях усиленного режима, 50 базовых величин штрафа. Апелляция 01.11.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
   </si>
   <si>
     <t>Владимир Алексеевич Дударев</t>
   </si>
   <si>
     <t>16 мая 1977</t>
   </si>
   <si>
     <t>В 2020 году Владимир координировал региональную группу Виктора Бабарико. После окончания Могилёвского государственного технического университета в 2001 году он работал в Могилёвском горисполкоме, а в 2018 году стал его заместителем, отвечая за строительство и ЖКХ. В октябре 2019 года покинул пост.
 11 июня 2020 года сотрудники Департамента финансовых расследований провели обыск в офисе Белгазпромбанка и у лиц, связанных с Бабарико, после чего Владимира задержали. В сентябре 2021 года суд признал его виновным в злоупотреблении служебными полномочиями и мошенничестве, однако он не признал свою вину.</t>
   </si>
   <si>
     <t>Решение суда 20.09.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Александр Николаевич Поливко</t>
   </si>
   <si>
     <t>16 мая 1987</t>
   </si>
   <si>
     <t>Задержан за комментарии в соцсетях. Александра обвиняют в «экстремистских призывах, разжигающих социальную вражду» и «оскорблении представителей власти». Провластный телеграм-канал показал скриншоты сообщений, которые вменяют Поливко. Например: " Коллаборационисты и рабы, противно смотреть!  Чтоб они все обозлились и этого фашиста усатого накол пасадили." 
 Так, согласно обвинению, 14 июня 2021 года под публикацией телеграм-канала «Беларусь головного мозга» Александр написал сообщение, где рассказывал что когда-то работал на резиденции Лукашенко, и один его коллега рассказывал про свой разговор с охранником Лукашенко. И вот согласно охраннику, лично Лукашенко из-за провинностей со стороны охраны мог поставить их в ряд и «пробивать фанеру» (со всей силы нанести удар в грудь или живот, чтобы человек согнулся от такого удара). Видимо, данный комментарий был написан под постом с названием «BYPOL: Романа Протасевича избивал лично диктатор» (в данный момент все комментарии под постом удалены). На суде от Поливко предлагалось назвать, что за коллега рассказал такую историю — но мужчина не смог вспомнить ни имени, ни других личных данных, т.к. он работал на резиденции уже очень давно, где-то в 2008-2009 году. А найти экс-коллегу по документам было бы нереально, т.к. они работали без официального трудоустройства. Также его осудили еще за 4 комментария по разным статьям УК РБ.
 У мужчины остались двое несовершеннолетних детей (им 14 лет и 4 года).</t>
   </si>
   <si>
     <t>Решение суда 04.03.2024: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
+  </si>
+  <si>
+    <t>Иван Петрович Супрунчик</t>
+  </si>
+  <si>
+    <t>17 мая 1988</t>
+  </si>
+  <si>
+    <t>Согласно обвинению, Иван передал администраторам «декструктивного» Telegram-канала информацию о личной жизни близкого родственника сотрудника милиции. «Собирание и распространение» этих сведений без разрешения якобы привели к «причинению вреда правам, свободам и законным интересам потерпевшего». 
+15.11.2022 прошо апелляционное заседание суда приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
   </si>
   <si>
     <t>Василий Васильевич Прохоров</t>
   </si>
   <si>
     <t>18 мая 1969</t>
   </si>
   <si>
     <t>Задержан вместе со всей семьей (жена, дочь, сын) по подозрению в "госизмене". Дочь позже, судя по всему, отпустили. Василию Прохорову 54 года. Он родом из города Чернобыль, в котором находилась печально известная атомная электростанция. Известно, что он пострадавший в аварии на ЧАЭС. Прохоров служил в десантных войсках. Потом работал на стройках и подрабатывал грузоперевозками, а также вел небольшой блог.
 Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.
 Семья Прохоровых долгое время жила в деревне Грабовка Гомельского района. На момент задержания они жили в деревне Уза Гомельского района, куда переехали два года назад.</t>
   </si>
   <si>
     <t>Решение суда 20.05.2024: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
     <t>Николай Петрович Демченко</t>
   </si>
   <si>
     <t>19 мая 1988</t>
   </si>
   <si>
@@ -892,413 +902,536 @@
 Из видеосюжета «БТ» следует, что следили за мозырянами пристально: показали кадры со скрытой камеры в гараже, где мужчины обсуждают свои планы. На записи они говорят о перспективах повреждения рельс.
 Суд проходил в закрытом режиме.</t>
   </si>
   <si>
     <t>14 лет лишения свободы в колонии  усиленного режима.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
     <t>Сергей Иванович Бельский</t>
   </si>
   <si>
     <t>20 мая 1982</t>
   </si>
   <si>
     <t>В троллейбусе не купил талон будучи в нетрезвом состоянии и обругал президента нецензурными словами. Контролёр вызвал милицию и Сергей был задержан.</t>
   </si>
   <si>
     <t>2,6 года лишения свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2023-09-27 17:46:46</t>
   </si>
   <si>
-    <t>Алексей Геннадьевич Мельников</t>
+    <t>Игорь Владимирович Бродко</t>
+  </si>
+  <si>
+    <t>20 мая 1983</t>
+  </si>
+  <si>
+    <t>Игорь родом из Смиловичей (Червенский район), но долгое время жил в Витебске. У него с бывшей женой есть несовершеннолетний ребенок. Игорь много лет работал спасателем. После этого он был водителем — занимался перевозками и такси. Бродко исчез из соцсетей и мессенджеров после февраля 2025 года. Вероятно, тогда он и был задержан.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:48:50</t>
+  </si>
+  <si>
+    <t>Сергей Михайлович Шкодин</t>
+  </si>
+  <si>
+    <t>Осужден  по "делу Гаюна", за 7 эпизодов. </t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 13.01.2026: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-10-27 12:31:47</t>
+  </si>
+  <si>
+    <t>Антон Александрович Ильин</t>
+  </si>
+  <si>
+    <t>20 мая 1987</t>
+  </si>
+  <si>
+    <t>Решение суда 12.12.2024: 6 лет лишения свободы в колонии в условиях особого режима. Апелляция 19.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
+    <t>Глеб Панасюк</t>
   </si>
   <si>
     <t>20 мая 1991</t>
-  </si>
-[...10 lines deleted...]
-    <t>Глеб Панасюк</t>
   </si>
   <si>
     <t>8 октября Глеб Панасюк уехал из Польши, где он жил и работал последние годы, в родной Светлогорск, чтобы проведать родителей. 9 октября он позвонил из Бреста своим друзьям в Польше, что прошел границу и собирается пересекать на поезд в сторону Светлогорска. Но после этого связь с молодым человеком исчезла.
 Как стало известно, Глеб отбыл арест в изоляторе временного содержания Гомеля по какому-то административному делу, после чего его перевели в СИЗО-№  и предъявили обыинение по уголовному делу. Правозащитники располагают информацией, что его заключение имеет политическую мотивацию.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Игорь Владимирович Бродко</t>
-[...20 lines deleted...]
-    <t>2024-12-02 18:16:42</t>
+    <t>Алексей Геннадьевич Мельников</t>
+  </si>
+  <si>
+    <t>Алексей был задержан 4 декабря 2020 года в рамках уголовного дела о массовых беспорядках и осужден за участие в акции протеста, которая проходила в августе 2020 года возле ТЦ "Рига" в Минске.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.03.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 04.10.2021: приблизительно 1340 рублей компенсации. Решение суда 19.10.2021: приблизительно 1600 рублей компенсации.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:30:24</t>
+  </si>
+  <si>
+    <t>Николай Альбинович Витковский</t>
+  </si>
+  <si>
+    <t>22 мая 1967</t>
+  </si>
+  <si>
+    <t>Николай постоянно задерживался по административным статьям . 
+В сентябре 2025 года был задержан по уголовной статье. Его обвиняют в измене государству.</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:41:34</t>
+  </si>
+  <si>
+    <t>Антон Иосифович Раван</t>
+  </si>
+  <si>
+    <t>22 мая 1985</t>
+  </si>
+  <si>
+    <t> Антон осужден за комментарии , а также по "делу Гаюна".
+У Антона 2 несовершеннолетних ребенка, он едиственный кормилец в семье, потому что его жена находится в декретном отпуске.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.10.2025: 4 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
   </si>
   <si>
     <t>Владимир Владимирович Короткий</t>
   </si>
   <si>
     <t>22 мая 1984</t>
   </si>
   <si>
     <t>Мужчину обвинили в том, что он в нетрезвом состоянии сорвал со здания магазина в городке красно-зеленый флаг. Он полностью признал вину.
 Ранее городчанина уже судили девять раз. Кроме лишения свободы, Владимиру назначили принудительное лечение от алкоголизма.</t>
   </si>
   <si>
     <t>2 года лишеня свободы в колонии строгого режима.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Николай Альбинович Витковский</t>
-[...25 lines deleted...]
-    <t>2025-11-12 14:49:09</t>
+    <t>Игорь Олегович Кисляк</t>
+  </si>
+  <si>
+    <t>23 мая 1970</t>
+  </si>
+  <si>
+    <t>Подполковник милиции, бывший заместитель начальника отдела ГУБОП МВД Республики Беларусь, прослуживший долгое время начальником криминальной милиции Жодинского ГОВД. В 2012 году он уволился, а в 2014-м стал предпринимателем.
+Игорь говорит, что они служили за идею защиты людей и борьбы с преступностью. Он возмущается тем, что силовики избивают людей, отмечая, что «есть незначительное количество провокаторов, но вы можете их изолировать своими силами, а не выступать карателями и противопоставлять себя нашему спокойному трудолюбивому народу». Он призывает силовиков вспомнить, что они давали присягу народу. «Надеемся на ваше понимание и вашу офицерскую честь», — подытоживает мужчина.
+В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси.
+По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
   </si>
   <si>
     <t>Андрей Витальевич Верёвкин</t>
   </si>
   <si>
     <t>23 мая 1991</t>
   </si>
   <si>
     <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Виктория Валентиновна Домостой</t>
   </si>
   <si>
     <t>24 мая 1979</t>
   </si>
   <si>
     <t>Первый раз была задержана КГБ в конце января 2024 года (во время массовых задержаний родных и близких политзаключенных) за то, что писала письма и переводила деньги на счета политзаключенных в СИЗО тюрьмы №1. Тогда на нее завели уголовное дело по ст. 361-2 (финансирование экстремистской деятельности), но под стражу женщину не взяли.
 Во время обыска у нее изъяли технику и деньги. После исследования техники якобы были обнаружены нежелательные комментарии в соцсетях, и по ним затем провели экспертизу. После получения результатов экспертизы, 20 апреля 2024 года, Виктория была повторно задержана и помещена в ИВС, а в последствии в СИЗО.</t>
   </si>
   <si>
     <t>Решение суда 17.01.2025: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
     <t>Александр Викторович Корзюк</t>
   </si>
   <si>
     <t>25 мая 1968</t>
   </si>
   <si>
     <t>Александр Корзюк до недавнего времени возглавлял управление финансов ЖКХ, транспорта и связи Министерства финансов. Александр ни разу не давал публичных интервью. Известно лишь, что он хорошо играет в шахматы.
 Суд проходил в закрытом режиме. 
 Как рассказали бывшие политзаключенные, отбывавшие с Александром срок в одной колонии, его поставили на учет, как склонного к экстремизму, а также лишили передач и свиданий с родными. Вину не признал.</t>
   </si>
   <si>
     <t>Решение суда 12.07.2024: 13 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 20.12.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
     <t>Ольга Олеговна Олешкевич</t>
   </si>
   <si>
     <t>25 мая 1984</t>
   </si>
   <si>
-    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
-[...2 lines deleted...]
-    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Решение суда 21.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Сергей Николаевич Леонюк</t>
   </si>
   <si>
     <t>25 мая 1971</t>
   </si>
   <si>
     <t>Задержан за комментарии в соцсетях.</t>
   </si>
   <si>
     <t>Решение суда 22.09.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 17.11.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
+  </si>
+  <si>
+    <t>Эмин Гивами Оглы Адыгезалов</t>
+  </si>
+  <si>
+    <t>26 мая 1978</t>
+  </si>
+  <si>
+    <t>Эмин Гивами Оглы был задержан и осуждён за поджог опорного пункта в Бобруйске.
+У Эмина проблемы с ногами, он передвигается с палкой.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 12.03.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 1740 рублей компенсации. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Вадим Владимирович Луцевич</t>
   </si>
   <si>
     <t>26 мая 1992</t>
   </si>
   <si>
     <t>Высококвалифицированный IT-специалист.
 Отец двоих детей 8 и 6 лет.</t>
   </si>
   <si>
     <t>Решение суда 01.07.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 03.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Илья Олегович Нарышкин</t>
   </si>
   <si>
     <t>27 мая 2003</t>
   </si>
   <si>
     <t>Илье Нарышкину 21 год. Родом он из Слонима, но часть детства провел в Гродно. Отец Ильи-украинец, родился в Кривом Роге. Он еще в советское время окончил авиационное училище, но работал инженером-механиком в разных странах. С матерью парня они очень давно не живут вместе.
 Илья поступил в академию Министерства внутренних дел. Сейчас он должен был бы закончить третий курс уголовно-исполнительного факультета. Известно, что во время учебы он жил активной жизнью-выступал в различных конкурсах и даже участвовал в интеллектуальной игре от телеканала «Беларусь-2», которая называется «Башня». Последние публичные данные о нем датируются мартом 2023-го.
 Возможно, 21-летний Илья Нарышкин хотел присоединиться к белорусским добровольцам в Украине. По статьям, которые ему предъявляют в последнее время чаще всего судили людей, которые выражали намерение поехать воевать на стороне Украины, выражали онлайн или оффлайн. Некоторые из этих людей переписывались с фейковыми ботами полка Калиновского, созданными спецслужбами РБ.</t>
   </si>
   <si>
     <t>Решение суда 14.08.2024: 15 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-07-10 15:36:04</t>
   </si>
   <si>
+    <t>Павел Михайлович Сава</t>
+  </si>
+  <si>
+    <t>27 мая 1974</t>
+  </si>
+  <si>
+    <t>Павел был задержан 1 декабря 2020 года вместе с Николаем Автуховичем, которого власти сразу объявили «организатором и руководителем террористической группировки». Его осудили за «участие в преступной организации» и «акт терроризма».
+В феврале 2024 года состоялся суд по вопросу изменения условий режима, но результат пока неизвестен. Весной того же года с Павла и двух других фигурантов «дела» взыскали более 40 тысяч рублей компенсации за повреждение имущества милиционеров.
+У Павла часто бывает высокое давление и плохое самочувствие, опухают сильно ноги, так что он не может надеть обувь.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Суд по смене режима 12.02.2024: 2 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Никита Игоревич Стороженко</t>
+  </si>
+  <si>
+    <t>27 мая 1993</t>
+  </si>
+  <si>
+    <t>Бывший следователь. Уволился после выборов 2020 года в знак протеста против действующей власти. После увольнения Никита работал юристом.
+Впервые был задержан 23 апреля 2021 за "несанкционированное пикетирование", и отсидел 15 суток в тюрьме, согласно ч.1 ст.24.23 КоАП. Вышел на свободу 8 мая 2021 года.
+4 мая 2021 года Стороженко, как и другие уволившиеся в знак протеста представители правоохранительных органов, был лишен Лукашенко звания старшего лейтенанта юстиции запаса.
+Никита был задержан повторно 1 февраля 2022 года в торговом центре в городе Минске. На видео, опубликованном на телеграм-канале МВД, он говорит, что передал контакты двух сотрудников ГУБОПиКа и заместителя начальника СК по Минску одному из «протестных телеграм-каналов».
+Судебный процесс прошел 15 ноября 2022 г. в Минском городском суде. Никиту судили за "разжигание иной социальной вражды и розни" по ч. 3 ст. 130 УК, а также за "незаконный сбор и распространение информации о частной жизни" (ч. 1 ст. 179 УК).
+2 декабря 2022 года он был приговорен к семи лет колонии в условиях усиленного режима. Также Никита обязан выплатить штраф 5000 BYN в качестве моральной компенсации сотрудникам, данные которых, согласно обвинению, он передал "протестным телеграм-каналам".</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 11.01.2025: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2022-02-11 19:13:39</t>
+  </si>
+  <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 мая 1961</t>
   </si>
   <si>
     <t>Он был задержан сотрудниками милиции 19 октября 2023 года. После ареста он отбывал два административных ареста по 15 суток каждый. Правозащитникам известно, что второй из них был назначен 3 ноября судом Центрального района Минска. Тогда судья Юлиана Щерба признала 63-летнего Марченко виновным в "распространении экстремистских материалов" (по части 2 статьи 19.11 КоАП).
 Судить Александра начали 25 марта 2024 года в Минском городском суде.
 4 июня 2024 г. состоялось рассмотрение апелляционной жалобы Александра. Жалобу оставили без удовлетворения.</t>
   </si>
   <si>
     <t>3 года лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Владимир Тадеушевич Гундарь</t>
   </si>
   <si>
     <t>28 мая 1960</t>
   </si>
   <si>
     <t>Владимир был задержан 30 декабря 2020 года в рамках уголовного «дела Автуховича» по обвинению в «подготовке теракта», однако позже это обвинение было снято. В мае 2021 года его осудили за «насилие в отношении должностного лица». Следствие утверждало, что при задержании он угрожал следователям и разбил свой мобильный телефон.
 Рассмотрение «дела Автуховича» началось в мае 2022 года. Во время суда Владимира несколько раз удаляли с заседаний и отправляли в карцер. На одном из июньских заседаний его поместили в клетку в одном белье, пристегнув руки наручниками к решетке. В ответ Владимир объявил голодовку, которую держал 11 дней. По этому делу он был осуждён за «создание преступной организации» и «покушение на захват власти».
 В декабре 2022 года Владимиру предъявили новое обвинение за оскорбление прокурора Людмилы Герасименко, представлявшей обвинение по «делу Автуховича», и добавили дополнительный срок. В итоге его приговорили к 20 годам колонии усиленного режима.
 В октябре 2023 года переведен на тюремный режим.</t>
   </si>
   <si>
     <t>Решение суда 20.05.2021: 3 года лишения свободы в колонии в условиях общего режима. Решение суда 17.10.2022: 18 лет лишения свободы в колонии в условиях усиленного режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда 17.04.2023: 2 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 06.06.2023: приговор оставлен без изменения. Суд по смене режима 10.10.2023: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Наталья Кравчук</t>
+    <t>Дмитрий Валерьевич Калиновский</t>
+  </si>
+  <si>
+    <t>28 мая 1977</t>
+  </si>
+  <si>
+    <t>С 2000 года Дмитрий работал системным администратором на Белорусской железной дороге. По работе он занимался настройкой сетевого оборудования.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 11.02.2026: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-03-02 20:40:16</t>
+  </si>
+  <si>
+    <t>Павел Александрович Вересковский</t>
+  </si>
+  <si>
+    <t>28 мая 1998</t>
+  </si>
+  <si>
+    <t>Решение суда 28.11.2025: 4 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-12-11 13:17:41</t>
+  </si>
+  <si>
+    <t>Наталья Эдуардовна Кравчак</t>
   </si>
   <si>
     <t>29 мая 1969</t>
   </si>
   <si>
-    <t>Решение суда 03.11.2025: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
+    <t>Решение суда 03.11.2025: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Ольга Александровна Барунова</t>
   </si>
   <si>
     <t>30 мая 1978</t>
   </si>
   <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
     <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2026-01-23 13:20:24</t>
   </si>
   <si>
     <t>Александр Владимирович Лопух</t>
   </si>
   <si>
     <t>30 мая 1982</t>
   </si>
   <si>
     <t>Александр был задержан в рамках уголовного дела, возбужденного после акции протеста, которая проходила в Пинске в ночь с 9 на 10 августа 2020 года против фальсификаций на президентских выборах. Его осудили за участие в «массовых беспорядках».</t>
   </si>
   <si>
     <t>Решение суда 06.07.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 03.09.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
+  </si>
+  <si>
+    <t>Андрей Николаевич Быков</t>
+  </si>
+  <si>
+    <t>30 мая 1971</t>
+  </si>
+  <si>
+    <t>Осужден  за комментарии в интернете.</t>
+  </si>
+  <si>
+    <t>5 лет колонии в условиях усиленного режима, а также лишения звания подполковника запаса.</t>
+  </si>
+  <si>
+    <t>2022-11-24 17:48:26</t>
+  </si>
+  <si>
+    <t>Роман Николаевич Карпов</t>
+  </si>
+  <si>
+    <t>30 мая 1981</t>
+  </si>
+  <si>
+    <t>Предположительно задержан по политическим мотивам, находится в СИЗО-1 примерно с апреля 2025 года.</t>
+  </si>
+  <si>
+    <t>2025-07-28 14:00:13</t>
+  </si>
+  <si>
+    <t>Елена Васильевна Змушко</t>
+  </si>
+  <si>
+    <t>31 мая 1986</t>
+  </si>
+  <si>
+    <t>Елена ехала вместе с сыном навещать своих родителей. Была задержана за помощь политзаключенным.
+Последние годы она с семьей жила в Варшаве. Там в феврале 2021 года Елена стала соучредителем и ведущим бизнес-аналитиком стартапа GlobalTips, который помогает ведомствам перейти в «цифру». Через их сервис можно оставить безналичные чаевые официантам по QR-коду.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.11.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильевич Данильчик</t>
+  </si>
+  <si>
+    <t>31 мая 1991</t>
+  </si>
+  <si>
+    <t>Известно, что Данильчика задержали в Слониме в августе 2023 года и первоначально арестовали на 15 суток, после чего было возбуждено уголовное дело.
+Согласно материалам обвинения, Данильчик "неоднократно размещал в экстремистских чатах мессенджера Telegram и в публичных чатах видеохостинга YouTube информацию оскорбительного характера в отношении Лукашенко, унижающую его честь, достоинство личности и авторитет. Он же в феврале 2022 года по июль 2023 года разместил в сети интернет в неприличные по форме и унизительные по направленности сообщения и комментарии в отношении представителей власти в связи с исполнением ими служебных обязанностей".</t>
+  </si>
+  <si>
+    <t>Решение суда 30.05.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 18.07.2024: неизвестно. Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-09-11 12:56:46</t>
   </si>
   <si>
     <t>Анастасия Владимировна Лазаренко</t>
   </si>
   <si>
     <t>31 мая 1982</t>
   </si>
   <si>
     <t>Адвокат. Была задержана в начале июня 2022 года, через два дня после 40-летия, за слив данных телеграм-каналам. Силовики приехали задерживать женщину с автоматами и в бронежилетах — они залезли в окна и выломали дверь.
 В марте 2023 г. стало известно, что ее также обвиняют по ст. 203-1 УК (Незаконные действия в отношении информации о частной жизни) и ч. 1 ст. 342 УК. По версии следствия, она якобы организовала «несанкционированное массовое мероприятие», когда проводила консультацию под Окрестина в августе 2020 года.
 На воле у нее остались престарелый отец и 19-летний сын, который с 16 лет страдает от болезни Крона.
 03.10.2023 состоялось рассмотрение апелляционной жалобы.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
   </si>
   <si>
     <t>Татьяна Николаевна Русак</t>
   </si>
   <si>
     <t>31 мая 1976</t>
   </si>
   <si>
     <t>15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
 В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию. 29-летняя Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.</t>
   </si>
   <si>
     <t>2024-07-20 13:28:29</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-11-14 13:04:55</t>
   </si>
   <si>
     <t>Олег Борисович Лойко</t>
   </si>
   <si>
     <t>Евангельского пастора из Хойникского района Олега Лойко обвиняют в передаче информации о перемещении российской военной техники по территории Беларуси.
 48-летний Олег Лойко является пастором церкви христиан веры евангельской в деревне Небытов Хойникского района. Известно, что в декабре прошлого года он был арестован на 10 суток за «распространение экстремизма».
 Пастор много лет занимался реабилитацией людей с наркотической зависимостью в рамках миссии «Возвращение». Благодаря его деятельности сотни человек вернулись к нормальной жизни. О мужчине ранее неоднократно с восторгом писали государственные СМИ.
 Служителя церкви приговорили к трем с половиной годам лишения свободы в условиях усиленного режима за предоставление информации о перемещении российской военной техники мониторинговому проекту «Беларускі Гаюн». Суд проходил в закрытом режиме.
 Пастор Олег не признает, что совершал преступления, и считает свою совесть чистой перед Богом.
-Был осужден повторно в октябре 2025 г. </t>
+Был осужден повторно в октябре 2025 г. 
+В колонии у Олега обострилась болезнь сердца и из-за межпозвонковых грыж ему очень трудно стало ходить.</t>
   </si>
   <si>
     <t>Решение суда 20.08.2025: 3 года 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1608,2167 +1741,2404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
         <v>74</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
       </c>
       <c r="I15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
         <v>92</v>
       </c>
       <c r="I16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>94</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
       <c r="C17" t="s">
         <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>98</v>
       </c>
       <c r="I17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>100</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
       <c r="C18" t="s">
         <v>102</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H18" t="s">
         <v>104</v>
       </c>
       <c r="I18" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>106</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>22</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="I20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>115</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>117</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>103</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H21" t="s">
         <v>118</v>
       </c>
       <c r="I21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>120</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
       <c r="C22" t="s">
         <v>122</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I22" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>142</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G28" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>164</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="G30" t="s">
-[...2 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H31" t="s">
         <v>171</v>
       </c>
       <c r="I31" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>173</v>
       </c>
       <c r="B32" t="s">
         <v>174</v>
       </c>
       <c r="C32" t="s">
         <v>175</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" t="s">
         <v>176</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>178</v>
+      </c>
+      <c r="B33" t="s">
         <v>179</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>180</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>182</v>
+        <v>79</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="I33" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>183</v>
+      </c>
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>186</v>
       </c>
-      <c r="D34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
+        <v>41</v>
+      </c>
+      <c r="I34" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>188</v>
+      </c>
+      <c r="B35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>109</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35" t="s">
         <v>191</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>193</v>
+      </c>
+      <c r="B36" t="s">
         <v>194</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>196</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="I36" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" t="s">
         <v>199</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37" t="s">
         <v>201</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" t="s">
         <v>204</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>127</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
         <v>214</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H40" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="I40" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>217</v>
+      </c>
+      <c r="B41" t="s">
         <v>218</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>219</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>79</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H41" t="s">
+        <v>220</v>
+      </c>
+      <c r="I41" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>222</v>
+      </c>
+      <c r="B42" t="s">
         <v>223</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>224</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>91</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
         <v>225</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>227</v>
+      </c>
+      <c r="B43" t="s">
         <v>228</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>229</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" t="s">
         <v>230</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>232</v>
+      </c>
+      <c r="B44" t="s">
         <v>233</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>234</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
+        <v>235</v>
+      </c>
+      <c r="I44" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>237</v>
+      </c>
+      <c r="B45" t="s">
         <v>238</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>239</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" t="s">
         <v>240</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>242</v>
+      </c>
+      <c r="B46" t="s">
         <v>243</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>244</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>91</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
         <v>248</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>249</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H47" t="s">
+        <v>250</v>
+      </c>
+      <c r="I47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>103</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>97</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H49" t="s">
         <v>260</v>
       </c>
       <c r="I49" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>262</v>
       </c>
       <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>264</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>266</v>
+      </c>
+      <c r="B51" t="s">
         <v>267</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>268</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>46</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>269</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
         <v>272</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>273</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" t="s">
         <v>274</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>276</v>
+      </c>
+      <c r="B53" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>153</v>
+        <v>22</v>
+      </c>
+      <c r="H53" t="s">
+        <v>41</v>
       </c>
       <c r="I53" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>280</v>
       </c>
       <c r="B54" t="s">
+        <v>277</v>
+      </c>
+      <c r="C54" t="s">
         <v>281</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I54" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>284</v>
       </c>
       <c r="B55" t="s">
         <v>285</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>79</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H55" t="s">
         <v>286</v>
       </c>
       <c r="I55" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>288</v>
       </c>
       <c r="B56" t="s">
         <v>289</v>
       </c>
       <c r="C56" t="s">
         <v>290</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>52</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>289</v>
+      </c>
+      <c r="C57" t="s">
         <v>293</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" t="s">
         <v>294</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>295</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>97</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I59" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>305</v>
       </c>
       <c r="B60" t="s">
         <v>306</v>
       </c>
       <c r="C60" t="s">
         <v>307</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H60" t="s">
         <v>308</v>
       </c>
       <c r="I60" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>310</v>
       </c>
       <c r="B61" t="s">
         <v>311</v>
       </c>
       <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="H61" t="s">
         <v>313</v>
       </c>
       <c r="I61" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>315</v>
       </c>
       <c r="B62" t="s">
         <v>316</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
+        <v>97</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" t="s">
+        <v>69</v>
+      </c>
+      <c r="I62" t="s">
         <v>317</v>
-      </c>
-[...10 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>318</v>
+      </c>
+      <c r="B63" t="s">
+        <v>319</v>
+      </c>
+      <c r="C63" t="s">
         <v>320</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63" t="s">
         <v>321</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>322</v>
-      </c>
-[...16 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
         <v>325</v>
       </c>
-      <c r="B64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>113</v>
+        <v>79</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="I64" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>328</v>
+      </c>
+      <c r="B65" t="s">
+        <v>329</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
         <v>330</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>331</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>332</v>
+      </c>
+      <c r="B66" t="s">
+        <v>333</v>
+      </c>
+      <c r="C66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>335</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...22 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B67" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C67" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>46</v>
+        <v>340</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="I67" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>109</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
+        <v>350</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>127</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>352</v>
-      </c>
-[...19 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
+        <v>354</v>
+      </c>
+      <c r="C70" t="s">
+        <v>355</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>85</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>358</v>
+      </c>
+      <c r="B71" t="s">
+        <v>359</v>
+      </c>
+      <c r="C71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>97</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
         <v>361</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>365</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H72" t="s">
+        <v>366</v>
+      </c>
+      <c r="I72" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>370</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>97</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73" t="s">
         <v>371</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>373</v>
+      </c>
+      <c r="B74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>375</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>36</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>386</v>
+      </c>
+      <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>388</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>389</v>
+      </c>
+      <c r="I77" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
+        <v>393</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>46</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>394</v>
+      </c>
+      <c r="I78" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>46</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" t="s">
+        <v>399</v>
+      </c>
+      <c r="I79" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>403</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>211</v>
+      </c>
+      <c r="I80" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>405</v>
+      </c>
+      <c r="B81" t="s">
+        <v>406</v>
+      </c>
+      <c r="C81" t="s">
+        <v>407</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" t="s">
+        <v>408</v>
+      </c>
+      <c r="I81" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>410</v>
+      </c>
+      <c r="B82" t="s">
+        <v>411</v>
+      </c>
+      <c r="C82" t="s">
+        <v>412</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>413</v>
+      </c>
+      <c r="I82" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>415</v>
+      </c>
+      <c r="B83" t="s">
+        <v>416</v>
+      </c>
+      <c r="C83" t="s">
+        <v>417</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" t="s">
+        <v>418</v>
+      </c>
+      <c r="I83" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>420</v>
+      </c>
+      <c r="B84" t="s">
+        <v>421</v>
+      </c>
+      <c r="C84" t="s">
+        <v>422</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>36</v>
+      </c>
+      <c r="I84" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>424</v>
+      </c>
+      <c r="B85" t="s">
+        <v>421</v>
+      </c>
+      <c r="C85" t="s">
+        <v>425</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>109</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" t="s">
+        <v>426</v>
+      </c>
+      <c r="I85" t="s">
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">