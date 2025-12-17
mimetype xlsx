--- v0 (2025-12-08)
+++ v1 (2025-12-17)
@@ -12,1583 +12,1453 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
-[...49 lines deleted...]
-    <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
+  <si>
+    <t>Imię Nazwisko</t>
+  </si>
+  <si>
+    <t>Urodziny</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Płeć</t>
+  </si>
+  <si>
+    <t>Adres</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>CPC Vesna</t>
+  </si>
+  <si>
+    <t>Zdanie</t>
+  </si>
+  <si>
+    <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Poltorak</t>
+  </si>
+  <si>
+    <t>1 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Dmitrij został skazany w sierpniu 2022 roku za „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub aktywny udział w nich” za udział w pokojowych protestach, które odbyły się w Mińsku w 2020 roku. Dmitrij został nagrany przez dziennikarza podczas protestów w pierwszych dniach po wyborach.
+W maju 2023 roku okazało się, że Dmitrij został osadzony w zakładzie karnym i osądzony na podstawie artykułu administracyjnego za „rozpowszechnianie materiałów ekstremistycznych” i skazany na karę aresztu administracyjnego, którą odbywał w areszcie tymczasowym w Homlu.
+W lipcu tego roku odbyła się rozprawa sądowa, na której rozważano możliwość zastąpienia ograniczenia wolności karą pozbawienia wolności w kolonii karnej; wynik rozprawy nie jest znany.</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>IUOT-17, Homel, ul. Borisenko, 13 lat, indeks 246020</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 08.11.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.07.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
+  </si>
+  <si>
+    <t>Dmitry Valerievich Golovach</t>
+  </si>
+  <si>
+    <t>1 czerwca 1982</t>
+  </si>
+  <si>
+    <t>Muzyk grupy TOR BAND został zatrzymany wraz z Jewgienijem Burlo, zatrzymano także ich żony. Żona Golovacha została ukarana grzywną, żona Burlo - areszt administracyjny.
+Pod koniec listopada 2022 roku Dmitrij i Jewgienij zostali skazani po raz trzeci na 15 dni. TOR BAND stał się popularnym zespołem na Białorusi po protestach w 2020 roku. Wiele piosenek stało się hitami na różnych platformach. Produkty informacyjne, portale społecznościowe i logo grupy TOR BAND zostały uznane za „ekstremistyczne”, podobnie jak ich piosenki wymienione powyżej.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>9 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
+  </si>
+  <si>
+    <t>2022-12-06 20:51:07</t>
+  </si>
+  <si>
+    <t>Vladimir Valentinovich Zhuromsky</t>
+  </si>
+  <si>
+    <t>1 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Pracownik Państwowej Komisji Celnej.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>12 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Arthur Gennadievich Khlus</t>
+  </si>
+  <si>
+    <t>1 czerwca 1998</t>
+  </si>
+  <si>
+    <t>Artur pochodzi z Pińska. Studiował w Słonimskiej Szkole Medycznej, którą ukończył z wyróżnieniem i po ukończeniu studiów został skierowany do Grodna. Rozpoczął studia na Grodzieńskim Państwowym Uniwersytecie Medycznym, ponadto pracował jako ratownik medyczny zespołu wizytującego w ambulansie.
+Według prorządowych kanałów telegramowych został zatrzymany za rejestrację w planie Peramoga, a także brał udział w „niedozwolonych imprezach masowych”.
+W dniu 17 sierpnia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii karnej</t>
+  </si>
+  <si>
+    <t>2022-11-02 13:53:09</t>
+  </si>
+  <si>
+    <t>Zahar Olegovich Tarazevich</t>
+  </si>
+  <si>
+    <t>1 czerwca 2003</t>
+  </si>
+  <si>
+    <t>Licealista Ministerstwa Spraw Wewnętrznych. Zatrzymany wraz z obywatelem Rosji Antonem Łysowem . Oskarżony o podpalenie samochodu szefa komisji medycyny sądowej Aleksieja Wołkowa.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>7,5 roku więzienia w warunkach zaostrzonego reżimu</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:45:35</t>
+  </si>
+  <si>
+    <t>Igor Olegovich Moiseenko</t>
+  </si>
+  <si>
+    <t>1 czerwca 1993</t>
+  </si>
+  <si>
+    <t>Były pracownik Ministerstwa ds. Sytuacji Nadzwyczajnych.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: wyrok został podtrzymany. Decyzja sądu 14.05.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-11 21:41:19</t>
   </si>
   <si>
-    <t>Владимир Валентинович Журомский</t>
-[...103 lines deleted...]
-    <t>Решение суда 16.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2024: неизвестно.</t>
+    <t>Dmitriy Nikolaevich Ivashkov</t>
+  </si>
+  <si>
+    <t>2 czerwca 1981</t>
+  </si>
+  <si>
+    <t>Członkini grupy inicjatywnej kandydatki na prezydenta Swietłany Tichanowskiej została zatrzymana 27 września 2020 r. w Homlu podczas pokojowego protestu i oskarżona o udział w „masowych zamieszkach” i planowanie „zajmowania budynków”.
+Zimą 2023 roku Dmitry został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:10:28</t>
+  </si>
+  <si>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 czerwca 1982</t>
+  </si>
+  <si>
+    <t>Zdaniem sądu istota oskarżenia przeciwko wszystkim polegała na tym, że 10 sierpnia 2020 r. mieszkańcy Brześcia „wykrzykiwali hasła, gwizdali, klaskali w dłonie, demonstrowali biało-czerwono-białe płótna i wyszli na jezdnię”. W ten sposób rzekomo rażąco naruszyli porządek publiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-28 22:07:42</t>
   </si>
   <si>
-    <t>Николай Николаевич Лепешко</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> Решение суда 03.02.2025: неизвестно лет ограничения свободы без направления.</t>
+    <t>Nikolay Nikolaevich Lepeshko</t>
+  </si>
+  <si>
+    <t>2 czerwca 1977</t>
+  </si>
+  <si>
+    <t>Ojciec Nikołaj, 47 lat, został zatrzymany wraz z żoną Jeleną, 46 lat, i synem Nikitą, 24 lata, za udział w proteście w 2020 roku.</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 03.02.2025: nieznany lata ograniczenia wolności bez skierowania do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
   </si>
   <si>
-    <t>Дмитрий Николаевич Ивашков</t>
-[...33 lines deleted...]
-    <t>Решение суда 25.04.2022: 11 лет лишения свободы в колонии в условиях строгого режима. Решение суда 11.08.2023: 7 лет лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Yuri Gennadievich Olkhovik</t>
+  </si>
+  <si>
+    <t>3 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Biznesmen zatrzymany jesienią 2023 r. za nawoływanie do sankcji. Przeciwko Jurijowi wszczęto postępowanie karne, zostaje on zatrzymany (w trakcie ustalania miejsca przetrzymywania).
+Na antenie prorządowego kanału telewizyjnego „Białoruś 1” Jurij Olchowik przedstawiany jest jako „współzałożyciel firmy – oficjalny dystrybutor światowych producentów”. Sam oświadczył, że zajmuje się dostawą sprzętu do badań nieniszczących i analiz chemicznych oraz sprzętu badawczego. Napisał list do europejskiej firmy z prośbą o zakończenie współpracy z białoruską spółką znajdującą się na liście sankcyjnej.</t>
+  </si>
+  <si>
+    <t>2024-01-03 01:34:38</t>
+  </si>
+  <si>
+    <t>Aleksey Firdovsovich Kudlasov</t>
+  </si>
+  <si>
+    <t>3 czerwca 1998</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany 1 lipca 2021 roku w Mińsku przez funkcjonariuszy Głównego Zarządu ds. Zwalczania Przestępczości Zorganizowanej i Korupcji (GUBOPiK). Następnego dnia sąd skazał go na 15 dni aresztu administracyjnego, ale zamiast zwolnienia, został przeniesiony do aresztu śledczego. Został oskarżony w sprawie karnej o zbiorowe działania rażąco naruszające porządek publiczny.
+Sprawa została rozpatrzona na podstawie czterech artykułów Kodeksu karnego: „organizowanie masowych zamieszek”, „utworzenie grupy ekstremistycznej”, „podżeganie do nienawiści społecznej” i „znieważenie funkcjonariusza państwowego”. Rozprawa odbyła się za zamkniętymi drzwiami, a szczegóły zarzutów nie są znane.
+W kwietniu 2022 roku sąd skazał Aleksieja na 11 lat więzienia. Po procesie, prorządowe kanały opublikowały film, w którym twierdzono, że Aleksiej jest administratorem czatu Telegram „Kaskada”. Film o nim został wcześniej nagrany na TUT.BY.
+W lipcu 2023 r. okazało się, że przebywa w areszcie tymczasowym, a 11 sierpnia 2023 r. ponownie uznano go winnym w nowej sprawie „tworzenia grupy ekstremistycznej”, co wydłużyło jego wyrok o kolejne 6 miesięcy.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.04.2022: 11 lata więzienia w kolonii o zaostrzonym rygorze. Decyzja sądu 11.08.2023: 7 lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Юрий Геннадьевич Ольховик</t>
-[...24 lines deleted...]
-    <t>Решение суда 01.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Andrey Sergeevich Zagorsky</t>
+  </si>
+  <si>
+    <t>4 czerwca 1988</t>
+  </si>
+  <si>
+    <t>Andriej pochodzi z Dokszyc. Po ukończeniu szkoły w 2006 roku rozpoczął studia na Białoruskim Państwowym Uniwersytecie Informatyki i Radioelektroniki, gdzie studiował na Wydziale Systemów Komputerowych i Sieci. Mieszka w Kopiszczach. W trakcie studiów Andriej rozpoczął pracę w EPAM. Według serwisu LinkedIn, ostatnio pracował jako główny inżynier oprogramowania — zarządzał częścią zespołu programistów w projekcie. Nie wiadomo, czy ostatnio mieszkał na Białorusi, ale dużo podróżował.</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.04.2025: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
-    <t>Наталья Олеговна Лобацевич</t>
-[...15 lines deleted...]
-    <t>Решение суда 18.02.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.04.2025: отправлено на пересмотр. Решение суда 16.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Svetlana Ivanovna Kashkel</t>
+  </si>
+  <si>
+    <t>5 czerwca 1963</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Natalia Olegovna Lobatsevich</t>
+  </si>
+  <si>
+    <t>Tatiana Frantskevich i Natalia Łobacevich zostały zatrzymane 19 lipca 2024 r., kiedy Tatiana została wezwana przed Komitet Śledczy, aby podpisać zobowiązanie o nieopuszczaniu Połocka. Natalia pojechała z nią, aby ją wesprzeć.
+Wszczęto postępowanie karne przeciwko Tatianie Frantskevich, matce skazanego anarchisty Aleksandra Frantskevicha, i jej siostrze Natalii Łobacewicz, matce byłego więźnia politycznego Ilji Łobacewicza, i umieszczono je w areszcie śledczym w Witebsku.</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.02.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
   </si>
   <si>
-    <t>Татьяна Сергеевна Курилина</t>
-[...32 lines deleted...]
-    <t>Решение суда 22.02.2021: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения. Суд по смене режима 08.12.2021: 3 года тюремного режима.</t>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 czerwca 1988</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Witebska zatrzymany za repostowanie na portalach społecznościowych. Sąd jest zamknięty, młody człowiek nie ma krewnych. Wiadomo, że ma około 30 lat, chodził do pracy, po powrocie został zatrzymany na Białorusi. Trzy dni po jego aresztowaniu zmarła jego matka. Nie ma już krewnych.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.08.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Witold Szalkiewicz ma 44 lata. Pochodzi z dużego miasta Porozowo w obwodzie świsłockim. Mężczyzna ma żonę i dwie małoletnie córki.
+Witold został zatrzymany w sierpniu 2023 r. tuż przy pracy. Początkowo został skazany na areszt za „rozpowszechnianie materiałów ekstremistycznych”. Następnie członkowie Gubopiku nagrali z nim film i przewieźli go z aresztu śledczego. Według prorządowych kanałów telegramowych Szalkiewicz pozostawił kilka tysięcy komentarzy różne czaty.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Nikolaeva</t>
+  </si>
+  <si>
+    <t>5 czerwca 1995</t>
+  </si>
+  <si>
+    <t>W grudniu 2024 roku prorządowe media opublikowały nagranie audio Olgi, oskarżonej o udział w czacie „Białe Skrzydła z Baranowicz”. Kiedy KGB uznało czat „Białe Skrzydła z Baranowicz” – bardzo mały i od dawna nieaktywny czat dzielnicowy – za grupę ekstremistyczną, Olga została wymieniona wśród uczestników. Skontaktowano się z Olgą za pośrednictwem niezabezpieczonego konta. Było ono powiązane z numerem telefonu dziewczyny. Najprawdopodobniej Olga przebywała w areszcie śledczym przed rozprawą.
+Olga gra na perkusji i jako studentka była perkusistką w amatorskich zespołach muzycznych. Ona i jej mąż lubią podróżować.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Alexey Petrovich Kamovich</t>
+  </si>
+  <si>
+    <t>5 czerwca 1979</t>
+  </si>
+  <si>
+    <t>Dyrektor banku. Posiada 15-letnie doświadczenie w zarządzaniu oddziałami regionalnymi banków.
+Ostatnie miejsce pracy: RRB Bank.</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:00:07</t>
+  </si>
+  <si>
+    <t>Dmitry Dmitrievich Korneev</t>
+  </si>
+  <si>
+    <t>Dmitry został zatrzymany i skazany za rzucenie koktajlem Mołotowa w stronę personelu wojskowego w dniu 10 sierpnia 2020 r. Według śledczych butelki zostały przetransportowane do centrum Homla przez Leonida Kovaleva, który je ukrył, a wieczorem tego samego dnia przekazał je Dmitrijowi i Nikicie Zolotorevów z propozycją podpalenia budynku, autobusu lub wóz ryżowy. Dmitry częściowo przyznał się do winy, tłumacząc, że rzucił „koktajl”, aby zyskać na czasie i uniknąć aresztowania.
+W grudniu 2021 r. został przeniesiony do więzienia za „złośliwe nieposłuszeństwo wobec wymogów administracji Zakładu Karnego”.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.02.2021: 8 lata więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.04.2021: wyrok został podtrzymany. Sąd zmiany reżimu 08.12.2021: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
-    <t>Ольга Анатольевна Николаева</t>
-[...93 lines deleted...]
-    <t>Решение суда 14.09.2022: 13 лет 1 месяц лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа, 18000 рублей компенсации. Апелляция 20.12.2022: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+    <t>Denis Valentinovich Salmanovich</t>
+  </si>
+  <si>
+    <t>6 czerwca 1991</t>
+  </si>
+  <si>
+    <t>Początkowo znajdowała się w Okrestinie. Następnie został aresztowany na podstawie Kodeksu karnego. Krewni uważają Denisa za dobrego, uczciwego, sprawiedliwego i sympatycznego człowieka. Na kanałach prorządowych Denis jest nazywany „głównym redaktorem wizualnym” filmów ruchu Supraci. W nagraniu wideo Salmanovich mówi , że został zatrzymany przez funkcjonariuszy policji, ponieważ „był członkiem destrukcyjnych kanałów Telegram”, „współpracował z Busly Lyatsyats” i brał udział w protestach w 2020 roku.
+Sąd apelacyjny zmniejszył karę pozbawienia wolności z 10 do 9,5 roku.
+Denis cierpi na poważną chorobę - przewlekłe kłębuszkowe zapalenie nerek po krwotocznym zapaleniu naczyń. Latem 2024 roku karetka zabrała mężczyznę z kolonii. Salmanowicz przeszedł operację - usunięto mu woreczek żółciowy. Po operacji mężczyzna spędził kolejny tydzień na oddziale medycznym więzienia, aż do momentu zdjęcia szwów.
+Matka więźnia politycznego twierdzi , że ostatni raz Denis kontaktował się z nią w połowie listopada 2024 r. Po rozmowie telefonicznej mężczyzna został natychmiast zabrany do celi karnej, gdzie przebywa do dziś (styczeń 2024 r.).
+W kwietniu 2025 r. zaostrzono mu karę i przeniesiono go do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.09.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Apelacja 23.12.2022: 9 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
+  </si>
+  <si>
+    <t>Denis Yevgenievich Ivashin</t>
+  </si>
+  <si>
+    <t>6 czerwca 1979</t>
+  </si>
+  <si>
+    <t>Denis jest dziennikarzem i redaktorem-wolontariuszem białoruskiej wersji InformNapalmu, niezależnym korespondentem gazety Nowaja Czas. Jego śledztwa dotyczyły wpływu „rosyjskiego świata” na Białoruś i Syrię, budownictwa w Kuropatach oraz przejścia byłych funkcjonariuszy Berkutu do białoruskich sił bezpieczeństwa.
+W marcu 2021 roku został zatrzymany przez funkcjonariuszy KGB pod zarzutem „ingerencji w działalność policji”. Przeszukania przeprowadzono w jego mieszkaniu, mieszkaniu jego matki i mieszkaniu jego 95-letniej babci. W 2022 roku okazało się, że oskarżono go również o współpracę z ukraińskim wywiadem.
+We wrześniu 2022 r. Denis został skazany na podstawie artykułów o „zdradzie stanu” i „ingerencji w działalność funkcjonariusza służb wewnętrznych”, ale ten ostatni zarzut został później zastąpiony zarzutem „nielegalnego gromadzenia lub rozpowszechniania danych dotyczących życia osobistego”.
+W czerwcu 2023 r. został przeniesiony do więzienia o zaostrzonym rygorze, nie informując o tym rodziny ani prawnika.
+W kwietniu 2024 roku więźniowi politycznemu odebrano przesyłki, a wysyłanie witamin wymaga teraz zgody lekarza więziennego.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.09.2022: 13 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary, 18000 ruble odszkodowania. Apelacja 20.12.2022: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Денис Валентинович Сальманович</t>
-[...32 lines deleted...]
-    <t>Решение суда 22.12.2021: 20 лет лишения свободы в колонии в условиях строгого режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 23.03.2023: 11 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 06.06.2023: приговор оставлен без изменения. Решение суда 25.09.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.11.2024: приговор оставлен без изменения. Решение суда 19.05.2025: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Nikita Alexandrovich Grushevsky</t>
+  </si>
+  <si>
+    <t>7 czerwca 2000</t>
+  </si>
+  <si>
+    <t>Nikita Gruszewski ukończył studia na Uniwersytecie Technicznym w Suchoj-Homelu w 2022 roku. Pracował w systemie zmianowym w Rosji.
+Według informacji, którymi dysponują obrońcy praw człowieka , Nikita Gruszewski wyraził swoje poglądy, w tym na temat osób obecnie nielegalnie sprawujących władzę na Białorusi, w komentarzach online na portalach społecznościowych.
+Został skazany m.in. za przynależność do pewnej społeczności, którą reżim uznał za „formację ekstremistyczną”.
+Proces Nikity Gruszewskiego odbył się za zamkniętymi drzwiami.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-09-30 14:51:32</t>
+  </si>
+  <si>
+    <t>Sergey Alexandrovich Romanov</t>
+  </si>
+  <si>
+    <t>7 czerwca 1994</t>
+  </si>
+  <si>
+    <t>Aktywista anarchistyczny został zatrzymany podczas przekraczania granicy białoruskiej w nocy z 28 na 29 października 2020 roku i oskarżony o „podpalenie” i „terroryzm”. Wcześniej odbywał karę pięciu lat pozbawienia wolności na podstawie artykułu 295-3 Kodeksu karnego Republiki Białorusi i został zwolniony w 2019 roku.
+29 października 2021 roku w Homlu Siergiej został skazany na rok więzienia za „naruszenie warunków nadzoru” na podstawie wcześniejszego artykułu politycznego. W marcu 2023 roku i wrześniu 2024 roku został dwukrotnie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji kolonii karnej”. Artykuł ten służy do osądzenia więźniów odmawiających współpracy z administracją za fikcyjne naruszenia. W rezultacie łączny wyrok wyniósł 22 lata i 11 miesięcy.
+Jesienią 2025 roku okazało się , że Siergiej Romanow niedawno trafił do szpitala na operację. Operacja była zaplanowana i przebiegła bez komplikacji. Wkrótce miał zostać przeniesiony z powrotem do kolonii karnej.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2021: 20 lata więzienia w kolonii o zaostrzonym rygorze, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 23.03.2023: 11 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 06.06.2023: wyrok został podtrzymany. Decyzja sądu 25.09.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.11.2024: wyrok został podtrzymany. Decyzja sądu 19.05.2025: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:05</t>
   </si>
   <si>
-    <t>Никита Александрович Грушевский</t>
-[...42 lines deleted...]
-    <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
+    <t>Irina Alekseevna Savritskaya</t>
+  </si>
+  <si>
+    <t>8 czerwca 1966</t>
+  </si>
+  <si>
+    <t>Irina pracowała jako specjalistka ds. sprzedaży, a następnie jako menedżerka w firmie Anastan. Została skazana wraz z córką i mężem.
+Sprawa karna została zainicjowana filmem, który rodzina nagrała latem 2020 roku, wzywając do zaprzestania przemocy. Mąż Giennadij zeznał w sądzie, że pewnego dnia latem 2020 roku, poruszony informacjami, które zobaczył w internecie na temat przemocy stosowanej przez funkcjonariuszy wobec protestujących, postanowił nagrać film, w którym zwrócił się do funkcjonariuszy z wezwaniem do uzasadnionego użycia siły. Wymyślił tekst przemówienia, a następnie poprosił córkę o jego odczytanie. Poprosił również żonę o zabranie głosu w sprawie wyborów. Tego samego dnia na nagraniu wideo wyraził swoje życzenia dotyczące przyszłości kraju, a na końcu przemówienia pokazał również symbol serca. Następnie znalazł filmy w internecie i zmontował je. Tego samego dnia wysłał je kilku swoim znajomym i krewnym.</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>София Ивановна Бачуринская</t>
-[...27 lines deleted...]
-    <t>Решение суда 06.04.2022: 9 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 12.05.2023: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 10.09.2024: неизвестно лет тюремного режима.</t>
+    <t>Ivan Vladimirovich Kotov</t>
+  </si>
+  <si>
+    <t>9 czerwca 1998</t>
+  </si>
+  <si>
+    <t>Oskarżenie opiera się na komentarzach , które Kotow miał zostawiać w tzw. ekstremistycznych kanałach Telegram przez półtora miesiąca po wyborach prezydenckich w 2020 roku. Wydaje się, że tam śledczy reżimu Łukaszenki znaleźli wszystkie zbrodnie z wymienionych artykułów.
+Wiadomo też, że po wyborach prezydenckich w 2020 roku Ivan był dwukrotnie zatrzymywany. Po raz pierwszy bezpośrednio po 9 sierpnia. Drugi raz siły bezpieczeństwa Łukaszenki zajęły Kotow w połowie lutego 2021 r. Następnie milicja zatrzymała 68 osób we wsi Sokół, powiat smolewicki - uczestników i widzów koncertu zespołów „Złamane serce chłopca”</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.02.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 30.06.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-12-09 19:10:12</t>
+  </si>
+  <si>
+    <t>Maхim Mikhailovich Matyrko</t>
+  </si>
+  <si>
+    <t>9 czerwca 1977</t>
+  </si>
+  <si>
+    <t>Obywatel Federacji Rosyjskiej, od 16 lat mieszka w Mińsku.
+Według prorządowych kanałów został zatrzymany za udział w protestach w 2020 roku.
+Skazany za udział w protestach i podpalenie samochodu (dokładne dane dotyczące zarzutu nie są znane).
+Okazało się, że Maxim był sądzony 12 maja 2023 r. Na podstawie części 2 art. 411 Kodeksu karnego. Wyrok nie jest znany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.04.2022: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 12.05.2023: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 10.09.2024: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Иван Владимирович Котов</t>
-[...28 lines deleted...]
-    <t>Решение суда дата неизвестна: 3 года ограничения свободы без направления. Апелляция дата неизвестна: приговор оставлен без изменения. Решение суда 23.11.2021: 3 года ограничения свободы с направлением в учреждение открытого типа. Решение суда 23.12.2022: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
+    <t>Jaroslav Petrovich Sakovich</t>
+  </si>
+  <si>
+    <t>9 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Według śledczych został zatrzymany za przekazywanie danych Siłom Zbrojnym Ukrainy. Ukraińska żona. Mieszkała na Ukrainie, wróciła na Białoruś w 2021 roku z powodu choroby rodziców. Został zatrzymany przez KGB, torturowany przez całą noc, aby przyznał się, że walczył wcześniej na Ukrainie, zadzwoniono do jego żony i obiecano wysłać mu głowę. Następnie Jarosław został zwolniony. Rok później został ponownie zatrzymany, a obecnie przebywa w Areszcie Śledczym.
+4 maja 2023 r. został skazany na podstawie dwóch artykułów (370 i 295 k.k.) na 2 lata więzienia; po proteście prokuratora wymiar kary został podwojony. Przebywa w areszcie śledczym, ponieważ... Wszczęto dwie kolejne sprawy karne. Jest oskarżony o zdradę stanu (część 1 art. 356 kodeksu karnego) za „przekazywanie danych Siłom Zbrojnym Ukrainy”.
+Latem 2024 roku wyszło na jaw, że Jarosław ponownie został przeniesiony do Aresztu Śledczego nr 1.</t>
+  </si>
+  <si>
+    <t>11 lat więzienia w kolonii.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
+  </si>
+  <si>
+    <t>Pavel Churkin</t>
+  </si>
+  <si>
+    <t>9 czerwca 1987</t>
+  </si>
+  <si>
+    <t>mieszkaniec Mohylewa, skazany za znieważenie Łukaszenki.
+W dniu 24 maja 2022 r. został zwolniony po odbyciu w całości kary orzeczonej przez sąd.
+Paweł Czurkin został ponownie zatrzymany wiosną 2024 r. w związku z podejrzeniem współpracy z Głównym Zarządem Wywiadu Ministerstwa Obrony Ukrainy. Mówiono o tym w programie „Wszystko na swoim miejscu” w państwowej telewizji „BIAŁORUŚ 4 Mohylew”.
+Podczas aresztowania Czurkin powiedział przed kamerą, że filmował rozmieszczenie Iskanderów , aby później przekazać materiał Ukraińskim Siłom Zbrojnym. Zadanie to powierzono Białorusinowi przez Główny Zarząd Wywiadu Ministerstwa Obrony Ukrainy.
+Aby potwierdzić, że Czurkin został zwerbowany przez ukraiński wywiad, autorzy artykułu pokazują wideo, na którym mężczyzna przed kamerą czyta coś podobnego do tekstu przysięgi złożonej Ukrainie.
+Prowadzący program twierdzi, że Czurkin jest obecnie podejrzany o zdradę stanu (art. 356 kodeksu karnego).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.05.2021: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 19.12.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
+  </si>
+  <si>
+    <t>Yuri Mikhailovich Polyukhovich</t>
+  </si>
+  <si>
+    <t>9 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Jurij został początkowo skazany na trzy lata aresztu domowego, a następnie, w listopadzie 2021 roku, na trzy lata ograniczonej wolności i osadzenie w otwartym zakładzie karnym. W obu sprawach postawiono mu zarzuty znieważenia urzędników państwowych.
+W 2022 roku wszczęto przeciwko niemu trzecie postępowanie karne z tytułu „przemocy lub groźby użycia przemocy wobec funkcjonariusza policji”, „znieważenia urzędnika państwowego” oraz „znieważenia sędziego”. W grudniu tego samego roku Jurij został skazany na pięć lat ograniczenia wolności z odroczonym terminem wykonania kary.</t>
+  </si>
+  <si>
+    <t>IUOT-21, 247783 obwód homelski, Mozyrz, ur. Yunosti, 24</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Apelacja data nieznana: wyrok został podtrzymany. Decyzja sądu 23.11.2021: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Decyzja sądu 23.12.2022: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 24.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-01-30 21:53:18</t>
   </si>
   <si>
-    <t>Павел Николаевич Чуркин</t>
-[...45 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+    <t>Victor Turchenik</t>
+  </si>
+  <si>
+    <t>10 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
+  </si>
+  <si>
+    <t>Vladislav Dmitrievich Pudyak</t>
+  </si>
+  <si>
+    <t>10 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Kierownik warsztatu Gomselmash.
+W dniu 8 września 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.09.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
+  </si>
+  <si>
+    <t>Yuri Aleksandrovich Moiseenko</t>
+  </si>
+  <si>
+    <t>10 czerwca 1998</t>
+  </si>
+  <si>
+    <t>W dniu 17 kwietnia 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Денис Сергеевич Сидорок</t>
-[...9 lines deleted...]
-    <t>5 лет лишения свободы в колонии общего режима</t>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 czerwca 2003</t>
+  </si>
+  <si>
+    <t>Danila jest studentką Państwowego Uniwersytetu Franciska Skaryny Homel. 18 października 2024 r. sąd rejonowy w Homlu skazał go i jego matkę Jelenę Czibisową na podstawie art. 2 ust. 2 ustawy z dnia 10 października 2024 r. 19.11 Kodeksu wykroczeń (gwałt, rozpowszechnianie materiałów o charakterze ekstremistycznym). Wynik tej rozprawy sądowej nie jest znany. Następnie wszczęto postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 czerwca 1978</t>
+  </si>
+  <si>
+    <t>W dniu 31 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.03.2024: 2 roku 8 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 31.05.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Denis Sergeevich Sidorok</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie zatrzymany za udział w protestach w 2020 r.
+W dniu 14 marca 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii o og&amp;oacute;lnym reżimie</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Виктор Турченик</t>
-[...64 lines deleted...]
-    <t>3 года лишения свободы в колонии</t>
+    <t>Olga Petrovna Voitekhovich</t>
+  </si>
+  <si>
+    <t>12 czerwca 1974</t>
+  </si>
+  <si>
+    <t>Olga została zatrzymana w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu” i skazana w czerwcu 2023 r. na podstawie kilku artykułów karnych.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Balabanovich</t>
+  </si>
+  <si>
+    <t>12 czerwca 1975</t>
+  </si>
+  <si>
+    <t>biznesmen, współzałożyciel firmy Industrial Kinetic Lab, produkującej urządzenia do obróbki kamienia. Jest także byłym dyrektorem działu bezpieczeństwa w grupie spółek Belagro. Do niedawna był dyrektorem firmy Molpak zajmującej się hurtowym handlem mlekiem. Pod koniec stycznia 2024 roku biznesmen znalazł się w gronie organizatorów „formacji ekstremistycznej Trielit”. To jest pogawędka spółki zarządzającej nowymi budynkami w Mińsku, domami przy ulicy Bogdanowicza 126, 128 i 130.
+W dniu 23 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2024-04-24 23:34:57</t>
   </si>
   <si>
-    <t>Ольга Петровна Войтехович</t>
-[...27 lines deleted...]
-    <t>Решение суда 31.10.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа.</t>
+    <t>Vladimir Ivanovich Zhuravko</t>
+  </si>
+  <si>
+    <t>13 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Były operator warsztatu GPU „Amoniak-3”. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
+Władimir został umieszczony w areszcie śledczym KGB, a następnie przeniesiony do aresztu śledczego nr 3.
+9 listopada 2022 r. Sąd Okręgowy w Homlu rozpoczął rozpatrywanie „sprawy Rabochaga Ruhu”, w którą zamieszanych jest dziesięciu więźniów politycznych. Drugiego dnia procesu wszyscy oskarżeni w tej sprawie złożyli przed sądem, że nie przyznali się do winy za zdradę stanu i utworzenie grupy ekstremistycznej. Wszyscy oskarżeni w „sprawie Rabochaga Ruhu” odmówili składania zeznań na rozprawie. 27 grudnia proces zamknięto do czasu ogłoszenia wyroku, choć wcześniej toczył się on jawnie.
+16 listopada 2023 r. reżim Władimira został zmieniony na więzienie i zostanie on przeniesiony do więzienia nr 4 w Mohylewie.</t>
+  </si>
+  <si>
+    <t>15 lat w kolonii pod zaostrzonym reżimem</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:51:26</t>
+  </si>
+  <si>
+    <t>Sergey Andreevich Batura</t>
+  </si>
+  <si>
+    <t>13 czerwca 2001</t>
+  </si>
+  <si>
+    <t>Został zatrzymany w ramach postępowania karnego 9 listopada 2021 r. za udział w protestach. Najpierw został umieszczony w areszcie śledczym KGB, następnie przeniesiony do Aresztu Śledczego-1.
+Oskarżono go także o przyjmowanie z zagranicy pałek teleskopowych, paralizatorów i innych środków.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.07.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Chabotko</t>
+  </si>
+  <si>
+    <t>13 czerwca 1983</t>
+  </si>
+  <si>
+    <t>Właściciel popularnej strony internetowej s13.ru. 25 października Siergiej był sądzony za „rozpowszechnianie materiałów ekstremistycznych”. W wyniku kontroli nałożono także 15-dniowy areszt administracyjny. Tego dnia okazało się, że sąd na wniosek prokuratora miasta Grodno uznał istniejącą niemal dwie dekady stronę internetową s13.ru za „materiały ekstremistyczne” . Już po pierwszym uwięzieniu Siergiej został oskarżony o „naruszenie porządku organizowania lub przeprowadzania imprez masowych”. Sprawę administracyjną rozpatrzył w środę Leniński Sąd Rejonowy, a sędzia Natalia Gorbach przyznała kolejne 15 dni.
+W rezultacie Siergiej Czabotko był trzykrotnie sądzony za rozpowszechnianie materiałów ekstremistycznych i „pikietowanie” w Internecie.
+Siergiej nie został zwolniony nawet po 45 dniach aresztu administracyjnego. Prawdopodobnie mężczyzna trafił do aresztu.
+Portal s13.ru uznał białoruskie KGB za „ formację ekstremistyczną ”, więc sprawa Siergieja prawdopodobnie jest z tym związana.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.10.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
-    <t>Дмитрий Владимирович Сосновский</t>
-[...10 lines deleted...]
-    <t>Решение суда 05.12.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+    <t>Dmitry Vladimirovich Sosnovsky</t>
+  </si>
+  <si>
+    <t>13 czerwca 1990</t>
+  </si>
+  <si>
+    <t>Dmitrij został aresztowany w lipcu 2021 roku w związku ze sprawą karną dotyczącą próby zabójstwa propagandysty Grigorija Azarienoka na podstawie artykułu „Akt terrorystyczny”. Według prokuratury, dopuścił się on „umyślnych działań mających na celu przygotowanie aktu terrorystycznego przeciwko Azarenkowi”. Rozważano różne opcje, w tym przymusowe zmuszenie go do nagrania wiadomości wideo.
+Dmitrij był jedynym oskarżonym w tej sprawie, który nie przyznał się do winy. Podczas rozprawy zeznał, że został wciągnięty w przestępstwo podczas eksperymentu śledczego. Twierdził, że po aresztowaniu był poddawany przemocy i torturom, zmuszony do podpisania zeznań. Podczas przesłuchania doznał poważnych obrażeń rąk, które uniemożliwiają mu obecnie pracę w pełnym wymiarze godzin. Na pierwszej rozprawie oświadczył również, że chce zrzec się obywatelstwa białoruskiego, ponieważ „nie ma żadnych powiązań z terroryzmem”.
+W grudniu 2022 r. Dmitrij został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.12.2022: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Елена Геннадьевна Рудая</t>
-[...8 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.07.2025: неизвестно.</t>
+    <t>Roman Olegovich Tsygankov</t>
+  </si>
+  <si>
+    <t>13 czerwca 1994</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w protestach w 2020 r.
+W dniu 20 października 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.08.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.10.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
+    <t>Elena Gennadievna Rudaya</t>
+  </si>
+  <si>
+    <t>13 czerwca 1969</t>
+  </si>
+  <si>
+    <t>Pulmonolog z 30-letnim doświadczeniem. Pracował w 10. szpitalu w Mińsku (1992-2022), kierował oddziałem.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.07.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-07-27 21:00:10</t>
   </si>
   <si>
-    <t>Роман Олегович Цыганков</t>
-[...55 lines deleted...]
-    <t xml:space="preserve">Сергей, системный администратор в сфере локальных сетей и видеонаблюдения, был задержан 2 октября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
+    <t>Sergey Romualdovich Plonis</t>
+  </si>
+  <si>
+    <t>14 czerwca 1973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siergiej, administrator systemu w zakresie sieci lokalnych i monitoringu wideo, został zatrzymany 2 października 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach Telegramu, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
 </t>
   </si>
   <si>
-    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
-    <t>Антон Владимирович Денейко</t>
-[...2 lines deleted...]
-    <t>14 июня 1991</t>
+    <t>Artem Igorevich Kosakovsky</t>
+  </si>
+  <si>
+    <t>14 czerwca 1998</t>
+  </si>
+  <si>
+    <t>Artem pracował jako optyk w zakładzie Lida Optik. Kształcił się w Liceum Fizyczno-Matematycznym w Grodnie i Politechnice Lidzkiej. Zatrzymany 27 września 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach telegramowych, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
+W maju 2022 r. Artem został ponownie skazany za udział w protestach, które odbyły się w 2020 r. w Lidzie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Decyzja sądu 23.05.2022: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:42:59</t>
+  </si>
+  <si>
+    <t>Anton Vladimirovich Deneyko</t>
+  </si>
+  <si>
+    <t>14 czerwca 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
-    <t>Артём Игоревич Косаковский</t>
-[...21 lines deleted...]
-    <t>Была задержана в марте 2025 года в рамках уголовного дела, связанного с "экстремистской деятельностью".</t>
+    <t>Alexey Vladimirovich Kuzmin</t>
+  </si>
+  <si>
+    <t>15 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Kierownik działu rozliczeń wstępnych i taryfikacji MTS.
+Z materiałów śledczych wynika, że Kuźmin miał dostęp do danych osobowych klientów MTS i od 9 sierpnia 2020 r. do 8 kwietnia 2021 r. „wyciekł” je do kanałów telegramowych „Czarna Księga Białorusi”, „Punisher Białorusi” i „Wszyscy Naruszenia!”
+Ofiar było 57 – siły bezpieczeństwa, propagandyści, urzędnicy, sędziowie, prokuratorzy i członkowie ich rodzin. Ponadto w toku śledztwa ustalono, że „wspólne działania Kuźmina z innymi osobami” spowodowały zakłócenia w pracy transportu i przedsiębiorstw „wyrządzając Mińsktrans szkody na kwotę nieco ponad 22 500 rubli”.
+Wśród ofiar jest w szczególności pracownik SB. Białoruś dzisiaj” Ludmiła Gładkaja , a także członkini Białoruskiej Partii Komunistycznej i zastępca Siergiej Kliszewicz .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.09.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-10-28 13:12:30</t>
+  </si>
+  <si>
+    <t>Valery Tadeushevich Viskirsky</t>
+  </si>
+  <si>
+    <t>15 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Pierwotnym powodem zatrzymania była dystrybucja materiałów ekstremistycznych w ramach sprawy administracyjnej o podłożu politycznym.
+W trakcie zatrzymania mężczyzna usłyszał zarzuty w sprawie karnej za liczne polubienia w Odnoklassnikach.
+W dniu 4 lipca 2023 roku odwołanie zostało rozpatrzone. poprzednia umowa weszła w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.03.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.07.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
+  </si>
+  <si>
+    <t>Elena Valerievna Dobysh</t>
+  </si>
+  <si>
+    <t>15 czerwca 1981</t>
+  </si>
+  <si>
+    <t>Została zatrzymana w marcu 2025 r. w związku ze sprawą karną związaną z „działalnością ekstremistyczną”.</t>
   </si>
   <si>
     <t>2025-03-27 00:27:54</t>
   </si>
   <si>
-    <t>Алексей Владимирович Кузьмин</t>
-[...61 lines deleted...]
-    <t>15 июня 1978</t>
+    <t>Olga Prokopchik</t>
+  </si>
+  <si>
+    <t>15 czerwca 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Евгений Александрович Краснянский</t>
-[...12 lines deleted...]
-    <t>Решение суда 08.08.2025: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 595 базовых величин штрафа.</t>
+    <t>Sergey Mikhailovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>16 czerwca 1982</t>
+  </si>
+  <si>
+    <t>Administrator kanału telegramowego „Armia z Ludem” i mąż więźniarki politycznej Antoniny Konovalowej został zatrzymany 2 października 2020 r. i skazany za „przygotowanie do udziału w masowych zamieszkach”.
+W styczniu 2023 r. Siergiej został ponownie skazany za „złośliwe nieposłuszeństwo wobec wymogów administracji zakładu karnego”.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.05.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.07.2021: wyrok został podtrzymany. Decyzja sądu 26.01.2023: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:55:40</t>
+  </si>
+  <si>
+    <t>Eugene Alexandrovich Krasnyansky</t>
+  </si>
+  <si>
+    <t>43-letni Jewgienij został skazany za prowadzenie badań socjologicznych na temat COVID-19 na Białorusi.
+Wcześniej Komitet Śledczy ujawnił szczegóły postępowania karnego przeciwko Krasniańskiemu. Agencja twierdziła, że mężczyzna przygotował dla jednej z zagranicznych organizacji badanie zawierające „celowo fałszywe informacje na temat polityki zdrowotnej kraju w zakresie środków podjętych w celu zwalczania zakażeń koronawirusem”. Wiadomo , że wraz z Jewgienijem Krasniańskim zatrzymano dwie kobiety: mieszkanki Mińska w wieku 37 i 43 lat. Miały one przeprowadzić badanie socjologiczne dotyczące obecności korzyści dla obywateli w rozwoju kraju poprzez integrację z państwami Unii Europejskiej. Aby osiągnąć pożądany rezultat, kobiety rzekomo przeprowadziły wywiady z przedstawicielami grupy fokusowej, którzy mieli „celowo negatywny stosunek do istniejącego systemu politycznego i porządku konstytucyjnego w państwie”. Wyroki skazujące kobiety nie są znane.</t>
+  </si>
+  <si>
+    <t>SIZO-6, ul. Baranowicze Brestskaja 258 V, 225413</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.08.2025: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 595 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
-    <t>Павел Сергеевич Кабарчук</t>
-[...10 lines deleted...]
-    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+    <t>Pavel Sergeevich Kabarchuk</t>
+  </si>
+  <si>
+    <t>16 czerwca 1993</t>
+  </si>
+  <si>
+    <t>15 lutego 2024 roku w rejonie lelczyckim obwodu homelskiego, na granicy z Ukrainą, wprowadzono reżim „operacji antyterrorystycznej”. Ludność wezwano do „zachowania spokoju i podporządkowania się żądaniom funkcjonariuszy organów ścigania”. KGB twierdzi, że zatrzymało członków „grupy sabotażowo-rozpoznawczej”, w skład której wchodzili obywatele Ukrainy i Białorusi. Wśród zatrzymanych znaleźli się obywatele Ukrainy, ojciec i syn Siergiej i Paweł Kabarczukowie. Siergiej Kabarczukowie, urodzony w 1963 roku, pochodzą z rejonu kowelskiego na Wołyniu. Ojciec i syn zostali zatrzymani w lutym 2024 roku w rejonie lelczyckim. Znaleziono przy nich „materiały wybuchowe i inne środki rażenia”. KGB „ustaliło” , że materiały wybuchowe były przeznaczone do ataków terrorystycznych na Białorusi i w Rosji, a „infiltracja grupy” została zorganizowana przez Służbę Bezpieczeństwa Ukrainy.
+Jednocześnie zatrzymano również mieszkańca Brześcia Witalija Własiuka, urodzonego w 1970 roku. Oskarżono go o przemyt (art. 228 cz. 3 Kodeksu karnego).
+Był torturowany w areszcie śledczym KGB. Po aresztowaniu, przez kilka dni przetrzymywano go w areszcie śledczym KGB bez jedzenia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.10.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Екатерина Александровна Мендрик</t>
-[...43 lines deleted...]
-    <t>Решение суда 19.05.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Alexey Sergeevich Borodko</t>
+  </si>
+  <si>
+    <t>17 czerwca 1998</t>
+  </si>
+  <si>
+    <t>Prawnik został zatrzymany pod koniec stycznia i przebywa w Areszcie Śledczym nr 1 przy ulicy Wołodarskiej. Po zatrzymaniu profil prawnika został usunięty ze strony internetowej Republikańskiej Izby Adwokackiej. Później okazało się, że 21 kwietnia 2023 roku cofnięto mu licencję.
+W dniu 8 września 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.05.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
-    <t>Андрей Сергеевич Раптунович</t>
-[...10 lines deleted...]
-    <t>Решение суда 14.11.2022: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2023: неизвестно.</t>
+    <t>Andrey Sergeevich Raptunovich</t>
+  </si>
+  <si>
+    <t>18 czerwca 2002</t>
+  </si>
+  <si>
+    <t>Pracuje w centrum oświaty „Majak”, prowadził koło artystyczne. Prorządowe kanały telegramowe donosiły, że miał jechać na Ukrainę i dołączyć do batalionu Kalinowskiego. Zatrzymany za rejestrację w chatbocie Peramoga.
+Wychowywał się w rodzinnym domu dziecka.
+Proces odbył się za zamkniętymi drzwiami, więc szczegóły posiedzenia sądu i pozycja więźnia politycznego w sprawie nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-06-20 16:01:58</t>
   </si>
   <si>
-    <t>Владимир Михайлович Морозов</t>
-[...9 lines deleted...]
-    <t>Решение суда 15.11.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.01.2024: неизвестно.</t>
+    <t>Dmitry Petrovich Morozov</t>
+  </si>
+  <si>
+    <t>19 czerwca 1972</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.11.2023: nieznany. Apelacja 14.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-02-07 14:50:08</t>
+  </si>
+  <si>
+    <t>Vladimir Mikhailovich Morozov</t>
+  </si>
+  <si>
+    <t>19 czerwca 1980</t>
+  </si>
+  <si>
+    <t>Najprawdopodobniej został zatrzymany 26 stycznia 2023 r. w związku z dystrybucją, produkcją, przechowywaniem i transportem produktów informacyjnych zawierających nawoływania do działań ekstremistycznych lub promujących takie działania. Po czym wszczęto sprawę karną na podstawie wielu artykułów. Przed procesem rzekomo przebywał w więzieniu w Żodino.
+W dniu 26 stycznia 2024 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.11.2023: 9 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.01.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Сергей Владимирович Тулинов</t>
-[...29 lines deleted...]
-    <t>Находится под стражей по обвинению по "экстремистской" статье. Подробности дела неизвестны.</t>
+    <t>Natalia Leonidovna Novitskaya</t>
+  </si>
+  <si>
+    <t>20 czerwca 1972</t>
+  </si>
+  <si>
+    <t>Przebywa w areszcie pod zarzutem „ekstremizmu”. Szczegóły sprawy nie są znane.</t>
   </si>
   <si>
     <t>2025-08-02 11:50:43</t>
   </si>
   <si>
-    <t>Глеб Олегович Дудко</t>
-[...12 lines deleted...]
-    <t>Решение суда 09.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: приговор оставлен без изменения.</t>
+    <t>Gleb Olegovych Dudko</t>
+  </si>
+  <si>
+    <t>20 czerwca 1988</t>
+  </si>
+  <si>
+    <t>Gleb Dudko znany jest w środowisku muzycznym nie tylko Homla, ale także daleko poza jego granicami. Łącząc swoje talenty jako muzyk i programista założył co najmniej dwa muzyczne startupy IT.
+Ojciec Gleba, Oleg Dudko, jest znanym śpiewakiem operowym w Homlu i byłym solistą Filharmonii.
+W 2018 roku Gleb wraz z programistą Maximem Grinevichem uruchomił projekt ConcertMaster. Ideą projektu jest stworzenie programu , który mógłby automatycznie towarzyszyć wokalistom .
+Gleb został zatrzymany w marcu 2024 r. w Dobruszu i skazany na areszt za „rozpowszechnianie materiałów ekstremistycznych ”. Następnie mężczyzna został przewieziony do Aresztu Śledczego.
+Z publikacji Gleba Dudki na portalach społecznościowych można wywnioskować, że w 2022 roku potępiał on agresję militarną na Ukrainę. Nie wiadomo, co dokładnie stało się podstawą prześladowań politycznych mieszkańca Homla.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
-    <t>Валентина Владимировна Полоз</t>
-[...9 lines deleted...]
-    <t>Решение суда 02.12.2024: 9 лет лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
+    <t>Valentina Vladimirovna Poloz</t>
+  </si>
+  <si>
+    <t>21 czerwca 1974</t>
+  </si>
+  <si>
+    <t>W filmie propagandowym z 11 września 2023 r. Komitet Bezpieczeństwa Państwa poinformował , że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzy osoby, w tym Walentina, zostały oskarżone na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
+Według prorządowych mediów Walentyna wraz z Nikołajem Łosowskim zabrali paczkę zawierającą broń i materiały wybuchowe, które należało zakopać w rejonie Mozyrza. Nie zdążyli dokończyć zadania, gdyż zostali zatrzymani.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.12.2024: 9 lata więzienia w kolonii na warunkach ogólnych, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Николай Александрович Лис</t>
-[...21 lines deleted...]
-    <t>Решение суда 21.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2023: приговор оставлен без изменения.</t>
+    <t>Margarita Alexandrovna Shchirets</t>
+  </si>
+  <si>
+    <t>22 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Pracowała jako kontroler w zakładzie Sfera, który jest częścią holdingu BelOMO.
+Margarita od dawna jest członkinią Liberalno-Demokratycznej Partii Białorusi. W wyborach prezydenckich w 2010 roku była w grupie inicjatywnej Siergieja Gajdukiewicza, a w 2014 roku kandydowała z ramienia tej partii do Rady Deputowanych Miasta Mińska – oczywiście przegrała. Od tego czasu nie pojawiała się już publicznie.
+Została rzekomo zatrzymana za swoje komentarze. Sądząc po zdjęciach w mediach społecznościowych, kobieta ma dziecko.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-15 13:04:05</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Sidorenko</t>
+  </si>
+  <si>
+    <t>22 czerwca 1973</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-20 19:38:36</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Boyko</t>
+  </si>
+  <si>
+    <t>22 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Obywatel Ukrainy. Od 8 do 21 czerwca 2023 r. sprawę rozpatrywał za zamkniętymi drzwiami sędzia Anatolij Sotnikow.
+W dniu 29 sierpnia 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Виталий Викторович Краснов</t>
-[...5 lines deleted...]
-    <t>01.03.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+    <t>Natalia Vasilevna Levaya</t>
+  </si>
+  <si>
+    <t>38-letni ilustrator. Zrezygnowała z pracy w PL w dużej firmie IT. Koledzy w szoku próbowali mnie odwieść – zdecydowałem się wrócić do domu. Powiedziała , że ma już zaświadczenie z KGB o wielokrotności darowizny za rok 2020. Mam dość bycia bez domu. Zatrzymany na granicy. Według wersji oskarżenia, którą przedstawiła służba prasowa Prokuratury Generalnej, Natalya Levaya w latach 2021–2022 przekazała środki pieniężne i kryptowaluty na łączną kwotę co najmniej czterech tysięcy czterystu rubli (dziś jest to około 1275 euro). został ukarany grzywną w wysokości 1000 podstawowych jednostek – prawie tyle samo, ile Natalia przekazała na rzecz inicjatyw i funduszy. Właśnie takiej kary żądała prokuratura na rozprawie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.07.2024: 6 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 04.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:08:39</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Krasnov</t>
+  </si>
+  <si>
+    <t>22 czerwca 1987</t>
+  </si>
+  <si>
+    <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
-    <t>Дмитрий Николаевич Сидоренко</t>
-[...50 lines deleted...]
-    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно.</t>
+    <t>Alexander Evgenievich Duleba</t>
+  </si>
+  <si>
+    <t>23 czerwca 1988</t>
+  </si>
+  <si>
+    <t>2025-08-26 22:21:40</t>
+  </si>
+  <si>
+    <t>Denis Mikhailovich Urad</t>
+  </si>
+  <si>
+    <t>23 czerwca 1991</t>
+  </si>
+  <si>
+    <t>Denis, oficer łączności specjalnej Sztabu Generalnego Sił Zbrojnych, został zatrzymany w marcu 2021 r. i skazany, według prorządowych mediów, za sfotografowanie tajnego listu ministra spraw wewnętrznych do ministra obrony i „przekazanie go do polskiego kanału Telegram”.
+Rozprawa odbyła się za zamkniętymi drzwiami, a od wyroku nie przysługiwała apelacja ani możliwość jego przeglądu. Oprócz wieloletniego wyroku więzienia, Denisowi odebrano także stopień wojskowy.
+W sierpniu 2022 r. zaostrzono mu karę i przeniesiono go do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.05.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, ograniczenie służby wojskowej. Sąd zmiany reżimu 22.08.2022: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-04-29 19:09:37</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Evdokimenko</t>
+  </si>
+  <si>
+    <t>23 czerwca 1987</t>
+  </si>
+  <si>
+    <t>Jak wynika z komunikatu prasowego Sądu w Brzestoblu, Jewdokimence postawiono zarzut, że od sierpnia do grudnia 2020 r. przekazywał „dane osobowe i inne dane osobowe pracowników organów spraw wewnętrznych w celu publicznego rozpowszechniania w Internecie”. Jednocześnie pobierałem dane z baz danych, do których miałem dostęp w pracy. Prawdopodobnie pracował w Brześciu WIT.
+W dniu 10 października 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.07.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Pogerilo</t>
+  </si>
+  <si>
+    <t>Były mechanik warsztatu „Amoniak-3”.
+9 listopada 2022 roku Sąd Obwodowy w Homelu rozpoczął rozprawę w sprawie „Raboczag Ruch”, w której oskarżonych jest dziesięciu więźniów politycznych. Drugiego dnia procesu wszyscy oskarżeni nie przyznali się do zdrady stanu i utworzenia grupy ekstremistycznej . Andriej Pogeriło przyznał się jedynie do zarzutu zniesławienia. Wszyscy oskarżeni w sprawie „Raboczag Ruch” odmówili składania zeznań. 27 grudnia rozprawa została zamknięta do czasu wydania wyroku, mimo że wcześniej była jawna.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
   </si>
   <si>
-    <t>Денис Михайлович Урад</t>
-[...48 lines deleted...]
-    <t>5 лет лишения свободы в колонии.</t>
+    <t>Tatiana Nikolaevna Karpovich</t>
+  </si>
+  <si>
+    <t>24 czerwca 1997</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Witebska. Dziewczyna usłyszała zarzut z art. 130 kk (podżeganie do nienawiści społecznej) za przekazanie danych funkcjonariuszy bezpieczeństwa, nauczycieli, sędziów na kanał telegramowy Czarnej Księgi Białorusi.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
-    <t>Тина Захаровна Палынская</t>
-[...8 lines deleted...]
-Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. </t>
+    <t>Tina Zakharovna Palynskaya</t>
+  </si>
+  <si>
+    <t>24 czerwca 1973</t>
+  </si>
+  <si>
+    <t>Dziennikarka, wyznawczyni katolicyzmu z Połocka. Tina od dawna nie zajmowała się dziennikarstwem, wychowała dwie córki, pracowała w archiwach, w tym rosyjskich, realizując prywatne zlecenia na tworzenie esejów biograficznych, książek rodzinnych, opowieści o uczestnikach II wojny światowej.
+Wcześniej, w 2022 r., dziennikarka została osądzona na podstawie artykułu administracyjnego i ukarana wysoką grzywną za żółte i niebieskie wstążki na swojej torbie. Komitet Śledczy przeprowadził zaś dochodzenie w sprawie jej wpisu na Facebooku i przeszukał dom dziennikarki.
+Od końca maja 2025 r. nie ma z nią kontaktu. Tina i jej najstarsza córka Margarita, 22 lata, są w areszcie w związku ze sprawą karną. Tina ma również młodszą, nieletnią córkę, ma 14 lat.
+Szczegóły zarzutów nie zostały oficjalnie ujawnione. Na podstawie dowodów poszlakowych można przypuszczać , że sprawa może mieć związek z decyzją KGB o uznaniu „Białoruskiej Pracowni Analitycznej” profesora Andrieja Wardomackiego za organizację ekstremistyczną. Organizacja ta przeprowadziła badania socjologiczne wśród obywateli Białorusi. W tej chwili nie ma potwierdzenia, że Tina lub jej córka rzeczywiście uczestniczyły w badaniach BAM. Ale nawet gdyby taki udział miał miejsce, nie naruszałoby to prawa: w momencie ewentualnego kontaktu z pracownią nie została ona jeszcze uznana za organizację ekstremistyczną.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
-    <t>Денис Николаевич Ворозов</t>
-[...9 lines deleted...]
-    <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Denis Nikolaevich Vorozov</t>
+  </si>
+  <si>
+    <t>25 czerwca 1981</t>
+  </si>
+  <si>
+    <t>Zatrzymany za wywieszanie flagi BBW i flagi Ukrainy w 19-piętrowym budynku przy ulicy Łesi Ukrainki.
+Po ich zatrzymaniu kanał w aplikacji mobilnej Zello, za pośrednictwem którego komunikowali się podczas akcji, został uznany za formację ekstremistyczną.</t>
+  </si>
+  <si>
+    <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
-    <t>Айрат Эрнестович Халиков</t>
-[...5 lines deleted...]
-    <t>Гражданин Российской Федерации, в Беларуси живет с 2019 года. Работал водителем на "Аліварыі". Задержан в мае 2025 года по "делу Гаюна"</t>
+    <t>Airat Ernestovich Khalikov</t>
+  </si>
+  <si>
+    <t>26 czerwca 1996</t>
+  </si>
+  <si>
+    <t>Obywatel Federacji Rosyjskiej, mieszka na Białorusi od 2019 roku. Pracował jako kierowca w firmie Alivaria. Został aresztowany w maju 2025 roku w związku ze sprawą Gayun.</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Игорь Петрович Христофоров</t>
-[...8 lines deleted...]
-    <t>6 лет лишения свободы в колонии</t>
+    <t>Igor Petrovich Khristoforov</t>
+  </si>
+  <si>
+    <t>26 czerwca 1973</t>
+  </si>
+  <si>
+    <t>W dniu 15 listopada 2022 roku odbyła się rozprawa Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2022-09-02 22:29:38</t>
   </si>
   <si>
-    <t>Владимир Юрьевич Исаев</t>
-[...9 lines deleted...]
-    <t>Решение суда 31.10.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: снятие всех обвинений. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Vladimir Yurievich Isaev</t>
+  </si>
+  <si>
+    <t>26 czerwca 1984</t>
+  </si>
+  <si>
+    <t>Jesienią 2022 roku został skazany na karę więzienia za „obrazę Łukaszenki”. Wynik jego apelacji nie jest znany.
+W czerwcu 2025 roku wyszło na jaw, że Władimir został zatrzymany. Trwa ustalanie szczegółów sprawy. Jesienią został skazany na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.10.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2023: oddalenie wszystkich zarzutów. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Николай Степанович Лосовский</t>
-[...9 lines deleted...]
-    <t>Решение суда 02.12.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
+    <t>Peter Filippovich Filipovich</t>
+  </si>
+  <si>
+    <t>27 czerwca 1953</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.12.2024: nieznany. Apelacja 18.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
+    <t>Nikolay Stepanovich Losovsky</t>
+  </si>
+  <si>
+    <t>27 czerwca 1966</t>
+  </si>
+  <si>
+    <t>W filmie propagandowym z 11 września 2023 r. Komitet Bezpieczeństwa Państwa poinformował , że zatrzymał na Białorusi sześć osób pod zarzutem współpracy ze „Służbą Bezpieczeństwa Ukrainy” i „przygotowaniem ataków terrorystycznych”. Na nagraniu część z nich wygląda na pobitą, część podczas czynności dochodzeniowych jest prowadzona w łańcuchach, jeden z zatrzymanych trafił do aresztu śledczego KGB. W rezultacie trzy osoby, w tym Mikołaj, zostały oskarżone na podstawie sześciu artykułów Kodeksu karnego, w tym „zdrady państwa” i „działalności tajnej”.
+Jak podają prorządowe media, Mikołaj na polecenie ukraińskich służb specjalnych sprawdzał skrytki, a także wykonywał za pieniądze inne zadania.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.12.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Алексей Александрович Герман</t>
-[...37 lines deleted...]
-    <t>Решение суда 25.03.2024: 10 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.06.2024: неизвестно.</t>
+    <t>Alexey Vasilievich Semenok</t>
+  </si>
+  <si>
+    <t>28 czerwca 1975</t>
+  </si>
+  <si>
+    <t>Wyrok wydano na podstawie komentarzy Aleksieja zamieszczonych w Internecie.
+Zaraz po przybyciu do kolonii Aleksiej Semenko został wrzucony do celi karnej – miejsca, w którym więźniowie byli torturowani w nieludzkich warunkach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.03.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-03-11 21:32:16</t>
+  </si>
+  <si>
+    <t>Yana Vitalievna Pinchuk</t>
+  </si>
+  <si>
+    <t>28 czerwca 1997</t>
+  </si>
+  <si>
+    <t>Zatrzymany 1 listopada 2021 r. w Petersburgu w związku z wydarzeniami na Białorusi. W Rosji pracowała jako kelnerka i mieszkała w dwóch krajach. Ostatni raz dziewczyna była w domu jakiś rok temu. Z ustaleń śledztwa wynika, że od września 2020 do listopada 2021 podejrzany zarządzał trzema kanałami telegramu. W maju 2022 r. rosyjski sąd odmówił przyznania Białorusince Janie Pinczuk tymczasowego azylu w Rosji.
+9 sierpnia 2022 r. została wydana z Federacji Rosyjskiej do Republiki Białoruś pomimo zakazu ekstradycji wydanego przez Komitet Praw Człowieka ONZ.</t>
+  </si>
+  <si>
+    <t>12 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
+  </si>
+  <si>
+    <t>Alexei Sergeevich Samoylyuk</t>
+  </si>
+  <si>
+    <t>28 czerwca 1989</t>
+  </si>
+  <si>
+    <t>Oddział sił specjalnych wtargnął do domu Aleksieja, powalił mężczyznę na podłogę, a jeden z funkcjonariuszy ochrony usiadł, opierając kolana na ciele Samoiluka (jednym kolanem na szyi Samoiluka).
+Kanał prorządowy twierdzi , że Samoiluk „w czasie zamieszek rzucał kamieniami w policję”. W tej publikacji na tym samym kanale zamieścili także zdjęcia: na jednym zdjęciu dwie osoby w kapturach i maskach, jedna trzyma ukraińską flagę, druga kartkę papieru z napisem „Mieszkańcy Brześcia z Ukrainą”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 08.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
+  </si>
+  <si>
+    <t>Oleg Nikolaevich Gorelov</t>
+  </si>
+  <si>
+    <t>28 czerwca 2024</t>
+  </si>
+  <si>
+    <t>Gorełow był szefem dyrekcji Belinvestbank na obwód homelski. Ostatnie wieści na jego temat pochodzą z lutego 2023 r., a w grudniu 2023 r. na jego miejsce powołano Pavel Yurkovets, byłego szefa Belinvestbanku w Mozyrzu.
+8 lutego w Homelskim Sądzie Okręgowym rozpoczął się proces Olega Gorelowa.
+W dniu 14 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.03.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-10 14:47:15</t>
   </si>
   <si>
-    <t>Алексей Васильевич Семенок</t>
-[...56 lines deleted...]
-    <t>Решение суда 31.10.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 21.01.2025: приговор оставлен без изменения.</t>
+    <t>Anatoly Anatolyevich Kosilo</t>
+  </si>
+  <si>
+    <t>28 czerwca 1985</t>
+  </si>
+  <si>
+    <t>Anatolij został skazany na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w takich działaniach” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze jawnym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.10.2024: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 21.01.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-10-21 21:48:13</t>
   </si>
   <si>
-    <t>Кирилл Романович Ашурак</t>
-[...11 lines deleted...]
-    <t>Решение суда 05.12.2022: 13 лет лишения свободы в колонии в условиях усиленного режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+    <t>Kirill Romanovich Ashurak</t>
+  </si>
+  <si>
+    <t>29 czerwca 1999</t>
+  </si>
+  <si>
+    <t>Kirył został aresztowany 23 czerwca 2021 roku w związku ze śledztwem karnym w sprawie incydentu w ośrodku łączności rosyjskiej marynarki wojennej w pobliżu Wilejki. W filmie propagandowym ONT został przedstawiony jako główny sprawca bombardowania, ale odmówił udziału i jedynie pomagał w rozpoznaniu terenu.
+Łukaszenka wymienił Kiryła wśród osób, które rzekomo chciały uciec na Ukrainę i Litwę, ale zostały zatrzymane przez grupę KGB Alfa.
+Wiadomo również, że Kirył został już wcześniej zatrzymany i dotkliwie pobity 9 sierpnia 2020 r.
+W grudniu 2022 r. uznano go za winnego i skazano na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze oraz wysoką grzywnę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.12.2022: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 400 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
-    <t>Павел Владимирович Вабищевич</t>
-[...9 lines deleted...]
-    <t>Решение суда 06.02.2025: 23 года лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+    <t>Paul Vladimirovich Vabishchevich</t>
+  </si>
+  <si>
+    <t>30 czerwca 1986</t>
+  </si>
+  <si>
+    <t>Jak podano w propagandowym filmie ONT, Paweł Wabiszczewicz i Andriej Zinenko zostali zatrzymani w nocy z 26 na 27 sierpnia 2023 r. na kolei w rejonie Stołbców w pobliżu składów ropy i przystanku Siniawa.
+Jesienią 2023 roku w filmie propagandowym podano, że zostali zatrzymani za próbę podłożenia ładunku wybuchowego na torach kolejowych w rejonie Stołbców, „który powinien był wybuchnąć na polecenie kustosza z SBU. Propagandyści twierdzili, że przyjechał Wabiszczewicz”. zwróciło uwagę sił bezpieczeństwa, gdy informator doniósł. Chatbot KGB powiedział, że na stacji Orsza fotografował tory kolejowe i pociągi.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.02.2025: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
-    <t>Жанна Николаевна Дашкевич</t>
-[...9 lines deleted...]
-    <t>Решение суда 09.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2024: неизвестно.</t>
+    <t>Zhanna Nikolaevna Dashkevich</t>
+  </si>
+  <si>
+    <t>30 czerwca 1969</t>
+  </si>
+  <si>
+    <t>Żanna Daszkiewicz ma 54 lata. Pochodzi ze wsi Swatki, rejon Myadel, obwód miński. Zhanna ukończyła Bobrujską Szkołę Medyczną w 1987 roku, a w wieku 41 lat rozpoczęła studia na Białoruskim Państwowym Uniwersytecie Pedagogicznym, aby studiować jako psycholog. Nie wiadomo, kiedy i dlaczego zatrzymano Żannę Daszkiewicz. Jednak w październiku 2023 r. przestała być online, mimo że wcześniej była aktywna w sieciach społecznościowych.
+Proces kobiety rozpoczął się 3 czerwca 2024 r. w Sądzie Okręgowym w Mińsku. Żanna jest sączona z dwóch artykułów – „rekrutacji, szkolenia lub przygotowania do udziału w wojnie oraz materialnego wsparcia takiej działalności” oraz „tworzenia formacji ekstremistycznej lub udziału w niej”. Grozi jej od pięciu do dziesięciu lat więzienia</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-06-04 17:11:45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1895,51 +1765,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1978,2620 +1848,2374 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
       <c r="I9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>59</v>
       </c>
       <c r="B10" t="s">
         <v>60</v>
       </c>
       <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>83</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>106</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
         <v>110</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>111</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>112</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I19" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
         <v>116</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>117</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>119</v>
+      </c>
+      <c r="B21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>122</v>
       </c>
-      <c r="D21" t="s">
-[...8 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>127</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>128</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>133</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>135</v>
+      </c>
+      <c r="B24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
         <v>138</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>22</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>139</v>
       </c>
-      <c r="F24" t="s">
-[...5 lines deleted...]
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>141</v>
+      </c>
+      <c r="B25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
         <v>144</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>145</v>
       </c>
       <c r="I25" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>147</v>
       </c>
       <c r="B26" t="s">
         <v>148</v>
       </c>
       <c r="C26" t="s">
         <v>149</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>150</v>
       </c>
       <c r="I26" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>152</v>
       </c>
       <c r="B27" t="s">
         <v>153</v>
       </c>
       <c r="C27" t="s">
         <v>154</v>
       </c>
       <c r="D27" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>155</v>
       </c>
       <c r="I27" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>157</v>
       </c>
       <c r="B28" t="s">
         <v>158</v>
       </c>
       <c r="C28" t="s">
         <v>159</v>
       </c>
       <c r="D28" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>160</v>
       </c>
       <c r="I28" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>162</v>
       </c>
       <c r="B29" t="s">
         <v>163</v>
       </c>
       <c r="C29" t="s">
         <v>164</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>165</v>
       </c>
       <c r="I29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>167</v>
       </c>
       <c r="B30" t="s">
         <v>168</v>
       </c>
       <c r="C30" t="s">
         <v>169</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="C31" t="s">
         <v>174</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
+        <v>84</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>175</v>
       </c>
-      <c r="F31" t="s">
-[...5 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>179</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>180</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B33" t="s">
         <v>183</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>184</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>185</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
         <v>188</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>190</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
         <v>193</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
+        <v>195</v>
+      </c>
+      <c r="I35" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>197</v>
+      </c>
+      <c r="B36" t="s">
+        <v>174</v>
+      </c>
+      <c r="C36" t="s">
         <v>198</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>199</v>
       </c>
       <c r="I36" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>201</v>
       </c>
       <c r="B37" t="s">
         <v>202</v>
       </c>
       <c r="C37" t="s">
         <v>203</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>83</v>
+      </c>
+      <c r="E37" t="s">
+        <v>144</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>204</v>
       </c>
       <c r="I37" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>206</v>
       </c>
       <c r="B38" t="s">
         <v>207</v>
       </c>
       <c r="C38" t="s">
         <v>208</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>209</v>
       </c>
       <c r="I38" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>211</v>
       </c>
       <c r="B39" t="s">
         <v>212</v>
       </c>
       <c r="C39" t="s">
         <v>213</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>214</v>
       </c>
       <c r="I39" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>216</v>
       </c>
       <c r="B40" t="s">
         <v>217</v>
       </c>
       <c r="C40" t="s">
         <v>218</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>219</v>
       </c>
       <c r="I40" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>221</v>
       </c>
       <c r="B41" t="s">
         <v>222</v>
       </c>
       <c r="C41" t="s">
         <v>223</v>
       </c>
       <c r="D41" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>224</v>
       </c>
       <c r="I41" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>226</v>
       </c>
       <c r="B42" t="s">
         <v>227</v>
       </c>
       <c r="C42" t="s">
         <v>228</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
+      <c r="E42" t="s">
+        <v>21</v>
+      </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>229</v>
       </c>
       <c r="I42" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>231</v>
       </c>
       <c r="B43" t="s">
         <v>232</v>
       </c>
       <c r="C43" t="s">
         <v>233</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>234</v>
       </c>
       <c r="I43" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>236</v>
       </c>
       <c r="B44" t="s">
         <v>237</v>
       </c>
       <c r="C44" t="s">
         <v>238</v>
       </c>
       <c r="D44" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E44" t="s">
-        <v>91</v>
+        <v>144</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>239</v>
       </c>
       <c r="I44" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>241</v>
       </c>
       <c r="B45" t="s">
         <v>242</v>
       </c>
       <c r="C45" t="s">
         <v>243</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>244</v>
       </c>
       <c r="I45" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>246</v>
       </c>
       <c r="B46" t="s">
         <v>247</v>
       </c>
       <c r="C46" t="s">
         <v>248</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>249</v>
       </c>
       <c r="I46" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>251</v>
       </c>
       <c r="B47" t="s">
         <v>252</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>78</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
+        <v>34</v>
+      </c>
+      <c r="I47" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>254</v>
+      </c>
+      <c r="B48" t="s">
+        <v>255</v>
+      </c>
+      <c r="C48" t="s">
         <v>256</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>78</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>257</v>
       </c>
-      <c r="C48" t="s">
+      <c r="I48" t="s">
         <v>258</v>
-      </c>
-[...16 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>259</v>
+      </c>
+      <c r="B49" t="s">
+        <v>260</v>
+      </c>
+      <c r="C49" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
         <v>78</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>33</v>
+        <v>262</v>
       </c>
       <c r="I49" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>264</v>
       </c>
       <c r="B50" t="s">
         <v>265</v>
       </c>
       <c r="C50" t="s">
         <v>266</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E50" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>83</v>
+      </c>
+      <c r="E51" t="s">
+        <v>84</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
+        <v>175</v>
+      </c>
+      <c r="I51" t="s">
         <v>270</v>
-      </c>
-[...16 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
+        <v>272</v>
+      </c>
+      <c r="C52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>274</v>
       </c>
-      <c r="C52" t="s">
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
+        <v>272</v>
+      </c>
+      <c r="C53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>279</v>
       </c>
-      <c r="C53" t="s">
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>280</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>282</v>
+      </c>
+      <c r="B54" t="s">
         <v>283</v>
       </c>
-      <c r="B54" t="s">
-        <v>270</v>
+      <c r="C54" t="s">
+        <v>284</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="I54" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C55" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>28</v>
+      </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I55" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B56" t="s">
-        <v>292</v>
+        <v>293</v>
+      </c>
+      <c r="C56" t="s">
+        <v>294</v>
       </c>
       <c r="D56" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>199</v>
+        <v>295</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>45</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="H57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I57" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B58" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C58" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I58" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B59" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C59" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D59" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E59" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="I59" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>310</v>
       </c>
       <c r="B60" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
       <c r="C60" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>312</v>
+        <v>21</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>313</v>
       </c>
       <c r="I60" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>315</v>
       </c>
       <c r="B61" t="s">
         <v>316</v>
       </c>
       <c r="C61" t="s">
         <v>317</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E61" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>318</v>
       </c>
       <c r="I61" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>320</v>
       </c>
       <c r="B62" t="s">
         <v>321</v>
       </c>
       <c r="C62" t="s">
         <v>322</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E62" t="s">
-        <v>27</v>
+        <v>144</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>323</v>
       </c>
       <c r="I62" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>325</v>
       </c>
       <c r="B63" t="s">
         <v>326</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>327</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>329</v>
+      </c>
+      <c r="B64" t="s">
         <v>330</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>331</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>332</v>
       </c>
       <c r="I64" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>334</v>
       </c>
       <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" t="s">
         <v>335</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E65" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>336</v>
       </c>
       <c r="I65" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>338</v>
       </c>
       <c r="B66" t="s">
         <v>339</v>
       </c>
       <c r="C66" t="s">
         <v>340</v>
       </c>
       <c r="D66" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>185</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>62</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="I67" t="s">
         <v>344</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>345</v>
+      </c>
+      <c r="B68" t="s">
+        <v>346</v>
+      </c>
+      <c r="C68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>21</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>350</v>
+      </c>
+      <c r="B69" t="s">
+        <v>351</v>
+      </c>
+      <c r="C69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>95</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
+        <v>346</v>
+      </c>
+      <c r="C70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>78</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...16 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
+        <v>360</v>
+      </c>
+      <c r="C71" t="s">
         <v>361</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E71" t="s">
+        <v>144</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>362</v>
       </c>
-      <c r="C71" t="s">
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
         <v>365</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>366</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>83</v>
+      </c>
+      <c r="E72" t="s">
+        <v>89</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>371</v>
       </c>
       <c r="I73" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>373</v>
       </c>
       <c r="B74" t="s">
         <v>374</v>
       </c>
       <c r="C74" t="s">
         <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
         <v>378</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C76" t="s">
         <v>384</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G76" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="H76" t="s">
         <v>385</v>
       </c>
       <c r="I76" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>387</v>
       </c>
       <c r="B77" t="s">
         <v>388</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>389</v>
       </c>
-      <c r="D77" t="s">
-[...11 lines deleted...]
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
         <v>392</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>393</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
+      <c r="H78" t="s">
+        <v>394</v>
+      </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>91</v>
+        <v>274</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E80" t="s">
-        <v>85</v>
+        <v>144</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>404</v>
+      </c>
       <c r="I80" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B81" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C81" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I81" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B82" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C82" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>116</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
       </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B83" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C83" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="H83" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="I83" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C84" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>78</v>
+      </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G84" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
+      <c r="E85" t="s">
+        <v>21</v>
+      </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B86" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C86" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>83</v>
+      </c>
+      <c r="E86" t="s">
+        <v>144</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="I86" t="s">
-        <v>432</v>
-[...18 lines deleted...]
-      <c r="H87" t="s">
         <v>435</v>
-      </c>
-[...227 lines deleted...]
-        <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">