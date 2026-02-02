--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -12,1453 +12,1491 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
-[...51 lines deleted...]
-    <t>Decyzja sądu 05.08.2022: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 08.11.2022: wyrok został podtrzymany. Sąd zmiany reżimu 11.07.2023: nieznany.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Игорь Олегович Мойсеенко</t>
+  </si>
+  <si>
+    <t>1 июня 1993</t>
+  </si>
+  <si>
+    <t>Бывший сотрудник МЧС.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:41:19</t>
+  </si>
+  <si>
+    <t>Владимир Валентинович Журомский</t>
+  </si>
+  <si>
+    <t>1 июня 1989</t>
+  </si>
+  <si>
+    <t>Сотрудник государственного таможенного комитета.</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>12 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Дмитрий Валерьевич Головач</t>
+  </si>
+  <si>
+    <t>1 июня 1982</t>
+  </si>
+  <si>
+    <t>Музыкант группы TOR BAND , задержан вместе с Евгением Бурло, также были задержаны их жены. Жене Головача присудили штраф, жене Бурло – административный арест.
+В конце ноября 2022 Дмитрий и Евгений были осуждены третий раз на 15 суток. TOR BAND стал популярной в Беларуси группой на волне протестов 2020 годе. Многие песни стали хитами на разных платформах. Информационную продукцию, социальные сети и логотип группы TOR BAND признали «экстремистскими», а также их вышеперечисленные песни.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>9 лет лишения свободы в колонии в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-12-06 20:51:07</t>
+  </si>
+  <si>
+    <t>Артур Геннадьевич Хлус</t>
+  </si>
+  <si>
+    <t>1 июня 1998</t>
+  </si>
+  <si>
+    <t>Артур родом из Пинска. Учился в Слонимский медицинском колледже, закончил с красным дипломом и по окончанию был распределён в Гродно. Поступил в ГрГМУ, помимо этого работал фельдшером выездной бригады в скорой помощи.
+Согласно провластным телеграм-каналам был задержан за регистрацию в плане "Перамога", а также участвовал в "несанкционированных массовых мероприятиях ".
+17.08.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-11-02 13:53:09</t>
+  </si>
+  <si>
+    <t>Захар Олегович Таразевич</t>
+  </si>
+  <si>
+    <t>1 июня 2003</t>
+  </si>
+  <si>
+    <t>Лицеист МВД. Задержан вместе с гражданином РФ Антоном Лысовым. Обвиняется в поджоге автомобиля главы комитета судэкспертиз Алексея Волкова.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>7,5 лет лишения свободы в условиях усиленного режима</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:45:35</t>
+  </si>
+  <si>
+    <t>Дмитрий Иванович Полторак</t>
+  </si>
+  <si>
+    <t>1 июня 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий был осуждён в августе 2022 года в рамках уголовного дела по статье «Организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» за участие в мирных акциях протеста, проходивших в 2020 году в Минске. Дмитрий попал на видео журналиста с акций протеста в первые дни после выборов.
+В мае 2023 года стало известно, что Дмитрия задержали в исправительном учреждении и судили по административной статье за «распространение экстремистских материалов», приговорив к административному аресту, который он отбывал в Гомельском ИВС.
+В июле того же года состоялось судебное заседание по вопросу замены ограничения свободы на лишение свободы в колонии; итог заседания неизвестен.</t>
+  </si>
+  <si>
+    <t>ИУОТ-17, г. Гомель, ул. Борисенко, 13, индекс 246020</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2022: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 08.11.2022: приговор оставлен без изменения. Суд по смене режима 11.07.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-04-06 14:47:35</t>
   </si>
   <si>
-    <t>Dmitry Valerievich Golovach</t>
-[...105 lines deleted...]
-    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+    <t>Дмитрий Николаевич Ивашков</t>
+  </si>
+  <si>
+    <t>2 июня 1981</t>
+  </si>
+  <si>
+    <t>Член инициативной группы кандидата в президенты Светланы Тихановской был задержан 27 сентября 2020 года в Гомеле на мирной акции протеста и обвинён в участии в "массовых беспорядках" и планировании "захвата зданий".
+Зимой 2023 года Дмитрий был переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
-    <t>Roman Yuryevich Parfenov</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 16.09.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 15.11.2024: nieznany.</t>
+    <t>Николай Николаевич Лепешко</t>
+  </si>
+  <si>
+    <t>2 июня 1977</t>
+  </si>
+  <si>
+    <t>47-летний отец Николай был задержан вместе с 46-летней женой Еленой и их 24-летним сыном Никитой за участие в акция простеста 2020 года.</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 03.02.2025: неизвестно лет ограничения свободы без направления.</t>
+  </si>
+  <si>
+    <t>2025-01-31 20:22:02</t>
+  </si>
+  <si>
+    <t>Роман Юрьевич Парфёнов</t>
+  </si>
+  <si>
+    <t>2 июня 1982</t>
+  </si>
+  <si>
+    <t>Согласно сообщению суда, суть обвинения против всех заключалась в том, что люди 10 августа 2020 года в Бресте «выкрикивали лозунги, свистели, хлопали в ладони, демонстрировали полотна бело-красно-белого цвета, выходили на проезжую часть». Этим они якобы грубо нарушали общественный порядок.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-28 22:07:42</t>
   </si>
   <si>
-    <t>Nikolay Nikolaevich Lepeshko</t>
-[...24 lines deleted...]
-Na antenie prorządowego kanału telewizyjnego „Białoruś 1” Jurij Olchowik przedstawiany jest jako „współzałożyciel firmy – oficjalny dystrybutor światowych producentów”. Sam oświadczył, że zajmuje się dostawą sprzętu do badań nieniszczących i analiz chemicznych oraz sprzętu badawczego. Napisał list do europejskiej firmy z prośbą o zakończenie współpracy z białoruską spółką znajdującą się na liście sankcyjnej.</t>
+    <t>Юрий Геннадьевич Ольховик</t>
+  </si>
+  <si>
+    <t>3 июня 1987</t>
+  </si>
+  <si>
+    <t>Бизнесмен, задержанный осенью 2023 года за призывы к санкциям. Против Юрия возбуждено уголовное дело, он заключен под стражу (место содержания уточняется).
+В эфире провластного телеканала "Беларусь 1" Юрий Ольховик представлен как «соучредитель компании — официального дистрибьютора мировых производителей». Сам он рассказал, что занимался поставками оборудования неразрушающего контроля и химического анализа, испытательного оборудования. Он написал письмо в европейскую компанию с просьбой о прекращении сотрудничества с белорусской компанией, внесенной в санкционный список.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
-    <t>Aleksey Firdovsovich Kudlasov</t>
-[...14 lines deleted...]
-    <t>Decyzja sądu 25.04.2022: 11 lata więzienia w kolonii o zaostrzonym rygorze. Decyzja sądu 11.08.2023: 7 lata więzienia w kolonii o zaostrzonym rygorze.</t>
+    <t>Алексей Фирдовсович Кудасов</t>
+  </si>
+  <si>
+    <t>3 июня 1998</t>
+  </si>
+  <si>
+    <t>Алексей был задержан 1 июля 2021 года в Минске сотрудниками ГУБОПиК. На следующий день суд назначил ему 15 суток административного ареста, однако вместо освобождения его перевели в СИЗО — он стал фигурантом уголовного дела о групповых действиях, грубо нарушающих общественный порядок.
+Дело рассматривалось по четырём статьям УК: «организация массовых беспорядков», «создание экстремистского формирования», «разжигание социальной вражды» и «оскорбление представителя власти». Суд проходил в закрытом режиме, детали обвинений неизвестны.
+В апреле 2022 года суд приговорил Алексея к 11 годам лишения свободы. После суда в провластных каналах было опубликовано видео, где утверждалось, что Алексей был администратором телеграм-чата «Каскад». Ранее про него также снимали видео на TUT.BY.
+В июле 2023 года стало известно, что он находится в СИЗО, и 11 августа 2023 года его вновь признали виновным по новому делу о «создании экстремистского формирования», добавив к сроку ещё 6 месяцев.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2022: 11 лет лишения свободы в колонии в условиях строгого режима. Решение суда 11.08.2023: 7 лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Andrey Sergeevich Zagorsky</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 01.04.2025: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Андрей Сергеевич Загорский</t>
+  </si>
+  <si>
+    <t>4 июня 1988</t>
+  </si>
+  <si>
+    <t>Андрей родом из Докшиц. После школы в 2006 поступил в Беларусский государственный университет информатики и радиоэлектроники, учился на факультете компьютерных систем и сетей. Прописан в Копище. Во время учебы Андрей начал работать в EPAM. Судя по Linkedin, он в последнее время работал в должности Lead Software Engineer — руководил частью команды разработки на проекте. Неизвестно, жил он в последнее время в Беларуси или нет, но много путешествовал.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 01.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
-    <t>Svetlana Ivanovna Kashkel</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 14.10.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Дмитрий Дмитриевич Корнеев</t>
+  </si>
+  <si>
+    <t>5 июня 1995</t>
+  </si>
+  <si>
+    <t>Дмитрий был задержан и осужден за то, что 10 августа 2020 года бросил «коктейль Молотова» в сторону военнослужащих. Бутылки, по версии следствия, были перевезены в центр Гомеля Леонидом Ковалёвым, который спрятал их, а вечером того же дня передал Дмитрию и Никите Золотореву с предложением поджечь здание, автобус или автозак. Дмитрий частично признал свою вину, объяснив, что бросил «коктейль» для того, чтобы выиграть время и избежать задержания.
+В декабре 2021 года был переведен на тюремный режим за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 22.02.2021: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения. Суд по смене режима 08.12.2021: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:13:22</t>
+  </si>
+  <si>
+    <t>Алексей Петрович Камович</t>
+  </si>
+  <si>
+    <t>5 июня 1979</t>
+  </si>
+  <si>
+    <t>Банковский менеджер. Имеет 15-летний опыт руководства региональными подразделениями банков.
+Последнее место работы банк РРБ.</t>
+  </si>
+  <si>
+    <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:00:07</t>
+  </si>
+  <si>
+    <t>Ольга Анатольевна Николаева</t>
+  </si>
+  <si>
+    <t>Провластные СМИ в декабре 2024 года выложили аудио с Ольгой, которую обвиняют в участии в чате «Белые крылья Барановичей». Когда КГБ объявил чат «Белые крылья Барановичи» — совсем маленький и давно неактивный районный чат — экстремистским формированием, среди числа участников была названа Ольга. Вышли на Ольгу через незащищенный аккаунт. Он был привязан к собственному номеру девушки. Вероятнее всего Ольгу до суда содержали в СИЗО.
+Ольга играет на барабанах и в студенчестве была ударницей в любительских музыкальных группах. Вместе с мужем они любят путешествовать.</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Сергей Юрьевич Манжос</t>
+  </si>
+  <si>
+    <t>5 июня 1991</t>
+  </si>
+  <si>
+    <t>Решение суда 20.10.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Светлана Ивановна Кашкель</t>
+  </si>
+  <si>
+    <t>5 июня 1963</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-10 14:34:18</t>
   </si>
   <si>
-    <t>Natalia Olegovna Lobatsevich</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 18.02.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.04.2025: wysłano do sprawdzenia. Decyzja sądu 16.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Витольд Стэфанович Шалкевич</t>
+  </si>
+  <si>
+    <t>5 июня 1980</t>
+  </si>
+  <si>
+    <t>Витольду Шалкевичу 44 года. Он родом из крупного городка Порозово Свислочского района. У мужчины есть жена и две несовершеннолетние дочери.
+Витольда задержали в августе 2023 года прямо на работе. Сначала присудили арест за»распространение экстремистских материалов". После губопиковцы сняли с ним видео и перевели из СИЗО. По данным провластных телеграм-каналов, Шалкевич оставил несколько тысяч комментариев в разных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Алексей Сергеевич Резников</t>
+  </si>
+  <si>
+    <t>5 июня 1988</t>
+  </si>
+  <si>
+    <t>Житель Витебска, задержан за репосты в социальных сетях. Суд закрытый, родственников у молодого человека нет. Известно, что ему около 30 лет, он уезжал на заработки, в Беларуси его задержали по возвращении. Через три дня после задержания умерла его мать. Больше родственников не осталось.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 26.08.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Наталья Олеговна Лобацевич</t>
+  </si>
+  <si>
+    <t>Татьяну Францкевич и Наталью Лобацевич задержали 19 июля 2024 года, когда Татьяну вызвали в следственный комитет подписать подписку о не выезде из города Полоцк, а Наталья поехала вместе с ней поддержать.
+Против Татьяны Францкевич, матери осужденного анархиста Александра Францкевича, и ее сестры Натальи Лобацевич, матери бывшего политзаключенного Ильи Лобацевича, завели уголовное дело и поместили в СИЗО Витебска.</t>
+  </si>
+  <si>
+    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+  </si>
+  <si>
+    <t>Решение суда 18.02.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.04.2025: отправлено на пересмотр. Решение суда 16.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
   </si>
   <si>
-    <t>Alexey Sergeyevich Reznikov</t>
-[...97 lines deleted...]
-    <t>Decyzja sądu 30.09.2022: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Apelacja 23.12.2022: 9 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 6400 ruble odszkodowania. Sąd zmiany reżimu data nieznana: 3 roku więzienia.</t>
+    <t>Денис Евгеньевич Ивашин</t>
+  </si>
+  <si>
+    <t>6 июня 1979</t>
+  </si>
+  <si>
+    <t>Денис — журналист и редактор-волонтёр белорусской версии InformNapalm, внештатный корреспондент «Новага Часу». Его расследования касались влияния «русского мира» на Беларусь и Сирию, застройки в Куропатах и перехода бывших украинских беркутовцев в силовые структуры Беларуси.
+В марте 2021 года его задержали сотрудники КГБ по обвинению во «вмешательстве в деятельность милиции». Обыски прошли в его квартире, у матери и 95-летней бабушки. В 2022 году стало известно, что ему также инкриминируют сотрудничество с украинской разведкой.
+В сентябре 2022 года Дениса осудили по статьям об «измене государству» и «вмешательстве в деятельность сотрудника внутренних дел», однако позже последнее обвинение заменили на «незаконный сбор или распространение данных о личной жизни».
+В июне 2023 года его перевели на строгий тюремный режим без уведомления родственников и адвоката.
+В апреле 2024 года политзаключенного лишили передач, а отправка витаминов теперь требует разрешения тюремного врача.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 14.09.2022: 13 лет 1 месяц лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа, 18000 рублей компенсации. Апелляция 20.12.2022: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-03-15 19:52:45</t>
+  </si>
+  <si>
+    <t>Денис Валентинович Сальманович</t>
+  </si>
+  <si>
+    <t>6 июня 1991</t>
+  </si>
+  <si>
+    <t>Сначала находился на Окрестина. Затем был арестован по УК. Близкие отмечают, что Денис хороший, честный, справедливый и отзывчивый парень. На провластных каналах Дениса называют «главным визуальным редактором» роликов движения «Супраціў». На видео Сальманович говорит, что задержан сотрудниками милиции из-за того, что «состоял в деструктивных телеграм-каналах», «сотрудничал с "Буслы ляцяць"» и участвовал в акциях протеста в 2020 году.
+Апелляционный суд сократил срок отбывания наказания с 10 до 9.5 лет лишения свободы.
+У Дениса тяжелое заболевание — хронический гломерулонефрит после геморрагического васкулита. Летом 2024 года мужчину из колонии забрала скорая помощь. Сальмановича прооперировали — вырезали желчный пузырь. После операции мужчина еще неделю находился в санчасти колонии, пока ему не сняли швы.
+Мама политзаключенного говорит, что последний раз Денис выходил с ней на связь в середине ноября 2024 года. После звонка мужчину сразу же забрали в ШИЗО, где он находится до сих пор (январь 2024 года).
+В апреле 2025 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2022: 10 лет лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Апелляция 23.12.2022: 9 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-10-26 19:13:17</t>
   </si>
   <si>
-    <t>Denis Yevgenievich Ivashin</t>
-[...33 lines deleted...]
-    <t>Decyzja sądu 23.09.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Никита Александрович Грушевский</t>
+  </si>
+  <si>
+    <t>7 июня 2000</t>
+  </si>
+  <si>
+    <t>О Никите Грушевском известно, что он в 2022 году окончил Гомельский государственный технический университет имени П. Сухого. Работал вахтовым образом в России.
+По информации, которой обладают правозащитники, Никита Грушевский высказывал свои мнения, в том числе о лицах, которые сейчас нелегально удерживают власть в Беларуси, в интернет-комментариях в сообществах в соцсетях. 
+В том числе его осудили за то, что он входил в число некоего сообщества, которое режим объявил “экстремистским формированием” .
+Суд над Никитой Грушевским проходил в закрытом от общества режиме.</t>
+  </si>
+  <si>
+    <t>Решение суда 23.09.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Romanov</t>
-[...13 lines deleted...]
-    <t>Decyzja sądu 22.12.2021: 20 lata więzienia w kolonii o zaostrzonym rygorze, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 23.03.2023: 11 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 06.06.2023: wyrok został podtrzymany. Decyzja sądu 25.09.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.11.2024: wyrok został podtrzymany. Decyzja sądu 19.05.2025: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+    <t>Сергей Александрович Романов</t>
+  </si>
+  <si>
+    <t>7 июня 1994</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан при пересечении границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в «поджогах» и «терроризме». Ранее он отбывал наказание в виде 5 лет лишения свободы по статье 295-3 УК РБ и был освобождён в 2019 году.
+29 октября 2021 года в Гомеле Сергея приговорили к 1 году лишения свободы за «нарушение условий надзора» по предыдущей политической статье. В марте 2023 года и сентябре 2024 года он дважды был осуждён за «злостное неповиновение требованиям администрации колонии». По данной статье судят заключённых, отказывающихся от сотрудничества с администрацией, за вымышленные нарушения. В результате его общий срок лишения свободы составил 22 года и 11 месяцев.
+Осенью 2025 года стало известно, что недавно Сергей Романов попал в больницу, где ему сделали операцию. Операция была плановой и прошла без осложнений. Вскоре его вновь должны перевести в колонию. </t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 20 лет лишения свободы в колонии в условиях строгого режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 23.03.2023: 11 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 06.06.2023: приговор оставлен без изменения. Решение суда 25.09.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.11.2024: приговор оставлен без изменения. Решение суда 19.05.2025: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:05</t>
   </si>
   <si>
-    <t>Irina Alekseevna Savritskaya</t>
-[...12 lines deleted...]
-    <t>Decyzja sądu 21.11.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+    <t>Ирина Алексеевна Саврицкая</t>
+  </si>
+  <si>
+    <t>8 июня 1966</t>
+  </si>
+  <si>
+    <t>Ирина работала специалистом по продажам, а затем менеджером в «Анастане». Была осуждена вместе с дочерью и мужем.
+Поводом для уголовного дела стал созданный семьей видеоролик летом 2020 года с призывом прекратить насилие. Муж Геннадий на суде рассказал, что в один из дней лета 2020 года, на эмоциях от увиденных в интернете данных о примененном со стороны сотрудников насилии в отношении протестующих, решил записать видеозапись с обращением к сотрудникам с призывом к обоснованному применению силы. Придумал текст выступления, после чего попросил свою дочь его прочитать. Также он попросил жену высказаться о выборах. В этот же день он высказал на видео пожелания о дальнейшей судьбе страны, в конце своего выступления также показал символ в виде сердца. После этого он нашел в интернете видеоролики и смонтировал видео. В этот же день отправил его нескольким своим знакомым и родственникам. </t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Kotov</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 27.02.2023: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 30.06.2023: wyrok został podtrzymany.</t>
+    <t>Валерий Игоревич Заливако</t>
+  </si>
+  <si>
+    <t>8 июня 1991</t>
+  </si>
+  <si>
+    <t>16.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 16.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
+  </si>
+  <si>
+    <t>Ярослав Петрович Сакович</t>
+  </si>
+  <si>
+    <t>9 июня 1980</t>
+  </si>
+  <si>
+    <t>По версии следствия, задержан за то, что передавал данные ВСУ Украины. Жена-украинка. Проживал в Украине, вернулся в Беларусь в 2021 году из-за больных родителей. Был задержан КГБ, его пытали всю ночь, чтобы он признался в том, что воевал ранее в Украине, звонили жене и обещали выслать его голову. После этого Ярослава отпустили. Спустя год его снова задержали, теперь он находится в СИЗО. 
+4 мая 2023 осужден по двум статьям (370 и 295 УК) к 2 годам лишения свободы, после протеста прокурора увеличили срок наказания в 2 раза. Находится в СИЗО, т.к. возбуждено ещё два уголовных дела. Его обвиняют по статье об измене государству (часть 1 статьи 356 УК) за «перадачу данных ВСУ».
+Летом 2024 года стало известно, что Ярослава снова перевели в СИЗО-1.</t>
+  </si>
+  <si>
+    <t>11 лет лишения свободы в колонии.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
+  </si>
+  <si>
+    <t>Максим Михайлович Матырко</t>
+  </si>
+  <si>
+    <t>9 июня 1977</t>
+  </si>
+  <si>
+    <t>Гражданин РФ, 16 лет живет в Минске.
+По данным провластных каналов, задержан за участие в акциях протеста в 2020 году.
+Осужден за участие в акциях протеста и поджоге машины (точная информация по обвинению неизвестна).
+Стало известно, что Максима 12.05.2023 года судили по ч. 2 ст. 411 УК . Приговор неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.04.2022: 9 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 12.05.2023: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 10.09.2024: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:00:07</t>
+  </si>
+  <si>
+    <t>Иван Владимирович Котов</t>
+  </si>
+  <si>
+    <t>9 июня 1998</t>
+  </si>
+  <si>
+    <t>Обвинение строится на комментариях, которые Котов якобы оставлял в так называемых экстремистских Telegram-каналах на протяжении полтора месяцев после президентских выборов-2020. Там следователи режима Лукашенко как будто нашли все преступления по перечисленным статьям.
+Также известно, что Ивана дважды задерживали после президентских выборов-2020. Впервые непосредственно после 9 августа. Во второй раз силовики Лукашенко схватили Котова в середине февраля 2021-го. Тогда ОМОН задержал 68 человек в поселке Сокол Смолевичского района – участников и зрителей концерта групп «Разбітае сэрца пацана»</t>
+  </si>
+  <si>
+    <t>Решение суда 27.02.2023: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 30.06.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-12-09 19:10:12</t>
   </si>
   <si>
-    <t>Maхim Mikhailovich Matyrko</t>
-[...48 lines deleted...]
-    <t>Decyzja sądu 24.05.2021: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 19.12.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 28.01.2025: nieznany.</t>
+    <t>Юрий Михайлович Палюхович</t>
+  </si>
+  <si>
+    <t>9 июня 1986</t>
+  </si>
+  <si>
+    <t>Юрий был сначала осуждён на три года «домашней химии», а затем в ноябре 2021 года — на три года ограничения свободы с направлением в исправительное учреждение открытого типа. Оба эпизода касались обвинений по статье об оскорблении представителей власти.
+В 2022 году против него возбудили третье уголовное дело по статьям «насилие либо угроза применения насилия в отношении сотрудника милиции», «оскорбление представителя власти» и «оскорбление судьи». В декабре того же года Юрию назначили пять лет ограничения свободы с направлением.</t>
+  </si>
+  <si>
+    <t>ИУОТ-21, 247783 Гомельская область, г. Мозырь, б-р Юности, 24</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года ограничения свободы без направления. Апелляция дата неизвестна: приговор оставлен без изменения. Решение суда 23.11.2021: 3 года ограничения свободы с направлением в учреждение открытого типа. Решение суда 23.12.2022: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Павел Николаевич Чуркин</t>
+  </si>
+  <si>
+    <t>9 июня 1987</t>
+  </si>
+  <si>
+    <t>Павел впервые был осуждён в мае 2021 года за «оскорбление Лукашенко» и приговорён к лишению свободы в колонии. В мае 2022 года он был освобождён, полностью отбыв назначенный судом срок наказания.
+Повторно Павла задержали весной 2024 года по подозрению в сотрудничестве с Главным управлением разведки Министерства обороны Украины. Об этом сообщили в передаче «Всё по делу» на государственном телеканале «Беларусь 4. Могилёв». На опубликованном видео Павел говорит, что снимал размещение «Искандеров», чтобы передать записи ВСУ, а также зачитывает текст, представленный как присяга Украине.
+В ноябре 2024 года в отношении него прошёл ряд судебных заседаний по статьям «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте, военных действиях, вербовка либо подготовка лиц к такому участию» и «измена государству». Итог рассмотрения дел неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.05.2021: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 19.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2021-09-03 13:56:39</t>
   </si>
   <si>
-    <t>Yuri Mikhailovich Polyukhovich</t>
-[...24 lines deleted...]
-    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary.</t>
+    <t>Юрий Александрович Моисеенко</t>
+  </si>
+  <si>
+    <t>10 июня 1998</t>
+  </si>
+  <si>
+    <t>17.04.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:29:48</t>
+  </si>
+  <si>
+    <t>Данила Максимович Чибисов</t>
+  </si>
+  <si>
+    <t>10 июня 2003</t>
+  </si>
+  <si>
+    <t>Данила-студент Гомельского государственного университета имени Франциска Скорины. 18 октября 2024 года в суде Новобелицкого района Гомеля его вместе с матерью Еленой Чибисовой осудили по ч. 2 ст. 19.11 КоАП (рапсовое распространение экстремистских материалов). Итог того судебного заседания неизвестен. После этого было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Денис Сергеевич Сидорок</t>
+  </si>
+  <si>
+    <t>10 июня 1989</t>
+  </si>
+  <si>
+    <t>Предположительно задержан за участие в акциях протеста в 2020.
+14.03.2023 года состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии общего режима</t>
+  </si>
+  <si>
+    <t>2022-11-12 17:30:43</t>
+  </si>
+  <si>
+    <t>Виктор Турченик</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-09-17 17:45:43</t>
   </si>
   <si>
-    <t>Vladislav Dmitrievich Pudyak</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 20.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 08.09.2023: wyrok został podtrzymany.</t>
+    <t>Сергей Васильевич Чижевский</t>
+  </si>
+  <si>
+    <t>10 июня 1978</t>
+  </si>
+  <si>
+    <t>31.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.03.2024: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 31.05.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Владислав Дмитриевич Пудяк</t>
+  </si>
+  <si>
+    <t>10 июня 1985</t>
+  </si>
+  <si>
+    <t>Начальник цеха "Гомсельмаш".
+08.09.2023 состоялось рассмотрение апелляционное заседание, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 08.09.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-06-03 22:39:05</t>
   </si>
   <si>
-    <t>Yuri Aleksandrovich Moiseenko</t>
-[...67 lines deleted...]
-    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+    <t>Ольга Петровна Войтехович</t>
+  </si>
+  <si>
+    <t>12 июня 1974</t>
+  </si>
+  <si>
+    <t>Ольга была задержана в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осуждена по нескольким уголовным статьям.
+Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-17 00:48:36</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Balabanovich</t>
-[...27 lines deleted...]
-    <t>15 lat w kolonii pod zaostrzonym reżimem</t>
+    <t>Владимир Иванович Журавко</t>
+  </si>
+  <si>
+    <t>13 июня 1985</t>
+  </si>
+  <si>
+    <t>Бывший оператор ГПУ цеха "Аммиак-3". По предварительной информации задержан в рамках статей 356 и 357 УК РБ ( "измена государству" и "заговор или иные действия, совершенные с целью захвата государственной власти").
+Владимира поместили в СИЗО КГБ, затем перевели в СИЗО-3.
+9 ноября 2022 г. в Гомельском областном суде началось рассмотрение "дела Рабочага Руху", фигурантами которого проходят сразу десять политзаключенных. На второй день процесса все фигуранты дела заявили суду, что свою вину в госизмене и создании экстремистского формирования не признают. Все фигуранты "дела Рабочага Руху" на суде отказались давать показания. 27 декабря процесс закрыли до вынесению приговора, хотя до этого он проходил в открытом режиме.
+16 ноября 2023 года Владимиру изменили режим на тюремный и он будет переведён в тюрьму №4 г. Могилёва.</t>
+  </si>
+  <si>
+    <t>15 лет колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
-    <t>Sergey Andreevich Batura</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 01.07.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+    <t>Сергей Владимирович Чаботько</t>
+  </si>
+  <si>
+    <t>13 июня 1983</t>
+  </si>
+  <si>
+    <t>Владельц популярного сайта s13.ru . Сергея судили 25 октября за "распространение экстремистских материалов". Итогом рассмотрения стали также 15 суток административного ареста. В тот день стало известно, что суд по заявлению прокурора города Гродно признал "экстремистскими материалами" сайт s13.ru, который существовал почти два десятилетия. После первого заключения Сергея обвинили в "нарушение порядка организации или проведения массовых мероприятий". Административное дело в среду рассматривал суд Ленинского района ,судья Наталья Горбач присудила еще 15 суток.
+В итоге Сергея Чаботько судили трижды-за распространение экстремистских материалов и "пикет" в интернете. 
+Сергей не вышел на свободу и после 45 суток административного ареста. Вероятно, мужчину взяли под стражу. 
+Сайт s13.ru КГБ Беларуси признал "экстремистским формированием", поэтому вероятно дело Сергея связано с этим.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-12-10 17:07:52</t>
+  </si>
+  <si>
+    <t>Дмитрий Владимирович Сосновский</t>
+  </si>
+  <si>
+    <t>13 июня 1990</t>
+  </si>
+  <si>
+    <t>Дмитрий был задержан в июле 2021 года в рамках уголовного дела о покушении на пропагандиста Григория Азаренка по статье «акт терроризма». По версии обвинения, он предпринял «умышленные действия, направленные на подготовку к акту терроризма в отношении Азаренка». Рассматривались разные варианты, в том числе — насильственное принуждение к записи видеообращения.
+Дмитрий стал единственным фигурантом дела, кто не признал вину. На суде он заявил, что в преступление его втянули в ходе следственного эксперимента. По его словам, после задержания к нему применяли насилие и пытки, заставив подписать чистосердечное признание. Во время допросов ему нанесли серьёзные травмы рук, из-за чего он теперь не может полноценно работать. На первом заседании он также заявил о желании отказаться от гражданства Беларуси, так как «не имеет отношения к терроризму».
+В декабре 2022 года Дмитрия признали виновным и приговорили к лишению свободы в колонии усиленного режима, а также к крупному штрафу.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.12.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-08-04 12:30:46</t>
+  </si>
+  <si>
+    <t>Елена Геннадьевна Рудая</t>
+  </si>
+  <si>
+    <t>13 июня 1969</t>
+  </si>
+  <si>
+    <t>Пульмонолог с 30-летним стажем. Работала в 10-й больнице Минска (1992-2022), заведовала отделением.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.07.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-07-27 21:00:10</t>
+  </si>
+  <si>
+    <t>Роман Олегович Цыганков</t>
+  </si>
+  <si>
+    <t>13 июня 1994</t>
+  </si>
+  <si>
+    <t>Задержан за участие в акциях протеста в 2020 году.
+20.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.08.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 20.10.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
+    <t>Сергей Андреевич Батура</t>
+  </si>
+  <si>
+    <t>13 июня 2001</t>
+  </si>
+  <si>
+    <t>Был задержан в рамках уголовного дела 9 ноября 2021 года за участие в протестах. Сначала его поместили в СИЗО КГБ, затем перевели в СИЗО-1.
+Также его обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.07.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Chabotko</t>
-[...71 lines deleted...]
-    <t xml:space="preserve">Siergiej, administrator systemu w zakresie sieci lokalnych i monitoringu wideo, został zatrzymany 2 października 2020 r. w związku z masowymi zamieszkami i oskarżony o udział w „radykalnych” kanałach Telegramu, a także zamiar uszkodzenia lub zniszczenia trzech kiosków Tabakerka.
+    <t>Сергей Ромуальдович Плонис</t>
+  </si>
+  <si>
+    <t>14 июня 1973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сергей, системный администратор в сфере локальных сетей и видеонаблюдения, был задержан 2 октября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
 </t>
   </si>
   <si>
-    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
-    <t>Artem Igorevich Kosakovsky</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 19.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany. Decyzja sądu 23.05.2022: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Антон Владимирович Денейко</t>
+  </si>
+  <si>
+    <t>14 июня 1991</t>
+  </si>
+  <si>
+    <t>2023-07-04 13:41:58</t>
+  </si>
+  <si>
+    <t>Александр Чумаков</t>
+  </si>
+  <si>
+    <t>14 июня 1981</t>
+  </si>
+  <si>
+    <t>Его объявили членом "экстремистского формирования "  "Да Зораў". По мнению КГБ, туда входят он, а также Семен Малашенков.
+Он известен как музыкант, мастер по изготовлению гуслей и участник группы «Старый Ольса». С 2002 года Чумаков играл и пел в группе средневековой музыки «старый Ольса», используя гусли, свирели и другие древние инструменты. В 2005 году он основал группу «бокал кола», которая исполняла белорусские народные танцы под дуду и гусли, однако проект просуществовал недолго. Время от времени музыкант выступал сольно с танцевальной народной программой.
+Кроме того, Алесь переводил ирландскую героическую поэзию на белорусский язык. В группе Ceilidh Ceol, созданной в середине 2000-х, он исполнял старинные ирландские песни по-беларуски, посвященные свободе и памяти предков. В 2020 году его вокал прозвучал в белорусской озвучке сериала «Ведьмак» от Netflix — он исполнил известную песню Toss a Coin to Your Witcher в белорусском переводе.</t>
+  </si>
+  <si>
+    <t>2025-12-16 19:40:03</t>
+  </si>
+  <si>
+    <t>Артём Игоревич Косаковский</t>
+  </si>
+  <si>
+    <t>14 июня 1998</t>
+  </si>
+  <si>
+    <t>Артём работал оптиком на Лидском заводе «Оптик». Он получил образование в физико-математическом лицее Гродно и Лидском политехническом колледже. Его задержали 27 сентября 2020 года по делу о массовых беспорядках и обвинили в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
+В мае 2022 года Артёма повторно осудили за участие в акциях протеста, проходивших в 2020 году в Лиде.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 23.05.2022: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Anton Vladimirovich Deneyko</t>
-[...20 lines deleted...]
-    <t>Decyzja sądu 18.09.2023: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Елена Валерьевна Добыш</t>
+  </si>
+  <si>
+    <t>15 июня 1981</t>
+  </si>
+  <si>
+    <t>Была задержана в марте 2025 года в рамках уголовного дела, связанного с "экстремистской деятельностью".</t>
+  </si>
+  <si>
+    <t>Решение суда 22.10.2025: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-03-27 00:27:54</t>
+  </si>
+  <si>
+    <t>Валерий Тадеушевич Вискирский</t>
+  </si>
+  <si>
+    <t>15 июня 1986</t>
+  </si>
+  <si>
+    <t>Первоначальная причина задержания - распространение экстремистских материалов в рамках административного политически мотивированного дела.
+В ходе ареста мужчине были предъявлены обвинения по уголовному делу за многочисленные лайки в "Одноклассниках".
+4 июля 2023 г. состоялось рассмотрение апелляционной жалобы. приовор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.03.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.07.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
+  </si>
+  <si>
+    <t>Алексей Владимирович Кузьмин</t>
+  </si>
+  <si>
+    <t>15 июня 1980</t>
+  </si>
+  <si>
+    <t>Начальник отдела предбиллинга и тарификации МТС. 
+Согласно материалам следствия, Кузьмин имел доступ к личной информации клиентов МТС и с 9 августа 2020 года до 8 апреля 2021 года «сливал» ее в телеграм-каналы «Черная книга Беларуси», «Каратели Беларуси» и «Все нарушения!».
+Потерпевших набралось 57 человек — это силовики, пропагандисты, чиновники, судьи, прокуроры и члены их семей. Кроме того, следствие считает, что «совместные действия Кузьмина с иными лицами» повлекли нарушения работы транспорта и предприятий «с причинением „Минсктранс“ ущерба в размере чуть более 22 500 рублей».
+Среди потерпевших числятся в частности сотрудница «СБ. Беларусь сегодня» Людмила Гладкая, а также член белорусской компартии и депутат Сергей Клишевич.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.09.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Valery Tadeushevich Viskirsky</t>
-[...31 lines deleted...]
-    <t>15 czerwca 1978</t>
+    <t>Ольга Прокопчик</t>
+  </si>
+  <si>
+    <t>15 июня 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Sergey Mikhailovich Yaroshevich</t>
-[...12 lines deleted...]
-    <t>Decyzja sądu 07.05.2021: 5 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 30.07.2021: wyrok został podtrzymany. Decyzja sądu 26.01.2023: 9 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Евгений Александрович Краснянский</t>
+  </si>
+  <si>
+    <t>16 июня 1982</t>
+  </si>
+  <si>
+    <t>43-летнему Евгению вынесли приговор за социологическое исследование о ковиде в Беларуси.
+Ранее Следственный комитет сообщал подробности преследования Краснянского. Ведомство утверждало, что мужчина подготовил для одной из иностранных организаций исследование, содержащее "заведомо ложные сведения о политике страны в области здравоохранения в части принимаемых мер по борьбе с коронавирусной инфекцией". Известно, что вместе с Евгением Краснянским были задержаны две женщины: минчанки 37 и 43 лет. Они якобы проводили социологическое исследование о наличии преимуществ среди граждан в развитии страны посредством интеграции со странами Европейского союза. Чтобы прийти к желательному результату, женщины якобы опрашивали представителей фокус-группы, имеющих "заведомо негативное отношение к имеющейся в государстве политической системе и конституционному строю". Приговоры женщинам неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.08.2025: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 595 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2025-08-18 14:56:18</t>
+  </si>
+  <si>
+    <t>Павел Сергеевич Кабарчук</t>
+  </si>
+  <si>
+    <t>16 июня 1993</t>
+  </si>
+  <si>
+    <t>15 февраля 2024 в Лельчицком районе Гомельской области на границе с Украиной ввели режим «контртеррористической операции». Население просили «сохранять спокойствие и подчиняться требованиям сотрудников силовых структур». В КГБ утверждают, что задержали участников «диверсионно-разведывательной группы», в состав которой входили граждане Украины и Беларуси. Среди задержанных - граждане Украины отец и сын Сергей и Павел Кабарчуки. Сергей Кабарчук 1963 года рождения из Ковельского района Волынской области. Отец и сын были задержаны в феврале 2024 года в Лельчицком районе. При них обнаружили «взрывные устройства и иные средства поражения». КГБ «установило», что взрывные устройства предназначались для терактов в Беларуси и России, а «заброску группы» организовала Службы безопасности Украины.
+Тогда же задержали и жителя Бреста Виталия Власюка 1970 года рождения. Его обвинили в контрабанде (часть 3 статьи 228 УК).
+В СИЗО КГБ подвергался пыткам. После задержания несколько дней удерживали в СИЗО КГБ без еды.</t>
+  </si>
+  <si>
+    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:39:53</t>
+  </si>
+  <si>
+    <t>Сергей Михайлович Ярошевич</t>
+  </si>
+  <si>
+    <t>Администратор телеграм-канала "Армия с народом" и муж политзаключённой Антонины Коноваловой был задержан 2 октября 2020 года и осуждён за «подготовку к участию в массовых беспорядках».
+В январе 2023 года Сергей был повторно осуждён за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 07.05.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 30.07.2021: приговор оставлен без изменения. Решение суда 26.01.2023: 9 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Krasnyansky</t>
-[...42 lines deleted...]
-    <t>Decyzja sądu 19.05.2023: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+    <t>Алексей Сергеевич Бородко</t>
+  </si>
+  <si>
+    <t>17 июня 1998</t>
+  </si>
+  <si>
+    <t>Адвокат был задержан в конце января и находится в СИЗО-1 на Володарского. После задержания профиль адвоката удалили с сайта Республиканской коллегии адвокатов. Позже стало известно, что 21 апреля 2023 года его лишили лицензии.
+08.09.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.05.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
-    <t>Andrey Sergeevich Raptunovich</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 14.11.2022: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2023: nieznany.</t>
+    <t>Александр Александрович Чиж</t>
+  </si>
+  <si>
+    <t>18 июня 1983</t>
+  </si>
+  <si>
+    <t>Решение суда 19.06.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-06-17 19:24:12</t>
+  </si>
+  <si>
+    <t>Андрей Сергеевич Раптунович</t>
+  </si>
+  <si>
+    <t>18 июня 2002</t>
+  </si>
+  <si>
+    <t>Работает в центре доп. образования «Маяк», вел художественный кружок. Провластные телеграм-каналы сообщали, что он якобы собирался поехать в Украину и присоединиться к батальону Калиновского. Задержан за регистрацию в чат-боте «Перамога».
+Воспитывался в семейном детском доме.
+Суд проходил в закрытом режиме, поэтому подробности судебного заседания и позиция политзаключенного по делу неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.11.2022: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-20 16:01:58</t>
   </si>
   <si>
-    <t>Dmitry Petrovich Morozov</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 22.11.2023: nieznany. Apelacja 14.03.2024: nieznany.</t>
+    <t>Владимир Михайлович Морозов</t>
+  </si>
+  <si>
+    <t>19 июня 1980</t>
+  </si>
+  <si>
+    <t>Вероятнее всего был задержан 26.01.2023  за распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность. После чего было открыто уголовное дело по многочисленным статьям. До суда, предположительно, находился в заключении в тюрьме в Жодино.
+26.01.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.01.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-11-02 21:51:46</t>
+  </si>
+  <si>
+    <t>Дмитрий Петрович Морозов</t>
+  </si>
+  <si>
+    <t>19 июня 1972</t>
+  </si>
+  <si>
+    <t>Решение суда 22.11.2023: неизвестно. Апелляция 14.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
   </si>
   <si>
-    <t>Vladimir Mikhailovich Morozov</t>
-[...40 lines deleted...]
-    <t>Decyzja sądu 09.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.09.2024: wyrok został podtrzymany.</t>
+    <t>Глеб Олегович Дудко</t>
+  </si>
+  <si>
+    <t>20 июня 1988</t>
+  </si>
+  <si>
+    <t>Глеб Дудко известен в музыкальной среде не только Гомеля, но и далеко за его пределами. Совместив свои таланты музыканта и программиста, он запустил, как минимум, два музыкальных IT-стартапа.
+Отец Глеба Олег Дудко — известный в Гомеле оперный певец и бывший солист филармонии.
+В 2018-м Глеб вместе с программистом Максимом Гриневичем запустил проект ConcertMaster. Идея проекта — создать программу, которая могла бы автоматически аккомпанировать вокалистам.
+Глеба задержали в марте 2024 года в Добруше и присудили ему арест за "распространение экстремистских материалов". После этого мужчину перевели в СИЗО.
+Из публикаций в социальных сетях Глеба Дудко можно понять, что в 2022 году он осудил военную агрессию в отношении Украины. Что именно послужило основанием для политического преследования гомельчанина неизвестно.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
-    <t>Valentina Vladimirovna Poloz</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 02.12.2024: 9 lata więzienia w kolonii na warunkach ogólnych, 550 jednostek bazowych kary. Apelacja 25.02.2025: nieznany.</t>
+    <t>Валентина Владимировна Полоз</t>
+  </si>
+  <si>
+    <t>21 июня 1974</t>
+  </si>
+  <si>
+    <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Валентину, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
+Валентина, по утверждению провластных СМИ, вместе с Лосовским Николаем забирала посылку, в которой были оружие и взрывчатка, ее нужно было закопать в Мозырском районе. Выполнить задание они не успели, так как были задержаны.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2024: 9 лет лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Margarita Alexandrovna Shchirets</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Маргарита Александровна Щирец</t>
+  </si>
+  <si>
+    <t>22 июня 1985</t>
+  </si>
+  <si>
+    <t>Работала контролером на заводе «Сфера», который входит в состав холдинга БелОМО.
+Маргарита долгое время была членом Либерально-демократической партии Беларуси. Она была в инициативной группе Сергея Гайдукевича на президентских выборах-2010. а в 2014-м  баллотировалась в Минский городской совет депутатов от партии-естественно, проиграла. После этого в публичном поле не появлялось.
+Предположительно она была задержана за комментарии. Судя по фото из соцсетей, у женщины есть ребенок.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-15 13:04:05</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Sidorenko</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 14.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.03.2025: nieznany.</t>
+    <t>Дмитрий Николаевич Сидоренко</t>
+  </si>
+  <si>
+    <t>22 июня 1973</t>
+  </si>
+  <si>
+    <t>Решение суда 14.01.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 04.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-20 19:38:36</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Boyko</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 21.06.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.08.2023: wyrok został podtrzymany.</t>
+    <t>Сергей Владимирович Бойко</t>
+  </si>
+  <si>
+    <t>22 июня 1986</t>
+  </si>
+  <si>
+    <t>Гражданин Украины. С 8 по 21 июня 2023 года дело в закрытом формате рассматривал судья Анатолий Сотников.
+29.08.2023 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Natalia Vasilevna Levaya</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 17.07.2024: 6 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 04.10.2024: nieznany.</t>
+    <t>Наталья Васильевна Левая</t>
+  </si>
+  <si>
+    <t>38-летяя иллюстраторка. Она уволилась с работы в PL в большой IТ-компании. Коллеги в шоке отговаривали — решила вернуться домой. Говорила, что у нее уже есть справка из КГБ об уплаченном в кратном размере донате за 2020-й. Устала без дома. Задержали на границе. Согласно версии обвинения, которую озвучила пресс-служба Генеральной прокуратуры, Наталья Левая в 2021-2022 годы перевела на банковские счета и виртуальные кошельки, "находившиеся в пользовании представителей экстремистских формирований, в том числе вооруженных, например, "Полк Калиновского", денежные средства и криптовалюту в общей сумме не менее четырех тысяч и четырехсот рублей (на сегодня это около 1275 евро). Кроме этого, ее оштрафовали на 1000 базовых величин  — почти на такую сумму, которую Наталья задонатила в инициативы и фонды. Именно такое наказание запросило на суде государственное обвинение. Суд проходил в закрытом режиме.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.07.2024: 6 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 04.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-21 16:08:39</t>
   </si>
   <si>
-    <t>Vitaly Viktorovich Krasnov</t>
-[...5 lines deleted...]
-    <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+    <t>Виталий Викторович Краснов</t>
+  </si>
+  <si>
+    <t>22 июня 1987</t>
+  </si>
+  <si>
+    <t>01.03.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
-    <t>Alexander Evgenievich Duleba</t>
-[...2 lines deleted...]
-    <t>23 czerwca 1988</t>
+    <t>Сергей Викторович Евдокименко</t>
+  </si>
+  <si>
+    <t>23 июня 1987</t>
+  </si>
+  <si>
+    <t>Как следует из пресс-релиза Брестоблсуда, Евдокименко вменяли то, что с августа по декабрь 2020 года он передал «персональные и иные личные данные сотрудников органов внутренних дел для публичного распространения в сети Интернет». При этом данные брал из баз, к которым имел доступ по работе. Предположительно он работал в Брестском БТИ.
+10.10.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Погерило</t>
+  </si>
+  <si>
+    <t>23 июня 1991</t>
+  </si>
+  <si>
+    <t>Бывший слесарь-ремонтник цеха "Аммиак-3". 
+9 ноября 2022 г. в Гомельском областном суде началось рассмотрение "дела Рабочага Руху", фигурантами которого проходят сразу десять политзаключенных. На второй день процесса все фигуранты дела заявили суду, что свою вину в госизмене и создании экстремистского формирования не признают. Андрей Погерило согласился только с обвинением в клевете. Все фигуранты "дела Рабочага Руху" на суде отказались давать показания. 27 декабря процесс закрыли до вынесения приговора, хотя до этого он проходил в открытом режиме.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:44:51</t>
+  </si>
+  <si>
+    <t>Александр Евгеньевич Дулеба</t>
+  </si>
+  <si>
+    <t>23 июня 1988</t>
   </si>
   <si>
     <t>2025-08-26 22:21:40</t>
   </si>
   <si>
-    <t>Denis Mikhailovich Urad</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 14.05.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, ograniczenie służby wojskowej. Sąd zmiany reżimu 22.08.2022: 3 roku więzienia.</t>
+    <t>Денис Михайлович Урад</t>
+  </si>
+  <si>
+    <t>Денис, спецсвязист Генштаба Вооружённых Сил, был задержан в марте 2021 года и осужден за то, что, по информации провластных СМИ, сфотографировал секретное письмо от министра внутренних дел к министру обороны и «передал его польскому Telegram-каналу».
+Суд проходил в закрытом режиме, а приговор не подлежал обжалованию или пересмотру в апелляционном порядке. Помимо длительного срока лишения свободы, Дениса также лишили воинского звания.
+В августе 2022 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.05.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, ограничение по военной службе. Суд по смене режима 22.08.2022: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Evdokimenko</t>
-[...37 lines deleted...]
-    <t>5 lat więzienia w kolonii.</t>
+    <t>Павел Николаевич Иванов</t>
+  </si>
+  <si>
+    <t>24 июня 1982</t>
+  </si>
+  <si>
+    <t>Был задержан после того, как телеграм-чат "Атолино" был признан "экстремистским формированием". МВД назвал несколько "участников формирования", кроме Павла, это Дмитрий Тикунов, Евгения Мостовая (Григорик), Павел Белоницкий, Алексей Семенов, Юрий Антонович, Александр Зайцев и Владимир Полех.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-11 13:21:58</t>
+  </si>
+  <si>
+    <t>Тина Захаровна Палынская</t>
+  </si>
+  <si>
+    <t>24 июня 1973</t>
+  </si>
+  <si>
+    <t>Журналистка, католическая верующая из Полоцка.Тина давно не занималась журналистикой, воспитывала 2-х дочерей, работала в архивах, в том числе российских, выполняя частные заказы по созданию биографических очерков, семейных книг, историй об участниках Второй мировой войны.
+Ранее, в 2022 году, журналистку судили по административной статье и подвергали крупному штрафу за желтую и голубую ленты на сумке, а Следственный комитет проводил разбирательство относительно ее поста в Facebook и устраивал обыск в доме журналистки.
+С конца мая 2025 перестала выходить на связь.Тина и её старшая дочь Маргарита, 22 года, находятся под стражей по уголовному делу. У Тины также есть младшая несовершеннолетняя дочь — ей 14 лет.
+Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. </t>
+  </si>
+  <si>
+    <t>2025-06-04 11:09:53</t>
+  </si>
+  <si>
+    <t>Татьяна Николаевна Карпович</t>
+  </si>
+  <si>
+    <t>24 июня 1997</t>
+  </si>
+  <si>
+    <t>Жительница Витебска.
+Девушке предъявлено обвинение по ст. 130 Уголовного кодекса (Разжигание социальной вражды) за передачу данных силовиков, учителей, судей в телеграм-канал «Черная книга Беларуси».</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
-    <t>Tina Zakharovna Palynskaya</t>
-[...24 lines deleted...]
-    <t>5 lat pozbawienia wolności w kolonii karnej w reżimie zaostrzonym.</t>
+    <t>Денис Николаевич Ворозов</t>
+  </si>
+  <si>
+    <t>25 июня 1981</t>
+  </si>
+  <si>
+    <t>Задержан за вывешивание БЧБ-флага и флаг Украины в 19-этажном доме по улице Леси Украинки.
+После их задержания канал в мобильном приложении Zello, через который они общались во время проведения акции, был признан экстремистским формированием.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
-    <t>Airat Ernestovich Khalikov</t>
-[...5 lines deleted...]
-    <t>Obywatel Federacji Rosyjskiej, mieszka na Białorusi od 2019 roku. Pracował jako kierowca w firmie Alivaria. Został aresztowany w maju 2025 roku w związku ze sprawą Gayun.</t>
+    <t>Айрат Эрнестович Халиков</t>
+  </si>
+  <si>
+    <t>26 июня 1996</t>
+  </si>
+  <si>
+    <t>Гражданин Российской Федерации, в Беларуси живет с 2019 года. Работал водителем на "Аліварыі". Задержан в мае 2025 года по "делу Гаюна"</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Igor Petrovich Khristoforov</t>
-[...8 lines deleted...]
-    <t>6 lat więzienia w kolonii</t>
+    <t>Владимир Юрьевич Исаев</t>
+  </si>
+  <si>
+    <t>26 июня 1984</t>
+  </si>
+  <si>
+    <t>Был осужден осенью 2022 года на дишение свободы за " оскорбление Лукашенко". Результаты апелляции неизвестны.
+В июне 2025 года стало известно, что Владимир задержан. Детали дела устанавливаются. Осенью был осужден на лишение свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: снятие всех обвинений. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-11-04 18:13:51</t>
+  </si>
+  <si>
+    <t>Игорь Петрович Христофоров</t>
+  </si>
+  <si>
+    <t>26 июня 1973</t>
+  </si>
+  <si>
+    <t>15.11.2022 состоялось рассмотрение апелляционной жалобы.</t>
+  </si>
+  <si>
+    <t>6 лет лишения свободы в колонии</t>
   </si>
   <si>
     <t>2022-09-02 22:29:38</t>
   </si>
   <si>
-    <t>Vladimir Yurievich Isaev</t>
-[...21 lines deleted...]
-    <t>Decyzja sądu 16.12.2024: nieznany. Apelacja 18.02.2025: nieznany.</t>
+    <t>Николай Степанович Лосовский</t>
+  </si>
+  <si>
+    <t>27 июня 1966</t>
+  </si>
+  <si>
+    <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Николая, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
+Николай, по утверждению провластных СМИ,  по заданию украинских спецслужб проверял схроны, а также за деньги выполнял и другие поручения.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:20:13</t>
+  </si>
+  <si>
+    <t>Петр Филиппович Филипович</t>
+  </si>
+  <si>
+    <t>27 июня 1953</t>
+  </si>
+  <si>
+    <t>Решение суда 16.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-02 17:53:29</t>
   </si>
   <si>
-    <t>Nikolay Stepanovich Losovsky</t>
-[...25 lines deleted...]
-    <t>Decyzja sądu 12.03.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Анатолий Анатольевич Косило</t>
+  </si>
+  <si>
+    <t>28 июня 1985</t>
+  </si>
+  <si>
+    <t>Анатолий был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 21.01.2025: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
+  </si>
+  <si>
+    <t>Алексей Васильевич Семенок</t>
+  </si>
+  <si>
+    <t>28 июня 1975</t>
+  </si>
+  <si>
+    <t>В основу приговора были положены комментарии Алексея в интернете.
+Сразу по прибытии в колонию Алексея Семенко бросили в штрафной изолятор-это место пыток заключенных с нечеловеческими условиями пребывания.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.03.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
-    <t>Yana Vitalievna Pinchuk</t>
-[...9 lines deleted...]
-    <t>12 lat więzienia w kolonii karnej.</t>
+    <t>Алексей Сергеевич Самойлюк</t>
+  </si>
+  <si>
+    <t>28 июня 1989</t>
+  </si>
+  <si>
+    <t>К Алексею домой ворвался отряд спецназа, мужчину повалили на пол и один силовик сел коленями на тело (одним коленом на шею Самойлюка).
+На провластном канале утверждают, что Самойлюк "кидал камни в милиционеров во время массовых беспорядков". В той публикации на том же канале также выложили фотографии: на одном снимке два человека в капюшонах и масках, один держит украинский флаг, второй — лист бумаги с текстом "брестчане с Украиной". </t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
+  </si>
+  <si>
+    <t>Олег Николаевич Горелов</t>
+  </si>
+  <si>
+    <t>28 июня 2024</t>
+  </si>
+  <si>
+    <t>Горелов был руководителем дирекции Белинвестбанка по Гомельской области. Последняя новость о нем датируется февралем 2023, а в декабре 2023 главой вместо него назначили Павла Юрковца, бывшего главу Белинвестбанка по Мозырю.
+Суд над Олегом Гореловым начался 8 февраля в Гомельском областном суде. 
+14.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.03.2024: 10 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.06.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-10 14:47:15</t>
+  </si>
+  <si>
+    <t>Яна Витальевна Пинчук</t>
+  </si>
+  <si>
+    <t>28 июня 1997</t>
+  </si>
+  <si>
+    <t>Задержана 1 ноября 2021 года в Санкт-Петербурге за события в Беларуси. В России она работала официанткой и жила на две страны. Последний раз девушка была на родине около года назад. По данным следствия, подозреваемая с сентября 2020 по ноябрь 2021 года администрировала три телеграм-канала. В мае 2022 года суд РФ отказал белоруске Яне Пинчук в предоставлении временного убежища в России.
+09.08.2022 была экстрадирована из РФ в РБ немостря на запрет экстрадиции Комитета по правам человека ООН.</t>
+  </si>
+  <si>
+    <t>12 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2021-11-03 17:48:25</t>
   </si>
   <si>
-    <t>Alexei Sergeevich Samoylyuk</t>
-[...59 lines deleted...]
-    <t>Decyzja sądu 05.12.2022: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 400 jednostek bazowych kary. Apelacja 03.03.2023: wyrok został podtrzymany.</t>
+    <t>Кирилл Романович Ашурак</t>
+  </si>
+  <si>
+    <t>29 июня 1999</t>
+  </si>
+  <si>
+    <t>Кирилл был задержан 23 июня 2021 года в рамках уголовного дела по эпизоду на объекте связи ВМФ РФ под Вилейкой. В пропагандистском фильме ОНТ он представлен как первоначальный исполнитель задания по подрыву объекта, однако отказался от участия и только помог разведать местность.
+Лукашенко упоминал Кирилла в числе людей, которые якобы хотели сбежать в Украину и Литву, но были задержаны группой КГБ «Альфа».
+Известно также, что Кирилл ранее задерживался и был жестко избит 9 августа 2020 года.
+В декабре 2022 года его признали виновным и приговорили к лишению свободы в колонии усиленного режима и крупному штрафу.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.12.2022: 13 лет лишения свободы в колонии в условиях усиленного режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
-    <t>Paul Vladimirovich Vabishchevich</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 06.02.2025: 23 roku więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
+    <t>Павел Владимирович Вабищевич</t>
+  </si>
+  <si>
+    <t>30 июня 1986</t>
+  </si>
+  <si>
+    <t>Павла Вабищевича и Андрея Зиненко, как утверждалось в пропагандистском фильме ОНТ, задержали в ночь с 26 на 27 августа 2023 года на железной дороге в Столбцовском районе недалеко от нефтебазы и остановочного пункта Синява.
+В пропагандистском фильме осенью 2023 года утверждалось, что их задержали за попытку поставить на железной дороге в Столбцовском районе взрывное устройство,»которое должно было бы сработать по команде куратора из СБУ". Пропагандисты рассказали, что Вабищевич попал во внимание силовиков, когда доносчик сообщил о нем в чат-бот КГБ, что на вокзале в Орше он фотографировал железнодорожные пути и составы.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.02.2025: 23 года лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
-    <t>Zhanna Nikolaevna Dashkevich</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 09.09.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.11.2024: nieznany.</t>
+    <t>Жанна Николаевна Дашкевич</t>
+  </si>
+  <si>
+    <t>30 июня 1969</t>
+  </si>
+  <si>
+    <t>Жанне Дашкевич 54 года. Родом она из деревни Сватки Мядельского района Минской области. Жанна окончила Бобруйский медицинский техникум в 1987-м, а в возрасте 41 год поступила в Белорусский государственный педагогический университет на психолога. Неизвестно, когда Жанну Дашкевич задержали и за что. Но она перестала быть онлайн с октября 2023-го года, хотя ранее активно вела соцсети.
+Суд над женщиной начался 3 июня 2024 года в Минском областном суде. Жанну судят по двум статьям - "вербовка «обучение или подготовка к участию в войне, а также материальное обеспечение такой деятельности"  и "создание экстремистского формирования или участие в нем " . Ей грозит от пяти до десяти лет колонии</t>
+  </si>
+  <si>
+    <t>Решение суда 09.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-04 17:11:45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1765,51 +1803,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1848,2374 +1886,2458 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>22</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...11 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>73</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
       <c r="D14" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="C16" t="s">
         <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="C17" t="s">
         <v>100</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>101</v>
       </c>
       <c r="I17" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>103</v>
       </c>
       <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>110</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I19" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
         <v>114</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>115</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>116</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
         <v>119</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
         <v>124</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>125</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>127</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
         <v>130</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>131</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
         <v>135</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
         <v>141</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="I28" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>163</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>164</v>
-      </c>
-[...13 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
         <v>167</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>27</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>168</v>
       </c>
-      <c r="C30" t="s">
+      <c r="I30" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
+        <v>172</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>173</v>
       </c>
-      <c r="B31" t="s">
+      <c r="F31" t="s">
+        <v>45</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>174</v>
       </c>
-      <c r="D31" t="s">
-[...11 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
         <v>177</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>179</v>
       </c>
-      <c r="D32" t="s">
-[...11 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>183</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>184</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
         <v>187</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>189</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
         <v>192</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
+        <v>194</v>
+      </c>
+      <c r="I35" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
         <v>197</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>198</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
         <v>201</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>202</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>78</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>203</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
         <v>206</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>207</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>208</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>210</v>
+      </c>
+      <c r="B39" t="s">
         <v>211</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>212</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
+      <c r="E39" t="s">
+        <v>96</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>213</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>215</v>
+      </c>
+      <c r="B40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>217</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>218</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>220</v>
+      </c>
+      <c r="B41" t="s">
         <v>221</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>223</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>225</v>
+      </c>
+      <c r="B42" t="s">
         <v>226</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>228</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" t="s">
         <v>231</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>232</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" t="s">
+        <v>96</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>233</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>235</v>
+      </c>
+      <c r="B44" t="s">
         <v>236</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>237</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>238</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>240</v>
+      </c>
+      <c r="B45" t="s">
         <v>241</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>242</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>115</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>243</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>245</v>
+      </c>
+      <c r="B46" t="s">
         <v>246</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>247</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>248</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
         <v>78</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="I47" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
         <v>254</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>255</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...16 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="C49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...16 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>95</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>266</v>
-      </c>
-[...13 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
         <v>268</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>269</v>
       </c>
       <c r="D51" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>175</v>
+        <v>270</v>
       </c>
       <c r="I51" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>274</v>
+        <v>78</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>275</v>
       </c>
       <c r="I52" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>277</v>
       </c>
       <c r="B53" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="C53" t="s">
         <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E53" t="s">
+        <v>197</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>198</v>
+      </c>
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...10 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
+        <v>281</v>
+      </c>
+      <c r="C54" t="s">
         <v>282</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="C54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...16 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
+        <v>286</v>
+      </c>
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
+        <v>281</v>
+      </c>
+      <c r="C56" t="s">
+        <v>291</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>292</v>
       </c>
-      <c r="B56" t="s">
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>293</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>295</v>
+      </c>
+      <c r="B57" t="s">
+        <v>296</v>
+      </c>
+      <c r="C57" t="s">
         <v>297</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>21</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>298</v>
       </c>
-      <c r="D57" t="s">
-[...11 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>300</v>
+      </c>
+      <c r="B58" t="s">
         <v>301</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>302</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>303</v>
-      </c>
-[...16 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
+        <v>305</v>
+      </c>
+      <c r="C59" t="s">
         <v>306</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>307</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>308</v>
-      </c>
-[...13 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
         <v>310</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>311</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>78</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>312</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
         <v>315</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>84</v>
+      </c>
+      <c r="H61" t="s">
         <v>316</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>318</v>
+      </c>
+      <c r="B62" t="s">
+        <v>319</v>
+      </c>
+      <c r="C62" t="s">
         <v>320</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>27</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>321</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>322</v>
-      </c>
-[...16 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>323</v>
+      </c>
+      <c r="B63" t="s">
+        <v>324</v>
+      </c>
+      <c r="C63" t="s">
         <v>325</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>95</v>
+      </c>
+      <c r="E63" t="s">
+        <v>96</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>326</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>328</v>
+      </c>
+      <c r="B64" t="s">
         <v>329</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>330</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>95</v>
+      </c>
+      <c r="E64" t="s">
+        <v>96</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>331</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" t="s">
         <v>334</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>339</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>340</v>
-      </c>
-[...13 lines deleted...]
-        <v>185</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>343</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E67" t="s">
-        <v>62</v>
+        <v>96</v>
       </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
+      <c r="H67" t="s">
+        <v>344</v>
+      </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C68" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>348</v>
+        <v>184</v>
       </c>
       <c r="I68" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>350</v>
       </c>
       <c r="B69" t="s">
         <v>351</v>
       </c>
       <c r="C69" t="s">
         <v>352</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>353</v>
       </c>
       <c r="I69" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>355</v>
       </c>
       <c r="B70" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="C70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
         <v>78</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B71" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="C71" t="s">
         <v>361</v>
       </c>
       <c r="D71" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>144</v>
+        <v>57</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
+        <v>356</v>
+      </c>
+      <c r="C72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>365</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
         <v>368</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>369</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>370</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
         <v>373</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>374</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...13 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
         <v>377</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>378</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E75" t="s">
+        <v>96</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>379</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>381</v>
+      </c>
+      <c r="B76" t="s">
         <v>382</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>383</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>386</v>
+      </c>
+      <c r="B77" t="s">
         <v>387</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>388</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
+      <c r="E77" t="s">
+        <v>57</v>
+      </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>390</v>
+      </c>
+      <c r="B78" t="s">
         <v>391</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>392</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>38</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>393</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>395</v>
+      </c>
+      <c r="B79" t="s">
         <v>396</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>397</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>398</v>
       </c>
-      <c r="D79" t="s">
-[...11 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>400</v>
+      </c>
+      <c r="B80" t="s">
         <v>401</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>402</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>403</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>405</v>
+      </c>
+      <c r="B81" t="s">
         <v>406</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>407</v>
       </c>
-      <c r="C81" t="s">
+      <c r="I81" t="s">
         <v>408</v>
-      </c>
-[...16 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>409</v>
+      </c>
+      <c r="B82" t="s">
+        <v>410</v>
+      </c>
+      <c r="C82" t="s">
         <v>411</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>45</v>
+      </c>
+      <c r="G82" t="s">
+        <v>84</v>
+      </c>
+      <c r="H82" t="s">
         <v>412</v>
       </c>
-      <c r="C82" t="s">
+      <c r="I82" t="s">
         <v>413</v>
-      </c>
-[...13 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>414</v>
+      </c>
+      <c r="B83" t="s">
+        <v>415</v>
+      </c>
+      <c r="C83" t="s">
         <v>416</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>292</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>417</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>418</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>419</v>
+      </c>
+      <c r="B84" t="s">
+        <v>420</v>
+      </c>
+      <c r="C84" t="s">
         <v>421</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>422</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>423</v>
-      </c>
-[...16 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>424</v>
+      </c>
+      <c r="B85" t="s">
+        <v>425</v>
+      </c>
+      <c r="C85" t="s">
         <v>426</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>84</v>
+      </c>
+      <c r="H85" t="s">
         <v>427</v>
       </c>
-      <c r="C85" t="s">
+      <c r="I85" t="s">
         <v>428</v>
-      </c>
-[...16 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>429</v>
+      </c>
+      <c r="B86" t="s">
+        <v>430</v>
+      </c>
+      <c r="C86" t="s">
         <v>431</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
+        <v>95</v>
+      </c>
+      <c r="E86" t="s">
+        <v>96</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
         <v>432</v>
       </c>
-      <c r="C86" t="s">
+      <c r="I86" t="s">
         <v>433</v>
       </c>
-      <c r="D86" t="s">
-[...11 lines deleted...]
-      <c r="H86" t="s">
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
         <v>434</v>
       </c>
-      <c r="I86" t="s">
+      <c r="B87" t="s">
         <v>435</v>
+      </c>
+      <c r="C87" t="s">
+        <v>436</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>78</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
+        <v>437</v>
+      </c>
+      <c r="I87" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>439</v>
+      </c>
+      <c r="B88" t="s">
+        <v>440</v>
+      </c>
+      <c r="C88" t="s">
+        <v>441</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>442</v>
+      </c>
+      <c r="I88" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>444</v>
+      </c>
+      <c r="B89" t="s">
+        <v>445</v>
+      </c>
+      <c r="C89" t="s">
+        <v>446</v>
+      </c>
+      <c r="D89" t="s">
+        <v>95</v>
+      </c>
+      <c r="E89" t="s">
+        <v>96</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>447</v>
+      </c>
+      <c r="I89" t="s">
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">