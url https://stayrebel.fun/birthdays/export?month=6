--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -12,1491 +12,1423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
-[...49 lines deleted...]
-    <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
+  <si>
+    <t>Cognome e nome</t>
+  </si>
+  <si>
+    <t>Compleanno</t>
+  </si>
+  <si>
+    <t>Descrizione</t>
+  </si>
+  <si>
+    <t>Genere</t>
+  </si>
+  <si>
+    <t>Indirizzo</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>L'ONG "Viasna"</t>
+  </si>
+  <si>
+    <t>Frase</t>
+  </si>
+  <si>
+    <t>Data di inserimento sul sito</t>
+  </si>
+  <si>
+    <t>Vladimir Valentinovich Zhuromsky</t>
+  </si>
+  <si>
+    <t>1 giugno 1989</t>
+  </si>
+  <si>
+    <t>Dipendente del comitato doganale statale.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>12 anni di reclusione in una colonia in condizioni di sicurezza rafforzate.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Poltorak</t>
+  </si>
+  <si>
+    <t>1 giugno 1987</t>
+  </si>
+  <si>
+    <t>Dmitry è stato condannato nell'agosto 2022 per "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico, o per avervi partecipato attivamente", per aver preso parte alle proteste pacifiche avvenute a Minsk nel 2020. Dmitry è stato ripreso in video da un giornalista durante le proteste nei primi giorni dopo le elezioni.
+Nel maggio 2023 si è saputo che Dmitry era stato detenuto in un istituto penitenziario e processato ai sensi di un articolo amministrativo per "diffusione di materiale estremista" e condannato all'arresto amministrativo, che ha scontato nel centro di detenzione temporanea di Gomel.
+Nel luglio di quell'anno si tenne un'udienza in tribunale per discutere la questione della sostituzione della restrizione della libertà con la reclusione in una colonia penale; l'esito dell'udienza è sconosciuto.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 17. 246020, Homiel, vul. Barysenka, 13, building 2</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.08.2022: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 08.11.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 11.07.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
+  </si>
+  <si>
+    <t>Dmitry Valerievich Golovach</t>
+  </si>
+  <si>
+    <t>1 giugno 1982</t>
+  </si>
+  <si>
+    <t>Il musicista del gruppo TOR BAND è stato arrestato insieme a Yevgeny Burlo, anche le loro mogli sono state arrestate. La moglie di Golovach è stata multata, la moglie di Burlo - arresto amministrativo.
+Alla fine di novembre 2022, Dmitry ed Evgeny sono stati condannati per la terza volta a 15 giorni. TOR BAND è diventata una band popolare in Bielorussia sulla scia delle proteste del 2020. Molte canzoni sono diventate hit su diverse piattaforme. I prodotti informativi, i social network e il logo del gruppo TOR BAND sono stati riconosciuti come "estremisti", così come le loro canzoni sopra elencate.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>9 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+  </si>
+  <si>
+    <t>2022-12-06 20:51:07</t>
+  </si>
+  <si>
+    <t>Arthur Gennadievich Khlus</t>
+  </si>
+  <si>
+    <t>1 giugno 1998</t>
+  </si>
+  <si>
+    <t>Arthur è di Pinsk. Ha studiato allo Slonim Medical College, si è laureato con lode e dopo la laurea è stato assegnato a Grodno. Entrò all'Università medica statale di Grodno, oltre a questo lavorò come paramedico per una squadra in visita in un'ambulanza.
+Secondo i canali telegrafici filogovernativi, è stato arrestato per essersi registrato nel piano Peramoga e ha anche partecipato a “eventi di massa non autorizzati”.
+Il 17 agosto 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia penale</t>
+  </si>
+  <si>
+    <t>2022-11-02 13:53:09</t>
+  </si>
+  <si>
+    <t>Igor Olegovich Moiseenko</t>
+  </si>
+  <si>
+    <t>1 giugno 1993</t>
+  </si>
+  <si>
+    <t>Ex dipendente del Ministero delle situazioni di emergenza.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: 3 anni di reclusione in una colonia del regime generale. Appello 31.01.2025: il verdetto è stato confermato. Sentenza del tribunale 14.05.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-11 21:41:19</t>
   </si>
   <si>
-    <t>Владимир Валентинович Журомский</t>
-[...65 lines deleted...]
-    <t>7,5 лет лишения свободы в условиях усиленного режима</t>
+    <t>Zahar Olegovich Tarazevich</t>
+  </si>
+  <si>
+    <t>1 giugno 2003</t>
+  </si>
+  <si>
+    <t>Studente di liceo del Ministero degli affari interni. Detenuto insieme al cittadino russo Anton Lysov . Accusato di aver dato fuoco all'auto del capo della commissione d'esame forense Alexei Volkov.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>7,5 anni di carcere in regime rafforzato</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
   </si>
   <si>
-    <t>Дмитрий Иванович Полторак</t>
-[...35 lines deleted...]
-    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+    <t>Dmitriy Nikolaevich Ivashkov</t>
+  </si>
+  <si>
+    <t>2 giugno 1981</t>
+  </si>
+  <si>
+    <t>Un membro del gruppo di iniziativa della candidata alla presidenza Svetlana Tikhanovskaya è stato arrestato il 27 settembre 2020 a Gomel durante una protesta pacifica e accusato di aver partecipato a “rivolte di massa” e di aver pianificato di “sequestrare edifici”.
+Nell'inverno del 2023, Dmitry è stato trasferito in regime carcerario.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.05.2021: 6 anni di reclusione in una colonia del regime potenziato. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: 1 anno di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
-    <t>Николай Николаевич Лепешко</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> Решение суда 03.02.2025: неизвестно лет ограничения свободы без направления.</t>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 giugno 1982</t>
+  </si>
+  <si>
+    <t>Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “gridava slogan, fischiava, batteva le mani, mostrava tele bianco-rosse-bianche e usciva sulla carreggiata”. In tal modo avrebbero gravemente violato l’ordine pubblico.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Lepeshko</t>
+  </si>
+  <si>
+    <t>2 giugno 1977</t>
+  </si>
+  <si>
+    <t>Padre Nikolai, 47 anni, è stato arrestato insieme alla moglie Elena, 46 anni, e al figlio Nikita, 24 anni, per aver partecipato alla protesta del 2020.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 03.02.2025: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
   </si>
   <si>
-    <t>Роман Юрьевич Парфёнов</t>
-[...21 lines deleted...]
-В эфире провластного телеканала "Беларусь 1" Юрий Ольховик представлен как «соучредитель компании — официального дистрибьютора мировых производителей». Сам он рассказал, что занимался поставками оборудования неразрушающего контроля и химического анализа, испытательного оборудования. Он написал письмо в европейскую компанию с просьбой о прекращении сотрудничества с белорусской компанией, внесенной в санкционный список.</t>
+    <t>Yuri Gennadievich Olkhovik</t>
+  </si>
+  <si>
+    <t>3 giugno 1987</t>
+  </si>
+  <si>
+    <t>Un uomo d'affari arrestato nell'autunno del 2023 per aver chiesto sanzioni. È stato avviato un procedimento penale contro Yuri, viene preso in custodia (viene specificato il luogo di detenzione).
+In onda sul canale televisivo filogovernativo "Bielorussia 1" Yuri Olkhovik viene presentato come "co-fondatore dell'azienda, il distributore ufficiale dei produttori globali". Lui stesso ha affermato di essere impegnato nella fornitura di apparecchiature per controlli non distruttivi e analisi chimiche e apparecchiature di prova. Ha scritto una lettera alla società europea chiedendo di interrompere la collaborazione con la società bielorussa inclusa nell'elenco delle sanzioni.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
-    <t>Алексей Фирдовсович Кудасов</t>
-[...14 lines deleted...]
-    <t>Решение суда 25.04.2022: 11 лет лишения свободы в колонии в условиях строгого режима. Решение суда 11.08.2023: 7 лет лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Aliaksei Firdausavich Kudasau</t>
+  </si>
+  <si>
+    <t>3 giugno 1998</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato il 1° luglio 2021 a Minsk da agenti della Direzione principale per la lotta alla criminalità organizzata e alla corruzione (GUBOPiK). Il giorno seguente, il tribunale lo ha condannato a 15 giorni di arresto amministrativo, ma invece di essere rilasciato, è stato trasferito in un centro di detenzione preventiva. È stato quindi processato per azioni di gruppo che violavano gravemente l'ordine pubblico.
+Il caso è stato esaminato in base a quattro articoli del Codice penale: "organizzazione di rivolte di massa", "creazione di un gruppo estremista", "incitamento all'odio sociale" e "insulto a un funzionario governativo". Il processo si è svolto a porte chiuse e i dettagli delle accuse sono sconosciuti.
+Nell'aprile 2022, il tribunale ha condannato Alexey a 11 anni di carcere. Dopo il processo, i canali filogovernativi hanno pubblicato un video in cui si affermava che Alexey fosse l'amministratore della chat Telegram "Cascade". Un video su di lui era stato precedentemente girato su TUT.BY.
+Nel luglio 2023 si è saputo che si trovava in custodia cautelare e l'11 agosto 2023 è stato nuovamente dichiarato colpevole di un nuovo caso di "creazione di un gruppo estremista", aggiungendo altri 6 mesi alla sua condanna.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.04.2022: 11 anni di reclusione in una colonia del regime rigoroso. Sentenza del tribunale 11.08.2023: 7 anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Андрей Сергеевич Загорский</t>
-[...11 lines deleted...]
-    <t>Решение суда 01.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Andrey Sergeevich Zagorsky</t>
+  </si>
+  <si>
+    <t>4 giugno 1988</t>
+  </si>
+  <si>
+    <t>Andrey è originario di Dokshitsy. Dopo la scuola, nel 2006, si è iscritto all'Università Statale Bielorussa di Informatica e Radioelettronica, dove ha studiato presso la Facoltà di Sistemi Informatici e Reti. È iscritto all'università di Kopishche. Durante gli studi, Andrey ha iniziato a lavorare presso EPAM. Secondo Linkedin, ha recentemente lavorato come Lead Software Engineer, gestendo parte del team di sviluppo del progetto. Non è noto se abbia vissuto in Bielorussia di recente, ma ha viaggiato molto.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.04.2025: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
-    <t>Дмитрий Дмитриевич Корнеев</t>
-[...12 lines deleted...]
-    <t>Решение суда 22.02.2021: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения. Суд по смене режима 08.12.2021: 3 года тюремного режима.</t>
+    <t>Dmitry Dmitrievich Korneev</t>
+  </si>
+  <si>
+    <t>5 giugno 1995</t>
+  </si>
+  <si>
+    <t>Dmitry è stato arrestato e condannato per aver lanciato una bottiglia Molotov contro il personale militare il 10 agosto 2020. Le bottiglie, secondo gli investigatori, sarebbero state trasportate nel centro di Gomel da Leonid Kovalev, che le nascose, e la sera dello stesso giorno le consegnò a Dmitry e Nikita Zolotorev con la proposta di dare fuoco a un edificio, un autobus o un carro di risaia. Dmitry ha parzialmente ammesso la sua colpa, spiegando di aver lanciato il "cocktail" per guadagnare tempo ed evitare l'arresto.
+Nel dicembre 2021 è stato trasferito in regime penitenziario per “disobbedienza dolosa ai requisiti dell’amministrazione dell’istituto correzionale”.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.02.2021: 8 anni di reclusione in una colonia del regime rigoroso. Appello 23.04.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 08.12.2021: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
-    <t>Алексей Петрович Камович</t>
-[...12 lines deleted...]
-    <t>Решение суда дата неизвестна: 4 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 giugno 1980</t>
+  </si>
+  <si>
+    <t>Vitold Shalkevich ha 44 anni. Viene dalla grande città di Porozovo, nella regione di Svisloch. L'uomo ha una moglie e due figlie minorenni.
+Witold è stato arrestato nell'agosto 2023 proprio al lavoro. Inizialmente è stato condannato all'arresto per "distribuzione di materiale estremista". Successivamente i membri di Gubopik hanno girato un video con lui e lo hanno trasferito dal centro di custodia cautelare. Secondo i canali telegrafici filogovernativi, Shalkevich ha lasciato diverse migliaia di commenti varie chiacchierate.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Sergey Yuryevich Manzhos</t>
+  </si>
+  <si>
+    <t>5 giugno 1991</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.10.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Sviatlana Ivanauna Kashkel</t>
+  </si>
+  <si>
+    <t>5 giugno 1963</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 giugno 1988</t>
+  </si>
+  <si>
+    <t>Un residente di Vitebsk, detenuto per ripubblicazione sui social network. Il tribunale è chiuso, il giovane non ha parenti. Si sa che ha circa 30 anni, è andato a lavorare, al suo ritorno è stato detenuto in Bielorussia. Tre giorni dopo il suo arresto, sua madre è morta. Non ci sono più parenti rimasti.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.08.2022: 4 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Natalia Olegovna Lobatsevich</t>
+  </si>
+  <si>
+    <t>Tatyana Frantskevich e Natalya Lobatsevich furono arrestate il 19 luglio 2024, quando Tatyana fu convocata dal comitato investigativo per firmare un impegno a non lasciare la città di Polotsk, e Natalya andò con lei per sostenerla.
+È stato aperto un procedimento penale contro Tatyana Frantskevich, la madre dell'anarchico condannato Alexander Frantskevich, e sua sorella Natalia Lobatsevich, madre dell'ex prigioniero politico Ilya Lobatsevich, e sono state rinchiuse in un centro di custodia cautelare a Vitebsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.02.2025: 3 anni di reclusione in una colonia del regime generale. Appello 15.04.2025: inviato per la revisione. Sentenza del tribunale 16.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-07-25 20:42:36</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Nikolaeva</t>
+  </si>
+  <si>
+    <t>Nel dicembre 2024, i media filogovernativi pubblicarono una registrazione audio di Olga, accusata di aver partecipato alla chat "Ali Bianche di Baranovichi". Quando il KGB dichiarò la chat "Ali Bianche di Baranovichi" – una chat distrettuale molto piccola e da tempo inattiva – un gruppo estremista, Olga fu citata tra i partecipanti. Olga fu contattata tramite un account non protetto. L'account era collegato al numero della ragazza. Molto probabilmente, Olga fu trattenuta in un centro di detenzione preventiva prima del processo.
+Olga suona la batteria e da studentessa ha suonato in gruppi musicali amatoriali. Lei e suo marito amano viaggiare.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Alexey Petrovich Kamovich</t>
+  </si>
+  <si>
+    <t>5 giugno 1979</t>
+  </si>
+  <si>
+    <t>Direttore di banca. Ha 15 anni di esperienza nella gestione di divisioni regionali di banche.
+Ultimo luogo di lavoro: banca RRB.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Ольга Анатольевна Николаева</t>
-[...108 lines deleted...]
-    <t>Решение суда 14.09.2022: 13 лет 1 месяц лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа, 18000 рублей компенсации. Апелляция 20.12.2022: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
+    <t>Denis Valentinovich Salmanovich</t>
+  </si>
+  <si>
+    <t>6 giugno 1991</t>
+  </si>
+  <si>
+    <t>Inizialmente si trovava a Okrestina. Poi venne arrestato in base al Codice penale. I parenti notano che Denis è un ragazzo buono, onesto, giusto e comprensivo. Sui canali filo-governativi, Denis viene definito il “caporedattore visivo” dei video del movimento Supraci. Nel video, Salmanovich afferma di essere stato arrestato dagli agenti di polizia perché "faceva parte di canali Telegram distruttivi", "collaborava con Busly Lyatsyats" e aveva partecipato alle proteste del 2020.
+La Corte d'appello ha ridotto la pena da 10 a 9,5 anni di reclusione.
+Denis è affetto da una grave malattia: glomerulonefrite cronica successiva a vasculite emorragica. Nell'estate del 2024 un'ambulanza portò via l'uomo dalla colonia. Salmanovich fu sottoposto a un intervento chirurgico: gli fu asportata la cistifellea. Dopo l'operazione, l'uomo ha trascorso un'altra settimana nel reparto medico del carcere, finché non gli sono stati rimossi i punti di sutura.
+La madre del prigioniero politico afferma che l'ultima volta che Denis l'ha contattata è stato a metà novembre 2024. Dopo la chiamata, l'uomo è stato immediatamente portato in una cella di punizione, dove si trova ancora oggi (gennaio 2024).
+Nell'aprile 2025 la sua pena venne inasprita e lui venne trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.09.2022: 10 anni di reclusione in una colonia del regime potenziato, 6400 rubli di risarcimento. Appello 23.12.2022: 9 anni 6 mesi di reclusione in una colonia del regime potenziato, 6400 rubli di risarcimento. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
+  </si>
+  <si>
+    <t>Denis Yevgenievich Ivashin</t>
+  </si>
+  <si>
+    <t>6 giugno 1979</t>
+  </si>
+  <si>
+    <t>Denis è giornalista e redattore volontario per la versione bielorussa di InformNapalm, corrispondente freelance per Novaga Chas. Le sue indagini riguardavano l'influenza del "mondo russo" sulla Bielorussia e sulla Siria, la costruzione a Kurapaty e il passaggio di ex ufficiali ucraini dei Berkut alle forze di sicurezza bielorusse.
+Nel marzo 2021 è stato arrestato dagli agenti del KGB con l'accusa di "interferenza con le attività di polizia". Sono state effettuate perquisizioni nel suo appartamento, in quello della madre e in quello della nonna 95enne. Nel 2022 si è saputo che era stato accusato anche di aver collaborato con l'intelligence ucraina.
+Nel settembre 2022, Denis è stato condannato per “tradimento” e “interferenza nelle attività di un funzionario degli affari interni”, ma quest’ultima accusa è stata successivamente sostituita con “raccolta o diffusione illegale di dati sulla vita personale”.
+Nel giugno 2023 è stato trasferito in un carcere di massima sicurezza senza avvisare né la famiglia né l'avvocato.
+Nell'aprile 2024, il prigioniero politico è stato privato dei pacchi e per inviare vitamine ora è necessaria l'autorizzazione del medico del carcere.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.09.2022: 13 anni 1 mese di reclusione in una colonia del regime potenziato, 150 unità di base di multa, 18000 rubli di risarcimento. Appello 20.12.2022: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Денис Валентинович Сальманович</t>
-[...30 lines deleted...]
-    <t>Решение суда 23.09.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Sergey Alexandrovich Romanov</t>
+  </si>
+  <si>
+    <t>7 giugno 1994</t>
+  </si>
+  <si>
+    <t>Un attivista anarchico è stato fermato mentre attraversava il confine bielorusso nella notte tra il 28 e il 29 ottobre 2020 e accusato di "incendio doloso" e "terrorismo". Aveva precedentemente scontato una pena di cinque anni ai sensi dell'articolo 295-3 del Codice penale della Repubblica di Bielorussia ed era stato rilasciato nel 2019.
+Il 29 ottobre 2021, a Gomel, Sergei è stato condannato a un anno di carcere per "violazione dei termini di sorveglianza" ai sensi di un precedente articolo politico. Nel marzo 2023 e nel settembre 2024, è stato condannato due volte per "disobbedienza dolosa alle richieste dell'amministrazione della colonia penale". Questo articolo viene utilizzato per processare i prigionieri che si rifiutano di collaborare con l'amministrazione per violazioni fittizie. Di conseguenza, la sua pena detentiva complessiva è stata di 22 anni e 11 mesi.
+Nell'autunno del 2025, si seppe che Sergei Romanov era stato recentemente ricoverato in ospedale per un intervento chirurgico. L'operazione era stata programmata e si era svolta senza complicazioni. Presto sarebbe stato trasferito nuovamente alla colonia penale.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.12.2021: 20 anni di reclusione in una colonia del regime rigoroso, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 23.03.2023: 11 mesi di reclusione in una colonia del regime rigoroso. Appello 06.06.2023: il verdetto è stato confermato. Sentenza del tribunale 25.09.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 26.11.2024: il verdetto è stato confermato. Sentenza del tribunale 19.05.2025: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
+  </si>
+  <si>
+    <t>Nikita Alexandrovich Grushevsky</t>
+  </si>
+  <si>
+    <t>7 giugno 2000</t>
+  </si>
+  <si>
+    <t>Nikita Grushevskyi si è laureato presso l'Università tecnica statale Sukhoi Gomel nel 2022. Ha lavorato a turni in Russia.
+Secondo le informazioni a disposizione degli attivisti per i diritti umani , Nikita Grushevsky ha espresso le sue opinioni, anche in merito agli individui che attualmente detengono illegalmente il potere in Bielorussia, in commenti online sulle community dei social media.
+Tra le altre cose, è stato condannato per aver fatto parte di una certa comunità che il regime ha definito una “formazione estremista”.
+Il processo a Nikita Grushevsky si è svolto a porte chiuse.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.09.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Сергей Александрович Романов</t>
-[...29 lines deleted...]
-    <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
+    <t>Valery Igorevich Zalivako</t>
+  </si>
+  <si>
+    <t>8 giugno 1991</t>
+  </si>
+  <si>
+    <t>Il 16 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.04.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 16.07.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
+  </si>
+  <si>
+    <t>Irina Alekseevna Savritskaya</t>
+  </si>
+  <si>
+    <t>8 giugno 1966</t>
+  </si>
+  <si>
+    <t>Irina ha lavorato come addetta alle vendite e poi come manager presso Anastan. È stata condannata insieme alla figlia e al marito.
+L'avvio del procedimento penale è stato innescato da un video girato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Gennady, il marito, ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati visti online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha ideato il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso in video i suoi desideri per il futuro del Paese e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Валерий Игоревич Заливако</t>
-[...25 lines deleted...]
-    <t>11 лет лишения свободы в колонии.</t>
+    <t>Yuri Mikhailovich Polyukhovich</t>
+  </si>
+  <si>
+    <t>9 giugno 1986</t>
+  </si>
+  <si>
+    <t>Yuri è stato inizialmente condannato a tre anni di arresti domiciliari e poi, nel novembre 2021, a tre anni di libertà limitata con il ricovero in un istituto penitenziario aperto. Entrambi i casi riguardavano accuse di oltraggio a funzionari governativi.
+Nel 2022, è stato aperto un terzo procedimento penale contro di lui per i reati di "violenza o minaccia di violenza contro un agente di polizia", "insulto a un funzionario governativo" e "insulto a un giudice". Nel dicembre dello stesso anno, Yuri è stato condannato a cinque anni di libertà limitata con rinvio a giudizio.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 21. 247760, Mazyr, buĺvar Junasci, 24</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: il verdetto è stato confermato. Sentenza del tribunale 23.11.2021: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 23.12.2022: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 24.01.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Pavel Nikolaevich Churkin</t>
+  </si>
+  <si>
+    <t>9 giugno 1987</t>
+  </si>
+  <si>
+    <t>Pavel è stato condannato per la prima volta nel maggio 2021 per "aver insultato Lukashenko" e condannato alla reclusione in una colonia penale. È stato rilasciato nel maggio 2022, dopo aver scontato l'intera pena.
+Pavel è stato nuovamente arrestato nella primavera del 2024 con l'accusa di collaborare con la Direzione Centrale di Intelligence del Ministero della Difesa ucraino. La notizia è stata riportata nel programma "All About the Case" trasmesso dal canale televisivo statale Belarus 4. Mogilev. Nel video pubblicato, Pavel afferma di aver filmato il dispiegamento di missili Iskander da trasmettere alle Forze Armate ucraine e legge anche un testo presentato come giuramento di fedeltà all'Ucraina.
+Nel novembre 2024, ha dovuto affrontare una serie di udienze in tribunale per i reati di "partecipazione a un gruppo armato o a un conflitto armato, operazioni militari sul territorio di uno Stato straniero, reclutamento o addestramento di persone per tale partecipazione" e "tradimento". L'esito dei casi è sconosciuto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.05.2021: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 19.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 28.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
+  </si>
+  <si>
+    <t>Jaroslav Petrovich Sakovich</t>
+  </si>
+  <si>
+    <t>9 giugno 1980</t>
+  </si>
+  <si>
+    <t>Secondo gli investigatori, è stato arrestato per aver trasmesso dati alle forze armate ucraine. Moglie ucraina. Ha vissuto in Ucraina, è tornato in Bielorussia nel 2021 a causa di genitori malati. È stato detenuto dal KGB, torturato tutta la notte affinché ammettesse di aver combattuto in precedenza in Ucraina, hanno chiamato sua moglie e hanno promesso di mandargli la testa. Successivamente, Yaroslav è stato rilasciato. Un anno dopo è stato nuovamente arrestato e ora si trova in un centro di custodia cautelare.
+Il 4 maggio 2023 è stato condannato ai sensi di due articoli (370 e 295 del codice penale) a 2 anni di reclusione; dopo la protesta del pubblico ministero la pena è stata raddoppiata; È in un centro di custodia cautelare perché... Sono stati avviati altri due procedimenti penali. È accusato di tradimento contro lo Stato (parte 1 dell'articolo 356 del codice penale) per "aver trasferito dati alle forze armate ucraine".
+Nell'estate del 2024, si è saputo che Yaroslav era stato nuovamente trasferito al centro di custodia cautelare-1.</t>
+  </si>
+  <si>
+    <t>11 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-08-28 10:43:51</t>
   </si>
   <si>
-    <t>Максим Михайлович Матырко</t>
-[...11 lines deleted...]
-    <t>Решение суда 06.04.2022: 9 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 12.05.2023: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 10.09.2024: неизвестно лет тюремного режима.</t>
+    <t>Maхim Mikhailovich Matyrko</t>
+  </si>
+  <si>
+    <t>9 giugno 1977</t>
+  </si>
+  <si>
+    <t>Cittadino della Federazione Russa, vive a Minsk da 16 anni.
+Secondo i canali filogovernativi, è stato arrestato per aver partecipato a proteste nel 2020.
+Condannato per aver partecipato a proteste e aver dato fuoco a un'auto (non si conoscono i dati esatti sull'accusa).
+Si è saputo che Maxim è stato processato il 12 maggio 2023 ai sensi della parte 2 dell'art. 411 cp. Il verdetto è sconosciuto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.04.2022: 9 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 12.05.2023: sconosciuto anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 10.09.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Иван Владимирович Котов</t>
-[...60 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 giugno 2003</t>
+  </si>
+  <si>
+    <t>Danila è una studentessa dell'Università statale Francisk Skaryna Gomel. Il 18 ottobre 2024, presso il tribunale del distretto Novobelitsky di Gomel, lui e sua madre Elena Chibisova sono stati condannati ai sensi della Parte 2 dell'art. 19.11 del Codice degli illeciti amministrativi (stupro, distribuzione di materiale estremista). Non si conosce l'esito dell'udienza in tribunale. Dopo di ciò è stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Viktar Turchenik</t>
+  </si>
+  <si>
+    <t>10 giugno 1989</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 giugno 1978</t>
+  </si>
+  <si>
+    <t>Il 31 maggio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.03.2024: 2 anni 8 mesi di reclusione in una colonia del regime generale. Appello 31.05.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Pavel Valerievich Shpak</t>
+  </si>
+  <si>
+    <t>10 giugno 1985</t>
+  </si>
+  <si>
+    <t>Pavel è un fisico. Nel 2007 ha conseguito un master in fisica laser presso l'Università statale bielorussa e ha conseguito un dottorato di ricerca in fisica e matematica. Due anni fa ha trovato lavoro in Polonia e ha ottenuto un permesso di lavoro, ma tornava a casa occasionalmente. Durante uno di questi viaggi, è stato arrestato .
+Per quasi 16 anni (dal 2007 al 2023), ha lavorato presso l'Istituto di Fisica dell'Accademia Nazionale delle Scienze della Bielorussia, passando da ricercatore junior a ricercatore. Il suo portfolio scientifico comprende 33 pubblicazioni e la partecipazione allo sviluppo di sistemi laser e optoelettronica.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:12:55</t>
+  </si>
+  <si>
+    <t>Yuri Aleksandrovich Moiseenko</t>
+  </si>
+  <si>
+    <t>10 giugno 1998</t>
+  </si>
+  <si>
+    <t>Il 17 aprile 2024 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Данила Максимович Чибисов</t>
-[...24 lines deleted...]
-    <t>5 лет лишения свободы в колонии общего режима</t>
+    <t>Uladzislau Dzmitryyevich Pudziak</t>
+  </si>
+  <si>
+    <t>Responsabile del laboratorio Gomselmash.
+L'8 settembre 2023 si è tenuta un'udienza d'appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.06.2023: 11 anni di reclusione in una colonia del regime generale. Appello 08.09.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
+  </si>
+  <si>
+    <t>Denis Sergeevich Sidorok</t>
+  </si>
+  <si>
+    <t>Presumibilmente detenuto per aver partecipato alle proteste nel 2020.
+Il 14 marzo 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia a regime generale</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Виктор Турченик</t>
-[...70 lines deleted...]
-    <t>15 лет колонии в условиях усиленного режима</t>
+    <t>Uladzimir Ivanavich Zhurauka</t>
+  </si>
+  <si>
+    <t>13 giugno 1985</t>
+  </si>
+  <si>
+    <t>Vladimir, ex operatore della sala controllo dell'impianto Ammonia-3 di Grodno Azot , è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e aderito all'iniziativa "Movimento dei Lavoratori". Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Vladimir è stato riconosciuto colpevole di diffamazione, tradimento e creazione e partecipazione a un gruppo estremista e condannato alla reclusione.
+Nel novembre 2023 si tenne un'altra udienza in tribunale, al termine della quale Vladimir fu trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 15 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 16.11.2023: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
-    <t>Сергей Владимирович Чаботько</t>
-[...11 lines deleted...]
-    <t>Решение суда 31.10.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа.</t>
+    <t>Sergey Vladimirovich Chabotko</t>
+  </si>
+  <si>
+    <t>13 giugno 1983</t>
+  </si>
+  <si>
+    <t>Proprietario del popolare sito web s13.ru. Sergei è stato processato il 25 ottobre per “distribuzione di materiale estremista”. La revisione ha comportato anche 15 giorni di arresto amministrativo. Quel giorno si è saputo che il tribunale, su richiesta del pubblico ministero della città di Grodno, ha riconosciuto il sito web s13.ru, esistente da quasi due decenni, come “materiale estremista” . Dopo la sua prima incarcerazione, Sergei è stato accusato di “violazione dell’ordine di organizzare o tenere eventi di massa”. Il caso amministrativo è stato esaminato mercoledì dal tribunale distrettuale Leninsky e il giudice Natalya Gorbach ha concesso altri 15 giorni.
+Di conseguenza, Sergei Chabotko è stato processato tre volte per aver distribuito materiale estremista e “picchettaggio” su Internet.
+Sergei non è stato rilasciato nemmeno dopo 45 giorni di arresto amministrativo. Probabilmente l'uomo è stato preso in custodia.
+Il sito web s13.ru ha riconosciuto il KGB bielorusso come una “ formazione estremista ”, quindi il caso di Sergei è probabilmente collegato a questo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale, 1000 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
-    <t>Дмитрий Владимирович Сосновский</t>
-[...10 lines deleted...]
-    <t>Решение суда 05.12.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+    <t>Roman Olegovich Tsygankov</t>
+  </si>
+  <si>
+    <t>13 giugno 1994</t>
+  </si>
+  <si>
+    <t>Detenuto per aver partecipato alle proteste nel 2020.
+Il 20 ottobre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.08.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 20.10.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
+    <t>Dmitry Vladimirovich Sosnovsky</t>
+  </si>
+  <si>
+    <t>13 giugno 1990</t>
+  </si>
+  <si>
+    <t>Dmitry è stato arrestato nel luglio 2021 in relazione a un procedimento penale riguardante il tentato omicidio del propagandista Grigory Azarenok, ai sensi dell'articolo "Atto di terrorismo". Secondo l'accusa, ha commesso "azioni deliberate volte a preparare un atto di terrorismo contro Azarenok". Sono state prese in considerazione diverse opzioni, tra cui costringerlo con la forza a registrare un videomessaggio.
+Dmitry è stato l'unico imputato nel caso a non essersi dichiarato colpevole. Al processo, ha dichiarato di essere stato coinvolto nel crimine durante un esperimento investigativo. Ha affermato che, dopo il suo arresto, è stato sottoposto a violenze e torture, ed è stato costretto a firmare una confessione. Durante l'interrogatorio, ha riportato gravi ferite alle mani, che ora gli impediscono di lavorare a tempo pieno. Alla prima udienza, ha anche annunciato la sua volontà di rinunciare alla cittadinanza bielorussa, poiché "non ha alcun legame con il terrorismo".
+Nel dicembre 2022, Dmitry è stato dichiarato colpevole e condannato alla reclusione in una colonia penale di massima sicurezza, nonché a una multa salata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.12.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Елена Геннадьевна Рудая</t>
-[...8 lines deleted...]
-    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.07.2025: неизвестно.</t>
+    <t>Sergey Andreevich Batura</t>
+  </si>
+  <si>
+    <t>13 giugno 2001</t>
+  </si>
+  <si>
+    <t>È stato arrestato nell'ambito di un procedimento penale il 9 novembre 2021 per aver partecipato a proteste. In primo luogo, è stato collocato nel centro di detenzione preventiva del KGB, quindi trasferito al centro di detenzione preventiva-1.
+È stato anche accusato di aver ricevuto manganelli telescopici, pistole stordenti e altri mezzi dall'estero.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.07.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
+    <t>Elena Gennadievna Artyush (Rudaya)</t>
+  </si>
+  <si>
+    <t>13 giugno 1969</t>
+  </si>
+  <si>
+    <t>Pneumologo con 30 anni di esperienza. Ha lavorato presso il 10° ospedale di Minsk (1992-2022), dove ha diretto il reparto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.07.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-27 21:00:10</t>
   </si>
   <si>
-    <t>Роман Олегович Цыганков</t>
-[...37 lines deleted...]
-    <t xml:space="preserve">Сергей, системный администратор в сфере локальных сетей и видеонаблюдения, был задержан 2 октября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
+    <t>Sergey Romualdovich Plonis</t>
+  </si>
+  <si>
+    <t>14 giugno 1973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sergey, un amministratore di sistema nel campo delle reti locali e della videosorveglianza, è stato arrestato il 2 ottobre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali Telegram "radicali" e di aver intenzione di danneggiare o distruggere tre chioschi Tabakerka.
 </t>
   </si>
   <si>
-    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
-    <t>Антон Владимирович Денейко</t>
-[...2 lines deleted...]
-    <t>14 июня 1991</t>
+    <t>Anton Vladimirovich Deneyko</t>
+  </si>
+  <si>
+    <t>14 giugno 1991</t>
+  </si>
+  <si>
+    <t>5 anni di carcere in una colonia penale</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
-    <t>Александр Чумаков</t>
-[...7 lines deleted...]
-Кроме того, Алесь переводил ирландскую героическую поэзию на белорусский язык. В группе Ceilidh Ceol, созданной в середине 2000-х, он исполнял старинные ирландские песни по-беларуски, посвященные свободе и памяти предков. В 2020 году его вокал прозвучал в белорусской озвучке сериала «Ведьмак» от Netflix — он исполнил известную песню Toss a Coin to Your Witcher в белорусском переводе.</t>
+    <t>Alexander Chumakov</t>
+  </si>
+  <si>
+    <t>14 giugno 1981</t>
+  </si>
+  <si>
+    <t>È stato dichiarato membro del "gruppo estremista" "Da Zoraў". Il KGB ritiene che lui e Semyon Malashenkov ne siano membri.
+È noto come musicista, costruttore di gusli e membro del gruppo "Stary Olsa". Dal 2002, Chumakov suona e canta nel gruppo di musica medievale "Stary Olsa", utilizzando gusli, flauti e altri strumenti antichi. Nel 2005 ha fondato il gruppo "Bokal Kola", che eseguiva danze popolari bielorusse accompagnate da duda e gusli, ma il progetto ha avuto vita breve. Occasionalmente, il musicista si esibiva da solista, eseguendo danze popolari.
+Ales ha anche tradotto la poesia eroica irlandese in bielorusso. Con la band Ceilidh Ceol, formatasi a metà degli anni 2000, ha eseguito antiche canzoni irlandesi in bielorusso dedicate alla libertà e alla memoria degli antenati. Nel 2020, ha prestato la sua voce al doppiaggio bielorusso della serie Netflix The Witcher, eseguendo il celebre brano "Toss a Coin to Your Witcher" in bielorusso.</t>
   </si>
   <si>
     <t>2025-12-16 19:40:03</t>
   </si>
   <si>
-    <t>Артём Игоревич Косаковский</t>
-[...9 lines deleted...]
-    <t>Решение суда 19.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 23.05.2022: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Artem Igorevich Kosakovsky</t>
+  </si>
+  <si>
+    <t>14 giugno 1998</t>
+  </si>
+  <si>
+    <t>Artyom ha lavorato come ottico nello stabilimento Lida Optik. Ha studiato al Liceo di Fisica e Matematica di Grodno e al Politecnico di Lida. È stato arrestato il 27 settembre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali” e di aver intenzione di danneggiare o distruggere tre chioschi di Tabakerka.
+Nel maggio 2022, Artyom è stato nuovamente condannato per aver partecipato alle proteste avvenute nel 2020 a Lida.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 5 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 23.05.2022: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Елена Валерьевна Добыш</t>
-[...8 lines deleted...]
-    <t>Решение суда 22.10.2025: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа.</t>
+    <t>Maxim Valerievich Lukashevich</t>
+  </si>
+  <si>
+    <t>15 giugno 1989</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.12.2024: 3 anni di reclusione in una colonia del regime generale. Appello 14.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-13 11:59:34</t>
+  </si>
+  <si>
+    <t>Valery Tadeushevich Viskirsky</t>
+  </si>
+  <si>
+    <t>15 giugno 1986</t>
+  </si>
+  <si>
+    <t>Il motivo iniziale della detenzione era la distribuzione di materiale estremista nell'ambito di un caso amministrativo e motivato politicamente.
+Durante l'arresto, l'uomo è stato accusato di un procedimento penale per numerosi Mi piace su Odnoklassniki.
+Il 4 luglio 2023 il ricorso è stato esaminato. l'accordo precedente è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.03.2023: 5 anni di reclusione in una colonia del regime generale. Appello 04.07.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
+  </si>
+  <si>
+    <t>Alexey Vladimirovich Kuzmin</t>
+  </si>
+  <si>
+    <t>15 giugno 1980</t>
+  </si>
+  <si>
+    <t>Responsabile del dipartimento di prefatturazione e tariffazione di MTS.
+Secondo i materiali dell'indagine , Kuzmin ha avuto accesso alle informazioni personali dei clienti MTS e dal 9 agosto 2020 all'8 aprile 2021 le ha "trapelate" ai canali Telegram "Libro nero della Bielorussia", "Punitore della Bielorussia" e "Tutti Violazioni!”
+Le vittime sono state 57: forze di sicurezza, propagandisti, funzionari, giudici, pubblici ministeri e membri delle loro famiglie. Inoltre, secondo l’inchiesta, “le azioni congiunte di Kuzmin e di altre persone” hanno provocato interruzioni nel lavoro dei trasporti e delle imprese, “causando danni a Minsktrans per un ammontare di poco più di 22.500 rubli”.
+Tra le vittime figura in particolare un dipendente della SB. La Bielorussia oggi” Lyudmila Gladkaya , nonché membro del Partito comunista bielorusso e deputato Sergei Klishevich .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.09.2023: 7 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-10-28 13:12:30</t>
+  </si>
+  <si>
+    <t>Volha Prakopchyk</t>
+  </si>
+  <si>
+    <t>15 giugno 1978</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:50:45</t>
+  </si>
+  <si>
+    <t>Alena Dobysh</t>
+  </si>
+  <si>
+    <t>15 giugno 1981</t>
+  </si>
+  <si>
+    <t>È stata arrestata nel marzo 2025 nell'ambito di un procedimento penale legato ad "attività estremiste".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.10.2025: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-03-27 00:27:54</t>
   </si>
   <si>
-    <t>Валерий Тадеушевич Вискирский</t>
-[...53 lines deleted...]
-    <t>Решение суда 08.08.2025: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 595 базовых величин штрафа.</t>
+    <t>Pavel Sergeevich Kabarchuk</t>
+  </si>
+  <si>
+    <t>16 giugno 1993</t>
+  </si>
+  <si>
+    <t>Il 15 febbraio 2024, nel distretto di Lelchitsy, nella regione di Gomel, al confine con l'Ucraina, è stato introdotto un regime di "operazione antiterrorismo". Alla popolazione è stato chiesto di "mantenere la calma e obbedire alle richieste delle forze dell'ordine". Il KGB afferma di aver arrestato membri di un "gruppo di sabotaggio e ricognizione" che includeva cittadini ucraini e bielorussi. Tra gli arrestati c'erano cittadini ucraini, padre e figlio Sergei e Pavel Kabarchuks. Sergei Kabarchuks, nato nel 1963, è originario del distretto di Kovel, nella regione di Volinia. Padre e figlio sono stati arrestati nel febbraio 2024 nel distretto di Lelchitsy. Addosso a loro sono stati trovati "ordigni esplosivi e altri mezzi di distruzione". Il KGB ha "stabilito" che gli ordigni esplosivi erano destinati ad attacchi terroristici in Bielorussia e Russia e che "l'infiltrazione del gruppo" è stata organizzata dai Servizi di Sicurezza dell'Ucraina.
+Contemporaneamente, è stato arrestato anche Vitaly Vlasyuk, residente a Brest, nato nel 1970. È stato accusato di contrabbando (Parte 3 dell'articolo 228 del Codice penale).
+Fu torturato nel centro di detenzione preventiva del KGB. Dopo il suo arresto, fu trattenuto nel centro di detenzione preventiva del KGB per diversi giorni, senza cibo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.10.2024: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:39:53</t>
+  </si>
+  <si>
+    <t>Sergey Mikhailovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>16 giugno 1982</t>
+  </si>
+  <si>
+    <t>L'amministratore del canale telegrafico "L'Esercito con il Popolo" e marito della prigioniera politica Antonina Konovalova sono stati arrestati il 2 ottobre 2020 e condannati per "prepararsi a partecipare a rivolte di massa".
+Nel gennaio 2023, Sergei è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione dell’istituto correzionale”.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.05.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 30.07.2021: il verdetto è stato confermato. Sentenza del tribunale 26.01.2023: 9 mesi di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:55:40</t>
+  </si>
+  <si>
+    <t>Eugene Alexandrovich Krasnyansky</t>
+  </si>
+  <si>
+    <t>Evgeny, 43 anni, è stato condannato per aver condotto una ricerca sociologica sul COVID-19 in Bielorussia.
+In precedenza, il Comitato Investigativo aveva riferito i dettagli dell'incriminazione di Krasnyansky. L'agenzia aveva affermato che l'uomo aveva preparato uno studio per una delle organizzazioni straniere contenente "informazioni deliberatamente false sulla politica sanitaria del Paese in termini di misure adottate per combattere l'infezione da coronavirus". È noto che due donne sono state arrestate insieme a Yevgeny Krasnyansky: residenti di Minsk di 37 e 43 anni. Avrebbero condotto uno studio sociologico sulla presenza di vantaggi tra i cittadini nello sviluppo del Paese attraverso l'integrazione con i Paesi dell'Unione Europea. Per giungere al risultato desiderato, le donne avrebbero intervistato i rappresentanti del focus group che avevano "un atteggiamento deliberatamente negativo nei confronti del sistema politico e dell'ordine costituzionale esistenti nello Stato". Le condanne per le donne sono sconosciute.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.08.2025: 7 anni 6 mesi di reclusione in una colonia del regime potenziato, 595 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
-    <t>Павел Сергеевич Кабарчук</t>
-[...42 lines deleted...]
-    <t>Решение суда 19.05.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Aliaksei Siarheyevich Barodka</t>
+  </si>
+  <si>
+    <t>17 giugno 1998</t>
+  </si>
+  <si>
+    <t>L'avvocato è stato arrestato alla fine di gennaio e si trova nel centro di detenzione preventiva n. 1 a Volodarsky. Dopo l’arresto, il profilo dell’avvocato è stato rimosso dal sito web dell’Ordine degli avvocati repubblicani. Successivamente si è saputo che il 21 aprile 2023 gli era stata revocata la licenza.
+L'8 settembre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.05.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
-    <t>Александр Александрович Чиж</t>
-[...5 lines deleted...]
-    <t>Решение суда 19.06.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Alexander Aleksandrovich Chizh</t>
+  </si>
+  <si>
+    <t>18 giugno 1983</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.06.2024: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-06-17 19:24:12</t>
   </si>
   <si>
-    <t>Андрей Сергеевич Раптунович</t>
-[...26 lines deleted...]
-    <t>Решение суда 15.11.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.01.2024: неизвестно.</t>
+    <t>Vladimir Mikhailovich Morozov</t>
+  </si>
+  <si>
+    <t>19 giugno 1980</t>
+  </si>
+  <si>
+    <t>Molto probabilmente, è stato arrestato il 26 gennaio 2023 per distribuzione, produzione, conservazione e trasporto di prodotti informativi contenenti appelli ad attività estremiste o che promuovevano tali attività. Dopo di che è stato aperto un procedimento penale sotto numerosi articoli. Prima del processo sarebbe stato imprigionato nel carcere di Zhodino.
+Il 26 gennaio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.11.2023: 9 anni di reclusione in una colonia del regime potenziato. Appello 26.01.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Дмитрий Петрович Морозов</t>
-[...5 lines deleted...]
-    <t>Решение суда 22.11.2023: неизвестно. Апелляция 14.03.2024: неизвестно.</t>
+    <t>Dmitry Petrovich Morozov</t>
+  </si>
+  <si>
+    <t>19 giugno 1972</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.11.2023: sconosciuto. Appello 14.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
   </si>
   <si>
-    <t>Глеб Олегович Дудко</t>
-[...12 lines deleted...]
-    <t>Решение суда 09.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: приговор оставлен без изменения.</t>
+    <t>Gleb Olegovych Dudko</t>
+  </si>
+  <si>
+    <t>20 giugno 1988</t>
+  </si>
+  <si>
+    <t>Gleb Dudko è conosciuto nell'ambiente musicale non solo di Gomel, ma anche ben oltre i suoi confini. Combinando i suoi talenti di musicista e programmatore, ha lanciato almeno due startup IT musicali.
+Il padre di Gleb, Oleg Dudko, è un famoso cantante lirico di Gomel ed ex solista della Filarmonica.
+Nel 2018, Gleb, insieme al programmatore Maxim Grinevich, ha lanciato il progetto ConcertMaster. L'idea del progetto è quella di creare un programma che possa accompagnare automaticamente i cantanti .
+Gleb è stato detenuto nel marzo 2024 a Dobrush e condannato all'arresto per "distribuzione di materiale estremista ". Successivamente l'uomo è stato trasferito in un centro di custodia cautelare.
+Dalle pubblicazioni di Gleb Dudko sui social network si evince che nel 2022 ha condannato l’aggressione militare contro l’Ucraina. Non si sa esattamente cosa sia servito come base per la persecuzione politica del residente di Gomel.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
-    <t>Валентина Владимировна Полоз</t>
-[...9 lines deleted...]
-    <t>Решение суда 02.12.2024: 9 лет лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
+    <t>Valentina Vladimirovna Poloz</t>
+  </si>
+  <si>
+    <t>21 giugno 1974</t>
+  </si>
+  <si>
+    <t>In un film di propaganda dell’11 settembre 2023, il Comitato per la sicurezza dello Stato ha riferito di aver arrestato sei persone in Bielorussia con l’accusa di collaborazione con il “Servizio di sicurezza dell’Ucraina” e “preparazione di attacchi terroristici”. Nel video, alcuni di loro sembrano picchiati, altri sono condotti in catene durante le azioni investigative, uno dei detenuti è stato portato in un centro di detenzione preventiva del KGB. Di conseguenza, tre persone, tra cui Valentina, sono state accusate ai sensi di sei articoli del codice penale, tra cui “tradimento dello Stato” e “attività sotto copertura”.
+Valentina, secondo i media filogovernativi, insieme a Nikolai Losovsky, ha preso un pacco contenente armi ed esplosivi, che dovevano essere sepolti nella regione di Mozyr. Non hanno avuto il tempo di completare l'attività poiché sono stati detenuti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.12.2024: 9 anni di reclusione in una colonia del regime generale, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Маргарита Александровна Щирец</t>
-[...38 lines deleted...]
-    <t>Решение суда 21.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2023: приговор оставлен без изменения.</t>
+    <t>Sergey Vladimirovich Boyko</t>
+  </si>
+  <si>
+    <t>22 giugno 1986</t>
+  </si>
+  <si>
+    <t>Cittadino ucraino. Dall'8 al 21 giugno 2023 il caso è stato esaminato a porte chiuse dal giudice Anatoly Sotnikov.
+Il 29 agosto 2023 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 7 anni di reclusione in una colonia del regime generale. Appello 29.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Наталья Васильевна Левая</t>
-[...17 lines deleted...]
-    <t>01.03.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+    <t>Vitaly Viktorovich Krasnov</t>
+  </si>
+  <si>
+    <t>22 giugno 1987</t>
+  </si>
+  <si>
+    <t>Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
-    <t>Сергей Викторович Евдокименко</t>
-[...9 lines deleted...]
-    <t>Решение суда 31.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Sergey Viktorovich Evdokimenko</t>
+  </si>
+  <si>
+    <t>23 giugno 1987</t>
+  </si>
+  <si>
+    <t>Come risulta dal comunicato stampa del tribunale di Brestobl, Evdokimenko è stato accusato di aver trasferito "dati personali e altri dati personali di dipendenti di organi di affari interni per la diffusione pubblica su Internet" da agosto a dicembre 2020. Allo stesso tempo, ho preso i dati dai database a cui avevo accesso al lavoro. Presumibilmente ha lavorato presso la ITV di Brest.
+Il 10 ottobre 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2023: 7 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-07-20 13:03:39</t>
   </si>
   <si>
-    <t>Андрей Владимирович Погерило</t>
-[...9 lines deleted...]
-    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно.</t>
+    <t>Andrei Uladzimiravich Paheryla</t>
+  </si>
+  <si>
+    <t>23 giugno 1991</t>
+  </si>
+  <si>
+    <t>Andrei, ex addetto alla manutenzione dell'officina Ammonia-3 dello stabilimento di Grodno Azot , è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e aderito all'iniziativa "Movimento dei Lavoratori". Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Andrei è stato riconosciuto colpevole di diffamazione, tradimento e creazione e partecipazione a un gruppo estremista e condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
   </si>
   <si>
-    <t>Александр Евгеньевич Дулеба</t>
-[...16 lines deleted...]
-    <t>Решение суда 14.05.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, ограничение по военной службе. Суд по смене режима 22.08.2022: 3 года тюремного режима.</t>
+    <t>Denis Mikhailovich Urad</t>
+  </si>
+  <si>
+    <t>Denis, un ufficiale speciale addetto alle comunicazioni dello Stato maggiore delle forze armate, è stato arrestato nel marzo 2021 e condannato per aver fotografato, secondo i media filogovernativi, una lettera segreta del ministro degli Interni al ministro della Difesa e per averla "trasmessa a un canale Telegram polacco".
+Il processo si è svolto a porte chiuse e il verdetto non è stato soggetto ad appello o revisione. Oltre a scontare una lunga pena detentiva, a Denis fu anche revocato il grado militare.
+Nell'agosto 2022 la sua pena è stata inasprita ed è stato trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.05.2021: 18 anni di reclusione in una colonia del regime potenziato, restrizione del servizio militare. Tribunale per il cambio di regime 22.08.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Павел Николаевич Иванов</t>
-[...8 lines deleted...]
-    <t>Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.06.2024: неизвестно.</t>
+    <t>Paul Nikolaevich Ivanov</t>
+  </si>
+  <si>
+    <t>24 giugno 1982</t>
+  </si>
+  <si>
+    <t>È stato arrestato dopo che la chat Telegram "Atolino " è stata definita un "gruppo estremista". Il Ministero degli Interni ha nominato diversi " membri del gruppo ", oltre a Pavel: Dmitry Tikunov, Evgeniya Mostovaya (Grigorik), Pavel Belonitsky, Alexey Semenov, Yury Antonovich, Alexander Zaitsev e Vladimir Polekh.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-11 13:21:58</t>
   </si>
   <si>
-    <t>Тина Захаровна Палынская</t>
-[...8 lines deleted...]
-Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. </t>
+    <t>Tina Zakharovna Palynskaya</t>
+  </si>
+  <si>
+    <t>24 giugno 1973</t>
+  </si>
+  <si>
+    <t>Tina, giornalista e credente cattolica originaria di Polotsk, si era ritirata da tempo dal giornalismo, crescendo due figlie e lavorando negli archivi, anche russi, eseguendo commissioni private per saggi biografici, libri di famiglia e storie sui veterani della Seconda guerra mondiale.
+In precedenza, nel 2022, la giornalista era stata processata con accuse amministrative e pesantemente multata per aver indossato nastri gialli e blu sulla sua borsa, mentre il comitato investigativo indagava sul suo post su Facebook e perquisiva la sua abitazione.
+Non ha più contatti dalla fine di maggio 2025. Tina e la figlia maggiore, Margarita, 22 anni, sono in custodia cautelare con accuse penali. Tina ha anche una figlia minore, 14 anni, che è minorenne.
+I dettagli delle accuse non sono stati resi noti ufficialmente. Prove circostanziali suggeriscono che il caso potrebbe essere collegato alla decisione del KGB di designare il Laboratorio Analitico Bielorusso del Professor Andrei Vardomatsky come gruppo estremista. Questa organizzazione ha condotto sondaggi sociologici tra i cittadini bielorussi. Attualmente non vi è alcuna conferma che Tina o sua figlia abbiano effettivamente partecipato alla ricerca del BAM. Ma anche se tale partecipazione fosse avvenuta, non avrebbe violato la legge: al momento del possibile contatto con il laboratorio, non era ancora stato designato come gruppo estremista.
+Il 13 ottobre 2025 si seppe che il marito di Tina, lo scrittore Ales Polynsky , era morto .</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
-    <t>Татьяна Николаевна Карпович</t>
-[...9 lines deleted...]
-    <t>5 лет лишения свободы в колонии.</t>
+    <t>Tatiana Nikolaevna Karpovich</t>
+  </si>
+  <si>
+    <t>24 giugno 1997</t>
+  </si>
+  <si>
+    <t>Residente di Vitebsk. La ragazza è stata denunciata ex art. 130 del codice penale (Incitamento all'odio sociale) per il trasferimento dei dati di funzionari della sicurezza, insegnanti, giudici al canale telegrafico del Libro nero della Bielorussia.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
-    <t>Денис Николаевич Ворозов</t>
-[...9 lines deleted...]
-    <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Denis Nikolaevich Vorozov</t>
+  </si>
+  <si>
+    <t>25 giugno 1981</t>
+  </si>
+  <si>
+    <t>Arrestato per aver esposto la bandiera BBW e la bandiera dell'Ucraina in un edificio di 19 piani in via Lesya Ukrainka.
+Dopo la loro detenzione, il canale nell'applicazione mobile Zello, attraverso il quale hanno comunicato durante l'azione, è stato riconosciuto come formazione estremista.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
-    <t>Айрат Эрнестович Халиков</t>
-[...5 lines deleted...]
-    <t>Гражданин Российской Федерации, в Беларуси живет с 2019 года. Работал водителем на "Аліварыі". Задержан в мае 2025 года по "делу Гаюна"</t>
+    <t>Airat Ernestovich Khalikov</t>
+  </si>
+  <si>
+    <t>26 giugno 1996</t>
+  </si>
+  <si>
+    <t>Cittadino della Federazione Russa, vive in Bielorussia dal 2019. Lavorava come autista per Alivaria. È stato arrestato nel maggio 2025 in relazione al caso Gayun.</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Владимир Юрьевич Исаев</t>
-[...9 lines deleted...]
-    <t>Решение суда 31.10.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: снятие всех обвинений. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Igor Petrovich Khristoforov</t>
+  </si>
+  <si>
+    <t>26 giugno 1973</t>
+  </si>
+  <si>
+    <t>È stato condannato per oltre trecento commenti, alcuni dei quali risalivano al 2015.
+Il processo è stato interrotto a causa del peggioramento delle sue condizioni spinali e della perdita della capacità di camminare.
+Il ricorso è stato discusso il 15 novembre 2022.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.08.2022: 6 anni di reclusione in una colonia del regime generale. Appello 15.11.2022: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
+    <t>Vladimir Yurievich Isaev</t>
+  </si>
+  <si>
+    <t>26 giugno 1984</t>
+  </si>
+  <si>
+    <t>È stato condannato al carcere nell'autunno del 2022 per "aver insultato Lukashenko". L'esito del suo appello è sconosciuto.
+Nel giugno 2025 si è saputo che Vladimir era stato arrestato. I dettagli del caso sono in fase di indagine. In autunno, è stato condannato al carcere.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.01.2023: archiviazione di tutte le accuse. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Игорь Петрович Христофоров</t>
-[...24 lines deleted...]
-    <t>Решение суда 02.12.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
+    <t>Peter Filippovich Filipovich</t>
+  </si>
+  <si>
+    <t>27 giugno 1953</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
+    <t>Nikolay Stepanovich Losovsky</t>
+  </si>
+  <si>
+    <t>27 giugno 1966</t>
+  </si>
+  <si>
+    <t>In un film di propaganda dell’11 settembre 2023, il Comitato per la sicurezza dello Stato ha riferito di aver arrestato sei persone in Bielorussia con l’accusa di collaborazione con il “Servizio di sicurezza dell’Ucraina” e “preparazione di attacchi terroristici”. Nel video, alcuni di loro sembrano picchiati, altri sono condotti in catene durante le azioni investigative, uno dei detenuti è stato portato in un centro di detenzione preventiva del KGB. Di conseguenza, tre persone, tra cui Nikolai, sono state accusate ai sensi di sei articoli del codice penale, tra cui “tradimento dello Stato” e “attività sotto copertura”.
+Nikolai, secondo i media filogovernativi, ha controllato i depositi su istruzioni dei servizi speciali ucraini e ha svolto anche altri incarichi in cambio di denaro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.12.2024: 10 anni di reclusione in una colonia del regime potenziato, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Петр Филиппович Филипович</t>
-[...20 lines deleted...]
-    <t>Решение суда 31.10.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 21.01.2025: приговор оставлен без изменения.</t>
+    <t>Yana Vitalievna Pinchuk</t>
+  </si>
+  <si>
+    <t>28 giugno 1997</t>
+  </si>
+  <si>
+    <t>Detenuto il 1 novembre 2021 a San Pietroburgo per gli eventi in Bielorussia. In Russia ha lavorato come cameriera e ha vissuto in due paesi. L'ultima volta che la ragazza è stata a casa circa un anno fa. Secondo l'inchiesta, da settembre 2020 a novembre 2021, l'indagato ha amministrato tre canali Telegram. Nel maggio 2022, il tribunale russo ha rifiutato di concedere alla bielorussa Yana Pinchuk asilo temporaneo in Russia.
+Il 9 agosto 2022 è stata estradata dalla Federazione Russa alla Repubblica di Bielorussia nonostante il divieto di estradizione da parte del Comitato per i diritti umani delle Nazioni Unite.</t>
+  </si>
+  <si>
+    <t>12 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
+  </si>
+  <si>
+    <t>Alexey Vasilievich Semenok</t>
+  </si>
+  <si>
+    <t>28 giugno 1975</t>
+  </si>
+  <si>
+    <t>Il verdetto si è basato sui commenti di Alexei su Internet.
+Subito dopo il suo arrivo nella colonia, Alexei Semenko venne gettato in una cella di punizione, un luogo in cui i prigionieri vengono torturati in condizioni disumane.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.03.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-03-11 21:32:16</t>
+  </si>
+  <si>
+    <t>Alexei Sergeevich Samoylyuk</t>
+  </si>
+  <si>
+    <t>28 giugno 1989</t>
+  </si>
+  <si>
+    <t>Un distaccamento delle forze speciali ha fatto irruzione nella casa di Alexey, hanno buttato l'uomo a terra e un agente della sicurezza si è seduto con le ginocchia sul corpo di Samoiluk (con un ginocchio sul collo di Samoiluk).
+Il canale filogovernativo sostiene che Samoiluk “ha lanciato pietre contro la polizia durante gli scontri”. In quella pubblicazione sullo stesso canale sono state pubblicate anche delle fotografie: in una foto ci sono due persone con cappuccio e maschera, una con in mano una bandiera ucraina, la seconda un foglio di carta con il testo “Residenti di Brest con l’Ucraina”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 08.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
+  </si>
+  <si>
+    <t>Anatoly Anatolyevich Kosilo</t>
+  </si>
+  <si>
+    <t>28 giugno 1985</t>
+  </si>
+  <si>
+    <t>Anatoly è stato condannato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni" e condannato alla restrizione della libertà con rinvio a un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.10.2024: 1 anno 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 21.01.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-10-21 21:48:13</t>
   </si>
   <si>
-    <t>Алексей Васильевич Семенок</t>
-[...76 lines deleted...]
-    <t>Решение суда 05.12.2022: 13 лет лишения свободы в колонии в условиях усиленного режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
+    <t>Kirill Romanovich Ashurak</t>
+  </si>
+  <si>
+    <t>29 giugno 1999</t>
+  </si>
+  <si>
+    <t>Kirill è stato arrestato il 23 giugno 2021 nell'ambito di un'indagine penale su un incidente avvenuto presso una base di comunicazione della Marina russa vicino a Vileika. Nel filmato di propaganda dell'ONT, era stato descritto come l'autore iniziale del bombardamento, ma si è rifiutato di partecipare e si è limitato a partecipare alla ricognizione della zona.
+Lukashenko ha menzionato Kirill tra le persone che avrebbero voluto fuggire in Ucraina e Lituania, ma che sono state arrestate dal gruppo Alpha del KGB.
+È noto anche che Kirill era già stato arrestato e duramente picchiato il 9 agosto 2020.
+Nel dicembre 2022 è stato riconosciuto colpevole e condannato alla reclusione in una colonia penale di massima sicurezza e a una multa salata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.12.2022: 13 anni di reclusione in una colonia del regime potenziato, 400 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
-    <t>Павел Владимирович Вабищевич</t>
-[...9 lines deleted...]
-    <t>Решение суда 06.02.2025: 23 года лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
+    <t>Marina Aliseenko</t>
+  </si>
+  <si>
+    <t>29 giugno 1984</t>
+  </si>
+  <si>
+    <t>Marina Alekseenko ha 40 anni. È di Minsk, si è laureata all'Università Linguistica Statale di Minsk nel 2008. Successivamente, ha lavorato come traduttrice, ma nel 2012 ha trovato lavoro presso l'esclusivo hotel a cinque stelle Crowne Plaza di Minsk. In due anni è passata da assistente del direttore delle vendite a capo del reparto vendite e marketing.
+È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-06-18 14:02:34</t>
+  </si>
+  <si>
+    <t>Paul Vladimirovich Vabishchevich</t>
+  </si>
+  <si>
+    <t>30 giugno 1986</t>
+  </si>
+  <si>
+    <t>Pavel Vabishchevich e Andrei Zinenko, come affermato nel film di propaganda dell'ONT, sono stati arrestati nella notte tra il 26 e il 27 agosto 2023 sulla ferrovia nel distretto di Stolbtsy vicino al deposito petrolifero e al punto di fermata di Sinyava.
+Un film di propaganda dell'autunno 2023 affermava che erano stati arrestati per aver tentato di posizionare un ordigno esplosivo sulla ferrovia nel distretto di Stolbtsy, "che avrebbe dovuto esplodere al comando di un curatore della SBU. I propagandisti hanno detto che Vabishchevich era arrivato". all'attenzione delle forze di sicurezza quando l'informatore ha denunciato. Il chatbot del KGB ha affermato che alla stazione di Orsha stava fotografando binari e treni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.02.2025: 23 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
-    <t>Жанна Николаевна Дашкевич</t>
-[...9 lines deleted...]
-    <t>Решение суда 09.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2024: неизвестно.</t>
+    <t>Zhanna Nikolaevna Dashkevich</t>
+  </si>
+  <si>
+    <t>30 giugno 1969</t>
+  </si>
+  <si>
+    <t>Zhanna Dashkevich ha 54 anni. Viene dal villaggio di Svatki, distretto di Myadel, regione di Minsk. Zhanna si è laureata al Bobruisk Medical College nel 1987 e all'età di 41 anni è entrata all'Università pedagogica statale bielorussa per studiare come psicologa. Non si sa quando Zhanna Dashkevich sia stata arrestata e perché. Ma nell’ottobre del 2023 ha smesso di essere online, anche se in precedenza era attiva sui social network.
+Il processo contro la donna è iniziato il 3 giugno 2024 presso il tribunale regionale di Minsk. Zhanna è sotto processo in base a due articoli: "reclutamento, addestramento o preparazione per la partecipazione alla guerra, nonché sostegno materiale per tali attività" e "creazione di una formazione estremista o partecipazione ad essa". Rischia da cinque a dieci anni di carcere</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-04 17:11:45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1803,51 +1735,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1886,167 +1818,167 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
@@ -2056,78 +1988,78 @@
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
@@ -2218,2126 +2150,1990 @@
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>94</v>
       </c>
-      <c r="D16" t="s">
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>110</v>
       </c>
       <c r="I19" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>132</v>
       </c>
       <c r="I23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
+      <c r="E24" t="s">
+        <v>137</v>
+      </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
       <c r="I25" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>145</v>
       </c>
       <c r="B26" t="s">
         <v>146</v>
       </c>
       <c r="C26" t="s">
         <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>148</v>
       </c>
       <c r="I26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>150</v>
       </c>
       <c r="B27" t="s">
         <v>151</v>
       </c>
       <c r="C27" t="s">
         <v>152</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E27" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>153</v>
       </c>
       <c r="I27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28" t="s">
         <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>157</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>174</v>
       </c>
       <c r="I31" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>176</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>179</v>
       </c>
       <c r="I32" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>181</v>
       </c>
       <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>183</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
         <v>186</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>187</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>188</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
         <v>191</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>192</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>193</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
         <v>196</v>
       </c>
-      <c r="B36" t="s">
-        <v>192</v>
+      <c r="C36" t="s">
+        <v>197</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>198</v>
       </c>
       <c r="I36" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>200</v>
       </c>
       <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>201</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>202</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>216</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...16 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44" t="s">
+        <v>99</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
+        <v>249</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>62</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>251</v>
+      </c>
+      <c r="B48" t="s">
+        <v>252</v>
+      </c>
+      <c r="C48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>28</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="I48" t="s">
         <v>255</v>
-      </c>
-[...13 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>256</v>
+      </c>
+      <c r="B49" t="s">
         <v>257</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>84</v>
+      </c>
+      <c r="H49" t="s">
         <v>258</v>
       </c>
-      <c r="C49" t="s">
+      <c r="I49" t="s">
         <v>259</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>260</v>
+      </c>
+      <c r="B50" t="s">
+        <v>261</v>
+      </c>
+      <c r="C50" t="s">
         <v>262</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>263</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>264</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51" t="s">
+        <v>266</v>
+      </c>
+      <c r="C51" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>270</v>
+      </c>
+      <c r="B52" t="s">
+        <v>271</v>
+      </c>
+      <c r="D52" t="s">
+        <v>98</v>
+      </c>
+      <c r="E52" t="s">
+        <v>99</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
+        <v>183</v>
+      </c>
+      <c r="I52" t="s">
         <v>272</v>
-      </c>
-[...22 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>273</v>
+      </c>
+      <c r="B53" t="s">
+        <v>274</v>
+      </c>
+      <c r="C53" t="s">
+        <v>275</v>
+      </c>
+      <c r="D53" t="s">
+        <v>98</v>
+      </c>
+      <c r="E53" t="s">
+        <v>99</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>276</v>
+      </c>
+      <c r="I53" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
+        <v>279</v>
+      </c>
+      <c r="C54" t="s">
         <v>280</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>125</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>281</v>
       </c>
-      <c r="C54" t="s">
+      <c r="I54" t="s">
         <v>282</v>
-      </c>
-[...16 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
+        <v>284</v>
+      </c>
+      <c r="C55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>287</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>291</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" t="s">
+        <v>294</v>
+      </c>
+      <c r="C57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>296</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>297</v>
-      </c>
-[...16 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>298</v>
+      </c>
+      <c r="B58" t="s">
+        <v>299</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>300</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>301</v>
-      </c>
-[...13 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="C59" t="s">
         <v>304</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>78</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>305</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>306</v>
-      </c>
-[...16 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>307</v>
+      </c>
+      <c r="B60" t="s">
+        <v>308</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" t="s">
         <v>309</v>
       </c>
-      <c r="B60" t="s">
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
+        <v>312</v>
+      </c>
+      <c r="C61" t="s">
+        <v>313</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>28</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>314</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>315</v>
-      </c>
-[...16 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>316</v>
+      </c>
+      <c r="B62" t="s">
+        <v>317</v>
+      </c>
+      <c r="C62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>319</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>321</v>
+      </c>
+      <c r="B63" t="s">
+        <v>322</v>
+      </c>
+      <c r="C63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>28</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>324</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
+        <v>327</v>
+      </c>
+      <c r="C64" t="s">
         <v>328</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>198</v>
+      </c>
+      <c r="I64" t="s">
         <v>329</v>
-      </c>
-[...19 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>330</v>
+      </c>
+      <c r="B65" t="s">
+        <v>331</v>
+      </c>
+      <c r="C65" t="s">
+        <v>332</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>333</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>335</v>
+      </c>
+      <c r="B66" t="s">
+        <v>336</v>
+      </c>
+      <c r="C66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>78</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>338</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>340</v>
+      </c>
+      <c r="B67" t="s">
+        <v>336</v>
+      </c>
+      <c r="C67" t="s">
+        <v>341</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>28</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>342</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>343</v>
-      </c>
-[...16 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>344</v>
+      </c>
+      <c r="B68" t="s">
+        <v>345</v>
+      </c>
+      <c r="C68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>347</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>348</v>
-      </c>
-[...16 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>349</v>
+      </c>
+      <c r="B69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>351</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>353</v>
       </c>
       <c r="I69" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>355</v>
       </c>
       <c r="B70" t="s">
         <v>356</v>
       </c>
       <c r="C70" t="s">
         <v>357</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E70" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>358</v>
       </c>
       <c r="I70" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>360</v>
       </c>
       <c r="B71" t="s">
         <v>361</v>
       </c>
+      <c r="C71" t="s">
+        <v>362</v>
+      </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
+      <c r="H71" t="s">
+        <v>363</v>
+      </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="C72" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
+      <c r="H74" t="s">
+        <v>377</v>
+      </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C77" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
+      <c r="H77" t="s">
+        <v>391</v>
+      </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C78" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
+        <v>286</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
+      <c r="E79" t="s">
+        <v>28</v>
+      </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
+        <v>409</v>
+      </c>
+      <c r="C81" t="s">
+        <v>410</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>78</v>
+      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="I81" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B82" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C82" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E82" t="s">
+        <v>99</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="I82" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C83" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>28</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="I83" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B84" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C84" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="I84" t="s">
-        <v>423</v>
-[...21 lines deleted...]
-      <c r="H85" t="s">
         <v>427</v>
-      </c>
-[...117 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">