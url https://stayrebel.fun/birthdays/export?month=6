--- v3 (2026-03-19)
+++ v4 (2026-03-19)
@@ -12,1423 +12,1421 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
-[...49 lines deleted...]
-    <t>12 anni di reclusione in una colonia in condizioni di sicurezza rafforzate.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
+  <si>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Владимир Валентинович Журомский</t>
+  </si>
+  <si>
+    <t>1 июня 1989</t>
+  </si>
+  <si>
+    <t>Сотрудник государственного таможенного комитета.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>12 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-10-10 00:21:52</t>
   </si>
   <si>
-    <t>Dmitry Ivanovich Poltorak</t>
-[...16 lines deleted...]
-    <t>Sentenza del tribunale 05.08.2022: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 08.11.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 11.07.2023: sconosciuto.</t>
+    <t>Дмитрий Иванович Полторак</t>
+  </si>
+  <si>
+    <t>1 июня 1987</t>
+  </si>
+  <si>
+    <t>Дмитрий был осуждён в августе 2022 года в рамках уголовного дела по статье «Организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» за участие в мирных акциях протеста, проходивших в 2020 году в Минске. Дмитрий попал на видео журналиста с акций протеста в первые дни после выборов.
+В мае 2023 года стало известно, что Дмитрия задержали в исправительном учреждении и судили по административной статье за «распространение экстремистских материалов», приговорив к административному аресту, который он отбывал в Гомельском ИВС.
+В июле того же года состоялось судебное заседание по вопросу замены ограничения свободы на лишение свободы в колонии; итог заседания неизвестен.</t>
+  </si>
+  <si>
+    <t>ИУОТ-17, г. Гомель, ул. Борисенко, 13, индекс 246020</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2022: 3 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 08.11.2022: приговор оставлен без изменения. Суд по смене режима 11.07.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-04-06 14:47:35</t>
   </si>
   <si>
-    <t>Dmitry Valerievich Golovach</t>
-[...12 lines deleted...]
-    <t>9 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+    <t>Дмитрий Валерьевич Головач</t>
+  </si>
+  <si>
+    <t>1 июня 1982</t>
+  </si>
+  <si>
+    <t>Музыкант группы TOR BAND , задержан вместе с Евгением Бурло, также были задержаны их жены. Жене Головача присудили штраф, жене Бурло – административный арест.
+В конце ноября 2022 Дмитрий и Евгений были осуждены третий раз на 15 суток. TOR BAND стал популярной в Беларуси группой на волне протестов 2020 годе. Многие песни стали хитами на разных платформах. Информационную продукцию, социальные сети и логотип группы TOR BAND признали «экстремистскими», а также их вышеперечисленные песни.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>9 лет лишения свободы в колонии в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-12-06 20:51:07</t>
   </si>
   <si>
-    <t>Arthur Gennadievich Khlus</t>
-[...10 lines deleted...]
-    <t>5 anni di reclusione in una colonia penale</t>
+    <t>Артур Геннадьевич Хлус</t>
+  </si>
+  <si>
+    <t>1 июня 1998</t>
+  </si>
+  <si>
+    <t>Артур родом из Пинска. Учился в Слонимский медицинском колледже, закончил с красным дипломом и по окончанию был распределён в Гродно. Поступил в ГрГМУ, помимо этого работал фельдшером выездной бригады в скорой помощи.
+Согласно провластным телеграм-каналам был задержан за регистрацию в плане "Перамога", а также участвовал в "несанкционированных массовых мероприятиях ".
+17.08.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии усиленного режима</t>
   </si>
   <si>
     <t>2022-11-02 13:53:09</t>
   </si>
   <si>
-    <t>Igor Olegovich Moiseenko</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 21.11.2024: 3 anni di reclusione in una colonia del regime generale. Appello 31.01.2025: il verdetto è stato confermato. Sentenza del tribunale 14.05.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+    <t>Игорь Олегович Мойсеенко</t>
+  </si>
+  <si>
+    <t>1 июня 1993</t>
+  </si>
+  <si>
+    <t>Бывший сотрудник МЧС.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 31.01.2025: приговор оставлен без изменения. Решение суда 14.05.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-11 21:41:19</t>
   </si>
   <si>
-    <t>Zahar Olegovich Tarazevich</t>
-[...11 lines deleted...]
-    <t>7,5 anni di carcere in regime rafforzato</t>
+    <t>Захар Олегович Таразевич</t>
+  </si>
+  <si>
+    <t>1 июня 2003</t>
+  </si>
+  <si>
+    <t>Лицеист МВД. Задержан вместе с гражданином РФ Антоном Лысовым. Обвиняется в поджоге автомобиля главы комитета судэкспертиз Алексея Волкова.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>7,5 лет лишения свободы в условиях усиленного режима</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
   </si>
   <si>
-    <t>Dmitriy Nikolaevich Ivashkov</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale 04.05.2021: 6 anni di reclusione in una colonia del regime potenziato. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: 1 anno di reclusione in una colonia del regime rigoroso.</t>
+    <t>Дмитрий Николаевич Ивашков</t>
+  </si>
+  <si>
+    <t>2 июня 1981</t>
+  </si>
+  <si>
+    <t>Член инициативной группы кандидата в президенты Светланы Тихановской был задержан 27 сентября 2020 года в Гомеле на мирной акции протеста и обвинён в участии в "массовых беспорядках" и планировании "захвата зданий".
+Зимой 2023 года Дмитрий был переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
+  </si>
+  <si>
+    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима. Решение суда дата неизвестна: 1 год лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
-    <t>Roman Yuryevich Parfenov</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 16.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
+    <t>Роман Юрьевич Парфёнов</t>
+  </si>
+  <si>
+    <t>2 июня 1982</t>
+  </si>
+  <si>
+    <t>Согласно сообщению суда, суть обвинения против всех заключалась в том, что люди 10 августа 2020 года в Бресте «выкрикивали лозунги, свистели, хлопали в ладони, демонстрировали полотна бело-красно-белого цвета, выходили на проезжую часть». Этим они якобы грубо нарушали общественный порядок.</t>
+  </si>
+  <si>
+    <t>Решение суда 16.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-28 22:07:42</t>
   </si>
   <si>
-    <t>Nikolay Nikolaevich Lepeshko</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> Sentenza del tribunale 03.02.2025: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto.</t>
+    <t>Николай Николаевич Лепешко</t>
+  </si>
+  <si>
+    <t>2 июня 1977</t>
+  </si>
+  <si>
+    <t>47-летний отец Николай был задержан вместе с 46-летней женой Еленой и их 24-летним сыном Никитой за участие в акция простеста 2020 года.</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Решение суда 03.02.2025: неизвестно лет ограничения свободы без направления.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
   </si>
   <si>
-    <t>Yuri Gennadievich Olkhovik</t>
-[...6 lines deleted...]
-In onda sul canale televisivo filogovernativo "Bielorussia 1" Yuri Olkhovik viene presentato come "co-fondatore dell'azienda, il distributore ufficiale dei produttori globali". Lui stesso ha affermato di essere impegnato nella fornitura di apparecchiature per controlli non distruttivi e analisi chimiche e apparecchiature di prova. Ha scritto una lettera alla società europea chiedendo di interrompere la collaborazione con la società bielorussa inclusa nell'elenco delle sanzioni.</t>
+    <t>Юрий Геннадьевич Ольховик</t>
+  </si>
+  <si>
+    <t>3 июня 1987</t>
+  </si>
+  <si>
+    <t>Бизнесмен, задержанный осенью 2023 года за призывы к санкциям. Против Юрия возбуждено уголовное дело, он заключен под стражу (место содержания уточняется).
+В эфире провластного телеканала "Беларусь 1" Юрий Ольховик представлен как «соучредитель компании — официального дистрибьютора мировых производителей». Сам он рассказал, что занимался поставками оборудования неразрушающего контроля и химического анализа, испытательного оборудования. Он написал письмо в европейскую компанию с просьбой о прекращении сотрудничества с белорусской компанией, внесенной в санкционный список.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
-    <t>Aliaksei Firdausavich Kudasau</t>
-[...14 lines deleted...]
-    <t>Sentenza del tribunale 25.04.2022: 11 anni di reclusione in una colonia del regime rigoroso. Sentenza del tribunale 11.08.2023: 7 anni di reclusione in una colonia del regime rigoroso.</t>
+    <t>Алексей Фирдавсович Кудасов</t>
+  </si>
+  <si>
+    <t>3 июня 1998</t>
+  </si>
+  <si>
+    <t>Алексей был задержан 1 июля 2021 года в Минске сотрудниками ГУБОПиК. На следующий день суд назначил ему 15 суток административного ареста, однако вместо освобождения его перевели в СИЗО — он стал фигурантом уголовного дела о групповых действиях, грубо нарушающих общественный порядок.
+Дело рассматривалось по четырём статьям УК: «организация массовых беспорядков», «создание экстремистского формирования», «разжигание социальной вражды» и «оскорбление представителя власти». Суд проходил в закрытом режиме, детали обвинений неизвестны.
+В апреле 2022 года суд приговорил Алексея к 11 годам лишения свободы. После суда в провластных каналах было опубликовано видео, где утверждалось, что Алексей был администратором телеграм-чата «Каскад». Ранее про него также снимали видео на TUT.BY.
+В июле 2023 года стало известно, что он находится в СИЗО, и 11 августа 2023 года его вновь признали виновным по новому делу о «создании экстремистского формирования», добавив к сроку ещё 6 месяцев.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2022: 11 лет лишения свободы в колонии в условиях строгого режима. Решение суда 11.08.2023: 7 лет лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Andrey Sergeevich Zagorsky</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 01.04.2025: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+    <t>Андрей Сергеевич Загорский</t>
+  </si>
+  <si>
+    <t>4 июня 1988</t>
+  </si>
+  <si>
+    <t>Андрей родом из Докшиц. После школы в 2006 поступил в Беларусский государственный университет информатики и радиоэлектроники, учился на факультете компьютерных систем и сетей. Прописан в Копище. Во время учебы Андрей начал работать в EPAM. Судя по Linkedin, он в последнее время работал в должности Lead Software Engineer — руководил частью команды разработки на проекте. Неизвестно, жил он в последнее время в Беларуси или нет, но много путешествовал.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 01.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
-    <t>Dmitry Dmitrievich Korneev</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale 22.02.2021: 8 anni di reclusione in una colonia del regime rigoroso. Appello 23.04.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 08.12.2021: 3 anni di regime carcerario.</t>
+    <t>Дмитрий Дмитриевич Корнеев</t>
+  </si>
+  <si>
+    <t>5 июня 1995</t>
+  </si>
+  <si>
+    <t>Дмитрий был задержан и осужден за то, что 10 августа 2020 года бросил «коктейль Молотова» в сторону военнослужащих. Бутылки, по версии следствия, были перевезены в центр Гомеля Леонидом Ковалёвым, который спрятал их, а вечером того же дня передал Дмитрию и Никите Золотореву с предложением поджечь здание, автобус или автозак. Дмитрий частично признал свою вину, объяснив, что бросил «коктейль» для того, чтобы выиграть время и избежать задержания.
+В декабре 2021 года был переведен на тюремный режим за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 22.02.2021: 8 лет лишения свободы в колонии в условиях строгого режима. Апелляция 23.04.2021: приговор оставлен без изменения. Суд по смене режима 08.12.2021: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
-    <t>Vitold Stefanovich Shalkevich</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 06.03.2025: sconosciuto.</t>
+    <t>Витольд Стэфанович Шалкевич</t>
+  </si>
+  <si>
+    <t>5 июня 1980</t>
+  </si>
+  <si>
+    <t>Витольду Шалкевичу 44 года. Он родом из крупного городка Порозово Свислочского района. У мужчины есть жена и две несовершеннолетние дочери.
+Витольда задержали в августе 2023 года прямо на работе. Сначала присудили арест за»распространение экстремистских материалов". После губопиковцы сняли с ним видео и перевели из СИЗО. По данным провластных телеграм-каналов, Шалкевич оставил несколько тысяч комментариев в разных чатах.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-02 17:55:42</t>
   </si>
   <si>
-    <t>Sergey Yuryevich Manzhos</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 20.10.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+    <t>Сергей Юрьевич Манжос</t>
+  </si>
+  <si>
+    <t>5 июня 1991</t>
+  </si>
+  <si>
+    <t>Решение суда 20.10.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2026-01-10 19:52:41</t>
   </si>
   <si>
-    <t>Sviatlana Ivanauna Kashkel</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Светлана Ивановна Кашкель</t>
+  </si>
+  <si>
+    <t>5 июня 1963</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-10 14:34:18</t>
   </si>
   <si>
-    <t>Alexey Sergeyevich Reznikov</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 26.08.2022: 4 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+    <t>Алексей Сергеевич Резников</t>
+  </si>
+  <si>
+    <t>5 июня 1988</t>
+  </si>
+  <si>
+    <t>Житель Витебска, задержан за репосты в социальных сетях. Суд закрытый, родственников у молодого человека нет. Известно, что ему около 30 лет, он уезжал на заработки, в Беларуси его задержали по возвращении. Через три дня после задержания умерла его мать. Больше родственников не осталось.</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 26.08.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-08-17 21:30:12</t>
   </si>
   <si>
-    <t>Natalia Olegovna Lobatsevich</t>
-[...6 lines deleted...]
-    <t>Sentenza del tribunale 18.02.2025: 3 anni di reclusione in una colonia del regime generale. Appello 15.04.2025: inviato per la revisione. Sentenza del tribunale 16.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+    <t>Наталья Олеговна Лобацевич</t>
+  </si>
+  <si>
+    <t>Татьяну Францкевич и Наталью Лобацевич задержали 19 июля 2024 года, когда Татьяну вызвали в следственный комитет подписать подписку о не выезде из города Полоцк, а Наталья поехала вместе с ней поддержать.
+Против Татьяны Францкевич, матери осужденного анархиста Александра Францкевича, и ее сестры Натальи Лобацевич, матери бывшего политзаключенного Ильи Лобацевича, завели уголовное дело и поместили в СИЗО Витебска.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.02.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 15.04.2025: отправлено на пересмотр. Решение суда 16.06.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
   </si>
   <si>
-    <t>Olga Anatolyevna Nikolaeva</t>
-[...6 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+    <t>Ольга Анатольевна Николаева</t>
+  </si>
+  <si>
+    <t>Провластные СМИ в декабре 2024 года выложили аудио с Ольгой, которую обвиняют в участии в чате «Белые крылья Барановичей». Когда КГБ объявил чат «Белые крылья Барановичи» — совсем маленький и давно неактивный районный чат — экстремистским формированием, среди числа участников была названа Ольга. Вышли на Ольгу через незащищенный аккаунт. Он был привязан к собственному номеру девушки. Вероятнее всего Ольгу до суда содержали в СИЗО.
+Ольга играет на барабанах и в студенчестве была ударницей в любительских музыкальных группах. Вместе с мужем они любят путешествовать.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-08-25 10:28:01</t>
   </si>
   <si>
-    <t>Alexey Petrovich Kamovich</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+    <t>Алексей Петрович Камович</t>
+  </si>
+  <si>
+    <t>5 июня 1979</t>
+  </si>
+  <si>
+    <t>Банковский менеджер. Имеет 15-летний опыт руководства региональными подразделениями банков.
+Последнее место работы банк РРБ.</t>
+  </si>
+  <si>
+    <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Denis Valentinovich Salmanovich</t>
-[...15 lines deleted...]
-    <t>Sentenza del tribunale 30.09.2022: 10 anni di reclusione in una colonia del regime potenziato, 6400 rubli di risarcimento. Appello 23.12.2022: 9 anni 6 mesi di reclusione in una colonia del regime potenziato, 6400 rubli di risarcimento. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
+    <t>Денис Валентинович Сальманович</t>
+  </si>
+  <si>
+    <t>6 июня 1991</t>
+  </si>
+  <si>
+    <t>Сначала находился на Окрестина. Затем был арестован по УК. Близкие отмечают, что Денис хороший, честный, справедливый и отзывчивый парень. На провластных каналах Дениса называют «главным визуальным редактором» роликов движения «Супраціў». На видео Сальманович говорит, что задержан сотрудниками милиции из-за того, что «состоял в деструктивных телеграм-каналах», «сотрудничал с "Буслы ляцяць"» и участвовал в акциях протеста в 2020 году.
+Апелляционный суд сократил срок отбывания наказания с 10 до 9.5 лет лишения свободы.
+У Дениса тяжелое заболевание — хронический гломерулонефрит после геморрагического васкулита. Летом 2024 года мужчину из колонии забрала скорая помощь. Сальмановича прооперировали — вырезали желчный пузырь. После операции мужчина еще неделю находился в санчасти колонии, пока ему не сняли швы.
+Мама политзаключенного говорит, что последний раз Денис выходил с ней на связь в середине ноября 2024 года. После звонка мужчину сразу же забрали в ШИЗО, где он находится до сих пор (январь 2024 года).
+В апреле 2025 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 30.09.2022: 10 лет лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Апелляция 23.12.2022: 9 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 6400 рублей компенсации. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-10-26 19:13:17</t>
   </si>
   <si>
-    <t>Denis Yevgenievich Ivashin</t>
-[...15 lines deleted...]
-    <t>Sentenza del tribunale 14.09.2022: 13 anni 1 mese di reclusione in una colonia del regime potenziato, 150 unità di base di multa, 18000 rubli di risarcimento. Appello 20.12.2022: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
+    <t>Денис Евгеньевич Ивашин</t>
+  </si>
+  <si>
+    <t>6 июня 1979</t>
+  </si>
+  <si>
+    <t>Денис — журналист и редактор-волонтёр белорусской версии InformNapalm, внештатный корреспондент «Новага Часу». Его расследования касались влияния «русского мира» на Беларусь и Сирию, застройки в Куропатах и перехода бывших украинских беркутовцев в силовые структуры Беларуси.
+В марте 2021 года его задержали сотрудники КГБ по обвинению во «вмешательстве в деятельность милиции». Обыски прошли в его квартире, у матери и 95-летней бабушки. В 2022 году стало известно, что ему также инкриминируют сотрудничество с украинской разведкой.
+В сентябре 2022 года Дениса осудили по статьям об «измене государству» и «вмешательстве в деятельность сотрудника внутренних дел», однако позже последнее обвинение заменили на «незаконный сбор или распространение данных о личной жизни».
+В июне 2023 года его перевели на строгий тюремный режим без уведомления родственников и адвоката.
+В апреле 2024 года политзаключенного лишили передач, а отправка витаминов теперь требует разрешения тюремного врача.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 14.09.2022: 13 лет 1 месяц лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа, 18000 рублей компенсации. Апелляция 20.12.2022: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Romanov</t>
-[...13 lines deleted...]
-    <t>Sentenza del tribunale 22.12.2021: 20 anni di reclusione in una colonia del regime rigoroso, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 23.03.2023: 11 mesi di reclusione in una colonia del regime rigoroso. Appello 06.06.2023: il verdetto è stato confermato. Sentenza del tribunale 25.09.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 26.11.2024: il verdetto è stato confermato. Sentenza del tribunale 19.05.2025: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+    <t>Сергей Александрович Романов</t>
+  </si>
+  <si>
+    <t>7 июня 1994</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан при пересечении границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в «поджогах» и «терроризме». Ранее он отбывал наказание в виде 5 лет лишения свободы по статье 295-3 УК РБ и был освобождён в 2019 году.
+29 октября 2021 года в Гомеле Сергея приговорили к 1 году лишения свободы за «нарушение условий надзора» по предыдущей политической статье. В марте 2023 года и сентябре 2024 года он дважды был осуждён за «злостное неповиновение требованиям администрации колонии». По данной статье судят заключённых, отказывающихся от сотрудничества с администрацией, за вымышленные нарушения. В результате его общий срок лишения свободы составил 22 года и 11 месяцев.
+Осенью 2025 года стало известно, что недавно Сергей Романов попал в больницу, где ему сделали операцию. Операция была плановой и прошла без осложнений. Вскоре его вновь должны перевести в колонию. </t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 20 лет лишения свободы в колонии в условиях строгого режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 23.03.2023: 11 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 06.06.2023: приговор оставлен без изменения. Решение суда 25.09.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.11.2024: приговор оставлен без изменения. Решение суда 19.05.2025: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:05</t>
   </si>
   <si>
-    <t>Nikita Alexandrovich Grushevsky</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 23.09.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+    <t>Никита Александрович Грушевский</t>
+  </si>
+  <si>
+    <t>7 июня 2000</t>
+  </si>
+  <si>
+    <t>О Никите Грушевском известно, что он в 2022 году окончил Гомельский государственный технический университет имени П. Сухого. Работал вахтовым образом в России.
+По информации, которой обладают правозащитники, Никита Грушевский высказывал свои мнения, в том числе о лицах, которые сейчас нелегально удерживают власть в Беларуси, в интернет-комментариях в сообществах в соцсетях. 
+В том числе его осудили за то, что он входил в число некоего сообщества, которое режим объявил “экстремистским формированием” .
+Суд над Никитой Грушевским проходил в закрытом от общества режиме.</t>
+  </si>
+  <si>
+    <t>Решение суда 23.09.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Valery Igorevich Zalivako</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 25.04.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 16.07.2024: sconosciuto.</t>
+    <t>Валерий Игоревич Заливако</t>
+  </si>
+  <si>
+    <t>8 июня 1991</t>
+  </si>
+  <si>
+    <t>16.07.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 25.04.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 16.07.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-12 17:45:06</t>
   </si>
   <si>
-    <t>Irina Alekseevna Savritskaya</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 21.11.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
+    <t>Ирина Алексеевна Саврицкая</t>
+  </si>
+  <si>
+    <t>8 июня 1966</t>
+  </si>
+  <si>
+    <t>Ирина работала специалистом по продажам, а затем менеджером в «Анастане». Была осуждена вместе с дочерью и мужем.
+Поводом для уголовного дела стал созданный семьей видеоролик летом 2020 года с призывом прекратить насилие. Муж Геннадий на суде рассказал, что в один из дней лета 2020 года, на эмоциях от увиденных в интернете данных о примененном со стороны сотрудников насилии в отношении протестующих, решил записать видеозапись с обращением к сотрудникам с призывом к обоснованному применению силы. Придумал текст выступления, после чего попросил свою дочь его прочитать. Также он попросил жену высказаться о выборах. В этот же день он высказал на видео пожелания о дальнейшей судьбе страны, в конце своего выступления также показал символ в виде сердца. После этого он нашел в интернете видеоролики и смонтировал видео. В этот же день отправил его нескольким своим знакомым и родственникам. </t>
+  </si>
+  <si>
+    <t>Решение суда 21.11.2024: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 07.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Yuri Mikhailovich Polyukhovich</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: il verdetto è stato confermato. Sentenza del tribunale 23.11.2021: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 23.12.2022: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 24.01.2023: il verdetto è stato confermato.</t>
+    <t>Юрий Михайлович Палюхович</t>
+  </si>
+  <si>
+    <t>9 июня 1986</t>
+  </si>
+  <si>
+    <t>Юрий был сначала осуждён на три года «домашней химии», а затем в ноябре 2021 года — на три года ограничения свободы с направлением в исправительное учреждение открытого типа. Оба эпизода касались обвинений по статье об оскорблении представителей власти.
+В 2022 году против него возбудили третье уголовное дело по статьям «насилие либо угроза применения насилия в отношении сотрудника милиции», «оскорбление представителя власти» и «оскорбление судьи». В декабре того же года Юрию назначили пять лет ограничения свободы с направлением.</t>
+  </si>
+  <si>
+    <t>ИУОТ-21, 247783 Гомельская область, г. Мозырь, б-р Юности, 24</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года ограничения свободы без направления. Апелляция дата неизвестна: приговор оставлен без изменения. Решение суда 23.11.2021: 3 года ограничения свободы с направлением в учреждение открытого типа. Решение суда 23.12.2022: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-01-30 21:53:18</t>
   </si>
   <si>
-    <t>Pavel Nikolaevich Churkin</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 24.05.2021: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 19.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 28.01.2025: sconosciuto.</t>
+    <t>Павел Николаевич Чуркин</t>
+  </si>
+  <si>
+    <t>9 июня 1987</t>
+  </si>
+  <si>
+    <t>Павел впервые был осуждён в мае 2021 года за «оскорбление Лукашенко» и приговорён к лишению свободы в колонии. В мае 2022 года он был освобождён, полностью отбыв назначенный судом срок наказания.
+Повторно Павла задержали весной 2024 года по подозрению в сотрудничестве с Главным управлением разведки Министерства обороны Украины. Об этом сообщили в передаче «Всё по делу» на государственном телеканале «Беларусь 4. Могилёв». На опубликованном видео Павел говорит, что снимал размещение «Искандеров», чтобы передать записи ВСУ, а также зачитывает текст, представленный как присяга Украине.
+В ноябре 2024 года в отношении него прошёл ряд судебных заседаний по статьям «участие на территории иностранного государства в вооружённом формировании или вооружённом конфликте, военных действиях, вербовка либо подготовка лиц к такому участию» и «измена государству». Итог рассмотрения дел неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.05.2021: 1 год лишения свободы в колонии в условиях общего режима. Решение суда 19.11.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 28.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2021-09-03 13:56:39</t>
   </si>
   <si>
-    <t>Jaroslav Petrovich Sakovich</t>
-[...10 lines deleted...]
-    <t>11 anni di reclusione in una colonia.</t>
+    <t>Ярослав Петрович Сакович</t>
+  </si>
+  <si>
+    <t>9 июня 1980</t>
+  </si>
+  <si>
+    <t>По версии следствия, задержан за то, что передавал данные ВСУ Украины. Жена-украинка. Проживал в Украине, вернулся в Беларусь в 2021 году из-за больных родителей. Был задержан КГБ, его пытали всю ночь, чтобы он признался в том, что воевал ранее в Украине, звонили жене и обещали выслать его голову. После этого Ярослава отпустили. Спустя год его снова задержали, теперь он находится в СИЗО. 
+4 мая 2023 осужден по двум статьям (370 и 295 УК) к 2 годам лишения свободы, после протеста прокурора увеличили срок наказания в 2 раза. Находится в СИЗО, т.к. возбуждено ещё два уголовных дела. Его обвиняют по статье об измене государству (часть 1 статьи 356 УК) за «перадачу данных ВСУ».
+Летом 2024 года стало известно, что Ярослава снова перевели в СИЗО-1.</t>
+  </si>
+  <si>
+    <t>11 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-08-28 10:43:51</t>
   </si>
   <si>
-    <t>Maхim Mikhailovich Matyrko</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 06.04.2022: 9 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 12.05.2023: sconosciuto anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 10.09.2024: sconosciuto anni di regime carcerario.</t>
+    <t>Максим Михайлович Матырко</t>
+  </si>
+  <si>
+    <t>9 июня 1977</t>
+  </si>
+  <si>
+    <t>Гражданин РФ, 16 лет живет в Минске.
+По данным провластных каналов, задержан за участие в акциях протеста в 2020 году.
+Осужден за участие в акциях протеста и поджоге машины (точная информация по обвинению неизвестна).
+Стало известно, что Максима 12.05.2023 года судили по ч. 2 ст. 411 УК . Приговор неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.04.2022: 9 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 12.05.2023: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 10.09.2024: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Danila Maksimovich Chibisov</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 03.03.2025: sconosciuto.</t>
+    <t>Данила Максимович Чибисов</t>
+  </si>
+  <si>
+    <t>10 июня 2003</t>
+  </si>
+  <si>
+    <t>Данила-студент Гомельского государственного университета имени Франциска Скорины. 18 октября 2024 года в суде Новобелицкого района Гомеля его вместе с матерью Еленой Чибисовой осудили по ч. 2 ст. 19.11 КоАП (рапсовое распространение экстремистских материалов). Итог того судебного заседания неизвестен. После этого было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.03.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-10 18:24:41</t>
   </si>
   <si>
-    <t>Viktar Turchenik</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+    <t>Виктор Васильевич Турченик</t>
+  </si>
+  <si>
+    <t>10 июня 1989</t>
+  </si>
+  <si>
+    <t>Решение суда 03.11.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-17 17:45:43</t>
   </si>
   <si>
-    <t>Sergey Vasilevich Chizhevsky</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 20.03.2024: 2 anni 8 mesi di reclusione in una colonia del regime generale. Appello 31.05.2024: sconosciuto.</t>
+    <t>Сергей Васильевич Чижевский</t>
+  </si>
+  <si>
+    <t>10 июня 1978</t>
+  </si>
+  <si>
+    <t>31.05.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.03.2024: 2 года 8 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 31.05.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-16 18:37:03</t>
   </si>
   <si>
-    <t>Pavel Valerievich Shpak</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Павел Валерьевич Шпак</t>
+  </si>
+  <si>
+    <t>10 июня 1985</t>
+  </si>
+  <si>
+    <t>Павел ученый-физик. В 2007 году он окончил магистратуру Белорусского государственного университета по специальности «Лазерная физика», имеет степень кандидата физико-математических наук. Два года назад он нашел работу в Польше и получил рабочий вид на жительство, но время от времени ездил домой. Во время одной из поездок его задержали.
+Почти 16 лет (с 2007 по 2023 год) мужчина работал в Институте физики Национальной академии наук Беларуси, пройдя путь от младшего научного сотрудника до исследователя. В его научном портфолио — 33 публикации и участие в разработке лазерных систем, оптоэлектроники.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-12-08 04:12:55</t>
   </si>
   <si>
-    <t>Yuri Aleksandrovich Moiseenko</t>
-[...8 lines deleted...]
-    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
+    <t>Юрий Александрович Моисеенко</t>
+  </si>
+  <si>
+    <t>10 июня 1998</t>
+  </si>
+  <si>
+    <t>17.04.2024 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Uladzislau Dzmitryyevich Pudziak</t>
-[...6 lines deleted...]
-    <t>Sentenza del tribunale 20.06.2023: 11 anni di reclusione in una colonia del regime generale. Appello 08.09.2023: il verdetto è stato confermato.</t>
+    <t>Владислав Дмитриевич Пудяк</t>
+  </si>
+  <si>
+    <t>Начальник цеха "Гомсельмаш".
+08.09.2023 состоялось рассмотрение апелляционное заседание, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 08.09.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-06-03 22:39:05</t>
   </si>
   <si>
-    <t>Denis Sergeevich Sidorok</t>
-[...6 lines deleted...]
-    <t>5 anni di reclusione in una colonia a regime generale</t>
+    <t>Денис Сергеевич Сидорок</t>
+  </si>
+  <si>
+    <t>Предположительно задержан за участие в акциях протеста в 2020.
+14.03.2023 года состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Uladzimir Ivanavich Zhurauka</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 17.02.2023: 15 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 16.11.2023: sconosciuto anni di regime carcerario.</t>
+    <t>Владимир Иванович Журавко</t>
+  </si>
+  <si>
+    <t>13 июня 1985</t>
+  </si>
+  <si>
+    <t>Владимир, бывший оператор ДПУ цеха «Аммиак-3» на предприятии Гродно Азот, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Владимира признали виновным по статьям «клевета», «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.
+В ноябре 2023 года состоялось очередное судебное заседание, по итогам которого Владимира перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 15 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения. Суд по смене режима 16.11.2023: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Chabotko</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 31.10.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale, 1000 unità di base di multa.</t>
+    <t>Сергей Владимирович Чаботько</t>
+  </si>
+  <si>
+    <t>13 июня 1983</t>
+  </si>
+  <si>
+    <t>Владельц популярного сайта s13.ru . Сергея судили 25 октября за "распространение экстремистских материалов". Итогом рассмотрения стали также 15 суток административного ареста. В тот день стало известно, что суд по заявлению прокурора города Гродно признал "экстремистскими материалами" сайт s13.ru, который существовал почти два десятилетия. После первого заключения Сергея обвинили в "нарушение порядка организации или проведения массовых мероприятий". Административное дело в среду рассматривал суд Ленинского района ,судья Наталья Горбач присудила еще 15 суток.
+В итоге Сергея Чаботько судили трижды-за распространение экстремистских материалов и "пикет" в интернете. 
+Сергей не вышел на свободу и после 45 суток административного ареста. Вероятно, мужчину взяли под стражу. 
+Сайт s13.ru КГБ Беларуси признал "экстремистским формированием", поэтому вероятно дело Сергея связано с этим.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
-    <t>Roman Olegovich Tsygankov</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 22.08.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 20.10.2023: sconosciuto.</t>
+    <t>Роман Олегович Цыганков</t>
+  </si>
+  <si>
+    <t>13 июня 1994</t>
+  </si>
+  <si>
+    <t>Задержан за участие в акциях протеста в 2020 году.
+20.10.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.08.2023: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 20.10.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-10-12 17:00:37</t>
   </si>
   <si>
-    <t>Dmitry Vladimirovich Sosnovsky</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 05.12.2022: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
+    <t>Дмитрий Владимирович Сосновский</t>
+  </si>
+  <si>
+    <t>13 июня 1990</t>
+  </si>
+  <si>
+    <t>Дмитрий был задержан в июле 2021 года в рамках уголовного дела о покушении на пропагандиста Григория Азаренка по статье «акт терроризма». По версии обвинения, он предпринял «умышленные действия, направленные на подготовку к акту терроризма в отношении Азаренка». Рассматривались разные варианты, в том числе — насильственное принуждение к записи видеообращения.
+Дмитрий стал единственным фигурантом дела, кто не признал вину. На суде он заявил, что в преступление его втянули в ходе следственного эксперимента. По его словам, после задержания к нему применяли насилие и пытки, заставив подписать чистосердечное признание. Во время допросов ему нанесли серьёзные травмы рук, из-за чего он теперь не может полноценно работать. На первом заседании он также заявил о желании отказаться от гражданства Беларуси, так как «не имеет отношения к терроризму».
+В декабре 2022 года Дмитрия признали виновным и приговорили к лишению свободы в колонии усиленного режима, а также к крупному штрафу.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.12.2022: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Sergey Andreevich Batura</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 01.07.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+    <t>Сергей Андреевич Батура</t>
+  </si>
+  <si>
+    <t>13 июня 2001</t>
+  </si>
+  <si>
+    <t>Был задержан в рамках уголовного дела 9 ноября 2021 года за участие в протестах. Сначала его поместили в СИЗО КГБ, затем перевели в СИЗО-1.
+Также его обвинили в получении из-за границы телескопических дубинок, электрошокеров и других средств.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.07.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
   </si>
   <si>
-    <t>Elena Gennadievna Artyush (Rudaya)</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.07.2025: sconosciuto.</t>
+    <t>Елена Геннадьевна Артюш (Рудая)</t>
+  </si>
+  <si>
+    <t>13 июня 1969</t>
+  </si>
+  <si>
+    <t>Пульмонолог с 30-летним стажем. Работала в 10-й больнице Минска (1992-2022), заведовала отделением.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.07.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-07-27 21:00:10</t>
   </si>
   <si>
-    <t>Sergey Romualdovich Plonis</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Sergey, un amministratore di sistema nel campo delle reti locali e della videosorveglianza, è stato arrestato il 2 ottobre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali Telegram "radicali" e di aver intenzione di danneggiare o distruggere tre chioschi Tabakerka.
+    <t>Сергей Ромуальдович Плонис</t>
+  </si>
+  <si>
+    <t>14 июня 1973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сергей, системный администратор в сфере локальных сетей и видеонаблюдения, был задержан 2 октября 2020 года по делу о массовых беспорядках и обвинён в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
 </t>
   </si>
   <si>
-    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
+    <t>Решение суда 19.07.2021: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
-    <t>Anton Vladimirovich Deneyko</t>
-[...5 lines deleted...]
-    <t>5 anni di carcere in una colonia penale</t>
+    <t>Антон Владимирович Денейко</t>
+  </si>
+  <si>
+    <t>14 июня 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
-    <t>Alexander Chumakov</t>
-[...7 lines deleted...]
-Ales ha anche tradotto la poesia eroica irlandese in bielorusso. Con la band Ceilidh Ceol, formatasi a metà degli anni 2000, ha eseguito antiche canzoni irlandesi in bielorusso dedicate alla libertà e alla memoria degli antenati. Nel 2020, ha prestato la sua voce al doppiaggio bielorusso della serie Netflix The Witcher, eseguendo il celebre brano "Toss a Coin to Your Witcher" in bielorusso.</t>
+    <t>Александр Чумаков</t>
+  </si>
+  <si>
+    <t>14 июня 1981</t>
+  </si>
+  <si>
+    <t>Его объявили членом "экстремистского формирования "  "Да Зораў". По мнению КГБ, туда входят он, а также Семен Малашенков.
+Он известен как музыкант, мастер по изготовлению гуслей и участник группы «Старый Ольса». С 2002 года Чумаков играл и пел в группе средневековой музыки «старый Ольса», используя гусли, свирели и другие древние инструменты. В 2005 году он основал группу «бокал кола», которая исполняла белорусские народные танцы под дуду и гусли, однако проект просуществовал недолго. Время от времени музыкант выступал сольно с танцевальной народной программой.
+Кроме того, Алесь переводил ирландскую героическую поэзию на белорусский язык. В группе Ceilidh Ceol, созданной в середине 2000-х, он исполнял старинные ирландские песни по-беларуски, посвященные свободе и памяти предков. В 2020 году его вокал прозвучал в белорусской озвучке сериала «Ведьмак» от Netflix — он исполнил известную песню Toss a Coin to Your Witcher в белорусском переводе.</t>
   </si>
   <si>
     <t>2025-12-16 19:40:03</t>
   </si>
   <si>
-    <t>Artem Igorevich Kosakovsky</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 19.07.2021: 5 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 23.05.2022: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+    <t>Артём Игоревич Косаковский</t>
+  </si>
+  <si>
+    <t>14 июня 1998</t>
+  </si>
+  <si>
+    <t>Артём работал оптиком на Лидском заводе «Оптик». Он получил образование в физико-математическом лицее Гродно и Лидском политехническом колледже. Его задержали 27 сентября 2020 года по делу о массовых беспорядках и обвинили в участии в телеграм-каналах «радикального направления», а также в намерении повредить или уничтожить три киоска «Табакерка».
+В мае 2022 года Артёма повторно осудили за участие в акциях протеста, проходивших в 2020 году в Лиде.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 23.11.2021: приговор оставлен без изменения. Апелляция 10.07.2024: приговор оставлен без изменения. Решение суда 23.05.2022: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Maxim Valerievich Lukashevich</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 16.12.2024: 3 anni di reclusione in una colonia del regime generale. Appello 14.02.2025: sconosciuto.</t>
+    <t>Максим Валерьевич Лукашевич</t>
+  </si>
+  <si>
+    <t>15 июня 1989</t>
+  </si>
+  <si>
+    <t>Решение суда 16.12.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 14.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-13 11:59:34</t>
   </si>
   <si>
-    <t>Valery Tadeushevich Viskirsky</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 14.03.2023: 5 anni di reclusione in una colonia del regime generale. Appello 04.07.2023: sconosciuto.</t>
+    <t>Валерий Тадеушевич Вискирский</t>
+  </si>
+  <si>
+    <t>15 июня 1986</t>
+  </si>
+  <si>
+    <t>Первоначальная причина задержания - распространение экстремистских материалов в рамках административного политически мотивированного дела.
+В ходе ареста мужчине были предъявлены обвинения по уголовному делу за многочисленные лайки в "Одноклассниках".
+4 июля 2023 г. состоялось рассмотрение апелляционной жалобы. приовор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.03.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.07.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-07-04 02:34:41</t>
   </si>
   <si>
-    <t>Alexey Vladimirovich Kuzmin</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 18.09.2023: 7 anni di reclusione in una colonia del regime potenziato.</t>
+    <t>Алексей Владимирович Кузьмин</t>
+  </si>
+  <si>
+    <t>15 июня 1980</t>
+  </si>
+  <si>
+    <t>Начальник отдела предбиллинга и тарификации МТС. 
+Согласно материалам следствия, Кузьмин имел доступ к личной информации клиентов МТС и с 9 августа 2020 года до 8 апреля 2021 года «сливал» ее в телеграм-каналы «Черная книга Беларуси», «Каратели Беларуси» и «Все нарушения!».
+Потерпевших набралось 57 человек — это силовики, пропагандисты, чиновники, судьи, прокуроры и члены их семей. Кроме того, следствие считает, что «совместные действия Кузьмина с иными лицами» повлекли нарушения работы транспорта и предприятий «с причинением „Минсктранс“ ущерба в размере чуть более 22 500 рублей».
+Среди потерпевших числятся в частности сотрудница «СБ. Беларусь сегодня» Людмила Гладкая, а также член белорусской компартии и депутат Сергей Клишевич.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.09.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Volha Prakopchyk</t>
-[...2 lines deleted...]
-    <t>15 giugno 1978</t>
+    <t>Ольга Анатольевна Прокопчик</t>
+  </si>
+  <si>
+    <t>15 июня 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Alena Dobysh</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 22.10.2025: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+    <t>Елена Валерьевна Добыш</t>
+  </si>
+  <si>
+    <t>15 июня 1981</t>
+  </si>
+  <si>
+    <t>Была задержана в марте 2025 года в рамках уголовного дела, связанного с "экстремистской деятельностью".</t>
+  </si>
+  <si>
+    <t>Решение суда 22.10.2025: 3 года лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-03-27 00:27:54</t>
   </si>
   <si>
-    <t>Pavel Sergeevich Kabarchuk</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 23.10.2024: 20 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+    <t>Павел Сергеевич Кабарчук</t>
+  </si>
+  <si>
+    <t>16 июня 1993</t>
+  </si>
+  <si>
+    <t>15 февраля 2024 в Лельчицком районе Гомельской области на границе с Украиной ввели режим «контртеррористической операции». Население просили «сохранять спокойствие и подчиняться требованиям сотрудников силовых структур». В КГБ утверждают, что задержали участников «диверсионно-разведывательной группы», в состав которой входили граждане Украины и Беларуси. Среди задержанных - граждане Украины отец и сын Сергей и Павел Кабарчуки. Сергей Кабарчук 1963 года рождения из Ковельского района Волынской области. Отец и сын были задержаны в феврале 2024 года в Лельчицком районе. При них обнаружили «взрывные устройства и иные средства поражения». КГБ «установило», что взрывные устройства предназначались для терактов в Беларуси и России, а «заброску группы» организовала Службы безопасности Украины.
+Тогда же задержали и жителя Бреста Виталия Власюка 1970 года рождения. Его обвинили в контрабанде (часть 3 статьи 228 УК).
+В СИЗО КГБ подвергался пыткам. После задержания несколько дней удерживали в СИЗО КГБ без еды.</t>
+  </si>
+  <si>
+    <t>Решение суда 23.10.2024: 20 лет лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Sergey Mikhailovich Yaroshevich</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale 07.05.2021: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 30.07.2021: il verdetto è stato confermato. Sentenza del tribunale 26.01.2023: 9 mesi di reclusione in una colonia del regime potenziato.</t>
+    <t>Сергей Михайлович Ярошевич</t>
+  </si>
+  <si>
+    <t>16 июня 1982</t>
+  </si>
+  <si>
+    <t>Администратор телеграм-канала "Армия с народом" и муж политзаключённой Антонины Коноваловой был задержан 2 октября 2020 года и осуждён за «подготовку к участию в массовых беспорядках».
+В январе 2023 года Сергей был повторно осуждён за «злостное неповиновение требованиям администрации исправительного учреждения».</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 07.05.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 30.07.2021: приговор оставлен без изменения. Решение суда 26.01.2023: 9 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Krasnyansky</t>
-[...6 lines deleted...]
-    <t>Sentenza del tribunale 08.08.2025: 7 anni 6 mesi di reclusione in una colonia del regime potenziato, 595 unità di base di multa.</t>
+    <t>Евгений Александрович Краснянский</t>
+  </si>
+  <si>
+    <t>43-летнему Евгению вынесли приговор за социологическое исследование о ковиде в Беларуси.
+Ранее Следственный комитет сообщал подробности преследования Краснянского. Ведомство утверждало, что мужчина подготовил для одной из иностранных организаций исследование, содержащее "заведомо ложные сведения о политике страны в области здравоохранения в части принимаемых мер по борьбе с коронавирусной инфекцией". Известно, что вместе с Евгением Краснянским были задержаны две женщины: минчанки 37 и 43 лет. Они якобы проводили социологическое исследование о наличии преимуществ среди граждан в развитии страны посредством интеграции со странами Европейского союза. Чтобы прийти к желательному результату, женщины якобы опрашивали представителей фокус-группы, имеющих "заведомо негативное отношение к имеющейся в государстве политической системе и конституционному строю". Приговоры женщинам неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.08.2025: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, 595 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
-    <t>Aliaksei Siarheyevich Barodka</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 19.05.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+    <t>Алексей Сергеевич Бородко</t>
+  </si>
+  <si>
+    <t>17 июня 1998</t>
+  </si>
+  <si>
+    <t>Адвокат был задержан в конце января и находится в СИЗО-1 на Володарского. После задержания профиль адвоката удалили с сайта Республиканской коллегии адвокатов. Позже стало известно, что 21 апреля 2023 года его лишили лицензии.
+08.09.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.05.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
-    <t>Alexander Aleksandrovich Chizh</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 19.06.2024: 2 anni di reclusione in una colonia del regime generale.</t>
+    <t>Александр Александрович Чиж</t>
+  </si>
+  <si>
+    <t>18 июня 1983</t>
+  </si>
+  <si>
+    <t>Решение суда 19.06.2024: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-06-17 19:24:12</t>
   </si>
   <si>
-    <t>Vladimir Mikhailovich Morozov</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 15.11.2023: 9 anni di reclusione in una colonia del regime potenziato. Appello 26.01.2024: sconosciuto.</t>
+    <t>Владимир Михайлович Морозов</t>
+  </si>
+  <si>
+    <t>19 июня 1980</t>
+  </si>
+  <si>
+    <t>Вероятнее всего был задержан 26.01.2023  за распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность. После чего было открыто уголовное дело по многочисленным статьям. До суда, предположительно, находился в заключении в тюрьме в Жодино.
+26.01.2024 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 26.01.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Dmitry Petrovich Morozov</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 22.11.2023: sconosciuto. Appello 14.03.2024: sconosciuto.</t>
+    <t>Дмитрий Петрович Морозов</t>
+  </si>
+  <si>
+    <t>19 июня 1972</t>
+  </si>
+  <si>
+    <t>Решение суда 22.11.2023: неизвестно. Апелляция 14.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
   </si>
   <si>
-    <t>Gleb Olegovych Dudko</t>
-[...12 lines deleted...]
-    <t>Sentenza del tribunale 09.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: il verdetto è stato confermato.</t>
+    <t>Глеб Олегович Дудко</t>
+  </si>
+  <si>
+    <t>20 июня 1988</t>
+  </si>
+  <si>
+    <t>Глеб Дудко известен в музыкальной среде не только Гомеля, но и далеко за его пределами. Совместив свои таланты музыканта и программиста, он запустил, как минимум, два музыкальных IT-стартапа.
+Отец Глеба Олег Дудко — известный в Гомеле оперный певец и бывший солист филармонии.
+В 2018-м Глеб вместе с программистом Максимом Гриневичем запустил проект ConcertMaster. Идея проекта — создать программу, которая могла бы автоматически аккомпанировать вокалистам.
+Глеба задержали в марте 2024 года в Добруше и присудили ему арест за "распространение экстремистских материалов". После этого мужчину перевели в СИЗО.
+Из публикаций в социальных сетях Глеба Дудко можно понять, что в 2022 году он осудил военную агрессию в отношении Украины. Что именно послужило основанием для политического преследования гомельчанина неизвестно.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 10.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
-    <t>Valentina Vladimirovna Poloz</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 02.12.2024: 9 anni di reclusione in una colonia del regime generale, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
+    <t>Валентина Владимировна Полоз</t>
+  </si>
+  <si>
+    <t>21 июня 1974</t>
+  </si>
+  <si>
+    <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Валентину, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
+Валентина, по утверждению провластных СМИ, вместе с Лосовским Николаем забирала посылку, в которой были оружие и взрывчатка, ее нужно было закопать в Мозырском районе. Выполнить задание они не успели, так как были задержаны.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2024: 9 лет лишения свободы в колонии в условиях общего режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Boyko</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 21.06.2023: 7 anni di reclusione in una colonia del regime generale. Appello 29.08.2023: il verdetto è stato confermato.</t>
+    <t>Сергей Владимирович Бойко</t>
+  </si>
+  <si>
+    <t>22 июня 1986</t>
+  </si>
+  <si>
+    <t>Гражданин Украины. С 8 по 21 июня 2023 года дело в закрытом формате рассматривал судья Анатолий Сотников.
+29.08.2023 состоялось апелляционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.08.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Vitaly Viktorovich Krasnov</t>
-[...5 lines deleted...]
-    <t>Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+    <t>Виталий Викторович Краснов</t>
+  </si>
+  <si>
+    <t>22 июня 1987</t>
+  </si>
+  <si>
+    <t>01.03.2024  состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Evdokimenko</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 31.07.2023: 7 anni di reclusione in una colonia del regime potenziato.</t>
+    <t>Сергей Викторович Евдокименко</t>
+  </si>
+  <si>
+    <t>23 июня 1987</t>
+  </si>
+  <si>
+    <t>Как следует из пресс-релиза Брестоблсуда, Евдокименко вменяли то, что с августа по декабрь 2020 года он передал «персональные и иные личные данные сотрудников органов внутренних дел для публичного распространения в сети Интернет». При этом данные брал из баз, к которым имел доступ по работе. Предположительно он работал в Брестском БТИ.
+10.10.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.07.2023: 7 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2023-07-20 13:03:39</t>
   </si>
   <si>
-    <t>Andrei Uladzimiravich Paheryla</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato.</t>
+    <t>Андрей Владимирович Погерило</t>
+  </si>
+  <si>
+    <t>23 июня 1991</t>
+  </si>
+  <si>
+    <t>Андрей, бывший слесарь-ремонтник цеха «Аммиак-3» на предприятии Гродно Азот, был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Андрея признали виновным по статьям «клевета», «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
   </si>
   <si>
-    <t>Denis Mikhailovich Urad</t>
-[...7 lines deleted...]
-    <t>Sentenza del tribunale 14.05.2021: 18 anni di reclusione in una colonia del regime potenziato, restrizione del servizio militare. Tribunale per il cambio di regime 22.08.2022: 3 anni di regime carcerario.</t>
+    <t>Денис Михайлович Урад</t>
+  </si>
+  <si>
+    <t>Денис, спецсвязист Генштаба Вооружённых Сил, был задержан в марте 2021 года и осужден за то, что, по информации провластных СМИ, сфотографировал секретное письмо от министра внутренних дел к министру обороны и «передал его польскому Telegram-каналу».
+Суд проходил в закрытом режиме, а приговор не подлежал обжалованию или пересмотру в апелляционном порядке. Помимо длительного срока лишения свободы, Дениса также лишили воинского звания.
+В августе 2022 года ему ужесточили вид наказания и перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.05.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, ограничение по военной службе. Суд по смене режима 22.08.2022: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Paul Nikolaevich Ivanov</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.06.2024: sconosciuto.</t>
+    <t>Павел Николаевич Иванов</t>
+  </si>
+  <si>
+    <t>24 июня 1982</t>
+  </si>
+  <si>
+    <t>Был задержан после того, как телеграм-чат "Атолино" был признан "экстремистским формированием". МВД назвал несколько "участников формирования", кроме Павла, это Дмитрий Тикунов, Евгения Мостовая (Григорик), Павел Белоницкий, Алексей Семенов, Юрий Антонович, Александр Зайцев и Владимир Полех.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-11 13:21:58</t>
   </si>
   <si>
-    <t>Tina Zakharovna Palynskaya</t>
-[...15 lines deleted...]
-    <t>Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime generale.</t>
+    <t>Тина Захаровна Палынская</t>
+  </si>
+  <si>
+    <t>24 июня 1973</t>
+  </si>
+  <si>
+    <t>Журналистка, католическая верующая из Полоцка.Тина давно не занималась журналистикой, воспитывала 2-х дочерей, работала в архивах, в том числе российских, выполняя частные заказы по созданию биографических очерков, семейных книг, историй об участниках Второй мировой войны.
+Ранее, в 2022 году, журналистку судили по административной статье и подвергали крупному штрафу за желтую и голубую ленты на сумке, а Следственный комитет проводил разбирательство относительно ее поста в Facebook и устраивал обыск в доме журналистки.
+С конца мая 2025 перестала выходить на связь.Тина и её старшая дочь Маргарита, 22 года, находятся под стражей по уголовному делу. У Тины также есть младшая несовершеннолетняя дочь — ей 14 лет.
+Подробности обвинения официально не раскрываются. По косвенным признакам есть предположение, что дело может быть связано с решением КГБ признать «Беларускую аналітычную майстэрню» профессора Андрея Вардомацкого экстремистским формированием. Эта организация проводила социологические опросы среди белорусских граждан. На данный момент нет никаких подтверждений, что Тина или её дочь действительно участвовали в исследованиях БАМ. Но даже если бы такое участие имело место, оно не нарушало бы закон: на момент возможного контакта с майстэрняй она ещё не была признана экстремистским формированием. 
+13 октября 2025 года стало известно, что умер муж Тины — писатель Алесь Полынский.</t>
+  </si>
+  <si>
+    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
-    <t>Tatiana Nikolaevna Karpovich</t>
-[...8 lines deleted...]
-    <t>5 anni di reclusione in una colonia.</t>
+    <t>Татьяна Николаевна Карпович</t>
+  </si>
+  <si>
+    <t>24 июня 1997</t>
+  </si>
+  <si>
+    <t>Жительница Витебска.
+Девушке предъявлено обвинение по ст. 130 Уголовного кодекса (Разжигание социальной вражды) за передачу данных силовиков, учителей, судей в телеграм-канал «Черная книга Беларуси».</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
-    <t>Denis Nikolaevich Vorozov</t>
-[...9 lines deleted...]
-    <t>5 anni di reclusione in una colonia penale a regime rafforzato.</t>
+    <t>Денис Николаевич Ворозов</t>
+  </si>
+  <si>
+    <t>25 июня 1981</t>
+  </si>
+  <si>
+    <t>Задержан за вывешивание БЧБ-флага и флаг Украины в 19-этажном доме по улице Леси Украинки.
+После их задержания канал в мобильном приложении Zello, через который они общались во время проведения акции, был признан экстремистским формированием.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
-    <t>Airat Ernestovich Khalikov</t>
-[...5 lines deleted...]
-    <t>Cittadino della Federazione Russa, vive in Bielorussia dal 2019. Lavorava come autista per Alivaria. È stato arrestato nel maggio 2025 in relazione al caso Gayun.</t>
+    <t>Айрат Эрнестович Халиков</t>
+  </si>
+  <si>
+    <t>26 июня 1996</t>
+  </si>
+  <si>
+    <t>Гражданин Российской Федерации, в Беларуси живет с 2019 года. Работал водителем на "Аліварыі". Задержан в мае 2025 года по "делу Гаюна"</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Igor Petrovich Khristoforov</t>
-[...10 lines deleted...]
-    <t>Sentenza del tribunale 22.08.2022: 6 anni di reclusione in una colonia del regime generale. Appello 15.11.2022: sconosciuto.</t>
+    <t>Игорь Петрович Христофоров</t>
+  </si>
+  <si>
+    <t>26 июня 1973</t>
+  </si>
+  <si>
+    <t>Был осуждён за более трехсот комментариев.  при этом часть комментариев были датированы 2015 годом. 
+Судебный процесс был прерван из-за обострившейся болезни позвоночника и потери способности ходить.
+15.11.2022 состоялось рассмотрение апелляционной жалобы.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.08.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 15.11.2022: неизвестно.</t>
   </si>
   <si>
     <t>2022-09-02 22:29:38</t>
   </si>
   <si>
-    <t>Vladimir Yurievich Isaev</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 31.10.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.01.2023: archiviazione di tutte le accuse. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+    <t>Владимир Юрьевич Исаев</t>
+  </si>
+  <si>
+    <t>26 июня 1984</t>
+  </si>
+  <si>
+    <t>Был осужден осенью 2022 года на дишение свободы за " оскорбление Лукашенко". Результаты апелляции неизвестны.
+В июне 2025 года стало известно, что Владимир задержан. Детали дела устанавливаются. Осенью был осужден на лишение свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: снятие всех обвинений. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Peter Filippovich Filipovich</t>
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 16.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 18.02.2025: sconosciuto.</t>
+    <t>Петр Филиппович Филипович</t>
+  </si>
+  <si>
+    <t>27 июня 1953</t>
+  </si>
+  <si>
+    <t>Решение суда 16.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-12-02 17:53:29</t>
   </si>
   <si>
-    <t>Nikolay Stepanovich Losovsky</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 02.12.2024: 10 anni di reclusione in una colonia del regime potenziato, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
+    <t>Николай Степанович Лосовский</t>
+  </si>
+  <si>
+    <t>27 июня 1966</t>
+  </si>
+  <si>
+    <t>Комитет госбезопасности в пропагандистском фильме 11 сентября 2023 года сообщил, что задержал в Беларуси шесть человек по обвинению в сотрудничестве с "Службой безопасности Украины" и "подготовке терактов". На видео некоторые из них выглядят избитыми, некоторых на следственных действиях водят на цепях, одного из задержанных сняли в СИЗО КГБ. В итоге трех человек, в том числе Николая, обвинили сразу по шести статьям Уголовного кодекса, включая "Измена государству"и" агентурную деятельность".
+Николай, по утверждению провластных СМИ,  по заданию украинских спецслужб проверял схроны, а также за деньги выполнял и другие поручения.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.12.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 550 базовых величин штрафа. Апелляция 25.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Yana Vitalievna Pinchuk</t>
-[...9 lines deleted...]
-    <t>12 anni di reclusione in una colonia penale.</t>
+    <t>Яна Витальевна Пинчук</t>
+  </si>
+  <si>
+    <t>28 июня 1997</t>
+  </si>
+  <si>
+    <t>Задержана 1 ноября 2021 года в Санкт-Петербурге за события в Беларуси. В России она работала официанткой и жила на две страны. Последний раз девушка была на родине около года назад. По данным следствия, подозреваемая с сентября 2020 по ноябрь 2021 года администрировала три телеграм-канала. В мае 2022 года суд РФ отказал белоруске Яне Пинчук в предоставлении временного убежища в России.
+09.08.2022 была экстрадирована из РФ в РБ немостря на запрет экстрадиции Комитета по правам человека ООН.</t>
+  </si>
+  <si>
+    <t>12 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2021-11-03 17:48:25</t>
   </si>
   <si>
-    <t>Alexey Vasilievich Semenok</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 12.03.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
+    <t>Алексей Васильевич Семенок</t>
+  </si>
+  <si>
+    <t>28 июня 1975</t>
+  </si>
+  <si>
+    <t>В основу приговора были положены комментарии Алексея в интернете.
+Сразу по прибытии в колонию Алексея Семенко бросили в штрафной изолятор-это место пыток заключенных с нечеловеческими условиями пребывания.</t>
+  </si>
+  <si>
+    <t>Решение суда 12.03.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
-    <t>Alexei Sergeevich Samoylyuk</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 05.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 08.10.2024: sconosciuto.</t>
+    <t>Алексей Сергеевич Самойлюк</t>
+  </si>
+  <si>
+    <t>28 июня 1989</t>
+  </si>
+  <si>
+    <t>К Алексею домой ворвался отряд спецназа, мужчину повалили на пол и один силовик сел коленями на тело (одним коленом на шею Самойлюка).
+На провластном канале утверждают, что Самойлюк "кидал камни в милиционеров во время массовых беспорядков". В той публикации на том же канале также выложили фотографии: на одном снимке два человека в капюшонах и масках, один держит украинский флаг, второй — лист бумаги с текстом "брестчане с Украиной". </t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-18 20:51:34</t>
   </si>
   <si>
-    <t>Anatoly Anatolyevich Kosilo</t>
-[...8 lines deleted...]
-    <t>Sentenza del tribunale 31.10.2024: 1 anno 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 21.01.2025: il verdetto è stato confermato.</t>
+    <t>Анатолий Анатольевич Косило</t>
+  </si>
+  <si>
+    <t>28 июня 1985</t>
+  </si>
+  <si>
+    <t>Анатолий был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.10.2024: 1 год 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 21.01.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-10-21 21:48:13</t>
   </si>
   <si>
-    <t>Kirill Romanovich Ashurak</t>
-[...11 lines deleted...]
-    <t>Sentenza del tribunale 05.12.2022: 13 anni di reclusione in una colonia del regime potenziato, 400 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
+    <t>Кирилл Романович Ашурак</t>
+  </si>
+  <si>
+    <t>29 июня 1999</t>
+  </si>
+  <si>
+    <t>Кирилл был задержан 23 июня 2021 года в рамках уголовного дела по эпизоду на объекте связи ВМФ РФ под Вилейкой. В пропагандистском фильме ОНТ он представлен как первоначальный исполнитель задания по подрыву объекта, однако отказался от участия и только помог разведать местность.
+Лукашенко упоминал Кирилла в числе людей, которые якобы хотели сбежать в Украину и Литву, но были задержаны группой КГБ «Альфа».
+Известно также, что Кирилл ранее задерживался и был жестко избит 9 августа 2020 года.
+В декабре 2022 года его признали виновным и приговорили к лишению свободы в колонии усиленного режима и крупному штрафу.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.12.2022: 13 лет лишения свободы в колонии в условиях усиленного режима, 400 базовых величин штрафа. Апелляция 03.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
-    <t>Marina Aliseenko</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 18.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
+    <t>Марина Николаевна Алисеенко</t>
+  </si>
+  <si>
+    <t>29 июня 1984</t>
+  </si>
+  <si>
+    <t>Марина Алексеенко 40 лет. Она из Минска, окончила Минский государственный лингвистический университет в 2008 году. После этого работала переводчиком, но в 2012 году устроилась в элитный пятизвездочный минский отель Crowne Plaza. За два года она из ассистента менеджера по продажам стала руководителем отдела продаж и маркетинга. 
+Задержана в результате массового рейда силовых структур 23-24 января 2024 года на родственников политзаключенных и людей, которые посылали посылки и письма политзаключенным. </t>
+  </si>
+  <si>
+    <t>Решение суда 18.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 17.12.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-18 14:02:34</t>
   </si>
   <si>
-    <t>Paul Vladimirovich Vabishchevich</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 06.02.2025: 23 anni di reclusione in una colonia del regime potenziato, 700 unità di base di multa.</t>
+    <t>Павел Владимирович Вабищевич</t>
+  </si>
+  <si>
+    <t>30 июня 1986</t>
+  </si>
+  <si>
+    <t>Павла Вабищевича и Андрея Зиненко, как утверждалось в пропагандистском фильме ОНТ, задержали в ночь с 26 на 27 августа 2023 года на железной дороге в Столбцовском районе недалеко от нефтебазы и остановочного пункта Синява.
+В пропагандистском фильме осенью 2023 года утверждалось, что их задержали за попытку поставить на железной дороге в Столбцовском районе взрывное устройство,»которое должно было бы сработать по команде куратора из СБУ". Пропагандисты рассказали, что Вабищевич попал во внимание силовиков, когда доносчик сообщил о нем в чат-бот КГБ, что на вокзале в Орше он фотографировал железнодорожные пути и составы.</t>
+  </si>
+  <si>
+    <t>Решение суда 06.02.2025: 23 года лишения свободы в колонии в условиях усиленного режима, 700 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
-    <t>Zhanna Nikolaevna Dashkevich</t>
-[...9 lines deleted...]
-    <t>Sentenza del tribunale 09.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.11.2024: sconosciuto.</t>
+    <t>Жанна Николаевна Дашкевич</t>
+  </si>
+  <si>
+    <t>30 июня 1969</t>
+  </si>
+  <si>
+    <t>Жанне Дашкевич 54 года. Родом она из деревни Сватки Мядельского района Минской области. Жанна окончила Бобруйский медицинский техникум в 1987-м, а в возрасте 41 год поступила в Белорусский государственный педагогический университет на психолога. Неизвестно, когда Жанну Дашкевич задержали и за что. Но она перестала быть онлайн с октября 2023-го года, хотя ранее активно вела соцсети.
+Суд над женщиной начался 3 июня 2024 года в Минском областном суде. Жанну судят по двум статьям - "вербовка «обучение или подготовка к участию в войне, а также материальное обеспечение такой деятельности"  и "создание экстремистского формирования или участие в нем " . Ей грозит от пяти до десяти лет колонии</t>
+  </si>
+  <si>
+    <t>Решение суда 09.09.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 19.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-04 17:11:45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -3023,1117 +3021,1117 @@
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>78</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
+        <v>34</v>
+      </c>
+      <c r="I46" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>246</v>
+      </c>
+      <c r="B47" t="s">
         <v>247</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
         <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="I47" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
         <v>251</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
         <v>28</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
+        <v>253</v>
+      </c>
+      <c r="I48" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>255</v>
+      </c>
+      <c r="B49" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
         <v>28</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>84</v>
       </c>
       <c r="H49" t="s">
+        <v>257</v>
+      </c>
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
         <v>260</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
         <v>78</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
+        <v>262</v>
+      </c>
+      <c r="I50" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>264</v>
+      </c>
+      <c r="B51" t="s">
         <v>265</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
+        <v>267</v>
+      </c>
+      <c r="I51" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>269</v>
+      </c>
+      <c r="B52" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="D52" t="s">
         <v>98</v>
       </c>
       <c r="E52" t="s">
         <v>99</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>183</v>
       </c>
       <c r="I52" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>272</v>
+      </c>
+      <c r="B53" t="s">
         <v>273</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D53" t="s">
         <v>98</v>
       </c>
       <c r="E53" t="s">
         <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
+        <v>275</v>
+      </c>
+      <c r="I53" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>277</v>
+      </c>
+      <c r="B54" t="s">
         <v>278</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>125</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
+        <v>280</v>
+      </c>
+      <c r="I54" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>282</v>
+      </c>
+      <c r="B55" t="s">
         <v>283</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>284</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>285</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>286</v>
       </c>
-      <c r="F55" t="s">
-[...5 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
+        <v>283</v>
+      </c>
+      <c r="C56" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
+        <v>290</v>
+      </c>
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
         <v>293</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>13</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
+        <v>295</v>
+      </c>
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
         <v>298</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>299</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
         <v>78</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
+        <v>304</v>
+      </c>
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>84</v>
       </c>
       <c r="H60" t="s">
+        <v>308</v>
+      </c>
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
         <v>28</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
+        <v>313</v>
+      </c>
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
         <v>316</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="D62" t="s">
         <v>98</v>
       </c>
       <c r="E62" t="s">
         <v>99</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
+        <v>318</v>
+      </c>
+      <c r="I62" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>320</v>
+      </c>
+      <c r="B63" t="s">
         <v>321</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
         <v>28</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
+        <v>323</v>
+      </c>
+      <c r="I63" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>325</v>
+      </c>
+      <c r="B64" t="s">
         <v>326</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
         <v>78</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>198</v>
       </c>
       <c r="I64" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" t="s">
         <v>330</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
         <v>105</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
+        <v>332</v>
+      </c>
+      <c r="I65" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
         <v>78</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
+        <v>337</v>
+      </c>
+      <c r="I66" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
         <v>28</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
+        <v>341</v>
+      </c>
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
         <v>344</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>345</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
         <v>349</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="D69" t="s">
         <v>98</v>
       </c>
       <c r="E69" t="s">
+        <v>351</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="F69" t="s">
-[...5 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
         <v>355</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="D70" t="s">
         <v>98</v>
       </c>
       <c r="E70" t="s">
         <v>99</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
+        <v>357</v>
+      </c>
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
         <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
+        <v>362</v>
+      </c>
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
         <v>365</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
         <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="I72" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>370</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>371</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>373</v>
+      </c>
+      <c r="B74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
         <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
+        <v>376</v>
+      </c>
+      <c r="I74" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>378</v>
+      </c>
+      <c r="B75" t="s">
         <v>379</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="D77" t="s">
         <v>98</v>
       </c>
       <c r="E77" t="s">
         <v>99</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
+        <v>390</v>
+      </c>
+      <c r="I77" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>392</v>
+      </c>
+      <c r="B78" t="s">
         <v>393</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>394</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>285</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>395</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>397</v>
+      </c>
+      <c r="B79" t="s">
         <v>398</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
         <v>28</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
+        <v>400</v>
+      </c>
+      <c r="I79" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>402</v>
+      </c>
+      <c r="B80" t="s">
         <v>403</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>84</v>
       </c>
       <c r="H80" t="s">
+        <v>405</v>
+      </c>
+      <c r="I80" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>407</v>
+      </c>
+      <c r="B81" t="s">
         <v>408</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
         <v>78</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
+        <v>410</v>
+      </c>
+      <c r="I81" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>412</v>
+      </c>
+      <c r="B82" t="s">
         <v>413</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="D82" t="s">
         <v>98</v>
       </c>
       <c r="E82" t="s">
         <v>99</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
+        <v>415</v>
+      </c>
+      <c r="I82" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>417</v>
+      </c>
+      <c r="B83" t="s">
         <v>418</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
         <v>28</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
+        <v>420</v>
+      </c>
+      <c r="I83" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>422</v>
+      </c>
+      <c r="B84" t="s">
         <v>423</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="D84" t="s">
         <v>98</v>
       </c>
       <c r="E84" t="s">
         <v>99</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
+        <v>425</v>
+      </c>
+      <c r="I84" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">