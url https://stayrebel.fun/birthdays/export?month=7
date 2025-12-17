--- v0 (2025-12-08)
+++ v1 (2025-12-17)
@@ -12,1656 +12,1557 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="496">
-[...49 lines deleted...]
-    <t>Решение суда 02.07.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: приговор оставлен без изменения.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+  <si>
+    <t>Imię Nazwisko</t>
+  </si>
+  <si>
+    <t>Urodziny</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Płeć</t>
+  </si>
+  <si>
+    <t>Adres</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>CPC Vesna</t>
+  </si>
+  <si>
+    <t>Zdanie</t>
+  </si>
+  <si>
+    <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Alexey Borisovich Ivanisov</t>
+  </si>
+  <si>
+    <t>1 lipca 1968</t>
+  </si>
+  <si>
+    <t>Aleksiej, były wojskowy, specjalista ds. komunikacji i dyrektor firmy zajmującej się instalacją i naprawą elektrycznych bram garażowych i barier, został aresztowany we wrześniu 2021 r. w ramach postępowania karnego związanego z inicjatywą „Zajęty Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
+Aleksiej ma troje dzieci, z których jedno jest nieletnie.</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-11-15 15:51:15</t>
+  </si>
+  <si>
+    <t>Denis Viktorovich Boltut</t>
+  </si>
+  <si>
+    <t>1 lipca 1990</t>
+  </si>
+  <si>
+    <t>Został zatrzymany 25 września 2020 r. i skazany za udział w protestach.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:00</t>
   </si>
   <si>
-    <t>Диана Валентиновна Михайлина</t>
-[...41 lines deleted...]
-    <t>1 июля 1998</t>
+    <t>Daniel Yurievich Garasim</t>
+  </si>
+  <si>
+    <t>1 lipca 2005</t>
+  </si>
+  <si>
+    <t>Według autorów prorządowego filmu Daniił Garasim, urodzony w 2005 r. w grudniu 2023 r., na polecenie „ukraińskiego kuratora”, z którym nawiązano kontakt na ekstremistycznym czacie w Telegramie, sfilmował lokalizację brygady rakietowej Sił Zbrojnych Białorusi w mieście Osipowicze obwodu mohylewskiego. Warto jednak zauważyć, że siły bezpieczeństwa już od pierwszego zadania nakręciły film operacyjny;</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.09.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 03.12.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-04-30 00:32:30</t>
+  </si>
+  <si>
+    <t>Irina Igorevna Poznyakevich</t>
+  </si>
+  <si>
+    <t>1 lipca 1998</t>
   </si>
   <si>
     <t xml:space="preserve">
-Осенью 2024 года имя Ирины Познякевич появилось в базе розыска в России. После ее судили и выслали в Беларусь.
-[...2 lines deleted...]
-В феврале 2021 года она перебралась в Россию. Срок ее легализации закончился 14 января 2024 года, но она не выехала из Москвы на родину, а осталась там. В октябре 2024 года Ирину судили в Микулинском районном суде Москвы. Ей присудили 5000 российских рублей штрафа (около 50 долларов) и депортацию из России.
+Jesienią 2024 roku nazwisko Iriny Pozniakiewicz pojawiło się na liście osób poszukiwanych w Rosji. Następnie została osądzona i deportowana na Białoruś.
+Irina Poznyakevich (Shulga) ma 26 lat. Pochodziła z Baranowicz i mieszkała również w Iwacewiczach. Według danych z portali społecznościowych, dziewczyna pracowała w różnych zawodach - była na przykład pielęgniarką. A od 2019 roku ma już małe dziecko.
+W październiku 2020 r. Irina przebywała w areszcie śledczym w Żodino - dziewczynę zatrzymano rzekomo za udział w protestach. Nie wiadomo, czy rzeczywiście brała wówczas udział w jakimkolwiek zdarzeniu, czy też była jedną z osób zatrzymanych przypadkowo.
+W lutym 2021 roku przeprowadziła się do Rosji. Jej okres legalizacji upłynął 14 stycznia 2024 r., jednak nie opuściła Moskwy i nie udała się do ojczyzny, lecz pozostała tam. W październiku 2024 roku Irina została osądzona przez Sąd Rejonowy w Mikulinie w Moskwie. Została skazana na karę grzywny w wysokości 5000 rubli rosyjskich (około 50 dolarów) i deportację z Rosji.
 </t>
   </si>
   <si>
-    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
-[...2 lines deleted...]
-    <t>Решение суда 03.03.2025: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.03.2025: nieznany. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-01-02 19:57:46</t>
   </si>
   <si>
-    <t>Павел Сергеевич Резанович</t>
-[...12 lines deleted...]
-    <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Суд по смене режима 30.10.2023: 2 года тюремного режима.</t>
+    <t>Pavel Sergeevich Rezanovich</t>
+  </si>
+  <si>
+    <t>1 lipca 1993</t>
+  </si>
+  <si>
+    <t>Paweł, syn prawosławnego księdza i pracownik wydziału egzekucji przymusowej obwodu leninskiego miasta Brześć, został zatrzymany 1 grudnia 2020 r. wraz z rodzicami w ramach karnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Paweł został skazany za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy” i „nielegalne działania dotyczące broni palnej”.
+W październiku 2023 roku został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 30.10.2023: 2 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
-    <t>Алексей Борисович Иванисов</t>
-[...45 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+    <t>Arthur Igorevich Golubev</t>
+  </si>
+  <si>
+    <t>3 lipca 1990</t>
+  </si>
+  <si>
+    <t>W dniu 16 stycznia 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
   </si>
   <si>
-    <t>Виталий Александрович Василевич</t>
-[...11 lines deleted...]
-    <t>Решение суда 07.06.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
+    <t>Alexander Vasilyevich Sumar</t>
+  </si>
+  <si>
+    <t>3 lipca 1982</t>
+  </si>
+  <si>
+    <t>W okresie od sierpnia 2020 r. do 26 lipca 2022 r. Aleksander zarządzał czatem telegramowym „Niech żyje Łuniniec!”, za co został zatrzymany 27 lipca 2022 r. 24 listopada 2022 r. decyzją Ministerstwa Spraw Wewnętrznych telegramy czatu „Niech żyją Łuniniety!” została uznana za „formację ekstremistyczną” na terytorium Republiki Białoruś. Proces Aleksandra odbył się 9 lutego 2023 roku, gdzie został oskarżony na podstawie 5 artykułów Kodeksu karnego Republiki Białoruś: Część 1 art. 361-1, część 1 art. 342 ust. 2 art. 367 art. 369 ust. 3 art. 361. O Aleksandrze Sumarze wiadomo, że w 2006 roku pracował w Departamencie Spraw Wewnętrznych Rejonu Łuninieckiego jako ekspert medycyny sądowej. W ostatnich latach mieszkał w Moskwie (Rosja).</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>9 lat więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Vitaly Alexandrovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 lipca 1993</t>
+  </si>
+  <si>
+    <t>Witalij został zatrzymany i skazany za zatrzymanie pociągu towarowego, nałożenie czerwonych pasów na kasetony reklamowe, przebicie opony funkcjonariuszowi policji, podpalenie kiosku Tabakerka oraz obchodzenie się z przedmiotami zawierającymi substancje łatwopalne. Swoje działania uzasadnił jako protest przeciwko sytuacji w kraju po wyborach prezydenckich, które odbyły się 9 sierpnia 2020 r., w szczególności przeciwko bezpodstawnym przetrzymywaniom i torturowaniu ludzi przez siły bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 01:27:10</t>
   </si>
   <si>
-    <t>Александр Васильевич Сумар</t>
-[...30 lines deleted...]
-    <t>Решение суда 18.10.2023: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 05.01.2024: приговор оставлен без изменения.</t>
+    <t>Jeanne Petrovna Volkova</t>
+  </si>
+  <si>
+    <t>4 lipca 1979</t>
+  </si>
+  <si>
+    <t>Żannę zatrzymano 11 maja 2023 r. tuż przy Szkole nr 63, dokąd przyszła spotkać się z nauczycielką swojego dziecka. W październiku tego roku została skazana za kilka przestępstw, w tym za „podżeganie do nienawiści”.
+Według doniesień medialnych, podczas protestów w 2020 roku policja zatrzymała ją pod zarzutem popełnienia przestępstw administracyjnych.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.10.2023: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.01.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-05-14 23:47:55</t>
   </si>
   <si>
-    <t>Андрей Ромуальдович Севертока</t>
-[...12 lines deleted...]
-    <t>Решение суда 30.03.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях строгого режима, приблизительно 1000 рублей компенсации. Апелляция 17.06.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+    <t>Sergey Anatolyievich Rezanovich</t>
+  </si>
+  <si>
+    <t>4 lipca 1968</t>
+  </si>
+  <si>
+    <t>Prawosławny ksiądz, proboszcz cerkwi św. Michała Archanioła w rolniczej miejscowości Stepanka, pow. Żabinka, obwód brzeski, został zatrzymany 1 grudnia 2020 r. wraz z żoną i synem w ramach kryminalnej „sprawy Autuchowicza”. ” Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Siergiej został skazany za „udział w organizacji przestępczej”, „akt terroryzmu” i „próbę przejęcia władzy”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:42:21</t>
+  </si>
+  <si>
+    <t>Andrey Romualdovich Severtoka</t>
+  </si>
+  <si>
+    <t>4 lipca 1971</t>
+  </si>
+  <si>
+    <t>Andriej został zatrzymany 27 września 2020 r. podczas protestu w Grodnie po tym, jak próbował zasłonić i pomóc leżącemu na ziemi mężczyźnie. W rezultacie został skazany za „przemoc wobec funkcjonariusza policji”.
+Pod koniec grudnia 2021 r. Andrei został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.03.2021: 5 lata 6 miesiące więzienia w kolonii o zaostrzonym rygorze, około 1000 ruble odszkodowania. Apelacja 17.06.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 23:04:31</t>
   </si>
   <si>
-    <t>Сергей Анатольевич Резанович</t>
-[...23 lines deleted...]
-    <t>5 лет лишения свободы в колонии</t>
+    <t>Alexander Vladimirovich Bliznets</t>
+  </si>
+  <si>
+    <t>5 lipca 1988</t>
+  </si>
+  <si>
+    <t>Aleksander pracował jako inżynier w jednym z miejskich przedsiębiorstw. Został skazany za zamkniętymi drzwiami Sądu Okręgowego w Homlu.
+W dniu 2 sierpnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.05.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-24 22:36:28</t>
+  </si>
+  <si>
+    <t>Dmitry Igorevich Khomenkov</t>
+  </si>
+  <si>
+    <t>5 lipca 1989</t>
+  </si>
+  <si>
+    <t>39-letni mieszkaniec Homla. Jest programistą. Ostatnie ogłoszenie Khamenkova na Linkedin brzmiało: Ekspert ds. rozwoju oprogramowania. Nie chciał się przeprowadzać w 2022 roku.
+Według filmu ONT Chamenkow jest oskarżony o „finansowanie działalności ekstremistycznej”. Dokonywał przelewów w kryptowalucie. Podaje się, że został zatrzymany pod koniec 2024 roku, podczas gdy facet przebywał za kratkami, jego babcia zmarła.</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-04-03 17:39:10</t>
+  </si>
+  <si>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 lipca 1978</t>
+  </si>
+  <si>
+    <t>Skazany za jedną darowiznę w wysokości 20 dolarów na rzecz jednej z inicjatyw, którą później uznano za „formację ekstremistyczną”. Darowiznę na pomoc rzekomo ofiarom represji przekazano już w 2021 r., kiedy inicjatywa nie została jeszcze uznana za „grupę ekstremistyczną”. Sprawa odbyła się tylko w ośmiu rozprawach, a jej rozpatrywanie trwało dwa miesiące, od listopada do stycznia. 28 kwietnia 2023 roku wyrok uprawomocnił się po wydaniu wyroku Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2022-12-06 01:16:36</t>
   </si>
   <si>
-    <t>Александр Владимирович Близнец</t>
-[...43 lines deleted...]
-    <t>Решение суда 05.08.2024: 2 года 3 месяца лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
+    <t>Yuri Alexandrovich Khrameev</t>
+  </si>
+  <si>
+    <t>5 lipca 1990</t>
+  </si>
+  <si>
+    <t>W 2016 roku Jurij uzyskał tytuł magistra programowania na Białoruskim Państwowym Uniwersytecie Informatyki i Radioelektroniki.
+W 2011 roku dołączył do XB Software jako programista, a następnie pracował w ActiveCloud. W 2014 roku dołączył do startupu ActivePlatform, gdzie awansował od programisty do analityka biznesowego i menedżera produktu.
+Poza pracą Jurij lubi podróżować. W mediach społecznościowych publikował zdjęcia z aktywnych wakacji w górach i wycieczek do różnych miast.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.11.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-08 16:53:51</t>
+  </si>
+  <si>
+    <t>Ivan Yurievich Yasnikov</t>
+  </si>
+  <si>
+    <t>6 lipca 1989</t>
+  </si>
+  <si>
+    <t>Według doniesień mężczyzna został zatrzymany w związku z wydarzeniami z sierpnia 2020 r., jednak w jego telefonie służby bezpieczeństwa znalazły zdjęcia sprzętu wojskowego, które wrzucił 23 lutego na kanał telegramu Kalinkowicze za życiem.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:52:53</t>
+  </si>
+  <si>
+    <t>Ivan Grigorievich Omrejcik</t>
+  </si>
+  <si>
+    <t>6 lipca 2001</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w proteście w dniu 10 sierpnia 2020 r. w Brześciu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2024: 2 roku 3 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 08.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
-    <t>Иван Юрьевич Ясников</t>
-[...25 lines deleted...]
-    <t xml:space="preserve"> Решение суда 18.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 21.06.2022: приговор оставлен без изменения. Суд по смене режима 26.06.2024: тюремный режим до конца срока.</t>
+    <t>Alexander Vladimirovich Korolev</t>
+  </si>
+  <si>
+    <t>7 lipca 1963</t>
+  </si>
+  <si>
+    <t>30 maja 2023 roku odbyła się rozprawa apelacyjna i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>1,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
+  </si>
+  <si>
+    <t>Ivan Aleksandrovich Yanchuk</t>
+  </si>
+  <si>
+    <t>7 lipca 1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iwan najpierw piastował stanowisko śledczego w Małorycie, a następnie został przeniesiony jako śledczy do Wydziału Spraw Wewnętrznych Rejonu Kobryń. Miał stopień porucznika.
+Z informacji zawartych w nagraniu GUBOPiK wynika, że zrezygnował ze służby w organach ścigania i zaczął wydobywać kryptowaluty. Według funkcjonariuszy bezpieczeństwa Iwan przekazał informacje o swoich kolegach różnymi kanałami telegramów.
+W dniu 28 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.
+</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Lubetski</t>
+  </si>
+  <si>
+    <t>7 lipca 1975</t>
+  </si>
+  <si>
+    <t>Andrey, chirurg szczękowo-twarzowy w szpitalu dziecięcym, został zatrzymany w maju 2021 r. po przeszukaniu w ramach postępowania karnego wszczętego na podstawie artykułu o „obrazie prezydenta”. Jego żona i dzieci zostali zmuszeni do opuszczenia kraju. Później Andrieja oskarżono o „udział w działaniach grupowych rażąco naruszających porządek publiczny” i „udział w masowych zamieszkach”.
+W kwietniu 2022 r. Andriej został skazany na podstawie czterech zarzutów karnych za udział w protestach, które odbyły się w Mińsku w 2020 r., oraz za publikacje w mediach społecznościowych, które zostały zakwalifikowane jako znieważające i podżegające do nienawiści.
+W czerwcu 2024 r. zwiększono mu karę i przeniesiono go do więzienia do końca odbywania kary.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 18.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.06.2022: wyrok został podtrzymany. Sąd zmiany reżimu 26.06.2024: reżim więzienny do końca kary.</t>
   </si>
   <si>
     <t>2021-05-15 15:10:59</t>
   </si>
   <si>
-    <t>Иван Александрович Янчук</t>
-[...47 lines deleted...]
-    <t>Решение суда 28.04.2023: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: неизвестно. Решение суда 25.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+    <t>Oleg Anatolevich Konovalov (Shutov)</t>
+  </si>
+  <si>
+    <t>8 lipca 1995</t>
+  </si>
+  <si>
+    <t>Oleg, właściciel kanału YouTube „Trzeci Region Białoruś”, został zatrzymany w styczniu 2022 roku, gdy wrócił na Białoruś na święta noworoczne.
+Oleg został oskarżony o ujawnienie tożsamości funkcjonariuszy służb bezpieczeństwa i rzekomo kontynuowanie „publikowania antypaństwowych informacji w mediach społecznościowych i promowania oporu wobec funkcjonariuszy państwowych” za granicą. Na swoim kanale opublikował nagrania z białoruskich protestów solidarnościowych w Kijowie, gdzie mieszkał od 2020 roku. Oskarżono go również o wygłaszanie „cynicznych komentarzy” na temat zmarłego oficera KGB Dmitrija Fedosiuka.
+We wrześniu 2022 roku został skazany na podstawie kilku artykułów Kodeksu karnego, w tym za „podżeganie do nienawiści lub waśni rasowej, narodowościowej, religijnej lub innej społecznej”. Sąd skazał go na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze i nakazał zapłatę znacznego odszkodowania.
+W lipcu 2023 roku Oleg został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji więziennej” – zarzut często stawiany więźniom politycznym odmawiającym współpracy z administracją więzienną. We wrześniu tego samego roku doniesiono o przeniesieniu go do zakładu karnego.
+Ujawniono, że Olegowi grozi kolejna rozprawa sądowa w pierwszej połowie lata 2025 roku pod tym samym zarzutem „niesubordynacji”. Rozprawa apelacyjna miała się odbyć w połowie lipca.</t>
+  </si>
+  <si>
+    <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.09.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 5000 ruble odszkodowania, 100 jednostek bazowych kary. Decyzja sądu 18.07.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.09.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2022-01-27 19:36:09</t>
+  </si>
+  <si>
+    <t>Ivan Vladimirovich Morozov</t>
+  </si>
+  <si>
+    <t>8 lipca 1983</t>
+  </si>
+  <si>
+    <t>Jeden z najsłynniejszych blogerów białoruskojęzycznych w latach 2000. i były aktywista. Zatrzymany za udział w protestach w 2020 r.
+Iwana zatrzymano 5 stycznia 2023 r., zastosowano wobec niego 13 dni aresztu administracyjnego, a 18 stycznia postawiono mu zarzuty karne.
+17.04.2024 zwolniony, po całkowitym odbyciu kary nałożonej przez sąd.
+W czerwcu 2025 roku okazało się, że Iwan został ponownie zatrzymany, tym razem za komentarz na podstawie artykułu 368 Kodeksu karnego Republiki Białorusi.</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.04.2023: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 25.07.2023: nieznany. Decyzja sądu 25.08.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2023-01-10 02:10:13</t>
   </si>
   <si>
-    <t>Олег Анатольевич Коновалов (Шутов)</t>
-[...27 lines deleted...]
-    <t>Решение суда 17.10.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Ivan Leonidovich Folitar</t>
+  </si>
+  <si>
+    <t>8 lipca 1977</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-07-11 11:27:00</t>
   </si>
   <si>
-    <t>Евгений Александрович Рубашко</t>
-[...11 lines deleted...]
-    <t>Решение суда 22.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 19.04.2023: 3 года тюремного режима. Решение суда дата неизвестна: 1 год лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Evgeny Aleksandrovich Rubashko</t>
+  </si>
+  <si>
+    <t>9 lipca 1989</t>
+  </si>
+  <si>
+    <t>Anarchista. Zatrzymany 29 lipca 2021 r. Jego mieszkanie zostało przeszukane, a podczas zatrzymania został pobity. Żądając dostępu do telefonu i komputera, facet naciągnął torbę na głowę. Podczas transportu do aresztu śledczego wszystkie książki zostały odebrane Jewgienijowi Rubaszko i umieszczone w rejestrze prewencyjnym jako skłonny do ekstremizmu, co oznacza wpis do akt osobowych, specjalne traktowanie i dodatkową pracę z psychologiem.
+W lutym 2023 r. Jewgienij Rubaszko został przeniesiony na miesiąc do celi w IK nr 2. Wcześniej był trzykrotnie umieszczany w ShIZO na 10, 7 i 7 dni za naciągane naruszenia regulaminów wewnętrznych . Po przetrzymywaniu w PKT Jewgienij został ponownie umieszczony w ShIZO na łącznie 17 dni.
+W Bobrujsku 19 kwietnia 2023 roku sąd skierował więźnia politycznego do reżimu więziennego .
+Na początku maja 2023 roku okazało się, że Evgeniy został przeniesiony do Zakładu Karnego nr 8 w Żodzinie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 19.04.2023: 3 roku więzienia. Decyzja sądu data nieznana: 1 rok więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
-    <t>Борис Михайлович Витко</t>
-[...15 lines deleted...]
-    <t>7 лет 3 месяца лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Boris Mikhailovich Vitko</t>
+  </si>
+  <si>
+    <t>9 lipca 1954</t>
+  </si>
+  <si>
+    <t>68-letni Borys Witko został oskarżony o napisanie 30 września 2021 r. w telegramie Lachowicze 97 obraźliwego komentarza pod adresem sędziego Nikołaja Kmity.
+Wyrok sądu z 20.01.2023: 2 lata ograniczania wolności bez kierunku.
+Pod koniec maja 2023 roku wyszło na jaw, że Borys został ponownie zatrzymany. Poinformował o tym prorządowy kanał telegramowy. Policjanci zamieszek w kamizelkach kuloodpornych ze strzelbami zatrzymali mężczyznę na terenie prywatnego domu. W opublikowanym nagraniu Borys podaje, że został zatrzymany pod zarzutem znieważenia Łukaszenki (art. 368 kk). Przeszukano miejsce zamieszkania we wsi Miedwedichi, rejon Lachowicze.
+Później obrońcy praw człowieka dowiedzieli się , że Borys Witko przez pewien czas był przetrzymywany w Areszcie Śledczym w Lachowiczach, a następnie przeniesiony do Aresztu Śledczego w Baranowiczach. Obecnie oczekuje na proces w Areszcie Śledczym nr 7 w Brześciu. W listopadzie 2023 r. Borys został wpisany na listę terrorystów. Proces rozpoczął się na początku stycznia 2024 r. Na pierwszym procesie Borysowi Witko postawiono zarzut, że 30 września 2021 r. w telegramie „Łachowicze 97” napisał obraźliwy komentarz pod adresem sędziego Nikołaja Kmity. Łącznie, poprzez częściowe dodanie niewykorzystanej części kary, ostatecznie oskarżony Borys Vitko został skazany na karę siedmiu lat i trzech miesięcy pozbawienia wolności z możliwością odbycia w kolonii poprawczej o zaostrzonym rygorze, z karą grzywny na rzecz państwa w wysokości 300 jednostek podstawowych w wysokości 12 000 rubli.
+Borys ma problemy z sercem i musi stale brać leki.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>7 lat i 3 miesiące pozbawienia wolności w kolonii o podwyższonych warunkach bezpieczeństwa.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
   </si>
   <si>
-    <t>Тамаз Важевич Пипия</t>
-[...12 lines deleted...]
-    <t>Решение суда 02.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: приговор оставлен без изменения. Решение суда 05.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Andrey Alexeyevich Burak</t>
+  </si>
+  <si>
+    <t>10 lipca 1972</t>
+  </si>
+  <si>
+    <t>Kierowca ciężarówki. Mężczyzna był początkowo oskarżony o chuligaństwo (art. 339 kodeksu karnego część 3) oraz utworzenie grupy ekstremistycznej lub udział w niej (art. 361-1 część 3 kodeksu karnego).
+Sąd Miejski w Mińsku zakończył rozpatrywanie sprawy karnej w dniu 29 lutego 2024 r. Burako został uznany za winnego i skazany na karę pozbawienia wolności na okres pięciu lat na podstawie części 3 art. 361-1 KC. Zarzut o chuligaństwo został wycofany.
+Jak wynika ze śledztwa , wieczorem 11 maja 2023 roku na autostradzie M-5 Mińsk-Homel w pobliżu wsi Jasień koło Bobrujska „kierowca pojazdu marki DAF, mijając zatrzymany wojskowy konwój transportowy, zdetonował bombę niezidentyfikowanego urządzenia, samodzielnie wykonanego z wyrobów pirotechnicznych, rzucając nim w stronę personelu wojskowego i sprzętu wojskowego, a następnie próbował się ukryć.
+Jednak w trakcie pościgu wojsko zablokowało jego samochód, a on sam został zatrzymany.”
+Ustalono, że w kabinie samochodu wklejono symbole „ekstremistyczne”, a w telefonie komórkowym znajdowało się kilka subskrypcji radykalnych kanałów uznanych za ekstremistyczne, w tym „Plan zwycięstwa”.
+W dniu 12 kwietnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:18:25</t>
+  </si>
+  <si>
+    <t>Sergey Grigorievich Juncic</t>
+  </si>
+  <si>
+    <t>10 lipca 1974</t>
+  </si>
+  <si>
+    <t>Siergiej został zatrzymany za solidarność z represjonowanymi.
+Yunchits ma 50 lat, urodził się we wsi Podvosye w obwodzie żytkowickim. Z biznesem związany od lat 90-tych. Jak podaje Mirror, do 2023 roku mężczyzna zarządzał rodzinną firmą Unico-Dental, która dostarcza materiały, instrumenty i sprzęt stomatologiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 10.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
+  </si>
+  <si>
+    <t>Tamaz Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>10 lipca 1994</t>
+  </si>
+  <si>
+    <t>Kibic piłkarski klubu MTZ-RIPO został 26 września 2020 r. zatrzymany i skazany za udział w protestach.
+Strażnicy Kolonii nr 1 wielokrotnie karali Tomasza karą i przeniesieniem do celi (PKT). W sumie antyfaszysta otrzymał co najmniej dziewięć kar, m.in. za odmowę „czyszczenia toalet”. Na tej podstawie wszczęto przeciwko niemu nową sprawę karną z artykułu „złośliwego nieposłuszeństwa wobec wymagań administracji”, a we wrześniu 2024 roku skazano go na dodatkową karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: wyrok został podtrzymany. Decyzja sądu 05.09.2024: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-26 21:06:12</t>
   </si>
   <si>
-    <t>Андрей Алексеевич Бурак</t>
-[...51 lines deleted...]
-    <t>10 лет лишения свободы.</t>
+    <t>Evgeniy Sergeevich Glushkov</t>
+  </si>
+  <si>
+    <t>11 lipca 1990</t>
+  </si>
+  <si>
+    <t>Wiadomo było o zatrzymaniu mieszkańca wsi Zyabrovka, rejon Homel, Jewgienija Głuszkowa. Według niektórych doniesień medialnych, w nocy z 10 na 11 sierpnia na lotnisku w Zybrowce doszło do incydentu, o którym dużo pisały media, po czym rozpoczęły się lokalne kontrole.
+Znaleźli stare zdjęcie lotniska w telefonie Jewgienija, które zrobił z drona. Znaleźli też kontakty różnych Ukraińców. To wystarczyło, by go powstrzymać. Facet przed zatrzymaniem pracował jako lekarz weterynarii w jednej z lecznic w Homlu, ma same pozytywne cechy od pracodawców. Przed rozpoczęciem rosyjskiej agresji na Ukrainę Jewgienij długo mieszkał za granicą. W ostatnich latach - w Chinach, gdzie studiował muzykę i planował zostać. Jednak z powodu epidemii koronawirusa został bez źródeł utrzymania i zmuszony do powrotu do ojczyzny.</t>
+  </si>
+  <si>
+    <t>9 lat pozbawienia wolności z odbywaniem kary w kolonii poprawczej w reżimie zaostrzonym.</t>
+  </si>
+  <si>
+    <t>2022-11-14 15:40:33</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Yatsukevich</t>
+  </si>
+  <si>
+    <t>11 lipca 1986</t>
+  </si>
+  <si>
+    <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.01.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.03.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-01-11 17:15:20</t>
+  </si>
+  <si>
+    <t>Igor Olegovych Zhuk</t>
+  </si>
+  <si>
+    <t>11 lipca 1989</t>
+  </si>
+  <si>
+    <t>Igor został oskarżony o umieszczenie na YouTube komentarza skierowanego do Łukaszenki pod filmem „Białoruś: Ukryta mobilizacja i wprowadzenie wojsk z Rosji | Ukraina, Łukaszenka i NATO” autorstwa rosyjskiego blogera Ilji Warłamowa. Według akt sprawy, aplikacja YouTube została znaleziona na jego telefonie, gdzie w sekcji „Komentarze” znajdował się stosowny wpis. Pozostawał w areszcie do czasu ogłoszenia wyroku.</t>
+  </si>
+  <si>
+    <t>IUOT-55, ul. Socjalistyczna 7, Mińsk, 220021</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.11.2023: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
+  </si>
+  <si>
+    <t>Dmitry Dmitrievich Mostovoy</t>
+  </si>
+  <si>
+    <t>11 lipca 1977</t>
+  </si>
+  <si>
+    <t>Dmitrij Mostowoj ma 45 lat. Pochodzi z Senicy, studiował na Politechnice w Mińsku, jest zawodowym programistą.
+Został zatrzymany podczas protestów w październiku 2020 roku i trafił do więzienia na „jeden dzień”.
+Dmitrij został zatrzymany na początku marca 2023 roku. W prorządowym filmie „Gaspar nie skontaktował się” na kanale ONT TV, który wyemitowano 04.05.2023 r., mówią, że Dmitrij rzekomo zaproponował „białoruskiemu Guyunowi” ujawnienie informacji o lotnisku: ustawił transmisję z komputera, który działał bez przerwy przez dwa tygodnie.
+Mężczyzna przebywa teraz w areszcie śledczym pod zarzutem „zdrady państwa” i „pomocy w działalności ekstremistycznej”.</t>
+  </si>
+  <si>
+    <t>10 lat więzienia.</t>
   </si>
   <si>
     <t>2023-04-06 15:04:01</t>
   </si>
   <si>
-    <t>Александр Николаевич Яцукевич</t>
-[...62 lines deleted...]
-    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 2 года тюремного режима. Суд по смене режима дата неизвестна: 1 год тюремного режима.</t>
+    <t>Tatyana Vasilievna Kanevskaya</t>
+  </si>
+  <si>
+    <t>12 lipca 1966</t>
+  </si>
+  <si>
+    <t>Znany działacz i powiernik kandydatki na prezydenta Swietłany Tichanowskiej w Homlu. Tatyana przez kilka lat walczyła o zmiany w ustawodawstwie antynarkotykowym w ramach inicjatywy Ruchu Matek 328. 6 sierpnia 2020 r. została zatrzymana we własnym domu, oskarżona o „masowe zamieszki” i plany „zajęcia budynków”.
+W styczniu 2022 roku okazało się, że Tatyana została przeniesiona do reżimu więziennego.
+Według obrońców praw człowieka pozbawiona jest prawa do odwiedzin, a rocznie może otrzymywać tylko jedną małą paczkę. Listy od Tatiany docierają niezwykle rzadko. Poza tym miała problemy z kręgosłupem.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 2 roku więzienia. Sąd zmiany reżimu data nieznana: 1 rok więzienia.</t>
   </si>
   <si>
     <t>2021-02-25 11:20:37</t>
   </si>
   <si>
-    <t>Александр Эдуардович Масевич</t>
-[...5 lines deleted...]
-    <t>Решение суда 22.12.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.03.2023: неизвестно.</t>
+    <t>Dmitry Sergeevich Neverkevich</t>
+  </si>
+  <si>
+    <t>13 lipca 1982</t>
+  </si>
+  <si>
+    <t>Dmitrij, dyrektor Europcar, partnera Ubera w Mińsku, został po raz pierwszy zatrzymany w listopadzie 2020 r. na podstawie artykułu administracyjnego za udział w protestach przeciwko wynikom wyborów prezydenckich. Został zatrzymany po raz drugi w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę.
+Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
+Dmitrij został skazany na karę wieloletniego więzienia i grzywnę, a także pozbawiony prawa zajmowania stanowisk organizacyjno-administracyjnych na okres pięciu lat.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności, 3000 jednostek bazowych kary. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 lipca 1996</t>
+  </si>
+  <si>
+    <t>Został zatrzymany wraz z całą rodziną (matką, ojcem, siostrą) pod zarzutem „zdrady”. Siostra najwyraźniej została później zwolniona. Paweł ma 27 lat. Urodził się w Grabowce. Pracował w budownictwie.
+Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
+Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
+  </si>
+  <si>
+    <t>Lyudmila Yurievna Chekina</t>
+  </si>
+  <si>
+    <t>13 lipca 1973</t>
+  </si>
+  <si>
+    <t>Ludmiła jest byłą dyrektor generalną TUT.BY. W TUT.BY pracuje od 2008 roku: najpierw jako radca prawny, później jako dyrektor. W 2017 roku została szefową Tut By Media.
+W maju 2021 r. została aresztowana w związku ze sprawą karną wszczętą pod zarzutem unikania płacenia podatków.
+W październiku 2022 r. KGB wpisało Ludmiłę na listę osób „zaangażowanych w działalność terrorystyczną”. Później oskarżono ją również o „podżeganie do nienawiści” i „wzywanie do podjęcia działań przeciwko bezpieczeństwu narodowemu”.
+Proces odbywał się za zamkniętymi drzwiami i trwał ponad dwa miesiące – odbyło się w sumie 37 posiedzeń. W marcu 2023 roku Ludmiła została skazana na długoletnią karę więzienia i wysoką grzywnę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.03.2023: 12 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 31.07.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-05-24 13:42:27</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Berezovets</t>
+  </si>
+  <si>
+    <t>13 lipca 1991</t>
+  </si>
+  <si>
+    <t>Małżonkowie (Wiaczesław Bieriezowiec i Tatiana Daniluk) zostali osadzeni w areszcie, ponieważ 10 sierpnia 2020 r. wzięli udział w protestach w Kobryniu, kobieta „pokazywała policji nieprzyzwoite gesty”, a jej mąż „opuścił spodnie i pokazał nagie zad."
+Jednocześnie Wiaczesław został już skazany za epizod „pokazywania pośladków” policji. Proces odbył się w 2020 roku, kiedy mężczyźnie postawiono zarzut wykroczenia administracyjnego z tego powodu.
+Para nadal ma na wolności trójkę małych dzieci.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Dmitry Sluk</t>
+  </si>
+  <si>
+    <t>13 lipca 1988</t>
+  </si>
+  <si>
+    <t>34-letni mieszkaniec Bobrujska. Po 10 dniach pobytu w Areszcie Śledczym przy ul. Akrestsina został przeniesiony do Aresztu Śledczego nr 1.
+Mężczyzna usłyszał zarzuty przekazywania darowizn na rzecz organizacji uznanej na Białorusi za terrorystyczną. Grozi mu od 8 do 12 lat więzienia.
+Dmitrij Sluk nie odwołał się od wyroku, został przeniesiony w celu odbycia kary do jednej z białoruskich kolonii.
+24 czerwca 2024 r. zaostrzono warunki pozbawienia wolności, Dmitry został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>8,5 roku więzienia</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Tsybulsky</t>
+  </si>
+  <si>
+    <t>13 lipca 1970</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.01.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-04-19 14:47:08</t>
+  </si>
+  <si>
+    <t>Alexander Eduardovich Masevich</t>
+  </si>
+  <si>
+    <t>13 lipca 1989</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.03.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
   </si>
   <si>
-    <t>Артур Григорьевич Тарасов</t>
-[...9 lines deleted...]
-    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
+    <t>Arthur Grigorievich Tarasov</t>
+  </si>
+  <si>
+    <t>13 lipca 1987</t>
+  </si>
+  <si>
+    <t>Artur został zatrzymany w maju 2025 r. rzekomo w związku ze sprawą karną związaną z projektem monitoringu OSINT „Białoruski Gajun”.
+W lipcu 2025 roku urodziła się druga córka Artura.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
   </si>
   <si>
     <t>2025-05-11 15:43:26</t>
   </si>
   <si>
-    <t>Владимир Владимирович Цыбульский</t>
-[...105 lines deleted...]
-    <t>Решение суда 07.06.2024: неизвестно.</t>
+    <t>Natalia Sergeevna Romanenko</t>
+  </si>
+  <si>
+    <t>14 lipca 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
-    <t>Сергей Витальевич Иванцов</t>
-[...26 lines deleted...]
-    <t>Решение суда 19.06.2024: неизвестно. Решение суда 17.02.2025: неизвестно.</t>
+    <t>Ruslan Teimurazovich Zubkov</t>
+  </si>
+  <si>
+    <t>14 lipca 1998</t>
+  </si>
+  <si>
+    <t>Rusłan Zubkow ma 26 lat. Sądząc po mediach społecznościowych, w ostatnich latach mieszkał i pracował w Polsce.
+W grudniu 2023 r. Zubkow został dodany do listy uczestników ekstremistycznej grupy „Rosja jest złem”. Jest to niewielki czat na Telegramie przeznaczony dla 135 osób, na którym obecnie aktywnych jest tylko trzy osoby. W lutym 2024 roku Rusłan trafił na listę osób poszukiwanych na Białorusi i w Rosji, co oznacza, że w tym czasie nadal przebywał na wolności.
+Nie wiadomo również, kiedy Rusłan został zatrzymany. Po raz pierwszy został osądzony w czerwcu 2024 r. za „obrazę Łukaszenki” w Sądzie Rejonowym w Kamieńcu. Wyrok jest nieznany.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.06.2024: nieznany. Decyzja sądu 17.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Павел Андреевич Сологуб</t>
-[...5 lines deleted...]
-    <t>3 года лишения свободы в колонии в условиях общего режима</t>
+    <t>Paul Andreevich Sologub</t>
+  </si>
+  <si>
+    <t>14 lipca 1989</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2023-06-29 09:53:27</t>
   </si>
   <si>
-    <t>Павел Юрьевич Неделин</t>
-[...8 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии.</t>
+    <t>Nikolay Gennadievich Gmyrak</t>
+  </si>
+  <si>
+    <t>15 lipca 1979</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-26 00:31:52</t>
+  </si>
+  <si>
+    <t>Maxim Alexandrovich Levsha</t>
+  </si>
+  <si>
+    <t>15 lipca 1983</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
+  </si>
+  <si>
+    <t>Pavel Yurievich Nedelin</t>
+  </si>
+  <si>
+    <t>15 lipca 1975</t>
+  </si>
+  <si>
+    <t>W dniu 31 marca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>lata przebywania w kolonii nie są znane.</t>
   </si>
   <si>
     <t>2022-09-07 18:30:18</t>
   </si>
   <si>
-    <t>Ян Валерьевич Папкович</t>
-[...39 lines deleted...]
-    <t>Решение суда 19.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
+    <t>Konstantin Vladimirovich Glotov</t>
+  </si>
+  <si>
+    <t>16 lipca 1975</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.08.2024: nieznany. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
   </si>
   <si>
-    <t>Иван Францевич Вербицкий</t>
-[...9 lines deleted...]
-    <t>Решение суда 15.03.2021: 8 лет 1 месяц лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 20.12.2022: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.03.2023: неизвестно. Решение суда 08.05.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.07.2024: приговор оставлен без изменения.</t>
+    <t>Kirill Viktorovich Gnezdilov</t>
+  </si>
+  <si>
+    <t>17 lipca 1983</t>
+  </si>
+  <si>
+    <t>Cyryl służy w policji od 2007 roku. Oficer detektyw odszedł z władz w sierpniu 2020 r. i przeniósł się do IT. Wiadomo, że został zatrzymany 19 lutego 2023 r. tuż przy granicy: przebywał w Polsce przez sześć miesięcy, a do Brześcia przyjechał odwiedzić żonę i małe dziecko.Niewiele wiadomo o sprawie karnej przeciwko Cyrylowi: proces toczył się za zamkniętymi drzwiami. Wiadomo jedynie, że sprawa miała związek z „Czarną Księgą Białorusi”.
+Rozprawa sądu apelacyjnego odbędzie się 10 października 2023 r.</t>
+  </si>
+  <si>
+    <t>8 lat w kolonii o zaostrzonym rygorze...</t>
+  </si>
+  <si>
+    <t>2023-07-14 11:30:32</t>
+  </si>
+  <si>
+    <t>Ivan Frantsevich Verbitsky</t>
+  </si>
+  <si>
+    <t>17 lipca 1965</t>
+  </si>
+  <si>
+    <t>Ivan, który ma dwa wyższe wykształcenie, wcześniej pracował jako artysta-projektant, a następnie został animatorem, reżyserem i montażystą wideo. Jest także artystą i autorem opowiadań. 21 października 2020 r. został zatrzymany i skazany według prokuratury za zamieszczanie na kanale Telegram wezwań do destabilizacji porządku publicznego, w tym podpalenie budynków KGB i prokuratury rejonowej w Oszmianie.
+W grudniu 2022 r. został wznowiony proces za „nieposłuszeństwo żądaniom administracji”. W maju 2024 r. Iwan został ponownie skazany za „złośliwe nieposłuszeństwo” i dodatkowo skazany na 2 lata więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.03.2021: 8 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 30.09.2021: nieznany lata więzienia. Decyzja sądu 20.12.2022: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.03.2023: nieznany. Decyzja sądu 08.05.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
-    <t>Виталий Викторович Чопик</t>
-[...8 lines deleted...]
-    <t>Решение суда 15.11.2024: 7 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 04.02.2025: неизвестно.</t>
+    <t>Vitaly Viktorovich Chopik</t>
+  </si>
+  <si>
+    <t>Z danych otrzymanych w różnym czasie ze źródeł wiadomo, że poszukiwania mężczyzny przeprowadzono 1 grudnia 2021 roku. Z kolei we wrześniu 2022 roku Chopik został po raz pierwszy zatrzymany na podstawie art. 19.11 Kodeksu wykroczeń administracyjnych, ale gdy okazało się, że mężczyzna po prostu nie miał telefonu, w którym mogły znajdować się „materiały ekstremistyczne”, sporządził protokół z art. 24.23 Kodeksu wykroczeń administracyjnych. Pretekstem do protokołu była czarno-biała flaga przyklejona od wewnątrz do okna domu – jedynie sam mężczyzna twierdził, że flaga pojawiła się po jego zatrzymaniu i przewiezieniu do Aresztu Śledczego.Ostatnia runda eskalacji na linii Chopik–siły bezpieczeństwa miała miejsce na początku marca 2024 r.: mieszkaniec Brześcia został ponownie zatrzymany. Po zatrzymaniu mężczyzna został zabrany do karetki pogotowia z objawami ciężkiego pobicia, a cera Chopika była żółta (co może świadczyć o uszkodzeniu wątroby na skutek pobicia). 28 marca 2024 r. Ministerstwo Spraw Wewnętrznych poinformowało o umieszczeniu mieszkańca Brześcia w Areszcie Śledczym. Na podstawie wieku i historii mężczyzny („systematycznie uczęszczał do sądów karnych”) można stwierdzić, że mówimy o Witaliju Chopiku. Jest podejrzany o „promowanie działań ekstremistycznych”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.11.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 04.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
   </si>
   <si>
-    <t>Кирилл Викторович Гнездилов</t>
-[...32 lines deleted...]
-Дарья сделала последний пост в инстаграме в декабре 2024 года. ВКонтакте была онлайн в последний раз 7 февраля 2025 года — это был день, когда начались задержания по делу Гаюна.</t>
+    <t>Igor Vladimirovich Ilyash</t>
+  </si>
+  <si>
+    <t>18 lipca 1988</t>
+  </si>
+  <si>
+    <t>Igor jest dziennikarzem telewizji Biełsat. Wcześniej pracował dla gazety „Biełorusy i Rynek” (Białorusini i Rynek) oraz białoruskiej redakcji Radia Swaboda. Publikował również w prasie rosyjskiej i ukraińskiej. Wraz z żoną, dziennikarką Jekateriną Andriejewą, napisał książkę „Białoruski Donbas”, studium roli Białorusinów w wojnie na wschodzie Ukrainy.
+Został po raz pierwszy zatrzymany 16 lipca 2021 roku podczas masowych przeszukań niezależnych dziennikarzy pod zarzutem „organizowania i przygotowywania działań rażąco naruszających porządek publiczny lub aktywnego w nich udziału”. Przeszukano jego mieszkanie, skonfiskowano sprzęt i książki, a następnie umieszczono go w areszcie tymczasowym. Został zwolniony 26 lipca.
+W październiku 2024 roku pojawiła się wiadomość o jego drugim aresztowaniu . Prorządowe kanały Telegram opublikowały zdjęcie Igora w kajdankach oraz nagranie wideo, na którym twierdził, że jest prześladowany za wywiad z mediami uznanymi na Białorusi za „ekstremistyczne”. Krótko przed aresztowaniem, w komentarzu dla kanału telewizyjnego Dożd, zauważył, że „Putin obrał kurs ostrej eskalacji i prowadzi kraj ku wojnie totalnej”, a Łukaszenka, jego zdaniem, „najprawdopodobniej nie chce w niej bezpośrednio uczestniczyć, ale jest zmuszony stawić czoła rosnącej presji ze strony Kremla”.
+W lutym 2025 roku Igorowi postawiono zarzuty „dyskredytowania Białorusi” i „wspierania działalności ekstremistycznej”. Proces rozpoczął się 21 lutego w Mińsku. Sąd odrzucił wniosek o przeprowadzenie niezależnej ekspertyzy, a 5 września tego samego roku dziennikarz został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.09.2025: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:49:54</t>
+  </si>
+  <si>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 lipca 1999</t>
+  </si>
+  <si>
+    <t>Antoni ma 25 lat. Z sieci społecznościowych faceta wynika, że ukończył szkołę w 2016 r. i służył w wojsku w 2019 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.08.2024: nieznany. Apelacja 08.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 lipca 1990</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany 4 listopada 2020 r. w Mińsku wraz z perkusistami. W trakcie aresztowania został pobity, a następnie skazany na 15 dni aresztu administracyjnego. Został później oskarżony o przygotowanie do udziału w „masowych zamieszkach” i udział w protestach. Skonfiskowano także jego samochód.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 161900 ruble odszkodowania. Apelacja 13.08.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
+    <t>Daria Alekseevna Puchyla</t>
+  </si>
+  <si>
+    <t>18 lipca 1998</t>
+  </si>
+  <si>
+    <t>Daria Puchilo ukończyła studia na Wydziale Prawa Mińskiego Uniwersytetu Innowacyjnego w 2019 roku. Podczas studiów brała udział w studenckich olimpiadach prawniczych.
+Daria Puchyło jest fotografką. W styczniu i lutym 2024 roku Daria szukała pracy jako projektantka stron internetowych. Na jednej ze stron internetowych zamieściła ogłoszenie, że jest początkującą osobą, szuka pracy w Warszawie, jest gotowa do przeprowadzki i rozważy każdą ofertę.
+Daria opublikowała swój ostatni post na Instagramie w grudniu 2024 roku. Jej ostatni post na VKontakte pochodził z 7 lutego 2025 roku — dnia, w którym rozpoczęły się aresztowania w sprawie Gayuna.</t>
   </si>
   <si>
     <t>2025-11-07 18:09:13</t>
   </si>
   <si>
-    <t>Игорь Владимирович Ильяш</t>
-[...60 lines deleted...]
-    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения. Суд по смене режима 26.01.2022: 2 года тюремного режима.</t>
+    <t>Valentin Ivanovich Tolkach</t>
+  </si>
+  <si>
+    <t>19 lipca 1996</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:07:20</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Solovey</t>
+  </si>
+  <si>
+    <t>19 lipca 1983</t>
+  </si>
+  <si>
+    <t>Igor, działacz ruchu Za Wolność, został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.
+W styczniu 2022 roku został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 26.01.2022: 2 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
   </si>
   <si>
-    <t>Олег Витальевич Самородский</t>
-[...21 lines deleted...]
-    <t>Решение суда дата неизвестна: 12 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Sergey Dmitrievich Zhigalev</t>
+  </si>
+  <si>
+    <t>19 lipca 2005</t>
+  </si>
+  <si>
+    <t>Siergiej został aresztowany tuż przed rozpoczęciem zajęć na uczelni, pod koniec grudnia 2023 roku. Film prorządowy (z kwietnia 2024 roku) donosił , że sześciu nastolatków rzekomo zjednoczyło się w „komórce anarchistycznej o nazwie »Czarne Słowiki«”, którą utworzyła „pod dowództwem Narodowej Armii Wyzwolenia Ukrainy” 16-letnia obywatelka Ukrainy, Maria Misiuk.
+Pracownicy ONT twierdzą, że nastolatkowie, po otrzymaniu zgłoszenia, zjednoczyli się, aby dokonać aktów sabotażu na Białorusi, a następnie w Rosji. Maria jest oskarżona na podstawie części 2 artykułu 289 Kodeksu karnego (akt terrorystyczny). Według raportu, 16-letnia Maria Misiuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „komórkę anarchistyczną w celu przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci z Baranowicz, Nieświeża, Mira, Mińska i Łunińca. Są to Trofim Borisow, Siergiej Żygalow , Dmitrij Zachoroszko, Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT, młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do swojej pierwszej dużej akcji – zgromadzenia materiałów wybuchowych i wysadzenia w powietrze komisariatu policji lub prokuratury w Baranowiczach. Zarzuty wobec pozostałych pięciu uczestników nie są znane, podobnie jak ich status i miejsce pobytu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.10.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2024-04-30 23:23:41</t>
   </si>
   <si>
-    <t>Валентин Иванович Толкач</t>
-[...30 lines deleted...]
-    <t>Решение суда 19.09.2022: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Elena Nikolaevna Lazarchik</t>
+  </si>
+  <si>
+    <t>19 lipca 1974</t>
+  </si>
+  <si>
+    <t>Aktywista ruchu „Europejska Białoruś” został zatrzymany 30 grudnia 2021 r. w związku ze sprawą karną dotyczącą grupowych działań rażąco naruszających porządek publiczny.
+7 stycznia 2022 roku kobietę przewieziono do aresztu śledczego.
+Elena ma małego synka.
+W styczniu 2023 roku Elena została przeniesiona do Homelskiej Kolonii Kobiet nr 4 . Przez długi czas prawnikowi nie udało się nawiązać kontaktu z więźniem politycznym; umieszczono ją w celi karnej.
+W październiku 2023 roku okazało się, że transfer Eleny w sierpniu nie został zaakceptowany. To najprawdopodobniej oznacza, że została pozbawiona transmisji. Ostatni list od Eleny dotarł na początku września i od tego czasu nie otrzymała od niej żadnej wiadomości. Od czasu przeniesienia Lazarchik do kolonii nigdy nie otrzymała od administracji instytucji pozwolenia na spotkanie z prawnikiem. Nie wiadomo, co teraz dzieje się z Eleną, w jakim jest stanie. Elena w kolonii ma problemy z zębami i schudła.
+W połowie listopada 2023 roku aktywiści praw człowieka dowiedzieli się, że Elena ponownie została umieszczona w izolatce.
+Według zeznań byłej więźniarki politycznej, Elena spędziła ponad 90 dni w celi karnej i ponad 60 dni w więzieniu PKT .
+Wiosną 2025 roku Elena została skazana na podstawie części 2 artykułu 411 Kodeksu karnego (złośliwe nieposłuszeństwo wobec prawnych żądań administracji kolonii) i skazana na kolejne półtora roku więzienia oprócz ośmiu lat pozbawienia wolności. Nie wiadomo, kiedy zapadł wyrok. Wiadomo, że podczas rozprawy Elena odmówiła skorzystania z usług adwokata.</t>
+  </si>
+  <si>
+    <t>IK-24, ul. Proizvodstvennaya, zm. 44, osada Rejon, rejon Rechitsa, obwód homelski, 247526</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.09.2022: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
-    <t>Виктор Адамович Снегур</t>
-[...13 lines deleted...]
-    <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда дата неизвестна: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 11.10.2024: приговор оставлен без изменения. Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 01.07.2025: приговор оставлен без изменения.</t>
+    <t>Svetlana Olegovna Metelskaya</t>
+  </si>
+  <si>
+    <t>20 lipca 1982</t>
+  </si>
+  <si>
+    <t>2024-11-20 16:54:12</t>
+  </si>
+  <si>
+    <t>Alexey Leonidovich Shpakovsky</t>
+  </si>
+  <si>
+    <t>20 lipca 1996</t>
+  </si>
+  <si>
+    <t>Sądząc po artykule, Aleksiej jest sądzony w związku z protestami, które miały miejsce po wyborach 9 sierpnia 2020 r. w Pińsku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.03.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
+  </si>
+  <si>
+    <t>Victor Adamovich Snegur</t>
+  </si>
+  <si>
+    <t>20 lipca 1988</t>
+  </si>
+  <si>
+    <t>Viktor został aresztowany 4 stycznia 2020 r. w ramach kryminalnej „sprawy Autukhovicha” i oskarżony o udział w „organizacji terrorystycznej” zaangażowanej w podpalenia policyjnych obiektów. Został skazany za „udział w organizacji przestępczej”, „próbę przejęcia władzy”, „nielegalne działania związane z bronią palną” i „nielegalne przemieszczanie broni palnej przez granicę celną”.
+W 2024 roku Viktor został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji kolonii”. Od lutego 2025 roku przebywał w celi (PKT), a w maju tego samego roku dowiedziano się o nowym wyroku na podstawie tego samego artykułu, który jest często stosowany wobec więźniów za odmowę współpracy z administracją. W rezultacie łączny okres pozbawienia wolności wyniósł 22 lata i 6 miesięcy.
+3 lipca 2025 roku rozpatrzono apelację Victora .</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 11.10.2024: wyrok został podtrzymany. Decyzja sądu data nieznana: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 01.07.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
-    <t>Виктор Юрьевич Никифоров</t>
-[...8 lines deleted...]
-    <t>Решение суда 04.12.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.02.2024: неизвестно.</t>
+    <t>Victor Yurievich Nikiforov</t>
+  </si>
+  <si>
+    <t>20 lipca 1980</t>
+  </si>
+  <si>
+    <t>W dniu 6 lutego 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.12.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.02.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-02 14:35:39</t>
   </si>
   <si>
-    <t>Алексей Леонидович Шпаковский</t>
-[...33 lines deleted...]
-    <t>Решение суда 26.12.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.03.2023: приговор оставлен без изменения.</t>
+    <t>Evgeny Mikhailovich Yushkevich</t>
+  </si>
+  <si>
+    <t>21 lipca 1989</t>
+  </si>
+  <si>
+    <t>Jewgienij, były śledczy Komitetu Śledczego i pomysłodawca projektu bychange.me, został po raz pierwszy zatrzymany wieczorem 24 listopada 2020 r. w Mińsku w ramach postępowania karnego wszczętego na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich”. Został zwolniony 10 dni później, ale w kwietniu 2021 r. został ponownie aresztowany, a później skazany na podstawie sześciu zarzutów karnych, w tym „organizowania masowych zamieszek” w 2020 r., „podżegania do innej nienawiści społecznej” w wywiadach i tekstach w mediach społecznościowych oraz „grożenia przemocą” wobec szefa tymczasowego aresztu Okrestina za pośrednictwem Twittera.
+Według Prokuratury Generalnej Jewgienij był „aktywnym uczestnikiem czatu Telegram „KHATA”, którego działalność ma na celu organizowanie przestępstw o charakterze ekstremistycznym”. Rozprawa odbyła się za zamkniętymi drzwiami, a Jewgienij podpisał umowę o zachowaniu poufności dotyczącą materiałów sprawy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.12.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-04-19 23:04:33</t>
   </si>
   <si>
-    <t>Эдуард Ашотович Кошецян</t>
-[...9 lines deleted...]
-    <t>Решение суда 26.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+    <t>Eduard Ashotovich Koshetsyan</t>
+  </si>
+  <si>
+    <t>21 lipca 1991</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Mińska o ormiańskich korzeniach, obywatel Federacji Rosyjskiej . Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną. Podczas aresztowania został dotkliwie pobity.
+Specjalność: chirurg szczękowo-twarzowy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
   </si>
   <si>
-    <t>Игорь Юрьевич Шумилов</t>
-[...9 lines deleted...]
-    <t>4.5 года лишения свободы в колонии общего режима.</t>
+    <t>Igor Yurievich Shumilov</t>
+  </si>
+  <si>
+    <t>21 lipca 1986</t>
+  </si>
+  <si>
+    <t>Działacz z Baranowicz. Igor ma niepełnosprawność 3 grupy, bo. 10 lat temu uległ wypadkowi i amputowano mu nogę. Został zatrzymany 23 lutego 2023 roku, skazany na 15 dni, a następnie przewieziony do aresztu śledczego na podstawie artykułu karnego.
+Według śledztwa, w różnych okresach od 1 maja 2020 r. do 23 maja 2022 r. Szumiłow opublikował w Odnoklassnikach cztery posty z satyrycznymi obrazami, w których śledztwo rozważało znieważenie Łukaszenki i urzędników państwowych, a także zniesławienie Łukaszenki. Wiadomo, że na jednym ze zdjęć Łukaszenka wraz z wymienionymi osobami jest przedstawiony jako więźniowie przetrzymywani w celi więziennej.Na rozprawie Igor w pełni przyznał się do winy. Wyjaśnił, że publikacje na jego stronie pojawiły się dopiero po tym, jak „polubił” te posty. On sam nie rozumiał wtedy, że te rysunki można uznać za obrazę.</t>
+  </si>
+  <si>
+    <t>4,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2023-03-27 22:37:53</t>
   </si>
   <si>
-    <t>Юрий Иванович Бондаренко</t>
-[...11 lines deleted...]
-    <t>Решение суда 10.07.2024: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 19.09.2024: приговор оставлен без изменения.</t>
+    <t>Yuri Ivanovich Bondarenko</t>
+  </si>
+  <si>
+    <t>22 lipca 1969</t>
+  </si>
+  <si>
+    <t>Obywatel Ukrainy.
+Według zarzutów, 4 maja rano Bondarenko w obecności innych obywateli w pobliżu sklepu Transit wypowiadał się w sposób nieprzyzwoity o Łukaszence. Według prokuratury motywem działania Ukraińca było „popieranie idei nietolerancji społecznej wobec przedstawicieli władz Republiki Białorusi i otwarte wyrażanie wrogości wobec nich”. Jeden z obecnych skontaktował się z policją i nawet dostarczył zdjęcie samochodu, którym odjechali Jurij Bondarenko i jego przyjaciel. Następnego dnia Ukraińca zatrzymano pod zarzutem znieważenia Łukaszenki .
+Po aresztowaniu został natychmiast osadzony w Areszcie Śledczym nr 4 w Mohylewie.
+Podczas rozprawy Bondarenko przyznał się do winy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.07.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 19.09.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-08 23:36:11</t>
   </si>
   <si>
-    <t>Андрей Васильевич Дорошко</t>
-[...10 lines deleted...]
-    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Andrey Vasilievich Doroshko</t>
+  </si>
+  <si>
+    <t>22 lipca 1970</t>
+  </si>
+  <si>
+    <t>Podpułkownik, były zastępca szefa Wydziału Spraw Wewnętrznych Miasta Żodino ds. pracy ideologicznej i wsparcia kadrowego.
+W 2020 roku on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi. Doroszko prosi funkcjonariuszy policji, aby traktowali ludzi w taki sam sposób, w jaki oni traktowaliby swoich bliskich. „Nie twórzcie niepotrzebnej paniki w mieście, mieszkamy tu i wychowujemy dzieci, powinniśmy się wstydzić za nasze zachowanie w mieście” – mówi Andrey w nagraniu.
+Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
-    <t>Владимир Олегович Ситкович</t>
-[...10 lines deleted...]
-    <t>Решение суда 14.10.2024: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Sergey Ivanovich Khlystov</t>
+  </si>
+  <si>
+    <t>23 lipca 1967</t>
+  </si>
+  <si>
+    <t>Adwokat z Okręgowej Izby Adwokackiej w Homel. Został zatrzymany wraz z dwoma kolegami, w tym szefem kancelarii. Później obaj prawnicy zostali zwolnieni, ale szef kancelarii został odwołany ze stanowiska. Wszczęto postępowanie karne przeciwko Siergiejowi Chłystowowi.
+Treść zarzutów i wydany wyrok nie są znane. Wiadomo jedynie, że Siergiej Chlystow został pozbawiony wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
+    <t>Vladimir Olegovich Sitkovich</t>
+  </si>
+  <si>
+    <t>Władimir Sitkowicz ma 57 lat. Pochodzi z małej wsi Puszcza, rejon Szarkowszczyński, obwód witebski. W 1991 ukończył studia na Uniwersytecie Państwowym w Połocku. Przez długi czas Włodzimierz pracował i mieszkał w Witebsku, a w ostatnich latach kierował kotłownią w Witebskiej Zakładzie Wydobycia Ropy Naftowej.
+Władimir jest motocyklistą, brał udział w lokalnych wyścigach motocyklowych.
+W latach 2016, 2018 i 2019 był obserwatorem w wyborach samorządowych i parlamentarnych. Pozostała działalność polityczna Władimira jest nieznana; sieci społecznościowe mężczyzny również są neutralne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2024: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
-    <t>Марина Фёдоровна Санкевич</t>
-[...34 lines deleted...]
-    <t>Решение суда 27.10.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: неизвестно.</t>
+    <t>Sergey Sergeevich Shelest</t>
+  </si>
+  <si>
+    <t>24 lipca 1992</t>
+  </si>
+  <si>
+    <t>Były operator warsztatu amoniaku-3. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
+Jesienią 2024 r. toczył się proces więźnia politycznego o zastąpienie reżimu aresztu więziennym .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:37:03</t>
+  </si>
+  <si>
+    <t>Sergei Evgenievich Zakharenko</t>
+  </si>
+  <si>
+    <t>24 lipca 1980</t>
+  </si>
+  <si>
+    <t>Przedsiębiorca indywidualny. Treść oskarżenia nie jest jeszcze znana.
+W dniu 17 stycznia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.10.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Сергей Сергеевич Шелест</t>
-[...21 lines deleted...]
-    <t>Решение суда 16.01.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+    <t>Alexey Vitalievich Gorin</t>
+  </si>
+  <si>
+    <t>26 lipca 1979</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
-    <t>Александр Николаевич Рудковский</t>
-[...5 lines deleted...]
-    <t>Решение суда 10.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Vladislav Gennadievich Gorsky</t>
+  </si>
+  <si>
+    <t>27 lipca 2005</t>
+  </si>
+  <si>
+    <t>IUOT-48, Osipowicze, ul. Sumczenko, 38, 213763</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.09.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Rudkovsky</t>
+  </si>
+  <si>
+    <t>27 lipca 1986</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-07 20:49:33</t>
   </si>
   <si>
-    <t>Владимир Владимирович Ивашкевич</t>
-[...8 lines deleted...]
-    <t>Решение суда 11.06.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: приговор оставлен без изменения.</t>
+    <t>Vladimir Vladimirovich Ivashkevich</t>
+  </si>
+  <si>
+    <t>27 lipca 1988</t>
+  </si>
+  <si>
+    <t>Władimira skazano latem 2024 r. na podstawie artykułu „Znieważenie funkcjonariusza państwowego” i skazano na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.06.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:03:38</t>
   </si>
   <si>
-    <t>Василий Николаевич Гречиха</t>
-[...13 lines deleted...]
-    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Kirill Alexandrovich Kazei</t>
+  </si>
+  <si>
+    <t>28 lipca 1983</t>
+  </si>
+  <si>
+    <t>Cyryl został zatrzymany 28 października 2020 r. i padł ofiarą złego traktowania, gróźb i zastraszania ze strony funkcjonariuszy organów ścigania. Później został skazany za kilka zarzutów karnych, w tym nielegalne posiadanie amunicji, która rzekomo została podrzucona do jego samochodu po aresztowaniu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary. Apelacja 20.07.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:22:11</t>
+  </si>
+  <si>
+    <t>Vasily Nikolaevich Grachykha</t>
+  </si>
+  <si>
+    <t>28 lipca 1981</t>
+  </si>
+  <si>
+    <t>Były żołnierz pułku Kalinowskiego. O jego aresztowaniu dowiedziano się z wiadomości wyemitowanych w państwowej telewizji „Belarus 1” 5 maja 2025 r.
+Według informacji zamieszczonych w mediach społecznościowych jest absolwentem Białoruskiej Państwowej Akademii Rolniczej (BSAA). Specjalizuje się w geodezji katastralnej i prawie gruntowym.
+Służył w 38. samodzielnej zmotoryzowanej brygadzie obrony Białorusi – oddziale spadochronowym w Brześciu, którym niegdyś dowodził Walerij Sachaczik. Na zdjęciu z sieci społecznościowych widać, że w mieszkaniu Greczichy wisiał proporczyk brygady.
+Według służby prasowej Pułku Kalinowskiego, Wasilij dołączył do nich w maju 2022 r., ale w czerwcu tego samego roku na własną prośbę opuścił jednostkę.
+Według nagrania, został on zatrzymany gdzieś na bagnach za miastem przez kilku funkcjonariuszy KGB uzbrojonych w karabiny maszynowe. Mężczyznę przetransportowano helikopterem. Podczas transportu miał na głowie czarny worek, a ręce z przodu spięte plastikową opaską zaciskową.
+Jak podano w nagraniu wideo, Wasilij urodził się 28 lipca 1981 roku. W lutym 2022 roku wyjechał do Polski w celach zarobkowych, a trzy miesiące później wstąpił do Pułku Kalinowskiego. Szkolenie odbyło się w Kijowie. Okoliczności jego aresztowania nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
-    <t>Сергей Михайлович Грибович</t>
-[...8 lines deleted...]
-    <t>4,5 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Sergey Sergeevich Tikhonov</t>
+  </si>
+  <si>
+    <t>28 lipca 1992</t>
+  </si>
+  <si>
+    <t>Pochodzi z miasta Sławgorod, obwód mohylewski. Po szkole odbył służbę wojskową i ukończył III Liceum Zawodowe ze specjalnością Techniczne Wsparcie Produkcji Rolnej. Całe życie pracowałem na budowie.
+Mieszkańcowi Mohylewa grozi od dziesięciu do dwudziestu lat więzienia. Data aresztowania i charakter zarzutów nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.10.2024: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Sergei Mikhailovich Gribovich</t>
+  </si>
+  <si>
+    <t>28 lipca 1969</t>
+  </si>
+  <si>
+    <t>Miał zostać zatrzymany za zarejestrowanie się jako wolontariusz w marcu 2022 roku, o zatrzymaniu dowiedział się 14 marca z prorządowych kanałów TG.</t>
+  </si>
+  <si>
+    <t>4,5 roku pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2022-03-15 02:10:15</t>
   </si>
   <si>
-    <t>Кирилл Александрович Казей</t>
-[...33 lines deleted...]
-    <t>29 июля 2005</t>
+    <t>Olga Ivanovna Solomenik</t>
+  </si>
+  <si>
+    <t>29 lipca 1967</t>
+  </si>
+  <si>
+    <t>Zatrzymany w sprawie A. Chrałowicza . Szczegóły sprawy nie są znane, ponieważ proces odbywał się za zamkniętymi drzwiami, aw rzeczywistości sprawa karna jest utajniona. Szczegóły zatrzymania skazanego znane są z propagandowego filmu „Operacja KGB „Mankurt””, który ONT pokazał w 2021 roku. Wiadomo, że Olga przez rok była przetrzymywana w areszcie śledczym KGB, gdzie prowadziła strajk głodowy. Następnie została przeniesiona do SIZO-1. „Była całkowicie siwa. Długo prowadziła strajk głodowy - karmiono ją nawet przez żyły w ramionach, więc były nabrzmiałe jak drzazgi. Zaczęła odsiadywać wyrok.</t>
+  </si>
+  <si>
+    <t>7,5 roku więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:54:31</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Dubovsky</t>
+  </si>
+  <si>
+    <t>29 lipca 1986</t>
+  </si>
+  <si>
+    <t>Działacz ruchu anarchistycznego został zatrzymany podczas przekraczania granicy Białorusi w nocy z 28 na 29 października 2020 r. i został oskarżony o „podpalenie” i „terroryzm”.
+We wrześniu 2022 r. przeciwko Dmitrijowi wszczęto nową sprawę karną, w wyniku której skazano go na pięć lat więzienia. Biorąc pod uwagę poprzedni wyrok, został ostatecznie skazany na 20 lat kolonii o zaostrzonym rygorze.
+W sierpniu 2023 r. Dmitry został przeniesiony do więzienia za „naruszenie zasad porządku”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 25.11.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2023: wyrok został podtrzymany. Sąd zmiany reżimu 28.07.2023: 3 roku więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:38:30</t>
+  </si>
+  <si>
+    <t>Andrey Vladislavovich Grigoriev</t>
+  </si>
+  <si>
+    <t>29 lipca 1994</t>
+  </si>
+  <si>
+    <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
+Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.
+Andrey ma 29 lat, urodził się w Mińsku. Jest absolwentem stołecznego liceum i uczelni medycznej. Przed aresztowaniem nieoficjalnie pracował jako technik dentystyczny w prywatnym gabinecie stomatologicznym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-18 00:53:01</t>
+  </si>
+  <si>
+    <t>Ruslan Andreevich Prokhorenko</t>
+  </si>
+  <si>
+    <t>29 lipca 1972</t>
+  </si>
+  <si>
+    <t>Razem z rodziną Prochorowów z Grabówki uczestniczy w sprawie o zdradę stanu.
+Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
+    <t>Vyacheslav Vitalievich Semenov</t>
+  </si>
+  <si>
+    <t>29 lipca 2005</t>
   </si>
   <si>
     <t>2025-09-14 23:56:38</t>
   </si>
   <si>
-    <t>Лидия Владимировна Горохова</t>
-[...41 lines deleted...]
-    <t>Решение суда 28.11.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 28.02.2023: неизвестно.</t>
+    <t>Alexander Fedorovich Bindei</t>
+  </si>
+  <si>
+    <t>29 lipca 1966</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.11.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.02.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
-    <t>Карина Андреевна Протащик</t>
-[...69 lines deleted...]
-    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Andrey Yuryevich Besau</t>
+  </si>
+  <si>
+    <t>30 lipca 1973</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2025-08-13 19:35:18</t>
   </si>
   <si>
-    <t>Валерий Степанович Мефодиенко</t>
-[...8 lines deleted...]
-    <t>Решение суда 22.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 03.01.2025: неизвестно.</t>
+    <t>Alexander Alexandrovich Syritsa</t>
+  </si>
+  <si>
+    <t>30 lipca 1985</t>
+  </si>
+  <si>
+    <t>W kwietniu 2024 roku odbył się proces „O zmianie przymusowych środków bezpieczeństwa i postępowania”. Po jego zakończeniu Aleksander został prawdopodobnie zesłany do kolonii karnej. Odbywa karę pozbawienia wolności w IK-1.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.05.2022: przymusowe leczenie w szpitalu psychiatrycznym. Sąd zmiany reżimu 29.04.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
+  </si>
+  <si>
+    <t>Alexander Ivanovich Kalin</t>
+  </si>
+  <si>
+    <t>30 lipca 1969</t>
+  </si>
+  <si>
+    <t>Zatrzymano go za udział w protestach w 2020 r. i aktywną publiczną krytykę nielegalnych działań agencji rządowych i całego reżimu. Później jego córka i syn zostali zatrzymani za udział w protestach, później udało im się wyjechać za granicę. W Aleksandrze zatrzymano łącznie jeszcze trzy osoby , które pod koniec maja zostały skazane za udział w protestach.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-08-28 16:09:45</t>
+  </si>
+  <si>
+    <t>Valery Stepanovich Mefodienko</t>
+  </si>
+  <si>
+    <t>30 lipca 1976</t>
+  </si>
+  <si>
+    <t>Jako indywidualny przedsiębiorca zajmował się naprawą i konserwacją sprzętu komputerowego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
-    <t>Александр Иванович Калин</t>
-[...38 lines deleted...]
-    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Volha Valerievna Chukareva</t>
+  </si>
+  <si>
+    <t>31 lipca 1975</t>
+  </si>
+  <si>
+    <t>Została skazana za kilka przestępstw politycznych. Podczas pobytu w areszcie tymczasowym doznała udaru mózgu spowodowanego stresem, który spowodował niemal całkowitą utratę wzroku. Mimo to Olga została skazana na cztery lata więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1968,51 +1869,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2045,50 +1946,53 @@
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
@@ -2100,112 +2004,109 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
@@ -2218,136 +2119,139 @@
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>68</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>74</v>
       </c>
       <c r="I12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>76</v>
       </c>
       <c r="B13" t="s">
         <v>77</v>
       </c>
       <c r="C13" t="s">
         <v>78</v>
       </c>
       <c r="D13" t="s">
@@ -2361,2388 +2265,2220 @@
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>80</v>
       </c>
       <c r="I13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>82</v>
       </c>
       <c r="B14" t="s">
         <v>83</v>
       </c>
       <c r="C14" t="s">
         <v>84</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="H16" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C20" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>127</v>
+      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I22" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C23" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I23" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>138</v>
       </c>
       <c r="I24" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>140</v>
       </c>
       <c r="B25" t="s">
         <v>141</v>
       </c>
+      <c r="C25" t="s">
+        <v>142</v>
+      </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>79</v>
+        <v>148</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I26" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I27" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C28" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>158</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>62</v>
+        <v>181</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>182</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I32" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C33" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="F33" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B36" t="s">
-        <v>200</v>
+        <v>201</v>
+      </c>
+      <c r="C36" t="s">
+        <v>202</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I36" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C37" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>206</v>
+        <v>34</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>208</v>
+      </c>
       <c r="I37" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B38" t="s">
-        <v>209</v>
+        <v>211</v>
+      </c>
+      <c r="C38" t="s">
+        <v>212</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="I38" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B39" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C39" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
+      <c r="E39" t="s">
+        <v>27</v>
+      </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="I39" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B40" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D40" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I40" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B41" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C42" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>51</v>
+        <v>231</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
-      <c r="H42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I42" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B43" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="C43" t="s">
         <v>234</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>235</v>
       </c>
       <c r="I43" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>237</v>
       </c>
       <c r="B44" t="s">
         <v>238</v>
       </c>
+      <c r="C44" t="s">
+        <v>239</v>
+      </c>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>148</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>243</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>244</v>
       </c>
       <c r="I45" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>246</v>
       </c>
       <c r="B46" t="s">
         <v>247</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>96</v>
+      </c>
+      <c r="H46" t="s">
         <v>248</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
         <v>251</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>96</v>
+      </c>
+      <c r="H47" t="s">
         <v>252</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>254</v>
+      </c>
+      <c r="B48" t="s">
         <v>255</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>256</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>257</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>259</v>
+      </c>
+      <c r="B49" t="s">
         <v>260</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>261</v>
       </c>
-      <c r="C49" t="s">
+      <c r="I49" t="s">
         <v>262</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
+        <v>264</v>
+      </c>
+      <c r="C50" t="s">
         <v>265</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>266</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" t="s">
         <v>270</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>271</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B52" t="s">
+        <v>264</v>
+      </c>
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...16 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
+        <v>278</v>
+      </c>
+      <c r="C53" t="s">
         <v>279</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>85</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>280</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>281</v>
-      </c>
-[...13 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>282</v>
+      </c>
+      <c r="B54" t="s">
+        <v>283</v>
+      </c>
+      <c r="C54" t="s">
         <v>284</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>57</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>285</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>287</v>
+      </c>
+      <c r="B55" t="s">
         <v>288</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>289</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>290</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I55" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C56" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D56" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E56" t="s">
-        <v>206</v>
+        <v>231</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="I56" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B57" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="C57" t="s">
         <v>298</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>299</v>
       </c>
       <c r="I57" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>301</v>
       </c>
       <c r="B58" t="s">
         <v>302</v>
       </c>
       <c r="C58" t="s">
         <v>303</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>304</v>
       </c>
       <c r="I58" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>306</v>
       </c>
       <c r="B59" t="s">
         <v>307</v>
       </c>
       <c r="C59" t="s">
         <v>308</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
+        <v>148</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>309</v>
       </c>
-      <c r="F59" t="s">
-[...5 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>311</v>
+      </c>
+      <c r="B60" t="s">
         <v>312</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>313</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>33</v>
+      </c>
+      <c r="E60" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>315</v>
       </c>
       <c r="I60" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>317</v>
       </c>
       <c r="B61" t="s">
         <v>318</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E61" t="s">
+        <v>85</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>320</v>
+      </c>
+      <c r="B62" t="s">
         <v>321</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>322</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>323</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>325</v>
+      </c>
+      <c r="B63" t="s">
         <v>326</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>327</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>51</v>
+        <v>328</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>334</v>
       </c>
       <c r="I64" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>336</v>
       </c>
       <c r="B65" t="s">
         <v>337</v>
       </c>
       <c r="C65" t="s">
         <v>338</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
+        <v>51</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>339</v>
       </c>
-      <c r="F65" t="s">
-[...5 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>341</v>
+      </c>
+      <c r="B66" t="s">
         <v>342</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>343</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>344</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>346</v>
+      </c>
+      <c r="B67" t="s">
         <v>347</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>348</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>290</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>349</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>351</v>
+      </c>
+      <c r="B68" t="s">
         <v>352</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>353</v>
       </c>
       <c r="D68" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
+      <c r="H68" t="s">
+        <v>354</v>
+      </c>
       <c r="I68" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B69" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C69" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I69" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B70" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C70" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
+      <c r="E70" t="s">
+        <v>231</v>
+      </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B71" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C71" t="s">
         <v>367</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>309</v>
+        <v>21</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>368</v>
       </c>
       <c r="I71" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>370</v>
       </c>
       <c r="B72" t="s">
         <v>371</v>
       </c>
       <c r="C72" t="s">
         <v>372</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>373</v>
       </c>
       <c r="I72" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>375</v>
       </c>
       <c r="B73" t="s">
         <v>376</v>
       </c>
       <c r="C73" t="s">
         <v>377</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
         <v>378</v>
       </c>
       <c r="I73" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>380</v>
       </c>
       <c r="B74" t="s">
         <v>381</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
         <v>13</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
+        <v>382</v>
+      </c>
+      <c r="I74" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>384</v>
+      </c>
+      <c r="B75" t="s">
         <v>385</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
         <v>386</v>
       </c>
-      <c r="C75" t="s">
+      <c r="F75" t="s">
+        <v>182</v>
+      </c>
+      <c r="G75" t="s">
+        <v>96</v>
+      </c>
+      <c r="H75" t="s">
         <v>387</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>389</v>
+      </c>
+      <c r="B76" t="s">
         <v>390</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>154</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I76" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>393</v>
       </c>
       <c r="B77" t="s">
         <v>394</v>
       </c>
       <c r="C77" t="s">
         <v>395</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="H77" t="s">
         <v>396</v>
       </c>
       <c r="I77" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>398</v>
       </c>
       <c r="B78" t="s">
         <v>399</v>
       </c>
       <c r="C78" t="s">
         <v>400</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
         <v>401</v>
       </c>
       <c r="I78" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>403</v>
       </c>
       <c r="B79" t="s">
         <v>404</v>
       </c>
+      <c r="C79" t="s">
+        <v>405</v>
+      </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I79" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B80" t="s">
-        <v>408</v>
+        <v>409</v>
+      </c>
+      <c r="C80" t="s">
+        <v>410</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>164</v>
+        <v>290</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="I80" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B81" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C81" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>51</v>
+      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
-        <v>267</v>
+        <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="I81" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B82" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E82" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I82" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B83" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="I83" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C84" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="I84" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B85" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C85" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="I85" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B86" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>22</v>
+        <v>364</v>
       </c>
       <c r="I86" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B87" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D87" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>33</v>
+        <v>290</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="I87" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B88" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="C88" t="s">
         <v>446</v>
       </c>
       <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>447</v>
       </c>
       <c r="I88" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>449</v>
       </c>
       <c r="B89" t="s">
         <v>450</v>
       </c>
+      <c r="C89" t="s">
+        <v>451</v>
+      </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>309</v>
+        <v>57</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I89" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B90" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C90" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D90" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="F90" t="s">
         <v>14</v>
       </c>
       <c r="G90" t="s">
         <v>15</v>
       </c>
       <c r="H90" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I90" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B91" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C91" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
-      <c r="E91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="I91" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B92" t="s">
-        <v>440</v>
+        <v>465</v>
       </c>
       <c r="C92" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D92" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E92" t="s">
+        <v>34</v>
       </c>
       <c r="F92" t="s">
         <v>14</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="I92" t="s">
-        <v>466</v>
-[...6 lines deleted...]
-      <c r="B93" t="s">
         <v>468</v>
-      </c>
-[...155 lines deleted...]
-        <v>495</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">