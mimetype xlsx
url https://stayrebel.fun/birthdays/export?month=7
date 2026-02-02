--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -14,1555 +14,1567 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
   <si>
-    <t>Imię Nazwisko</t>
-[...48 lines deleted...]
-    <t>Decyzja sądu 28.09.2022: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
+    <t>ФИО</t>
+  </si>
+  <si>
+    <t>День рождения</t>
+  </si>
+  <si>
+    <t>Описание</t>
+  </si>
+  <si>
+    <t>Пол</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>ПЦ Весна</t>
+  </si>
+  <si>
+    <t>Приговор</t>
+  </si>
+  <si>
+    <t>Дата добавления</t>
+  </si>
+  <si>
+    <t>Павел Сергеевич Резанович</t>
+  </si>
+  <si>
+    <t>1 июля 1993</t>
+  </si>
+  <si>
+    <t>Павел, сын православного священника и сотрудник отдела принудительного исполнения Ленинского района города Бреста, был задержан 1 декабря 2020 года вместе с родителями в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Павел был осуждён за «участие в преступной организации», «акт терроризма», «покушение на захват власти» и «незаконные действия в отношении огнестрельного оружия».
+В октябре 2023 года его перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Мужской</t>
+  </si>
+  <si>
+    <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
+  </si>
+  <si>
+    <t>В заключении</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Суд по смене режима 30.10.2023: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:43:54</t>
+  </si>
+  <si>
+    <t>Алексей Борисович Иванисов</t>
+  </si>
+  <si>
+    <t>1 июля 1968</t>
+  </si>
+  <si>
+    <t>Алексей, бывший военный, связист и директор компании по установке и ремонту гаражных электроворот и шлагбаумов, был задержан в сентябре 2021 года в рамках уголовного дела, связанного с инициативой «Буслы ляцяць». Некоторые эпизоды обвинения касались повреждения автомобиля судьи Борисовского района. В результате он был приговорён к длительному сроку лишения свободы и штрафу.
+У Алексея трое детей, один из них — несовершеннолетний.</t>
+  </si>
+  <si>
+    <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2022: 14 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
-    <t>Denis Viktorovich Boltut</t>
-[...29 lines deleted...]
-    <t>Decyzja sądu 19.09.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 03.12.2024: wyrok został podtrzymany.</t>
+    <t>Даниил Юрьевич Гарасим</t>
+  </si>
+  <si>
+    <t>1 июля 2005</t>
+  </si>
+  <si>
+    <t>По версии авторов провластного фильма, Даниил Гарасим 2005 года рождения в декабре 2023 года по заданию "украинского куратора", контакт с которым был установлен в экстремистском Telegram-чате, произвел съемку места дислокации ракетной бригады Вооруженных сил Белоруссии в городе Осиповичи Могилевской области. Но примечательно, что из первого же задания силовики делали оперативную съемку-возникает вопрос, от кого же то задание поступило.</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 19.09.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 03.12.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-04-30 00:32:30</t>
   </si>
   <si>
-    <t>Irina Igorevna Poznyakevich</t>
-[...9 lines deleted...]
-W lutym 2021 roku przeprowadziła się do Rosji. Jej okres legalizacji upłynął 14 stycznia 2024 r., jednak nie opuściła Moskwy i nie udała się do ojczyzny, lecz pozostała tam. W październiku 2024 roku Irina została osądzona przez Sąd Rejonowy w Mikulinie w Moskwie. Została skazana na karę grzywny w wysokości 5000 rubli rosyjskich (około 50 dolarów) i deportację z Rosji.
+    <t>Артур Игоревич Голубев</t>
+  </si>
+  <si>
+    <t>3 июля 1990</t>
+  </si>
+  <si>
+    <t>16.01.2024 г. состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:49:43</t>
+  </si>
+  <si>
+    <t>Виталий Александрович Василевич</t>
+  </si>
+  <si>
+    <t>3 июля 1993</t>
+  </si>
+  <si>
+    <t>Виталий был задержан и осужден за остановку товарного поезда, нанесение красных полос на рекламные лайтбоксы, прокол шин автомобиля сотрудника милиции, поджог киоска «Табакерка», а также действия с предметами, содержащими горючие вещества. Он объяснил свои поступки протестом против ситуации в стране после президентских выборов 9 августа 2020 года, в частности, против безосновательных задержаний и пыток людей силовиками.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 07.06.2021: 7 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 26.08.2021: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:27:10</t>
+  </si>
+  <si>
+    <t>Александр Васильевич Сумар</t>
+  </si>
+  <si>
+    <t>3 июля 1982</t>
+  </si>
+  <si>
+    <t>В период с августа 2020 года по 26 июля 2022 года Александр администрировал телеграм чат «Жыве Лунінец!», за что и был задержан 27 июля 2022 года.
+24 ноября 2022 решением министерства внутренних дел телеграмм чат «Жыве Лунінец!» был признан «экстремистскими формированием» на территории РБ.
+Суд над Александром прошел 9 февраля 2023 года, где его обвинили по 5 статьям УК РБ: ч. 1 ст. 361-1, ч. 1 ст. 342, ч. 2 ст. 367, ст. 369, ч. 3 ст. 361.
+Об Александре Сумаре известно, что в 2006 году он работал в Лунинецком РОВД в качестве эксперта-криминалиста. В последние годы жил в Москве (Россия).</t>
+  </si>
+  <si>
+    <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
+  </si>
+  <si>
+    <t>9 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2023-01-10 15:05:51</t>
+  </si>
+  <si>
+    <t>Андрей Ромуальдович Севертока</t>
+  </si>
+  <si>
+    <t>4 июля 1971</t>
+  </si>
+  <si>
+    <t>Андрей был арестован 27 сентября 2020 года во время акции протеста в Гродно после того, как попытался закрыть собой и помочь человеку, лежавшему на земле. В результате он был осужден за «насилие в отношении сотрудника милиции».
+В конце декабря 2021 года Андрей был переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодино ул. Советская 22А, 222163</t>
+  </si>
+  <si>
+    <t>Решение суда 30.03.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях строгого режима, приблизительно 1000 рублей компенсации. Апелляция 17.06.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-26 23:04:31</t>
+  </si>
+  <si>
+    <t>Сергей Анатольевич Резанович</t>
+  </si>
+  <si>
+    <t>4 июля 1968</t>
+  </si>
+  <si>
+    <t>Православный священник, настоятель храма святого Архангела Михаила в агрогородке Степанки Жабинковского района Брестской области, был задержан 1 декабря 2020 года вместе с женой и сыном в рамках уголовного «дела Автуховича». Николая Автуховича власти назвали «организатором и руководителем террористической группировки». Сергея осудили за «участие в преступной организации», «акт терроризма» и «покушение на захват власти».</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 16 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:42:21</t>
+  </si>
+  <si>
+    <t>Евгений Александрович Малюгин</t>
+  </si>
+  <si>
+    <t>5 июля 1980</t>
+  </si>
+  <si>
+    <t>Евгений был осуждён весной 2024 года в рамках уголовного дела, возбужденного по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них», и приговорён к ограничению свободы с направлением.</t>
+  </si>
+  <si>
+    <t>ИУОТ-29, г. Волковыск, Рокоссовского, 118е, 230415</t>
+  </si>
+  <si>
+    <t>Химия с направлением</t>
+  </si>
+  <si>
+    <t>Решение суда 21.05.2024: 2 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 07.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:25:36</t>
+  </si>
+  <si>
+    <t>Юрий Александрович Храмеев</t>
+  </si>
+  <si>
+    <t>5 июля 1990</t>
+  </si>
+  <si>
+    <t>Юрий в 2016‑м получил диплом программиста в Белорусском государственном университете информатики и радиоэлектроники.
+В 2011 году устроился программистом в компанию XB Software, позже работал в ActiveCloud. А с 2014 года перешел в стартап ActivePlatform, где прошел путь от разработчика до бизнес-аналитика и руководителя продукта.
+Вне работы Юрий любит путешествовать. В соцсетях он постил фото с активного отдыха в горах и поездок в различные города.</t>
+  </si>
+  <si>
+    <t>Решение суда 18.11.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-12-08 16:53:51</t>
+  </si>
+  <si>
+    <t>Павел Владимирович Харитонов</t>
+  </si>
+  <si>
+    <t>5 июля 1978</t>
+  </si>
+  <si>
+    <t>Осудили за один донат в размере 20 долларов в одну из инициатив, которую в дальнейшем признали "экстремистским формированием". Пожертвование на помощь, предположительно, пострадавшим от репрессий, было сделано еще в 2021 году, когда инициатова не была еще признана "экстремистским формированием". По делу состоялось всего восемь заседаний, ее рассматривали два месяца-с ноября по январь. 28.04.2023 приговор вступил в силу после апелляционного суда.</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
+  </si>
+  <si>
+    <t>Дмитрий Игоревич Хоменков</t>
+  </si>
+  <si>
+    <t>5 июля 1989</t>
+  </si>
+  <si>
+    <t>39-летний гомельчанин. Он программист. Местом последней работы Хаменкова в Linkedin указана Expert Software Development. Он не захотел релоцироваться в 2022 году.
+По данным из фильма ОНТ, Хаменкова обвиняют в «финансировании экстремистской деятельности». Он делал переводы в криптовалюте. Сообщается, что его задержали в конце 2024 года, пока парень за решеткой, у него умерла бабушка.</t>
+  </si>
+  <si>
+    <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-04-03 17:39:10</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Близнец</t>
+  </si>
+  <si>
+    <t>5 июля 1988</t>
+  </si>
+  <si>
+    <t>Александр работал инженером на одном из предприятий города. Был осужден в закрытом режиме в Гомельском областном суде.
+02.08.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
+  </si>
+  <si>
+    <t>Решение суда 02.05.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 02.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-04-24 22:36:28</t>
+  </si>
+  <si>
+    <t>Иван Григорьевич Омрейчик</t>
+  </si>
+  <si>
+    <t>6 июля 2001</t>
+  </si>
+  <si>
+    <t>Задержан за участие в акции протеста 10 августа 2020 года в Бресте.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2024: 2 года 3 месяца лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-24 00:13:42</t>
+  </si>
+  <si>
+    <t>Иван Юрьевич Ясников</t>
+  </si>
+  <si>
+    <t>6 июля 1989</t>
+  </si>
+  <si>
+    <t>Сообщается, что мужчина был задержан за события августа 2020 года, однако в его телефоне силовики нашли фотографии военной техники, которые он еще 23 февраля загрузил в телеграм-канал «Калинковичи для жизни».</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:52:53</t>
+  </si>
+  <si>
+    <t>Александр Владимирович Королев</t>
+  </si>
+  <si>
+    <t>7 июля 1963</t>
+  </si>
+  <si>
+    <t>30 мая 2023 прошло апеллционное заседание суда, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>1,5 года лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
+  </si>
+  <si>
+    <t>Андрей Владимирович Любецкий</t>
+  </si>
+  <si>
+    <t>7 июля 1975</t>
+  </si>
+  <si>
+    <t>Андрей, челюстно-лицевой хирург детской больницы, был задержан в мае 2021 года после обыска в рамках уголовного дела, возбужденного по статье об «оскорблении президента». Его супруга вместе с детьми была вынуждена покинуть страну. Позднее Андрею были предъявлены обвинения в «участии в групповых действиях, грубо нарушающих общественный порядок», а также в «участии в массовых беспорядках».
+В апреле 2022 года Андрей был осужден по четырем уголовным статьям за участие в протестных акциях, проходивших в Минске в 2020 году, и за публикации в социальных сетях, которые были квалифицированы как оскорбления и разжигание вражды.
+В июне 2024 года ему ужесточили меру наказания, переведя на тюремный режим до конца срока.</t>
+  </si>
+  <si>
+    <t>ИК-9, 213410, г. Горки, ул. Добролюбова, 16</t>
+  </si>
+  <si>
+    <t>Решение суда 18.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 21.06.2022: приговор оставлен без изменения. Суд по смене режима 26.06.2024: тюремный режим до конца срока. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-05-15 15:10:59</t>
+  </si>
+  <si>
+    <t>Иван Александрович Янчук</t>
+  </si>
+  <si>
+    <t>7 июля 1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Иван сначала занимал должность следователя в Малорите, после перевелся следователем в Кобринский РОВД. Имел звание старшего лейтенанта.
+По информации из видео ГУБОПиКа, он уволился из силовых структур и занялся майнингом криптовалют. Как утверждают силовики, Иван передавал информацию о своих коллегах разным телеграм-каналам. 
+28.11.2023 состоялось рассмотрение апелляционной жалобы приговор вступил в силу.
 </t>
   </si>
   <si>
-    <t>kobieta</t>
-[...261 lines deleted...]
-    <t>7 lat więzienia w kolonii o zaostrzonym rygorze.</t>
+    <t>7 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Lubetski</t>
-[...32 lines deleted...]
-    <t>Decyzja sądu 07.09.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 5000 ruble odszkodowania, 100 jednostek bazowych kary. Decyzja sądu 18.07.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.09.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+    <t>Олег Анатольевич Коновалов (Шутов)</t>
+  </si>
+  <si>
+    <t>8 июля 1995</t>
+  </si>
+  <si>
+    <t>Олег — владелец YouTube-канала «Третий регион Беларусь», был задержан в январе 2022 года, когда вернулся в Беларусь на новогодние праздники.
+Олега обвинили в деанонимизации силовиков и в том, что, находясь за границей, он якобы продолжал «размещать в соцсетях информацию антигосударственного характера и пропагандировать сопротивление представителям власти». На своём канале он публиковал видео с акций солидарности белорусов в Киеве, где жил с 2020 года. Также ему вменили «циничные комментарии» о погибшем сотруднике КГБ Дмитрии Федосюке.
+В сентябре 2022 года он был осуждён по нескольким статьям Уголовного кодекса, включая «разжигание расовой, национальной, религиозной либо иной социальной вражды или розни». Суд приговорил его к лишению свободы в колонии усиленного режима и обязал выплатить крупную компенсацию.
+В июле 2023 года Олега повторно осудили за «злостное неповиновение требованиям администрации исправительного учреждения» — обвинение, часто применяемое к политзаключённым, которые отказываются сотрудничать с тюремной администрацией. В сентябре того же года появилась информация, что его перевели на тюремный режим.
+Стало известно, что в первой половине лета 2025 года в отношении Олега состоялось ещё одно судебное заседание по той же статье за «неповиновение». Рассмотрение апелляционной жалобы должно было состояться в середине июля.</t>
+  </si>
+  <si>
+    <t>ИК-14 222125, Минская обл., с.н.п. Новосады, ул.Мира, 1А</t>
+  </si>
+  <si>
+    <t>Решение суда 07.09.2022: 5 лет лишения свободы в колонии в условиях усиленного режима, 5000 рублей компенсации, 100 базовых величин штрафа. Решение суда 18.07.2023: 1 год лишения свободы в колонии в условиях усиленного режима. Апелляция 26.09.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Morozov</t>
-[...14 lines deleted...]
-    <t>Decyzja sądu 28.04.2023: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 25.07.2023: nieznany. Decyzja sądu 25.08.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Иван Владимирович Морозов</t>
+  </si>
+  <si>
+    <t>8 июля 1983</t>
+  </si>
+  <si>
+    <t>Один из наиболее известных белорусскоязычных блогеров в «нулевые " и бывший активист. Задержан за участие в акциях протеста 2020 года.
+Иван был задержан 5 января 2023 года, получил 13 суток административного ареста и 18 января было выставлено уголовное обвинение.
+17.04.2024 освобожден, полностью отбыв срок наказания, назначенный судом.
+В июне 2025 года стало известно, что Ивана снова задержали, в этот раз за комментарий по ст. 368 УК РБ.</t>
+  </si>
+  <si>
+    <t>СИЗО-2, Витебск ул. Гагарина 2, 210026</t>
+  </si>
+  <si>
+    <t>Решение суда 28.04.2023: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 25.07.2023: неизвестно. Решение суда 25.08.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2023-01-10 02:10:13</t>
   </si>
   <si>
-    <t>Ivan Leonidovich Folitar</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 17.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Иван Леонидович Фолитар</t>
+  </si>
+  <si>
+    <t>8 июля 1977</t>
+  </si>
+  <si>
+    <t>Иван окончил Минский государственный машиностроительный колледж в 1996 году. Долгое время Иван занимался организацией и проведением праздников, был основателем минской студии «МиФ». На его счету сотни свадеб, выпускных вечеров и корпоративов. У него было ИП в сфере фотографии, которое с 2018 года находится в процессе ликвидации.
+Позже Иван еще занялся фермерством. Он стал разводить птицу и продавать мясо индейки на минской Комаровке.
+Также он занимается музыкой: сам придумывает и записывает треки, а также делает аранжировки треков и биты для других музыкантов. Участвовал в музыкальном проекте «Белый и Карантин».</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-07-11 11:27:00</t>
   </si>
   <si>
-    <t>Evgeny Aleksandrovich Rubashko</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 19.04.2023: 3 roku więzienia. Decyzja sądu data nieznana: 1 rok więzienia w kolonii o zaostrzonym rygorze.</t>
+    <t>Евгений Александрович Рубашко</t>
+  </si>
+  <si>
+    <t>9 июля 1989</t>
+  </si>
+  <si>
+    <t>Евгений — активист анархического движения. Он был задержан 29 июля 2021 года в Минске. В его квартире провели обыск, а при задержании его избили. Чтобы добиться доступа к телефону и компьютеру, на голову Евгению натянули пакет.
+Во время перевода в СИЗО у него забрали все книги и поставили на профилактический учёт как склонного к экстремизму, что предполагает внесение отметки в личное дело, особое отношение и дополнительную работу с психологом.
+Изначально Евгению предъявили обвинение по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». В январе 2022 года ему и другим фигурантам уголовного дела предъявили дополнительные обвинения — участие в экстремистском формировании за подписку на телеграм-канал «Прамень». На момент задержания канал ещё не был внесён в список экстремистских формирований — это произошло только в ноябре 2021 года.
+В апреле 2022 года Евгения признали виновным и приговорили к лишению свободы в колонии. В апреле 2023 года его режим содержания был ужесточён, и его перевели на тюремный режим. В октябре 2025 года суд добавил ему ещё один год лишения свободы в колонии по статье «злостное неповиновение требованиям администрации».</t>
+  </si>
+  <si>
+    <t>Решение суда 22.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 19.04.2023: 3 года тюремного режима. Решение суда 09.10.2025: 1 год лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
-    <t>Boris Mikhailovich Vitko</t>
-[...15 lines deleted...]
-    <t>7 lat i 3 miesiące pozbawienia wolności w kolonii o podwyższonych warunkach bezpieczeństwa.</t>
+    <t>Борис Михайлович Витко</t>
+  </si>
+  <si>
+    <t>9 июля 1954</t>
+  </si>
+  <si>
+    <t>68-летнему Борису Витко вменялось в вину то, что 30 сентября 2021 года в телеграм-канале "Ляховичи 97" он написал оскорбительный комментарий в отношении судьи Николая Кмиты. 
+Приговор суда 20.01.2023 : 2 года ограничения свободы без направления.
+В конце мая 2023 года стало известно, что Борис был снова задержан. Об этом сообщил провластный телеграм-канал. Сотрудники ОМОН в бронежилетах с дробовиками задержали мужчину на территории частного дома. На опубликованном видео Борис говорит, что его задержали по подозрению в оскорблении Лукашенко (ст. 368 Уголовного кодекса). По месту проживания в д. Медведичи Ляховичского района был проведен обыск.
+Позже правозащитникам стало известно, что какое-то время Бориса Витко удерживали в ляховичском ИВС, затем перевели в барановичское СИЗО. Сейчас он находится в СИЗО-7 Бреста в ожидании суда.  В ноябре 2023 года Бориса внесли в список террористов. Суд начался в начале января 2024 года. На первом суде Борису Витко вменялось в вину то, что 30 сентября 2021 года в телеграм-канале "Ляховичи 97" он написал оскорбительный комментарий в отношении судьи Николая Кмиты. По совокупности приговоров путем частичного сложения неотбытой части наказания окончательно обвиняемому Борису Витко назначено наказание в виде лишения свободы на срок семь лет и три месяца с отбыванием в исправительной колонии в условиях усиленного режима со штрафом в доход государства в размере 300 базовых величин в сумме 12 000 рублей.
+Борис имеет проблемы с сердцем, постоянно должен принимать лекарства.</t>
+  </si>
+  <si>
+    <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
+  </si>
+  <si>
+    <t>Решение суда 20.01.2022: 2 года ограничения свободы без направления. Решение суда 20.05.2024: 7 лет 3 месяца лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 06.08.2024: неизвестно. Апелляция 02.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
   </si>
   <si>
-    <t>Andrey Alexeyevich Burak</t>
-[...16 lines deleted...]
-    <t>5 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych.</t>
+    <t>Андрей Алексеевич Бурак</t>
+  </si>
+  <si>
+    <t>10 июля 1972</t>
+  </si>
+  <si>
+    <t>Водитель-дальнобойщик. Мужчину изначально обвиняли в хулиганстве (ч. 3 ст. 339 УК) и создании экстремистского формирования, либо участии в нем (ч. 3 ст. 361-1 УК).
+Минский городской суд завершил 29 февраля 2024 года рассмотрение уголовного дела. Бурако признали виновным и назначили ему наказание в виде лишения свободы сроком на пять лет по ч. 3 ст. 361-1 УК. Обвинение в хулиганстве было снято. 
+Согласно следствию, вечером 11 мая 2023 года на автодороге М-5 «Минск-Гомель» вблизи деревни Ясень, что возле Бобруйска, "водитель автомобиля DAF, проезжавшего мимо остановленной военной транспортной колонны, произвел подрыв неустановленного устройства, самостоятельно изготовленного из пиротехнических изделий, бросив его в сторону военнослужащих и военной техники. А потом попытался скрыться.
+Однако в ходе преследования его автомобиль был блокирован военными, а он сам-задержан".
+Установлено, что в кабине автомобиля была наклеена "экстремистская" символика, а в мобильном телефоне – несколько подписок на радикальные каналы, признанные экстремистскими, в том числе и на план "победа".
+12.04.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.
+Летом 2024 г. переведен из ПК № 1 в ПК № 8.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>5 лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Sergey Grigorievich Juncic</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 09.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 10.01.2025: nieznany.</t>
+    <t>Тамаз Важевич Пипия</t>
+  </si>
+  <si>
+    <t>10 июля 1994</t>
+  </si>
+  <si>
+    <t>Футбольный фанат клуба "МТЗ-РИПО" был задержан 26 сентября 2020 года и осужден за участие в акциях протеста.
+Надзиратели колонии №1 неоднократно наказывали Томаза штрафным изолятором и переводом в помещение камерного типа (ПКТ). Всего антифашист получил не менее девяти взысканий, в том числе за отказ "мыть унитазы". На основании этого против него было возбуждено новое уголовное дело по статье о "злостном неповиновении требованиям администрации", и в сентябре 2024 года его приговорили к дополнительному сроку лишения свободы.</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 02.07.2021: 5 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 24.09.2021: приговор оставлен без изменения. Решение суда 05.09.2024: 1 год 6 месяцев лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
+  </si>
+  <si>
+    <t>Сергей Григорьевич Юнчиц</t>
+  </si>
+  <si>
+    <t>10 июля 1974</t>
+  </si>
+  <si>
+    <t>Сергей был задержан за солидарность с репрессированными.
+Юнчицу 50 лет, он родился в деревне Подвосье Житковичского района. С 90-х занимался бизнесом. По информации «Зеркала», мужчина до 2023 года управлял семейной компанией «Юнико-дентал», которая занимается поставками стоматологических материалов, инструментов и оборудования. </t>
+  </si>
+  <si>
+    <t>Решение суда 09.10.2024: 5 лет лишения свободы в колонии в условиях общего режима, 500 базовых величин штрафа. Апелляция 10.01.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-06-19 23:22:29</t>
   </si>
   <si>
-    <t>Tamaz Vazhevich Pipiya</t>
-[...28 lines deleted...]
-    <t>9 lat pozbawienia wolności z odbywaniem kary w kolonii poprawczej w reżimie zaostrzonym.</t>
+    <t>Алексей Владиславович Исаев</t>
+  </si>
+  <si>
+    <t>10 июля 1978</t>
+  </si>
+  <si>
+    <t>ИУОТ-24, 230025 г. Гродно, ул. Лидская, 29/б</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:40:13</t>
+  </si>
+  <si>
+    <t>Евгений Сергеевич Глушков</t>
+  </si>
+  <si>
+    <t>11 июля 1990</t>
+  </si>
+  <si>
+    <t>Стало известно о задержании жителя деревни Зябровка Гомельского района Евгения Глушкова. По информации некоторых СМИ, в ночь с 10 на 11 августа на аэродроме в Зябровке случился инцидент, о котором много писали СМИ, то начались проверки местных.
+У Евгения в телефоне нашли старый снимок аэродрома, который он делал с дрона. И еще нашли контакты разных украинцев. Этого было достаточно, чтобы его задержать. Парень перед задержанием работал ветеринаром в одной из клиник Гомеля, имеет исключительно положительные характеристики от работодателей. До начала российской агрессии в отношении Украины Евгений жил длительное время за границей. В последние годы -- в Китае, где занимался музыкой и планировал остаться жить. Но из-за эпидемии коронавируса остался без источников доходов и был вынужден вернуться на родину.</t>
+  </si>
+  <si>
+    <t>9 лет лишения свободы с отбыванием в исправительной колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
-    <t>Alexander Nikolaevich Yatsukevich</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 17.01.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.03.2024: nieznany.</t>
+    <t>Игорь Олегович Жук</t>
+  </si>
+  <si>
+    <t>11 июля 1989</t>
+  </si>
+  <si>
+    <t>Игоря обвинили в том, что он оставил в YouTube комментарий в адрес Лукашенко под видео «Беларусь: Скрытая мобилизация и ввод войск из России | Украина, Лукашенко и НАТО» российского блогера Ильи Варламова. По материалам дела, в его телефоне обнаружили приложение YouTube, где в разделе «Комментарии» и нашли соответствующий пост. До вынесения приговора он находился под стражей.</t>
+  </si>
+  <si>
+    <t>ИУОТ-55, ул. Социалистическая 7, Минск, 220021</t>
+  </si>
+  <si>
+    <t>Решение суда 09.11.2023: 2 года ограничения свободы с направлением в учреждение открытого типа.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
+  </si>
+  <si>
+    <t>Александр Николаевич Яцукевич</t>
+  </si>
+  <si>
+    <t>11 июля 1986</t>
+  </si>
+  <si>
+    <t>01.03.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.01.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.03.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-01-11 17:15:20</t>
   </si>
   <si>
-    <t>Igor Olegovych Zhuk</t>
-[...32 lines deleted...]
-    <t>10 lat więzienia.</t>
+    <t>Дмитрий Дмитриевич Мостовой</t>
+  </si>
+  <si>
+    <t>11 июля 1977</t>
+  </si>
+  <si>
+    <t>Дмитрию Мостовому 45 лет. Он родом из Сеницы, учился в Политехническом колледже в Минске, профессиональный программист.
+Его задерживали во время протестов в октябре 2020 года, и он сидел «сутки».
+Дмитрия задержали вначале марта 2023 года. В провластном фильме «Гаспар на связь не вышел» на телеканале ОНТ, вышедшем 05.04.2023 года,рассказывают, что Дмитрий якобы предлагал «Беларускаму Гаюну» сливать информацию об аэродроме: он настроил трансляцию с компьютера, шедшую две недели без перерыва.
+Сейчас мужчина находится в СИЗО по обвинению в «измене государству» и «содействии экстремистской деятельности».</t>
+  </si>
+  <si>
+    <t>Решение суда 18.09.2023: 10 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 24.12.2025: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2023-04-06 15:04:01</t>
   </si>
   <si>
-    <t>Tatyana Vasilievna Kanevskaya</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 2 roku więzienia. Sąd zmiany reżimu data nieznana: 1 rok więzienia.</t>
+    <t>Татьяна Васильевна Каневская</t>
+  </si>
+  <si>
+    <t>12 июля 1966</t>
+  </si>
+  <si>
+    <t>Известная активистка и доверенное лицо кандидата в президенты Светланы Тихановской в Гомеле. Татьяна в течение нескольких лет боролась за изменения в антинаркотическом законодательстве в рамках инициативы "Движение матерей 328". 6 августа 2020 года ее задержали в ее собственном доме, обвинив в "массовых беспорядках" и планах по "захвату зданий".
+В январе 2022 года стало известно, что Татьяну перевели на тюремный режим.
+По сведениям правозащитников, она лишена права на свидания, и ей разрешено получить только одну маленькую бандероль в год. Письма от Татьяны приходят крайне редко. К тому же, у нее возникли проблемы с позвоночником.</t>
+  </si>
+  <si>
+    <t>Женский</t>
+  </si>
+  <si>
+    <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
+  </si>
+  <si>
+    <t>Решение суда 04.05.2021: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.08.2021: приговор оставлен без изменения. Суд по смене режима дата неизвестна: 2 года тюремного режима. Суд по смене режима дата неизвестна: 1 год тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-25 11:20:37</t>
   </si>
   <si>
-    <t>Dmitry Sergeevich Neverkevich</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności, 3000 jednostek bazowych kary. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+    <t>Александр Эдуардович Масевич</t>
+  </si>
+  <si>
+    <t>13 июля 1989</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.03.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Людмила Юрьевна Чекина</t>
+  </si>
+  <si>
+    <t>13 июля 1973</t>
+  </si>
+  <si>
+    <t>Людмила — бывшая генеральная директорка TUT.BY. Работала в TUT.BY с 2008 года: сначала — юрисконсультом, позже — директоркой. В 2017 году возглавила «Тут Бай Медиа».
+В мае 2021 года ее задержали в рамках уголовного дела, возбужденного по обвинению в уклонении от уплаты налогов.
+В октябре 2022 года КГБ внес Людмилу в список «причастных к террористической деятельности». Позже ей также предъявили обвинения в «разжигании вражды» и «призывах к действиям против национальной безопасности».
+Судебный процесс проходил в закрытом режиме и длился более двух месяцев — всего состоялось 37 заседаний. В марте 2023 года Людмила была приговорена к длительному сроку лишения свободы и крупному штрафу.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.03.2023: 12 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 31.07.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-05-24 13:42:27</t>
+  </si>
+  <si>
+    <t>Вячеслав Александрович Березовец</t>
+  </si>
+  <si>
+    <t>13 июля 1991</t>
+  </si>
+  <si>
+    <t>Cупругов (Вячеслав Березовец и Татьяна Данилюк) поместили под стражу за то, что 10 августа 2020 года в Кобрине те принимали участие в протестах, женщина "показывала милиции неприличные жесты" , а ее муж "приспустил штаны и демонстрировал оголенные ягодицы".
+При этом Вячеслава уже осудили за эпизод с "показом ягодиц" милиционерам. Суд прошел еще в 2020 году, тогда мужчине вменили за это административную статью.
+На свободе у пары осталась трое малолетних детей.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.03.2025: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Дмитрий Сергеевич Неверкевич</t>
+  </si>
+  <si>
+    <t>13 июля 1982</t>
+  </si>
+  <si>
+    <t>Дмитрий, директор компании «Europcar», партнёра «Uber» в Минске, впервые был задержан в ноябре 2020 года по административной статье за участие в протестных акциях, проходивших против результатов президентских выборов. Во второй раз он был задержан в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма».
+Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа, целью которой было совершение экстремистских преступлений. В группу входили радикально настроенные лица, в том числе бывшие и действующие военные, сотрудники силовых структур, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём».
+Это дело связано с обвинениями в попытке поджога дома депутата Олега Гайдукевича в июне 2021 года и «организации массовых беспорядков».
+Дмитрия осудили по нескольким уголовным статьям, ему был назначен большой срок лишения свободы и штраф, а также он был лишён права занимать должности, связанные с организационно-распорядительными и административно-хозяйственными обязанностями, на пять лет.</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 11 лет лишения свободы в колонии в условиях усиленного режима, лишение права занимать определенные должности или заниматься определенной деятельностью, 3000 базовых величин штрафа. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2023-01-23 17:13:44</t>
   </si>
   <si>
-    <t>Paul Vasilevich Prokhorov</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 20.05.2024: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
+    <t>Дмитрий Васильевич Слук</t>
+  </si>
+  <si>
+    <t>13 июля 1988</t>
+  </si>
+  <si>
+    <t>34-летний бобруйчанин. После 10 суток в изоляторе на Окрестина его перевели в СИЗО №1.
+Мужчине предъявили обвинение за донаты организации, признанной террористической в Беларуси. Ему грозит от 8 до 12 лет лишения свободы.
+Дмитрий Слук не обжаловал приговор, этапирован для отбытия наказания в одну из беларусских колоний. 
+24.06.2024 прошел по ужесточению условий содержания, Дмитрия перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>8.5 лет лишения свободы в колонии</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Павел Васильевич Прохоров</t>
+  </si>
+  <si>
+    <t>13 июля 1996</t>
+  </si>
+  <si>
+    <t>Задержан вместе со всей семьей (мать, отец, сестра) по подозрению в "госизмене".  Сестру позже, судя по всему, отпустили. Павлу 27 лет. Он родился в Грабовке. Работал в строительстве. 
+Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.
+Семья Прохоровых долгое время жила в деревне Грабовка Гомельского района. На момент задержания они жили в деревне Уза Гомельского района, куда переехали два года назад.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-12-29 15:06:37</t>
   </si>
   <si>
-    <t>Lyudmila Yurievna Chekina</t>
-[...86 lines deleted...]
-    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+    <t>Артур Григорьевич Тарасов</t>
+  </si>
+  <si>
+    <t>13 июля 1987</t>
+  </si>
+  <si>
+    <t>Артур был задержан в мае 2025 года, предположительно в рамках уголовного дела, связанного с мониторинговым OSINT-проектом «Беларускі Гаюн».
+В июле 2025 года у Артура родилась вторая дочь.</t>
+  </si>
+  <si>
+    <t>СИЗО-3, Гомель ул. Книжная 1А, 246003</t>
   </si>
   <si>
     <t>2025-05-11 15:43:26</t>
   </si>
   <si>
-    <t>Natalia Sergeevna Romanenko</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 07.06.2024: nieznany.</t>
+    <t>Наталья Сергеевна Романенко</t>
+  </si>
+  <si>
+    <t>14 июля 1981</t>
+  </si>
+  <si>
+    <t>Решение суда 07.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
-    <t>Ruslan Teimurazovich Zubkov</t>
-[...10 lines deleted...]
-    <t>Decyzja sądu 19.06.2024: nieznany. Decyzja sądu 17.02.2025: nieznany.</t>
+    <t>Руслан Теймуразович Зубков</t>
+  </si>
+  <si>
+    <t>14 июля 1998</t>
+  </si>
+  <si>
+    <t>Руслану Зубкову 26 лет. Судя по соцсетям, он в последние годы жил и работал в Польше.
+В декабре 2023 года Зубкова внесли в список участников экстремистского формирования «Россия — это зло». Это небольшой Телеграм-чат на 135 человек, где активны сейчас только три человека. В феврале 2024 года Руслана объявляли в розыск на территории Беларуси и России — это значит, что на тот момент он еще был на свободе.
+Когда Руслан был задержан-тоже неизвестно. В первый раз его судили в июне 2024 года за «оскорбление Лукашенко» в Каменецком районном суде. Приговор неизвестен.</t>
+  </si>
+  <si>
+    <t>СИЗО-7, Брест ул. Советских Пограничников 37, 224030</t>
+  </si>
+  <si>
+    <t>Решение суда 19.06.2024: неизвестно. Решение суда 17.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Paul Andreevich Sologub</t>
-[...5 lines deleted...]
-    <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
+    <t>Павел Андреевич Сологуб</t>
+  </si>
+  <si>
+    <t>14 июля 1989</t>
+  </si>
+  <si>
+    <t>3 года лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2023-06-29 09:53:27</t>
   </si>
   <si>
-    <t>Nikolay Gennadievich Gmyrak</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.02.2025: nieznany.</t>
+    <t>Николай Геннадьевич Гмырак</t>
+  </si>
+  <si>
+    <t>15 июля 1979</t>
+  </si>
+  <si>
+    <t>Нет</t>
+  </si>
+  <si>
+    <t>Решение суда 08.10.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 18.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-26 00:31:52</t>
   </si>
   <si>
-    <t>Maxim Alexandrovich Levsha</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 14.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.01.2025: nieznany.</t>
+    <t>Максим Александрович Левша</t>
+  </si>
+  <si>
+    <t>15 июля 1983</t>
+  </si>
+  <si>
+    <t>Решение суда 14.11.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 21.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-02 16:18:30</t>
   </si>
   <si>
-    <t>Pavel Yurievich Nedelin</t>
-[...8 lines deleted...]
-    <t>lata przebywania w kolonii nie są znane.</t>
+    <t>Павел Юрьевич Неделин</t>
+  </si>
+  <si>
+    <t>15 июля 1975</t>
+  </si>
+  <si>
+    <t>31.03.2023 прошло апелляцционное заседание суда. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>неизвестно лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-09-07 18:30:18</t>
   </si>
   <si>
-    <t>Konstantin Vladimirovich Glotov</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 19.08.2024: nieznany. Apelacja 18.10.2024: nieznany.</t>
+    <t>Константин Владимирович Глотов</t>
+  </si>
+  <si>
+    <t>16 июля 1975</t>
+  </si>
+  <si>
+    <t>Решение суда 19.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
   </si>
   <si>
-    <t>Kirill Viktorovich Gnezdilov</t>
-[...9 lines deleted...]
-    <t>8 lat w kolonii o zaostrzonym rygorze...</t>
+    <t>Кирилл Викторович Гнездилов</t>
+  </si>
+  <si>
+    <t>17 июля 1983</t>
+  </si>
+  <si>
+    <t> Кирилл с 2007 года служил в милиции. Оперуполномоченный, уволился из органов в августе 2020 года и перешел в IT. Известно, что его задержали 19 февраля 2023 прямо на границе: он полгода жил в Польше, а в Брест приезжал навестить жену и маленького ребенка.Про уголовное дело против Кирилла известно немного: суд проходил в закрытом режиме. Известно лишь, что дело было связано с «Черной книгой Беларуси».
+10.10.2023 должно пройти апелляционное заседание суда.</t>
+  </si>
+  <si>
+    <t>8 лет колонии усиленного режима..</t>
   </si>
   <si>
     <t>2023-07-14 11:30:32</t>
   </si>
   <si>
-    <t>Ivan Frantsevich Verbitsky</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 15.03.2021: 8 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 30.09.2021: nieznany lata więzienia. Decyzja sądu 20.12.2022: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.03.2023: nieznany. Decyzja sądu 08.05.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.07.2024: wyrok został podtrzymany.</t>
+    <t>Иван Францевич Вербицкий</t>
+  </si>
+  <si>
+    <t>17 июля 1965</t>
+  </si>
+  <si>
+    <t>Иван, имеющий два высших образования, ранее работал художником-дизайнером, а затем стал мультипликатором, режиссером и монтажером видео. Он также является художником и автором рассказов. 21 октября 2020 года его задержали и осудили по версии обвинения за размещение в Telegram-канале призывов к дестабилизации общественного порядка, включая поджог зданий КГБ и прокуратуры Ошмянского района.
+В декабре 2022 года его повторно судили за "неповиновение требованиям администрации". В мае 2024 года Иван снова был осужден за "злостное неповиновение" и дополнительно лишен свободы на 2 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.03.2021: 8 лет 1 месяц лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 20.12.2022: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.03.2023: неизвестно. Решение суда 08.05.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.07.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
-    <t>Vitaly Viktorovich Chopik</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 15.11.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 04.02.2025: nieznany.</t>
+    <t>Виталий Викторович Чопик</t>
+  </si>
+  <si>
+    <t>По данным, полученным в разное время от источников, известно что у мужчины проводили обыск 1 декабря 2021 года. А в сентябре 2022 года Чопика задержали сперва по статье 19.11 КоАП, но когда оказалось что у мужчины просто нет телефона где могут быть какие-то «экстремистские материалы», то составили протокол уже по ст.24.23 КоАП. Предлогом для протокола стал бчб-флаг, приклеенный скотчем изнутри к окну дома — вот только сам мужчина утверждал, что флаг появился уже после того, как его задержали и доставили в ИВС.Последний виток эскалации между Чопиком и силовиками случился в начале марта 2024 года: брестчанина снова задержали. После задержания мужчину доставляли на скорую со следами сильного избиения, а цвет лица Чопика был желтым (что может говорить о повреждении печени из-за избиения). 28 марта 2024 года, МВД объявило что поместило брестчанина в СИЗО. По возрасту, и по истории мужчины («систематически посещал суды по уголовным делам») можно сделать вывод, что речь именно про Виталия Чопика. Его подозревают в «содействии экстремистской деятельности».</t>
+  </si>
+  <si>
+    <t>Решение суда 15.11.2024: 7 лет лишения свободы в колонии в условиях усиленного режима, 1000 базовых величин штрафа. Апелляция 04.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
   </si>
   <si>
-    <t>Igor Vladimirovich Ilyash</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 05.09.2025: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.11.2025: wyrok został podtrzymany.</t>
+    <t>Игорь Владимирович Ильяш</t>
+  </si>
+  <si>
+    <t>18 июля 1988</t>
+  </si>
+  <si>
+    <t>Игорь — журналист «Белсат», ранее работал в газете «Белорусы и рынок» и в белорусской службе «Радыё Свабода», публиковался в российских и украинских изданиях. Вместе с женой, журналисткой Екатериной Андреевой, он написал книгу «Белорусский Донбасс» — исследование о роли белорусов в войне на востоке Украины.
+Впервые его задержали 16 июля 2021 года во время массовых обысков у независимых журналистов по делу об «организации и подготовке действий, грубо нарушающих общественный порядок либо активном участии в них». В квартире журналиста провели обыск, изъяли технику и книги, после чего его поместили в ИВС. На свободу он вышел 26 июля.
+В октябре 2024 года стало известно о его повторном задержании. Провластные телеграм-каналы опубликовали фото Игоря в наручниках и видео, где он заявил, что его преследуют за интервью медиа, признанным в Беларуси «экстремистскими». Незадолго до ареста в комментарии телеканалу «Дождь» он отметил, что «Путин взял курс на резкую эскалацию и ведёт страну к тотальной войне», а Лукашенко, по его мнению, «вероятнее всего, не хочет напрямую участвовать в ней, но вынужден сталкиваться с усиливающимся давлением Кремля».
+В феврале 2025 года Игорю предъявили обвинения в «дискредитации Беларуси» и «содействии экстремистской деятельности». Судебный процесс начался 21 февраля в Минске. Ходатайство о независимой экспертизе суд отклонил, а 5 сентября того же года журналиста признали виновным и приговорили к лишению свободы в колонии.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.09.2025: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 05.11.2025: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-07-20 20:49:54</t>
   </si>
   <si>
-    <t>Anton Vasilevich Lisichkin</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 01.08.2024: nieznany. Apelacja 08.10.2024: nieznany.</t>
+    <t>Дарья Алексеевна Пучило</t>
+  </si>
+  <si>
+    <t>18 июля 1998</t>
+  </si>
+  <si>
+    <t>Дарья Пучило окончила юридический факультет Минского инновационного университета в 2019 году. В университете она участвовала в студенческих юридических олимпиадах.
+Дарья Пучило — фотограф. В январе и феврале 2024 Дарья искала заказы на веб-дизайн. На одном из сайтов она писала, что начинающий специалист, ищет работу в Варшаве и готова переехать, рассмотрит любые предложения.
+Дарья сделала последний пост в инстаграме в декабре 2024 года. ВКонтакте была онлайн в последний раз 7 февраля 2025 года — это был день, когда начались задержания по делу Гаюна.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2025-11-07 18:09:13</t>
+  </si>
+  <si>
+    <t>Антон Васильевич Лисичкин</t>
+  </si>
+  <si>
+    <t>18 июля 1999</t>
+  </si>
+  <si>
+    <t>Антону 25 лет. Из соцсетей парня следует, что в 2016 году он окончил школу, в 2019 — отслужил в армии.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.08.2024: неизвестно. Апелляция 08.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-26 17:49:11</t>
   </si>
   <si>
-    <t>Alexey Igorevich Sanchuk</t>
-[...11 lines deleted...]
-    <t>Decyzja sądu 13.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 161900 ruble odszkodowania. Apelacja 13.08.2021: wyrok został podtrzymany.</t>
+    <t>Алексей Игоревич Санчук</t>
+  </si>
+  <si>
+    <t>18 июля 1990</t>
+  </si>
+  <si>
+    <t>Алексея задержали 4 ноября 2020 года в Минске вместе с барабанщиками. При задержании его избили, а затем приговорили к 15 суткам административного ареста. Позже его обвинили в подготовке к участию в "массовых беспорядках" и участии в протестных акциях. Также был конфискован его автомобиль.</t>
+  </si>
+  <si>
+    <t>Решение суда 13.05.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, 161900 рублей компенсации. Апелляция 13.08.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 21:26:47</t>
   </si>
   <si>
-    <t>Daria Alekseevna Puchyla</t>
-[...19 lines deleted...]
-    <t>Decyzja sądu 10.10.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Валентин Иванович Толкач</t>
+  </si>
+  <si>
+    <t>19 июля 1996</t>
+  </si>
+  <si>
+    <t>Валентин окончил юридический факультет БГУ, где изучал хозяйственное право, а затем получил степень магистра в Ягеллонском университете в Кракове по специальности «Интеллектуальная собственность и новые технологии».
+Карьеру начинал в Национальном центре интеллектуальной собственности, где представлял интересы организации в Верховном суде. Позже работал юристом в IT-компании Brightum, занимаясь правовым сопровождением финтех-проектов и криптовалютных стартапов.
+Через некоторое время Валентин решил радикально сменить профессию. В своем профиле он писал, что увлекался играми более 20 лет и решил превратить хобби в работу.</t>
+  </si>
+  <si>
+    <t>Решение суда 10.10.2025: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-10-30 00:07:20</t>
   </si>
   <si>
-    <t>Igor Yurievich Solovey</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 26.01.2022: 2 roku więzienia.</t>
+    <t>Игорь Юрьевич Соловей</t>
+  </si>
+  <si>
+    <t>19 июля 1983</t>
+  </si>
+  <si>
+    <t>Игорь, активист движения «За свободу», был задержан в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Его осудили за участие в «массовых беспорядках». Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо наказания в виде лишения свободы, потребовали от обвиняемых около 530 тысяч рублей компенсации.
+В январе 2022 года он был переведен на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения. Суд по смене режима 26.01.2022: 2 года тюремного режима. Суд по смене режима дата неизвестна: тюремный режим до конца срока.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
   </si>
   <si>
-    <t>Sergey Dmitrievich Zhigalev</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu 09.10.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Елена Николаевна Лазарчик</t>
+  </si>
+  <si>
+    <t>19 июля 1974</t>
+  </si>
+  <si>
+    <t>Активистка «Европейской Беларуси», была задержана 30 декабря 2021 года по уголовному делу о групповых действиях, грубо нарушающих общественный порядок.
+7 января 2022 года женщину перевели в СИЗО.
+У Елены есть маленький сын.
+В январе 2023 г. Елену перевели в гомельскую женскую колонию № 4. К политзаключенной долгое время не может попасть адвокат, ее помещали в ШИЗО.
+В октябре 2023 г. стало известно, что для Елены в августе не приняли передачу. Это, скорее всего, свидетельствует о том, что ее лишили передач. Последнее письмо от Елены пришло в начале сентября, с тех пор писем от нее нет. С момента перевода Лазарчик в колонию ни разу не было получено разрешение от администрации учреждения на встречу с адвокатом. Что сейчас происходит с Еленой, в каком она состоянии — неизвестно. Елена в колонии испытывает проблемы с зубами, она похудела. 
+В середине ноября 2023 года правозащитникам стало известно, что Елену снова помещали в ШИЗО.
+По свидетельствам бывшей политзаключенной, Елена отсидела более 90 суток в ШИЗО, более 60 дней в ПКТ.
+Весной 2025 г. Елену осудили по ч. 2 ст. 411 Уголовного кодекса (злостное неповиновение законным требованиям администрации колонии) и назначили еще полтора года колонии в дополнение к восьми годам заключения. Когда был вынесен приговор, неизвестно. Известно, что на суде Елена отказалась от услуг адвоката.</t>
+  </si>
+  <si>
+    <t>ИК-24, ул. Производственная, д. 44, г.п. Заречье, Речицкий р-н, Гомельская область, 247526</t>
+  </si>
+  <si>
+    <t>Решение суда 19.09.2022: 8 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.12.2022: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-01-11 16:06:03</t>
+  </si>
+  <si>
+    <t>Сергей Дмитриевич Жигалев</t>
+  </si>
+  <si>
+    <t>19 июля 2005</t>
+  </si>
+  <si>
+    <t>Сергей был задержан прямо в колледже во время занятий в конце декабря 2023 года. В провластном фильме (апрель 2024 года) рассказали, что шесть подростков якобы объединились в "анархистскую ячейку "Черные соловьи", которую" под руководством Национальной освободительной армии Украины " создала 16-летняя гражданка Украины Мария Мисюк.
+Сотрудники ОНТ утверждают, что подростки объединились, чтобы делать диверсии по наводке в Беларуси, а после — в России. Марию обвиняют по ч. 2 ст. 289 УК (акт терроризма). Согласно сюжету, 16-летняя Мария Мисюк в 2022 году переехала вместе с семьей из Украины в Беларусь, где создала "анархистскую ячейку для подготовки терактов". Среди задержанных-учащиеся колледжей в Барановичах, Несвиже, Мире, Минске и Лунинце. Это Трофим Борисов, Сергей Жигалев, Дмитрий Захорошко, Анастасия Клименко и Александра Пулинович. Как утверждают сотрудники ОНТ, молодые люди собирались на Барановичской квартире, чтобы подготовиться к своей первой серьезной акции-собрать взрывчатку и взорвать Барановичское отделение милиции или прокуратуру. По каким статьям обвиняют остальных пяти участников, неизвестно. Как и неизвестны их статусы и местоположение.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.10.2025: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 06.02.2026: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-30 23:23:41</t>
   </si>
   <si>
-    <t>Elena Nikolaevna Lazarchik</t>
-[...27 lines deleted...]
-    <t>20 lipca 1982</t>
+    <t>Алексей Леонидович Шпаковский</t>
+  </si>
+  <si>
+    <t>20 июля 1996</t>
+  </si>
+  <si>
+    <t>Судя по статье, Алексея судят за протесты, которые проходили после выборов 9 августа 2020 года в Пинске.</t>
+  </si>
+  <si>
+    <t>Решение суда 19.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 11.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
+  </si>
+  <si>
+    <t>Светлана Олеговна Метельская</t>
+  </si>
+  <si>
+    <t>20 июля 1982</t>
   </si>
   <si>
     <t>2024-11-20 16:54:12</t>
   </si>
   <si>
-    <t>Alexey Leonidovich Shpakovsky</t>
-[...28 lines deleted...]
-    <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 11.10.2024: wyrok został podtrzymany. Decyzja sądu data nieznana: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 01.07.2025: wyrok został podtrzymany.</t>
+    <t>Виктор Юрьевич Никифоров</t>
+  </si>
+  <si>
+    <t>20 июля 1980</t>
+  </si>
+  <si>
+    <t>06.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 04.12.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.02.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
+  </si>
+  <si>
+    <t>Виктор Адамович Снегур</t>
+  </si>
+  <si>
+    <t>20 июля 1988</t>
+  </si>
+  <si>
+    <t>Виктор был задержан 4 января 2020 года в рамках уголовного «дела Автуховича» и обвинен в участии в «террористической организации», причастной к поджогам имущества сотрудников милиции. Его осудили за «участие в преступной организации», «покушение на захват власти», «незаконные действия в отношении огнестрельного оружия» и «незаконное перемещение огнестрельного оружия через таможенную границу».
+В 2024 году Виктора повторно осудили за «злостное неповиновение требованиям администрации колонии». С февраля 2025 года он находился в помещении камерного типа (ПКТ), а в мае того же года стало известно о новом приговоре по той же статье, которую часто применяют к заключенным за отказ сотрудничать с администрацией. В результате общий срок лишения свободы составил 22 года и 6 месяцев.
+3 июля 2025 года была рассмотрена апелляционная жалоба Виктора.
+В декабре 2025 года Виктора вероятнее всего осудили очередной раз по 411 статье.</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Решение суда дата неизвестна: 1 год 6 месяцев лишения свободы в колонии в условиях строгого режима. Апелляция 11.10.2024: приговор оставлен без изменения. Решение суда дата неизвестна: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 01.07.2025: приговор оставлен без изменения. Решение суда дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
-    <t>Victor Yurievich Nikiforov</t>
-[...24 lines deleted...]
-    <t>Decyzja sądu 26.12.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.03.2023: wyrok został podtrzymany.</t>
+    <t>Эдуард Ашотович Кошецян</t>
+  </si>
+  <si>
+    <t>21 июля 1991</t>
+  </si>
+  <si>
+    <t>Минчанин с армянскими корнями, гражданин РФ. Был задержан в сентябре 2023 года, предположительно за сообщения в чате с друзьями. Было заведено уголовное дело. При задержании был сильно избит.
+По специальности челюстно-лицевой хирург.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-12 22:35:54</t>
+  </si>
+  <si>
+    <t>Игорь Юрьевич Шумилов</t>
+  </si>
+  <si>
+    <t>21 июля 1986</t>
+  </si>
+  <si>
+    <t>Активист из Баранович. Игорь имеет инвалидность 3-ей группы, т.к. 10 лет назад попал в ДТП и ему ампутировали ногу. Он был арестован 23 февраля 2023, осужден на 15 суток, затем перевед в СИЗО по уголовной статье.
+Согласно следствию, в разный период времени с 1 мая 2020 года по 23 мая 2022 года Шумилов опубликовал четыре поста в Одноклассниках с сатирическими изображениями, в которых следствие рассмотрело оскорбление Лукашенко и представителей власти, а также клевету на Лукашенко. Известно, что на одном из изображений Лукашенко вместе с перечисленными лицами изображен в виде арестантов, которые содержатся в тюремной камере.На суде Игорь полностью признал свою вину. Он пояснил, что публикации на его странице появились только после того, как онпоставил "лайк" под этими постами. Сам он не понимал на тот момент, что эти рисунки могут быть расценены как оскорбление.</t>
+  </si>
+  <si>
+    <t>4.5 года лишения свободы в колонии общего режима.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
+  </si>
+  <si>
+    <t>Евгений Михайлович Юшкевич</t>
+  </si>
+  <si>
+    <t>21 июля 1989</t>
+  </si>
+  <si>
+    <t>Евгений — бывший следователь СК, а также инициатор проекта bychange.me, впервые был задержан вечером 24 ноября 2020 года в Минске в рамках уголовного дела, возбужденного по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». Спустя 10 суток его отпустили, однако в апреле 2021 года он был вновь арестован и позднее осужден по шести уголовным статьям, в том числе за «организацию массовых беспорядков» в 2020 году, «разжигание иной социальной вражды» в интервью и текстах в соцсетях, а также за «угрозу насилием» начальнику ИВС на Окрестина через твит.
+По версии Генеральной прокуратуры, Евгений был «активным участником Telegram-чата „ХАТА“, деятельность которого направлена на организацию преступлений экстремистской направленности». Суд проходил в закрытом режиме, а у Евгения взяли подписку о неразглашении материалов дела.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.12.2022: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.03.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-04-19 23:04:33</t>
   </si>
   <si>
-    <t>Eduard Ashotovich Koshetsyan</t>
-[...60 lines deleted...]
-    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Андрей Васильевич Дорошко</t>
+  </si>
+  <si>
+    <t>22 июля 1970</t>
+  </si>
+  <si>
+    <t>Подполковник, бывший заместитель начальника Жодинского ГОВД по идеологической работе и кадровому обеспечению.
+В 2020 году он и еще 4 бывших сотрудника Жодинского ГОВД записали обращение к коллегам, которые во время протестов работали в жодинской милиции, и ко всем работникам правоохранительных органов Беларуси. Дорошко в обращении просит сотрудников милиции поступать с людьми так же, как они поступали бы с своими близкими. «Не создавайте ненужную панику в городе, нам здесь жить и растить детей, нам должно быть стыдно за свое поведение в городе», — говорит на видео Андрей.
+По сообщению СМИ, все пятеро были задержаны в начале февраля 2024 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Khlystov</t>
-[...9 lines deleted...]
-    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Владимир Олегович Ситкович</t>
+  </si>
+  <si>
+    <t>23 июля 1967</t>
+  </si>
+  <si>
+    <t>Владимиру Ситковичу 57 лет. Родом он из малой деревни Пуща Шарковщинского района Витебской области. В 1991 году окончил Полоцкий государственный университет. Долгое время Владимир работал и жил в Витебске, а последние годы руководил котельной на Витебском маслоэкстракционном заводе.
+Владимир-байкер, участвовал в местных байкерских заездах.
+В 2016, 2018 и 2019 годах он был наблюдателем на местных и парламентских выборах. О другой политической активности Владимира неизвестно, соцсети мужчины также нейтральны.</t>
+  </si>
+  <si>
+    <t>Решение суда 14.10.2024: 3 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:02:41</t>
+  </si>
+  <si>
+    <t>Сергей Иванович Хлыстов</t>
+  </si>
+  <si>
+    <t>Адвокат Гомельской областной коллегии адвокатов. Его задержали вместе с двумя коллегами, включая заведующего юридической констультацией. Позже двоих адвокатов освободили, но заведующего юрконсультацией уволили с должности. А против Сергея Хлыстова возбудили уголовное дело.
+Суть обвинений и вынесенный приговор неизвестен. Известно лишь, что Сергея Хлыстова лишили свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-08-16 15:51:21</t>
   </si>
   <si>
-    <t>Vladimir Olegovich Sitkovich</t>
-[...23 lines deleted...]
-    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+    <t>Сергей Евгеньевич Захаренко</t>
+  </si>
+  <si>
+    <t>24 июля 1980</t>
+  </si>
+  <si>
+    <t>Индивидуальный предприниматель. Суть обвинения пока неизвестна.
+17.01.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 27.10.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-10-13 20:47:32</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Шелест</t>
+  </si>
+  <si>
+    <t>24 июля 1992</t>
+  </si>
+  <si>
+    <t>Бывший аппаратчик цеха "Аммиак-3".  По предварительной информации задержан в рамках статей 356 и 357 УК РБ ( "измена государству" и "заговор или иные действия, совершенные с целью захвата государственной власти").
+Осенью 2024 г. над политзаключенным состоялся суд по замене режима содержания на тюремный. </t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
-    <t>Sergei Evgenievich Zakharenko</t>
-[...21 lines deleted...]
-    <t>Decyzja sądu 16.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Алексей Витальевич Горин</t>
+  </si>
+  <si>
+    <t>26 июля 1979</t>
+  </si>
+  <si>
+    <t>Решение суда 16.01.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
-    <t>Vladislav Gennadievich Gorsky</t>
-[...8 lines deleted...]
-    <t>Decyzja sądu 15.09.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+    <t>Владимир Владимирович Ивашкевич</t>
+  </si>
+  <si>
+    <t>27 июля 1988</t>
+  </si>
+  <si>
+    <t>Владимир был осуждён летом 2024 года по статье «Оскорбление представителя власти» и приговорён к лишению свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда 11.06.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:03:38</t>
+  </si>
+  <si>
+    <t>Владислав Геннадьевич Горский</t>
+  </si>
+  <si>
+    <t>27 июля 2005</t>
+  </si>
+  <si>
+    <t>ИУОТ-48, г. Осиповичи, ул. Сумченко, 38, 213763</t>
+  </si>
+  <si>
+    <t>Решение суда 15.09.2025: неизвестно лет ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-10-07 15:49:21</t>
   </si>
   <si>
-    <t>Alexander Nikolaevich Rudkovsky</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 10.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+    <t>Александр Николаевич Рудковский</t>
+  </si>
+  <si>
+    <t>27 июля 1986</t>
+  </si>
+  <si>
+    <t>Решение суда 10.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-10-07 20:49:33</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Ivashkevich</t>
-[...23 lines deleted...]
-    <t>Decyzja sądu 31.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary. Apelacja 20.07.2021: wyrok został podtrzymany.</t>
+    <t>Юлия Николаевна Шаронова</t>
+  </si>
+  <si>
+    <t>27 июля 2004</t>
+  </si>
+  <si>
+    <t>Согласно версии обвинения, с 10 по 11 августа 2020 года на тот момент несовершеннолетние Юлия Шаранова, Никита Войтюк, Николай Никитюк, а также Василий Алексеюк, Глеб Климович, Виталий Варфаламеев, Александр Тысевич, Максим Соболев, находясь на проезжей части проспекта Машерова, бульваров Космонавтов и Шевченко, ул. Советской в Бресте, "выкрикивали лозунги, демонстрировали полотна бело-красно-белого цвета, грубо нарушая общественный порядок, умышленно препятствовали движению транспортных средств и нормальному функционированию предприятий и организаций".
+В судебном заседании все вину признали полностью.
+Сообщается, что Юлии Шарановой участвовала в акциях протеста 16-летней. Также известно, что Максим Соболев, Глеб Климович, Юлия Шаранова осуждены, в том числе по "наркотическим" статьям.
+Юлию Шаранову за участие в августовской акции протеста осудили на полтора года лишения свободы. Но из-за того, что она была осуждена по ч. 4 ст. 328 УК, ей в итоге назначено 13 лет колонии в условиях общего режима со штрафом в сумме 3 700 рублей.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 13 лет лишения свободы в колонии в условиях общего режима. Апелляция 23.07.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:06:37</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Тихонов</t>
+  </si>
+  <si>
+    <t>28 июля 1992</t>
+  </si>
+  <si>
+    <t>Родом он из города Славгород Могилевской области. После школы отслужил в армии и окончил профессионально-технический лицей №3 по специальности «Техническое обеспечение сельскохозяйственного производства». Всю жизнь работал на стройке.
+Могилевчанину грозит от десяти до двадцати лет колонии. Дата задержания и суть обвинений неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда 29.10.2024: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Василий Николаевич Гречиха</t>
+  </si>
+  <si>
+    <t>28 июля 1981</t>
+  </si>
+  <si>
+    <t> Бывший воин полка Калиновского. О его задержании стало известно из выпуска новостей на государственном телевидении "Беларусь 1" пятого мая 2025 года. 
+По информации из социальных сетей, он окончил Белорусскую государственную сельскохозяйственную академию (БГСХА). Его специальность — кадастр и земельное право.
+Проходил службу в 38-й отдельной мотозащитной бригаде Беларуси — воинской части десантников в Бресте, которую в свое время возглавлял Валерий Сахащик. На фото из соцсетей видно, что в квартире гречихи висел вымпел бригады.
+По информации пресс-службы Полка Калиновского, Василий присоединился к ним в мае 2022 года, но покинул подразделение уже в июне того же года по собственному желанию.
+Согласно видеоролику, его задержали где-то в болотистой местности вне города несколько сотрудников КГБ с автоматами. Мужчину перевозили вертолетом. Во время транспортировки он был с черным мешком на голове, а руки были сцеплены спереди пластиковой стяжкой.
+Как сообщается в ролике, Василий родился 28 июля 1981 года. В феврале 2022 года он уехал на заработки в Польшу, а через три месяца присоединился к Полку Калиновского. Подготовку проходил в Киеве. Обстоятельства его задержания неизвестны.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2025-05-21 14:41:56</t>
+  </si>
+  <si>
+    <t>Сергей Михайлович Грибович</t>
+  </si>
+  <si>
+    <t>28 июля 1969</t>
+  </si>
+  <si>
+    <t>Задержан якобы за регистрацию добровольцем в марте 2022 года, о задержании стало известно 14 марта из провластных тг-каналов. </t>
+  </si>
+  <si>
+    <t>4,5 года лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2022-03-15 02:10:15</t>
+  </si>
+  <si>
+    <t>Кирилл Александрович Казей</t>
+  </si>
+  <si>
+    <t>28 июля 1983</t>
+  </si>
+  <si>
+    <t>Кирилл был задержан 28 октября 2020 года и подвергся жестокому обращению, угрозам и издевательствам со стороны сотрудников правоохранительных органов. Позже его осудили по нескольким уголовным статьям, включая незаконное хранение боеприпасов, которые, как утверждается, были подброшены в его автомобиль после ареста.</t>
+  </si>
+  <si>
+    <t>Решение суда 31.03.2021: 7 лет лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа. Апелляция 20.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-26 22:22:11</t>
   </si>
   <si>
-    <t>Vasily Nikolaevich Grachykha</t>
-[...59 lines deleted...]
-    <t>7,5 roku więzienia w kolonii karnej.</t>
+    <t>Василий Николаевич Гречихо</t>
+  </si>
+  <si>
+    <t>28 июля 1985</t>
+  </si>
+  <si>
+    <t>Бывший воин полка Калиновского. О его задержании стало известно из выпуска новостей на государственном телевидении "Беларусь 1" пятого мая 2025 года. 
+По информации из социальных сетей, он окончил Белорусскую государственную сельскохозяйственную академию (БГСХА), где обучался на землеустроительном факультете. Его специальность — кадастр и земельное право.
+Проходил службу в 38-й отдельной мотозащитной бригаде Беларуси — воинской части десантников в Бресте, которую в свое время возглавлял Валерий Сахащик. На фото из соцсетей видно, что в квартире гречихи висел вымпел бригады.
+По информации пресс-службы Полка Калиновского, Василий присоединился к ним в мае 2022 года, но покинул подразделение уже в июне того же года по собственному желанию.
+Согласно видеоролику, его задержали где-то в болотистой местности вне города несколько сотрудников КГБ с автоматами. Мужчину перевозили вертолетом. Во время транспортировки он был с черным мешком на голове, а руки были сцеплены спереди пластиковой стяжкой. Калиновца доставили вертолетом на аэродром. 
+Как сообщается в ролике, Василий родился 28 июля 1981 года. В феврале 2022 года он уехал на заработки в Польшу, а через три месяца присоединился к Полку Калиновского. Подготовку проходил в Киеве. Обстоятельства его задержания неизвестны.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
+  </si>
+  <si>
+    <t>Дмитрий Николаевич Дубовский</t>
+  </si>
+  <si>
+    <t>29 июля 1986</t>
+  </si>
+  <si>
+    <t>Активист анархического движения был задержан при пересечении границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в «поджогах» и «терроризме».
+В сентябре 2022 года против Дмитрия возбудили новое уголовное дело и приговорили к пяти годам лишения свободы. С учётом предыдущего приговора его окончательно осудили на 20 лет в колонии усиленного режима.
+В августе 2023 года Дмитрия перевели на тюремный режим за «нарушение правил распорядка».</t>
+  </si>
+  <si>
+    <t>Решение суда 22.12.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 25.11.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 07.02.2023: приговор оставлен без изменения. Суд по смене режима 28.07.2023: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:38:30</t>
+  </si>
+  <si>
+    <t>Ольга Ивановна Соломеник</t>
+  </si>
+  <si>
+    <t>29 июля 1967</t>
+  </si>
+  <si>
+    <t>Задержана по делу А. Храловича.  Подробности дела неизвестны, так как процесс проходил в закрытом режиме, а на самом уголовном деле — гриф секретности.
+Подробности задержания осужденной известны из пропагандистского фильма «Операция КГБ «Манкурты»», который ОНТ показал в 2021 году.
+Известно, что Ольгу год удерживали в СИЗО КГБ, где она держала голодовку. Потом ее перевели в СИЗО-1.
+«Она была совершенно седая. Она долго держала голодовку — ее даже кормили через вены на руках, поэтому они у нее были надувшие, как лесные коряги».
+Начала отбывать наказание.</t>
+  </si>
+  <si>
+    <t>7,5 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-11-04 17:54:31</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Dubovsky</t>
-[...27 lines deleted...]
-    <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
+    <t>Руслан Андреевич Прохоренко</t>
+  </si>
+  <si>
+    <t>29 июля 1972</t>
+  </si>
+  <si>
+    <t>Проходит по делу о госизмене вместе с семьей Прохоровых из Грабовки. 
+Участники закрытого процесса имеют подписки о неразглашении. Из неофициального источника известно, что уголовное дело касается фотографирования различных объектов на территории Беларуси, а за фигурантами дела какое-то время перед арестом следили спецслужбы.</t>
+  </si>
+  <si>
+    <t>Решение суда 20.05.2024: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 30.08.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
+    <t>Андрей Владиславович Григорьев</t>
+  </si>
+  <si>
+    <t>29 июля 1994</t>
+  </si>
+  <si>
+    <t>15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
+В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию. 29-летняя Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.
+Андрею 29 лет, родился в Минске. Закончил столичные среднюю школу и медицинский колледж. До задержания неофициально работал зубным техником в частном стоматологическом центре.</t>
+  </si>
+  <si>
+    <t>Решение суда 09.08.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
-    <t>Ruslan Andreevich Prokhorenko</t>
-[...18 lines deleted...]
-    <t>29 lipca 2005</t>
+    <t>Вячеслав Витальевич Семенов</t>
+  </si>
+  <si>
+    <t>29 июля 2005</t>
   </si>
   <si>
     <t>2025-09-14 23:56:38</t>
   </si>
   <si>
-    <t>Alexander Fedorovich Bindei</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu 28.11.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.02.2023: nieznany.</t>
+    <t>Александр Федорович Биндей</t>
+  </si>
+  <si>
+    <t>29 июля 1966</t>
+  </si>
+  <si>
+    <t>Решение суда 28.11.2022: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 28.02.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
-    <t>Andrey Yuryevich Besau</t>
-[...5 lines deleted...]
-    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+    <t>Валерий Степанович Мефодиенко</t>
+  </si>
+  <si>
+    <t>30 июля 1976</t>
+  </si>
+  <si>
+    <t>Как индивидуальный предприниматель занимался ремонтом и обслуживанием компьютерного оборудования.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 03.01.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:56:59</t>
+  </si>
+  <si>
+    <t>Александр Александрович Сырица</t>
+  </si>
+  <si>
+    <t>30 июля 1985</t>
+  </si>
+  <si>
+    <t>В апреле 2024 прошел суд  "Об изменении принудительных мер безопасности и лечения". После чего Александр, судя по всему, был отправлен в колонию. Отбывает наказание в ИК -1.</t>
+  </si>
+  <si>
+    <t>Решение суда 01.05.2022: принудительное лечение в психиатрическом стационаре. Суд по смене режима 29.04.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
+  </si>
+  <si>
+    <t>Андрей Юрьевич Бесов</t>
+  </si>
+  <si>
+    <t>30 июля 1973</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2025-08-13 19:35:18</t>
   </si>
   <si>
-    <t>Alexander Alexandrovich Syritsa</t>
-[...23 lines deleted...]
-    <t>6,5 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+    <t>Александр Иванович Калин</t>
+  </si>
+  <si>
+    <t>30 июля 1969</t>
+  </si>
+  <si>
+    <t>Был задержан за участие в протестах 2020 года и за активную публичную критику противоправных действий государственных структур и режима в целом. Позже были задержаны его дочь и сын за участие в акциях протеста, им удалось потом выехать за рубеж. Также вместе в Александром были задержаны еще три человека, которых  в конце мая осудили за участие в акциях протеста.</t>
+  </si>
+  <si>
+    <t>6,5 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2023-08-28 16:09:45</t>
   </si>
   <si>
-    <t>Valery Stepanovich Mefodienko</t>
-[...23 lines deleted...]
-    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+    <t>Ольга Валерьевна Чукарева</t>
+  </si>
+  <si>
+    <t>31 июля 1975</t>
+  </si>
+  <si>
+    <t>Была осуждена по нескольким политическим статьям. В СИЗО перенесла инсульт на фоне стресса, после чего почти полностью утратила зрение. Несмотря на это Ольгу осудили на 4 года лишения свободы.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1869,51 +1881,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:I91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2004,2480 +2016,2466 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
         <v>43</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>45</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>50</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>51</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
         <v>54</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>55</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>56</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>68</v>
       </c>
       <c r="I11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>70</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="s">
         <v>72</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
-[...5 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>84</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>95</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>106</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" t="s">
         <v>109</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>110</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>111</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
         <v>114</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>115</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>117</v>
       </c>
       <c r="I20" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>119</v>
       </c>
       <c r="B21" t="s">
         <v>120</v>
       </c>
       <c r="C21" t="s">
         <v>121</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>133</v>
+        <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>134</v>
       </c>
       <c r="I23" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>136</v>
       </c>
       <c r="B24" t="s">
         <v>137</v>
       </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>27</v>
+        <v>139</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I24" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B25" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>73</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I25" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B26" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C26" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I26" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B27" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C27" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B29" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C29" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>165</v>
+        <v>38</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B31" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I31" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B32" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="F32" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>183</v>
       </c>
       <c r="I32" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>185</v>
       </c>
       <c r="B33" t="s">
         <v>186</v>
       </c>
       <c r="C33" t="s">
         <v>187</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I33" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D34" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E35" t="s">
-        <v>57</v>
+        <v>189</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I35" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I36" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B37" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I37" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
+      <c r="E38" t="s">
+        <v>27</v>
+      </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I38" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I39" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B40" t="s">
-        <v>221</v>
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>223</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
+      <c r="E40" t="s">
+        <v>224</v>
+      </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B41" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
+      <c r="H42" t="s">
+        <v>234</v>
+      </c>
       <c r="I42" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B43" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D43" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="I43" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B44" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
       <c r="H44" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I44" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B45" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="I45" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B46" t="s">
-        <v>247</v>
+        <v>250</v>
+      </c>
+      <c r="C46" t="s">
+        <v>251</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
+      <c r="E46" t="s">
+        <v>44</v>
+      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="I46" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I47" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B48" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C48" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I48" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B49" t="s">
-        <v>260</v>
+        <v>264</v>
+      </c>
+      <c r="C49" t="s">
+        <v>265</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="I49" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B50" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C50" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C51" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="I51" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B52" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>188</v>
+      </c>
+      <c r="E52" t="s">
+        <v>189</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="I53" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B54" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C54" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>57</v>
+        <v>139</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I54" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B55" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C55" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>290</v>
+        <v>21</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="I55" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B56" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C56" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D56" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>231</v>
+        <v>50</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>86</v>
+        <v>300</v>
       </c>
       <c r="I56" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B57" t="s">
-        <v>298</v>
+        <v>303</v>
+      </c>
+      <c r="C57" t="s">
+        <v>304</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E57" t="s">
-        <v>27</v>
+        <v>305</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="I57" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="B58" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="C58" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>73</v>
+        <v>233</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="I58" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="B59" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C59" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="I59" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B60" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="D60" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="E60" t="s">
-        <v>314</v>
+        <v>78</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I60" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B61" t="s">
-        <v>318</v>
+        <v>322</v>
+      </c>
+      <c r="C61" t="s">
+        <v>323</v>
       </c>
       <c r="D61" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>324</v>
+      </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
+      <c r="E62" t="s">
+        <v>329</v>
+      </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="I63" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B64" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C64" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="I64" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="B65" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C65" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="I65" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B66" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C66" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="I66" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B67" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C67" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>290</v>
+        <v>128</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="I67" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B68" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C68" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>224</v>
+      </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="I68" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B69" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C69" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="I69" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B70" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C70" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>231</v>
+        <v>27</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="I70" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
         <v>21</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="I71" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B72" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C72" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
-      <c r="E72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="I72" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B73" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>79</v>
+        <v>382</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="I73" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B74" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="I74" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B75" t="s">
-        <v>385</v>
+        <v>390</v>
+      </c>
+      <c r="C75" t="s">
+        <v>391</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E75" t="s">
-        <v>386</v>
+        <v>189</v>
       </c>
       <c r="F75" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>96</v>
+        <v>242</v>
       </c>
       <c r="H75" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="I75" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B76" t="s">
-        <v>390</v>
+        <v>395</v>
+      </c>
+      <c r="C76" t="s">
+        <v>396</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="I76" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B77" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C77" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
+      <c r="E77" t="s">
+        <v>78</v>
+      </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="I77" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="B78" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="C78" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="I78" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B79" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C79" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="I79" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="B80" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C80" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>290</v>
+        <v>128</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="I80" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="B81" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="C81" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="I81" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B82" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C82" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D82" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="E82" t="s">
-        <v>34</v>
+        <v>189</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="I82" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B83" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C83" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
-      <c r="E83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="I83" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B84" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C84" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="I84" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="B85" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>436</v>
+        <v>359</v>
       </c>
       <c r="I85" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B86" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
+      <c r="E86" t="s">
+        <v>139</v>
+      </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>364</v>
+        <v>443</v>
       </c>
       <c r="I86" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B87" t="s">
-        <v>442</v>
+        <v>446</v>
+      </c>
+      <c r="C87" t="s">
+        <v>447</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
-      <c r="E87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="I87" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B88" t="s">
-        <v>446</v>
+        <v>451</v>
+      </c>
+      <c r="C88" t="s">
+        <v>452</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="I88" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="B89" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>57</v>
+        <v>128</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="I89" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B90" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C90" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F90" t="s">
         <v>14</v>
       </c>
       <c r="G90" t="s">
         <v>15</v>
       </c>
       <c r="H90" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="I90" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="B91" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C91" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D91" t="s">
-        <v>12</v>
+        <v>188</v>
+      </c>
+      <c r="E91" t="s">
+        <v>189</v>
       </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="I91" t="s">
-        <v>463</v>
-[...27 lines deleted...]
-      <c r="I92" t="s">
         <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>