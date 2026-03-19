--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -12,1569 +12,1534 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
-[...50 lines deleted...]
-    <t>Решение суда 17.10.2022: 19 лет лишения свободы в колонии в условиях строгого режима, 800 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения. Суд по смене режима 30.10.2023: 3 года тюремного режима.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
+  <si>
+    <t>Imię Nazwisko</t>
+  </si>
+  <si>
+    <t>Urodziny</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Płeć</t>
+  </si>
+  <si>
+    <t>Adres</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>CPC Vesna</t>
+  </si>
+  <si>
+    <t>Zdanie</t>
+  </si>
+  <si>
+    <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Vital Vasilyevich Novikau</t>
+  </si>
+  <si>
+    <t>1 lipca 1983</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>2026-02-16 13:34:53</t>
+  </si>
+  <si>
+    <t>Pavel Sergeevich Rezanovich</t>
+  </si>
+  <si>
+    <t>1 lipca 1993</t>
+  </si>
+  <si>
+    <t>Paweł, syn prawosławnego księdza i pracownik wydziału egzekucji przymusowej obwodu leninskiego miasta Brześć, został zatrzymany 1 grudnia 2020 r. wraz z rodzicami w ramach karnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Paweł został skazany za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy” i „nielegalne działania dotyczące broni palnej”.
+W październiku 2023 roku został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 30.10.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
-    <t>Алексей Борисович Иванисов</t>
-[...12 lines deleted...]
-    <t>Решение суда 28.09.2022: 14 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 28.02.2023: приговор оставлен без изменения.</t>
+    <t>Alexey Borisovich Ivanisov</t>
+  </si>
+  <si>
+    <t>1 lipca 1968</t>
+  </si>
+  <si>
+    <t>Aleksiej, były wojskowy, specjalista ds. komunikacji i dyrektor firmy zajmującej się instalacją i naprawą elektrycznych bram garażowych i barier, został aresztowany we wrześniu 2021 r. w ramach postępowania karnego związanego z inicjatywą „Zajęty Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
+Aleksiej ma troje dzieci, z których jedno jest nieletnie.</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
-    <t>Даниил Юрьевич Гарасим</t>
-[...11 lines deleted...]
-    <t>Решение суда 19.09.2024: 10 лет лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 03.12.2024: приговор оставлен без изменения.</t>
+    <t>Daniel Yurievich Garasim</t>
+  </si>
+  <si>
+    <t>1 lipca 2005</t>
+  </si>
+  <si>
+    <t>Według autorów prorządowego filmu Daniił Garasim, urodzony w 2005 r. w grudniu 2023 r., na polecenie „ukraińskiego kuratora”, z którym nawiązano kontakt na ekstremistycznym czacie w Telegramie, sfilmował lokalizację brygady rakietowej Sił Zbrojnych Białorusi w mieście Osipowicze obwodu mohylewskiego. Warto jednak zauważyć, że siły bezpieczeństwa już od pierwszego zadania nakręciły film operacyjny;</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.09.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 03.12.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-30 00:32:30</t>
   </si>
   <si>
-    <t>Артур Игоревич Голубев</t>
-[...8 lines deleted...]
-    <t>неизвестно лет лишения свободы в колонии в условиях общего режима</t>
+    <t>Vitaly Alexandrovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 lipca 1993</t>
+  </si>
+  <si>
+    <t>Witalij został zatrzymany i skazany za zatrzymanie pociągu towarowego, nałożenie czerwonych pasów na kasetony reklamowe, przebicie opony funkcjonariuszowi policji, podpalenie kiosku Tabakerka oraz obchodzenie się z przedmiotami zawierającymi substancje łatwopalne. Swoje działania uzasadnił jako protest przeciwko sytuacji w kraju po wyborach prezydenckich, które odbyły się 9 sierpnia 2020 r., w szczególności przeciwko bezpodstawnym przetrzymywaniom i torturowaniu ludzi przez siły bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:27:10</t>
+  </si>
+  <si>
+    <t>Arthur Igorevich Golubev</t>
+  </si>
+  <si>
+    <t>3 lipca 1990</t>
+  </si>
+  <si>
+    <t>W dniu 16 stycznia 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
   </si>
   <si>
-    <t>Виталий Александрович Василевич</t>
-[...66 lines deleted...]
-    <t>Решение суда 17.10.2022: 16 лет лишения свободы в колонии в условиях усиленного режима, 600 базовых величин штрафа. Апелляция 31.03.2023: приговор оставлен без изменения.</t>
+    <t>Sergey Anatolyievich Rezanovich</t>
+  </si>
+  <si>
+    <t>4 lipca 1968</t>
+  </si>
+  <si>
+    <t>Prawosławny ksiądz, proboszcz cerkwi św. Michała Archanioła w rolniczej miejscowości Stepanka, pow. Żabinka, obwód brzeski, został zatrzymany 1 grudnia 2020 r. wraz z żoną i synem w ramach kryminalnej „sprawy Autuchowicza”. ” Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Siergiej został skazany za „udział w organizacji przestępczej”, „akt terroryzmu” i „próbę przejęcia władzy”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:42:21</t>
   </si>
   <si>
-    <t>Евгений Александрович Малюгин</t>
-[...14 lines deleted...]
-    <t>Решение суда 21.05.2024: 2 года ограничения свободы с направлением в учреждение открытого типа. Апелляция 07.08.2024: приговор оставлен без изменения.</t>
+    <t>Eugene Aleksandrovich Malyugin</t>
+  </si>
+  <si>
+    <t>5 lipca 1980</t>
+  </si>
+  <si>
+    <t>Jewgienij został skazany wiosną 2024 roku w sprawie karnej z artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę ograniczenia wolności z odroczeniem wykonania kary.</t>
+  </si>
+  <si>
+    <t>IUOT-29, Wołkowysk, Rokossowski, 118e, 230415</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.05.2024: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 07.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-30 20:25:36</t>
   </si>
   <si>
-    <t>Юрий Александрович Храмеев</t>
-[...10 lines deleted...]
-    <t>Решение суда 18.11.2025: неизвестно.</t>
+    <t>Yuri Alexandrovich Khrameev</t>
+  </si>
+  <si>
+    <t>5 lipca 1990</t>
+  </si>
+  <si>
+    <t>W 2016 roku Jurij uzyskał tytuł magistra programowania na Białoruskim Państwowym Uniwersytecie Informatyki i Radioelektroniki.
+W 2011 roku dołączył do XB Software jako programista, a następnie pracował w ActiveCloud. W 2014 roku dołączył do startupu ActivePlatform, gdzie awansował od programisty do analityka biznesowego i menedżera produktu.
+Poza pracą Jurij lubi podróżować. W mediach społecznościowych publikował zdjęcia z aktywnych wakacji w górach i wycieczek do różnych miast.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.11.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-12-08 16:53:51</t>
   </si>
   <si>
-    <t>Павел Владимирович Харитонов</t>
-[...8 lines deleted...]
-    <t>5 лет лишения свободы в колонии</t>
+    <t>Dmitry Igorevich Khomenkov</t>
+  </si>
+  <si>
+    <t>5 lipca 1989</t>
+  </si>
+  <si>
+    <t>39-letni mieszkaniec Homla. Jest programistą. Ostatnie ogłoszenie Khamenkova na Linkedin brzmiało: Ekspert ds. rozwoju oprogramowania. Nie chciał się przeprowadzać w 2022 roku.
+Według filmu ONT Chamenkow jest oskarżony o „finansowanie działalności ekstremistycznej”. Dokonywał przelewów w kryptowalucie. Podaje się, że został zatrzymany pod koniec 2024 roku, podczas gdy facet przebywał za kratkami, jego babcia zmarła.</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-04-03 17:39:10</t>
+  </si>
+  <si>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 lipca 1978</t>
+  </si>
+  <si>
+    <t>Skazany za jedną darowiznę w wysokości 20 dolarów na rzecz jednej z inicjatyw, którą później uznano za „formację ekstremistyczną”. Darowiznę na pomoc rzekomo ofiarom represji przekazano już w 2021 r., kiedy inicjatywa nie została jeszcze uznana za „grupę ekstremistyczną”. Sprawa odbyła się tylko w ośmiu rozprawach, a jej rozpatrywanie trwało dwa miesiące, od listopada do stycznia. 28 kwietnia 2023 roku wyrok uprawomocnił się po wydaniu wyroku Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2022-12-06 01:16:36</t>
   </si>
   <si>
-    <t>Дмитрий Игоревич Хоменков</t>
-[...46 lines deleted...]
-    <t>Решение суда 05.08.2024: 2 года 3 месяца лишения свободы в колонии в условиях общего режима. Апелляция 08.10.2024: неизвестно.</t>
+    <t>Ivan Grigorievich Omrejcik</t>
+  </si>
+  <si>
+    <t>6 lipca 2001</t>
+  </si>
+  <si>
+    <t>Zatrzymany za udział w proteście w dniu 10 sierpnia 2020 r. w Brześciu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.08.2024: 2 roku 3 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 08.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
-    <t>Иван Юрьевич Ясников</t>
-[...8 lines deleted...]
-    <t>неизвестно</t>
+    <t>Ivan Yurievich Yasnikov</t>
+  </si>
+  <si>
+    <t>6 lipca 1989</t>
+  </si>
+  <si>
+    <t>Według doniesień mężczyzna został zatrzymany w związku z wydarzeniami z sierpnia 2020 r., jednak w jego telefonie służby bezpieczeństwa znalazły zdjęcia sprzętu wojskowego, które wrzucił 23 lutego na kanał telegramu Kalinkowicze za życiem.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
   </si>
   <si>
     <t>2022-04-05 00:52:53</t>
   </si>
   <si>
-    <t>Александр Владимирович Королев</t>
-[...8 lines deleted...]
-    <t>1,5 года лишения свободы в колонии общего режима.</t>
+    <t>Ivan Aleksandrovich Yanchuk</t>
+  </si>
+  <si>
+    <t>7 lipca 1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iwan najpierw piastował stanowisko śledczego w Małorycie, a następnie został przeniesiony jako śledczy do Wydziału Spraw Wewnętrznych Rejonu Kobryń. Miał stopień porucznika.
+Z informacji zawartych w nagraniu GUBOPiK wynika, że zrezygnował ze służby w organach ścigania i zaczął wydobywać kryptowaluty. Według funkcjonariuszy bezpieczeństwa Iwan przekazał informacje o swoich kolegach różnymi kanałami telegramów.
+W dniu 28 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.
+</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Korolev</t>
+  </si>
+  <si>
+    <t>7 lipca 1963</t>
+  </si>
+  <si>
+    <t>30 maja 2023 roku odbyła się rozprawa apelacyjna i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>1,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
   </si>
   <si>
     <t>2023-02-27 23:21:22</t>
   </si>
   <si>
-    <t>Андрей Владимирович Любецкий</t>
-[...13 lines deleted...]
-    <t>Решение суда 18.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 21.06.2022: приговор оставлен без изменения. Суд по смене режима 26.06.2024: тюремный режим до конца срока. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Andrey Vladimirovich Lubetski</t>
+  </si>
+  <si>
+    <t>7 lipca 1975</t>
+  </si>
+  <si>
+    <t>Andrey, chirurg szczękowo-twarzowy w szpitalu dziecięcym, został zatrzymany w maju 2021 r. po przeszukaniu w ramach postępowania karnego wszczętego na podstawie artykułu o „obrazie prezydenta”. Jego żona i dzieci zostali zmuszeni do opuszczenia kraju. Później Andrieja oskarżono o „udział w działaniach grupowych rażąco naruszających porządek publiczny” i „udział w masowych zamieszkach”.
+W kwietniu 2022 r. Andriej został skazany na podstawie czterech zarzutów karnych za udział w protestach, które odbyły się w Mińsku w 2020 r., oraz za publikacje w mediach społecznościowych, które zostały zakwalifikowane jako znieważające i podżegające do nienawiści.
+W czerwcu 2024 r. zwiększono mu karę i przeniesiono go do więzienia do końca odbywania kary.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.06.2022: wyrok został podtrzymany. Sąd zmiany reżimu 26.06.2024: reżim więzienny do końca kary. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-05-15 15:10:59</t>
   </si>
   <si>
-    <t>Иван Александрович Янчук</t>
-[...33 lines deleted...]
-    <t>Решение суда 07.09.2022: 5 лет лишения свободы в колонии в условиях усиленного режима, 5000 рублей компенсации, 100 базовых величин штрафа. Решение суда 18.07.2023: 1 год лишения свободы в колонии в условиях усиленного режима. Апелляция 26.09.2023: приговор оставлен без изменения. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+    <t>Ivan Leonidovich Folitar</t>
+  </si>
+  <si>
+    <t>8 lipca 1977</t>
+  </si>
+  <si>
+    <t>Ivan ukończył Mińską Państwową Wyższą Szkołę Budowy Maszyn w 1996 roku. Przez wiele lat Ivan zajmował się organizacją i obsługą imprez, a także był założycielem mińskiego studia fotograficznego „MiF”. Zorganizował setki ślubów, uroczystości ukończenia studiów i eventów firmowych. Był również właścicielem prywatnej firmy fotograficznej, która od 2018 roku znajduje się w stanie likwidacji.
+Później Iwan zajął się rolnictwem. Zaczął hodować drób i sprzedawać mięso indycze w mińskim rejonie komarowskim.
+Zajmuje się również muzyką: sam komponuje i nagrywa utwory, a także tworzy aranżacje i bity dla innych muzyków. Brał udział w projekcie muzycznym „White and Quarantine”.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-11 11:27:00</t>
+  </si>
+  <si>
+    <t>Oleg Anatolevich Konovalov (Shutov)</t>
+  </si>
+  <si>
+    <t>8 lipca 1995</t>
+  </si>
+  <si>
+    <t>Oleg, właściciel kanału YouTube „Trzeci Region Białoruś”, został zatrzymany w styczniu 2022 roku, gdy wrócił na Białoruś na święta noworoczne.
+Oleg został oskarżony o ujawnienie tożsamości funkcjonariuszy służb bezpieczeństwa i rzekomo kontynuowanie „publikowania antypaństwowych informacji w mediach społecznościowych i promowania oporu wobec funkcjonariuszy państwowych” za granicą. Na swoim kanale opublikował nagrania z białoruskich protestów solidarnościowych w Kijowie, gdzie mieszkał od 2020 roku. Oskarżono go również o wygłaszanie „cynicznych komentarzy” na temat zmarłego oficera KGB Dmitrija Fedosiuka.
+We wrześniu 2022 roku został skazany na podstawie kilku artykułów Kodeksu karnego, w tym za „podżeganie do nienawiści lub waśni rasowej, narodowościowej, religijnej lub innej społecznej”. Sąd skazał go na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze i nakazał zapłatę znacznego odszkodowania.
+W lipcu 2023 roku Oleg został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji więziennej” – zarzut często stawiany więźniom politycznym odmawiającym współpracy z administracją więzienną. We wrześniu tego samego roku doniesiono o przeniesieniu go do zakładu karnego.
+Ujawniono, że Olegowi grozi kolejna rozprawa sądowa w pierwszej połowie lata 2025 roku pod tym samym zarzutem „niesubordynacji”. Rozprawa apelacyjna miała się odbyć w połowie lipca.</t>
+  </si>
+  <si>
+    <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.09.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 5000 ruble odszkodowania, 100 jednostek bazowych kary. Decyzja sądu 18.07.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.09.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
-    <t>Иван Владимирович Морозов</t>
-[...52 lines deleted...]
-    <t>Решение суда 22.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 19.04.2023: 3 года тюремного режима. Решение суда 09.10.2025: 1 год лишения свободы в колонии в условиях строгого режима.</t>
+    <t>Evgeny Aleksandrovich Rubashko</t>
+  </si>
+  <si>
+    <t>9 lipca 1989</t>
+  </si>
+  <si>
+    <t>Jewgienij jest aktywistą anarchistycznym. Został aresztowany 29 lipca 2021 roku w Mińsku. Podczas zatrzymania przeszukano jego mieszkanie i pobito go. Aby uzyskać dostęp do telefonu i komputera, funkcjonariusze założyli Jewgienijowi worek na głowę.
+Podczas przewożenia go do aresztu śledczego skonfiskowano mu wszystkie książki i umieszczono go w rejestrze osób podatnych na ekstremizm, co wiązało się z adnotacją w aktach osobowych, specjalnym traktowaniem i dodatkową opieką psychologa.
+Jewgienijowi postawiono początkowo zarzut „organizowania i przygotowywania działań rażąco naruszających porządek publiczny lub aktywnego w nich udziału”. W styczniu 2022 roku jemu i innym oskarżonym w sprawie karnej postawiono dodatkowo zarzut przynależności do grupy ekstremistycznej za subskrypcję kanału „Pramen” w Telegramie. W momencie aresztowania kanał nie został jeszcze dodany do listy grup ekstremistycznych; nastąpiło to dopiero w listopadzie 2021 roku.
+W kwietniu 2022 roku Jewgienij został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej. W kwietniu 2023 roku zaostrzono mu reżim detencyjny i przeniesiono go do zakładu karnego. W październiku 2025 roku sąd wydłużył jego karę pozbawienia wolności o kolejny rok za „złośliwe nieposłuszeństwo wobec żądań administracji”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 19.04.2023: 3 roku więzienia. Decyzja sądu 09.10.2025: 1 rok więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
-    <t>Борис Михайлович Витко</t>
-[...15 lines deleted...]
-    <t>Решение суда 20.01.2022: 2 года ограничения свободы без направления. Решение суда 20.05.2024: 7 лет 3 месяца лишения свободы в колонии в условиях усиленного режима, 300 базовых величин штрафа. Апелляция 06.08.2024: неизвестно. Апелляция 02.09.2024: неизвестно.</t>
+    <t>Boris Mikhailovich Vitko</t>
+  </si>
+  <si>
+    <t>9 lipca 1954</t>
+  </si>
+  <si>
+    <t>68-letni Borys Witko został oskarżony o napisanie 30 września 2021 r. w telegramie Lachowicze 97 obraźliwego komentarza pod adresem sędziego Nikołaja Kmity.
+Wyrok sądu z 20.01.2023: 2 lata ograniczania wolności bez kierunku.
+Pod koniec maja 2023 roku wyszło na jaw, że Borys został ponownie zatrzymany. Poinformował o tym prorządowy kanał telegramowy. Policjanci zamieszek w kamizelkach kuloodpornych ze strzelbami zatrzymali mężczyznę na terenie prywatnego domu. W opublikowanym nagraniu Borys podaje, że został zatrzymany pod zarzutem znieważenia Łukaszenki (art. 368 kk). Przeszukano miejsce zamieszkania we wsi Miedwedichi, rejon Lachowicze.
+Później obrońcy praw człowieka dowiedzieli się , że Borys Witko przez pewien czas był przetrzymywany w Areszcie Śledczym w Lachowiczach, a następnie przeniesiony do Aresztu Śledczego w Baranowiczach. Obecnie oczekuje na proces w Areszcie Śledczym nr 7 w Brześciu. W listopadzie 2023 r. Borys został wpisany na listę terrorystów. Proces rozpoczął się na początku stycznia 2024 r. Na pierwszym procesie Borysowi Witko postawiono zarzut, że 30 września 2021 r. w telegramie „Łachowicze 97” napisał obraźliwy komentarz pod adresem sędziego Nikołaja Kmity. Łącznie, poprzez częściowe dodanie niewykorzystanej części kary, ostatecznie oskarżony Borys Vitko został skazany na karę siedmiu lat i trzech miesięcy pozbawienia wolności z możliwością odbycia w kolonii poprawczej o zaostrzonym rygorze, z karą grzywny na rzecz państwa w wysokości 300 jednostek podstawowych w wysokości 12 000 rubli.
+Borys ma problemy z sercem i musi stale brać leki.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.01.2022: 2 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 20.05.2024: 7 lata 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 06.08.2024: nieznany. Apelacja 02.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
   </si>
   <si>
-    <t>Андрей Алексеевич Бурак</t>
-[...17 lines deleted...]
-    <t>5 лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Sergey Grigorievich Juncic</t>
+  </si>
+  <si>
+    <t>10 lipca 1974</t>
+  </si>
+  <si>
+    <t>Siergiej został zatrzymany za solidarność z represjonowanymi.
+Yunchits ma 50 lat, urodził się we wsi Podvosye w obwodzie żytkowickim. Z biznesem związany od lat 90-tych. Jak podaje Mirror, do 2023 roku mężczyzna zarządzał rodzinną firmą Unico-Dental, która dostarcza materiały, instrumenty i sprzęt stomatologiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 10.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
+  </si>
+  <si>
+    <t>Tamaz Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>10 lipca 1994</t>
+  </si>
+  <si>
+    <t>Kibic piłkarski klubu MTZ-RIPO został 26 września 2020 r. zatrzymany i skazany za udział w protestach.
+Strażnicy Kolonii nr 1 wielokrotnie karali Tomasza karą i przeniesieniem do celi (PKT). W sumie antyfaszysta otrzymał co najmniej dziewięć kar, m.in. za odmowę „czyszczenia toalet”. Na tej podstawie wszczęto przeciwko niemu nową sprawę karną z artykułu „złośliwego nieposłuszeństwa wobec wymagań administracji”, a we wrześniu 2024 roku skazano go na dodatkową karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: wyrok został podtrzymany. Decyzja sądu 05.09.2024: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
+  </si>
+  <si>
+    <t>Andrey Alexeyevich Burak</t>
+  </si>
+  <si>
+    <t>10 lipca 1972</t>
+  </si>
+  <si>
+    <t>Kierowca ciężarówki. Mężczyzna był początkowo oskarżony o chuligaństwo (art. 339 kodeksu karnego część 3) oraz utworzenie grupy ekstremistycznej lub udział w niej (art. 361-1 część 3 kodeksu karnego).
+Sąd Miejski w Mińsku zakończył rozpatrywanie sprawy karnej w dniu 29 lutego 2024 r. Burako został uznany za winnego i skazany na karę pozbawienia wolności na okres pięciu lat na podstawie części 3 art. 361-1 KC. Zarzut o chuligaństwo został wycofany.
+Jak wynika ze śledztwa , wieczorem 11 maja 2023 roku na autostradzie M-5 Mińsk-Homel w pobliżu wsi Jasień koło Bobrujska „kierowca pojazdu marki DAF, mijając zatrzymany wojskowy konwój transportowy, zdetonował bombę niezidentyfikowanego urządzenia, samodzielnie wykonanego z wyrobów pirotechnicznych, rzucając nim w stronę personelu wojskowego i sprzętu wojskowego, a następnie próbował się ukryć.
+Jednak w trakcie pościgu wojsko zablokowało jego samochód, a on sam został zatrzymany.”
+Ustalono, że w kabinie samochodu wklejono symbole „ekstremistyczne”, a w telefonie komórkowym znajdowało się kilka subskrypcji radykalnych kanałów uznanych za ekstremistyczne, w tym „Plan zwycięstwa”.
+W dniu 12 kwietnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Тамаз Важевич Пипия</t>
-[...43 lines deleted...]
-    <t>Решение суда дата неизвестна: 5 лет ограничения свободы с направлением в учреждение открытого типа. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Alexey Vladislavovich Isaev</t>
+  </si>
+  <si>
+    <t>10 lipca 1978</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-18 16:40:13</t>
   </si>
   <si>
-    <t>Евгений Сергеевич Глушков</t>
-[...9 lines deleted...]
-    <t>9 лет лишения свободы с отбыванием в исправительной колонии в условиях усиленного режима.</t>
+    <t>Igor Olegovych Zhuk</t>
+  </si>
+  <si>
+    <t>11 lipca 1989</t>
+  </si>
+  <si>
+    <t>Igor został oskarżony o umieszczenie na YouTube komentarza skierowanego do Łukaszenki pod filmem „Białoruś: Ukryta mobilizacja i wprowadzenie wojsk z Rosji | Ukraina, Łukaszenka i NATO” autorstwa rosyjskiego blogera Ilji Warłamowa. Według akt sprawy, aplikacja YouTube została znaleziona na jego telefonie, gdzie w sekcji „Komentarze” znajdował się stosowny wpis. Pozostawał w areszcie do czasu ogłoszenia wyroku.</t>
+  </si>
+  <si>
+    <t>IUOT-55, ul. Socjalistyczna 7, Mińsk, 220021</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.11.2023: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
+  </si>
+  <si>
+    <t>Evgeniy Sergeevich Glushkov</t>
+  </si>
+  <si>
+    <t>11 lipca 1990</t>
+  </si>
+  <si>
+    <t>Wiadomo było o zatrzymaniu mieszkańca wsi Zyabrovka, rejon Homel, Jewgienija Głuszkowa. Według niektórych doniesień medialnych, w nocy z 10 na 11 sierpnia na lotnisku w Zybrowce doszło do incydentu, o którym dużo pisały media, po czym rozpoczęły się lokalne kontrole.
+Znaleźli stare zdjęcie lotniska w telefonie Jewgienija, które zrobił z drona. Znaleźli też kontakty różnych Ukraińców. To wystarczyło, by go powstrzymać. Facet przed zatrzymaniem pracował jako lekarz weterynarii w jednej z lecznic w Homlu, ma same pozytywne cechy od pracodawców. Przed rozpoczęciem rosyjskiej agresji na Ukrainę Jewgienij długo mieszkał za granicą. W ostatnich latach - w Chinach, gdzie studiował muzykę i planował zostać. Jednak z powodu epidemii koronawirusa został bez źródeł utrzymania i zmuszony do powrotu do ojczyzny.</t>
+  </si>
+  <si>
+    <t>9 lat pozbawienia wolności z odbywaniem kary w kolonii poprawczej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
-    <t>Игорь Олегович Жук</t>
-[...26 lines deleted...]
-    <t>Решение суда 17.01.2024: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 01.03.2024: неизвестно.</t>
+    <t>Alexander Nikolaevich Yatsukevich</t>
+  </si>
+  <si>
+    <t>11 lipca 1986</t>
+  </si>
+  <si>
+    <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.01.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-11 17:15:20</t>
   </si>
   <si>
-    <t>Дмитрий Дмитриевич Мостовой</t>
-[...46 lines deleted...]
-    <t>Решение суда 22.12.2022: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 21.03.2023: неизвестно.</t>
+    <t>Volha Vaitsiakhovich</t>
+  </si>
+  <si>
+    <t>12 lipca 1974</t>
+  </si>
+  <si>
+    <t>Olga została zatrzymana w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu” i skazana w czerwcu 2023 r. na podstawie kilku artykułów karnych.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Artur Ryhoravich Tarasau</t>
+  </si>
+  <si>
+    <t>13 lipca 1987</t>
+  </si>
+  <si>
+    <t>Artur został zatrzymany w maju 2025 r. rzekomo w związku ze sprawą karną związaną z projektem monitoringu OSINT „Białoruski Gajun”.
+W lipcu 2025 roku urodziła się druga córka Artura.</t>
+  </si>
+  <si>
+    <t>2025-05-11 15:43:26</t>
+  </si>
+  <si>
+    <t>Aliaksandr Eduardavich Masevich</t>
+  </si>
+  <si>
+    <t>13 lipca 1989</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.03.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
   </si>
   <si>
-    <t>Людмила Юрьевна Чекина</t>
-[...11 lines deleted...]
-    <t>Решение суда 17.03.2023: 12 лет лишения свободы в колонии в условиях общего режима, 1000 базовых величин штрафа. Апелляция 31.07.2023: приговор оставлен без изменения.</t>
+    <t>Vyacheslav Alexandrovich Berezovets</t>
+  </si>
+  <si>
+    <t>13 lipca 1991</t>
+  </si>
+  <si>
+    <t>Małżonkowie (Wiaczesław Bieriezowiec i Tatiana Daniluk) zostali osadzeni w areszcie, ponieważ 10 sierpnia 2020 r. wzięli udział w protestach w Kobryniu, kobieta „pokazywała policji nieprzyzwoite gesty”, a jej mąż „opuścił spodnie i pokazał nagie zad."
+Jednocześnie Wiaczesław został już skazany za epizod „pokazywania pośladków” policji. Proces odbył się w 2020 roku, kiedy mężczyźnie postawiono zarzut wykroczenia administracyjnego z tego powodu.
+Para nadal ma na wolności trójkę małych dzieci.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Dmitry Sergeevich Neverkevich</t>
+  </si>
+  <si>
+    <t>13 lipca 1982</t>
+  </si>
+  <si>
+    <t>Dmitrij, dyrektor Europcar, partnera Ubera w Mińsku, został po raz pierwszy zatrzymany w listopadzie 2020 r. na podstawie artykułu administracyjnego za udział w protestach przeciwko wynikom wyborów prezydenckich. Został zatrzymany po raz drugi w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę.
+Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
+Dmitrij został skazany na karę wieloletniego więzienia i grzywnę, a także pozbawiony prawa zajmowania stanowisk organizacyjno-administracyjnych na okres pięciu lat.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności, 3000 jednostek bazowych kary. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Dmitry Sluk</t>
+  </si>
+  <si>
+    <t>13 lipca 1988</t>
+  </si>
+  <si>
+    <t>34-letni mieszkaniec Bobrujska. Po 10 dniach pobytu w Areszcie Śledczym przy ul. Akrestsina został przeniesiony do Aresztu Śledczego nr 1.
+Mężczyzna usłyszał zarzuty przekazywania darowizn na rzecz organizacji uznanej na Białorusi za terrorystyczną. Grozi mu od 8 do 12 lat więzienia.
+Dmitrij Sluk nie odwołał się od wyroku, został przeniesiony w celu odbycia kary do jednej z białoruskich kolonii.
+24 czerwca 2024 r. zaostrzono warunki pozbawienia wolności, Dmitry został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>8,5 roku więzienia</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 lipca 1996</t>
+  </si>
+  <si>
+    <t>Został zatrzymany wraz z całą rodziną (matką, ojcem, siostrą) pod zarzutem „zdrady”. Siostra najwyraźniej została później zwolniona. Paweł ma 27 lat. Urodził się w Grabowce. Pracował w budownictwie.
+Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
+Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
+  </si>
+  <si>
+    <t>Lyudmila Yurievna Chekina</t>
+  </si>
+  <si>
+    <t>13 lipca 1973</t>
+  </si>
+  <si>
+    <t>Ludmiła jest byłą dyrektor generalną TUT.BY. W TUT.BY pracuje od 2008 roku: najpierw jako radca prawny, później jako dyrektor. W 2017 roku została szefową Tut By Media.
+W maju 2021 r. została aresztowana w związku ze sprawą karną wszczętą pod zarzutem unikania płacenia podatków.
+W październiku 2022 r. KGB wpisało Ludmiłę na listę osób „zaangażowanych w działalność terrorystyczną”. Później oskarżono ją również o „podżeganie do nienawiści” i „wzywanie do podjęcia działań przeciwko bezpieczeństwu narodowemu”.
+Proces odbywał się za zamkniętymi drzwiami i trwał ponad dwa miesiące – odbyło się w sumie 37 posiedzeń. W marcu 2023 roku Ludmiła została skazana na długoletnią karę więzienia i wysoką grzywnę.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.03.2023: 12 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 31.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Вячеслав Александрович Березовец</t>
-[...91 lines deleted...]
-    <t>Решение суда 07.06.2024: неизвестно.</t>
+    <t>Paul Andreevich Sologub</t>
+  </si>
+  <si>
+    <t>14 lipca 1989</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
+  </si>
+  <si>
+    <t>2023-06-29 09:53:27</t>
+  </si>
+  <si>
+    <t>Natalia Sergeevna Romanenko</t>
+  </si>
+  <si>
+    <t>14 lipca 1981</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
-    <t>Руслан Теймуразович Зубков</t>
-[...13 lines deleted...]
-    <t>Решение суда 19.06.2024: неизвестно. Решение суда 17.02.2025: неизвестно.</t>
+    <t>Ruslan Teimurazovich Zubkov</t>
+  </si>
+  <si>
+    <t>14 lipca 1998</t>
+  </si>
+  <si>
+    <t>Rusłan Zubkow ma 26 lat. Sądząc po mediach społecznościowych, w ostatnich latach mieszkał i pracował w Polsce.
+W grudniu 2023 r. Zubkow został dodany do listy uczestników ekstremistycznej grupy „Rosja jest złem”. Jest to niewielki czat na Telegramie przeznaczony dla 135 osób, na którym obecnie aktywnych jest tylko trzy osoby. W lutym 2024 roku Rusłan trafił na listę osób poszukiwanych na Białorusi i w Rosji, co oznacza, że w tym czasie nadal przebywał na wolności.
+Nie wiadomo również, kiedy Rusłan został zatrzymany. Po raz pierwszy został osądzony w czerwcu 2024 r. za „obrazę Łukaszenki” w Sądzie Rejonowym w Kamieńcu. Wyrok jest nieznany.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.06.2024: nieznany. Decyzja sądu 17.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Павел Андреевич Сологуб</t>
-[...20 lines deleted...]
-    <t>Решение суда 08.10.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 18.02.2025: неизвестно.</t>
+    <t>Pavel Yurievich Nedelin</t>
+  </si>
+  <si>
+    <t>15 lipca 1975</t>
+  </si>
+  <si>
+    <t>W dniu 31 marca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>lata przebywania w kolonii nie są znane.</t>
+  </si>
+  <si>
+    <t>2022-09-07 18:30:18</t>
+  </si>
+  <si>
+    <t>Maxim Alexandrovich Levsha</t>
+  </si>
+  <si>
+    <t>15 lipca 1983</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
+  </si>
+  <si>
+    <t>Nikolay Gennadievich Gmyrak</t>
+  </si>
+  <si>
+    <t>15 lipca 1979</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-26 00:31:52</t>
   </si>
   <si>
-    <t>Максим Александрович Левша</t>
-[...32 lines deleted...]
-    <t>Решение суда 19.08.2024: неизвестно. Апелляция 18.10.2024: неизвестно.</t>
+    <t>Konstantin Vladimirovich Glotov</t>
+  </si>
+  <si>
+    <t>16 lipca 1975</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.08.2024: nieznany. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
   </si>
   <si>
-    <t>Кирилл Викторович Гнездилов</t>
-[...9 lines deleted...]
-    <t>8 лет колонии усиленного режима..</t>
+    <t>Kirill Viktorovich Gnezdilov</t>
+  </si>
+  <si>
+    <t>17 lipca 1983</t>
+  </si>
+  <si>
+    <t>Cyryl służy w policji od 2007 roku. Oficer detektyw odszedł z władz w sierpniu 2020 r. i przeniósł się do IT. Wiadomo, że został zatrzymany 19 lutego 2023 r. tuż przy granicy: przebywał w Polsce przez sześć miesięcy, a do Brześcia przyjechał odwiedzić żonę i małe dziecko.Niewiele wiadomo o sprawie karnej przeciwko Cyrylowi: proces toczył się za zamkniętymi drzwiami. Wiadomo jedynie, że sprawa miała związek z „Czarną Księgą Białorusi”.
+Rozprawa sądu apelacyjnego odbędzie się 10 października 2023 r.</t>
+  </si>
+  <si>
+    <t>8 lat w kolonii o zaostrzonym rygorze...</t>
   </si>
   <si>
     <t>2023-07-14 11:30:32</t>
   </si>
   <si>
-    <t>Иван Францевич Вербицкий</t>
-[...9 lines deleted...]
-    <t>Решение суда 15.03.2021: 8 лет 1 месяц лишения свободы в колонии в условиях усиленного режима. Суд по смене режима 30.09.2021: неизвестно лет тюремного режима. Решение суда 20.12.2022: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 14.03.2023: неизвестно. Решение суда 08.05.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 26.07.2024: приговор оставлен без изменения.</t>
+    <t>Alena Mikalayeuna Lazarchyk</t>
+  </si>
+  <si>
+    <t>17 lipca 1974</t>
+  </si>
+  <si>
+    <t>Aktywista ruchu „Europejska Białoruś” został zatrzymany 30 grudnia 2021 r. w związku ze sprawą karną dotyczącą grupowych działań rażąco naruszających porządek publiczny.
+7 stycznia 2022 roku kobietę przewieziono do aresztu śledczego.
+Elena ma małego synka.
+W styczniu 2023 roku Elena została przeniesiona do Homelskiej Kolonii Kobiet nr 4 . Przez długi czas prawnikowi nie udało się nawiązać kontaktu z więźniem politycznym; umieszczono ją w celi karnej.
+W październiku 2023 roku okazało się, że transfer Eleny w sierpniu nie został zaakceptowany. To najprawdopodobniej oznacza, że została pozbawiona transmisji. Ostatni list od Eleny dotarł na początku września i od tego czasu nie otrzymała od niej żadnej wiadomości. Od czasu przeniesienia Lazarchik do kolonii nigdy nie otrzymała od administracji instytucji pozwolenia na spotkanie z prawnikiem. Nie wiadomo, co teraz dzieje się z Eleną, w jakim jest stanie. Elena w kolonii ma problemy z zębami i schudła.
+W połowie listopada 2023 roku aktywiści praw człowieka dowiedzieli się, że Elena ponownie została umieszczona w izolatce.
+Według zeznań byłej więźniarki politycznej, Elena spędziła ponad 90 dni w celi karnej i ponad 60 dni w więzieniu PKT .
+Wiosną 2025 roku Elena została skazana na podstawie części 2 artykułu 411 Kodeksu karnego (złośliwe nieposłuszeństwo wobec prawnych żądań administracji kolonii) i skazana na kolejne półtora roku więzienia oprócz ośmiu lat pozbawienia wolności. Nie wiadomo, kiedy zapadł wyrok. Wiadomo, że podczas rozprawy Elena odmówiła skorzystania z usług adwokata.</t>
+  </si>
+  <si>
+    <t>IK-24, ul. Proizvodstvennaya, zm. 44, osada Rejon, rejon Rechitsa, obwód homelski, 247526</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.09.2022: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-01-11 16:06:03</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Chopik</t>
+  </si>
+  <si>
+    <t>Z danych otrzymanych w różnym czasie ze źródeł wiadomo, że poszukiwania mężczyzny przeprowadzono 1 grudnia 2021 roku. Z kolei we wrześniu 2022 roku Chopik został po raz pierwszy zatrzymany na podstawie art. 19.11 Kodeksu wykroczeń administracyjnych, ale gdy okazało się, że mężczyzna po prostu nie miał telefonu, w którym mogły znajdować się „materiały ekstremistyczne”, sporządził protokół z art. 24.23 Kodeksu wykroczeń administracyjnych. Pretekstem do protokołu była czarno-biała flaga przyklejona od wewnątrz do okna domu – jedynie sam mężczyzna twierdził, że flaga pojawiła się po jego zatrzymaniu i przewiezieniu do Aresztu Śledczego.Ostatnia runda eskalacji na linii Chopik–siły bezpieczeństwa miała miejsce na początku marca 2024 r.: mieszkaniec Brześcia został ponownie zatrzymany. Po zatrzymaniu mężczyzna został zabrany do karetki pogotowia z objawami ciężkiego pobicia, a cera Chopika była żółta (co może świadczyć o uszkodzeniu wątroby na skutek pobicia). 28 marca 2024 r. Ministerstwo Spraw Wewnętrznych poinformowało o umieszczeniu mieszkańca Brześcia w Areszcie Śledczym. Na podstawie wieku i historii mężczyzny („systematycznie uczęszczał do sądów karnych”) można stwierdzić, że mówimy o Witaliju Chopiku. Jest podejrzany o „promowanie działań ekstremistycznych”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.11.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 04.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-28 21:57:44</t>
+  </si>
+  <si>
+    <t>Ivan Frantsevich Verbitsky</t>
+  </si>
+  <si>
+    <t>17 lipca 1965</t>
+  </si>
+  <si>
+    <t>Ivan, który ma dwa wyższe wykształcenie, wcześniej pracował jako artysta-projektant, a następnie został animatorem, reżyserem i montażystą wideo. Jest także artystą i autorem opowiadań. 21 października 2020 r. został zatrzymany i skazany według prokuratury za zamieszczanie na kanale Telegram wezwań do destabilizacji porządku publicznego, w tym podpalenie budynków KGB i prokuratury rejonowej w Oszmianie.
+W grudniu 2022 r. został wznowiony proces za „nieposłuszeństwo żądaniom administracji”. W maju 2024 r. Iwan został ponownie skazany za „złośliwe nieposłuszeństwo” i dodatkowo skazany na 2 lata więzienia.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.03.2021: 8 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 30.09.2021: nieznany lata więzienia. Decyzja sądu 20.12.2022: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.03.2023: nieznany. Decyzja sądu 08.05.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
-    <t>Виталий Викторович Чопик</t>
-[...23 lines deleted...]
-    <t>Решение суда 05.09.2025: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 05.11.2025: приговор оставлен без изменения.</t>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 lipca 1999</t>
+  </si>
+  <si>
+    <t>Antoni ma 25 lat. Z sieci społecznościowych faceta wynika, że ukończył szkołę w 2016 r. i służył w wojsku w 2019 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.08.2024: nieznany. Apelacja 08.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 lipca 1990</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany 4 listopada 2020 r. w Mińsku wraz z perkusistami. W trakcie aresztowania został pobity, a następnie skazany na 15 dni aresztu administracyjnego. Został później oskarżony o przygotowanie do udziału w „masowych zamieszkach” i udział w protestach. Skonfiskowano także jego samochód.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 161900 ruble odszkodowania. Apelacja 13.08.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
+    <t>Daria Alekseevna Puchyla</t>
+  </si>
+  <si>
+    <t>18 lipca 1998</t>
+  </si>
+  <si>
+    <t>Daria Puchilo ukończyła studia na Wydziale Prawa Mińskiego Uniwersytetu Innowacyjnego w 2019 roku. Podczas studiów brała udział w studenckich olimpiadach prawniczych.
+Daria Puchyło jest fotografką. W styczniu i lutym 2024 roku Daria szukała pracy jako projektantka stron internetowych. Na jednej ze stron internetowych zamieściła ogłoszenie, że jest początkującą osobą, szuka pracy w Warszawie, jest gotowa do przeprowadzki i rozważy każdą ofertę.
+Daria opublikowała swój ostatni post na Instagramie w grudniu 2024 roku. Jej ostatni post na VKontakte pochodził z 7 lutego 2025 roku — dnia, w którym rozpoczęły się aresztowania w sprawie Gayuna.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-11-07 18:09:13</t>
+  </si>
+  <si>
+    <t>Igor Vladimirovich Ilyash</t>
+  </si>
+  <si>
+    <t>18 lipca 1988</t>
+  </si>
+  <si>
+    <t>Igor jest dziennikarzem telewizji Biełsat. Wcześniej pracował dla gazety „Biełorusy i Rynek” (Białorusini i Rynek) oraz białoruskiej redakcji Radia Swaboda. Publikował również w prasie rosyjskiej i ukraińskiej. Wraz z żoną, dziennikarką Jekateriną Andriejewą, napisał książkę „Białoruski Donbas”, studium roli Białorusinów w wojnie na wschodzie Ukrainy.
+Został po raz pierwszy zatrzymany 16 lipca 2021 roku podczas masowych przeszukań niezależnych dziennikarzy pod zarzutem „organizowania i przygotowywania działań rażąco naruszających porządek publiczny lub aktywnego w nich udziału”. Przeszukano jego mieszkanie, skonfiskowano sprzęt i książki, a następnie umieszczono go w areszcie tymczasowym. Został zwolniony 26 lipca.
+W październiku 2024 roku pojawiła się wiadomość o jego drugim aresztowaniu . Prorządowe kanały Telegram opublikowały zdjęcie Igora w kajdankach oraz nagranie wideo, na którym twierdził, że jest prześladowany za wywiad z mediami uznanymi na Białorusi za „ekstremistyczne”. Krótko przed aresztowaniem, w komentarzu dla kanału telewizyjnego Dożd, zauważył, że „Putin obrał kurs ostrej eskalacji i prowadzi kraj ku wojnie totalnej”, a Łukaszenka, jego zdaniem, „najprawdopodobniej nie chce w niej bezpośrednio uczestniczyć, ale jest zmuszony stawić czoła rosnącej presji ze strony Kremla”.
+W lutym 2025 roku Igorowi postawiono zarzuty „dyskredytowania Białorusi” i „wspierania działalności ekstremistycznej”. Proces rozpoczął się 21 lutego w Mińsku. Sąd odrzucił wniosek o przeprowadzenie niezależnej ekspertyzy, a 5 września tego samego roku dziennikarz został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.09.2025: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.11.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-07-20 20:49:54</t>
   </si>
   <si>
-    <t>Дарья Алексеевна Пучило</t>
-[...57 lines deleted...]
-    <t>Решение суда 10.10.2025: 3 года лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Igor Konstantinovich Gubarevich</t>
+  </si>
+  <si>
+    <t>18 lipca 1968</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie Igor Konstantinowicz jest starszym wykładowcą Grodzieńskiego Uniwersytetu Państwowego im. Janka Kupała.</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.11.2024: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:26:09</t>
+  </si>
+  <si>
+    <t>Siarhei Dzmitryyevich Zhyhaliou</t>
+  </si>
+  <si>
+    <t>19 lipca 2005</t>
+  </si>
+  <si>
+    <t>Siergiej został aresztowany tuż przed rozpoczęciem zajęć na uczelni, pod koniec grudnia 2023 roku. Film prorządowy (z kwietnia 2024 roku) donosił , że sześciu nastolatków rzekomo zjednoczyło się w „komórce anarchistycznej o nazwie »Czarne Słowiki«”, którą utworzyła „pod dowództwem Narodowej Armii Wyzwolenia Ukrainy” 16-letnia obywatelka Ukrainy, Maria Misiuk.
+Pracownicy ONT twierdzą, że nastolatkowie, po otrzymaniu zgłoszenia, zjednoczyli się, aby dokonać aktów sabotażu na Białorusi, a następnie w Rosji. Maria jest oskarżona na podstawie części 2 artykułu 289 Kodeksu karnego (akt terrorystyczny). Według raportu, 16-letnia Maria Misiuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „komórkę anarchistyczną w celu przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci z Baranowicz, Nieświeża, Mira, Mińska i Łunińca. Są to Trofim Borisow, Siergiej Żygalow , Dmitrij Zachoroszko, Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT, młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do swojej pierwszej dużej akcji – zgromadzenia materiałów wybuchowych i wysadzenia w powietrze komisariatu policji lub prokuratury w Baranowiczach. Zarzuty wobec pozostałych pięciu uczestników nie są znane, podobnie jak ich status i miejsce pobytu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.10.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.02.2026: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:23:41</t>
+  </si>
+  <si>
+    <t>Valentin Ivanovich Tolkach</t>
+  </si>
+  <si>
+    <t>19 lipca 1996</t>
+  </si>
+  <si>
+    <t>Walentin ukończył studia prawnicze na Wydziale Prawa Białoruskiego Uniwersytetu Państwowego, gdzie studiował prawo handlowe, a następnie uzyskał tytuł magistra na Uniwersytecie Jagiellońskim w Krakowie, ze specjalizacją Prawo własności intelektualnej i nowe technologie.
+Karierę rozpoczął w Narodowym Centrum Własności Intelektualnej (National Intellectual Property Center), gdzie reprezentował interesy organizacji przed Sądem Najwyższym. Później pracował jako prawnik w firmie informatycznej Brightum, zapewniając wsparcie prawne projektom fintech i startupom zajmującym się kryptowalutami.
+Po pewnym czasie Valentin postanowił radykalnie zmienić karierę . W swoim profilu napisał, że jest graczem od ponad 20 lat i postanowił przekształcić swoje hobby w zawód.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-30 00:07:20</t>
   </si>
   <si>
-    <t>Игорь Юрьевич Соловей</t>
-[...9 lines deleted...]
-    <t>Решение суда 30.04.2021: 6 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения. Суд по смене режима 26.01.2022: 2 года тюремного режима. Суд по смене режима дата неизвестна: тюремный режим до конца срока.</t>
+    <t>Igor Yurievich Solovey</t>
+  </si>
+  <si>
+    <t>19 lipca 1983</t>
+  </si>
+  <si>
+    <t>Igor, działacz ruchu Za Wolność, został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.
+W styczniu 2022 roku został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 26.01.2022: 2 roku więzienia. Sąd zmiany reżimu data nieznana: reżim więzienny do końca kary.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
   </si>
   <si>
-    <t>Елена Николаевна Лазарчик</t>
-[...49 lines deleted...]
-    <t>Решение суда 19.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 11.03.2025: неизвестно.</t>
+    <t>Alexey Leonidovich Shpakovsky</t>
+  </si>
+  <si>
+    <t>20 lipca 1996</t>
+  </si>
+  <si>
+    <t>Sądząc po artykule, Aleksiej jest sądzony w związku z protestami, które miały miejsce po wyborach 9 sierpnia 2020 r. w Pińsku.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-28 23:26:50</t>
   </si>
   <si>
-    <t>Светлана Олеговна Метельская</t>
-[...2 lines deleted...]
-    <t>20 июля 1982</t>
+    <t>Svetlana Olegovna Metelskaya</t>
+  </si>
+  <si>
+    <t>20 lipca 1982</t>
   </si>
   <si>
     <t>2024-11-20 16:54:12</t>
   </si>
   <si>
-    <t>Виктор Юрьевич Никифоров</t>
-[...8 lines deleted...]
-    <t>Решение суда 04.12.2023: 5 лет лишения свободы в колонии в условиях общего режима. Апелляция 06.02.2024: неизвестно.</t>
+    <t>Victor Adamovich Snegur</t>
+  </si>
+  <si>
+    <t>20 lipca 1988</t>
+  </si>
+  <si>
+    <t>Wiktor został aresztowany 4 stycznia 2020 roku w ramach „sprawy Awtuchowicza” i oskarżony o udział w „organizacji terrorystycznej” odpowiedzialnej za podpalenia obiektów policji. Został skazany za „udział w organizacji przestępczej”, „usiłowanie przejęcia władzy”, „nielegalne działania z użyciem broni palnej” oraz „nielegalne przemieszczanie broni palnej przez granicę celną”.
+W 2024 roku Viktor został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji więziennej”. Od lutego 2025 roku przebywał w celi izolacyjnej (PKT), a w maju tego samego roku ogłoszono nowy wyrok na podstawie tego samego artykułu, często stosowanego wobec więźniów za odmowę współpracy z administracją. W rezultacie jego łączna kara pozbawienia wolności wyniosła 22 lata i 6 miesięcy.
+3 lipca 2025 r. rozpatrzono apelację Victora .
+W grudniu 2025 roku Viktor został najprawdopodobniej ponownie skazany na podstawie artykułu 411.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 11.10.2024: wyrok został podtrzymany. Decyzja sądu data nieznana: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 01.07.2025: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:50:00</t>
+  </si>
+  <si>
+    <t>Victor Yurievich Nikiforov</t>
+  </si>
+  <si>
+    <t>20 lipca 1980</t>
+  </si>
+  <si>
+    <t>W dniu 6 lutego 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.12.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.02.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-02 14:35:39</t>
   </si>
   <si>
-    <t>Виктор Адамович Снегур</t>
-[...30 lines deleted...]
-    <t>Решение суда 26.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно.</t>
+    <t>Evgeny Mikhailovich Yushkevich</t>
+  </si>
+  <si>
+    <t>21 lipca 1989</t>
+  </si>
+  <si>
+    <t>Jewgienij, były śledczy Komitetu Śledczego i pomysłodawca projektu bychange.me, został po raz pierwszy zatrzymany wieczorem 24 listopada 2020 r. w Mińsku w ramach postępowania karnego wszczętego na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich”. Został zwolniony 10 dni później, ale w kwietniu 2021 r. został ponownie aresztowany, a później skazany na podstawie sześciu zarzutów karnych, w tym „organizowania masowych zamieszek” w 2020 r., „podżegania do innej nienawiści społecznej” w wywiadach i tekstach w mediach społecznościowych oraz „grożenia przemocą” wobec szefa tymczasowego aresztu Okrestina za pośrednictwem Twittera.
+Według Prokuratury Generalnej Jewgienij był „aktywnym uczestnikiem czatu Telegram „KHATA”, którego działalność ma na celu organizowanie przestępstw o charakterze ekstremistycznym”. Rozprawa odbyła się za zamkniętymi drzwiami, a Jewgienij podpisał umowę o zachowaniu poufności dotyczącą materiałów sprawy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.12.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.03.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-04-19 23:04:33</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Shumilov</t>
+  </si>
+  <si>
+    <t>21 lipca 1986</t>
+  </si>
+  <si>
+    <t>Działacz z Baranowicz. Igor ma niepełnosprawność 3 grupy, bo. 10 lat temu uległ wypadkowi i amputowano mu nogę. Został zatrzymany 23 lutego 2023 roku, skazany na 15 dni, a następnie przewieziony do aresztu śledczego na podstawie artykułu karnego.
+Według śledztwa, w różnych okresach od 1 maja 2020 r. do 23 maja 2022 r. Szumiłow opublikował w Odnoklassnikach cztery posty z satyrycznymi obrazami, w których śledztwo rozważało znieważenie Łukaszenki i urzędników państwowych, a także zniesławienie Łukaszenki. Wiadomo, że na jednym ze zdjęć Łukaszenka wraz z wymienionymi osobami jest przedstawiony jako więźniowie przetrzymywani w celi więziennej.Na rozprawie Igor w pełni przyznał się do winy. Wyjaśnił, że publikacje na jego stronie pojawiły się dopiero po tym, jak „polubił” te posty. On sam nie rozumiał wtedy, że te rysunki można uznać za obrazę.</t>
+  </si>
+  <si>
+    <t>4,5 roku więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
+  </si>
+  <si>
+    <t>Eduard Ashotovich Koshetsyan</t>
+  </si>
+  <si>
+    <t>21 lipca 1991</t>
+  </si>
+  <si>
+    <t>Mieszkaniec Mińska o ormiańskich korzeniach, obywatel Federacji Rosyjskiej . Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną. Podczas aresztowania został dotkliwie pobity.
+Specjalność: chirurg szczękowo-twarzowy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
   </si>
   <si>
-    <t>Игорь Юрьевич Шумилов</t>
-[...42 lines deleted...]
-    <t>Решение суда 03.02.2025: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+    <t>Andrey Vasilievich Doroshko</t>
+  </si>
+  <si>
+    <t>22 lipca 1970</t>
+  </si>
+  <si>
+    <t>Podpułkownik, były zastępca szefa Wydziału Spraw Wewnętrznych Miasta Żodino ds. pracy ideologicznej i wsparcia kadrowego.
+W 2020 roku on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi. Doroszko prosi funkcjonariuszy policji, aby traktowali ludzi w taki sam sposób, w jaki oni traktowaliby swoich bliskich. „Nie twórzcie niepotrzebnej paniki w mieście, mieszkamy tu i wychowujemy dzieci, powinniśmy się wstydzić za nasze zachowanie w mieście” – mówi Andrey w nagraniu.
+Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
-    <t>Владимир Олегович Ситкович</t>
-[...10 lines deleted...]
-    <t>Решение суда 14.10.2024: 3 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Sergey Ivanovich Khlystov</t>
+  </si>
+  <si>
+    <t>23 lipca 1967</t>
+  </si>
+  <si>
+    <t>Adwokat z Okręgowej Izby Adwokackiej w Homel. Został zatrzymany wraz z dwoma kolegami, w tym szefem kancelarii. Później obaj prawnicy zostali zwolnieni, ale szef kancelarii został odwołany ze stanowiska. Wszczęto postępowanie karne przeciwko Siergiejowi Chłystowowi.
+Treść zarzutów i wydany wyrok nie są znane. Wiadomo jedynie, że Siergiej Chlystow został pozbawiony wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
+    <t>Vladimir Olegovich Sitkovich</t>
+  </si>
+  <si>
+    <t>Władimir Sitkowicz ma 57 lat. Pochodzi z małej wsi Puszcza, rejon Szarkowszczyński, obwód witebski. W 1991 ukończył studia na Uniwersytecie Państwowym w Połocku. Przez długi czas Włodzimierz pracował i mieszkał w Witebsku, a w ostatnich latach kierował kotłownią w Witebskiej Zakładzie Wydobycia Ropy Naftowej.
+Władimir jest motocyklistą, brał udział w lokalnych wyścigach motocyklowych.
+W latach 2016, 2018 i 2019 był obserwatorem w wyborach samorządowych i parlamentarnych. Pozostała działalność polityczna Władimira jest nieznana; sieci społecznościowe mężczyzny również są neutralne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.10.2024: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
-    <t>Сергей Иванович Хлыстов</t>
-[...22 lines deleted...]
-    <t>Решение суда 27.10.2022: 4 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 17.01.2023: неизвестно.</t>
+    <t>Sergei Evgenievich Zakharenko</t>
+  </si>
+  <si>
+    <t>24 lipca 1980</t>
+  </si>
+  <si>
+    <t>Przedsiębiorca indywidualny. Treść oskarżenia nie jest jeszcze znana.
+W dniu 17 stycznia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.10.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Сергей Сергеевич Шелест</t>
-[...9 lines deleted...]
-    <t>Решение суда 17.02.2023: 14 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.08.2023: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+    <t>Siarhei Siarheyevich Shelest</t>
+  </si>
+  <si>
+    <t>24 lipca 1992</t>
+  </si>
+  <si>
+    <t>Siergiej, były operator warsztatu Amoniaku-3 w zakładach Grodno Azot , został aresztowany jesienią 2021 r. w ramach postępowania karnego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Raboczy Ruch” (Ruch Robotniczy), uznanej za organizację ekstremistyczną 21 września 2021 r., w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Siergiej został uznany winnym zniesławienia, zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia.
+Jesienią 2024 roku odbyła się kolejna rozprawa sądowa, po której Siergiej został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
-    <t>Алексей Витальевич Горин</t>
-[...5 lines deleted...]
-    <t>Решение суда 16.01.2025: 1 год 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+    <t>Yury Aliaksandravich Minin</t>
+  </si>
+  <si>
+    <t>26 lipca 1993</t>
+  </si>
+  <si>
+    <t>Zatrzymany za komentarze w czacie telegramowym w 2020 r.
+W dniu 22 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.
+Najprawdopodobniej kara obejmuje karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>2023-10-08 20:07:26</t>
+  </si>
+  <si>
+    <t>Alexey Vitalievich Gorin</t>
+  </si>
+  <si>
+    <t>26 lipca 1979</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
-    <t>Владимир Владимирович Ивашкевич</t>
-[...8 lines deleted...]
-    <t>Решение суда 11.06.2024: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 13.08.2024: приговор оставлен без изменения.</t>
+    <t>Julia Nikolaevna Sharonova</t>
+  </si>
+  <si>
+    <t>27 lipca 2004</t>
+  </si>
+  <si>
+    <t>Według prokuratury w dniach 10–11 sierpnia 2020 r. na jezdni znajdowali się w tym czasie nieletni Julia Szaranova, Nikita Wojtyuk, Nikołaj Nikityuk, a także Wasilij Aleksiejuk, Gleb Klimowicz, Witalij Warfalamiew, Aleksander Tysewicz, Maksim Sobolew. Alei Maszerowa, Bulwarów Kosmonautów i Szewczenki, ul. Sowietów w Brześciu „ wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna, rażąco naruszając porządek publiczny, celowo utrudniając ruch pojazdów oraz normalne funkcjonowanie przedsiębiorstw i organizacji”.
+Na rozprawie wszyscy w pełni przyznali się do winy.
+Poinformowano, że Julia Szaranova brała udział w protestach, gdy miała 16 lat. Wiadomo również, że Maxim Sobolev, Gleb Klimovich, Julia Sharanova zostali skazani, w tym pod zarzutem „narkotyki”.
+Julia Szaranova została skazana na półtora roku więzienia za udział w sierpniowym proteście. Ale ze względu na fakt, że została skazana na podstawie części 4 art. 328 Kodeksu karnego została ostatecznie skazana na 13 lat więzienia na ogólnych warunkach i grzywnę w wysokości 3700 rubli.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 13 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.07.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:06:37</t>
+  </si>
+  <si>
+    <t>Vladislav Gennadievich Gorsky</t>
+  </si>
+  <si>
+    <t>27 lipca 2005</t>
+  </si>
+  <si>
+    <t>IUOT-48, Osipowicze, ul. Sumczenko, 38, 213763</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.09.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Rudkovsky</t>
+  </si>
+  <si>
+    <t>27 lipca 1986</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-10-07 20:49:33</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Ivashkevich</t>
+  </si>
+  <si>
+    <t>27 lipca 1988</t>
+  </si>
+  <si>
+    <t>Władimira skazano latem 2024 r. na podstawie artykułu „Znieważenie funkcjonariusza państwowego” i skazano na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.06.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-10 19:03:38</t>
   </si>
   <si>
-    <t>Владислав Геннадьевич Горский</t>
-[...54 lines deleted...]
-    <t>Решение суда 29.10.2024: 11 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.12.2024: неизвестно.</t>
+    <t>Sergey Sergeevich Tikhonov</t>
+  </si>
+  <si>
+    <t>28 lipca 1992</t>
+  </si>
+  <si>
+    <t>Pochodzi z miasta Sławgorod, obwód mohylewski. Po szkole odbył służbę wojskową i ukończył III Liceum Zawodowe ze specjalnością Techniczne Wsparcie Produkcji Rolnej. Całe życie pracowałem na budowie.
+Mieszkańcowi Mohylewa grozi od dziesięciu do dwudziestu lat więzienia. Data aresztowania i charakter zarzutów nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.10.2024: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-10-21 22:20:00</t>
   </si>
   <si>
-    <t>Василий Николаевич Гречиха</t>
-[...13 lines deleted...]
-    <t>Решение суда дата неизвестна: 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Vasily Nikolaevich Hrechykha</t>
+  </si>
+  <si>
+    <t>28 lipca 1985</t>
+  </si>
+  <si>
+    <t>Były żołnierz pułku Kalinowskiego. O jego aresztowaniu poinformowano w wiadomościach telewizji państwowej Białoruś 1 5 maja 2025 roku.
+Według doniesień w mediach społecznościowych, ukończył Białoruską Państwową Akademię Rolniczą (BSAA), gdzie studiował na wydziale gospodarki gruntami. Jego specjalnością jest geodezja katastralna i prawo gruntowe.
+Służył w 38. Samodzielnej Zmotoryzowanej Brygadzie Obrony Białorusi, jednostce spadochronowej w Brześciu, którą niegdyś dowodził Waleryj Sachaczik. Zdjęcie w mediach społecznościowych przedstawia proporzec brygady wiszący w mieszkaniu Greczichy.
+Według biura prasowego Pułku Kalinowskiego Wasilij dołączył do niego w maju 2022 r., ale w czerwcu tego samego roku na własną prośbę opuścił jednostkę.
+Według nagrania, został zatrzymany gdzieś na bagnach za miastem przez kilku funkcjonariuszy KGB uzbrojonych w karabiny maszynowe. Został przetransportowany helikopterem. Podczas transportu miał na głowie czarny worek, a ręce spięte przed sobą plastikową opaską zaciskową. Kalinovets został przetransportowany helikopterem na lotnisko.
+Według nagrania, Wasilij urodził się 28 lipca 1981 roku. W lutym 2022 roku wyjechał do pracy do Polski, a trzy miesiące później wstąpił do Pułku Kaliniowskiego. Przeszedł szkolenie w Kijowie. Okoliczności jego aresztowania nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
+  </si>
+  <si>
+    <t>Vasily Nikolaevich Grachykha</t>
+  </si>
+  <si>
+    <t>28 lipca 1981</t>
+  </si>
+  <si>
+    <t>Były żołnierz pułku Kalinowskiego. O jego aresztowaniu dowiedziano się z wiadomości wyemitowanych w państwowej telewizji „Belarus 1” 5 maja 2025 r.
+Według informacji zamieszczonych w mediach społecznościowych jest absolwentem Białoruskiej Państwowej Akademii Rolniczej (BSAA). Specjalizuje się w geodezji katastralnej i prawie gruntowym.
+Służył w 38. samodzielnej zmotoryzowanej brygadzie obrony Białorusi – oddziale spadochronowym w Brześciu, którym niegdyś dowodził Walerij Sachaczik. Na zdjęciu z sieci społecznościowych widać, że w mieszkaniu Greczichy wisiał proporczyk brygady.
+Według służby prasowej Pułku Kalinowskiego, Wasilij dołączył do nich w maju 2022 r., ale w czerwcu tego samego roku na własną prośbę opuścił jednostkę.
+Według nagrania, został on zatrzymany gdzieś na bagnach za miastem przez kilku funkcjonariuszy KGB uzbrojonych w karabiny maszynowe. Mężczyznę przetransportowano helikopterem. Podczas transportu miał na głowie czarny worek, a ręce z przodu spięte plastikową opaską zaciskową.
+Jak podano w nagraniu wideo, Wasilij urodził się 28 lipca 1981 roku. W lutym 2022 roku wyjechał do Polski w celach zarobkowych, a trzy miesiące później wstąpił do Pułku Kalinowskiego. Szkolenie odbyło się w Kijowie. Okoliczności jego aresztowania nie są znane.</t>
   </si>
   <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
-    <t>Сергей Михайлович Грибович</t>
-[...8 lines deleted...]
-    <t>4,5 года лишения свободы в колонии в условиях общего режима.</t>
+    <t>Sergei Mikhailovich Gribovich</t>
+  </si>
+  <si>
+    <t>28 lipca 1969</t>
+  </si>
+  <si>
+    <t>Miał zostać zatrzymany za zarejestrowanie się jako wolontariusz w marcu 2022 roku, o zatrzymaniu dowiedział się 14 marca z prorządowych kanałów TG.</t>
+  </si>
+  <si>
+    <t>4,5 roku pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2022-03-15 02:10:15</t>
   </si>
   <si>
-    <t>Кирилл Александрович Казей</t>
-[...8 lines deleted...]
-    <t>Решение суда 31.03.2021: 7 лет лишения свободы в колонии в условиях усиленного режима, 150 базовых величин штрафа. Апелляция 20.07.2021: приговор оставлен без изменения.</t>
+    <t>Kirill Alexandrovich Kazei</t>
+  </si>
+  <si>
+    <t>28 lipca 1983</t>
+  </si>
+  <si>
+    <t>Cyryl został zatrzymany 28 października 2020 r. i padł ofiarą złego traktowania, gróźb i zastraszania ze strony funkcjonariuszy organów ścigania. Później został skazany za kilka zarzutów karnych, w tym nielegalne posiadanie amunicji, która rzekomo została podrzucona do jego samochodu po aresztowaniu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary. Apelacja 20.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:22:11</t>
   </si>
   <si>
-    <t>Василий Николаевич Гречихо</t>
-[...27 lines deleted...]
-    <t>Решение суда 22.12.2021: 18 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Решение суда 25.11.2022: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 07.02.2023: приговор оставлен без изменения. Суд по смене режима 28.07.2023: 3 года тюремного режима.</t>
+    <t>Dmitry Nikolaevich Dubovsky</t>
+  </si>
+  <si>
+    <t>29 lipca 1986</t>
+  </si>
+  <si>
+    <t>Działacz ruchu anarchistycznego został zatrzymany podczas przekraczania granicy Białorusi w nocy z 28 na 29 października 2020 r. i został oskarżony o „podpalenie” i „terroryzm”.
+We wrześniu 2022 r. przeciwko Dmitrijowi wszczęto nową sprawę karną, w wyniku której skazano go na pięć lat więzienia. Biorąc pod uwagę poprzedni wyrok, został ostatecznie skazany na 20 lat kolonii o zaostrzonym rygorze.
+W sierpniu 2023 r. Dmitry został przeniesiony do więzienia za „naruszenie zasad porządku”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.12.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 25.11.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2023: wyrok został podtrzymany. Sąd zmiany reżimu 28.07.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:38:30</t>
   </si>
   <si>
-    <t>Ольга Ивановна Соломеник</t>
-[...12 lines deleted...]
-    <t>7,5 лет лишения свободы в колонии общего режима.</t>
+    <t>Andrey Vladislavovich Grigoriev</t>
+  </si>
+  <si>
+    <t>29 lipca 1994</t>
+  </si>
+  <si>
+    <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
+Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.
+Andrey ma 29 lat, urodził się w Mińsku. Jest absolwentem stołecznego liceum i uczelni medycznej. Przed aresztowaniem nieoficjalnie pracował jako technik dentystyczny w prywatnym gabinecie stomatologicznym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-18 00:53:01</t>
+  </si>
+  <si>
+    <t>Vyacheslav Vitalievich Semenov</t>
+  </si>
+  <si>
+    <t>29 lipca 2005</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:56:38</t>
+  </si>
+  <si>
+    <t>Ruslan Andreevich Prokhorenko</t>
+  </si>
+  <si>
+    <t>29 lipca 1972</t>
+  </si>
+  <si>
+    <t>Razem z rodziną Prochorowów z Grabówki uczestniczy w sprawie o zdradę stanu.
+Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
+    <t>Dzmitry Filipovich</t>
+  </si>
+  <si>
+    <t>29 lipca 1997</t>
+  </si>
+  <si>
+    <t>Zatrzymany wraz z innymi młodymi ludźmi w Baranowiczach (koniec grudnia 2023 r.).
+A służba prasowa sądu ogłosiła wyrok (bez podawania nazwisk, ale okoliczności pasują do tej grupy osób). Krótko przedstawiono istotę zarzutów: przebywali na jezdni w Baranowiczach, wykrzykiwali hasła, wywieszali biało-czerwono-białe flagi, „celowo utrudniając ruch oraz normalne funkcjonowanie przedsiębiorstw i organizacji”. Dokładna data protestów nie jest nawet wskazana, nazywa się ją po prostu „sierpieniem 2020”.
+Tym samym w 2024 r. za protesty z sierpnia 2020 r. skazano już 25 mieszkańców Baranowicz. Wszyscy zostali skazani na kolonię karną od 1 do 3 lat (wyjątkiem był przypadek, że kobieta z dzieckiem do lat 3 została skazana na karę w zawieszeniu).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.05.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 09.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:58:11</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Bindei</t>
+  </si>
+  <si>
+    <t>29 lipca 1966</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.11.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.02.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-11-27 00:41:28</t>
+  </si>
+  <si>
+    <t>Olga Ivanovna Solomenik</t>
+  </si>
+  <si>
+    <t>29 lipca 1967</t>
+  </si>
+  <si>
+    <t>Zatrzymany w sprawie A. Chrałowicza . Szczegóły sprawy nie są znane, ponieważ proces odbywał się za zamkniętymi drzwiami, aw rzeczywistości sprawa karna jest utajniona. Szczegóły zatrzymania skazanego znane są z propagandowego filmu „Operacja KGB „Mankurt””, który ONT pokazał w 2021 roku. Wiadomo, że Olga przez rok była przetrzymywana w areszcie śledczym KGB, gdzie prowadziła strajk głodowy. Następnie została przeniesiona do SIZO-1. „Była całkowicie siwa. Długo prowadziła strajk głodowy - karmiono ją nawet przez żyły w ramionach, więc były nabrzmiałe jak drzazgi. Zaczęła odsiadywać wyrok.</t>
+  </si>
+  <si>
+    <t>7,5 roku więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-11-04 17:54:31</t>
   </si>
   <si>
-    <t>Руслан Андреевич Прохоренко</t>
-[...62 lines deleted...]
-    <t>Решение суда 22.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 03.01.2025: неизвестно.</t>
+    <t>Andrey Yuryevich Besau</t>
+  </si>
+  <si>
+    <t>30 lipca 1973</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-08-13 19:35:18</t>
+  </si>
+  <si>
+    <t>Valery Stepanovich Mefodienko</t>
+  </si>
+  <si>
+    <t>30 lipca 1976</t>
+  </si>
+  <si>
+    <t>Jako indywidualny przedsiębiorca zajmował się naprawą i konserwacją sprzętu komputerowego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 22.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
-    <t>Александр Александрович Сырица</t>
-[...8 lines deleted...]
-    <t>Решение суда 01.05.2022: принудительное лечение в психиатрическом стационаре. Суд по смене режима 29.04.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Alexander Ivanovich Kalin</t>
+  </si>
+  <si>
+    <t>30 lipca 1969</t>
+  </si>
+  <si>
+    <t>Zatrzymano go za udział w protestach w 2020 r. i aktywną publiczną krytykę nielegalnych działań agencji rządowych i całego reżimu. Później jego córka i syn zostali zatrzymani za udział w protestach, później udało im się wyjechać za granicę. W Aleksandrze zatrzymano łącznie jeszcze trzy osoby , które pod koniec maja zostały skazane za udział w protestach.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-08-28 16:09:45</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Syritsa</t>
+  </si>
+  <si>
+    <t>30 lipca 1985</t>
+  </si>
+  <si>
+    <t>W kwietniu 2024 roku odbył się proces „O zmianie przymusowych środków bezpieczeństwa i postępowania”. Po jego zakończeniu Aleksander został prawdopodobnie zesłany do kolonii karnej. Odbywa karę pozbawienia wolności w IK-1.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.05.2022: przymusowe leczenie w szpitalu psychiatrycznym. Sąd zmiany reżimu 29.04.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-06-21 17:42:22</t>
   </si>
   <si>
-    <t>Андрей Юрьевич Бесов</t>
-[...35 lines deleted...]
-    <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+    <t>Volha Valerievna Chukareva</t>
+  </si>
+  <si>
+    <t>31 lipca 1975</t>
+  </si>
+  <si>
+    <t>Została skazana za kilka przestępstw politycznych. Podczas pobytu w areszcie tymczasowym doznała udaru mózgu spowodowanego stresem, który spowodował niemal całkowitą utratę wzroku. Mimo to Olga została skazana na cztery lata więzienia.
+Olga ma nastoletnią córkę, która została wysłana do szkoły z internatem, jej najstarszy syn jest w wojsku, a matka Olgi jest osobą niepełnosprawną pierwszej grupy i jest przykuta do łóżka.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1881,2602 +1846,2564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>81</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...22 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+      <c r="I16" t="s">
         <v>92</v>
-      </c>
-[...19 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="I17" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>102</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...16 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>124</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="I23" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>141</v>
+      </c>
+      <c r="F25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
+        <v>53</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="B26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>36</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>153</v>
+      </c>
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...22 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>36</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>158</v>
+      </c>
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" t="s">
+        <v>163</v>
+      </c>
+      <c r="E29" t="s">
         <v>164</v>
       </c>
-      <c r="B29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>165</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>166</v>
-      </c>
-[...16 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
         <v>169</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" t="s">
         <v>170</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="I31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C32" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>187</v>
       </c>
       <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>12</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C35" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>189</v>
+        <v>70</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="I35" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E36" t="s">
+        <v>164</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="I36" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="I37" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>211</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>224</v>
+        <v>70</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>188</v>
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>25</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="I41" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H42" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="I42" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>25</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="I43" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B44" t="s">
-        <v>241</v>
+        <v>233</v>
+      </c>
+      <c r="C44" t="s">
+        <v>234</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>70</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>242</v>
+        <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="I44" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B45" t="s">
-        <v>246</v>
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
+        <v>239</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="C46" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="I46" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B47" t="s">
-        <v>255</v>
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
+        <v>249</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>21</v>
+        <v>250</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="I47" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B48" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C48" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="I48" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B49" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C49" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E50" t="s">
+        <v>164</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="I50" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" t="s">
+        <v>270</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>271</v>
+      </c>
+      <c r="I51" t="s">
         <v>272</v>
-      </c>
-[...22 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B52" t="s">
+        <v>274</v>
+      </c>
+      <c r="C52" t="s">
+        <v>275</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>276</v>
+      </c>
+      <c r="F52" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
         <v>277</v>
       </c>
-      <c r="B52" t="s">
+      <c r="I52" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>279</v>
+      </c>
+      <c r="B53" t="s">
+        <v>280</v>
+      </c>
+      <c r="C53" t="s">
+        <v>281</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>102</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
         <v>282</v>
       </c>
-      <c r="B53" t="s">
+      <c r="I53" t="s">
         <v>283</v>
-      </c>
-[...19 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>284</v>
+      </c>
+      <c r="B54" t="s">
+        <v>285</v>
+      </c>
+      <c r="C54" t="s">
+        <v>286</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>25</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
         <v>287</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>288</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>289</v>
+      </c>
+      <c r="B55" t="s">
+        <v>290</v>
+      </c>
+      <c r="C55" t="s">
+        <v>291</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>250</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>292</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>293</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>294</v>
+      </c>
+      <c r="B56" t="s">
+        <v>295</v>
+      </c>
+      <c r="C56" t="s">
+        <v>296</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>297</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D57" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="E57" t="s">
-        <v>305</v>
+        <v>64</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>14</v>
       </c>
       <c r="I57" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="B58" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="C58" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>233</v>
+        <v>305</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="I58" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B59" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C59" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>25</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="I59" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B60" t="s">
-        <v>319</v>
+        <v>314</v>
+      </c>
+      <c r="C60" t="s">
+        <v>315</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>316</v>
       </c>
       <c r="I60" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
+        <v>319</v>
+      </c>
+      <c r="C61" t="s">
+        <v>320</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>119</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
+        <v>324</v>
+      </c>
+      <c r="C62" t="s">
+        <v>325</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
+        <v>329</v>
+      </c>
+      <c r="C63" t="s">
+        <v>330</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>331</v>
+      </c>
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>334</v>
+      </c>
+      <c r="C64" t="s">
+        <v>335</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>119</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>336</v>
+      </c>
+      <c r="I64" t="s">
         <v>337</v>
-      </c>
-[...22 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B65" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="C65" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="I65" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
+        <v>344</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>345</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>346</v>
+      </c>
+      <c r="I66" t="s">
         <v>347</v>
-      </c>
-[...22 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>348</v>
+      </c>
+      <c r="B67" t="s">
+        <v>349</v>
+      </c>
+      <c r="C67" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>351</v>
+      </c>
+      <c r="I67" t="s">
         <v>352</v>
-      </c>
-[...22 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C68" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>224</v>
+        <v>19</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>359</v>
+        <v>81</v>
       </c>
       <c r="I68" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B69" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I69" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B70" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C70" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H70" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B71" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>21</v>
+        <v>368</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="I71" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B72" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>136</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="I72" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B73" t="s">
-        <v>381</v>
+        <v>376</v>
+      </c>
+      <c r="C73" t="s">
+        <v>377</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="I73" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B74" t="s">
-        <v>386</v>
+        <v>381</v>
+      </c>
+      <c r="C74" t="s">
+        <v>382</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="I74" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>385</v>
+      </c>
+      <c r="B75" t="s">
+        <v>386</v>
+      </c>
+      <c r="C75" t="s">
+        <v>387</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>102</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>388</v>
+      </c>
+      <c r="I75" t="s">
         <v>389</v>
-      </c>
-[...22 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="I76" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B77" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="I77" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="B78" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C78" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="I78" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B79" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C79" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
         <v>12</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="I79" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B80" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C80" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="I80" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B81" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="I81" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B82" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="D82" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="I82" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="B83" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="I83" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B84" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>119</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="I84" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B85" t="s">
-        <v>439</v>
+        <v>433</v>
+      </c>
+      <c r="C85" t="s">
+        <v>434</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E85" t="s">
+        <v>164</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>359</v>
+        <v>435</v>
       </c>
       <c r="I85" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>139</v>
+        <v>102</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="I86" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>441</v>
+      </c>
+      <c r="B87" t="s">
+        <v>442</v>
+      </c>
+      <c r="C87" t="s">
+        <v>443</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>444</v>
+      </c>
+      <c r="I87" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>446</v>
+      </c>
+      <c r="B88" t="s">
+        <v>447</v>
+      </c>
+      <c r="C88" t="s">
+        <v>448</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>345</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
+        <v>449</v>
+      </c>
+      <c r="I88" t="s">
         <v>450</v>
-      </c>
-[...22 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>451</v>
+      </c>
+      <c r="B89" t="s">
+        <v>452</v>
+      </c>
+      <c r="C89" t="s">
+        <v>453</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>36</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
+        <v>454</v>
+      </c>
+      <c r="I89" t="s">
         <v>455</v>
-      </c>
-[...19 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>456</v>
+      </c>
+      <c r="B90" t="s">
+        <v>457</v>
+      </c>
+      <c r="C90" t="s">
+        <v>458</v>
+      </c>
+      <c r="D90" t="s">
+        <v>163</v>
+      </c>
+      <c r="E90" t="s">
+        <v>164</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
         <v>459</v>
       </c>
-      <c r="B90" t="s">
+      <c r="I90" t="s">
         <v>460</v>
-      </c>
-[...48 lines deleted...]
-        <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">