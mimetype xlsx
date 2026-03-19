--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>День рождения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Весна</t>
   </si>
   <si>
     <t>Приговор</t>
   </si>
   <si>
@@ -72,323 +72,307 @@
     <t>Известно, что в Польше Орешко работал специалистом по кадрам — искал людей для трудоустройства. Периодически приезжал в Беларусь. Неизвестно, когда он возвращался в последний раз, но его задержали несколько месяцев назад.
 Сейчас Арешко находится в следственном изоляторе. </t>
   </si>
   <si>
     <t>Мужской</t>
   </si>
   <si>
     <t>ИК №15, 212013,  г.Могилёв, п/о Вейно, Славгородское шоссе 183</t>
   </si>
   <si>
     <t>В заключении</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2025-04-02 16:59:55</t>
   </si>
   <si>
     <t>Александр Николаевич Любенчук</t>
   </si>
   <si>
-    <t>1 сентября</t>
+    <t>1 сентября 1988</t>
   </si>
   <si>
     <t>Журналист, его задержали 26 мая 2022 после обыска.
 На данный момент журналисту предъявили обвинения, но точная уголовная статья, инкриминируемая Любенчуку, неизвестна (адвокат находится под подпиской о неразглашении).
 В начале ноября 2023 г. стало известно, что у Алеся за решеткой начались проблемы с позвоночником (еще год назад). "Ему трудно заниматься даже спортом, чем там все спасаются. Это его заметно огорчает", — сообщил источник "Радыё Свабода". Работал Алесь на очистке проводов от изоляции.
 Вышел на свободу в начале января 2025 г.</t>
   </si>
   <si>
     <t>Тюрьма-1, Гродно ул. Кирова 1, 230023</t>
   </si>
   <si>
     <t xml:space="preserve"> Решение суда 27.10.2022: 3 года лишения свободы в колонии в условиях общего режима. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-06-08 11:48:04</t>
+  </si>
+  <si>
+    <t>Александр Андреевич Белов</t>
+  </si>
+  <si>
+    <t>1 сентября 1996</t>
+  </si>
+  <si>
+    <t>Александр — активист анархического движения. Учился сначала в колледже по строительной специальности, затем в БНТУ по специальности «Инженерная геодезия». С юношеских лет увлекается спортом: играл в футбольной команде DIY-лиги, занимался тайским боксом и альпинизмом.
+Рано утром 29 июля 2021 года Александр был задержан на выходе из дома. При задержании его избили, провели обыск, после чего доставили в ГУБОПиК, где подвергли пыткам и избиениям.
+Первоначально его обвиняли в активном участии в акции протеста 23 августа 2020 года в Минске, хотя к тому моменту он уже отбыл административный арест по этому эпизоду.
+В январе 2022 года Александру и другим фигурантам уголовного дела предъявили дополнительные обвинения — участие в экстремистском формировании за подписку на телеграм-канал «Прамень». На момент задержания канал «Прамень» ещё не был внесён в список экстремистских формирований — это произошло только в ноябре 2021 года.
+В апреле 2022 года его признали виновным и приговорили к лишению свободы в колонии. В апреле 2025 года режим содержания Александра был ужесточён и он был переведен на тюремный режим. Позже стало известно, что суд добавил ему ещё шесть месяцев лишения свободы в колонии общего режима по статье «злостное неповиновение требованиям администрации».</t>
+  </si>
+  <si>
+    <t>ИК-11, г. Волковыск, ул. Рокоссовского, 118, 231900</t>
+  </si>
+  <si>
+    <t>Решение суда 22.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 02.04.2025: неизвестно лет тюремного режима. Решение суда дата неизвестна: 6 месяцев лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-08-07 04:15:55</t>
   </si>
   <si>
     <t>Виктория Геннадьевна Волчек</t>
   </si>
   <si>
     <t>1 сентября 1993</t>
   </si>
   <si>
     <t>29-летняя уроженка Могилевской области. Виктория училась в Несвижском педагогическом колледже. Последние десять лет работала в салонах связи, на автозаправке, магазине. 
 15 мая 2023 года на ОНТ вышел пропагандистский фильм "Убойная посылка" смерти: кто и как хотел совершить теракт в День Победы", где рассказали подробности дела. Там сообщалось, что якобы КГБ в канун Дня победы 9 мая 2023 года "предотвратил теракт под кураторством Киева". Там заявили, что взрывчатка находилась в электрических плитах, которые прислали задержанным через посылки. Организатором акции назвали 23-летнего белоруса Валерия Водина, который воевал в Украине.
 В видео рассказали о том, что посылки с электроплитами, в которых была взрывчатка, доставили в минский пункт СДЭК в Каменной Горке 21 марта 2023 года из Киева через Италию.  Виктория Волчек подтвердила на допросе, что она получила посылку — ее попросил получить посылку Валерий Водин. Студентка БГУ Анна Савочкина и ее мать Татьяна Русак взяли плитку у Волчек и закопали ее на кладбище в Колодищах. Вторую плитку забрал зубной техник Андрей Григорьев и отвез в садовое товарищество "Авторемонтник 124" под Олехновичами.</t>
   </si>
   <si>
     <t>Женский</t>
   </si>
   <si>
     <t>Гомель, ИК-4, ул. Антошкина 3, 246035</t>
   </si>
   <si>
     <t>Решение суда 09.08.2024: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 29.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-07-20 14:00:36</t>
   </si>
   <si>
     <t>Юлия Петровна Юргилевич</t>
   </si>
   <si>
     <t>1 сентября 1980</t>
   </si>
   <si>
     <t>Работала адвокатом почти 18 лет.
 Она защищала в суде политзаключенных Алеся Пушкина, Артема Боярского, Игоря Банцера, Андрея Авсиевича, Андрея Соколовского.
 23 февраля 2022 года ее исключили из состава Гродненской областной коллегии адвокатов за «систематические нарушения законодательства». Юлия уехала из Беларуси, но в конце августа 2022 вернулась в страну.
 Была задержана в один день вместе с Павлом Можейко.
  Павел и Юлия не признали вину. Юргилевич заявляла на суде, что ее держат в "скотских условиях" и не дали ознакомиться с делом. </t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии общего режима.</t>
   </si>
   <si>
     <t>2022-09-02 18:28:29</t>
   </si>
   <si>
-    <t>Александр Андреевич Белов</t>
-[...74 lines deleted...]
-  <si>
     <t>Сергей Викторович Еремеев</t>
   </si>
   <si>
     <t>2 сентября 1971</t>
   </si>
   <si>
     <t>9 декабря 2023 года суд в Омске арестовал Сергея до 30 января 2024 года по обвинению в подрыве поездов с нефтепродуктами в Северомуйском тоннеле 29 и 30 ноября. Сначала загорелся состав с 41 цистерной с топливом, 3 с авиационным топливом и 6 вагонов с чёрным металлом. Позже произошёл подрыв грузового поезда, ехавшего по объездному пути. В результате топливо разлилось на площади 150 квадратных метров — 4 цистерны с топливом полностью сгорели, ещё 2 были повреждены. Согласно ФСБ, Еремеев «дал признательные показания о работе под контролем украинских спецслужб». Подрывы в тоннеле квалифицировали как теракт.
 Как пишут в государственных СМИ РФ, Еремеев заявил, что хотел помешать поставкам военных грузов: «Я написал в объяснении, что через БАМ сейчас везут боеприпасы. Главная цель была — воспрепятствовать движению».
 Сергей участвовал в общенациональной стачке на «Нафтане» в ноябре 2020 года, о чём мужчина заявил публично и даже отправил своё заявление в адрес движения Тихановского. «Сергей старался всё решать мирным путем. Может быть, уже надоело, что ничего не решается…на видео, пусть там и закрашено лицо, я его сразу узнал», — отзывается о Еремееве его знакомый. Спустя несколько недель после забастовки Сергея уволили с «Нафтана». Сергей был одним из лучших механиков в Новополоцке.
 По данным следствия, в ноябре 2023 года Еремеев на своем автомобиле скрытно перевез взрывные устройства через государственную границу России и прибыл на территорию Бурятии. Далее, с целью совершения террористического акта, в ночное время на одном из участков Восточно-Сибирской железной дороги, а также на следующих по ней железнодорожных составах установил взрывные устройства и активировал пульты дистанционного управления. Суд постановил, что в результате подрыва установленных Еремеевым взрывных устройств потерпевшим причинен имущественный ущерб, связанный с уничтожением и повреждением цистерн и оборудования на железной дороге, на сумму более 100 000 000 рублей (1,2 млн долларов), а также иные тяжкие последствия в виде нарушения работы транспортной магистрали федерального значения.
 Суд по совокупности преступлений назначил Еремееву наказание в виде лишения свободы на срок 22 года, с отбыванием первых 5 лет в тюрьме, а оставшейся части наказания в исправительной колонии строгого режима, со штрафом в размере 1 000 000 руб. Транспортное средство, принадлежащее Еремееву, постановлено конфисковать. Также судом удовлетворены гражданские иски потерпевших в счет возмещения причиненного ущерба к Еремееву на общую сумму более 60 000 000 рублей (744 тысячи долларов), которые постановлено взыскать с осужденного.</t>
   </si>
   <si>
     <t>111020, г. Москва, ул. Лефортовский вал, д. 5,  СИЗО № 2</t>
   </si>
   <si>
     <t>Нет</t>
   </si>
   <si>
     <t>Решение суда 18.12.2025: 22 года лишения свободы в колонии в условиях строгого режима.</t>
   </si>
   <si>
     <t>2023-12-15 13:07:02</t>
   </si>
   <si>
+    <t>Анатолий Петрович Змитрович</t>
+  </si>
+  <si>
+    <t>2 сентября 1962</t>
+  </si>
+  <si>
+    <t>До задержания Анатолий был индивидуальным предпринимателем и активным участником предпринимательского движения. Он известен также как экологический активист в период строительства и запуска Светлогорского завода беленой целлюлозы, когда происходили многочисленные выбросы вредных веществ в атмосферу. В последнее время работает в одном из предприятий в области автосервиса.
+Был задержан в апреле 2025 года по ч. 2 ст. 367 (клевета на Лукашенко) УК РБ. 25 апреля 2025 года был этапирован в СИЗО-3.
+Ранее его задерживали 14 февраля 2023 года. Также его задерживали в 2020 году. Тогда в ноябре его задержали после траурной акции памяти убитого в Минске Романа Бондаренко. Анатолию назначили штраф в размере 40 б.в. Еще раньше Змитрович привлекался к административной ответственности по ст. 23.34 (нарушение порядка проведения массовых мероприятий). Тогда он получил штраф 25 б. в.</t>
+  </si>
+  <si>
+    <t>ИК №1,  211445, г. Новополоцк,ул. Техническая, 8</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 10 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-05-20 15:04:06</t>
+  </si>
+  <si>
     <t>Дмитрий Иванович Молочко</t>
   </si>
   <si>
     <t>2 сентября 1973</t>
   </si>
   <si>
     <t>Дмитрий 27 ноября, а после и 11 декабря 2023 года был задержан и осужден по ч. 2 ст. 19.11 КоАП (Распространение, изготовление, хранение, перевозка информационной продукции, содержащей призывы к экстремистской деятельности или пропагандирующей такую деятельность). Судьи - Подолянец Артем и Николай Кмита.
 Содержался в ИВС Барановичского ГОВД. После было заведено уголовное дело, и его перевели в СИЗО -7 г. Бреста.  Вместе с ним осудили Молочко Оксану Викторовну- его жену. Их осудили за "измену государству " на 12 и 8 лет, а по факту за снимок поезда с военной техникой на платформе без никакого шпионского умысла.
 До задержания занимался ремесленичеством, был самозанятым. </t>
   </si>
   <si>
     <t>Решение суда 24.06.2024: 12 лет лишения свободы в колонии в условиях общего режима. Апелляция 27.09.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-09-27 23:00:27</t>
   </si>
   <si>
-    <t>Ярослав Анатольевич Вердыш</t>
-[...12 lines deleted...]
-    <t>2023-10-31 14:15:36</t>
+    <t>Альберт Владимирович Шило</t>
+  </si>
+  <si>
+    <t>2 сентября 1968</t>
+  </si>
+  <si>
+    <t>ИК №2, 213800, г. Бобруйск, ул. Сикорского, 1</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-06-24 23:47:03</t>
+  </si>
+  <si>
+    <t>Денис Васильевич Филончик</t>
+  </si>
+  <si>
+    <t>2 сентября 1983</t>
+  </si>
+  <si>
+    <t>Денис был задержан в декабре 2021 года после попытки атаки на ГОМ-2 Фрунзенского РУВД в Минске 16 августа 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма». В июне 2023 года он был осужден по статьям о «заговоре с целью захвата государственной власти» и «создании экстремистского формирования».
+Согласно обвинению, с июля 2020 года по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
+  </si>
+  <si>
+    <t>ИК-20, 247755, Гомельская обл., Мозырьский р-н, Михалковский сельсовет, д.70</t>
+  </si>
+  <si>
+    <t>Решение суда 21.06.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:54:48</t>
+  </si>
+  <si>
+    <t>Ольга Васильевна Губарь</t>
+  </si>
+  <si>
+    <t>3 сентября 1960</t>
+  </si>
+  <si>
+    <t>Решение суда 31.12.2024: неизвестно. Апелляция 07.03.2025: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:50:16</t>
   </si>
   <si>
     <t>Артем Леонидович Вовна</t>
   </si>
   <si>
     <t>3 сентября 1991</t>
   </si>
   <si>
     <t>Топ-менеджер оператора life:). Был задержан за распространение данных силовиков в телеграм-каналы. </t>
   </si>
   <si>
     <t>ИК-22, а/я 20, Брестская область, г. Ивацевичи, ст. Доманово, 225295</t>
   </si>
   <si>
     <t>8 лет лишения свободы в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-10-13 21:57:06</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-02-03 19:24:13</t>
   </si>
   <si>
     <t>Дмитрий Николаевич Нешта</t>
   </si>
   <si>
     <t>3 сентября 1975</t>
   </si>
   <si>
     <t>Задержан за "акт терроризма".
 Военный пенсионер, работал в Барановичах на авиаремонтном заводе.
 По версии следствия, 26 сентября 2020 года изготовил коктейли Молотова и перенес к автомобильной стоянке около одной из военных частей, где их и использовал.</t>
   </si>
   <si>
     <t>Решение суда 20.06.2022: 12 лет лишения свободы в колонии в условиях усиленного режима. Решение суда 23.03.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-06-09 02:57:10</t>
   </si>
   <si>
+    <t>Андрей Валерьевич Цалюк</t>
+  </si>
+  <si>
+    <t>3 сентября 1993</t>
+  </si>
+  <si>
+    <t>Ранее задерживался по административной статье за участие в акциях протеста. В провластных телеграм-каналах сообщалось о задержании Андрея. На ” покаянном видео " парень говорит, что был задержан за распространение личных данных сотрудников милиции, судей и призвал людей к насильственным действиям.Также сообщается, что мужчина " оставил более 2 тысяч экстремистских сообщений, из которых минимум 100 записей содержат в себе признаки нарушений законодательства”.</t>
+  </si>
+  <si>
+    <t>неизвестно</t>
+  </si>
+  <si>
+    <t>2023-02-03 19:24:13</t>
+  </si>
+  <si>
     <t>Артём Александрович Кухарёнок</t>
   </si>
   <si>
     <t>3 сентября 1982</t>
   </si>
   <si>
     <t>Артем всю жизнь работал в этой сфере — ветеринарным доктором, преподавателем в Смиловичском государственном сельскохозяйственном колледже, техником. Также он директор ветеринарной фирмы "Химвет".
 Последние комментарии Артема датируются маем 2024 года, после он исчез из соцсетей. Вероятно, тогда он и был задержан.
 Похоже, что дело в его постах в соцсетях и комментариях в телеграмме — аккаунты называются его собственным именем, а телеграмм-аккаунт привязан к собственному телефону Артема.</t>
   </si>
   <si>
     <t>Решение суда 06.03.2025: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-01-09 00:32:11</t>
   </si>
   <si>
-    <t>Ольга Васильевна Губарь</t>
-[...10 lines deleted...]
-  <si>
     <t>Сергей Витальевич Рябцев</t>
   </si>
   <si>
     <t>5 сентября 2002</t>
   </si>
   <si>
     <t>Сергей был задержан 30 сентября 2021 года — первоначально из-за комментария, оставленного после гибели в Минске сотрудника Комитета государственной безопасности Дмитрия Федосюка и IT-специалиста Андрея Зельцера. Его вызвали в военкомат, где уже ждали силовики. Позже в его доме провели обыск в его отсутствие.
 В начале сентября 2022 года стало известно, что Комитет государственной безопасности внёс Сергея в «список лиц, причастных к террористической деятельности». В ноябре того же года ему вынесли приговор — лишение свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>ИК №3, 211300, п.Витьба, Витебская обл, Витебский район</t>
   </si>
   <si>
     <t>Решение суда 04.11.2022: 6 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима. Апелляция 24.01.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2022-09-17 11:40:06</t>
   </si>
   <si>
     <t>Максим Леонидович Дергачев</t>
   </si>
   <si>
     <t>5 сентября 1971</t>
   </si>
   <si>
@@ -404,562 +388,628 @@
     <t>Андрей Валерьевич Шабуня</t>
   </si>
   <si>
     <t>5 сентября 1988</t>
   </si>
   <si>
     <t>Решение суда 14.03.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция 10.06.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-03-11 21:37:35</t>
   </si>
   <si>
     <t>Илья Александрович Кравченко</t>
   </si>
   <si>
     <t>6 сентября 1989</t>
   </si>
   <si>
     <t>Илья был осужден за попытку поджога здания прокуратуры Жодино в октябре 2020 года. По версии следствия, он поджег изготовленное устройство на крыльце, чтобы выразить пренебрежение к деятельности правоохранительных органов. В результате разлета смеси нефтепродуктов и осколков бутылки были повреждены входная дверь и козырек, причинен ущерб более 1 500 рублей.</t>
   </si>
   <si>
     <t>Решение суда 08.04.2021: 5 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, приблизительно 1500 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-04-08 19:35:43</t>
+  </si>
+  <si>
+    <t>Алексей Владимирович Сеньков</t>
+  </si>
+  <si>
+    <t>7 сентября 1978</t>
+  </si>
+  <si>
+    <t>Алексей, подполковник юстиции в отставке, с 2012 по 2021 год занимал различные должности в Следственном комитете. В июле 2021 года он был задержан в рамках уголовного дела, возбужденного по статье «групповые действия, грубо нарушающие общественный порядок».
+В октябре 2021 года Алексея осудили за участие в послевыборных акциях протеста, проходивших в августе 2020 года в Минске. В 2022 году Лукашенко лишил его звания.
+Он был освобождён в апреле 2023 года, полностью отбыв назначенный судом срок наказания.
+В конце июля 2023 года Алексея вновь задержали. Пропагандистские ресурсы утверждали, что он якобы «попытался вовлечь в решение вопроса за взятку своих бывших коллег, действуя в интересах гражданина Украины, отбывающего наказание».
+В октябре 2023 года его признали виновным по статье «дача взятки» и приговорили к лишению свободы и выплате крупного штрафа.</t>
+  </si>
+  <si>
+    <t>Решение суда 05.10.2021: 2 года лишения свободы в колонии в условиях общего режима. Решение суда 30.10.2023: 3 года лишения свободы в колонии в условиях строгого режима, 400 базовых величин штрафа. Апелляция 25.01.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-10-06 02:11:57</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Глебко</t>
+  </si>
+  <si>
+    <t>8 сентября 1978</t>
+  </si>
+  <si>
+    <t>Был задержан вместе с женой за «поджог бревен для нарушения железнодорожного движения».
+Жена была освобождена из ИВС, мужчина остался под стражей.
+На опубликованном провластном канале Сергей был сильно избит.</t>
+  </si>
+  <si>
+    <t>ИК-8, 211388, Витебская обл., г. Орша, ул. Ленина, 195А</t>
+  </si>
+  <si>
+    <t>11 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-03-07 21:27:19</t>
   </si>
   <si>
     <t>Павел Юрьевич Линкевич</t>
   </si>
   <si>
     <t>8 сентября 1986</t>
   </si>
   <si>
     <t>Следователи сообщают, что в августе 2020 в определенный момент внимание сотрудников милиции привлек внедорожник с иностранными регистрационными знаками и тонированными стеклами. Когда милиционеры направились к автомобилю, обвиняемый начал движение задним ходом и умышленно наехал на одного из них, после чего скрылся с места происшествия.
 Сотрудники ГАИ преследовали обвиняемого, однако водитель бросил свой автомобиль вблизи деревни Антоново, а сам скрылся.
 На видео с регистратора служебного автомобиля ГАИ видно большое скопление сотрудников милиции в полной экипировке. Момента наезда на одного из них не видно.
 Мужчина был объявлен в розыск и по возвращении из Польши 5 мая 2022 года в Барановичи он был задержан и помещен под стражу.</t>
   </si>
   <si>
     <t>ИК №17, 213004, г. Шклов,  ул. 1-я Заводская, 8</t>
   </si>
   <si>
     <t>7 лет лишения свободы в колонии усиленного режима.</t>
   </si>
   <si>
     <t>2022-07-07 18:12:30</t>
   </si>
   <si>
-    <t>Сергей Сергеевич Глебко</t>
-[...18 lines deleted...]
-  <si>
     <t>Виталий Янович Костецкий</t>
   </si>
   <si>
     <t>8 сентября 1980</t>
   </si>
   <si>
     <t>Решение суда 29.04.2025: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 01.07.2025: неизвестно.</t>
   </si>
   <si>
     <t>2025-07-24 17:54:07</t>
+  </si>
+  <si>
+    <t>Виталий Владимирович Ободенко</t>
+  </si>
+  <si>
+    <t>8 сентября 1974</t>
+  </si>
+  <si>
+    <t>Правозащитникам известно, что Виталия Ободенко репрессировали в административном порядке в феврале 2025 года по ч. 2 ст. 19.11 Кодекса об административных правонарушениях за так называемое "распространение экстремистских материалов". Вероятно после этого на Виталия завели уголовное дело.</t>
+  </si>
+  <si>
+    <t>2026-02-20 16:51:53</t>
   </si>
   <si>
     <t>Денис Сергеевич Дикун</t>
   </si>
   <si>
     <t>9 сентября 1992</t>
   </si>
   <si>
     <t>Задержан за поджог 28 февраля 2022 года на станции «Жердь-Останковичи» релейного шкафа сигнализации, централизации и блокировки (СЦБ), в результате чего светофоры и стрелочные переводы на этом участке были приведены в нерабочее состояние.
 Перегон находится на линии Жлобин-Калинковичи, которая затем продолжается на Овруч (Житомирская область Украины).
 25 марта 2024 г. в Горках Дениса начали судить по ч. 2 ст. 411 УК (злостное неповиновение требованиям администрации колонии). Дело рассматривала судья Наталья Фомичева. Она добавила политзаключенному еще два года заключения.
 В начале апреля 2024 г. стало известно, что Дениса этапировали в тюрьму № 4 в Могилеве.
 В Могилевском областном суде 18 июня 2024 г. состоится рассмотрение апелляционной жалобы Дениса. </t>
   </si>
   <si>
     <t>Решение суда 27.12.2022: 23 года лишения свободы в колонии в условиях усиленного режима. Апелляция 30.03.2023: неизвестно. Решение суда 25.03.2024: 2 года лишения свободы в колонии в условиях усиленного режима. Апелляция 18.06.2024: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
   </si>
   <si>
     <t>2022-03-11 01:08:55</t>
   </si>
   <si>
+    <t>Артем Дмитриевич Соловей</t>
+  </si>
+  <si>
+    <t>10 сентября 1996</t>
+  </si>
+  <si>
+    <t>Артём, активист анархического движения, был задержан 4 августа 2021 года сотрудниками ГУБОПиК. При задержании они встретили его словами «Добро пожаловать в Гестапо!», после чего избивали, ставили в «ласточку» и угрожали изнасилованием, требуя пароль от телефона. На следующий день Артёма осудили по статье 19.1 КоАП (якобы за агрессивное поведение при доставлении в РУВД) и назначили 15-суточный арест, однако после его окончания он на свободу не вышел.
+Изначально Артёму предъявили обвинение по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них». В январе 2022 года ему и другим фигурантам предъявили дополнительные обвинения — участие в экстремистском формировании за подписку на телеграм-канал «Прамень». На момент задержания канал ещё не был внесён в список экстремистских формирований, что произошло только в ноябре 2021 года.
+В апреле 2022 года Артёма признали виновным и приговорили к лишению свободы в колонии.
+По подсчетам правозащитников должен был выйти на свободу зимой 2026 года.</t>
+  </si>
+  <si>
+    <t>Решение суда 22.04.2022: 5 лет лишения свободы в колонии в условиях общего режима. Решение суда дата неизвестна: неизвестно лет лишения свободы в колонии в условиях строгого режима.</t>
+  </si>
+  <si>
+    <t>2021-08-29 03:42:38</t>
+  </si>
+  <si>
+    <t>Дмитрий Дмитриевич Мостовой</t>
+  </si>
+  <si>
+    <t>11 сентября 1977</t>
+  </si>
+  <si>
+    <t>Дмитрию Мостовому 45 лет. Он родом из Сеницы, учился в Политехническом колледже в Минске, профессиональный программист.
+Его задерживали во время протестов в октябре 2020 года, и он сидел «сутки».
+Дмитрия задержали вначале марта 2023 года. В провластном фильме «Гаспар на связь не вышел» на телеканале ОНТ, вышедшем 05.04.2023 года,рассказывают, что Дмитрий якобы предлагал «Беларускаму Гаюну» сливать информацию об аэродроме: он настроил трансляцию с компьютера, шедшую две недели без перерыва.
+Сейчас мужчина находится в СИЗО по обвинению в «измене государству» и «содействии экстремистской деятельности».</t>
+  </si>
+  <si>
+    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
+  </si>
+  <si>
+    <t>Решение суда 18.09.2023: 10 лет лишения свободы в колонии в условиях общего режима. Суд по смене режима 24.12.2025: 3 года тюремного режима.</t>
+  </si>
+  <si>
+    <t>2023-04-06 15:04:01</t>
+  </si>
+  <si>
     <t>Илья Витальевич Лукашенко</t>
   </si>
   <si>
     <t>11 сентября 2000</t>
   </si>
   <si>
     <t>Решение суда 19.08.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 15.10.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-13 12:14:29</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-05-29 19:25:02</t>
   </si>
   <si>
     <t>Евгений Викторович Шляхтенок</t>
   </si>
   <si>
     <t>11 сентября 1988</t>
   </si>
   <si>
     <t>Судя по информации из соцсетей, Шляхтёнок родился в Красносельском в Волковысском районе. Учился на учителя истории Гродненского государственного университета. Работал сварщиком и на СТО. В 2015 году устроился в военкомат Мостовского района, где занимался учетом офицеров запаса.
 Последний раз Евгений был онлайн в октябре 2024 года.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 4 года лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-07-11 12:45:46</t>
   </si>
   <si>
+    <t>Владимир Викторович Алисиевич</t>
+  </si>
+  <si>
+    <t>11 сентября 1990</t>
+  </si>
+  <si>
+    <t>Был задержан в сентябре 2023 года, предположительно за сообщения в чате с друзьями. Было заведено уголовное дело.</t>
+  </si>
+  <si>
+    <t>Решение суда 07.06.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 12.11.2024: неизвестно. Суд по смене режима дата неизвестна: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:25:02</t>
+  </si>
+  <si>
     <t>Владимир Иванович Михайленко</t>
   </si>
   <si>
     <t>11 сентября 1954</t>
   </si>
   <si>
     <t>Генеральный директор ООО"ГеосИдеал" .
 18.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 04.03.2024: неизвестно лет лишения свободы в колонии в условиях общего режима. Апелляция 18.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-02-28 20:44:34</t>
   </si>
   <si>
     <t>Василий Викторович Садовский</t>
   </si>
   <si>
     <t>11 сентября 1983</t>
   </si>
   <si>
     <t>Василий был осуждён по статье «организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>ИУОТ-45, 225073, Брестская обл., Каменецкий р-н., д. Сушки, ул.Центральная, 1</t>
   </si>
   <si>
     <t>Химия с направлением</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 2 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2025-05-11 21:37:49</t>
-  </si>
-[...14 lines deleted...]
-    <t>2021-10-01 18:20:40</t>
   </si>
   <si>
     <t>Александр Эдуардович Здоровеннов</t>
   </si>
   <si>
     <t>12 сентября 1979</t>
   </si>
   <si>
     <t>В 2020-2021 годах Алеся два раза привлекали к административной ответственности за участие в протестах и флаг во дворе частного дома. После 2021 года Алесь несколько раз выезжал в Литву и Польшу.
 Был задержан в конце марте на границе с Литвой, откуда он возвращался после заработков. Сначала у него нашли «экстремизм» в телефоне и осудили на административный арест. Затем Алесь оказался в СИЗО по обвинению в политически мотивированной уголовной статье. 
 Через несколько дней после этого в Минске был задержан брат Алеся – Вадим Здоровеннов. Изначально ему инкриминировали «оскорбление Лукашенко», но могут быть вменены и другие статьи.</t>
   </si>
   <si>
-    <t>Решение суда 15.12.2025: 10 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа.</t>
+    <t>Решение суда 15.12.2025: 10 лет лишения свободы в колонии в условиях усиленного режима, 500 базовых величин штрафа. Апелляция 13.02.2026: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2025-08-04 20:51:28</t>
   </si>
   <si>
+    <t>Игорь Семёнович Минц</t>
+  </si>
+  <si>
+    <t>12 сентября 1977</t>
+  </si>
+  <si>
+    <t>Игорь, ведущий юрисконсульт ОАО «Нафтан», был задержан осенью 2021 года в рамках уголовного дела, возбужденного против сотрудников заводов, поддержавших стачку и входивших в инициативу «Рабочы рух». 21 сентября 2021 года эта инициатива была признана экстремистской организацией, после чего по всей стране прошли массовые задержания рабочих.
+В феврале 2023 года Игоря признали виновным по статьям «измена государству» и «создание экстремистского формирования и участие в нём» и приговорили к лишению свободы, а также к выплате крупного штрафа.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 12 лет лишения свободы в колонии в условиях усиленного режима, 100 базовых величин штрафа. Апелляция 02.08.2023: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-10-01 18:20:40</t>
+  </si>
+  <si>
+    <t>Надежда Александровна Каранкевич</t>
+  </si>
+  <si>
+    <t>13 сентября 1994</t>
+  </si>
+  <si>
+    <t>В 2016 году Надежда окончила Минский государственный лингвистический университет по специальности преподаватель иностранных языков. Более года она проработала переводчицей, а затем перешла в IT, где занималась тестированием. В ноябре 2023 года Надежду задержали.</t>
+  </si>
+  <si>
+    <t>Решение суда 02.08.2024: 5 лет 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 24.09.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2023-12-26 00:59:12</t>
+  </si>
+  <si>
     <t>Павел Викторович Козинцев</t>
   </si>
   <si>
     <t>13 сентября 1980</t>
   </si>
   <si>
     <t>Задержан за комментарии  в соцсетях , оставленный в 2022 году на телеграм-канале "Реальная Беларусь".</t>
   </si>
   <si>
     <t>Решение суда 16.01.2025: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима, 250 базовых величин штрафа. Апелляция 14.03.2025: 3 года лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-04-11 01:37:43</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-12-26 00:59:12</t>
   </si>
   <si>
     <t>Виталий Петрович Максимчук</t>
   </si>
   <si>
     <t>14 сентября 1983</t>
   </si>
   <si>
     <t>Многодетный отец, предположительно задержан за администрирование чата "Солидарность Ивацевичи" в 2020 году.
 Работал водителем такси.
 Кроме лишения свободы Виталию присудили штраф в размере 40 000 рублей.
 03.05.2024 прошло рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>6 лет лишения свободы в колонии в условиях общего режима</t>
   </si>
   <si>
     <t>2023-12-22 02:32:33</t>
   </si>
   <si>
     <t>Артур Александрович Ролич</t>
   </si>
   <si>
     <t>14 сентября 1984</t>
   </si>
   <si>
     <t>Вероятнее всего был задержан летом 2023 года. В 2013 году Артур открыл собственный бизнес-магазин Grandbazaare, в котором продавал брендовую одежду и обувь. В группе группы ВКонтакте более 40 тысяч подписчиков. В последние годы его фирма специализировалась на бренде Under Armour. А с 2023-го перевел страницы своего бизнеса на белорусский язык.
 Артур увлекается спортом, но особенно футболом, и даже раньше играл в любительских лигах на позиции вратаря. В качестве фото на свои аватарки в соцсетях он ставит футболистов и других спортсменов.
 Кроме лишения свободы Артуру присудили штраф в размере 700 базовых величин.</t>
   </si>
   <si>
     <t>Решение суда 20.05.2024: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 09.08.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-04-13 17:40:46</t>
+  </si>
+  <si>
+    <t>Олег Петрович Супрунюк</t>
+  </si>
+  <si>
+    <t>15 сентября 1967</t>
+  </si>
+  <si>
+    <t>Олег Супрунюк известен жителям Брестчины как репортер, который освещал социально и общественно значимые проблемы региона. За время в профессии работал в газете "Брестский курьер", онлайн-издании "Першы рэгіён", сотрудничал с другими независимыми изданиями.
+Журналист исчез 22 января, он перестал отвечать на звонки и не появлялся в социальных сетях. Позже стало понятно, что он задержан в рамках уголовного дела. Почти пять месяцев о судьбе Олега ничего не было известно.
+Ранее журналиста преследовали по административной статье. 12 декабря 2024 года силовики приходили к Олегу Супрунюку с обыском. Тогда у него забрали компьютерную технику и телефон, а его самого увезли на допрос. После допроса был составлен административный протокол за якобы распространение "экстремистской информационной продукции" (по ч. 2 ст. 19.11 КоАП). Журналиста осудили на 15 суток ареста, 27 декабря он вышел на свободу.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.08.2025: 3 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
+  </si>
+  <si>
+    <t>2025-08-25 18:53:05</t>
+  </si>
+  <si>
+    <t>Генрих Агеев</t>
+  </si>
+  <si>
+    <t>15 сентября 1994</t>
+  </si>
+  <si>
+    <t>Согласно данным на странице Генриха на Linkedin, в 2016 году он окончил Военную академию Республики Беларусь. После этого четыре года проработал во Внутренних войсках Беларуси и в августе 2020 года уволился.
+По словам однокамерника Генриха, задержание произошло в феврале 2024 года на крымском мосту, когда мужчина уже возвращался в Беларусь. Как рассказывал сам Агеев, он является фигурантом "дела BYPOL". Его обвиняют в том, что он ездил в Крым по заданию бывшего сотрудника ГУБОПиК, представителя инициативы Александра Азарова (Азаров это отрицает)  Точные цели поездок неизвестны. 
+Примерно с февраля по сентябрь 2024 года Агеева удерживали в СИЗО Симферополя на специальном этаже от ФСБ в СИЗО, где нет никаких правил. На этом этаже все сидят без следственных действий, в своей одежде, без передач и писем годами. Девять месяцев, что он там провел, никуда не зачлись. Родные думали, что умер. После этого его экстрадировали в Беларусь.
+На родину беларуса везли сутки с мешком на голове, рассказывает бывший сокамерник. За весь путь ему ни разу не дали сходить в туалет. Мужчину обвиняют сразу по нескольким статьям, в том числе "измена государству" (ст. 356 УК) и "участие в террористической организации" (ст. 290–5 УК) за связь с организацией BYPOL, которая в Беларуси признана "террористической".</t>
+  </si>
+  <si>
+    <t>Главпочтамт, а\я 8, Минск 220050</t>
+  </si>
+  <si>
+    <t>2025-09-30 20:23:14</t>
   </si>
   <si>
     <t>Максим Сергеевич Селезнев</t>
   </si>
   <si>
     <t>15 сентября 1976</t>
   </si>
   <si>
     <t>Максим — минчанин. Имеет высшее образование. Мужчина в разводе. Когда-то он работал охранником, впоследствии строителем. Потом открыл ИП — ставил памятники на кладбище. Последнее время был безработным.
 Знакомые вспоминают, что Максим служил срочную службу в одной из минских частей «спецназа».
 Максим обвиняется в том, что взорвал милицейское авто возле Центрального РУВД.
 Происшествие случилось в ночь с 7 на 8 января 2022 недалеко от здания Центрального РУВД Минска. За подрыв авто возбуждено уголовное дело по статье 289 (акт терроризма, совершенный повторно).
 Позже следователи добавили, что он же ночью на 13 января якобы таким же образом повредил киоск «Табакерка» и урну.
 26.05.2023 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 30.03.2023: 15 лет лишения свободы в колонии в условиях усиленного режима, 200 базовых величин штрафа. Апелляция 26.05.2023: неизвестно.</t>
   </si>
   <si>
     <t>2023-02-17 20:22:10</t>
   </si>
   <si>
-    <t>Сергей Викторович Качалко</t>
-[...43 lines deleted...]
-    <t>2025-08-25 18:53:05</t>
+    <t>Иван Александрович Сухомеров</t>
+  </si>
+  <si>
+    <t>15 сентября 1995</t>
+  </si>
+  <si>
+    <t>В 2017 году парень получил диплом социального педагога по окончании Мозырского государственного педагогического университета имени Ивана Шамякина. Приблизительно с этого времени, как видно по его социальным сетям, он начал критически высказываться в адрес власти. Особенно активно мужчина выступал против одиозного декрета “о тунеядцах”.
+Согласно материалам дела мужчина регулярно негативно высказывался в соцсетях в отношении Лукашенко, а также призывал к санкциям в отношении Беларуси. Он же вступил в состав «экстремистского» формирования «BYPOL», договорился с участниками «полка Калиновского» об участии в военных действиях в Украине, а также переводил деньги в помощь ВСУ и «экстремистскому» телеграм-каналу.</t>
+  </si>
+  <si>
+    <t>Решение суда 15.02.2024: 10 лет лишения свободы в колонии в условиях общего режима. Апелляция 02.08.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-02-06 21:05:55</t>
   </si>
   <si>
     <t>Виталий Чеславович Коршун</t>
   </si>
   <si>
     <t>15 сентября 1986</t>
   </si>
   <si>
-    <t>Житель Барановичей. Согласно обвинению, Виталий Коршун 21 сентября 2020 года разместил в телеграм-чате “Боровки 97%” под фото с изображением потерпевшего сообщение следующего содержания: “А кто это? ОМОН? Тогда предлагаю сжечь его квартиру &lt;брань&gt;, скажите адрес”. 
-[...5 lines deleted...]
-    <t>Решение суда 28.09.2021: 2 месяца лишения свободы в колонии в условиях общего режима. Решение суда 31.10.2024: неизвестно лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.01.2025: неизвестно.</t>
+    <t>Виталий был признан виновным в сентябре 2021 года в воздействии на сотрудника органов внутренних дел с целью смены характера его деятельности путём угрозы уничтожения имущества за комментарий, оставленный в телеграм-чате «Боровки 97%» под фото старшины Сергея Балабановича, и приговорён к аресту.
+В январе 2024 года провластные Telegram-каналы сообщили о повторном задержании Виталия. В «покаяльном видео» он стоял перед камерой в наручниках и сказал, что «призывал к насилию в отношении сотрудников ОМОНа только на эмоциях».
+С августа по октябрь 2024 года в отношении Виталия проходило несколько судебных заседаний в рамках уголовного дела, возбужденного по статьям «клевета на Лукашенко», «участие в действиях, грубо нарушающих общественный порядок», «организация массовых беспорядков», «призывы к санкциям» и «разжигание розни или вражды». Итог неизвестен.</t>
+  </si>
+  <si>
+    <t>Решение суда 28.09.2021: 2 месяца ареста. Решение суда 31.10.2024: 7 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.01.2025: неизвестно.</t>
   </si>
   <si>
     <t>2021-09-30 10:40:34</t>
   </si>
   <si>
     <t>Павел Александрович Белоголов</t>
   </si>
   <si>
     <t>15 сентября 1988</t>
   </si>
   <si>
     <t>Павел был задержан 29 сентября 2021 года в рамках уголовного дела, возбужденного за комментарии в интернете после гибели в Минске сотрудника КГБ Дмитрия Федосюка и IT-специалиста Андрея Зельцера. Летом 2022 года его осудили и приговорили к лишению свободы в колонии и крупному штрафу.
 По подсчетам правозащитников, он был освобожден летом 2023 года, полностью отбыв назначенный судом срок наказания.
 В феврале 2024 года в отношении Павла состоялось судебное разбирательство по обвинению в «распространении экстремистских материалов». Длительное время он не выходил на связь, а после суда стало известно, что в отношении него возбуждено новое уголовное дело.
 Повторно Павла осудили в июне 2024 года по обвинению в «клевете в отношении Лукашенко» и снова приговорили к лишению свободы.</t>
   </si>
   <si>
-    <t>Тюрьма №4, Могилёв ул. Крупской 99А, 212011</t>
-[...1 lines deleted...]
-  <si>
     <t>Решение суда 25.08.2022: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 100 базовых величин штрафа. Апелляция 17.11.2022: приговор оставлен без изменения. Решение суда 21.06.2024: 3 года 4 месяца лишения свободы в колонии в условиях общего режима. Апелляция 20.08.2024: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-10-06 23:44:15</t>
   </si>
   <si>
-    <t>Иван Александрович Сухомеров</t>
-[...15 lines deleted...]
-    <t>Виталий Викторович Кануркин</t>
+    <t>Сергей Викторович Качалко</t>
+  </si>
+  <si>
+    <t>15 сентября 1992</t>
+  </si>
+  <si>
+    <t>По утверждению однокамерников задержан по политическим мотивам. </t>
+  </si>
+  <si>
+    <t>2025-12-01 16:49:13</t>
+  </si>
+  <si>
+    <t>Алексей Дмитриевич Ковалев</t>
+  </si>
+  <si>
+    <t>16 сентября 1977</t>
+  </si>
+  <si>
+    <t>Задержан за комментарии в соцсетях после смерти Макея В.В.
+03.10.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 24.07.2023: 7 лет лишения свободы в колонии в условиях общего режима. Апелляция 03.10.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2022-12-06 17:27:15</t>
+  </si>
+  <si>
+    <t>Александр Тадионович Гурник</t>
   </si>
   <si>
     <t>16 сентября 1981</t>
-  </si>
-[...10 lines deleted...]
-    <t>Александр Тадионович Гурник</t>
   </si>
   <si>
     <t>Агент по недвижимости, блогер, автор блога "Беларусь в окне". На его TikTok-аккаунт был подписан 431 человек. В роликах он юмористически комментирует беларусские новости.
 При задержании был избит. Александра уже избивали до этого — он попал под волну пыток на Окрестина во время августовских протестов. Согласно опубликованному на его странице медицинскому заключению, его жестоко избили во время задержания на выходе из дома 12 августа и на Окрестина, на его теле было 47 гематом.
 Мужина подал заявление в СК с требованием провести проверку по факту его избиения. В возбуждении уголовного дела, конечно, отказали. В ходе рассмотрения уголовного дела установлено, что Александр с августа по октябрь 2020 года неоднократно принимал участие в блокировании движения транспортных средств в Минске, размещал в социальных сетях видео с оскорблениями Лукашенко.</t>
   </si>
   <si>
     <t xml:space="preserve"> 5 лет лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-06-30 00:34:06</t>
   </si>
   <si>
-    <t>Алексей Дмитриевич Ковалев</t>
-[...12 lines deleted...]
-    <t>2022-12-06 17:27:15</t>
+    <t>Виталий Викторович Кануркин</t>
+  </si>
+  <si>
+    <t>Виталий работал ведущим программистом, а затем ведущим администратором сетей Управления делами Гродненского облисполкома.</t>
+  </si>
+  <si>
+    <t>Решение суда 26.07.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:48:05</t>
   </si>
   <si>
     <t>Вячеслав Александрович Курильчик</t>
   </si>
   <si>
     <t>17 сентября 1985</t>
   </si>
   <si>
     <t>Решение суда 26.10.2022: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 20.01.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-10-06 19:56:36</t>
   </si>
   <si>
+    <t>Максим Валерьевич Ремезов</t>
+  </si>
+  <si>
+    <t>17 сентября 1980</t>
+  </si>
+  <si>
+    <t>Максим окончил Белорусский государственный университет информатики и радиоэлектроники по специальности «сетевой инженер». Начинал карьеру на Минском электромеханическом заводе, затем работал программистом в компаниях IBA и Netland. В 2022 году занял должность системного архитектора в компании A1.
+Он был задержан и в августе 2024 года осужден по статьям «финансирование экстремистской деятельности» и «финансирование или иное материальное обеспечение войны».</t>
+  </si>
+  <si>
+    <t>Решение суда 05.08.2024: 6 лет лишения свободы в колонии в условиях общего режима. Апелляция 18.10.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:47:20</t>
+  </si>
+  <si>
     <t>Анастасия Викторовна Сикирицкая</t>
   </si>
   <si>
     <t>17 сентября 1981</t>
   </si>
   <si>
     <t>Проходила по "делу дворовых чатов".</t>
   </si>
   <si>
     <t>Решение суда 24.07.2025: 2 года лишения свободы в колонии в условиях общего режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-08-07 22:14:23</t>
+  </si>
+  <si>
+    <t>Галина Викторовна Латуговская</t>
+  </si>
+  <si>
+    <t>17 сентября 1978</t>
+  </si>
+  <si>
+    <t>Преподавательницу задержали в конце октября или в начале ноября 2024 года. Дело в комментариях в телеграме — ее аккаунт зарегистрирован на собственный номер, и в какой-то момент она поставила туда в качестве изображения собственное фото, хотя когда-то оставила с аккаунта много комментариев.
+Последние годы Галина работала на кафедре общей и биоорганической химии Гомельского государственного медицинского университета. Также тренировала людей к поступлению на факультете доуниверситетской подготовки.</t>
+  </si>
+  <si>
+    <t>Решение суда дата неизвестна: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима.</t>
+  </si>
+  <si>
+    <t>2025-10-24 17:07:59</t>
+  </si>
+  <si>
+    <t>Эдвард Николаевич Вильчевский</t>
+  </si>
+  <si>
+    <t>17 сентября 1994</t>
+  </si>
+  <si>
+    <t>Водитель такси. В семье двое несовершеннолетних детей.
+Осудили за комментарии с июня 2020 года по август того же года в чатах в телеграме.</t>
+  </si>
+  <si>
+    <t>9 лет лишения свободы в колонии усиленного режима.</t>
+  </si>
+  <si>
+    <t>2022-07-14 20:24:21</t>
   </si>
   <si>
     <t>Алексей Витальевич Куликов</t>
   </si>
   <si>
     <t>17 сентября 1987</t>
   </si>
   <si>
     <t>Гражданин РФ. В провластном фильме «Гаспар на связь не вышел» на телеканале ОНТ, вышедшем 05.04.2023 года, рассказывают, что Алексей якобы снимал на фото объекты в Гродно — военкомат Гродно и Гродненского района, военную часть 41780, нефтебазу района Аульс, нефтебазу района Девятовка, генконсульство РФ. А также, что год назад Куликов сбежал от призыва, а попасть в Гродно ему помог российский оппозиционер Даниил Кринари (Ковалевский). В декабре Кринари задержали в Гродно и экстрадировали в Россию. 
  Из ближайших родственников у Алексея только бабушка. 
 28.06.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 10.04.2024: 23 года лишения свободы в колонии в условиях усиленного режима. Апелляция 28.06.2024: неизвестно.</t>
   </si>
   <si>
     <t>2023-04-06 14:13:09</t>
   </si>
   <si>
-    <t>Эдвард Николаевич Вильчевский</t>
-[...47 lines deleted...]
-    <t>Анастасия Алекандровна Войтехович</t>
+    <t>Анастасия Александровна Войтехович</t>
   </si>
   <si>
     <t>18 сентября 1997</t>
   </si>
   <si>
     <t>Анастасия была задержана в августе 2021 года в рамках уголовного дела, возбужденного по статье «акт терроризма», и в июне 2023 года осуждена по нескольким уголовным статьям.
 Согласно обвинению, с июля 2020 по январь 2022 года в Беларуси, Турции, Польше, Украине и других странах «действовала организованная преступная группа», якобы готовившая экстремистские преступления. В неё входили радикально настроенные военные, силовики, спортсмены и бизнесмены, стремившиеся захватить власть незаконным путём. Это дело связано с попыткой поджога дома депутата Олега Гайдукевича в июне 2021 года и «организацией массовых беспорядков».</t>
   </si>
   <si>
     <t>Решение суда 21.06.2023: 11 лет лишения свободы в колонии в условиях общего режима. Апелляция 04.10.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-09-17 01:33:47</t>
   </si>
   <si>
     <t>Мария Андреевна Борисенко</t>
   </si>
   <si>
     <t>18 сентября 1992</t>
   </si>
   <si>
     <t>31.07.2024 была задержана по административной статье, после чего, судя по всему, было заведено уголовное дело.</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: неизвестно. Апелляция дата неизвестна: неизвестно.</t>
@@ -972,374 +1022,404 @@
   </si>
   <si>
     <t>18 сентября 1996</t>
   </si>
   <si>
     <t>Задержана за донаты. Была отмечена в номинации «Лучший выпускник БГУ»2018 года. После задержания несколько месяцев Ксению содержали в СИЗО КГБ, после чего перевели в СИЗО-1, а потом в СИЗО-3.
 4 июня 2024 г. состоялось рассмотрение апелляционной жалобы Ксении. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>5 лет лишения свободы в колонии общего режима</t>
   </si>
   <si>
     <t>2023-12-22 19:08:41</t>
   </si>
   <si>
     <t>Максим Юрьевич Чаховский</t>
   </si>
   <si>
     <t>20 сентября 1995</t>
   </si>
   <si>
     <t>Решение суда 04.12.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:57</t>
+  </si>
+  <si>
+    <t>Ярослав Анатольевич Вердыш</t>
+  </si>
+  <si>
+    <t>21 сентября 1991</t>
+  </si>
+  <si>
+    <t>Выпускник БГУИР, EPAM
+02.02.2024 состоялось рассмотрение апелляционной жалобы, приговор вступил в силу.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.11.2023: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 02.02.2024: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:15:36</t>
   </si>
   <si>
     <t>Дмитрий Александрович Климов</t>
   </si>
   <si>
     <t>21 сентября 1993</t>
   </si>
   <si>
     <t>Дмитрий в прошлом работал водителем в нескольких организациях и таксистом. Также он работал в Калинковичском Департаменте охраны с начала 2017 года по май 2018-го, а затем прапорщиком милиции до увольнения в августе.
 Дмитрий женат, у него есть четырехлетняя дочь.
 Мужчина был задержан из-за диверсии на железнодорожных путях. Когда его арестовали, он не сопротивлялся, но все же сотрудники Специального подразделения быстрого реагирования целенаправленно выстрелили ему в коленные суставы.
 Дмитрия признали виновным по пяти тяжким статьям Уголовного кодекса, назначили срок ограничения свободы. Судом также был назначен штраф в 380 базовых величин. Обвиняемый в добровольном порядке возместил ущерб, причиненный РУП «Могилевское отделение Белорусской железной дороги», на сумму свыше 12,8 тысяч рублей.</t>
   </si>
   <si>
     <t>22 года лишения свободы в колонии в условиях усиленного режима.</t>
   </si>
   <si>
     <t>2022-04-06 19:32:34</t>
   </si>
   <si>
+    <t>Алексей Викторович Бычковский</t>
+  </si>
+  <si>
+    <t>21 сентября 1985</t>
+  </si>
+  <si>
+    <t>Алексей, гражданин России и бывший сотрудник «Белтелекома», был задержан в ноябре 2020 года в рамках уголовного дела, возбужденного по восьми статьям, включая «незаконные действия в отношении информации о частной жизни и персональных данных» и «вмешательство в деятельность сотрудника органов внутренних дел». Также известно, что при задержании Алексея сильно избивали.
+В феврале 2022 года он был осуждён за «передачу персональных и иных личных данных более 150 лиц телеграм-каналам, признанным экстремистскими» и приговорён к длительному лишению свободы, а также к выплате крупной компенсации «потерпевшим», эквивалентной примерно 30 тысячам долларов на момент вынесения приговора.</t>
+  </si>
+  <si>
+    <t>Решение суда 08.02.2022: 11 лет лишения свободы в колонии в условиях усиленного режима, неизвестно рублей компенсации. Апелляция 29.04.2022: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:23:06</t>
+  </si>
+  <si>
     <t>Сергей Николаевич Кебец</t>
   </si>
   <si>
     <t>21 сентября 1979</t>
   </si>
   <si>
     <t>Известно, что Сергей работал главным инженером ООО "Интермео", которое занималось строительством. Также Сергей увлекался пением под гитару, вел свой Youtube-канал, где преподавал песни в собственном исполнении.</t>
   </si>
   <si>
     <t>2025-10-18 15:08:09</t>
   </si>
   <si>
     <t>Владислав Валерьевич Куприянов</t>
   </si>
   <si>
     <t>21 сентября 1988</t>
   </si>
   <si>
     <t>Мужчина работает в «Могилевских городских электрических сетях» инженером.
 Задержан в начале августа 2022. Мужчину подозревают в том, что осенью 2020 года он, «пользуясь служебным положением», передал информацию о местах проживания госслужащих и силовиков в телеграм-канал «Черная книга Беларуси».
 27.06.2023 состоялось рассмотрение апелляционной жалобы. Приговор вступил в силу.</t>
   </si>
   <si>
     <t>Решение суда 13.04.2023: 5 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 27.06.2023: неизвестно.</t>
   </si>
   <si>
     <t>2022-08-06 17:50:07</t>
-  </si>
-[...28 lines deleted...]
-    <t>2021-09-30 10:23:06</t>
   </si>
   <si>
     <t>Владислав Витальевич Пискунович</t>
   </si>
   <si>
     <t>22 сентября 2000</t>
   </si>
   <si>
     <t>Решение суда 20.09.2024: 4 года лишения свободы в колонии в условиях общего режима. Апелляция 22.11.2024: неизвестно.</t>
   </si>
   <si>
     <t>2025-09-25 16:40:05</t>
   </si>
   <si>
     <t>Сергей Олегович Нелепко</t>
   </si>
   <si>
     <t>22 сентября 1989</t>
   </si>
   <si>
     <t>Задержан за то, что состоял в телеграм-каналах, которые признаны «экстремисткими».
 В декабре КГБ внес Сергея Нелепко в «список террористов», поэтому ему нельзя делать денежные переводы.
 По мнению прокуратуры, в марте 2022 года в Telegram обвиняемый вел переписку в чате о незаконном приобретении 50 единиц автоматов Калашникова и боеприпасов к нему, обсуждал возможность доставки оружия и боеприпасов в Беларусь. С целью дестабилизации Белорусской железной дороги гродненец разместил также сообщение с призывов повреждать жд-транспорт и пути сообщения. Также оставлял другие «оскорбительные» комментарии в отношении представителей власти и Лукашенко А.Г.
 Известно, что прокурор просил осудить Нелепко к 16 годам лишения свободы, но судья Сенько ограничился девятью годами колонии.</t>
   </si>
   <si>
     <t>9 лет лишения свободы в колонии.</t>
   </si>
   <si>
     <t>2022-03-11 01:36:10</t>
   </si>
   <si>
     <t>Алексей Алексеевич Левкевич</t>
   </si>
   <si>
     <t>22 сентября 1987</t>
   </si>
   <si>
     <t>С сентября 2024 года по январь 2025 года  находился под подпиской о невыезде. В январе был задержан  сотрудниками КГБ.
 Работал госинспектором по охране труда. Позже зарегистрировал ИП и стал заниматься отделочными работами. Несколько лет работал в Литве.
  Алексей много лет играл в любительский футбол и мини-футбол. Он выступал в Премьер-лиге 5х5 за команды do-doma.by и «БелВЭБ», на его счету десятки матчей и голов. </t>
   </si>
   <si>
     <t>2025-12-16 00:44:57</t>
   </si>
   <si>
     <t>Илья Владимирович Шапотковский</t>
   </si>
   <si>
-    <t>23 сентября 1987</t>
+    <t>23 сентября 1988</t>
   </si>
   <si>
     <t>Один из руководителей инициативы «Честные люди» Илья активно участвовал в избирательной кампании Виктора Бабарико, возглавляя отдел верификации подписей. Он был задержан 4 августа 2020 года по обвинению в экономических преступлениях, однако позже был осуждён за «размещение медиа, направленных на дискредитацию власти и разделение общества по политическим взглядам».</t>
   </si>
   <si>
     <t>Решение суда 30.05.2023: 9 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 10.07.2023: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:56</t>
+  </si>
+  <si>
+    <t>Сергей Анатольевич Мовшук</t>
+  </si>
+  <si>
+    <t>24 сентября 1978</t>
+  </si>
+  <si>
+    <t>Сергей был осужден за участие в «массовых беспорядках» в рамках уголовного дела, возбужденного из-за протестов и столкновений между жителями Пинска и силовиками в ночь с 9 на 10 августа 2020 года. Потерпевшими по делу выступили 109 сотрудников милиции и чиновников, которые, помимо лишения свободы для обвиняемых, потребовали около 530 тысяч рублей компенсации.
+В ноябре 2024 года Сергею ужесточили вид наказания и перевели его на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 30.04.2021: 6 лет 6 месяцев лишения свободы в колонии в условиях усиленного режима, приблизительно 38000 рублей компенсации. Апелляция 06.07.2021: приговор оставлен без изменения. Суд по смене режима 21.11.2024: тюремный режим до конца срока.</t>
+  </si>
+  <si>
+    <t>2021-04-30 17:38:44</t>
   </si>
   <si>
     <t>Игорь Владимирович Олиневич</t>
   </si>
   <si>
     <t>24 сентября 1983</t>
   </si>
   <si>
     <t>Игорь — активист анархического движения и бывший политический заключённый по "делу анархистов" в 2010 году. Он был задержан при переходе границы Беларуси в ночь с 28 на 29 октября 2020 года и обвинён в "поджогах" и "терроризме".
 В августе 2022 года решением суда Игорь был переведён на тюремный режим.
 В начале июля 2024 года Игоря перевезли в больницу в Колядичах. Он попал туда с подозрением на язву желудка, которая обострилась после голодовки, проведённой им с 13 по 26 июня в "ШИЗО" Жодинской тюрьмы № 8, где он отбывает наказание.</t>
   </si>
   <si>
     <t>Решение суда 22.12.2021: 20 лет лишения свободы в колонии в условиях усиленного режима, приблизительно 11000 рублей компенсации. Апелляция 22.04.2022: приговор оставлен без изменения. Суд по смене режима 08.08.2022: 3 года тюремного режима.</t>
   </si>
   <si>
     <t>2021-02-27 00:37:19</t>
   </si>
   <si>
-    <t>Сергей Анатольевич Мовшук</t>
-[...15 lines deleted...]
-    <t>Трофим Борисов</t>
+    <t>Александр Сергеевич Капшуль</t>
+  </si>
+  <si>
+    <t>Александр, бывший юрисконсульт ОАО «Нафтан» завода «Полимир», был задержан в сентябре 2021 года в России, когда пытался выехать в Варшаву. По пути из Воронежа сотрудники ФСБ проверили его документы, и, понимая, что его задержат в Москве, он прыгнул из поезда, получив перелом ноги и вывих руки, но добрался до границы с Украиной. При попытке пересечь её легально его задержали, передали сотрудникам КГБ и поместили в СИЗО в рамках уголовного дела против сотрудников заводов, поддержавших стачку и входивших в «Рабочы рух». Эта инициатива 21 сентября 2021 года была признана экстремистской, и одновременно по стране прошли задержания рабочих.
+В феврале 2023 года его признали виновным по статьям «незаконные действия с огнестрельным оружием», «измена государству» и «создание экстремистского формирования и участие в нём», приговорив к лишению свободы и крупному штрафу.
+В апреле 2023 года Александр вошёл в тройку финалистов международной правозащитной премии Global Advocacy Award.
+В апреле 2024 года состоялось очередное судебное заседание, по итогам которого Александра перевели на тюремный режим.</t>
+  </si>
+  <si>
+    <t>Решение суда 17.02.2023: 15 лет лишения свободы в колонии в условиях усиленного режима, 200 базовых величин штрафа. Апелляция 02.08.2023: приговор оставлен без изменения. Суд по смене режима 10.04.2024: неизвестно лет тюремного режима.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:05:21</t>
+  </si>
+  <si>
+    <t>Трофим Вадимович Борисов</t>
   </si>
   <si>
     <t>24 сентября 2006</t>
   </si>
   <si>
     <t>В провластном фильме (апрель 2024 года) рассказали, что шесть подростков якобы объединились в "анархистскую ячейку "Черные соловьи", которую" под руководством Национальной освободительной армии Украины " создала 16-летняя гражданка Украины Мария Мисюк.
 Сотрудники ОНТ утверждают, что подростки объединились, чтобы делать диверсии по наводке в Беларуси, а после — в России. Марию обвиняют по ч. 2 ст. 289 УК (акт терроризма). Согласно сюжету, 16-летняя Мария Мисюк в 2022 году переехала вместе с семьей из Украины в Беларусь, где создала "анархистскую ячейку для подготовки терактов". Среди задержанных-учащиеся колледжей в Барановичах, Несвиже, Мире, Минске и Лунинце. Это Трофим Борисов, Сергей Жигалев, Дмитрий Захорошко, Анастасия Клименко и Александра Пулинович. Как утверждают сотрудники ОНТ, молодые люди собирались на Барановичской квартире, чтобы подготовиться к своей первой серьезной акции-собрать взрывчатку и взорвать Барановичское отделение милиции или прокуратуру. По каким статьям обвиняют остальных пяти участников, неизвестно. Как и неизвестны их статусы и местоположение.</t>
   </si>
   <si>
-    <t>Решение суда дата неизвестна: 11 лет лишения свободы в колонии в условиях усиленного режима.</t>
+    <t>Решение суда дата неизвестна: 12 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 09.02.2026: приговор оставлен без изменения.</t>
   </si>
   <si>
     <t>2024-04-30 22:49:05</t>
   </si>
   <si>
     <t>Андрей Иванович Ребяков</t>
   </si>
   <si>
     <t>24 сентября 1986</t>
   </si>
   <si>
     <t>Андрей в Могилевском УВД, в сентябре 2023 года, будучи нетрезвым, «неприлично высказался» в адрес Лукашенко. Был осужден в суде Ленинского района г. Могилева по ч. 1 ст. 368 УК (Оскорбление Лукашенко).  Помимо этого, мужчине назначили принудительное лечение от хронического алкоголизма.
 Известно, что мужчина был ранее судим 13 раз. В марте 2023 года суд Октябрьского района рассматривал дело о прекращении превентивного надзора в отношении Ребякова, а в июле 2023 года в суде уже Оршанского района прошло рассмотрение вопроса о прекращении принудительных мер безопасности и лечения в адрес мужчины.
 Андрей Ребяков обжаловал приговор в Могилевском областном суде. 24 сентября 2024 года судебная коллегия под председательством судьи Сергея Королёва оставила приговор в силе.</t>
   </si>
   <si>
     <t>Решение суда 22.07.2024: 2 года лишения свободы в колонии в условиях строгого режима. Апелляция 24.09.2024: неизвестно.</t>
   </si>
   <si>
     <t>2024-08-28 20:39:06</t>
   </si>
   <si>
-    <t>Александр Сергеевич Капшуль</t>
-[...9 lines deleted...]
-    <t>2021-09-26 12:05:21</t>
+    <t>Вячеслав Александрович Гацман</t>
+  </si>
+  <si>
+    <t>25 сентября 1966</t>
+  </si>
+  <si>
+    <t>Решение суда 29.06.2023: 3 года 6 месяцев лишения свободы в колонии в условиях общего режима. Апелляция 08.09.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-09-06 13:42:21</t>
+  </si>
+  <si>
+    <t>Сергей Александрович Зеленков</t>
+  </si>
+  <si>
+    <t>25 сентября 1987</t>
+  </si>
+  <si>
+    <t>Впервые Сергей был осуждён в мае 2022 года по статье за оскорбление должностного лица и приговорён к ограничению свободы с направлением.
+В январе 2024 года его вновь осудили по статье «Организация и подготовка действий, грубо нарушающих общественный порядок, либо активное участие в них» и также приговорили к ограничению свободы с направлением. Обстоятельства и детали дела неизвестны.</t>
+  </si>
+  <si>
+    <t>ИУОТ-46, 213188, Могилевская обл., г. п. Круглое, ул. Советская, 96</t>
+  </si>
+  <si>
+    <t>Решение суда 11.05.2022: 3 года ограничения свободы с направлением в учреждение открытого типа. Решение суда 19.01.2024: 3 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа. Апелляция 02.04.2024: приговор оставлен без изменения.</t>
+  </si>
+  <si>
+    <t>2022-05-11 00:47:30</t>
+  </si>
+  <si>
+    <t>Павел Викторович Петрученя</t>
+  </si>
+  <si>
+    <t>25 сентября 1988</t>
+  </si>
+  <si>
+    <t>Провластные каналы  выложили «покаянные видео», где Павел говорит, что работал в Департаменте охраны до 2018 года, задержан за передачу личных данных сотрудников Департамента в «Черную книгу Беларуси». Данные взял из книги телефонного справочника телефонов.
+Дома у него остались жена и маленькие дети (1год и 3 года).</t>
+  </si>
+  <si>
+    <t>Решение суда 02.06.2023: 6 лет лишения свободы в колонии в условиях усиленного режима. Апелляция 22.08.2023: неизвестно.</t>
+  </si>
+  <si>
+    <t>2023-01-02 14:23:53</t>
+  </si>
+  <si>
+    <t>Сергей Сергеевич Кулеш</t>
+  </si>
+  <si>
+    <t>Подробности приговора стали известны из комментария прокурора Плескацевича пинскому госТВ (имя обвиняемого не называется, но он единственный, кого в 2024 году судили в Пинске по статье «беспорядки»). Прокурор пересказал позицию обвиняемого: 9 августа 2020 года тот проголосовал на избирательном участке, вернулся домой и много выпил (около бутылки водки), после чего «из интереса пошёл посмотреть на митингующих около здания горисполкома». Что именно далее мужчина делал на протестах, по каким мотивам, он не помнил из-за алкоголя (с его слов). Но на видео попало то, что обвинение квалифицировало следующим образом: «принял активное участие [в беспорядках], а именно своими действиями поддержал устроенный погром и накинулся с другими протестующими на милиционеров».</t>
+  </si>
+  <si>
+    <t>4 года лишения свободы в  колонии усиленного режима</t>
+  </si>
+  <si>
+    <t>2024-05-17 18:40:19</t>
   </si>
   <si>
     <t>Ирина Буйневич</t>
   </si>
   <si>
     <t>25 сентября 1981</t>
   </si>
   <si>
     <t>Исследовательница. 10 лет работала в Министерстве статистики, после — в частной компании, которая занималась маркетинговыми исследованиями. После этого стала руководителем частной исследовательской компании Mia Research. Работала с исследованиями в различных сферах: медицина, продукты питания, игровая индустрия, разработка компьютерных игр, финансовый рынок и другие. Среди заказчиков были Всемирный банк, Всемирная организация здравоохранения, Нацбанк Беларуси.
 Была задержана в конце 2023 года за социологические опросы вместе с Евгением Краснянским.
 По информации правозащитников, в августе этого года женщина еще находилась в СИЗО-1 и по ее делу прошло много судебных заседаний. Неизвестно, уже озвучили ли приговор.</t>
   </si>
   <si>
     <t>СИЗО №1 Новодворский с/с, 143/4, д. Пашковичи, Минский район, Минская область 223016</t>
   </si>
   <si>
     <t>2025-10-15 14:05:43</t>
   </si>
   <si>
-    <t>Сергей Александрович Зеленков</t>
-[...32 lines deleted...]
-  <si>
     <t>Николай Борисович Ющенко</t>
   </si>
   <si>
     <t>25 сентября 1970</t>
   </si>
   <si>
     <t>Гомельчанин Николай Ющенко долгое время имеет собственный бизнес. Его фирма продает хозяйственные товары и упаковку.</t>
   </si>
   <si>
     <t>Решение суда 19.12.2024: неизвестно. Апелляция 28.02.2025: неизвестно.</t>
   </si>
   <si>
     <t>2024-11-30 13:37:50</t>
   </si>
   <si>
-    <t>Павел Викторович Петрученя</t>
-[...11 lines deleted...]
-  <si>
     <t>Федор Николаевич Моторин</t>
   </si>
   <si>
     <t>27 сентября 1983</t>
   </si>
   <si>
     <t>Фёдор был осуждён весной 2024 года за «клевету в отношении Лукашенко» и приговорён к ограничению свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>ИУОТ-29, г. Волковыск, Рокоссовского, 118е, 230415</t>
   </si>
   <si>
     <t>Решение суда 07.05.2024: 3 года 6 месяцев ограничения свободы с направлением в учреждение открытого типа.</t>
   </si>
   <si>
     <t>2024-05-31 12:27:36</t>
   </si>
   <si>
     <t>Александр Васильевич Мартысевич</t>
   </si>
   <si>
     <t>28 сентября 1991</t>
   </si>
   <si>
     <t>Решение суда 10.10.2024: неизвестно лет лишения свободы в колонии в условиях общего режима.</t>
   </si>
   <si>
     <t>2024-10-07 20:51:19</t>
+  </si>
+  <si>
+    <t>Вацлав Петрович Богданович</t>
+  </si>
+  <si>
+    <t>28 сентября 1965</t>
+  </si>
+  <si>
+    <t>Семью издателей Богдановичей — супругов Елену и Вацлава и их дочерей Антонину и Викторию — задержали в Минске, тогда же прошли массовые задержания издателей и распространителей книг. Силовики приходили к сотрудникам как действующих, так и закрытых издательств.
+Позже  стало известно, что Елену и Антонину освободили.
+3 марта 2026 года коалицию печатных издательств, в которую входят «Фонд Kamunikat.org», Lohvinau Publishing House, Andrei Yanushkevich Publishing, внесли в обновленный МВД список «экстремистских формирований». В связи с формированием в перечне упоминаются Ярослав Иванюк, Дмитрий Колос, Игорь Логвинов, Вацлав Богданович, Андрей Янушкевич, Александр Евдаха. В него также добавлены сайты и социальные сети издательств.</t>
+  </si>
+  <si>
+    <t>2026-03-09 12:34:31</t>
   </si>
   <si>
     <t>Наталья Александровна Пупкевич</t>
   </si>
   <si>
     <t>29 сентября 1978</t>
   </si>
   <si>
     <t>Решение суда 14.10.2025: 2 года 6 месяцев лишения свободы в колонии в условиях общего режима, 800 базовых величин штрафа.</t>
   </si>
   <si>
     <t>2025-01-21 13:30:15</t>
   </si>
   <si>
     <t>Павел Михайлович Шарко</t>
   </si>
   <si>
     <t>29 сентября 1989</t>
   </si>
   <si>
     <t>Решение суда дата неизвестна: 8 лет лишения свободы в колонии в условиях усиленного режима. Апелляция дата неизвестна: неизвестно.</t>
   </si>
   <si>
     <t>2025-12-12 18:22:03</t>
   </si>
@@ -1747,51 +1827,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1853,532 +1933,529 @@
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
       <c r="I6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>63</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
         <v>66</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>67</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
       <c r="I11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>71</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
-[...5 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>84</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
         <v>87</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>88</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>89</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" t="s">
         <v>92</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
+        <v>94</v>
+      </c>
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
         <v>105</v>
       </c>
       <c r="I18" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>107</v>
       </c>
       <c r="B19" t="s">
         <v>108</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
         <v>112</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H20" t="s">
         <v>114</v>
       </c>
       <c r="I20" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>116</v>
       </c>
       <c r="B21" t="s">
         <v>117</v>
       </c>
       <c r="C21" t="s">
         <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>119</v>
       </c>
       <c r="I21" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>121</v>
       </c>
       <c r="B22" t="s">
         <v>122</v>
       </c>
       <c r="C22" t="s">
         <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>124</v>
       </c>
       <c r="F22" t="s">
@@ -2437,1717 +2514,1856 @@
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>135</v>
       </c>
       <c r="I24" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>137</v>
       </c>
       <c r="B25" t="s">
         <v>138</v>
       </c>
       <c r="C25" t="s">
         <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>141</v>
+      </c>
+      <c r="B26" t="s">
         <v>142</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>21</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>144</v>
       </c>
       <c r="I26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>146</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
       <c r="C27" t="s">
         <v>148</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>149</v>
       </c>
       <c r="I27" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>151</v>
       </c>
       <c r="B28" t="s">
         <v>152</v>
       </c>
       <c r="C28" t="s">
         <v>153</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>158</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>159</v>
       </c>
       <c r="I29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>161</v>
       </c>
       <c r="B30" t="s">
         <v>162</v>
       </c>
       <c r="C30" t="s">
         <v>163</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>164</v>
       </c>
-      <c r="F30" t="s">
+      <c r="I30" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>166</v>
+      </c>
+      <c r="B31" t="s">
+        <v>167</v>
+      </c>
+      <c r="C31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>154</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>171</v>
+      </c>
+      <c r="B32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" t="s">
         <v>173</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>174</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>176</v>
+      </c>
+      <c r="B33" t="s">
+        <v>177</v>
+      </c>
+      <c r="C33" t="s">
         <v>178</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
         <v>179</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>181</v>
       </c>
       <c r="I33" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>183</v>
       </c>
       <c r="B34" t="s">
         <v>184</v>
       </c>
       <c r="C34" t="s">
         <v>185</v>
       </c>
       <c r="D34" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>186</v>
       </c>
       <c r="I34" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>188</v>
       </c>
       <c r="B35" t="s">
         <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>190</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>191</v>
       </c>
       <c r="I35" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>193</v>
       </c>
       <c r="B36" t="s">
         <v>194</v>
       </c>
       <c r="C36" t="s">
         <v>195</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>196</v>
       </c>
       <c r="I36" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>198</v>
       </c>
       <c r="B37" t="s">
         <v>199</v>
       </c>
       <c r="C37" t="s">
         <v>200</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>201</v>
       </c>
       <c r="I37" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>203</v>
       </c>
       <c r="B38" t="s">
         <v>204</v>
       </c>
       <c r="C38" t="s">
         <v>205</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
-        <v>63</v>
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
+      <c r="H39" t="s">
+        <v>211</v>
+      </c>
       <c r="I39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
         <v>13</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
+      <c r="E41" t="s">
+        <v>221</v>
+      </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>225</v>
+        <v>130</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>226</v>
       </c>
       <c r="I42" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>228</v>
       </c>
       <c r="B43" t="s">
         <v>229</v>
       </c>
       <c r="C43" t="s">
         <v>230</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>231</v>
       </c>
       <c r="I43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>233</v>
       </c>
       <c r="B44" t="s">
         <v>234</v>
       </c>
       <c r="C44" t="s">
         <v>235</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>236</v>
       </c>
       <c r="I44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>238</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
+      <c r="E45" t="s">
+        <v>154</v>
+      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
+      <c r="E46" t="s">
+        <v>21</v>
+      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>46</v>
       </c>
       <c r="I46" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>247</v>
       </c>
       <c r="B47" t="s">
         <v>248</v>
       </c>
+      <c r="C47" t="s">
+        <v>249</v>
+      </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C48" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C49" t="s">
         <v>258</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>259</v>
       </c>
       <c r="I49" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>261</v>
       </c>
       <c r="B50" t="s">
         <v>262</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>263</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51" t="s">
         <v>266</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>267</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>52</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>268</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>270</v>
+      </c>
+      <c r="B52" t="s">
         <v>271</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>272</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+      <c r="E52" t="s">
+        <v>34</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>273</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>275</v>
+      </c>
+      <c r="B53" t="s">
         <v>276</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>277</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+      <c r="E53" t="s">
+        <v>34</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>278</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
         <v>281</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>282</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>21</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
         <v>291</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E56" t="s">
+        <v>34</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>293</v>
       </c>
       <c r="I56" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>295</v>
       </c>
       <c r="B57" t="s">
         <v>296</v>
       </c>
       <c r="C57" t="s">
         <v>297</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
       <c r="C58" t="s">
         <v>302</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E58" t="s">
+        <v>34</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>45</v>
+        <v>303</v>
       </c>
       <c r="I58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B59" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="C59" t="s">
         <v>306</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>307</v>
       </c>
       <c r="I59" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>309</v>
       </c>
       <c r="B60" t="s">
         <v>310</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>312</v>
       </c>
       <c r="I60" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>314</v>
       </c>
       <c r="B61" t="s">
         <v>315</v>
       </c>
       <c r="C61" t="s">
         <v>316</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>317</v>
       </c>
       <c r="I61" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>319</v>
       </c>
       <c r="B62" t="s">
         <v>320</v>
       </c>
+      <c r="C62" t="s">
+        <v>321</v>
+      </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I62" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B63" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C63" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>326</v>
+        <v>63</v>
       </c>
       <c r="I63" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>328</v>
       </c>
       <c r="B64" t="s">
         <v>329</v>
       </c>
       <c r="C64" t="s">
         <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>16</v>
+        <v>331</v>
       </c>
       <c r="I64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B65" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="C65" t="s">
         <v>334</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>124</v>
+        <v>13</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>335</v>
       </c>
       <c r="I65" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>337</v>
       </c>
       <c r="B66" t="s">
         <v>338</v>
       </c>
       <c r="C66" t="s">
         <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>340</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
         <v>343</v>
       </c>
       <c r="C67" t="s">
         <v>344</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
+        <v>16</v>
+      </c>
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>130</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>349</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>354</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>356</v>
+      </c>
+      <c r="B70" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="C70" t="s">
         <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>359</v>
       </c>
       <c r="I70" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>361</v>
       </c>
       <c r="B71" t="s">
+        <v>352</v>
+      </c>
+      <c r="C71" t="s">
         <v>362</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>154</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>363</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>365</v>
+      </c>
+      <c r="B72" t="s">
         <v>366</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>367</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>368</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="E72" t="s">
+      <c r="I72" t="s">
         <v>369</v>
-      </c>
-[...10 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>370</v>
+      </c>
+      <c r="B73" t="s">
+        <v>371</v>
+      </c>
+      <c r="C73" t="s">
         <v>372</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>373</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>374</v>
-      </c>
-[...13 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>375</v>
+      </c>
+      <c r="B74" t="s">
+        <v>376</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>52</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>46</v>
+      </c>
+      <c r="H74" t="s">
         <v>377</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>378</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>379</v>
+      </c>
+      <c r="B75" t="s">
+        <v>380</v>
+      </c>
+      <c r="C75" t="s">
+        <v>381</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
         <v>382</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="F75" t="s">
+        <v>180</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>383</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>385</v>
+      </c>
+      <c r="B76" t="s">
         <v>386</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>387</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>388</v>
       </c>
-      <c r="D76" t="s">
-[...2 lines deleted...]
-      <c r="E76" t="s">
+      <c r="I76" t="s">
         <v>389</v>
-      </c>
-[...10 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>390</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>391</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>392</v>
       </c>
-      <c r="B77" t="s">
+      <c r="I77" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>394</v>
+      </c>
+      <c r="B78" t="s">
+        <v>395</v>
+      </c>
+      <c r="C78" t="s">
         <v>396</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>33</v>
+      </c>
+      <c r="E78" t="s">
         <v>397</v>
       </c>
-      <c r="D78" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>399</v>
+      </c>
+      <c r="B79" t="s">
         <v>400</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>401</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>402</v>
       </c>
       <c r="I79" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>404</v>
       </c>
       <c r="B80" t="s">
         <v>405</v>
       </c>
       <c r="C80" t="s">
         <v>406</v>
       </c>
       <c r="D80" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>364</v>
+        <v>407</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>408</v>
+      </c>
       <c r="I80" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B81" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>16</v>
+        <v>412</v>
       </c>
       <c r="I81" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C82" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>15</v>
       </c>
       <c r="I82" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="E83" t="s">
+        <v>34</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>16</v>
+        <v>420</v>
       </c>
       <c r="I83" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B84" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>130</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I84" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B85" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="C85" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D85" t="s">
-        <v>27</v>
+        <v>33</v>
+      </c>
+      <c r="E85" t="s">
+        <v>397</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I85" t="s">
-        <v>428</v>
+        <v>429</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>430</v>
+      </c>
+      <c r="B86" t="s">
+        <v>431</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>130</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>16</v>
+      </c>
+      <c r="I86" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>433</v>
+      </c>
+      <c r="B87" t="s">
+        <v>434</v>
+      </c>
+      <c r="C87" t="s">
+        <v>435</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>52</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>46</v>
+      </c>
+      <c r="H87" t="s">
+        <v>436</v>
+      </c>
+      <c r="I87" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>438</v>
+      </c>
+      <c r="B88" t="s">
+        <v>439</v>
+      </c>
+      <c r="C88" t="s">
+        <v>440</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>16</v>
+      </c>
+      <c r="I88" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>442</v>
+      </c>
+      <c r="B89" t="s">
+        <v>443</v>
+      </c>
+      <c r="C89" t="s">
+        <v>444</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>445</v>
+      </c>
+      <c r="I89" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>447</v>
+      </c>
+      <c r="B90" t="s">
+        <v>434</v>
+      </c>
+      <c r="C90" t="s">
+        <v>448</v>
+      </c>
+      <c r="D90" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" t="s">
+        <v>14</v>
+      </c>
+      <c r="G90" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" t="s">
+        <v>449</v>
+      </c>
+      <c r="I90" t="s">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">