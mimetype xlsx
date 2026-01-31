--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -66,469 +66,445 @@
     <t>Мікіта Вадзімавіч Дранец</t>
   </si>
   <si>
     <t>1 студзеня 1999</t>
   </si>
   <si>
     <t>Мікіта, актывіст анархісцкага руху, быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны за "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак", і за "ўдзел у злачыннай арганізацыі". Вядома, што ў аснову абвінавачання лёг эпізод, звязаны з "Маршам недармаедаў", які адбыўся 5 сакавіка 2017 года.</t>
   </si>
   <si>
     <t>Мужчынскі</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>У зняволенні</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
     <t>Вырак суда 06.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-08-30 17:32:53</t>
   </si>
   <si>
     <t>Зміцер Леанідавіч Папкоў</t>
   </si>
   <si>
     <t>3 студзеня 1988</t>
   </si>
   <si>
     <t>Паводле праўладных тэлеграм-каналаў, былі затрыманыя чатыры чалавекі - іх называюць "спячай ячэйкай экстрэмістаў", якія "мелі" знешнія сувязі "з беларускімі добраахвотнікамі, якія ваююць ва Украіне. У іх ліку Дзмітрый.
 Усе яны родам з Гомеля і, мяркуючы па пастах у сацсетках, даўно сябравалі, разам удзельнічалі ў міжнароднай гульні ў Beer Pong у Гомелі. Пасля брутальнага затрымання сяброў прымусілі запісаць "пакаянае відэа" і сказаць аб тым, што яны стварылі чат, дзе перапісваліся паміж сабой, а пасля ўварвання РФ ва Украіну нібыта некалькі разоў у перапісках абразілі Лукашэнку, таксама пісалі "няправільныя" каментары. Яшчэ адно абвінавачанне-хлопцы» мелі знешнія сувязі "з беларускімі добраахвотнікамі, якія ваююць за Украіну. Мяркуючы па ўсім, менавіта гэта стала падставай для ўзбуджэння крымінальнай справы па артыкуле" садзейнічанне экстрэмісцкай дзейнасці".
 10.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 01.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.05.2024: невядома.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
     <t>Яўген Аляксеевіч Пелехаты</t>
   </si>
   <si>
     <t>3 студзеня 1993</t>
   </si>
   <si>
     <t>Падчас затрымання да Яўгена прымянілі «спецсродкі і фізічную сілу», гаворыцца ў рашэнні суда ад 2 чэрвеня (мужчыну абвінавацілі ў непадпарадкаванні міліцыі). З працоўнага кабінета яго выводзілі ў кайданках і з мяшком на галаве, вядома нам ад сваіх крыніц.На дадзены момант Яўген Пелехаты чакае суда. Яго абвінавачваюць у напісанні некалькіх жорсткіх тэлеграм-каментараў пра Лукашэнку і сілавікоў.</t>
   </si>
   <si>
     <t>Вырак суда 05.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Людміла Эдуардаўна Ксяндзова</t>
-[...10 lines deleted...]
-  <si>
     <t>Павел Аляксандравіч Ксяндзоў</t>
   </si>
   <si>
     <t>3 студзеня 1987</t>
   </si>
   <si>
-    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-11-17 21:48:11</t>
   </si>
   <si>
     <t>Алеся Мікалаеўна Дзярнакаўская</t>
   </si>
   <si>
     <t>4 студзеня 1976</t>
   </si>
   <si>
     <t>Алеся затрымана за фінансавую дапамогу палітвязням.
 У 1992 годзе яна скончыла Беларускі дзяржаўны медыцынскі ўніверсітэт па спецыяльнасці «Лячэбная справа». Спачатку працавала ўрачом у розных бальніцах, у 2003 годзе давучылася яшчэ на педыятра. У 2006 годзе адвучылася яшчэ на дэрматолага і касметолага. Мае першую кваліфікацыйную катэгорыю. У апошнія гарады працавала ў прыватных медыцынскіх цэнтрах "Сёмае неба", "Марк эстэтык" і "Медовеню".</t>
   </si>
   <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
     <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.12.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Максім Вячаслававіч Акулаў</t>
   </si>
   <si>
     <t>4 студзеня 1971</t>
   </si>
   <si>
-    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 24.12.2024: невядома. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Аляксандр Уладзіміравіч Ваўчок</t>
+  </si>
+  <si>
+    <t>4 студзеня 1977</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:51:11</t>
   </si>
   <si>
     <t>Віталь Міхайлавіч Вайцяховіч</t>
   </si>
   <si>
     <t>4 студзеня 1967</t>
   </si>
   <si>
     <t>Віталь быў затрыманы ў жніўні 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджаны па шматлікіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць гадоў з якой — турэмны рэжым.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
   </si>
   <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
     <t>Вырак суда 21.06.2023: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму). Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-17 01:25:10</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-11-01 22:51:11</t>
   </si>
   <si>
     <t>Фёдар Міхайлавіч Кандыранда</t>
   </si>
   <si>
     <t>4 студзеня 1978</t>
   </si>
   <si>
     <t>Старшы выкладчык агульнавайсковага факультэта Ваеннай акадэміі. Неаднаразова займаў прызавыя месцы сярод старэйшых выкладчыкаў Ваеннай акадэміі. 13 жніўня 2020 года падаў рапарт на звальненне ў сувязі з фальсіфікацыяй выбараў і адмовай выконваць злачынныя загады. У траўні 2021 года загадам Лукашэнкі пазбаўлены звання падпалкоўніка.
 Апошнія гады працаваў у IT-сферы.
 Затрыманы ў сакавіку 2025 года хутчэй за ўсё па "справе Гаюна".
 У Фёдара ёсць хранічныя захворванні.</t>
   </si>
   <si>
-    <t>Вырак суда 25.09.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+    <t>Вырак суда 25.09.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
+  </si>
+  <si>
+    <t>Максім Дзмітрыевіч Варнэль</t>
+  </si>
+  <si>
+    <t>5 студзеня 2001</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.12.2023: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.02.2024: невядома. Апеляцыя 18.12.2024: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
   </si>
   <si>
     <t>Наталля Мікалаеўна Васіленка</t>
   </si>
   <si>
     <t>5 студзеня 1975</t>
   </si>
   <si>
     <t>Наталля стала вядома яшчэ ў 2017 годзе, калі пра яе праблему расказала незалежная прэса. Жанчыну з трэцяй групай інваліднасці, якая з прычыны медыцынскіх абмежаванняў не магла ўладкавацца на працу, збіраліся выселіць з жылля за даўгі. Раней Наталля працавала ў будаўнічай арганізацыі, але пасля таго, як не выявілі эпілепсію, урачы напісалі спіс абмежаванняў па працы. Пасля грамадскага рэзанансу ўлады адклікалі пазоў, а пагасіць даўгі Наталля змагла з дапамогай Нобелеўскага лаўрэата, пісьменніцы Святланы Алексіевіч. Пасля гэтага яна ўвесь час дапамагала гамяльчанцы, падключыліся да дапамогі і многія іншыя неабыякавыя людзі.
 У верасні Наталля патрапіла пад «хапун» сілавікоў - яе затрымалі за «экстрэмісцкія» падпіскі. Той самы суддзя, які будзе судзіць жанчыну па крымінальных артыкулах, караў яе штрафам за адміністрацыйнае правапарушэнне. Гамяльчанку прымусілі зняцца ў «пакаяльным» відэа, на якім яна не раскаялася, і на пытанне, як яна ставіцца да ўлады, наўпрост адказала: «Дрэнна». Пасля гэтага адпусцілі пад падпіску.
 Пра ўсё гэта яна таксама расказвала ў сацсетках, а ў апошнім пасце напісала аб тым, што яе прыйшлі браць пад варту — у межах крымінальнай справы. Таксама Наталля выкладала фота з парэзанымі венамі на руцэ.
 Напрыканцы яе змясцілі перад самым судом.</t>
   </si>
   <si>
     <t>Вырак суда 13.01.2025: невядома. Апеляцыя 21.03.2025: невядома.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Максім Дзмітрыевіч Варнэль</t>
-[...10 lines deleted...]
-  <si>
     <t>Яўген Тадэвушавіч Бужінскі</t>
   </si>
   <si>
     <t>6 студзеня 1966</t>
   </si>
   <si>
     <t>Лекар 1-й кваліфікацыйнай катэгорыі спецыяліста УГД Смаргонскай ЦРБ.
 Затрыманы за абразу Лукашэнкі.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
+    <t>Марыя Аляксандраўна Рабкова</t>
+  </si>
+  <si>
+    <t>6 студзеня 1995</t>
+  </si>
+  <si>
+    <t>Марфа, каардынатарка валанцёрскай службы "Вясна", была затрымана 17 верасня 2020 года. Яе абвінавацілі ў "падрыхтоўцы да масавых беспарадкаў" і іншых "злачынствах". У лютым 2021 года ёй прад'явілі дадатковыя абвінавачанні, у тым ліку "распальванне сацыяльнай варожасці" і "ўдзел у злачыннай арганізацыі".
+У верасні 2022 года суд прыгаварыў яе да 15 гадоў калоніі, пазней тэрмін скарацілі на тры месяцы. У зняволенні ў Марфы пагоршылася здароўе, у тым ліку з-за перанесенага COVID.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.09.2022: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу, прыблізна 6460 рублёў кампенсацыі. Апеляцыя 28.02.2023: 14 гадоў 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу, прыблізна 6460 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:07:57</t>
+  </si>
+  <si>
+    <t>Анжэла Міхайлаўна Сандалюк</t>
+  </si>
+  <si>
+    <t>6 студзеня 1974</t>
+  </si>
+  <si>
+    <t>Сандалюк Анжэла разам з мужам была асуджаная ў судзе Кастрычніцкага раёна г. Мінска пач. 1 ст. 342 КК (арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх). 6 жніўня 2024 года справу разглядала суддзя Жывіца Алена.
+11 кастрычніка 2024 г. Мінскі гарадскі суд разгледзеў апеляцыю. Старшыня судовай калегіі Рудэнкі Аляксандр Анатольевіч.
+Суд Кастрычніцкага раёна г. Мінска 27 лістапада 2024 года разгледзеў новую справу супраць сямейнай пары па ч. 1 арт. 342 КК (арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх). На гэты раз судзіць прызначылі Карсюка Дзмітрыя.
+7 лютага 2025 года Мінскі гарадскі суд разгледзеў апеляцыю. Старшыня судовай калегіі Папко Анастасія Паўлаўна.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.08.2024: невядома. Апеляцыя 11.10.2024: невядома. Вырак суда 27.11.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Анастасія Юр'еўна Лойка</t>
   </si>
   <si>
     <t>6 студзеня 1989</t>
   </si>
   <si>
     <t>Наста Лойка - вядомая беларуская праваабаронца. Наста падвяргалася пераследу за сваю праваабарончую дзейнасць, са жніўня 2021 года яна з'яўлялася падазраванай у крымінальнай справе, звязанай з дзейнасцю праваабарончай арганізацыі "Вясна".
 6 верасня 2022 года пасля наведвання судовага паседжання па справе «Рэвалюцыйнага дзеяння», Наста была двойчы асуджаная за «дробнае хуліганства» і правяла 30 сутак у зняволенні. Праз 3 тыдні пасля вызвалення, 28/10. 2022, Наста была затрымана зноў. На судзе Наста заявіла аб катаваннях (супрацоўнікі ГУБАЗіК ударылі яе электрашокерам і як супрацоўнікі ЦІПа пакідалі на 8 гадзін без верхняй вопраткі на холадзе, з-за чаго яна захварэла). У зняволенні на Акрэсціна Наста знаходзілася без цёплых рэчаў і сродкаў асабістай гігіены.
 28.11.2022 стала вядома, што Насту асудзілі зноўку на 15 сутак па арт. 19.1 "дробнае хуліганства". Пяты раз за восень.
 У сярэдзіне снежня яе перазатрымалі шосты раз па тым жа артыкуле, а ў канцы месяца прад'явілі абвінавачанні па крымінальных артыкулах і перавялі ў СІЗА-1. Па версіі абвінавачання, у адным з яе праваабарончых дакладаў аб пераследзе анархісцкай супольнасці ў Беларусі за 2018 год змяшчаецца негатыўная ацэнка незаконных дзеянняў супрацоўнікаў міліцыі, якая стала падставай для ўзбуджэння супраць яе крымінальнай справы. Група, супраць якой нібыта распальвалася іншая сацыяльная варожасць, з'яўляецца прафесійнай сацыяльнай групай супрацоўнікаў праваахоўных органаў. Як адзначаюць праваабаронцы, такое тлумачэнне артыкула не адпавядае міжнародным стандартам у галіне правоў чалавека, пра што сведчыць практыка міжнародных судовых органаў.
 Амаль на пачатку судовага паседжаньня працэс зрабілі закрытым.
 03.10.2023 адбыўся разгляд апеляцыйнай скаргі.
 У ліпені 2025 года стала вядома, што Насту Лойку на 6 месяцаў змясцілі ПКТ (памяшканне камернага тыпу).</t>
   </si>
   <si>
     <t>Вырак суда 20.06.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.10.2023: невядома.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
-    <t>Марыя Аляксандраўна Рабкова</t>
-[...12 lines deleted...]
-    <t>2021-02-26 21:07:57</t>
+    <t>Дзмітрый Юр'евіч Папоў</t>
+  </si>
+  <si>
+    <t>7 студзеня 1992</t>
+  </si>
+  <si>
+    <t>Мадэратар сацсетак "Краіна для жыцця" знік увечары 4 чэрвеня 2020 года. Толькі праз некалькі дзён стала вядома, што яго пакаралі 15 суткамі арышту і перавялі ў ізалятар часовага ўтрымання ў Менску. Яму выставілі абвінавачанне ў "арганізацыі масавых беспарадкаў".
+Восенню 2022 года Дзмітрый быў пераведзены на турэмны рэжым.
+Па дадзеных праваабаронцаў, фігуранты "справы" абавязаны выплаціць кампенсацыю ў памеры 29 мільёнаў рублёў.
+У 2025 годзе Зміцер быў асуджаны па 411 артыкуле.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.12.2021: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 01.06.2022: прысуд пакінуты без змены. Суд па змене рэжыму 27.09.2022: 5 гадоў турэмнага рэжыму. Вырак суда 06.10.2022: прыблізна 29000000 рублёў кампенсацыі. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:59</t>
+  </si>
+  <si>
+    <t>Мікалай Мікалаевіч Аўтуховіч</t>
+  </si>
+  <si>
+    <t>7 студзеня 1963</t>
+  </si>
+  <si>
+    <t>Мікалай, ветэран Афганскай кампаніі, прадпрымальнік і грамадскі дзеяч, раней неаднаразова падвяргаўся пераследу за сваю грамадзянскую пазіцыю. Ён быў затрыманы 1 снежня 2020 года і асуджаны па некалькіх артыкулах, у тым ліку "стварэнне злачыннай арганізацыі" і "замах на захоп улады", атрымаўшы вялікі тэрмін зняволення і штраф, пры гэтым першыя пяць гадоў ён правядзе на турэмным рэжыме.
+Увесну 2024 года з Мікалая і двух іншых фігурантаў "справы" спагналі кампенсацыю за пашкоджанне маёмасці міліцыянтаў на суму больш за 40 тысяч рублёў.
+У лістападзе 2025 года ў Мікалая скончылася 5 гадоў турэмнага рэжыму і яго перавялі ў ПК-14, дзе яго адразу ж адправілі ў ПКТ. Хутчэй за ўсё Мікалая зноў адправяць на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2022: 25 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму (з іх 5 гадоў турэмнага рэжыму), 1000 базавых велічынь штрафу, абмежаванне па ваеннай службе. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Вырак суда 26.04.2024: прыблізна 13400 рублёў кампенсацыі. Суд па змене рэжыму 23.01.2026: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:57</t>
   </si>
   <si>
     <t>Мікалай Уладзіміравіч Бібліс</t>
   </si>
   <si>
     <t>7 студзеня 1997</t>
   </si>
   <si>
     <t>Мікалай, тэхнік у Інстытуце парашковай металургіі, быў затрыманы ў ліпені 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай "Буслы ляцяць". Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі і штрафу.
 Раней Мікалай ужо арыштоўваўся пасля спробы падаць скаргу ў ЦВК 16 ліпеня 2020 года, дзе яму выбілі пярэдні зуб.</t>
   </si>
   <si>
     <t>Вырак суда 28.09.2022: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-05-26 01:14:39</t>
   </si>
   <si>
-    <t>Мікалай Мікалаевіч Аўтуховіч</t>
-[...35 lines deleted...]
-    <t>2021-02-25 11:33:59</t>
+    <t>Сяргей Уладзіміравіч Соц</t>
+  </si>
+  <si>
+    <t>8 студзеня 1983</t>
+  </si>
+  <si>
+    <t>асуджаны за каментары ў Тэлеграм. 24.11.2023 года адбыўся разгляд апеляцыйнай скаргі, прыгавор уступіў у сілу. </t>
+  </si>
+  <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
+    <t>2 гады пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:01:48</t>
   </si>
   <si>
     <t>Арцём Уладзіміравіч Мазанік</t>
   </si>
   <si>
     <t>8 студзеня 1990</t>
   </si>
   <si>
     <t>Праграміст, захапляецца музыкай і рыбалкай. Вельмі дапытлівы, дасведчаны ў шматлікіх сферах. Вывучае англійскую і нямецкую мовы. Заўсёды ведаў, што будзе жыць у Германіі, любіць гурт Раммштайн, усё жыццё іх слухае, ведае ўсе песні на памяць.
 На праўладных каналах паведамілі, што Арцёма затрымалі за тое, што ён распрацаваў праграму па сканаванні штрых-кодаў для байкатавання кампаній, якія падтрымліваюць рэжым.</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Сяргей Уладзіміравіч Соц</t>
-[...16 lines deleted...]
-  <si>
     <t>Максім Васільевіч Грытчанка</t>
   </si>
   <si>
     <t>9 студзеня 1989</t>
   </si>
   <si>
     <t>Быў асуджаны да пазбаўлення волі. Утрымліваўся ў СТ-4.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Сяргей Уладзіміравіч Думава</t>
   </si>
   <si>
     <t>9 студзеня 1986</t>
   </si>
   <si>
-    <t>Затрыманы ў сакавіку 2021 года за расклейку стыкераў у горадзе. Паводле абвінавачання, у перыяд з 1 кастрычніка да 22 сакавіка займаўся дзейнасцю, накіраванай на "сістэматычную псаванне маёмасці". З выкарыстаннем аэразольнай фарбы наносіў на маёмасць УП "Віцебскводаканал" надпісы: "Жыве Беларусь!", "3%", "Чырвоны партызан", "Ідзі" і інш. Сяргею пагражае да 15 гадоў пазбаўлення волі. У Сяргея на волі засталіся двое непаўналетніх дзяцей.</t>
+    <t>Сяргей быў затрыманы ў сакавіку 2021 года і восенню таго ж года асуджаны за расклейку стыкераў у Віцебску. Па версіі абвінавачання, з 1 кастрычніка 2020 года па 22 сакавіка 2021 года ён займаўся дзейнасцю, накіраванай на «сістэматычную псуту маёмасці»: з выкарыстаннем аэразольнай фарбы наносіў на аб'екты УП «Віцебскводаканал» надпісы «Жыве Беларусь!», «3%», «Чырвоны партыз.
+У верасні 2024 года адбылося чарговае судовае паседжанне, па выніках якога Сяргей быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 17.09.2021: 9 гадоў 15 дзён пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 25.09.2024: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
     <t>Уладзімір Уладзіміравіч Шамякін</t>
   </si>
   <si>
     <t>9 студзеня 1969</t>
   </si>
   <si>
     <t>Вырак суда 08.08.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.09.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-11-03 15:25:52</t>
   </si>
   <si>
-    <t>Ілля Алегавіч Ганчарык</t>
-[...5 lines deleted...]
-    <t>Ілья быў асуджаны за асабістае паведамленне, накіраванае старшаму ўчастковаму інспектару міліцыі аддзела МУС адміністрацыі Ленінскага раёна Гродна Уладзіміру Казлоўскаму. Па версіі абвінавачання, у сваім паведамленні ён выказаў пагрозу прымянення гвалту ў дачыненні да супрацоўніка МУС «з мэтай перашкодзіць яго законнай дзейнасці, прымусіць да змены характару гэтай дзейнасці і з помсты за выкананне службовых абавязкаў».</t>
+    <t>Уладзіслаў Аляксеевіч Анічкін</t>
+  </si>
+  <si>
+    <t>9 студзеня 1991</t>
+  </si>
+  <si>
+    <t>Уладзіслаў быў затрыманы і асуджаны вясной 2024 года за ўдзел у паслявыбарчых акцыях пратэсту, якія праходзілі восенню 2020 года ў Мінску, і прыгавораны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
-    <t>Вырак суда 07.02.2022: 4 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 1500 рублёў кампенсацыі.</t>
-[...13 lines deleted...]
-  <si>
     <t>Вырак суда 23.04.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 25.06.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
     <t>Зміцер Юр'евіч Малахаў</t>
   </si>
   <si>
     <t>9 студзеня 1993</t>
   </si>
   <si>
     <t>ПУАТ-45, 225073, Брэсцкая вобл., Камянецкі р-н., в. Сушкі, вул. Цэнтральная, 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 5 гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Сяргей Валер'евіч Дзегцярэнка</t>
   </si>
   <si>
     <t>10 студзеня 1992</t>
   </si>
   <si>
     <t>Вырак суда 11.01.2024: 3 гады 5 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 16.04.2024: невядома.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
   </si>
   <si>
     <t>Ігар Міхайлавіч Неміровіч</t>
   </si>
   <si>
     <t>10 студзеня 1994</t>
   </si>
@@ -550,313 +526,316 @@
   </si>
   <si>
     <t>Андрэй Уладзіміравіч Навіцкі</t>
   </si>
   <si>
     <t>10 студзеня</t>
   </si>
   <si>
     <t>пад вартай з 1 чэрвеня 2021 года. Ён адмовіўся ад адваката, бо ўпэўнены, што зможа сам паспяхова абараняць сябе.
 Андрэя Навіцкага прызналі вінаватым у тым, што ён браў удзел у маршах 27 верасня 2020 года, трымаў на выцягнутых руках БЧБ-сцяг, публічна выкрыкваў лозунгі. Ён жа прыняў удзел у маршы 11 кастрычніка на вул. Кальварыйская і інш. Пераможцаў, дзе ў тым ліку "апрануў на плечы БЧБ-сцяг і прадэманстраваў сціснуты кулак з выцягнутай уверх рукой" . У падобных дзеяньнях яго абвінавачваюць па падзеях 25 кастрычніка. Таксама яго прызналі вінаватым у тым, што не пазней за 7 снежня 2020 года ён абразіў Лукашэнку ў YouTube. Таксама Андрэя Навіцкага асудзілі за тое, што не пазней за 27 студзеня 2021 года ён набыў сыпкае рэчыва і незаконна захоўваў і перавозіў яго, не паведаміўшы ўпаўнаважаныя органы.
 13 чэрвеня 2022 года ў судзе Бабруйскага раёна і г. Бабруйска адбыўся працэс па арт.411, у выніку якога палітвязню дадалі яшчэ чатыры месяцы зняволення і змянілі рэжым з узмоцненага на строгі.
 17 студзеня 2023 г. палітвязня зноў судзілі па арт. 411 КК. Прыгавор невядомы.
 Пераведзены ў ВК №20 .
 З красавіка 2024 г. і па стане на пачатак снежня гэтага ж года родныя нічога не ведаюць пра Андрэя, на іх запыт да адміністрацыі калоніі прыйшла адпіска , паводле якой палітвязень, нібыта, сам усё раскажа "праз перапіску", але лістоў ад яго няма.</t>
   </si>
   <si>
     <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
   </si>
   <si>
     <t>Вырак суда 30.09.2021: 5 гадоў 4 месяца пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 13.06.2022: 4 месяца пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Вырак суда 17.01.2023: невядома.</t>
   </si>
   <si>
     <t>2021-10-01 18:41:47</t>
   </si>
   <si>
+    <t>Барыс Віктаравіч Кім</t>
+  </si>
+  <si>
+    <t>11 студзеня 1996</t>
+  </si>
+  <si>
+    <t>17.02.2023 года адбыўся разгляд апеляцыйнай скаргі. прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>4,5 гады пазбаўлення волі ў калоніі строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Алег Аркадзьевіч Ермаковіч</t>
+  </si>
+  <si>
+    <t>11 студзеня 1962</t>
+  </si>
+  <si>
+    <t>Затрыманы ў маі 2023 года за "распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць". Пасля адміністрацыйнага пакарання была заведзеная крымінальная справа.
+16 красавіка 2024 г. у Алега адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>невядома</t>
+  </si>
+  <si>
+    <t>2023-11-05 20:55:54</t>
+  </si>
+  <si>
     <t>Канстанцін Анатольевіч Рудніцкі</t>
   </si>
   <si>
     <t>11 студзеня 1999</t>
   </si>
   <si>
     <t>Студэнт. Канстанцін з'яўляецца майстрам спорту.
 9 снежня ў праўладных тэлеграм-каналах з'явілася «пакаянае відэа» з ім, дзе Канстанцін заяўляў аб удзеле ў распрацоўцы «Чорнай карты Беларусі».</t>
   </si>
   <si>
     <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
   </si>
   <si>
     <t>Вырак суда 12.07.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-05-09 15:19:01</t>
   </si>
   <si>
-    <t>Барыс Віктаравіч Кім</t>
-[...29 lines deleted...]
-  <si>
     <t>Канстанцін Леанідавіч Ермаловіч</t>
   </si>
   <si>
     <t>12 студзеня 1991</t>
   </si>
   <si>
     <t>Жыхар Магілёўскай вобласці. Ураджэнец Літвы. Затрыманы за сабатаж чыгунка каля станцый г. Бабруйска, а таксама падпал стралковага ціра в/ч 5527.
 25.10.2022 адбыўся разгляд апеляцыйнай скаргі суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 10.08.2022: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 25.10.2022: невядома.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-28 12:54:28</t>
   </si>
   <si>
     <t>Павел Пятровіч Дабравольскі</t>
   </si>
   <si>
     <t>12 студзеня 1990</t>
   </si>
   <si>
     <t>Былы журналіст Naviny.by.
 Раней Павел супрацоўнічаў з рознымі незалежнымі выданнямі, падчас пратэстаў 2020 года яго затрымлівалі і прыцягвалі да адміністратыўнай адказнасці ў сувязі з ажыццяўленнем прафесійнай дзейнасці. Восенню 2021 года Павел Дабравольскі пакінуў Беларусь. Шмат падарожнічаў па розных краінах і рабіў рэпартажы.
 Аднак, як стала заразвядома , са студзеня 2025 года ён знаходзіцца ў Беларусі пад вартай у следчым ізалятары. Акалічнасці, у якіх адбываецца крымінальны пераслед, даюць падставы лічыць, што прычынай утрымання Паўла пад вартай стала яго папярэдняя дзейнасць, звязаная з рэалізацыяй права на свабоднае выказванне меркаванняў і распаўсюджванне інфармацыі.
 У кастрычніку 2025 года стала вядома, што Паўла абвінавачваюць у здрадзе дзяржаве.</t>
   </si>
   <si>
     <t>Галоўпаштамт, а\с 8, Мінск 220050</t>
   </si>
   <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
+    <t>Зміцер Аляксандравіч Грышкевіч</t>
+  </si>
+  <si>
+    <t>12 студзеня 1988</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.08.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-08-28 12:54:28</t>
+  </si>
+  <si>
+    <t>Іван Сяргеевіч Асіповіч</t>
+  </si>
+  <si>
+    <t>13 студзеня 1998</t>
+  </si>
+  <si>
+    <t>11.11.2022 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>3 гады пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:33:18</t>
+  </si>
+  <si>
     <t>Уладзіслаў Уладзіміравіч Кашалёў</t>
   </si>
   <si>
     <t>13 студзеня 1978</t>
   </si>
   <si>
     <t>Уладзіслаў, вядомы ў Віцебску як вясельны і ню-фатограф, быў асуджаны ў лістападзе 2024 года за «абразу Лукашэнкі» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>ПУАТ-36, 220039, г. Мінск, вул. Караткевіча, 14</t>
   </si>
   <si>
     <t>Вырак суда 19.11.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 31.01.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-11-11 21:38:48</t>
   </si>
   <si>
-    <t>Іван Сяргеевіч Асіповіч</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:33:18</t>
+    <t>Віталь Вячаслававіч Жалезнякоў</t>
+  </si>
+  <si>
+    <t>13 студзеня 1987</t>
+  </si>
+  <si>
+    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Андрэй Яўгенавіч Прымака</t>
   </si>
   <si>
     <t>14 студзеня 1977</t>
   </si>
   <si>
     <t>Культурны актывіст. Андрэя затрымалі 12 студзеня і суд Маскоўскага раёну Менску прысудзіў яму 10 сутак адміністратыўнага арышту. Пасля “сутак” на волю ён ужо не выйшаў. Утрымліваўся ў СІЗА №1 Мінска.
 Па справе вядома , што Прымака быў зарэгістраваны ў “Плане перамога”.</t>
   </si>
   <si>
-    <t>4 гады пазбаўлення волі ў калоніі агульнага рэжыму</t>
+    <t>Вырак суда 12.06.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.08.2023: невядома.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
     <t>Аляксандр Анатольевіч Францкевіч</t>
   </si>
   <si>
     <t>15 студзеня 1988</t>
   </si>
   <si>
     <t>Следчы камітэт называе яго актыўным удзельнікам дэструктыўных тэлеграм-каналаў і прадстаўніком "канапавых войскаў".
 Пацярпелымі па справе выступалі 26 чалавек.
 Францкевіч да суда ўтрымліваўся пад вартай.</t>
   </si>
   <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
     <t>4,5 гады пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-06-28 16:49:54</t>
   </si>
   <si>
     <t>Андрэй Юр'евіч Хрышчановіч</t>
   </si>
   <si>
     <t>16 студзеня 1991</t>
   </si>
   <si>
     <t>Вырак суда 13.08.2025: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-08-26 22:04:04</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-08-30 23:52:04</t>
   </si>
   <si>
     <t>Інна Валер'еўна Глінская</t>
   </si>
   <si>
     <t>16 студзеня 1975</t>
   </si>
   <si>
     <t>Затрыманая разам з дачкой.
 Ператрус у кватэры быў праведзены па арт. 364 КК РБ. Затым была перакваліфікаваны артыкул абвінавачвання на ч. 3 арт. 130 КК РБ.
 Папярэдне абвінавачваецца ў распаўсюдзе асабістых дадзеных супрацоўнікаў МУС.</t>
   </si>
   <si>
     <t>Вырак суда 20.01.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 28.04.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Аляксей Уладзіміравіч Аўдзееў</t>
-[...14 lines deleted...]
-    <t>2023-08-19 22:46:11</t>
+    <t>Аскер Азяровіч Алахвердзіеў</t>
+  </si>
+  <si>
+    <t>16 студзеня 1999</t>
+  </si>
+  <si>
+    <t>Згодна з сацыяльнымі сеткамі Аскера, ён жыў у Мінску, займаўся спортам, здымаўся ў відэа. Апошні раз ён заходзіў на сваю старонку ва «Вконтакте» у ліпені. Ягоную справу 4 кастрычніка пачнуць разглядаць у закрытым рэжыме ў Менскім гарадскім судзе. Аскеру інкрымінавана ч. 1 арт. 361-3 КК (Удзел на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні або ўзброеным канфлікце, ваенных дзеянняў, вярбоўка або падрыхтоўка асоб да такога ўдзелу).</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.10.2024: прымусовае лячэнне ў псіхіятрычным стацыянары.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Уладзімір Уладзіміравіч Шпак</t>
+  </si>
+  <si>
+    <t>16 студзеня 1972</t>
+  </si>
+  <si>
+    <t>МУС 24 ліпеня прызнаў "экстрэмісцкім фармаваннем" праект "Propovednik". Па дадзеных ведамства, дачыненне да яго мае 52-гадовы Шпак Уладзімір, які быў затрыманы ў маі 2024 года.
+На праўладных тэлеграм-каналах паведамлялася, што мужчына "распальваў нацыянальную і сацыяльную нянавісць, заклікаў да гвалту, выступаў за радыкалізацыю і тэрарызм". Сцвярджалася, што ў дачыненні да затрыманага быў узбуджаны шэраг крымінальных справаў - яму пагражалі 10 гадамі зняволення.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.01.2025: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 07.03.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Цімур Важавіч Піпія</t>
+  </si>
+  <si>
+    <t>16 студзеня 1990</t>
+  </si>
+  <si>
+    <t>Футбольны фанат клуба "МТЗ-РІПА" быў затрыманы 25 верасня 2020 года ў Мінску і асуджаны за ўдзел у акцыях пратэсту.</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.07.2021: 6 гадоў 3 месяца 2 дня пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, невядома рублёў кампенсацыі. Апеляцыя 24.09.2021: 6 гадоў 2 месяца 2 дня пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, невядома рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
   </si>
   <si>
     <t>Руслан Алегавіч Рабкавец</t>
-  </si>
-[...1 lines deleted...]
-    <t>16 студзеня 1990</t>
   </si>
   <si>
     <t>Як сцвярджае УСК па Магілёўскай вобласці, Руслан пераслаў відэа ў паблік «УКантакце» РУХ, які прызнаны ўладамі Беларусі «экстрэмісцкім». Варта адзначыць, што само відэа доўжыцца ўсяго 12 секунд і ў ім нічога фактычна не адбываецца - склад з ваеннай тэхнікай проста стаіць на станцыі.
 Праз некаторы час мужчыну затрымалі супрацоўнікі КДБ. Яму прад'явілі абвінавачанне па ч.1 арт.361-4 (садзейнічанне экстрэмісцкай дзейнасці) КК РБ. Мужчыну пагражае да 6 гадоў пазбаўлення волі.</t>
   </si>
   <si>
     <t>2023-05-15 13:10:03</t>
-  </si>
-[...10 lines deleted...]
-    <t>2021-02-26 21:04:52</t>
   </si>
   <si>
     <t>Уладзімір Мяфодзьевіч Варашэнь</t>
   </si>
   <si>
     <t>17 студзеня 1965</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
     <t>Алена Пятроўна Жукава</t>
   </si>
   <si>
     <t>17 студзеня 1969</t>
   </si>
   <si>
     <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-09-18 17:00:13</t>
   </si>
@@ -908,480 +887,470 @@
 Па стане на кастрычнік 2025 г. стала вядома, што Віктар зноў затрыманы і ўтрымліваецца ў СІЗА №1.</t>
   </si>
   <si>
     <t>Вырак суда 14.03.2023: 1 год 6 месяцаў абмежаванні волі без накіравання. Суд па змене рэжыму 13.08.2023: невядома.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
     <t>Вячаслаў Валер'евіч Мурноў</t>
   </si>
   <si>
     <t>19 студзеня 1973</t>
   </si>
   <si>
     <t>Згодна з матэрыяламі справы, Вячаслаў Мурноў у кастрычніку 2021 года і ў сакавіку 2024 года нецэнзурна пракаментаваў публікацыі з выявай Лукашэнкі ў «Аднакласніках». Гэтага аказалася дастаткова, каб мужчыну адправілі ў калонію. Акрамя гэтага, яму таксама прызначылі "прымусовае лячэнне ад хранічнага алкагалізму".
 03.09.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 04.07.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-07-01 20:57:16</t>
   </si>
   <si>
-    <t>Яўген Валер'евіч Шчарбіна</t>
-[...24 lines deleted...]
-    <t>2025-05-27 17:33:53</t>
+    <t>Максім Паўловіч Собалеў</t>
+  </si>
+  <si>
+    <t>20 студзеня 1996</t>
+  </si>
+  <si>
+    <t>Затрыманы за стварэнне чата ў 2020 годзе, які потым быў прызнаны экстрэмісцкім.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.01.2023: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.06.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
   </si>
   <si>
     <t>Анастасія Сяргееўна Кухта</t>
   </si>
   <si>
     <t>20 студзеня 1992</t>
   </si>
   <si>
     <t>Сацыяльная актывістка з Менска.
 Яна была затрымана 17 лютага 2022 года па месцы жыхарства.
 Дома ў яе быў праведзены ператрус. Спачатку ёй прысудзілі адміністрацыйны арышт, але пасля яго на волю Анастасія не выйшла.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-03-16 14:22:57</t>
   </si>
   <si>
     <t>Сяргей Мікалаевіч Кабарчук</t>
   </si>
   <si>
     <t>20 студзеня 1963</t>
   </si>
   <si>
     <t>15 лютага 2024 года ў Лельчыцкім раёне Гомельскай вобласці на мяжы з Украінай увялі рэжым «контртэрарыстычнай аперацыі». Насельніцтва прасілі "захоўваць спакой і падпарадкоўвацца патрабаванням супрацоўнікаў сілавых структур". У КДБ сцвярджаюць, што затрымалі ўдзельнікаў "дыверсійна-разведвальнай групы", у склад якой уваходзілі грамадзяне Украіны і Беларусі. Колькі менавіта чалавек было затрымана - не паведамляецца.</t>
   </si>
   <si>
     <t>Вырак суда 23.10.2024: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-09-23 19:42:06</t>
+  </si>
+  <si>
+    <t>Яўген Валер'евіч Шчарбіна</t>
+  </si>
+  <si>
+    <t>20 студзеня 1984</t>
+  </si>
+  <si>
+    <t>02.02.2024 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>2023-04-13 23:11:10</t>
+  </si>
+  <si>
+    <t>Уладзімір Мікалаевіч Савянкоў</t>
+  </si>
+  <si>
+    <t>21 студзеня 1977</t>
+  </si>
+  <si>
+    <t>Уладзімір, паводле наяўнай інфармацыі, былы камандзір АМАП і дэпутат Пушкінскай выбарчай акругі №9 (аграгарадок Калодзішчы) 27-га склікання, быў затрыманы ў снежні 2021 года пасля спробы атакі на ГОМ-2 Фрунзенскага РУУС у Мінску 16 жніўня 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму».
+Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групе ўдзельнічалі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых органаў, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам». Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».
+Уладзіміра асудзілі па некалькіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць з якіх — турэмны рэжым. Таксама яго пазбавілі воінскага звання.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму), абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Яўген Ігаравіч Сцяпанаў</t>
   </si>
   <si>
     <t>21 студзеня 1967</t>
   </si>
   <si>
     <t>Сутнасць абвінавачанняў , вылучаных супраць Яўгена Сцяпанава, якога зараз абвінавачваюць у «стварэнні ці ўдзеле ў дзейнасці экстрэмісцкага фармавання», не вядомая. Паводле непраўдзівых звестак, ён быў затрыманы ў студзені гэтага года за "распаўсюджванне экстрэмісцкіх матэрыялаў у інтэрнэце" і па ч. 2 арт. 19.11 КаАП прыгавораны да арышту, з-пад якога на волю ўжо не выйшаў.
 Яўген Сцяпанаў мае сур'ёзныя праблемы са здароўем: у 2020 годзе ён перанёс інсульт, пасля якога атрымаў цяжкасці з прамовай. З-за гэтага Яўген Сцяпанаў страціў магчымасць працаваць па прафесіі-ён скончыў універсітэт культуры і мастацтваў па спецыяльнасці «рэжысура», праводзіў вяселлі, канцэрты, іншыя ўрачыстыя і забаўляльныя мерапрыемствы.
 З сацыяльных сетак Яўген Сцяпанаў знік яшчэ ў канцы 2022 года, але з-за складанасці камунікацыі з ім гэта засталося незаўважаным. Увагу з боку сілавых структур прыцягнулі ягоныя звароты ў дзяржаўныя інстанцыі, напісаныя ў канцы лютага-пачатку сакавіка 2022г. Ён патрабаваў паспрыяць спыненню расійскай ваеннай агрэсіі на тэрыторыі Украіны - аб'явіць фарміраванне антываеннага руху і падтрымаць любыя формы антываенных пратэстаў; патрабаваць неадкладнага вываду расійскіх войскаў з тэрыторыі Беларусі, лічыць ваеннымі злачынцамі ўсіх, хто прымаў рашэнне аб ваенных дзеяннях ва Украіне, і хто санкцыянаваў агрэсіўную прапаганду, якая апраўдвае вайну, у дзяржаўных беларускіх СМІ.
 Свае патрабаванні спыніць вайну ва Украіне Яўген Сцяпанаў накіроўваў і мясцовым уладам, і дзяржаўным асобам вышэйшага рангу - міністру абароны Рэспублікі Беларусь, кіраўніку ўзброенымі сіламі краіны, генеральнаму пракурору РБ.</t>
   </si>
   <si>
     <t>Вырак суда 19.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
     <t>Анатоль Аркадзьевіч Яскевіч</t>
   </si>
   <si>
     <t>21 студзеня 1987</t>
   </si>
   <si>
     <t>Паводле матэрыялаў следства, яшчэ ў маі 2021 года, выкарыстоўваючы навіну аб крушэнні ваеннага самалёта ў горадзе Баранавічы і гібелі дваіх лётчыкаў, у сацыяльнай сетцы і відэахостынгу Tik-Tok, 35-гадовы Яскевіч сістэматычна размяшчаў у адкрытым доступе відэазвароты, накіраваныя на распальванне. сацыяльнай варожасці і варожасці ў адносінах да супрацоўнікаў сілавых ведамстваў.
 Таксама ў маі 2021 года ён вырабіў і размясціў у сацыяльнай сетцы і відэахостынгу TikTok у адкрытым для неабмежаванай колькасці асоб доступе 3 відэазвароты, у якіх абразіў кіраўніка дзяржавы, ілжыва абвінаваціў яго ў цяжкіх і асабліва цяжкіх злачынствах.</t>
   </si>
   <si>
-    <t>4,5 гады пазбаўлення волі ў калоніі агульнага рэжыму</t>
+    <t>Вырак суда 06.07.2022: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
-    <t>Уладзімір Мікалаевіч Савянкоў</t>
-[...13 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
+    <t>Сяргей Сяргеевіч Якубенак</t>
+  </si>
+  <si>
+    <t>22 студзеня 1976</t>
+  </si>
+  <si>
+    <t>Асновай для крымінальнай справы ў дачыненні да мужчыны стаў "Клас" у "Аднакласніках" у адным з паблікаў, прызнаных экстрэмісцкімі адным з судоў Рэспублікі Беларусь.</t>
+  </si>
+  <si>
+    <t>Вырак суда 13.12.2023: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-12-07 23:46:11</t>
   </si>
   <si>
     <t>Аляксей Юр'евіч Клюшнічэнка</t>
   </si>
   <si>
     <t>22 студзеня 1996</t>
   </si>
   <si>
     <t>Аляксей актывіст, сябра Руху "За Свабоду".</t>
   </si>
   <si>
     <t>Вырак суда 05.11.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2025: невядома.</t>
   </si>
   <si>
     <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Наталля Анатольеўна Давыдуліна</t>
   </si>
   <si>
     <t>22 студзеня 1977</t>
   </si>
   <si>
     <t>Наталлі Давыдулінай 47 гадоў, яна са Жлобіна. З сацсетак Наталлі вядома , што ў іх з мужам вялікая сям'я-пяцёра дзяцей, з якіх адна дачка яшчэ ў малодшай школе.
 Адзін з сыноў Наталлі, Дзяніс Давыдулін - былы палітвязень. Яго затрымалі ў сакавіку 2021-га і прыгаварылі паўтара года калоніі за тое, што ў ноч на 10 жніўня ён «выходзіў на праезную частку і аказваў актыўнае непадпарадкаванне супрацоўнікам міліцыі».Яна ніколі не давала інтэрв'ю медыя. З раскладу судоў вядома, што яе судзілі 24 студзеня 2024 года за «распаўсюд экстрэмісцкіх матэрыялаў». Верагодна, яе затрымалі падчас аблавы на салідарных з палітвязнямі.
 Суд пачнецца 23 жніўня ў Гомельскім абласным судзе. Такім чынам, хутчэй за ўсё, Наталлю абвінавачваюць у нейкай дапамозе іншым зняволеным. Вядома , што падчас студзеньскай аблавы пакінулі за кратамі ў асноўным тых, хто дапамагаў іншым-рабіў пераводы і пасылкі ў СІЗА і калоніі, нават на вельмі дробныя сумы.</t>
   </si>
   <si>
     <t>Вырак суда 01.10.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
-    <t>Вячаслаў Анатольевіч Бераставой</t>
-[...45 lines deleted...]
-    <t>2024-09-19 10:46:13</t>
+    <t>Антон Паўловіч Шыбут</t>
+  </si>
+  <si>
+    <t>23 студзеня 1990</t>
+  </si>
+  <si>
+    <t>29.09.2023 адбылося апеляцыйнае паседжанне суда.</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2023-07-08 16:04:24</t>
   </si>
   <si>
     <t>Аляксандр Паўлавіч Гашнікаў</t>
   </si>
   <si>
     <t>23 студзеня 1987</t>
   </si>
   <si>
     <t>Супрацоўнік БМЗ. Затрыманы 18.09.2021 прычыны невядомыя, выхоўвае 2 дзяцей малодшага школьнага ўзросту. Паводле папярэдняй інфармацыі, ставіцца ў віну арт. 356 Крымінальнага кодэкса (здрада дзяржаве). Таксама па АНТ паведамілі аб узбуджэнні крымінальнай справы за стварэнне экстрэмісцкага фарміравання - арт. 361-1 Крымінальнага кодэкса.
 У судзе Наваполацка 28 траўня 2024 г. разгледжана справа аб узмацненні палітвязню рэжыму ўтрымання. Па рашэнні суддзі Віталя Лапко Аляксандра перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>14 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2021-09-27 14:14:40</t>
   </si>
   <si>
-    <t>Антон Паўловіч Шыбут</t>
-[...13 lines deleted...]
-  <si>
     <t>Ігар Яраслававіч Кузаўка</t>
   </si>
   <si>
     <t>24 студзеня 1987</t>
   </si>
   <si>
     <t>Вырак суда 06.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
   </si>
   <si>
-    <t>Вольга Генадзеўна Сітнік</t>
-[...6 lines deleted...]
-Яе затрымалі ў маі 2025 года. Сутнасць абвінавачанняў невядомая, але выглядае, што Сітнік праходзіць па крымінальнай справе з іншымі адміністратарамі беларускай Вікіпедыі, якія зараз за кратамі.</t>
+    <t>Алег Васільевіч Ларычаў</t>
+  </si>
+  <si>
+    <t>26 студзеня 1986</t>
+  </si>
+  <si>
+    <t>Арганізатар фестывалю Urban Myths, грамадскі дзеяч і стрыт-арт-мастак.
+Раней Алег Ларычаў ужо некалькі разоў затрымліваўся і прыцягваўся да адказнасці, у тым ліку за свой арт-актывізм, у тым ліку ў 2022 годзе.
+На гэты раз яго затрымалі па крымінальнай справе, меркавана звязанай з затрыманнямі іншых людзей нібыта датычных у "экстрэмісцкім фарміраванні" "Да Зораў".</t>
   </si>
   <si>
     <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
   </si>
   <si>
-    <t>2025-06-26 18:48:32</t>
-[...27 lines deleted...]
-    <t>Аляксандр Андрэевіч Рыбчанка</t>
+    <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Сяргей Васільевіч Сандалюк</t>
+  </si>
+  <si>
+    <t>27 студзеня 1971</t>
+  </si>
+  <si>
+    <t>Сяргей шмат гадоў служыў у вайсковай часці 7404 у Баранавічах - гэта 4-я спецыяльная міліцэйская брыгада ўнутраных войскаў МУС. У 1996 годзе Сандалюк, паводле яго слоў, камандаваў там ротай, а ў 2000-х даслужыўся да камандзіра часці.
+Ужо ў 2013 годзе Сяргей Сандалюк пайшоў на павышэнне і стаў намеснікам начальніка Дэпартамента выканання пакаранняў. На гэтай пасадзе ён адказваў за ідэалагічную працу і кадравае забеспячэнне.
+Палкоўнік некалькі разоў адзначыўся ў СМІ: ён праводзіў экскурсіі па калоніях для журналістаў дзяржвыданняў, супрацоўнічаў з Экзархатам Беларускай праваслаўнай царквы, абмяркоўваў узаемадзеянне ДВП і царквы з мітрапалітам Паўлам.
+На мяжы 2018-2019 гадоў Сяргей Сандалюк пайшоў у адстаўку з пасады намесніка кіраўніка ДВП. У тым жа студзені 2019 года Сандалюк зарэгістраваўся ў Ленінскім раёне Мінска ў якасці індывідуальнага прадпрымальніка, каб аказваць паслугі па здачы жылля ў посутачную арэнду.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.08.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.10.2024: невядома. Вырак суда 27.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:00:34</t>
+  </si>
+  <si>
+    <t>Аляксей Віктаравіч Ягелла</t>
   </si>
   <si>
     <t>27 студзеня 1984</t>
   </si>
   <si>
-    <t>Аляксандр, былы дырэктар школы ў Крынках, узначальваў яе прыкладна да 2018 года. Асуджаны па артыкуле «Садзейнічанне экстрэмісцкай дзейнасці» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
-[...5 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Пра Аляксея вядома , што ён па адукацыі з'яўляецца лекарам-хірургам, але ў сваёй прафесіі не працаваў. Ён - евангельскі прапаведнік, а таксама абаронца здаровага ладу жыцця. У мінулым годзе абласная дзяржаўная газета пісала аб тым, як ён прасоўвае свой спосаб адмовы ад курэння.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
   </si>
   <si>
     <t>Андрэй Валер'евіч Аляксандраў</t>
   </si>
   <si>
     <t>27 студзеня 1978</t>
   </si>
   <si>
     <t>Беларускі журналіст Андрэй, затрыманы 12 студзеня 2021 года разам са сваёй дзяўчынай Ірынай Злобінай, абвінавачваўся ў "фінансаванні пратэстнай дзейнасці" і аплаце штрафаў удзельнікам пратэстаў. Яго асудзілі па шэрагу крымінальных артыкулаў, у тым ліку "здрада дзяржаве" і "ўдзел у экстрэмісцкім фарміраванні".
 1 верасня 2022 года пара ажанілася ў СІЗА-1.</t>
   </si>
   <si>
     <t>Вырак суда 06.10.2022: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
+  </si>
+  <si>
+    <t>Аляксандр Андрэевіч Рыбчанка</t>
+  </si>
+  <si>
+    <t>Аляксандр, былы дырэктар школы ў Крынках, узначальваў яе прыкладна да 2018 года. Асуджаны па артыкуле «Садзейнічанне экстрэмісцкай дзейнасці» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.06.2025: 4 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Марыя Аляксандраўна Дзяйчык</t>
   </si>
   <si>
     <t>29 студзеня 1984</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2025: 2 гады 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Зміцер Уладзіміравіч Голуб</t>
   </si>
   <si>
     <t>29 студзеня 1989</t>
   </si>
   <si>
     <t>Аб затрыманні Дзмітрыя стала вядома 7 сакавіка.
 Зміцера судзілі за каментары, якія ён пакінуў з лістапада 2019 года па студзень 2024 года ў чатах Telegram і на YouTube-канале. У іх ён узбуджаў нацыянальную, іншую сацыяльную варожасць і розніцу, палічыў суд.
 Таксама мужчына пакідаў каментары з абразамі супрацоўнікаў АУС, журналістаў, прадстаўнікоў улады, Аляксандра Лукашэнкі. У верасні 2020 года ён удзельнічаў у акцыях пратэсту.
 На прысуд, які вынес Гродзенскі абласны суд у судзе Кастрычніцкага раёна Гродна, запрасілі студэнтаў ГрДУ імя Я.Купалы.</t>
   </si>
   <si>
     <t>Вырак суда 22.11.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Максім Амінбаевіч Джуманіязаў</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Зміцер Уладзіміравіч Ільюхін</t>
+  </si>
+  <si>
+    <t>29 студзеня 1990</t>
+  </si>
+  <si>
+    <t>Журналісты даведаліся , што ў 2019 годзе Ільюхін адправіўся ў Канаду на пасаду першага сакратара ў пасольстве Беларусі.
+“У Атаве ён быў сябрам выбарчай камісіі на прэзідэнцкіх выбарах 2020 года. Згодна з афіцыйным пратаколам, на яго ўчастку разгромна перамагла Святлана Ціханоўская, якая набрала 321 голас (91%) супраць 21 голасу (6%) у Аляксандра Лукашэнкі», — піша выданне.
+У жніўні 2021 года Ільюхін працаваў консулам у Нью-Ёрку. Далей займаў пасаду першага сакратара пасольства Беларусі ў Вашынгтоне. У красавіку 2022 года пакінуў дыпламатычную службу. Пасля звальнення з дзяржаўнай службы Зміцер працаваў у прадстаўніцтве Міжнароднай федэрацыі таварыстваў Чырвонага Крыжа (IFRC).
+Затрыманне Зміцера, верагодна, адбылося каля года таму. Сутнасць абвінавачанняў і дакладны прысуд невядомы, але прысуд звязаны з пазбаўленнем волі .</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
+  </si>
+  <si>
+    <t>Аляксандр Уладзіміравіч Герасіменкі</t>
+  </si>
+  <si>
+    <t>30 студзеня 1977</t>
+  </si>
+  <si>
+    <t>Працаваў вадзіцелем-дальнабойшчыкам. Апошняе вядомае месца працы Аляксандра - "Мазырсоль". Да гэтага працаваў у сферы спорту: трэнерам -выкладчыкам па веславанні і намеснікам дырэктара па дзіцячай спартыўнай школе.
+Яго затрымалі па "справе Гаюна" шостага сакавіка 2025 года.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Эдуард Віктаравіч Бабарыка</t>
   </si>
   <si>
     <t>30 студзеня 1990</t>
   </si>
   <si>
     <t>Эдуард, які скончыў БДЭУ па спецыяльнасці «Эканоміка і кіраванне прадпрыемствамі» і кіраваў краўдфандынгавымі платформамі Ulej і MolaMola, а таксама ініцыятыўнай групай свайго бацькі Віктара Бабарыка, быў затрыманы 18 чэрвеня 2020 года па шляху ў ЦВК для здачы подпісаў. Ён правёў больш за тры гады ў зняволенні без суда і быў асуджаны за "арганізацыю масавых беспарадкаў" і "ухіленне ад выплаты падаткаў".
 У ліпені 2024 года яго паўторна прыгаварылі да двух гадоў пазбаўлення волі за «непадпарадкаванне адміністрацыі калоніі».</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>Вырак суда 05.07.2023: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.11.2023: прысуд пакінуты без змены. Вырак суда 10.07.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 19.09.2024: прысуд пакінуты без змены. Вырак суда 20.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Аляксандр Уладзіміравіч Герасіменкі</t>
-[...11 lines deleted...]
-    <t>2025-07-25 00:54:32</t>
+    <t>Максім Амінбаевіч Джуманіязаў</t>
+  </si>
+  <si>
+    <t>30 студзеня 1983</t>
+  </si>
+  <si>
+    <t>Максім мае з дзяцінства цяжкае псіхічнае захворванне , для яго патрабуецца асаблівы надгляд.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
+  </si>
+  <si>
+    <t>Таццяна Віктараўна Сцёпа</t>
+  </si>
+  <si>
+    <t>31 студзеня 1970</t>
+  </si>
+  <si>
+    <t>Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.10.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.12.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-02-03 14:47:36</t>
+  </si>
+  <si>
+    <t>Анастасія Віктараўна Пакаташкіна</t>
+  </si>
+  <si>
+    <t>31 студзеня 1981</t>
+  </si>
+  <si>
+    <t>09.02.2024 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>ПК-24, вул. Вытворчая, д.44, г.п. Зарэчча, Рэчыцкі р-н, Гомельская вобласць, 247526</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.12.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 09.02.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-08-03 22:30:42</t>
   </si>
   <si>
     <t>Ціхан Сяргеевіч Осіпаў</t>
   </si>
   <si>
     <t>31 студзеня 1996</t>
   </si>
   <si>
     <t>Ціхан быў затрыманы і асуджаны за тое, што, паводле версіі СК, учыніў наўмысны наезд на вайскоўцаў унутраных войскаў МУС падчас акцыі пратэсту, якая праходзіла 11 жніўня 2020 года каля арт. м. «Пушкінская» у Менску.
 У сакавіку 2022 года яго паўторна асудзілі за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы» — абвінавачванне, якое часта ўжываецца да зняволеных, якія адмовіліся супрацоўнічаць з турэмнай адміністрацыяй, і замянілі рэжым на строгі.</t>
   </si>
   <si>
     <t>Вырак суда 19.05.2021: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 1300 рублёў кампенсацыі. Вырак суда 25.03.2022: 7 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 23.06.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-03-06 20:01:08</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-02-03 14:47:36</t>
   </si>
   <si>
     <t>Дзяніс Сяргеевіч Мікіта</t>
   </si>
   <si>
     <t>31 студзеня 1985</t>
   </si>
   <si>
     <t>Дзяніса Мікіту затрымалі ўвечары 25 студзеня 2024 года за дробнае хуліганства. Яго даставілі ў дзяжурную часць РАУС. Ён не быў згодны з затрыманнем і нібыта пачаў выказваць на адрас супрацоўнікаў міліцыі абразы і пагрозы, пры тым згадаўшы Лукашэнку. Па версіі міліцыі, 38-гадовы мужчына рабіў гэты працяглы час і неаднаразова яго прынізіў. У выніку была ўзбуджаная крымінальная справа. Мужчыну судзілі публічна ў будынку Свіслацкага райвыканкама. Аб працэсе паведаміла раённая газета: там распавялі, што на паседжанні прысутнічалі "прадстаўнікі грамадскасці" і СМІ. Дзяніс Мікіта прызнаў віну.
 Паведамляецца, што гэта ўжо 11-я судзімасць абвінавачанага. Ён быў судзімы за крадзяжы, катаванне, пагрозу забойствам, а таксама за парушэнне патрабаванняў прэвентыўнага нагляду, неаднаразова прыцягваўся да адміністрацыйнай адказнасці. Акрамя таго, мужчына пазбаўлены бацькоўскіх правоў у адносінах да дваіх дзяцей.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1701,51 +1670,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I83"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1774,2279 +1743,2198 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I14" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="I17" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B18" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="I18" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I19" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C22" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>128</v>
       </c>
       <c r="I24" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>130</v>
       </c>
       <c r="B25" t="s">
         <v>131</v>
       </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="I25" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>137</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
         <v>134</v>
       </c>
-      <c r="B26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="F27" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>144</v>
       </c>
       <c r="I27" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>146</v>
       </c>
       <c r="B28" t="s">
         <v>147</v>
       </c>
+      <c r="C28" t="s">
+        <v>148</v>
+      </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F28" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>150</v>
       </c>
       <c r="I28" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>152</v>
       </c>
       <c r="B29" t="s">
         <v>153</v>
       </c>
+      <c r="C29" t="s">
+        <v>154</v>
+      </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="H30" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I30" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C31" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
+      <c r="E33" t="s">
+        <v>21</v>
+      </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
+      <c r="E34" t="s">
+        <v>183</v>
+      </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
-      <c r="H34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C35" t="s">
         <v>186</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>27</v>
+        <v>172</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>187</v>
       </c>
       <c r="I35" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>189</v>
       </c>
       <c r="B36" t="s">
         <v>190</v>
       </c>
+      <c r="C36" t="s">
+        <v>191</v>
+      </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>171</v>
+        <v>108</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
+      <c r="H37" t="s">
+        <v>198</v>
+      </c>
       <c r="I37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F38" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B42" t="s">
-        <v>220</v>
+        <v>221</v>
+      </c>
+      <c r="C42" t="s">
+        <v>222</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E42" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I45" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>241</v>
+        <v>167</v>
       </c>
       <c r="I46" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>243</v>
       </c>
       <c r="B47" t="s">
         <v>244</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
       <c r="I47" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>247</v>
       </c>
       <c r="B48" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="C48" t="s">
         <v>248</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>213</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>249</v>
       </c>
       <c r="I48" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>251</v>
       </c>
       <c r="B49" t="s">
         <v>252</v>
       </c>
+      <c r="C49" t="s">
+        <v>253</v>
+      </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>52</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I49" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B50" t="s">
-        <v>256</v>
+        <v>257</v>
+      </c>
+      <c r="C50" t="s">
+        <v>258</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>100</v>
+        <v>259</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="I50" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>262</v>
+      </c>
+      <c r="B51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C51" t="s">
+        <v>264</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
         <v>259</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I51" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B52" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C52" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>267</v>
+        <v>31</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B54" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C54" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I54" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B55" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C55" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>182</v>
+        <v>285</v>
       </c>
       <c r="I55" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B56" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C56" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>287</v>
+        <v>167</v>
       </c>
       <c r="I56" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B57" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D57" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B58" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="I58" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B59" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I59" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>27</v>
+        <v>259</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I60" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B61" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="E62" t="s">
+        <v>38</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I62" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B63" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="I63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
+      <c r="E64" t="s">
+        <v>52</v>
+      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I64" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B65" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I65" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>267</v>
+        <v>338</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C67" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I67" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B68" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C68" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>117</v>
+        <v>348</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="I68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B69" t="s">
-        <v>350</v>
+        <v>351</v>
+      </c>
+      <c r="C69" t="s">
+        <v>352</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="I69" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="C70" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>356</v>
+        <v>133</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
+      <c r="H70" t="s">
+        <v>357</v>
+      </c>
       <c r="I70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B71" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E71" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="I71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B72" t="s">
-        <v>363</v>
+        <v>364</v>
+      </c>
+      <c r="C72" t="s">
+        <v>365</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
+      <c r="E72" t="s">
+        <v>213</v>
+      </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>348</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
+        <v>379</v>
+      </c>
+      <c r="C75" t="s">
+        <v>380</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>381</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C76" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>167</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B77" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C77" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E77" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>182</v>
+        <v>391</v>
       </c>
       <c r="I77" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C78" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E78" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>398</v>
+        <v>155</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
+      <c r="H79" t="s">
+        <v>402</v>
+      </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
-[...15 lines deleted...]
-      <c r="E81" t="s">
         <v>408</v>
-      </c>
-[...65 lines deleted...]
-        <v>420</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">