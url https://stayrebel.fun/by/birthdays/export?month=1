--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,1345 +12,1375 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
+    <t>Зміцер Георгіевіч Колас</t>
+  </si>
+  <si>
+    <t>1 студзеня 1957</t>
+  </si>
+  <si>
+    <t>Беларускі перакладчык, літаратуразнаўца і выдавец. Адзін з найбольш вядомых папулярызатараў перакладной сусветнай літаратуры.
+Дзмітрый - сын літаратурнага крытыка Георгія Коласа і брат кінарэжысёра і педагога Уладзіміра Коласа, зрабіў сабе імя яшчэ ў 1980-я перакладамі з французскай мовы на беларускую. З 1990-х Колас займаецца выдавецкай справай. Выдавецтва “Зміцер Колас” вядома кнігамі сусветнай паэзіі, прозы, драматургіі ў лепшых беларускіх перакладах.
+Зміцера ўжо затрымліваў КДБ у пачатку сакавіка 2023 года. Аднак ён выйшаў на волю пасля 10 сутак арышту, якія ён правёў у СІЗА КДБ. Абвінавачанне яму не прад'яўлена.
+У лютым 2026 года Змітра зноў затрымалі , у той жа час прайшлі масавыя затрыманні выдаўцоў і распаўсюджвальнікаў кніг. Зміцер правёў 14 сутак у ІЧУ на Акрэсціна, пасля чаго так і не выйшаў на волю. 3 сакавіка 2026 года кааліцыю друкаваных выдавецтваў, у якую ўваходзяць "Фонд Kamunikat.org", Lohvinau Publishing House, Andrei Yanushkevich Publishing, унеслі ў абноўлены МУС спіс "экстрэмісцкіх фарміраванняў". У сувязі з фармаваннем у пераліку згадваюцца Яраслаў Іванюк, Зміцер Колас , Ігар Логвінаў, Вацлаў Багдановіч, Андрэй Янушкевіч, Аляксандр Яўдаха. У яго таксама дададзены сайты і сацыяльныя сеткі выдавецтваў.</t>
+  </si>
+  <si>
+    <t>Мужчынскі</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Так</t>
+  </si>
+  <si>
+    <t>2026-03-09 11:55:40</t>
+  </si>
+  <si>
     <t>Мікіта Вадзімавіч Дранец</t>
   </si>
   <si>
     <t>1 студзеня 1999</t>
   </si>
   <si>
     <t>Мікіта, актывіст анархісцкага руху, быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны за "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак", і за "ўдзел у злачыннай арганізацыі". Вядома, што ў аснову абвінавачання лёг эпізод, звязаны з "Маршам недармаедаў", які адбыўся 5 сакавіка 2017 года.</t>
   </si>
   <si>
-    <t>Мужчынскі</t>
-[...1 lines deleted...]
-  <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
-    <t>У зняволенні</t>
-[...4 lines deleted...]
-  <si>
     <t>Вырак суда 06.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
+  </si>
+  <si>
+    <t>Іван Мікалаевіч Петраневіч</t>
+  </si>
+  <si>
+    <t>2 студзеня 1992</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-03-02 21:15:39</t>
   </si>
   <si>
     <t>Зміцер Леанідавіч Папкоў</t>
   </si>
   <si>
     <t>3 студзеня 1988</t>
   </si>
   <si>
     <t>Паводле праўладных тэлеграм-каналаў, былі затрыманыя чатыры чалавекі - іх называюць "спячай ячэйкай экстрэмістаў", якія "мелі" знешнія сувязі "з беларускімі добраахвотнікамі, якія ваююць ва Украіне. У іх ліку Дзмітрый.
 Усе яны родам з Гомеля і, мяркуючы па пастах у сацсетках, даўно сябравалі, разам удзельнічалі ў міжнароднай гульні ў Beer Pong у Гомелі. Пасля брутальнага затрымання сяброў прымусілі запісаць "пакаянае відэа" і сказаць аб тым, што яны стварылі чат, дзе перапісваліся паміж сабой, а пасля ўварвання РФ ва Украіну нібыта некалькі разоў у перапісках абразілі Лукашэнку, таксама пісалі "няправільныя" каментары. Яшчэ адно абвінавачанне-хлопцы» мелі знешнія сувязі "з беларускімі добраахвотнікамі, якія ваююць за Украіну. Мяркуючы па ўсім, менавіта гэта стала падставай для ўзбуджэння крымінальнай справы па артыкуле" садзейнічанне экстрэмісцкай дзейнасці".
 10.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 01.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.05.2024: невядома.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
+    <t>Павел Аляксандравіч Ксяндзоў</t>
+  </si>
+  <si>
+    <t>3 студзеня 1987</t>
+  </si>
+  <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.08.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:48:11</t>
+  </si>
+  <si>
     <t>Яўген Аляксеевіч Пелехаты</t>
   </si>
   <si>
     <t>3 студзеня 1993</t>
   </si>
   <si>
     <t>Падчас затрымання да Яўгена прымянілі «спецсродкі і фізічную сілу», гаворыцца ў рашэнні суда ад 2 чэрвеня (мужчыну абвінавацілі ў непадпарадкаванні міліцыі). З працоўнага кабінета яго выводзілі ў кайданках і з мяшком на галаве, вядома нам ад сваіх крыніц.На дадзены момант Яўген Пелехаты чакае суда. Яго абвінавачваюць у напісанні некалькіх жорсткіх тэлеграм-каментараў пра Лукашэнку і сілавікоў.</t>
   </si>
   <si>
     <t>Вырак суда 05.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Павел Аляксандравіч Ксяндзоў</t>
-[...21 lines deleted...]
-У 1992 годзе яна скончыла Беларускі дзяржаўны медыцынскі ўніверсітэт па спецыяльнасці «Лячэбная справа». Спачатку працавала ўрачом у розных бальніцах, у 2003 годзе давучылася яшчэ на педыятра. У 2006 годзе адвучылася яшчэ на дэрматолага і касметолага. Мае першую кваліфікацыйную катэгорыю. У апошнія гарады працавала ў прыватных медыцынскіх цэнтрах "Сёмае неба", "Марк эстэтык" і "Медовеню".</t>
+    <t>Любоў Мікалаеўна Драгель</t>
+  </si>
+  <si>
+    <t>3 студзеня 1998</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.12.2024: невядома.</t>
-[...14 lines deleted...]
-    <t>2024-09-23 20:32:25</t>
+    <t>Вырак суда 12.06.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.09.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Ваўчок</t>
   </si>
   <si>
     <t>4 студзеня 1977</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-11-01 22:51:11</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Фёдар Міхайлавіч Кандыранда</t>
   </si>
   <si>
     <t>4 студзеня 1978</t>
   </si>
   <si>
     <t>Старшы выкладчык агульнавайсковага факультэта Ваеннай акадэміі. Неаднаразова займаў прызавыя месцы сярод старэйшых выкладчыкаў Ваеннай акадэміі. 13 жніўня 2020 года падаў рапарт на звальненне ў сувязі з фальсіфікацыяй выбараў і адмовай выконваць злачынныя загады. У траўні 2021 года загадам Лукашэнкі пазбаўлены звання падпалкоўніка.
 Апошнія гады працаваў у IT-сферы.
 Затрыманы ў сакавіку 2025 года хутчэй за ўсё па "справе Гаюна".
 У Фёдара ёсць хранічныя захворванні.</t>
   </si>
   <si>
     <t>Вырак суда 25.09.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
   </si>
   <si>
-    <t>Максім Дзмітрыевіч Варнэль</t>
-[...8 lines deleted...]
-    <t>2023-12-10 12:06:28</t>
+    <t>Алеся Мікалаеўна Дзярнакаўская</t>
+  </si>
+  <si>
+    <t>4 студзеня 1976</t>
+  </si>
+  <si>
+    <t>Алеся затрымана за фінансавую дапамогу палітвязням.
+У 1992 годзе яна скончыла Беларускі дзяржаўны медыцынскі ўніверсітэт па спецыяльнасці «Лячэбная справа». Спачатку працавала ўрачом у розных бальніцах, у 2003 годзе давучылася яшчэ на педыятра. У 2006 годзе адвучылася яшчэ на дэрматолага і касметолага. Мае першую кваліфікацыйную катэгорыю. У апошнія гарады працавала ў прыватных медыцынскіх цэнтрах "Сёмае неба", "Марк эстэтык" і "Медовеню".</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Наталля Мікалаеўна Васіленка</t>
   </si>
   <si>
     <t>5 студзеня 1975</t>
   </si>
   <si>
     <t>Наталля стала вядома яшчэ ў 2017 годзе, калі пра яе праблему расказала незалежная прэса. Жанчыну з трэцяй групай інваліднасці, якая з прычыны медыцынскіх абмежаванняў не магла ўладкавацца на працу, збіраліся выселіць з жылля за даўгі. Раней Наталля працавала ў будаўнічай арганізацыі, але пасля таго, як не выявілі эпілепсію, урачы напісалі спіс абмежаванняў па працы. Пасля грамадскага рэзанансу ўлады адклікалі пазоў, а пагасіць даўгі Наталля змагла з дапамогай Нобелеўскага лаўрэата, пісьменніцы Святланы Алексіевіч. Пасля гэтага яна ўвесь час дапамагала гамяльчанцы, падключыліся да дапамогі і многія іншыя неабыякавыя людзі.
 У верасні Наталля патрапіла пад «хапун» сілавікоў - яе затрымалі за «экстрэмісцкія» падпіскі. Той самы суддзя, які будзе судзіць жанчыну па крымінальных артыкулах, караў яе штрафам за адміністрацыйнае правапарушэнне. Гамяльчанку прымусілі зняцца ў «пакаяльным» відэа, на якім яна не раскаялася, і на пытанне, як яна ставіцца да ўлады, наўпрост адказала: «Дрэнна». Пасля гэтага адпусцілі пад падпіску.
 Пра ўсё гэта яна таксама расказвала ў сацсетках, а ў апошнім пасце напісала аб тым, што яе прыйшлі браць пад варту — у межах крымінальнай справы. Таксама Наталля выкладала фота з парэзанымі венамі на руцэ.
 Напрыканцы яе змясцілі перад самым судом.</t>
   </si>
   <si>
     <t>Вырак суда 13.01.2025: невядома. Апеляцыя 21.03.2025: невядома.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Яўген Тадэвушавіч Бужінскі</t>
-[...12 lines deleted...]
-    <t>2022-08-31 17:10:54</t>
+    <t>Максім Дзмітрыевіч Варнэль</t>
+  </si>
+  <si>
+    <t>5 студзеня 2001</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.12.2023: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.02.2024: невядома. Апеляцыя 18.12.2024: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
+  </si>
+  <si>
+    <t>Аляксандр Пятровіч Гардзеенка</t>
+  </si>
+  <si>
+    <t>6 студзеня 1981</t>
+  </si>
+  <si>
+    <t>адміністратар дарожных Viber -чатаў аб дарожным становішчы ў Рэчыцы і Гомелі. Яго затрымалі напрыканцы сакавіка 2025 года. Ён працаваў на "Беларуснафту".
+"ГУБАЗіК з дому забіраў жорстка . Шыюць 361 артыкул за фота расійскай тэхнікі , знятыя ў 2022 годзе" , — паведаміла крыніца выданню "Флагшток".</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-05-20 00:24:17</t>
   </si>
   <si>
     <t>Марыя Аляксандраўна Рабкова</t>
   </si>
   <si>
     <t>6 студзеня 1995</t>
   </si>
   <si>
     <t>Марфа, каардынатарка валанцёрскай службы "Вясна", была затрымана 17 верасня 2020 года. Яе абвінавацілі ў "падрыхтоўцы да масавых беспарадкаў" і іншых "злачынствах". У лютым 2021 года ёй прад'явілі дадатковыя абвінавачанні, у тым ліку "распальванне сацыяльнай варожасці" і "ўдзел у злачыннай арганізацыі".
 У верасні 2022 года суд прыгаварыў яе да 15 гадоў калоніі, пазней тэрмін скарацілі на тры месяцы. У зняволенні ў Марфы пагоршылася здароўе, у тым ліку з-за перанесенага COVID.</t>
   </si>
   <si>
     <t>Вырак суда 06.09.2022: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу, прыблізна 6460 рублёў кампенсацыі. Апеляцыя 28.02.2023: 14 гадоў 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 700 базавых велічынь штрафу, прыблізна 6460 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:57</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Анастасія Юр'еўна Лойка</t>
   </si>
   <si>
     <t>6 студзеня 1989</t>
   </si>
   <si>
     <t>Наста Лойка - вядомая беларуская праваабаронца. Наста падвяргалася пераследу за сваю праваабарончую дзейнасць, са жніўня 2021 года яна з'яўлялася падазраванай у крымінальнай справе, звязанай з дзейнасцю праваабарончай арганізацыі "Вясна".
 6 верасня 2022 года пасля наведвання судовага паседжання па справе «Рэвалюцыйнага дзеяння», Наста была двойчы асуджаная за «дробнае хуліганства» і правяла 30 сутак у зняволенні. Праз 3 тыдні пасля вызвалення, 28/10. 2022, Наста была затрымана зноў. На судзе Наста заявіла аб катаваннях (супрацоўнікі ГУБАЗіК ударылі яе электрашокерам і як супрацоўнікі ЦІПа пакідалі на 8 гадзін без верхняй вопраткі на холадзе, з-за чаго яна захварэла). У зняволенні на Акрэсціна Наста знаходзілася без цёплых рэчаў і сродкаў асабістай гігіены.
 28.11.2022 стала вядома, што Насту асудзілі зноўку на 15 сутак па арт. 19.1 "дробнае хуліганства". Пяты раз за восень.
 У сярэдзіне снежня яе перазатрымалі шосты раз па тым жа артыкуле, а ў канцы месяца прад'явілі абвінавачанні па крымінальных артыкулах і перавялі ў СІЗА-1. Па версіі абвінавачання, у адным з яе праваабарончых дакладаў аб пераследзе анархісцкай супольнасці ў Беларусі за 2018 год змяшчаецца негатыўная ацэнка незаконных дзеянняў супрацоўнікаў міліцыі, якая стала падставай для ўзбуджэння супраць яе крымінальнай справы. Група, супраць якой нібыта распальвалася іншая сацыяльная варожасць, з'яўляецца прафесійнай сацыяльнай групай супрацоўнікаў праваахоўных органаў. Як адзначаюць праваабаронцы, такое тлумачэнне артыкула не адпавядае міжнародным стандартам у галіне правоў чалавека, пра што сведчыць практыка міжнародных судовых органаў.
 Амаль на пачатку судовага паседжаньня працэс зрабілі закрытым.
 03.10.2023 адбыўся разгляд апеляцыйнай скаргі.
 У ліпені 2025 года стала вядома, што Насту Лойку на 6 месяцаў змясцілі ПКТ (памяшканне камернага тыпу).</t>
   </si>
   <si>
     <t>Вырак суда 20.06.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.10.2023: невядома.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
+    <t>Анжэла Міхайлаўна Сандалюк</t>
+  </si>
+  <si>
+    <t>6 студзеня 1974</t>
+  </si>
+  <si>
+    <t>Сандалюк Анжэла разам з мужам была асуджаная ў судзе Кастрычніцкага раёна г. Мінска пач. 1 ст. 342 КК (арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх). 6 жніўня 2024 года справу разглядала суддзя Жывіца Алена.
+11 кастрычніка 2024 г. Мінскі гарадскі суд разгледзеў апеляцыю. Старшыня судовай калегіі Рудэнкі Аляксандр Анатольевіч.
+Суд Кастрычніцкага раёна г. Мінска 27 лістапада 2024 года разгледзеў новую справу супраць сямейнай пары па ч. 1 арт. 342 КК (арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, або актыўны ўдзел у іх). На гэты раз судзіць прызначылі Карсюка Дзмітрыя.
+7 лютага 2025 года Мінскі гарадскі суд разгледзеў апеляцыю. Старшыня судовай калегіі Папко Анастасія Паўлаўна.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.08.2024: невядома. Апеляцыя 11.10.2024: невядома. Вырак суда 27.11.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
+  </si>
+  <si>
+    <t>Яўген Тадэвушавіч Бужінскі</t>
+  </si>
+  <si>
+    <t>6 студзеня 1966</t>
+  </si>
+  <si>
+    <t>Лекар 1-й кваліфікацыйнай катэгорыі спецыяліста УГД Смаргонскай ЦРБ.
+Затрыманы за абразу Лукашэнкі.</t>
+  </si>
+  <si>
+    <t>6 гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
     <t>Дзмітрый Юр'евіч Папоў</t>
   </si>
   <si>
     <t>7 студзеня 1992</t>
   </si>
   <si>
     <t>Мадэратар сацсетак "Краіна для жыцця" знік увечары 4 чэрвеня 2020 года. Толькі праз некалькі дзён стала вядома, што яго пакаралі 15 суткамі арышту і перавялі ў ізалятар часовага ўтрымання ў Менску. Яму выставілі абвінавачанне ў "арганізацыі масавых беспарадкаў".
 Восенню 2022 года Дзмітрый быў пераведзены на турэмны рэжым.
 Па дадзеных праваабаронцаў, фігуранты "справы" абавязаны выплаціць кампенсацыю ў памеры 29 мільёнаў рублёў.
 У 2025 годзе Зміцер быў асуджаны па 411 артыкуле.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 14.12.2021: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 01.06.2022: прысуд пакінуты без змены. Суд па змене рэжыму 27.09.2022: 5 гадоў турэмнага рэжыму. Вырак суда 06.10.2022: прыблізна 29000000 рублёў кампенсацыі. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:59</t>
   </si>
   <si>
+    <t>Мікалай Уладзіміравіч Бібліс</t>
+  </si>
+  <si>
+    <t>7 студзеня 1997</t>
+  </si>
+  <si>
+    <t>Мікалай, тэхнік у Інстытуце парашковай металургіі, быў затрыманы ў ліпені 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай "Буслы ляцяць". Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі і штрафу.
+Раней Мікалай ужо арыштоўваўся пасля спробы падаць скаргу ў ЦВК 16 ліпеня 2020 года, дзе яму выбілі пярэдні зуб.</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.09.2022: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:14:39</t>
+  </si>
+  <si>
     <t>Мікалай Мікалаевіч Аўтуховіч</t>
   </si>
   <si>
     <t>7 студзеня 1963</t>
   </si>
   <si>
     <t>Мікалай, ветэран Афганскай кампаніі, прадпрымальнік і грамадскі дзеяч, раней неаднаразова падвяргаўся пераследу за сваю грамадзянскую пазіцыю. Ён быў затрыманы 1 снежня 2020 года і асуджаны па некалькіх артыкулах, у тым ліку "стварэнне злачыннай арганізацыі" і "замах на захоп улады", атрымаўшы вялікі тэрмін зняволення і штраф, пры гэтым першыя пяць гадоў ён правядзе на турэмным рэжыме.
 Увесну 2024 года з Мікалая і двух іншых фігурантаў "справы" спагналі кампенсацыю за пашкоджанне маёмасці міліцыянтаў на суму больш за 40 тысяч рублёў.
 У лістападзе 2025 года ў Мікалая скончылася 5 гадоў турэмнага рэжыму і яго перавялі ў ПК-14, дзе яго адразу ж адправілі ў ПКТ. Хутчэй за ўсё Мікалая зноў адправяць на турэмны рэжым.</t>
   </si>
   <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
     <t>Вырак суда 17.10.2022: 25 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму (з іх 5 гадоў турэмнага рэжыму), 1000 базавых велічынь штрафу, абмежаванне па ваеннай службе. Апеляцыя 31.03.2023: прысуд пакінуты без змены. Вырак суда 26.04.2024: прыблізна 13400 рублёў кампенсацыі. Суд па змене рэжыму 23.01.2026: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:57</t>
   </si>
   <si>
-    <t>Мікалай Уладзіміравіч Бібліс</t>
-[...14 lines deleted...]
-  <si>
     <t>Сяргей Уладзіміравіч Соц</t>
   </si>
   <si>
     <t>8 студзеня 1983</t>
   </si>
   <si>
     <t>асуджаны за каментары ў Тэлеграм. 24.11.2023 года адбыўся разгляд апеляцыйнай скаргі, прыгавор уступіў у сілу. </t>
   </si>
   <si>
     <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>2 гады пазбаўлення волі.</t>
   </si>
   <si>
     <t>2023-09-13 17:01:48</t>
+  </si>
+  <si>
+    <t>Віталь Міхайлавіч Вайцяховіч</t>
+  </si>
+  <si>
+    <t>8 студзеня 1967</t>
+  </si>
+  <si>
+    <t>Віталь быў затрыманы ў жніўні 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджаны па шматлікіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць гадоў з якой — турэмны рэжым.
+Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 19 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму). Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Арцём Уладзіміравіч Мазанік</t>
   </si>
   <si>
     <t>8 студзеня 1990</t>
   </si>
   <si>
     <t>Праграміст, захапляецца музыкай і рыбалкай. Вельмі дапытлівы, дасведчаны ў шматлікіх сферах. Вывучае англійскую і нямецкую мовы. Заўсёды ведаў, што будзе жыць у Германіі, любіць гурт Раммштайн, усё жыццё іх слухае, ведае ўсе песні на памяць.
 На праўладных каналах паведамілі, што Арцёма затрымалі за тое, што ён распрацаваў праграму па сканаванні штрых-кодаў для байкатавання кампаній, якія падтрымліваюць рэжым.</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Максім Васільевіч Грытчанка</t>
-[...11 lines deleted...]
-    <t>2025-08-11 18:45:43</t>
+    <t>Уладзімір Уладзіміравіч Шамякін</t>
+  </si>
+  <si>
+    <t>9 студзеня 1969</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.08.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.09.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-11-03 15:25:52</t>
+  </si>
+  <si>
+    <t>Зміцер Юр'евіч Малахаў</t>
+  </si>
+  <si>
+    <t>9 студзеня 1993</t>
+  </si>
+  <si>
+    <t>ПУАТ-45, 225073, Брэсцкая вобл., Камянецкі р-н., в. Сушкі, вул. Цэнтральная, 1</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 5 гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Сяргей Уладзіміравіч Думава</t>
   </si>
   <si>
     <t>9 студзеня 1986</t>
   </si>
   <si>
     <t>Сяргей быў затрыманы ў сакавіку 2021 года і восенню таго ж года асуджаны за расклейку стыкераў у Віцебску. Па версіі абвінавачання, з 1 кастрычніка 2020 года па 22 сакавіка 2021 года ён займаўся дзейнасцю, накіраванай на «сістэматычную псуту маёмасці»: з выкарыстаннем аэразольнай фарбы наносіў на аб'екты УП «Віцебскводаканал» надпісы «Жыве Беларусь!», «3%», «Чырвоны партыз.
 У верасні 2024 года адбылося чарговае судовае паседжанне, па выніках якога Сяргей быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 17.09.2021: 9 гадоў 15 дзён пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 25.09.2024: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
-    <t>Уладзімір Уладзіміравіч Шамякін</t>
-[...10 lines deleted...]
-  <si>
     <t>Уладзіслаў Аляксеевіч Анічкін</t>
   </si>
   <si>
     <t>9 студзеня 1991</t>
   </si>
   <si>
     <t>Уладзіслаў быў затрыманы і асуджаны вясной 2024 года за ўдзел у паслявыбарчых акцыях пратэсту, якія праходзілі восенню 2020 года ў Мінску, і прыгавораны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
   </si>
   <si>
-    <t>Хімія са скіраваннем</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 23.04.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 25.06.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
-    <t>Зміцер Юр'евіч Малахаў</t>
-[...11 lines deleted...]
-    <t>2025-08-25 00:19:50</t>
+    <t>Максім Васільевіч Грытчанка</t>
+  </si>
+  <si>
+    <t>9 студзеня 1989</t>
+  </si>
+  <si>
+    <t>Быў асуджаны да пазбаўлення волі. Утрымліваўся ў СТ-4.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Сяргей Валер'евіч Дзегцярэнка</t>
   </si>
   <si>
     <t>10 студзеня 1992</t>
   </si>
   <si>
     <t>Вырак суда 11.01.2024: 3 гады 5 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 16.04.2024: невядома.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
+  </si>
+  <si>
+    <t>Андрэй Уладзіміравіч Навіцкі</t>
+  </si>
+  <si>
+    <t>10 студзеня 1981</t>
+  </si>
+  <si>
+    <t>Андрэй быў затрыманы ў чэрвені 2021 года ў рамках крымінальнай справы, узбуджанай па артыкулах «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак», «незаконныя дзеянні ў дачыненні да агнястрэльнай зброі, боепрыпасаў і выбуховых рэчываў» і «абраза Лукашэнкі».
+У верасні 2021 года яго прызналі вінаватым за ўдзел у паслявыбарных акцыях пратэсту 2020 года ў Мінску, абразу Лукашэнкі на YouTube, а таксама за набыццё, захоўванне і перавозку сыпучага рэчыва без апавяшчэння ўпаўнаважаных органаў.
+У чэрвені 2022 года ў дачыненні да Андрэя адбылося судовае паседжанне па артыкуле «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы», па выніках якога тэрмін пазбаўлення волі быў павялічаны, а рэжым узмоцнены.
+У студзені 2023 года адбылося яшчэ адно судовае паседжанне па артыкуле аб «непадпарадкаванні патрабаванням адміністрацыі». У выніку агульны тэрмін пакарання склаў сем гадоў пазбаўлення волі.
+З красавіка 2024 года і па стане на пачатак снежня таго ж года родныя нічога не ведаюць пра Андрэя. На іх запыт у адміністрацыю калоніі быў атрыманы фармальны адказ аб тым, што ён нібыта сам усё паведаміць «праз перапіску», аднак лістоў ад яго не паступае.</t>
+  </si>
+  <si>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.09.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 392 рубля кампенсацыі. Вырак суда 13.06.2022: 4 месяца пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Вырак суда 17.01.2023: 1 год 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-10-01 18:41:47</t>
   </si>
   <si>
     <t>Ігар Міхайлавіч Неміровіч</t>
   </si>
   <si>
     <t>10 студзеня 1994</t>
   </si>
   <si>
     <t>Першы раз Ігара Неміровіча затрымалі ў пачатку траўня 2022 года і адразу змясцілі пад хатні арышт, але ён уцёк і з'ехаў. Восенню гэтага года ён звярнуўся ў камісію па разглядзе зваротаў беларусаў, якія знаходзяцца за мяжой, і вярнуўся дадому, але гэты факт не прызналі "безумоўнай падставай для вываду аб яго раскаянні". 27 верасня 2023 года яго зноў затрымалі і змясцілі пад варту.
 Паводле версіі абвінавачання , 10 жніўня 2020 года Ігар Неміровіч размясціў у Instagram фота з тэкстам у "непрыстойнай форме, якое зневажае гонар і годнасць Аляксандра Лукашэнкі, якое змяшчала негатыўную ацэнку і з'яўлялася абразлівым у адносінах да яго".
 На працэсе Ігар віну прызнаў поўнасцю і расказаў, што з мая па жнівень 2020 года ён не жыў у Беларусі. Пра падзеі, якія адбываліся на радзіме, брэстаўчанін даведваўся са сродкаў масавай інфармацыі. "Падаўшыся негатыўным эмоцыям ад асвятляных падзей", ён размясціў у сацыяльнай сетцы Instagram фотавыява "абразлівага характару" ў дачыненні да Аляксандра Лукашэнкі.
 16.08.2024 вызвалены поўнасцю адбыўшы тэрмін пакарання, прызначаны судом.
 У кастрычніку 2024 года зноў затрыманы па падазрэнні ў "садзейнічанні экстрэмісцкай дзейнасці".</t>
   </si>
   <si>
     <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
   </si>
   <si>
     <t>Вырак суда 17.11.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 08.04.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.06.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-11-14 19:18:14</t>
   </si>
   <si>
-    <t>Андрэй Уладзіміравіч Навіцкі</t>
-[...21 lines deleted...]
-  <si>
     <t>Барыс Віктаравіч Кім</t>
   </si>
   <si>
     <t>11 студзеня 1996</t>
   </si>
   <si>
     <t>17.02.2023 года адбыўся разгляд апеляцыйнай скаргі. прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>4,5 гады пазбаўлення волі ў калоніі строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Канстанцін Анатольевіч Рудніцкі</t>
+  </si>
+  <si>
+    <t>11 студзеня 1999</t>
+  </si>
+  <si>
+    <t>Студэнт. Канстанцін з'яўляецца майстрам спорту.
+9 снежня ў праўладных тэлеграм-каналах з'явілася «пакаянае відэа» з ім, дзе Канстанцін заяўляў аб удзеле ў распрацоўцы «Чорнай карты Беларусі».</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.07.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Алег Аркадзьевіч Ермаковіч</t>
   </si>
   <si>
     <t>11 студзеня 1962</t>
   </si>
   <si>
     <t>Затрыманы ў маі 2023 года за "распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць". Пасля адміністрацыйнага пакарання была заведзеная крымінальная справа.
 16 красавіка 2024 г. у Алега адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-11-05 20:55:54</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Канстанцін Леанідавіч Ермаловіч</t>
   </si>
   <si>
     <t>12 студзеня 1991</t>
   </si>
   <si>
     <t>Жыхар Магілёўскай вобласці. Ураджэнец Літвы. Затрыманы за сабатаж чыгунка каля станцый г. Бабруйска, а таксама падпал стралковага ціра в/ч 5527.
 25.10.2022 адбыўся разгляд апеляцыйнай скаргі суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 10.08.2022: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 25.10.2022: невядома.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
   </si>
   <si>
     <t>Павел Пятровіч Дабравольскі</t>
   </si>
   <si>
     <t>12 студзеня 1990</t>
   </si>
   <si>
     <t>Былы журналіст Naviny.by.
 Раней Павел супрацоўнічаў з рознымі незалежнымі выданнямі, падчас пратэстаў 2020 года яго затрымлівалі і прыцягвалі да адміністратыўнай адказнасці ў сувязі з ажыццяўленнем прафесійнай дзейнасці. Восенню 2021 года Павел Дабравольскі пакінуў Беларусь. Шмат падарожнічаў па розных краінах і рабіў рэпартажы.
 Аднак, як стала заразвядома , са студзеня 2025 года ён знаходзіцца ў Беларусі пад вартай у следчым ізалятары. Акалічнасці, у якіх адбываецца крымінальны пераслед, даюць падставы лічыць, што прычынай утрымання Паўла пад вартай стала яго папярэдняя дзейнасць, звязаная з рэалізацыяй права на свабоднае выказванне меркаванняў і распаўсюджванне інфармацыі.
 У кастрычніку 2025 года стала вядома, што Паўла абвінавачваюць у здрадзе дзяржаве.</t>
   </si>
   <si>
     <t>Галоўпаштамт, а\с 8, Мінск 220050</t>
   </si>
   <si>
+    <t>Вырак суда дата невядомая: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
     <t>Зміцер Аляксандравіч Грышкевіч</t>
   </si>
   <si>
     <t>12 студзеня 1988</t>
   </si>
   <si>
     <t>Вырак суда 18.08.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-08-28 12:54:28</t>
   </si>
   <si>
+    <t>Уладзіслаў Уладзіміравіч Кашалёў</t>
+  </si>
+  <si>
+    <t>13 студзеня 1978</t>
+  </si>
+  <si>
+    <t>Уладзіслаў, вядомы ў Віцебску як вясельны і ню-фатограф, быў асуджаны ў лістападзе 2024 года за «абразу Лукашэнкі» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>ПУАТ-36, 220039, г. Мінск, вул. Караткевіча, 14</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.11.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 31.01.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:38:48</t>
+  </si>
+  <si>
+    <t>Віталь Вячаслававіч Жалезнякоў</t>
+  </si>
+  <si>
+    <t>13 студзеня 1987</t>
+  </si>
+  <si>
+    <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
+  </si>
+  <si>
     <t>Іван Сяргеевіч Асіповіч</t>
   </si>
   <si>
     <t>13 студзеня 1998</t>
   </si>
   <si>
     <t>11.11.2022 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2022-09-02 22:33:18</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Андрэй Яўгенавіч Прымака</t>
   </si>
   <si>
     <t>14 студзеня 1977</t>
   </si>
   <si>
     <t>Культурны актывіст. Андрэя затрымалі 12 студзеня і суд Маскоўскага раёну Менску прысудзіў яму 10 сутак адміністратыўнага арышту. Пасля “сутак” на волю ён ужо не выйшаў. Утрымліваўся ў СІЗА №1 Мінска.
 Па справе вядома , што Прымака быў зарэгістраваны ў “Плане перамога”.</t>
   </si>
   <si>
     <t>Вырак суда 12.06.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.08.2023: невядома.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
-    <t>Аляксандр Анатольевіч Францкевіч</t>
-[...28 lines deleted...]
-    <t>2025-08-26 22:04:04</t>
+    <t>Аляксандр Віктаравіч Караткевіч</t>
+  </si>
+  <si>
+    <t>14 студзеня 1991</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-12-15 11:47:02</t>
+  </si>
+  <si>
+    <t>Максім Вячаслававіч Акулаў</t>
+  </si>
+  <si>
+    <t>14 студзеня 1971</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.12.2024: невядома. Апеляцыя 25.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Аскер Азяровіч Алахвердзіеў</t>
+  </si>
+  <si>
+    <t>16 студзеня 1999</t>
+  </si>
+  <si>
+    <t>Згодна з сацыяльнымі сеткамі Аскера, ён жыў у Мінску, займаўся спортам, здымаўся ў відэа. Апошні раз ён заходзіў на сваю старонку ва «Вконтакте» у ліпені. Ягоную справу 4 кастрычніка пачнуць разглядаць у закрытым рэжыме ў Менскім гарадскім судзе. Аскеру інкрымінавана ч. 1 арт. 361-3 КК (Удзел на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні або ўзброеным канфлікце, ваенных дзеянняў, вярбоўка або падрыхтоўка асоб да такога ўдзелу).</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.10.2024: прымусовае лячэнне ў псіхіятрычным стацыянары.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Уладзімір Уладзіміравіч Шпак</t>
+  </si>
+  <si>
+    <t>16 студзеня 1972</t>
+  </si>
+  <si>
+    <t>МУС 24 ліпеня прызнаў "экстрэмісцкім фармаваннем" праект "Propovednik". Па дадзеных ведамства, дачыненне да яго мае 52-гадовы Шпак Уладзімір, які быў затрыманы ў маі 2024 года.
+На праўладных тэлеграм-каналах паведамлялася, што мужчына "распальваў нацыянальную і сацыяльную нянавісць, заклікаў да гвалту, выступаў за радыкалізацыю і тэрарызм". Сцвярджалася, што ў дачыненні да затрыманага быў узбуджаны шэраг крымінальных справаў - яму пагражалі 10 гадамі зняволення.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.01.2025: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 07.03.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Цімур Важавіч Піпія</t>
+  </si>
+  <si>
+    <t>16 студзеня 1990</t>
+  </si>
+  <si>
+    <t>Футбольны фанат клуба "МТЗ-РІПА" быў затрыманы 25 верасня 2020 года ў Мінску і асуджаны за ўдзел у акцыях пратэсту.</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.07.2021: 6 гадоў 3 месяца 2 дня пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, невядома рублёў кампенсацыі. Апеляцыя 24.09.2021: 6 гадоў 2 месяца 2 дня пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, невядома рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
+  </si>
+  <si>
+    <t>Руслан Алегавіч Рабкавец</t>
+  </si>
+  <si>
+    <t>Як сцвярджае УСК па Магілёўскай вобласці, Руслан пераслаў відэа ў паблік «УКантакце» РУХ, які прызнаны ўладамі Беларусі «экстрэмісцкім». Варта адзначыць, што само відэа доўжыцца ўсяго 12 секунд і ў ім нічога фактычна не адбываецца - склад з ваеннай тэхнікай проста стаіць на станцыі.
+Праз некаторы час мужчыну затрымалі супрацоўнікі КДБ. Яму прад'явілі абвінавачанне па ч.1 арт.361-4 (садзейнічанне экстрэмісцкай дзейнасці) КК РБ. Мужчыну пагражае да 6 гадоў пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>2023-05-15 13:10:03</t>
   </si>
   <si>
     <t>Інна Валер'еўна Глінская</t>
   </si>
   <si>
     <t>16 студзеня 1975</t>
   </si>
   <si>
     <t>Затрыманая разам з дачкой.
 Ператрус у кватэры быў праведзены па арт. 364 КК РБ. Затым была перакваліфікаваны артыкул абвінавачвання на ч. 3 арт. 130 КК РБ.
 Папярэдне абвінавачваецца ў распаўсюдзе асабістых дадзеных супрацоўнікаў МУС.</t>
   </si>
   <si>
     <t>Вырак суда 20.01.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 28.04.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Аскер Азяровіч Алахвердзіеў</t>
-[...52 lines deleted...]
-    <t>2023-05-15 13:10:03</t>
+    <t>Алена Пятроўна Жукава</t>
+  </si>
+  <si>
+    <t>17 студзеня 1969</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-09-18 17:00:13</t>
   </si>
   <si>
     <t>Уладзімір Мяфодзьевіч Варашэнь</t>
   </si>
   <si>
     <t>17 студзеня 1965</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
-    <t>Алена Пятроўна Жукава</t>
-[...8 lines deleted...]
-    <t>2025-09-18 17:00:13</t>
+    <t>Вячаслаў Міхайлавіч Арэшка</t>
+  </si>
+  <si>
+    <t>18 студзеня 1955</t>
+  </si>
+  <si>
+    <t>Беларускі палітолаг і грамадскі дзеяч, актывіст прафсаюза РЭП.
+У калоніі ў Вячаслава вельмі пагоршыўся зрок. Ён практычна нічога не бачыць. Часта перасоўваецца на адчуванне.</t>
+  </si>
+  <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.01.2023: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.04.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-05-13 18:58:35</t>
   </si>
   <si>
     <t>Мікалай Васільевіч Банькоў</t>
   </si>
   <si>
     <t>18 студзеня 1971</t>
   </si>
   <si>
     <t>Былы выкладчык кафедры сувязі БДУІР. Гэта кафедра прызначана для падрыхтоўкі кадравых афіцэраў для Узброеных сіл і іншых сілавых структур і ведамстваў РБ. Спачатку Мікалаю прызначылі арышт па адміністрацыйным пратаколе, а потым перазатрымалі ў межах крымінальнай справы. Быў асуджаны за тры донаты, якія мужчына зрабіў у жніўні 2020 года.
 З моманту этапа ў калонію Міхаіл адбыў 180 сутак у ШІЗА, потым знаходзіўся ў ПКТ.
 Па стане на красавік 2025 года пераведзены на турэмны рэжым у турму № 4 .</t>
   </si>
   <si>
     <t>Вырак суда 28.07.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.10.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2023-06-22 00:43:17</t>
   </si>
   <si>
-    <t>Вячаслаў Міхайлавіч Арэшка</t>
-[...15 lines deleted...]
-    <t>2022-05-13 18:58:35</t>
+    <t>Вячаслаў Валер'евіч Мурноў</t>
+  </si>
+  <si>
+    <t>19 студзеня 1973</t>
+  </si>
+  <si>
+    <t>Згодна з матэрыяламі справы, Вячаслаў Мурноў у кастрычніку 2021 года і ў сакавіку 2024 года нецэнзурна пракаментаваў публікацыі з выявай Лукашэнкі ў «Аднакласніках». Гэтага аказалася дастаткова, каб мужчыну адправілі ў калонію. Акрамя гэтага, яму таксама прызначылі "прымусовае лячэнне ад хранічнага алкагалізму".
+03.09.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.07.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 03.09.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-07-01 20:57:16</t>
   </si>
   <si>
     <t>Віктар Вітальевіч Гурко</t>
   </si>
   <si>
-    <t>19 студзеня 2000</t>
+    <t>19 студзеня 2001</t>
   </si>
   <si>
     <t>Затрыманы за ўдзел у акцыях пратэсту ў 2020 годзе.
 13 жніўня 2024 года ў судзе Кастрычніцкага раёна г. Мінска суддзя Лаўрыновіч Вольга будзе прымаць рашэнне "Аб замене абмежавання волі без накіравання ў папраўчую ўстанову адкрытага тыпу".
 Па стане на кастрычнік 2025 г. стала вядома, што Віктар зноў затрыманы і ўтрымліваецца ў СІЗА №1.</t>
   </si>
   <si>
     <t>Вырак суда 14.03.2023: 1 год 6 месяцаў абмежаванні волі без накіравання. Суд па змене рэжыму 13.08.2023: невядома.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
-    <t>Вячаслаў Валер'евіч Мурноў</t>
-[...27 lines deleted...]
-    <t>2022-06-13 01:05:25</t>
+    <t>Сяргей Мікалаевіч Кабарчук</t>
+  </si>
+  <si>
+    <t>20 студзеня 1963</t>
+  </si>
+  <si>
+    <t>15 лютага 2024 года ў Лельчыцкім раёне Гомельскай вобласці на мяжы з Украінай увялі рэжым «контртэрарыстычнай аперацыі». Насельніцтва прасілі "захоўваць спакой і падпарадкоўвацца патрабаванням супрацоўнікаў сілавых структур". У КДБ сцвярджаюць, што затрымалі ўдзельнікаў "дыверсійна-разведвальнай групы", у склад якой уваходзілі грамадзяне Украіны і Беларусі. Колькі менавіта чалавек было затрымана - не паведамляецца.
+Пасля затрымання ў Сяргея ў СІЗА дыягнаставалі анкалагічнае захворванне.</t>
+  </si>
+  <si>
+    <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.10.2024: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:42:06</t>
   </si>
   <si>
     <t>Анастасія Сяргееўна Кухта</t>
   </si>
   <si>
     <t>20 студзеня 1992</t>
   </si>
   <si>
     <t>Сацыяльная актывістка з Менска.
 Яна была затрымана 17 лютага 2022 года па месцы жыхарства.
 Дома ў яе быў праведзены ператрус. Спачатку ёй прысудзілі адміністрацыйны арышт, але пасля яго на волю Анастасія не выйшла.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-03-16 14:22:57</t>
-  </si>
-[...42 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Яўген Ігаравіч Сцяпанаў</t>
   </si>
   <si>
     <t>21 студзеня 1967</t>
   </si>
   <si>
     <t>Сутнасць абвінавачанняў , вылучаных супраць Яўгена Сцяпанава, якога зараз абвінавачваюць у «стварэнні ці ўдзеле ў дзейнасці экстрэмісцкага фармавання», не вядомая. Паводле непраўдзівых звестак, ён быў затрыманы ў студзені гэтага года за "распаўсюджванне экстрэмісцкіх матэрыялаў у інтэрнэце" і па ч. 2 арт. 19.11 КаАП прыгавораны да арышту, з-пад якога на волю ўжо не выйшаў.
 Яўген Сцяпанаў мае сур'ёзныя праблемы са здароўем: у 2020 годзе ён перанёс інсульт, пасля якога атрымаў цяжкасці з прамовай. З-за гэтага Яўген Сцяпанаў страціў магчымасць працаваць па прафесіі-ён скончыў універсітэт культуры і мастацтваў па спецыяльнасці «рэжысура», праводзіў вяселлі, канцэрты, іншыя ўрачыстыя і забаўляльныя мерапрыемствы.
 З сацыяльных сетак Яўген Сцяпанаў знік яшчэ ў канцы 2022 года, але з-за складанасці камунікацыі з ім гэта засталося незаўважаным. Увагу з боку сілавых структур прыцягнулі ягоныя звароты ў дзяржаўныя інстанцыі, напісаныя ў канцы лютага-пачатку сакавіка 2022г. Ён патрабаваў паспрыяць спыненню расійскай ваеннай агрэсіі на тэрыторыі Украіны - аб'явіць фарміраванне антываеннага руху і падтрымаць любыя формы антываенных пратэстаў; патрабаваць неадкладнага вываду расійскіх войскаў з тэрыторыі Беларусі, лічыць ваеннымі злачынцамі ўсіх, хто прымаў рашэнне аб ваенных дзеяннях ва Украіне, і хто санкцыянаваў агрэсіўную прапаганду, якая апраўдвае вайну, у дзяржаўных беларускіх СМІ.
 Свае патрабаванні спыніць вайну ва Украіне Яўген Сцяпанаў накіроўваў і мясцовым уладам, і дзяржаўным асобам вышэйшага рангу - міністру абароны Рэспублікі Беларусь, кіраўніку ўзброенымі сіламі краіны, генеральнаму пракурору РБ.</t>
   </si>
   <si>
     <t>Вырак суда 19.09.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
+    <t>Уладзімір Мікалаевіч Савянкоў</t>
+  </si>
+  <si>
+    <t>21 студзеня 1977</t>
+  </si>
+  <si>
+    <t>Уладзімір, паводле наяўнай інфармацыі, былы камандзір АМАП і дэпутат Пушкінскай выбарчай акругі №9 (аграгарадок Калодзішчы) 27-га склікання, быў затрыманы ў снежні 2021 года пасля спробы атакі на ГОМ-2 Фрунзенскага РУУС у Мінску 16 жніўня 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму».
+Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групе ўдзельнічалі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых органаў, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам». Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».
+Уладзіміра асудзілі па некалькіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць з якіх — турэмны рэжым. Таксама яго пазбавілі воінскага звання.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 16 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму), абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
+  </si>
+  <si>
     <t>Анатоль Аркадзьевіч Яскевіч</t>
   </si>
   <si>
     <t>21 студзеня 1987</t>
   </si>
   <si>
     <t>Паводле матэрыялаў следства, яшчэ ў маі 2021 года, выкарыстоўваючы навіну аб крушэнні ваеннага самалёта ў горадзе Баранавічы і гібелі дваіх лётчыкаў, у сацыяльнай сетцы і відэахостынгу Tik-Tok, 35-гадовы Яскевіч сістэматычна размяшчаў у адкрытым доступе відэазвароты, накіраваныя на распальванне. сацыяльнай варожасці і варожасці ў адносінах да супрацоўнікаў сілавых ведамстваў.
 Таксама ў маі 2021 года ён вырабіў і размясціў у сацыяльнай сетцы і відэахостынгу TikTok у адкрытым для неабмежаванай колькасці асоб доступе 3 відэазвароты, у якіх абразіў кіраўніка дзяржавы, ілжыва абвінаваціў яго ў цяжкіх і асабліва цяжкіх злачынствах.</t>
   </si>
   <si>
     <t>Вырак суда 06.07.2022: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
     <t>Сяргей Сяргеевіч Якубенак</t>
   </si>
   <si>
     <t>22 студзеня 1976</t>
   </si>
   <si>
     <t>Асновай для крымінальнай справы ў дачыненні да мужчыны стаў "Клас" у "Аднакласніках" у адным з паблікаў, прызнаных экстрэмісцкімі адным з судоў Рэспублікі Беларусь.</t>
   </si>
   <si>
     <t>Вырак суда 13.12.2023: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.03.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-07 23:46:11</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Наталля Анатольеўна Давыдуліна</t>
   </si>
   <si>
     <t>22 студзеня 1977</t>
   </si>
   <si>
     <t>Наталлі Давыдулінай 47 гадоў, яна са Жлобіна. З сацсетак Наталлі вядома , што ў іх з мужам вялікая сям'я-пяцёра дзяцей, з якіх адна дачка яшчэ ў малодшай школе.
 Адзін з сыноў Наталлі, Дзяніс Давыдулін - былы палітвязень. Яго затрымалі ў сакавіку 2021-га і прыгаварылі паўтара года калоніі за тое, што ў ноч на 10 жніўня ён «выходзіў на праезную частку і аказваў актыўнае непадпарадкаванне супрацоўнікам міліцыі».Яна ніколі не давала інтэрв'ю медыя. З раскладу судоў вядома, што яе судзілі 24 студзеня 2024 года за «распаўсюд экстрэмісцкіх матэрыялаў». Верагодна, яе затрымалі падчас аблавы на салідарных з палітвязнямі.
 Суд пачнецца 23 жніўня ў Гомельскім абласным судзе. Такім чынам, хутчэй за ўсё, Наталлю абвінавачваюць у нейкай дапамозе іншым зняволеным. Вядома , што падчас студзеньскай аблавы пакінулі за кратамі ў асноўным тых, хто дапамагаў іншым-рабіў пераводы і пасылкі ў СІЗА і калоніі, нават на вельмі дробныя сумы.</t>
   </si>
   <si>
     <t>Вырак суда 01.10.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 26.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
+    <t>Аляксей Юр'евіч Клюшнічэнка</t>
+  </si>
+  <si>
+    <t>22 студзеня 1996</t>
+  </si>
+  <si>
+    <t>Аляксей актывіст, сябра Руху "За Свабоду".</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.11.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-09-04 17:24:13</t>
+  </si>
+  <si>
+    <t>Аляксандр Паўлавіч Гашнікаў</t>
+  </si>
+  <si>
+    <t>23 студзеня 1987</t>
+  </si>
+  <si>
+    <t>Аляксандр, супрацоўнік БМЗ, быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Аляксандра прызналі вінаватым паводле артыкулаў «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.
+Вясной 2024 года адбылося чарговае судовае пасяджэнне, па выніках якога Аляксандра перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены. Суд па змене рэжыму 28.05.2024: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-09-27 14:14:40</t>
+  </si>
+  <si>
     <t>Антон Паўловіч Шыбут</t>
   </si>
   <si>
     <t>23 студзеня 1990</t>
   </si>
   <si>
     <t>29.09.2023 адбылося апеляцыйнае паседжанне суда.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-07-08 16:04:24</t>
   </si>
   <si>
-    <t>Аляксандр Паўлавіч Гашнікаў</t>
-[...14 lines deleted...]
-  <si>
     <t>Ігар Яраслававіч Кузаўка</t>
   </si>
   <si>
     <t>24 студзеня 1987</t>
   </si>
   <si>
     <t>Вырак суда 06.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
+  </si>
+  <si>
+    <t>Таццяна Юр'еўна Магнусава</t>
+  </si>
+  <si>
+    <t>25 студзеня 1977</t>
+  </si>
+  <si>
+    <t>У 2025 годзе ў лютым Таццяну асудзілі па арт. 19.11 КаАП (распаўсюджванне экстрэмісцкіх матэрыялаў). Пасля чаго завяла крымінальную справу.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-01-07 23:51:04</t>
   </si>
   <si>
     <t>Алег Васільевіч Ларычаў</t>
   </si>
   <si>
     <t>26 студзеня 1986</t>
   </si>
   <si>
     <t>Арганізатар фестывалю Urban Myths, грамадскі дзеяч і стрыт-арт-мастак.
 Раней Алег Ларычаў ужо некалькі разоў затрымліваўся і прыцягваўся да адказнасці, у тым ліку за свой арт-актывізм, у тым ліку ў 2022 годзе.
 На гэты раз яго затрымалі па крымінальнай справе, меркавана звязанай з затрыманнямі іншых людзей нібыта датычных у "экстрэмісцкім фарміраванні" "Да Зораў".</t>
   </si>
   <si>
-    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Аляксандр Андрэевіч Рыбчанка</t>
+  </si>
+  <si>
+    <t>27 студзеня 1984</t>
+  </si>
+  <si>
+    <t>Аляксандр, былы дырэктар школы ў Крынках, узначальваў яе прыкладна да 2018 года. Асуджаны па артыкуле «Садзейнічанне экстрэмісцкай дзейнасці» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.06.2025: 4 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Сяргей Васільевіч Сандалюк</t>
   </si>
   <si>
     <t>27 студзеня 1971</t>
   </si>
   <si>
     <t>Сяргей шмат гадоў служыў у вайсковай часці 7404 у Баранавічах - гэта 4-я спецыяльная міліцэйская брыгада ўнутраных войскаў МУС. У 1996 годзе Сандалюк, паводле яго слоў, камандаваў там ротай, а ў 2000-х даслужыўся да камандзіра часці.
 Ужо ў 2013 годзе Сяргей Сандалюк пайшоў на павышэнне і стаў намеснікам начальніка Дэпартамента выканання пакаранняў. На гэтай пасадзе ён адказваў за ідэалагічную працу і кадравае забеспячэнне.
 Палкоўнік некалькі разоў адзначыўся ў СМІ: ён праводзіў экскурсіі па калоніях для журналістаў дзяржвыданняў, супрацоўнічаў з Экзархатам Беларускай праваслаўнай царквы, абмяркоўваў узаемадзеянне ДВП і царквы з мітрапалітам Паўлам.
 На мяжы 2018-2019 гадоў Сяргей Сандалюк пайшоў у адстаўку з пасады намесніка кіраўніка ДВП. У тым жа студзені 2019 года Сандалюк зарэгістраваўся ў Ленінскім раёне Мінска ў якасці індывідуальнага прадпрымальніка, каб аказваць паслугі па здачы жылля ў посутачную арэнду.</t>
   </si>
   <si>
     <t>Вырак суда 06.08.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 11.10.2024: невядома. Вырак суда 27.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.03.2025: невядома.</t>
   </si>
   <si>
     <t>2024-07-30 20:00:34</t>
   </si>
   <si>
-    <t>Аляксей Віктаравіч Ягелла</t>
-[...13 lines deleted...]
-  <si>
     <t>Андрэй Валер'евіч Аляксандраў</t>
   </si>
   <si>
     <t>27 студзеня 1978</t>
   </si>
   <si>
     <t>Беларускі журналіст Андрэй, затрыманы 12 студзеня 2021 года разам са сваёй дзяўчынай Ірынай Злобінай, абвінавачваўся ў "фінансаванні пратэстнай дзейнасці" і аплаце штрафаў удзельнікам пратэстаў. Яго асудзілі па шэрагу крымінальных артыкулаў, у тым ліку "здрада дзяржаве" і "ўдзел у экстрэмісцкім фарміраванні".
 1 верасня 2022 года пара ажанілася ў СІЗА-1.</t>
   </si>
   <si>
     <t>Вырак суда 06.10.2022: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
   </si>
   <si>
-    <t>Аляксандр Андрэевіч Рыбчанка</t>
-[...8 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Аляксей Віктаравіч Ягелла</t>
+  </si>
+  <si>
+    <t>Пра Аляксея вядома , што ён па адукацыі з'яўляецца лекарам-хірургам, але ў сваёй прафесіі не працаваў. Ён - евангельскі прапаведнік, а таксама абаронца здаровага ладу жыцця. У мінулым годзе абласная дзяржаўная газета пісала аб тым, як ён прасоўвае свой спосаб адмовы ад курэння.</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
+  </si>
+  <si>
+    <t>Максім Ігаравіч Шуканаў</t>
+  </si>
+  <si>
+    <t>27 студзеня 1989</t>
+  </si>
+  <si>
+    <t>36‑гадовы мазырскі блогер Максім Шуканаў меў больш за 6000 падпісчыкаў на YouTube-канале Union Bell. Хлопец аналізаваў палітычныя працэсы, расказваў праўду пра вайну Расіі і Украіны. Часам гэтыя ролікі набіралі дзясяткі тысяч праглядаў.
+Нават пасля таго, як рэпрэсіі ўзмацніліся, Максім не з'яжджаў з краіны. Разам са сваёй нявестай Палінай Зыль - яна таксама блогер - хлопец перайшоў на падпольнае становішча.
+Пара пазбягала кантактаў з беларускай дзяржавай, аднак у лютым 2025 года ў рэшце рэшт прыйшлося звярнуцца да медыкаў - бо ў Максіма абвастрыліся праблемы са здароўем на фоне арышту бацькі, работніка Мазырскага НПЗ Ігара Шуканава.
+Калі чалавек, які знаходзіцца ў вышуку, звяртаецца з пашпартам па медыцынскую дапамогу, міліцыя атрымлівае пра гэта сігнал. Хутчэй за ўсё так адбылося і ў выпадку блогера.
+Сітуацыя была двойчы драматычнай, бо пацягнула за сабой і арышт Паліны Зыль.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 12.01.2026: невядома.</t>
+  </si>
+  <si>
+    <t>2025-11-10 22:58:10</t>
+  </si>
+  <si>
+    <t>Зміцер Уладзіміравіч Ільюхін</t>
+  </si>
+  <si>
+    <t>29 студзеня 1990</t>
+  </si>
+  <si>
+    <t>Журналісты даведаліся , што ў 2019 годзе Ільюхін адправіўся ў Канаду на пасаду першага сакратара ў пасольстве Беларусі.
+“У Атаве ён быў сябрам выбарчай камісіі на прэзідэнцкіх выбарах 2020 года. Згодна з афіцыйным пратаколам, на яго ўчастку разгромна перамагла Святлана Ціханоўская, якая набрала 321 голас (91%) супраць 21 голасу (6%) у Аляксандра Лукашэнкі», — піша выданне.
+У жніўні 2021 года Ільюхін працаваў консулам у Нью-Ёрку. Далей займаў пасаду першага сакратара пасольства Беларусі ў Вашынгтоне. У красавіку 2022 года пакінуў дыпламатычную службу. Пасля звальнення з дзяржаўнай службы Зміцер працаваў у прадстаўніцтве Міжнароднай федэрацыі таварыстваў Чырвонага Крыжа (IFRC).
+Затрыманне Зміцера, верагодна, адбылося каля года таму. Сутнасць абвінавачанняў і дакладны прысуд невядомы, але прысуд звязаны з пазбаўленнем волі .</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
   </si>
   <si>
     <t>Марыя Аляксандраўна Дзяйчык</t>
   </si>
   <si>
     <t>29 студзеня 1984</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2025: 2 гады 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Зміцер Уладзіміравіч Голуб</t>
   </si>
   <si>
     <t>29 студзеня 1989</t>
   </si>
   <si>
     <t>Аб затрыманні Дзмітрыя стала вядома 7 сакавіка.
 Зміцера судзілі за каментары, якія ён пакінуў з лістапада 2019 года па студзень 2024 года ў чатах Telegram і на YouTube-канале. У іх ён узбуджаў нацыянальную, іншую сацыяльную варожасць і розніцу, палічыў суд.
 Таксама мужчына пакідаў каментары з абразамі супрацоўнікаў АУС, журналістаў, прадстаўнікоў улады, Аляксандра Лукашэнкі. У верасні 2020 года ён удзельнічаў у акцыях пратэсту.
 На прысуд, які вынес Гродзенскі абласны суд у судзе Кастрычніцкага раёна Гродна, запрасілі студэнтаў ГрДУ імя Я.Купалы.</t>
   </si>
   <si>
     <t>Вырак суда 22.11.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Зміцер Уладзіміравіч Ільюхін</t>
-[...14 lines deleted...]
-    <t>2025-12-29 21:46:39</t>
+    <t>Максім Амінбаевіч Джуманіязаў</t>
+  </si>
+  <si>
+    <t>30 студзеня 1983</t>
+  </si>
+  <si>
+    <t>Максім мае з дзяцінства цяжкае псіхічнае захворванне , для яго патрабуецца асаблівы надгляд.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
   </si>
   <si>
     <t>Аляксандр Уладзіміравіч Герасіменкі</t>
   </si>
   <si>
     <t>30 студзеня 1977</t>
   </si>
   <si>
     <t>Працаваў вадзіцелем-дальнабойшчыкам. Апошняе вядомае месца працы Аляксандра - "Мазырсоль". Да гэтага працаваў у сферы спорту: трэнерам -выкладчыкам па веславанні і намеснікам дырэктара па дзіцячай спартыўнай школе.
 Яго затрымалі па "справе Гаюна" шостага сакавіка 2025 года.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Эдуард Віктаравіч Бабарыка</t>
   </si>
   <si>
     <t>30 студзеня 1990</t>
   </si>
   <si>
     <t>Эдуард, які скончыў БДЭУ па спецыяльнасці «Эканоміка і кіраванне прадпрыемствамі» і кіраваў краўдфандынгавымі платформамі Ulej і MolaMola, а таксама ініцыятыўнай групай свайго бацькі Віктара Бабарыка, быў затрыманы 18 чэрвеня 2020 года па шляху ў ЦВК для здачы подпісаў. Ён правёў больш за тры гады ў зняволенні без суда і быў асуджаны за "арганізацыю масавых беспарадкаў" і "ухіленне ад выплаты падаткаў".
 У ліпені 2024 года яго паўторна прыгаварылі да двух гадоў пазбаўлення волі за «непадпарадкаванне адміністрацыі калоніі».</t>
   </si>
   <si>
-    <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 05.07.2023: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 27.11.2023: прысуд пакінуты без змены. Вырак суда 10.07.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 19.09.2024: прысуд пакінуты без змены. Вырак суда 20.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Максім Амінбаевіч Джуманіязаў</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Ціхан Сяргеевіч Осіпаў</t>
+  </si>
+  <si>
+    <t>31 студзеня 1996</t>
+  </si>
+  <si>
+    <t>Ціхан быў затрыманы і асуджаны за тое, што, паводле версіі СК, учыніў наўмысны наезд на вайскоўцаў унутраных войскаў МУС падчас акцыі пратэсту, якая праходзіла 11 жніўня 2020 года каля арт. м. «Пушкінская» у Менску.
+У сакавіку 2022 года яго паўторна асудзілі за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы» — абвінавачванне, якое часта ўжываецца да зняволеных, якія адмовіліся супрацоўнічаць з турэмнай адміністрацыяй, і замянілі рэжым на строгі.
+У 2024 годзе па гэтым жа артыкуле Ціхана асудзілі яшчэ раз.
+у Ціхана вялікія праблемы са здароўем: арганізм дрэнна засвойвае ежу, болі ў вачах, пачашчанае сэрцабіцце, скокі ціску, паслабленне імунітэту.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 19.05.2021: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 1300 рублёў кампенсацыі. Вырак суда 25.03.2022: 7 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 23.06.2022: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Таццяна Віктараўна Сцёпа</t>
   </si>
   <si>
     <t>31 студзеня 1970</t>
   </si>
   <si>
     <t>Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.</t>
   </si>
   <si>
     <t>Вырак суда 17.10.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.12.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-02-03 14:47:36</t>
-  </si>
-[...32 lines deleted...]
-    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Дзяніс Сяргеевіч Мікіта</t>
   </si>
   <si>
     <t>31 студзеня 1985</t>
   </si>
   <si>
     <t>Дзяніса Мікіту затрымалі ўвечары 25 студзеня 2024 года за дробнае хуліганства. Яго даставілі ў дзяжурную часць РАУС. Ён не быў згодны з затрыманнем і нібыта пачаў выказваць на адрас супрацоўнікаў міліцыі абразы і пагрозы, пры тым згадаўшы Лукашэнку. Па версіі міліцыі, 38-гадовы мужчына рабіў гэты працяглы час і неаднаразова яго прынізіў. У выніку была ўзбуджаная крымінальная справа. Мужчыну судзілі публічна ў будынку Свіслацкага райвыканкама. Аб працэсе паведаміла раённая газета: там распавялі, што на паседжанні прысутнічалі "прадстаўнікі грамадскасці" і СМІ. Дзяніс Мікіта прызнаў віну.
 Паведамляецца, што гэта ўжо 11-я судзімасць абвінавачанага. Ён быў судзімы за крадзяжы, катаванне, пагрозу забойствам, а таксама за парушэнне патрабаванняў прэвентыўнага нагляду, неаднаразова прыцягваўся да адміністрацыйнай адказнасці. Акрамя таго, мужчына пазбаўлены бацькоўскіх правоў у адносінах да дваіх дзяцей.</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1670,51 +1700,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1729,2212 +1759,2267 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>61</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>75</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
       <c r="I14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
         <v>82</v>
       </c>
       <c r="I15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>84</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
       <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>97</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
+        <v>30</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>114</v>
       </c>
       <c r="I21" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>116</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
       <c r="C22" t="s">
         <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>127</v>
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>134</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>138</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
+      <c r="C27" t="s">
+        <v>144</v>
+      </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>156</v>
       </c>
       <c r="I29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>158</v>
       </c>
       <c r="B30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>160</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>162</v>
+      </c>
+      <c r="B31" t="s">
+        <v>163</v>
+      </c>
+      <c r="C31" t="s">
         <v>164</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>165</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>166</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" t="s">
         <v>169</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>170</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>171</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>172</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>174</v>
+      </c>
+      <c r="B33" t="s">
         <v>175</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>176</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>178</v>
       </c>
       <c r="I33" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>180</v>
       </c>
       <c r="B34" t="s">
         <v>181</v>
       </c>
       <c r="C34" t="s">
         <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>183</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
+      <c r="H34" t="s">
+        <v>184</v>
+      </c>
       <c r="I34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B35" t="s">
-        <v>186</v>
+        <v>187</v>
+      </c>
+      <c r="C35" t="s">
+        <v>188</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="I35" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>217</v>
+        <v>218</v>
+      </c>
+      <c r="C41" t="s">
+        <v>219</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>172</v>
+        <v>119</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>35</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>233</v>
       </c>
       <c r="I44" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>235</v>
       </c>
       <c r="B45" t="s">
         <v>236</v>
       </c>
       <c r="C45" t="s">
         <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>238</v>
       </c>
       <c r="I45" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>167</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>246</v>
+      </c>
+      <c r="C47" t="s">
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
+      <c r="E47" t="s">
+        <v>35</v>
+      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>248</v>
+        <v>246</v>
+      </c>
+      <c r="C48" t="s">
+        <v>251</v>
       </c>
       <c r="D48" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>249</v>
+        <v>189</v>
       </c>
       <c r="I48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B49" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E49" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="I49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B50" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E50" t="s">
-        <v>259</v>
+        <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>260</v>
       </c>
       <c r="I50" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>262</v>
       </c>
       <c r="B51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>264</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>266</v>
+      </c>
+      <c r="B52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>270</v>
       </c>
       <c r="I52" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>272</v>
       </c>
       <c r="B53" t="s">
         <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>275</v>
       </c>
       <c r="I53" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>277</v>
       </c>
       <c r="B54" t="s">
         <v>278</v>
       </c>
       <c r="C54" t="s">
         <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>280</v>
       </c>
       <c r="I54" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>282</v>
       </c>
       <c r="B55" t="s">
         <v>283</v>
       </c>
       <c r="C55" t="s">
         <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>269</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>285</v>
       </c>
       <c r="I55" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>287</v>
       </c>
       <c r="B56" t="s">
         <v>288</v>
       </c>
       <c r="C56" t="s">
         <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
+      <c r="E56" t="s">
+        <v>290</v>
+      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="I56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I57" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C58" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I58" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C59" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I59" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C60" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>259</v>
+        <v>30</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I60" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>269</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C62" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D62" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="I63" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C64" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I64" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B65" t="s">
-        <v>332</v>
+        <v>334</v>
+      </c>
+      <c r="C65" t="s">
+        <v>335</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="I65" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>338</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
+      <c r="H66" t="s">
+        <v>340</v>
+      </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E67" t="s">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>348</v>
+        <v>13</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B70" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C70" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="F70" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I70" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B71" t="s">
-        <v>360</v>
+        <v>362</v>
+      </c>
+      <c r="C71" t="s">
+        <v>363</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="C72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>213</v>
+        <v>76</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>366</v>
+        <v>51</v>
       </c>
       <c r="I72" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
+      <c r="E73" t="s">
+        <v>76</v>
+      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>376</v>
+        <v>25</v>
       </c>
       <c r="I74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>45</v>
+      </c>
+      <c r="E75" t="s">
+        <v>46</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...2 lines deleted...]
-      <c r="E75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>113</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...16 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>389</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>119</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>189</v>
+      </c>
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
         <v>393</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>76</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>394</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>290</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>399</v>
       </c>
-      <c r="B79" t="s">
+      <c r="I79" t="s">
         <v>400</v>
-      </c>
-[...19 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>403</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>165</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>404</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>405</v>
       </c>
-      <c r="C80" t="s">
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
         <v>406</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="H80" t="s">
+      <c r="B81" t="s">
         <v>407</v>
       </c>
-      <c r="I80" t="s">
+      <c r="C81" t="s">
         <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>45</v>
+      </c>
+      <c r="E81" t="s">
+        <v>46</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
+        <v>415</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">