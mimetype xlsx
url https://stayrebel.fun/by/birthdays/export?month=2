--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -66,824 +66,762 @@
     <t>Аляксандр Сяргеевіч Шкрадаў</t>
   </si>
   <si>
     <t>1 лютага 1982</t>
   </si>
   <si>
     <t>Аляксандр быў асуджаны ў снежні 2023 года па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і быў прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>Мужчынскі</t>
   </si>
   <si>
     <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
     <t>Вырак суда 13.12.2023: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 28.02.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Аляксандр Зуфар'евіч Зіязэтдзінаў</t>
+  </si>
+  <si>
+    <t>1 лютага 1987</t>
+  </si>
+  <si>
+    <t>У сюжэце бел дзярж тэлеканала паведамілі , што Аляксандр перавёў BYPOL у траўні 2021 года каля 800 даляраў ЗША. Варта адзначыць, што BYPOL прызналі экстрэмісцкай арганізацыяй у лістападзе 2021 года, то бок у момант пераводу ініцыятыва экстрэмісцкай не з'яўлялася.
+Па словах сведкаў, Аляксандру сапраўды прапанавалі кампенсаваць шкоду праз фонд, звязаны з прэзідэнтам. Ён пагадзіўся на такую кампенсацыю ў абмен на вызваленне, але ўсё пайшло не па плане. Аляксандр атрымаў адмову, а яго грошы (каля 30 біткоінаў) былі канфіскаваныя. Арганізацыю BYPOL прызналі "тэрарыстычным фармаваннем", і супраць Аляксандра распачалі новую крымінальную справу па артыкуле "Фінансаванне тэрарыстычнай дзейнасці".
+15 сакавіка 2024 года ў Мінскім гарадскім судзе суддзя Алена Шылько вынесла новы прысуд - 9 гадоў пазбаўлення волі. Хвалі памілавання, якія прайшлі па краіне, палітвязня не закранулі.</t>
+  </si>
+  <si>
+    <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.10.2022: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.01.2023: невядома. Вырак суда 15.03.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.05.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:55:50</t>
   </si>
   <si>
     <t>Уладзімір Аляксандравіч Дзенісенка</t>
   </si>
   <si>
     <t>1 лютага 1977</t>
   </si>
   <si>
     <t>Псіхолаг і індывідуальны прадпрымальнік са Слуцка. Скончыў Мінскае авіяцыйна-тэхнічнае вучылішча грамадзянскай авіяцыі і Гродзенскі ўніверсітэт ім. Янкі Купалы па спецыяльнасці "Псіхалогія". Уладзімір актыўна дапамагаў людзям з алкагольнай залежнасцю. Захапляўся спортам і чытаннем. У яго двое дарослых дзяцей.
 У лістападзе 2020 года Уладзімір ужо быў затрыманы па артыкуле 23.34 КаАП і прыгавораны да 10 сутак адміністрацыйнага арышту, якія адбыў у Слуцку.
 24 чэрвеня 2025 года ён быў затрыманы дома па так званай «справе Гаюна».</t>
   </si>
   <si>
     <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
   </si>
   <si>
-    <t>У зняволенні</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-22 18:36:28</t>
-  </si>
-[...51 lines deleted...]
-    <t>2024-06-21 15:40:54</t>
   </si>
   <si>
     <t>Віктар Дзмітрыевіч Новік</t>
   </si>
   <si>
     <t>2 лютага 1989</t>
   </si>
   <si>
     <t>Супрацоўнік мытні.
 У Мінскім гарадскім судзе з 10 кастрычніка 2023 года па 6 лютага 2024 года праходзіла закрытае пасяджэнне ў адносінах да трох супрацоўнікаў мытнай службы Яўгена Гурыновіча, Віктара Новіка і Уладзіміра Журомскага. Агулам іх судзілі па васьмі артыкулах Крымінальнага кодэкса. Сярод іншага іх абвінавачваюць у "здрадах дзяржаве", "садзейнічанні экстрэмісцкай дзейнасці", "перавышэнні службовых паўнамоцтваў", "ўзбуджэнні іншай сацыяльнай варожасці", "стварэнні або ўдзеле ў экстрэмісцкіх фарміраваннях".
 Падрабязнасці справы і прычыны пераследу праваабаронцам невядомыя.
 24.05.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 05.02.2024: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 24.05.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
-    <t>Максім Багдановіч Сенік</t>
-[...17 lines deleted...]
-  <si>
     <t>Пётр Часлававіч Юркевіч</t>
   </si>
   <si>
     <t>2 лютага 1973</t>
   </si>
   <si>
     <t>Пётр быў затрыманы ў студзені 2022 года па абвінавачанні ў тэрарызме, выстаўленым на палітычнай глебе, і асуджаны па некалькіх крымінальных артыкулах. Яму прызначылі вялікі тэрмін пазбаўлення волі, першыя пяць гадоў з якога - турэмны рэжым.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і "арганізацыяй масавых беспарадкаў".
 Пятра зноў пераводзілі ў СІЗА-1 у 2025 годзе, верагодна па новай крымінальнай справе, у пачатку лістапада 2025 года зноў быў этапаваны ў калонію.</t>
   </si>
   <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
     <t>Вырак суда 21.06.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму). Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
   </si>
   <si>
-    <t>Валянцін Валянцінавіч Панасік</t>
-[...13 lines deleted...]
-    <t>2022-01-26 01:02:00</t>
+    <t>Андрэй Уладзіміравіч Андронаў</t>
+  </si>
+  <si>
+    <t>2 лютага 1977</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Аляксандр Валер'евіч Каваль</t>
   </si>
   <si>
     <t>3 лютага 1985</t>
   </si>
   <si>
     <t>Коваль быў затрыманы 28 траўня 2023 года на мяжы. Ён вяртаўся са спаборніцтваў у Славакіі, а пры ўездзе ў Беларусь у Коваля запатрабавалі на праверку тэлефон. Мужчына сам даў сілавікам тэлефон і пароль да яго. Пры аглядзе ў яго знайшлі “забароненыя” на думку беларускіх сілавікоў дадзеныя. З таго дня Каваль у няволі.На крымінальным судзе Коваля абвінавацілі ў тым, што 27 сакавіка 2022 года ён адправіў відэа ў тэлеграм-бот "Рэдакцыя Nexta". На відэа было перамяшчэнне ваеннай тэхнікі на кальцавой дарозе МКАД (вакол Мінска). Такім чынам, на думку дзяржабвінавачання, Коваль здзейсніў злачынства, бо беларускія ўлады лічаць Nexta «экстрэмісцкім фармаваннем».</t>
   </si>
   <si>
     <t>2,5 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Сяргей Віктаравіч Даронін</t>
   </si>
   <si>
     <t>3 лютага 1975</t>
   </si>
   <si>
     <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>Вырак суда 13.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Андрэй Аляксандравіч Гарун</t>
   </si>
   <si>
     <t>4 лютага 1989</t>
   </si>
   <si>
     <t>Былы супрацоўнік праваахоўных органаў, затым да затрымання працаваў у EPAM.
 Быў затрыманы ў кастрычніку 2021 года па арт. 130 Крымінальнага кодэкса (Распальванне сацыяльнай варожасці) за перадачу дадзеных сілавікоў у тэлеграм-каналы «Карнікі Беларусі» і «Чорная кніга Беларусі».</t>
   </si>
   <si>
     <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
+  </si>
+  <si>
+    <t>Валянцін Аркадзьевіч Анцыповіч</t>
+  </si>
+  <si>
+    <t>4 лютага 1965</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Аляксандр Аркадзьевіч Максімавіч</t>
   </si>
   <si>
     <t>4 лютага 1996</t>
   </si>
   <si>
     <t>Абвінавачваецца ў фінансаванні экстрэмісцкай і тэрарыстычнай дзейнасці праз ахвяраванні на пратэстную ініцыятыву (Байсол).
 Аляксандр родам ён з Глуска, невялікага райцэнтра ў Магілёўскай вобласці. Пасля заканчэння школы паступіў у Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі на спецыяльнасць”Інфармацыйныя сістэмы і тэхналогіі ў лагістыцы”. Пасля заканчэння пайшоў у магістратуру.
 Працаваў Аляксандр у сферы IT.</t>
   </si>
   <si>
     <t>Вырак суда 30.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
-    <t>Валянцін Аркадзьевіч Анцыповіч</t>
-[...10 lines deleted...]
-  <si>
     <t>Таццяна Алегаўна Францкевіч</t>
   </si>
   <si>
     <t>4 лютага 1959</t>
   </si>
   <si>
     <t>Таццяну Францкевіч і Наталлю Лабацэвіч затрымалі 19 ліпеня 2024 г., калі Таццяну выклікалі ў следчы камітэт падпісаць падпіску аб не выездзе з горада Полацк, а Наталля паехала разам з ёй падтрымаць.
 Супраць Таццяны Францкевіч, маці асуджанага анархіста Аляксандра Францкевіча, і яе сястры Наталлі Лабацэвіч, маці былога палітвязня Іллі Лабацэвіча, завялі крымінальную справу і змясцілі ў СІЗА Віцебску.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
   </si>
   <si>
     <t>Вырак суда 18.02.2025: 3 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.04.2025: адпраўлена на перагляд. Вырак суда 16.06.2025: 3 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Анастасія Валер'еўна Жыльская</t>
-[...45 lines deleted...]
-  <si>
     <t>Дыяна Мікалаеўна Стульба</t>
   </si>
   <si>
     <t>6 лютага 1984</t>
   </si>
   <si>
     <t>Судмедэксперт.
 27.02.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Андрэй Андрэевіч Зайкоў</t>
   </si>
   <si>
     <t>6 лютага 1987</t>
   </si>
   <si>
     <t>Андрэю 36 гадоў. У 2020-м працаваў у агенцтве нерухомасці "Этажы". У мужчыны ёсць маленькая дачка.
 Паводле праўладных тэлеграм-каналаў, ён сам напісаў у Чорную кнігу Беларусі і прапанаваў скідваць адрасы сілавікоў, якія маюць дачыненне да рэпрэсій. Андрэй не ведаў, што на тым баку яму адказвае супрацоўнік ГУБАЗіК Артур Гайко.
 Андрэя затрымалі 10 лістапада 2023 года. Цяпер яму пагражае да 12 гадоў зняволення.
 Мужчына карыстаўся адным і тым жа акаўнтам з 2019 года. З яго ён» зліваў інфармацыю ў Чорную кнігу Беларусі, з яго ж пісаў каментары ў адкрытых чатах і групах. У відэа паказваюць яго архіўнае імя карыстальніка з базы бота ЧКБ, якую захаваў Артур Гайко. Праз яго можна адшукаць актуальнае імя тэлеграм-акаўнта і ID.</t>
   </si>
   <si>
+    <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
+  </si>
+  <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Сяргей Васільевіч Шабан</t>
   </si>
   <si>
     <t>6 лютага 1971</t>
   </si>
   <si>
     <t>Сяргей, намеснік старшыні праўлення Белгазпрамбанка, быў затрыманы ў рамках "справы Бабарыка" і ў ліпені 2021 года асуджаны па артыкуле "атрыманне хабару".</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>Вырак суда 06.07.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
   </si>
   <si>
     <t>Аляксей Ігаравіч Галаўко</t>
   </si>
   <si>
     <t>6 лютага 2001</t>
   </si>
   <si>
     <t>Аляксей, актывіст анархісцкага руху, быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны па некалькіх крымінальных артыкулах, такіх як "удзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак" і "стварэнне экстрэмісцкага фарміравання і ўдзел у ім".
 Вядома, што ў аснову абвінавачання лёг эпізод з перакрыццем дарог у Брэсце ў 2018 годзе падчас пратэсту супраць будаўніцтва завода АКБ, а таксама ўдзел у "Маршы недармаедаў", які адбыўся 5 сакавіка 2017 года.</t>
   </si>
   <si>
-    <t>Вырак суда 06.09.2022: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда 05.09.2025: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Вырак суда 06.09.2022: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда 05.09.2025: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
+    <t>Дзяніс Сяргеевіч Пяткевіч</t>
+  </si>
+  <si>
+    <t>6 лютага 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Ігар Сяргеевіч Шкіраў</t>
+  </si>
+  <si>
+    <t>7 лютага 1984</t>
+  </si>
+  <si>
+    <t>2 гады пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2023-09-18 15:47:50</t>
+  </si>
+  <si>
     <t>Марына Міхайлаўна Марозава</t>
   </si>
   <si>
     <t>7 лютага 1971</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
-    <t>Ігар Сяргеевіч Шкіраў</t>
-[...37 lines deleted...]
-    <t>2024-08-28 21:46:18</t>
+    <t>Людміла Эдуардаўна Ксяндзова</t>
+  </si>
+  <si>
+    <t>8 лютага 1961</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.08.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:38:39</t>
+  </si>
+  <si>
+    <t>Таццяна Аляксандраўна Шынкевіч</t>
+  </si>
+  <si>
+    <t>9 лютага 1983</t>
+  </si>
+  <si>
+    <t>Таццяну асудзілі больш як да шасці гадоў пазбаўлення волі - дакладны тэрмін невядомы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 25.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-03-18 17:25:01</t>
+  </si>
+  <si>
+    <t>Раман Бахаддзінавіч Гусейнаў</t>
+  </si>
+  <si>
+    <t>10 лютага 1985</t>
+  </si>
+  <si>
+    <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:25:51</t>
   </si>
   <si>
     <t>Дзяніс Фадзеевіч Цыбульскі</t>
   </si>
   <si>
     <t>11 лютага 1981</t>
   </si>
   <si>
     <t>Асуджаны судом Заводскага раёна г. Мінска па ч. 1 арт. 342 Крымінальнага кодэкса 22 сакавіка 2023 г. справу разгледзела суддзя Хвойніцкая Жанна .
 На пачатку траўня 2024 г. стала вядома, што Дзяніс праходзіць па новай справе. ( удзел у экстрэмісцкім фармаванні ) . У Віцебскім абласным судзе Яўген Буруноў разглядаў справу ў закрытым судовым паседжанні з 7 траўня па 5 чэрвеня 2024 года .</t>
   </si>
   <si>
     <t>Вырак суда 22.03.2023: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 06.06.2023: невядома. Вырак суда 05.06.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-06-07 15:54:01</t>
   </si>
   <si>
     <t>Андрэй Васільевіч Цыпак</t>
   </si>
   <si>
     <t>12 лютага 1993</t>
   </si>
   <si>
     <t>Былога супрацоўніка МТС з Брэста затрымалі ў пачатку лістапада 2022 года. У відэа "пакаяння" ён распавёў, што ў 2020-2021 гадах працаваў у МТС і меў доступ да дадзеных. Па дадзеных сілавікоў, Андрэй перадаў у "Чорную кнігу Беларусі" дадзеныя некалькіх чыноўнікаў і пракурораў.
 Былы сукамернік Цыпака распавёў праваабаронцам, што Андрэя моцна збілі пры затрыманні.
 Справа Андрэя разглядалася ў закрытым рэжыме, таму зыход суда праваабаронцам невядомы.
 Андрэй Цыпак раней гуляў у брэсцкім гандбольным клубе імя Мяшкова. З 2020 па 2021 год працаваў у МТС - і ў гэты час, па версіі сілавікоў, перадаў дадзеныя некалькіх пракурораў і дзяржаўных службовых асоб у пратэстную ініцыятыву.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
+    <t>Мікалай Мікалаевіч Люцкевіч</t>
+  </si>
+  <si>
+    <t>12 лютага 1973</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-10-31 17:31:38</t>
+  </si>
+  <si>
     <t>Аляксандра Вячаславаўна Пуліновіч</t>
   </si>
   <si>
     <t>12 лютага 2007</t>
   </si>
   <si>
     <t>У праўладным фільме (красавік 2024 года) распавялі, што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
 Супрацоўнікі АНТ сцвярджаюць , што падлеткі аб'ядналіся, каб рабіць дыверсіі па навядзенні ў Беларусі, а пасля - у Расіі. Марыю абвінавачваюць паводле ч. 2 арт. 289 КК (акт тэрарызму). Паводле сюжэту, 16-гадовая Марыя Місюк у 2022 годзе пераехала разам з сям'ёй з Украіны ў Беларусь, дзе стварыла "анархісцкае вочка для падрыхтоўкі тэрактаў". Сярод затрыманых – навучэнцы каледжаў у Баранавічах, Нясвіжы, Міры, Мінску і Лунінцы. Гэта Трафім Барысаў, Сяргей Жыгалёў, Зміцер Захарошка, Анастасія Кліменка і Аляксандра Пуліновіч . Як сцвярджаюць супрацоўнікі АНТ, маладыя людзі збіраліся на Баранавіцкай кватэры, каб падрыхтавацца да сваёй першай сур'ёзнай акцыі – сабраць узрыўчатку і падарваць Баранавіцкую філію міліцыі ці пракуратуру. Па якіх артыкулах абвінавачваюць астатніх пяці ўдзельнікаў, невядома. Як і невядомы іх статусы і месцазнаходжанне.</t>
   </si>
   <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
     <t>Вырак суда дата невядомая: 10 гадоў 3 месяца пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Сяргей Аляксандравіч Сікорскі</t>
   </si>
   <si>
     <t>12 лютага 1976</t>
   </si>
   <si>
-    <t>Сяргей, памочнік кіраўніка адной са сталічных арганізацый, быў затрыманы ў верасні 2020 года ў сябе дома за ўдзел у акцыі пратэсту супраць фальсіфікацый прэзідэнцкіх выбараў і гвалту супраць мірных грамадзян, якая праходзіла 11 жніўня 2020 года ў Менску. Яго асудзілі за "ўдзел у масавых беспарадках", а таксама па артыкуле, звязаным з наркотыкамі.</t>
+    <t>Сяргей, памочнік кіраўніка адной са сталічных арганізацый, быў затрыманы ў верасні 2020 года ў сябе дома за ўдзел у акцыі пратэсту супраць фальсіфікацый прэзідэнцкіх выбараў і гвалту супраць мірных грамадзян, якая праходзіла 11 жніўня 2020 года ў Менску. Яго асудзілі за "ўдзел у масавых беспарадках", а таксама па артыкуле, звязаным з наркотыкамі.
+м
+7 верасьня 2020 года яго затрымалі па месцы жыхарства. Згодна з пратаколам агляду, у момант затрымання ён знаходзіўся ў стане, выкліканым спажываннем псіхатропных рэчываў, у яго арганізме быў выяўлены мефедрон. Падчас вобыску ў кватэры праваахоўнікі знайшлі парашкападобнае рэчыва. Пазней следчыя прыйшлі да высновы, што Сікорскі таксама збыў такое рэчыва 46-гадовай жыхарцы Магілёва.
+Падчас спрэчак бакоў дзяржабвінаваўца запытаў суд прысудзіць Сікорскаму:
+Па частцы 1 артыкула 328 КК - 2 гады пазбаўлення волі;
+Па частцы 3 артыкула 328 КК - 7 гадоў пазбаўлення волі і 300 базавых велічынь штрафу. Шляхам складання пакаранняў па дзвюх частках артыкула 328 разам прысудзіць 7 гадоў пазбаўлення волі;
+Па частцы 2 артыкула 293 КК - 5 гадоў пазбаўлення волі.
+Выніковае пакаранне -9 гадоў пазбаўлення волі з адбываннем у папраўчай калоніі ўзмоцненага рэжыму і 300 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 06.05.2021: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Віталь Юр'евіч Мельнік</t>
   </si>
   <si>
     <t>12 лютага 1982</t>
   </si>
   <si>
     <t>Затрыманы па справе "рэйкавых партызан".
 Вядома, што мужчына пражывае ў вёсцы Хадакова, у яго ёсць маленькае дзіця.
 Пры затрыманні яму прастрэлілі каленныя суставы.
 Сям'я лічыць, што Віталь не мае дачынення да свядомых артыкулаў, і звязвае затрыманне з помстай мясцовага суддзі, а таксама тым, што раней у Віталя была судзімасць.
 Падрабязнасці справы невядомыя.</t>
   </si>
   <si>
     <t>ПК-13, г.Глыбокае, вул.Савецкая 205, 211791</t>
   </si>
   <si>
     <t>16 гадоў пазбаўленні ў калоніі ва ўмовах строгага рэжыму і 300 базавых штрафаў.</t>
   </si>
   <si>
     <t>2022-07-22 14:35:14</t>
   </si>
   <si>
+    <t>Наталля Сяргееўна Белакурская</t>
+  </si>
+  <si>
+    <t>12 лютага 1972</t>
+  </si>
+  <si>
+    <t>Наталля была затрымана і ў студзені 2025 года прызнана вінаватай у публічнай абразе Лукашэнкі і прадстаўніка ўлады.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.01.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 60 базавых велічынь штрафу. Апеляцыя 11.03.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
+  </si>
+  <si>
+    <t>Марына Юр'еўна Храмцова</t>
+  </si>
+  <si>
+    <t>13 лютага 1984</t>
+  </si>
+  <si>
+    <t>Марына раней працавала прадпрымальніцай, прадавала падлогавыя пакрыцці. Яе ІП зачынілася ў 2015 годзе, пасля чаго жанчына перайшла ў іншую фірму, якая займалася тым жа.
+Жанчына вядомая як аматарка беларускай культуры, брала ўдзел у мерапрыемствах Таварыства беларускай мовы і гуртку народных танцаў.
+Хутчэй за ўсё справа звязана з удзелам Аляксандры ў пратэстных чатах.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.09.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Дзяніс Міхайлавіч Красько</t>
+  </si>
+  <si>
+    <t>13 лютага 1975</t>
+  </si>
+  <si>
+    <t>Паводле матэрыялаў абвінавачання , у снежні 2020 года, Красько "апублікаваў у адкрытым доступе ў сетцы Інтэрнэт каментары, накіраваныя на падтрыманне экстрэмісцкай дзейнасці, прапаганду і агітацыю сацыяльнай варожасці і варожасці ў дачыненні да супрацоўнікаў дзяржаўных праваахоўных органаў Рэспублікі Беларусь, прадстаўнікоў судовай улады, вайскоўцам, якія праходзяць службу ва Узброеных сілах Рэспублікі Беларусь, апублікаваў у адкрытым доступе ў сетцы Інтэрнэт каментарыі, накіраваныя на падтрыманне экстрэмісцкай дзейнасці, прапаганду і агітацыю сацыяльнай варожасці і варожасці ў адносінах да названай катэгорыі асоб" .
+24.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.01.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-12-11 22:28:12</t>
+  </si>
+  <si>
     <t>Віталь Пятровіч Мінкевіч</t>
   </si>
   <si>
     <t>13 лютага 1994</t>
   </si>
   <si>
     <t>Жыхар Магілёўскай вобласці. Работнік абутковага магазіна.
 У 2020 годзе затрымліваўся за ўдзел у акцыях пратэсту.
 Затрыманы за сабатаж чыгунка каля станцый г. Бабруйска, а таксама падпал стралковага ціра в/ч 5527.
 12.04.2024 адбыўся суд па змене ўмоваў рэжыму адбыцця пакарання і Віталя перавялі на турэмны рэжым тэрмінам на 3 гады.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
     <t>15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
   </si>
   <si>
-    <t>Дзяніс Міхайлавіч Красько</t>
-[...12 lines deleted...]
-    <t>2023-12-11 22:28:12</t>
+    <t>Валерый Віктаравіч Барзенка</t>
+  </si>
+  <si>
+    <t>13 лютага 1971</t>
+  </si>
+  <si>
+    <t>Яго прызналі вінаватым у тым, што ў лістападзе 2020 года і сакавіку 2021 года ён накіраваў у тэлеграм-боты "дэструктыўных каналаў" інфармацыю пра свайго былога кіраўніка. У наступным яе размясцілі рэсурсы, праз якія "ажыццяўлялася супрацьпраўная дзейнасць у складзе экстрэмісцкіх фармаванняў". Таксама паводле абвінавачання, размяшчэнне інфармацыі, атрыманай ад Барзенка, пацягнула за сабой "іншыя цяжкія наступствы".
+Таксама яго прызналі вінаватым у тым, што ён набыў і захоўваў боепрыпасы да агнястрэльнай зброі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-10-03 16:12:26</t>
   </si>
   <si>
     <t>Валянцін Валянцінавіч Цярэневіч</t>
   </si>
   <si>
     <t>Памочнік майстра на заводзе "Хімвалакно" (які ўваходзіць у склад "Гродна Азота"), намеснік старшыні Беларускага Незалежнага прафсаюза "Гродна Азота". Па папярэдняй інфармацыі затрыманы ў рамках артыкулаў 356 і 357 КК РБ ("здрада дзяржаве" і "змова або іншыя дзеянні, учыненыя з мэтай захопу дзяржаўнай улады").
 9 лістапада 2022 г. у Гомельскім абласным судзе пачаўся разгляд "справы Рабочага Руху", фігурантамі якога праходзяць адразу дзесяць палітвязняў. На другі дзень працэсу ўсе фігуранты справы заявілі суду, што сваю віну ў дзяржздрадзе і стварэнні экстрэмісцкага фармавання не прызнаюць . Усе фігуранты "справы Рабочага Руху" на судзе адмовіліся даваць паказанні. 27 снежня працэс закрылі да вынясення прысуду, хаця да гэтага ён праходзіў у адкрытым рэжыме.
 У Гомельскім абласным судзе 17 лютага 2023 г. вынеслі прысуд па "справе Рабочага Руху". Суддзя Аляксандр Піскуноў прызнаў Валянціна вінаватым.
 9 кастрычніка 2024 г. у судзе г. Наваполацка ў Валянціна адбудзецца разгляд справы "аб пераводзе ў папраўчую ўстанову іншага віду і змяненняў умоў утрымання". Суддзя Ала Гаціх перавяла палітвязня на турэмны рэжым , тэрмін пакуль не вядомы .</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>Вырак суда 17.02.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: невядома. Суд па змене рэжыму 09.10.2024: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-09-26 12:54:01</t>
   </si>
   <si>
-    <t>Валерый Віктаравіч Барзенка</t>
-[...31 lines deleted...]
-  <si>
     <t>Ганна Генадзеўна Шпак</t>
   </si>
   <si>
     <t>14 лютага 1997</t>
   </si>
   <si>
     <t>Ганна скончыла факультэт масавых відаў спорту Беларускага дзяржаўнага ўніверсітэта фізкультуры ў 2019 годзе. Працавала трэнерам-выкладчыкам у школе алімпійскага рэзерву «Буравеснік» у Мінску.
 У 2014 годзе Ганна ўдзельнічала ва II летніх юнацкіх Алімпійскіх гульнях, дзе скокнула на 3.80 і заняла 4-е месца ў агульным заліку. За гэта дзяўчына атрымала імянную стыпендыю ад Нацыянальнага алімпійскага камітэта.
 Верагодна, яе затрымалі па «справе Гаюна». У “спісе экстрэмістаў”, які вядзе МУС, яе статус пазначаны як “адбывае пакаранне”. Гэта значыць, што чалавеку прызначылі ці хімію з кірункам, ці калонію.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Антон Алегавіч Чарэмных</t>
-[...15 lines deleted...]
-  <si>
     <t>Андрэй Анатольевіч Бераставой</t>
   </si>
   <si>
     <t>15 лютага 1980</t>
   </si>
   <si>
     <t>У Андрэя Бераставога больш за 20 гадоў досведу працы ў дызайне, а апошнія 15 ён працуе ў IT. У другой палове 2024-га яго затрымалі. Вядома толькі тое, што падставай затрымання маглі стаць каментары Бераставога ў тэлеграме. Ён карыстаўся старым акаўнтам, прывязаным да яго ўласнага беларускага нумару, і старым нікнэймам, які выкарыстоўваў паўсюль.
 Вядома, што перыядычна ездзіў у Беларусь.</t>
-  </si>
-[...1 lines deleted...]
-    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
   </si>
   <si>
     <t>Вырак суда 20.05.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-07-24 17:15:25</t>
   </si>
   <si>
     <t>Яўген Аляксеевіч Збароўскі</t>
   </si>
   <si>
     <t>15 лютага 1994</t>
   </si>
   <si>
     <t>Яўгена абвінавацілі адразу па 9 артыкулах Крымінальнага кодэкса. Прычынай гэтага сталі каментары ў Telegram і адпраўка адміністратарам Telegram-каналаў 0,28 і 0,004 біткоіна.
 Акрамя гэтага, са снежня 2019 года па студзень 2020 года ён набыў «асабліва небяспечныя псіхатропныя рэчывы», а на тэрыторыі Расіі (у Бранскай вобласці) купіў агнястрэльную зброю — пісталет Макарава (ПМ) і не менш за 46 патронаў да яго.
 Судовы працэс доўжыўся з 14 лютага па 2 чэрвеня, амаль чатыры месяцы.
 Яўген сваю віну прызнаў часткова, патлумачыў, што ён быў нязгодны з вынікамі выбараў прэзідэнта Беларусі, і менавіта таму вырашыў дзейнічаць актыўна.</t>
   </si>
   <si>
     <t>8 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-02-14 21:25:55</t>
   </si>
   <si>
+    <t>Антон Алегавіч Чарэмных</t>
+  </si>
+  <si>
+    <t>15 лютага 1983</t>
+  </si>
+  <si>
+    <t>Намеснік камандзіра 310-й групы артылерыі па ідэалагічнай рабоце 120-й асобнай гвардзейскай механізаванай брыгады гвардыі, падпалкоўнік. Яго абвінавачваюць у "здрады дзяржаве асобай, на якую распаўсюджваецца статус вайскоўца" і "распальванні іншай сацыяльнай варожасці".
+Абставіны справы невядомыя.
+5 і 17 ліпеня 2024 г. адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.03.2024: невядома. Апеляцыя 17.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-03-16 11:23:55</t>
+  </si>
+  <si>
     <t>Максім Віктаравіч Палонская</t>
   </si>
   <si>
     <t>16 лютага 1986</t>
   </si>
   <si>
     <t>Вырак суда 29.01.2025: невядома.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
   </si>
   <si>
     <t>Андрэй Часлававіч Краснік</t>
   </si>
   <si>
     <t>16 лютага 1967</t>
   </si>
   <si>
     <t>Мужчына працуе тэрапеўтам прыёмнага спакою гарадской бальніцы г. Ліды. Па папярэдняй інфармацыі, затрымалі за лайкі і каментары ў 2020 годзе.
 Неўзабаве стала вядома, што Андрэя Красніка збіраюцца судзіць паўторна: у судзе Лідскага раёна 17 красавіка 2023 г. павінна адбыцца паседжанне па справе супраць палітвязня па ч. 2 арт. 366 КК (Гвалт або пагроза ў дачыненні да службовай асобы) і ч. 1 арт. 342 КК (Арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць парадак, або актыўны ўдзел у іх). Справу прызначаны разглядаць суддзя Уладзімір Фёдаравіч .</t>
   </si>
   <si>
     <t>3,5 года пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Алег Ігаравіч Гаўрылаў</t>
   </si>
   <si>
     <t>16 лютага 1981</t>
   </si>
   <si>
     <t>Фітнес-трэнер з Салігорска.
 Згодна з матэрыяламі справы Гаўрылаў у студзені 2021 года набыў і падаў двум знаёмым — Таццяне і Алегу Бірулям — аэразольныя балоны з фарбай. Пасля чаго апошнія са студзеня па люты 2021 года наносілі на розныя аб'екты інфраструктуры Салігорска надпісы і малюнкі, «ажыццяўляючы іх псуту».
 У жніўні 2021 года Гаўрылаў шляхам дамоўленасцей, у тым ліку за матэрыяльную ўзнагароду, уцягнуў іншага знаёмага — Сяргея Пасюка — у занятак «экстрэмісцкай дзейнасцю».
 Потым абвінавачаныя са жніўня па снежань 2021 года распаўсюджвалі на тэрыторыі Салігорска ўлёткі і іншую друкаваную прадукцыю. Экспертыза зместу «Сумленнай газеты», з асобнікамі якой быў затрыманы трэнер, сведчыла аб тым, што Гаўрылаў нібыта датычны да распальвання расавай, нацыянальнай, рэлігійнай або іншай сацыяльнай варожасці або варожасці, учыненага групай асоб.</t>
   </si>
   <si>
+    <t>Вырак суда 12.12.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 07.04.2023: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-30 14:20:17</t>
+  </si>
+  <si>
+    <t>Аляксей Андрэевіч Чарнавусаў</t>
+  </si>
+  <si>
+    <t>17 лютага 1991</t>
+  </si>
+  <si>
     <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
-  </si>
-[...10 lines deleted...]
-    <t>17 лютага 1991</t>
   </si>
   <si>
     <t>Вырак суда 15.05.2024: 4 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 05.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Зміцер Валер'евіч Гут</t>
   </si>
   <si>
     <t>18 лютага 1988</t>
   </si>
   <si>
     <t>Зміцер працаваў у IT сферы, да гэтага 7 гадоў прапрацаваў у пракуратуры.
 09.01.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
+  </si>
+  <si>
+    <t>Арсеній Алегавіч Майсейчык</t>
+  </si>
+  <si>
+    <t>19 лютага 2002</t>
+  </si>
+  <si>
+    <t>Быў затрыманы за ўдзел у акцыях пратэсту. Таксама маладых людзей абвінавацілі ў атрыманні з-за мяжы тэлескапічных дубінак, электрашокераў і іншых сродкаў.
+Арсеній скончыў каледж бізнесу і правы па спецыяльнасці "правазнаўства", мае пасведчанне кіроўцы. Перад затрыманнем працаваў кур'ерам па дастаўцы піцы. Хлопец хворы на лейкому і мае патрэбу ў рэгулярным медыцынскім кантролі і штогадовым праходжанні МРТ. Арсенію забаронены многія фізічныя нагрузкі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 01.07.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Аляксей Мікалаевіч Храловіч</t>
   </si>
   <si>
     <t>19 лютага 1984</t>
   </si>
   <si>
     <t>Экс-падпалкоўнік КДБ.
 Аб крымінальнай справе супраць падпалкоўніка вядома толькі з дзяржаўных СМІ.
 У 2021 годзе на тэлеканале ОНТ паказалі фільм «Аперацыя КДБ «Манкурты»», у якім паведамілі аб затрыманні падпалкоўніка КДБ Аляксея Храловіча.
 Значыць, пад вартай сілавік знаходзіцца каля года на момант абвяшчэння прысуду.
 Храловіч пазбаўлены воінскага звання «падпалкоўнік».</t>
   </si>
   <si>
     <t>Вырак суда 30.03.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 24.10.2023: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
     <t>Зміцер Алегавіч Сельвеструк</t>
   </si>
   <si>
     <t>19 лютага 1990</t>
@@ -893,257 +831,188 @@
 21.11.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 29.09.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.11.2023: невядома.</t>
   </si>
   <si>
     <t>2023-09-27 19:19:37</t>
   </si>
   <si>
     <t>Станіслаў Сяргеевіч Шапель</t>
   </si>
   <si>
     <t>19 лютага 2006</t>
   </si>
   <si>
     <t>Як паведамлялася ў фільме АНТ "Дзеці на прыцэле. Завербаваныя ворагам", Станіслава абвінавачваюць у тым, што ён пагадзіўся быць кур'ерам для "арганізацыі, якая курыравала СБУ". Там яго прадставілі як агента ўкраінскіх спецслужбаў-маўляў, хлопец запісаў відэа, што "гатовы працаваць супраць ФСБ і Пуціна". Але на момант здымкі фільма ён ужо адбываў пакаранне ў калоніі за "махлярства". Суд адбыўся ў маі 2024-га. Прыгавор невядомы, тэрмін можа складаць ад 3 да 10 гадоў калоніі са штрафам.
 Паводле фільма АНТ, у студзені 2023 года тады яшчэ 16-гадовы хлопец са шматдзетнай сям'і шукаў працу ў інтэрнэце. Ён натыкнуўся на ашуканцаў, якія прапанавалі працу кур'ерам - забіраць і перавозіць грошы. Станіславу сказалі запісаць відэа, на якім ён заявіў, што падтрымлівае Украіну і нібыта пагаджаецца працаваць для СБУ.</t>
   </si>
   <si>
     <t>Вырак суда 31.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.08.2024: невядома. Апеляцыя 04.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-30 00:03:14</t>
   </si>
   <si>
-    <t>Арсеній Алегавіч Майсейчык</t>
-[...31 lines deleted...]
-  <si>
     <t>Уладзімір Юр'евіч Савельеў</t>
   </si>
   <si>
     <t>19 лютага 1987</t>
   </si>
   <si>
     <t>У пачатку кастрычніка 2022 г. у Маскоўскім раёне сталіцы на апоры лініі электраперадач невядомыя вывесілі бел-чырвона-белы сцяг і сцяг Украіны. У тэлеграм-канале Антона Матолькі на наступны дзень з'явіўся пост з фатаграфіяй сцяга і подпісам: "Мінчане віншуюць украінскі народ з цудоўнымі навінамі з крымскага моста. Крым — це Україна! Жыве Беларусь! Слава Украіне!". Падчас аператыўна-вышуковых мерапрыемстваў супрацоўнікі міліцыі затрымалі шасцярых мінчан ва ўзросце ад 34 да 36 гадоў, якія нібыта гэта зрабілі. У тым ліку Уладзіміра.
 Савельеў на праўладным відэа казаў , што акцыю зладзілі ў падтрымку ўкраінцаў: "Гэта падтрымка мірных грамадзян, якія гінуць у непатрэбнай вайне".
 14.09.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>2023-05-19 10:04:03</t>
   </si>
   <si>
-    <t>Мікіта Артуравіч Харловіч</t>
-[...11 lines deleted...]
-    <t>2021-02-28 00:27:22</t>
+    <t>Уладзіслаў Вітальевіч Вайцяховіч</t>
+  </si>
+  <si>
+    <t>20 лютага 1995</t>
+  </si>
+  <si>
+    <t>Уладзіслаў быў затрыманы ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму».
+Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».
+Уладзіслава асудзілі па шматлікіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць гадоў з якога — турэмны рэжым. Таксама яго пазбавілі воінскага звання.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 21 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму), абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Алег Пятровіч Зелянко</t>
+  </si>
+  <si>
+    <t>20 лютага 1983</t>
+  </si>
+  <si>
+    <t>Алег узначальваў гістарычны клуб "Міндоўг" і паралельна займаўся бізнесам.
+У снежні 2024 года Алега Зелянко двойчы асудзілі за «распаўсюд экстрэмісцкіх матэрыялаў» (19.11 КаАП). Пасля адбытых сутак, верагодна, на яго завялі крымінальную справу і пасадзілі ў СІЗА.
+Мяркуючы па ўсім, пасля прысуду Зелянко прысудзілі якраз калонію - яго сацсеткі не абнаўляюцца, а тэлеграм мае статус «быў онлайн вельмі даўно».</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
   </si>
   <si>
     <t>Міхаіл Рыгоравіч Лапуноў</t>
   </si>
   <si>
     <t>20 лютага 1970</t>
   </si>
   <si>
     <t>Бацька палітвязня Мікіты Залатарова . Міхаіла затрымалі 8 жніўня 2023 г. і асудзілі на 15 сутак арышту па арт. 19.11 КаАП РБ (распаўсюд экстрэмісцкіх матэрыялаў). Пасля першага арышту на волю ён не выйшаў і быў асуджаны па тым жа артыкуле яшчэ на 15 сутак, а потым - яшчэ на 15 сутак.
 22 верасня 2023 года, напярэдадні вызвалення пасля адбыцця трэцяга адміністрацыйнага арышту запар, яго зноў прызналі вінаватым у здзяйсненні правапарушэння і чацвёрты раз адправілі ў ізалятар.
 24 кастрычніка "экстрэмісцкім фармаваннем" па рашэнні КДБ быў прызнаны закрыты Telegram — чат "Гомель за Мікіту Залатарова", а яго адзіным пазначаным удзельнікам — бацька палітвязня Міхаіл Лапуноў.
 Праваабаронцам стала вядома , што праз некаторы час пасля адбыцця адміністрацыйных арыштаў Міхаіл быў узяты пад варту. Па стане на лета 2024 г. утрымліваецца ў СІЗА .</t>
   </si>
   <si>
-    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 30.08.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.11.2024: невядома.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
-  </si>
-[...65 lines deleted...]
-    <t>2022-07-19 02:22:16</t>
   </si>
   <si>
     <t>Алег Ігаравіч Сычоў</t>
   </si>
   <si>
     <t>21 лютага 1976</t>
   </si>
   <si>
     <t>47-гадовы Алег нарадзіўся ў Краснаярску, але ў нулявых пераехаў у Беларусь і ўжо атрымаў грамадзянства.  У праўладным фільме паказалі, як «украінскага тэрарыста» Мікалая Швеца затрымалі 4 сакавіка ў доме Алега ў садовым таварыстве «Бярозавы Гай» у вёсцы Чарцяж (Бараўлянскі сельсавет).
 Сычова разам з жонкай Настай Пілько сілавікі затрымалі 3 сакавіка ў гэтым самым доме. Паводле інфармацыі праваабаронцаў, абодва яны зараз знаходзяцца ў СІЗА КДБ.
 Затрыманая пара мае двух непаўналетніх дзяцей, якія зараз з бабуляй .</t>
   </si>
   <si>
     <t>Вырак суда 03.10.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.12.2024: невядома.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
+    <t>Наталля Аляксандраўна Чубоўская</t>
+  </si>
+  <si>
+    <t>21 лютага 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
+  </si>
+  <si>
     <t>Арцём Сяргеевіч Міцук</t>
+  </si>
+  <si>
+    <t>21 лютага 2001</t>
   </si>
   <si>
     <t>Быў затрыманы па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".</t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:01</t>
   </si>
   <si>
     <t>Арцём Руслановіч Закржэўскі</t>
   </si>
   <si>
     <t>22 лютага 2003</t>
   </si>
   <si>
     <t>Арцёма прызналі вінаватым у тым, што, паводле матэрыялаў абвінавачання, у ноч з 9 на 10 жніўня 2020 года ў Мінску, падчас несанкцыянаванага масавага мерапрыемства, ён выходзіў на праезную частку, блакіраваў рух транспарту, выкрыкваў лозунгі і не падпарадкоўваўся законным патрабаванням улады.
 Акрамя таго, 1 студзеня 2022 года, знаходзячыся ў нецвярозым стане ў грамадскім месцы, ён беспадстаўна прымяніў гвалт да іншага мужчыны. Арцёма прыгаварылі да абмежавання волі з накіраваннем.
 У кастрычніку 2023 г. адбыўся разгляд справы аб узмацненні рэжыму; прычыны і вынік пасяджэння невядомы.</t>
   </si>
   <si>
     <t>ПУАТ-9, 210034, г.Віцебск, вул. 3-я Чэпінская, 39</t>
   </si>
   <si>
     <t>Вырак суда 05.07.2022: 4 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 27.09.2022: прысуд пакінуты без змены. Суд па змене рэжыму 11.10.2023: невядома. Апеляцыя 19.12.2023: невядома.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
     <t>Аляксей Анатольевіч Кайдаш</t>
   </si>
   <si>
     <t>23 лютага 1979</t>
   </si>
   <si>
     <t>Спачатку Аляксею прызначылі адміністратыўны арышт па арт. 19.11 КаАП . Затым была ўзбуджаная крымінальная справа па арт. 361-4 КК РБ (садзейнічанне экстрэмісцкай дзейнасці).
 Аляксей Кайдаш у Мазыры займаўся прафесійнымі фатаграфіямі, рабіў вясельныя, дзіцячыя, партрэтныя фота, партфоліё і фота для меню і каталогаў.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах асаблівага рэжыму.</t>
   </si>
   <si>
     <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Андрэй Канстанцінавіч Ярэмчык</t>
   </si>
   <si>
     <t>23 лютага 1993</t>
   </si>
   <si>
     <t>Бас-гітарыст гурта TOR BAND.
 20 студзеня 2023 года стала вядома, што гурт Tor Band прызналі экстрэмісцкім фармаваннем.
 У склад КДБ унесла Зміцера Галавача і яго жонку Юлію, Яўгена Бурло і Андрэя Ярэмчыка.
 Гэта першы музычны калектыў, які патрапіў у спіс экстрэмісцкіх фармаванняў.</t>
   </si>
   <si>
     <t>7.5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
@@ -1174,336 +1043,270 @@
 Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групе ўдзельнічалі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых органаў, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам». Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».
 Сяргея асудзілі па некалькіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі і штрафу, а таксама яго пазбавілі воінскага звання.</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу, абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
     <t>Аляксандр Віктаравіч Кукса</t>
   </si>
   <si>
     <t>24 лютага 1983</t>
   </si>
   <si>
     <t>14 лютага Следчы камітэт узбудзіў крымінальную справу супраць прадстаўнікоў і ўдзельнікаў ініцыятывы "Кадравы рэзерв для Новай Беларусі", абвешчанай Аб'яднаным пераходным кабінетам. Па тэлеканале ОНТ пазней паказалі 14 людзей, затрыманых па гэтай справе. Прапагандыст Ігар Тур заявіў, што разам з сілавікамі ён год слухаў лекцыі для ўдзельнікаў ініцыятывы. 26 лютага праўладныя каналы апублікавалі відэа з удзелам Аляксандра Куксы, дзе ён прызнаўся ва ўдзеле ў гэтай праграме. Праграма "Кадравы рэзерв для новай Беларусі" была запушчана Аб'яднаным пераходным кабінетам у лістападзе 2022 года. Мэтай праекту была падрыхтоўка прафесіяналаў, якія змогуць працаваць на дзяржаўных пасадах і праводзіць рэформы.</t>
   </si>
   <si>
     <t>Вырак суда 16.12.2024: невядома. Апеляцыя 28.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-03-13 11:05:07</t>
   </si>
   <si>
-    <t>Барыс Уладзіміравіч Грынкевіч</t>
-[...21 lines deleted...]
-    <t>2025-08-17 15:02:31</t>
+    <t>Павел Леанідавіч Нядбайла</t>
+  </si>
+  <si>
+    <t>25 лютага 1981</t>
+  </si>
+  <si>
+    <t>Жыхар Светлагорска быў затрыманы 29 верасня 2020 года па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Ягор Рамановіч Цюшкевіч</t>
+  </si>
+  <si>
+    <t>25 лютага 1997</t>
+  </si>
+  <si>
+    <t>Музыка. Працаваў у лялечным тэатры ў Брэсце.
+Першы раз быў асуджаны ў Брэсцкім абласным судзе 19.12.2024 года.
+У кастрычніку 2025 года стала вядома, што на Ягора завялі новую крымінальную справу і перавялі ў СІЗА.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 19.12.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:21:12</t>
+  </si>
+  <si>
+    <t>Дзмітрый Васільевіч Андрасюк</t>
+  </si>
+  <si>
+    <t>25 лютага 1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зміцер праходзіў сведкам па справе брэсцкіх палітвязняў, блогераў Сяргея Петрухіна і Аляксандра Кабанава, якіх у красавіку гэтага года прысудзілі да трох гадоў калоніі агульнага рэжыму. Як распавёў актывіст брэсцкім праваабаронцам, крымінальную справу на яго распачалі за адмову адказваць на пытанні суддзі, які разглядаў справу Петрухіна і Кабанава, бо ён не паказаў службовае пасведчанне суддзі.
+Вызвалены 26.02.2022.
+11, 16 і 17 снежня 2024 г. адбыліся новыя разборы справы Дзмітрыя ў судзе Ленінскага раёна Брэста па ч. 1 артыкула 342 КК РБ. Зміцер быў асуджаны на 2 гады пазбаўлення волі.
+</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.09.2021: 3 месяца арышту. Вырак суда 17.12.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2021-09-21 17:48:17</t>
   </si>
   <si>
     <t>Ларыса Іванаўна Прохарава</t>
   </si>
   <si>
     <t>25 лютага 1975</t>
   </si>
   <si>
     <t>Затрыманы разам з усёй сям'ёй (муж, дачка, сын) па падазрэнні ў "дзяржзмене". Дачку пазней, мяркуючы па ўсім, адпусцілі. Падрабязнасці справы невядомыя.
 Працавала санітаркай у Гомельскай гарадской клінічнай бальніцы №3. Ларыса Прохарава – зусім непублічны чалавек. Яна нарадзілася ў 1975 годзе ў Грабаўцы, дзе пражыла ўсё жыццё.
 Удзельнікі закрытага працэсу маюць падпіскі аб неразгалошванні. З неафіцыйнай крыніцы вядома, што крымінальная справа тычыцца фатаграфавання розных аб'ектаў на тэрыторыі Беларусі, а за фігурантамі справы нейкі час перад арыштам сачылі спецслужбы.
 Сям'я Прохаравых доўгі час жыла ў вёсцы Грабаўка Гомельскага раёна. На момант затрымання яны жылі ў вёсцы Уза Гомельскага раёна, куды пераехалі два гады таму.</t>
   </si>
   <si>
     <t>Вырак суда 20.06.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
   </si>
   <si>
-    <t>Цімафей Аляксандравіч Караткевіч</t>
-[...27 lines deleted...]
-  <si>
     <t>Аляксей Дзмітрыевіч Шышкавец</t>
   </si>
   <si>
     <t>25 лютага 1979</t>
   </si>
   <si>
     <t>Затрыманы за «падрыхтоўку да дыверсіі на чыгунцы».
 Паводле інфармацыі МУС, у пачатку 2022 года мужчына «увайшоў у склад экстрэмісцкага фарміравання «ByPol», аўтарызаваўшыся ў мабілізацыйным чат-боце для здзяйснення супрацьпраўных дзеянняў у Беларусі».
 1 сакавіка ён нібыта атрымаў указанні па блакаванні чыгуначных шляхоў, а таксама па вырабе і выкарыстанні «кактэйляў Молатава».</t>
   </si>
   <si>
-    <t>11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Вырак суда 12.10.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-03-11 01:18:52</t>
   </si>
   <si>
-    <t>Дзмітрый Васільевіч Андрасюк</t>
-[...80 lines deleted...]
-    <t>2021-02-26 22:21:29</t>
+    <t>Андрэй Іванавіч Матусенка</t>
+  </si>
+  <si>
+    <t>25 лютага 1969</t>
+  </si>
+  <si>
+    <t>У 2006 годзе Матусенка заснаваў у Смаленскай вобласці фірму "ММ-Транзіт". Яе сфера дзейнасці - грузаперавозкі. У 2020 годзе фірму ліквідавалі. Пасля гэтага віцяблянін працягнуў працаваць у розных фірмах у Расіі - напрыклад, «С-Транс», якая займаецца перавозкамі. Ездзіў паўсюль - Еўрасаюз, Расія, Беларусь, Украіна.
+Матусенка служыў у Аўганістане. Час яго службы - з лістапада 1987-га па люты 1989-га.</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
+  </si>
+  <si>
+    <t>Цімафей Аляксандравіч Караткевіч</t>
+  </si>
+  <si>
+    <t>25 лютага 2002</t>
+  </si>
+  <si>
+    <t>Асуджаны за лайкі ў 2020 годзе: тады яму было 18 год. Верагодна, суд праходзіў па дыфамацыйных артыкулах.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Віталь Іванавіч Хальчыцкі</t>
   </si>
   <si>
     <t>27 лютага 1957</t>
   </si>
   <si>
     <t>Пенсіянер, і ў яго на ўтрыманні ёсць малалетняе дзіця.</t>
   </si>
   <si>
     <t>Вырак суда 24.03.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
-  </si>
-[...26 lines deleted...]
-    <t>2024-11-27 15:04:17</t>
   </si>
   <si>
     <t>Павел Юр'евіч Бялюцін</t>
   </si>
   <si>
     <t>27 лютага 1977</t>
   </si>
   <si>
     <t>Павел быў асуджаны ў судзе Фрунзенскага раёна горада Мінска 23 траўня 2022 года па арт. 369 КК РБ.
 У вячэрнім выпуску навін на дзяржаўным тэлебачанні "Беларусь 1" пятага мая 2025 года Паўла назвалі "ўдзельнікам экстрэмісцкага фарміравання" і "часткай Віленскай харугвы", мэта якой нібыта ўварванне ў Беларусь. У роліку паведамлялася , што актывіст нібыта праходзіў ваенізаваную трэніроўку ва ўказанай арганізацыі. А таксама нібыта ў 2020 годзе ўдзельнічаў у акцыях пратэсту і ўваходзіў у склад групы, якая планавала атаку беспілотнікамі Астравецкай АЭС.
 Паведамляецца, што Павал зьехаў з Беларусі, а яго аб'явілі ў міждзяржаўны вышук. Абставіны затрымання актывіста невядомыя. На відэа мужчыну ў аэрапорце выводзяць з самалёта супрацоўнікі з павязкамі КДБ і перасаджваюць у аўтамабіль.</t>
   </si>
   <si>
     <t>Галоўпаштамт, а\с 8, Мінск 220050</t>
   </si>
   <si>
     <t>Вырак суда 23.05.2022: невядома гадоў абмежаванні волі без накіравання. Суд па змене рэжыму 19.03.2025: невядома.</t>
   </si>
   <si>
     <t>2022-06-01 18:47:07</t>
   </si>
   <si>
+    <t>Глеб Уладзіміравіч Жукаў</t>
+  </si>
+  <si>
+    <t>27 лютага 1969</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-27 15:04:17</t>
+  </si>
+  <si>
+    <t>Аліна Віктараўна Шаўцова</t>
+  </si>
+  <si>
+    <t>27 лютага 2004</t>
+  </si>
+  <si>
+    <t>Студэнтка Мінскага дзяржаўнага лінгвістычнага ўніверсітэта. Затрымана ў верасні 2024 года. Спачатку была асуджаная два разы на суткі па адміністрацыйным артыкуле, пасля чаго завялі крымінальную справу. Па сцвярджэнні знаёмых, крымінальная справа палітычна матываваная.
+Аліну Шаўцову ўнеслі ў спіс удзельнікаў "экстрэмісцкага фарміравання" "Школа лідэрства для жанчын" у канцы верасня 2024 года. Гэта адукацыйны праект для беларускіх студэнтак, які дапамагае ім развіць лідарскія якасці.</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.06.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-01-07 17:33:41</t>
+  </si>
+  <si>
+    <t>Руслан Аляксандравіч Лабанок</t>
+  </si>
+  <si>
+    <t>28 лютага 1983</t>
+  </si>
+  <si>
+    <t>Руслан — бізнесмен, заснавальнік і былы дырэктар візавага цэнтра Іспаніі ў Мінску — быў затрыманы супрацоўнікамі КДБ у кастрычніку 2021 года ў аэрапорце, калі збіраўся пакінуць Беларусь. Затрыманне адбылося ў рамках крымінальнай справы, узбуджанай па палітычных матывах.
+У сакавіку 2023 года Руслан быў асуджаны па артыкулах "дача хабару" і "здрада дзяржаве". Суд прыгаварыў яго да працяглага тэрміну пазбаўлення волі і буйнога штрафу.
+У жніўні 2024 года ўмовы яго ўтрымання былі больш жорсткімі — Руслана перавялі на турэмны рэжым. З таго моманту яму забаронены перадачы, спатканні і іншыя формы падтрымкі. На асабістыя патрэбы яму дазволена выкарыстоўваць не больш за адну базавую велічыню ў месяц.</t>
+  </si>
+  <si>
+    <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.03.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 1000 рублёў кампенсацыі. Апеляцыя 05.05.2023: прысуд пакінуты без змены. Суд па змене рэжыму 28.08.2024: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-03-05 00:05:05</t>
+  </si>
+  <si>
+    <t>Лілія Віктараўна Касценіч</t>
+  </si>
+  <si>
+    <t>28 лютага 1967</t>
+  </si>
+  <si>
+    <t>Упершыню Лілію затрымалі ў канцы сакавіка 2023 г. і прызначылі адміністрацыйны арышт на 10 сутак. Аднак у красавіку 2024 года стала вядома, што яе затрымалі ў межах крымінальнай справы. Яна была асуджаная па некалькіх артыкулах за «абразу прадстаўнікоў улады» і «паклёп і абразу ў дачыненні да Лукашэнкі».</t>
+  </si>
+  <si>
+    <t>Вырак суда 10.12.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 13.02.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-23 20:28:11</t>
+  </si>
+  <si>
     <t>Арцём Юр'евіч Ліцевіч</t>
   </si>
   <si>
     <t>28 лютага 1982</t>
   </si>
   <si>
     <t>Былы дальнабойшчык, вярнуўся з Еўропы. Прад'явілі яму больш за 1000 экстрэмісцкіх каментароў, у тым ліку з 1997 года.
 Арцём быў асуджаны ў Мінскім гарадскім судзе па ч. 3 арт. 361 КК і ч. 1 арт. 342 КК РБ.
 На 31 студзеня 2025 г. прызначаны разгляд справы Арцёма па ч. 3 арт. 361-1 КК і арт. 369 КК РБ.</t>
   </si>
   <si>
-    <t>Вырак суда 24.10.2024: невядома. Апеляцыя 24.12.2024: невядома. Вырак суда 04.02.2025: невядома.</t>
+    <t>Вырак суда 24.10.2024: невядома. Апеляцыя 24.12.2024: невядома. Вырак суда 04.02.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-09-25 19:40:06</t>
-  </si>
-[...33 lines deleted...]
-    <t>2023-03-05 00:05:05</t>
   </si>
   <si>
     <t>Наталля Аляксандраўна Васільева</t>
   </si>
   <si>
     <t>29 лютага 1960</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-15 12:53:46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1819,51 +1622,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1907,2450 +1710,2091 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="I18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
         <v>109</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="B21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...19 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>143</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>93</v>
+      </c>
+      <c r="H28" t="s">
         <v>148</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E30" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>74</v>
+      </c>
+      <c r="E31" t="s">
+        <v>81</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>164</v>
       </c>
       <c r="I31" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>166</v>
       </c>
       <c r="B32" t="s">
         <v>167</v>
       </c>
       <c r="C32" t="s">
         <v>168</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>169</v>
       </c>
       <c r="I32" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>171</v>
       </c>
       <c r="B33" t="s">
         <v>172</v>
       </c>
+      <c r="C33" t="s">
+        <v>173</v>
+      </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
+      <c r="E37" t="s">
+        <v>142</v>
+      </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>199</v>
+        <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>93</v>
+      </c>
+      <c r="H40" t="s">
         <v>209</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>211</v>
+      </c>
+      <c r="B41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>58</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
         <v>217</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
         <v>222</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>223</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>58</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
+        <v>232</v>
+      </c>
+      <c r="C45" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>234</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>236</v>
+      </c>
+      <c r="B46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>239</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>21</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
         <v>248</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
         <v>252</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>253</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>88</v>
+      </c>
+      <c r="I49" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>255</v>
+      </c>
+      <c r="B50" t="s">
+        <v>256</v>
+      </c>
+      <c r="C50" t="s">
         <v>257</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>258</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>259</v>
-      </c>
-[...16 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>261</v>
+      </c>
+      <c r="C51" t="s">
         <v>262</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>264</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
+        <v>266</v>
+      </c>
+      <c r="C52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>223</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
+        <v>271</v>
+      </c>
+      <c r="C53" t="s">
         <v>272</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>273</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>274</v>
-      </c>
-[...16 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>275</v>
+      </c>
+      <c r="B54" t="s">
+        <v>276</v>
+      </c>
+      <c r="D54" t="s">
+        <v>74</v>
+      </c>
+      <c r="E54" t="s">
+        <v>174</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>277</v>
-      </c>
-[...22 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>278</v>
+      </c>
+      <c r="B55" t="s">
+        <v>279</v>
+      </c>
+      <c r="C55" t="s">
+        <v>280</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>52</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+      <c r="I55" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
+        <v>285</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>286</v>
       </c>
-      <c r="B56" t="s">
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>287</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>288</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" t="s">
         <v>291</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>292</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>293</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
         <v>297</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>38</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>298</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" t="s">
         <v>307</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>308</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
       <c r="I61" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B62" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C62" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>223</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="I62" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C63" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I63" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B64" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="C64" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B65" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C65" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E65" t="s">
-        <v>330</v>
+        <v>81</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I65" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B66" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>294</v>
+        <v>87</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>263</v>
       </c>
       <c r="I67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
+        <v>43</v>
+      </c>
+      <c r="I68" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>347</v>
+      </c>
+      <c r="B69" t="s">
         <v>348</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>349</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>350</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>352</v>
+      </c>
+      <c r="B70" t="s">
         <v>353</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>354</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I71" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>362</v>
       </c>
       <c r="B72" t="s">
         <v>363</v>
       </c>
       <c r="C72" t="s">
         <v>364</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E72" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>305</v>
+        <v>365</v>
       </c>
       <c r="I72" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D73" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>97</v>
+        <v>370</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E74" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>376</v>
       </c>
       <c r="I74" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C75" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F75" t="s">
         <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E76" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I76" t="s">
-        <v>384</v>
-[...6 lines deleted...]
-      <c r="B77" t="s">
         <v>386</v>
-      </c>
-[...349 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">