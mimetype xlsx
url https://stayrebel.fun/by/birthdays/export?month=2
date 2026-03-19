--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -66,1132 +66,1137 @@
     <t>Аляксандр Сяргеевіч Шкрадаў</t>
   </si>
   <si>
     <t>1 лютага 1982</t>
   </si>
   <si>
     <t>Аляксандр быў асуджаны ў снежні 2023 года па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і быў прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>Мужчынскі</t>
   </si>
   <si>
     <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
     <t>Вырак суда 13.12.2023: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 28.02.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Уладзімір Аляксандравіч Дзенісенка</t>
+  </si>
+  <si>
+    <t>1 лютага 1977</t>
+  </si>
+  <si>
+    <t>Псіхолаг і індывідуальны прадпрымальнік са Слуцка. Скончыў Мінскае авіяцыйна-тэхнічнае вучылішча грамадзянскай авіяцыі і Гродзенскі ўніверсітэт ім. Янкі Купалы па спецыяльнасці "Псіхалогія". Уладзімір актыўна дапамагаў людзям з алкагольнай залежнасцю. Захапляўся спортам і чытаннем. У яго двое дарослых дзяцей.
+У лістападзе 2020 года Уладзімір ужо быў затрыманы па артыкуле 23.34 КаАП і прыгавораны да 10 сутак адміністрацыйнага арышту, якія адбыў у Слуцку.
+24 чэрвеня 2025 года ён быў затрыманы дома па так званай «справе Гаюна».</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>У зняволенні</t>
+  </si>
+  <si>
+    <t>2025-08-22 18:36:28</t>
   </si>
   <si>
     <t>Аляксандр Зуфар'евіч Зіязэтдзінаў</t>
   </si>
   <si>
     <t>1 лютага 1987</t>
   </si>
   <si>
     <t>У сюжэце бел дзярж тэлеканала паведамілі , што Аляксандр перавёў BYPOL у траўні 2021 года каля 800 даляраў ЗША. Варта адзначыць, што BYPOL прызналі экстрэмісцкай арганізацыяй у лістападзе 2021 года, то бок у момант пераводу ініцыятыва экстрэмісцкай не з'яўлялася.
 Па словах сведкаў, Аляксандру сапраўды прапанавалі кампенсаваць шкоду праз фонд, звязаны з прэзідэнтам. Ён пагадзіўся на такую кампенсацыю ў абмен на вызваленне, але ўсё пайшло не па плане. Аляксандр атрымаў адмову, а яго грошы (каля 30 біткоінаў) былі канфіскаваныя. Арганізацыю BYPOL прызналі "тэрарыстычным фармаваннем", і супраць Аляксандра распачалі новую крымінальную справу па артыкуле "Фінансаванне тэрарыстычнай дзейнасці".
 15 сакавіка 2024 года ў Мінскім гарадскім судзе суддзя Алена Шылько вынесла новы прысуд - 9 гадоў пазбаўлення волі. Хвалі памілавання, якія прайшлі па краіне, палітвязня не закранулі.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
-    <t>У зняволенні</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 31.10.2022: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.01.2023: невядома. Вырак суда 15.03.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.05.2024: невядома.</t>
   </si>
   <si>
     <t>2022-10-13 21:55:50</t>
   </si>
   <si>
-    <t>Уладзімір Аляксандравіч Дзенісенка</t>
-[...13 lines deleted...]
-    <t>2025-08-22 18:36:28</t>
+    <t>Андрэй Уладзіміравіч Андронаў</t>
+  </si>
+  <si>
+    <t>2 лютага 1977</t>
+  </si>
+  <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Віктар Дзмітрыевіч Новік</t>
   </si>
   <si>
     <t>2 лютага 1989</t>
   </si>
   <si>
     <t>Супрацоўнік мытні.
 У Мінскім гарадскім судзе з 10 кастрычніка 2023 года па 6 лютага 2024 года праходзіла закрытае пасяджэнне ў адносінах да трох супрацоўнікаў мытнай службы Яўгена Гурыновіча, Віктара Новіка і Уладзіміра Журомскага. Агулам іх судзілі па васьмі артыкулах Крымінальнага кодэкса. Сярод іншага іх абвінавачваюць у "здрадах дзяржаве", "садзейнічанні экстрэмісцкай дзейнасці", "перавышэнні службовых паўнамоцтваў", "ўзбуджэнні іншай сацыяльнай варожасці", "стварэнні або ўдзеле ў экстрэмісцкіх фарміраваннях".
 Падрабязнасці справы і прычыны пераследу праваабаронцам невядомыя.
 24.05.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 05.02.2024: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 24.05.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
     <t>Пётр Часлававіч Юркевіч</t>
   </si>
   <si>
     <t>2 лютага 1973</t>
   </si>
   <si>
     <t>Пётр быў затрыманы ў студзені 2022 года па абвінавачанні ў тэрарызме, выстаўленым на палітычнай глебе, і асуджаны па некалькіх крымінальных артыкулах. Яму прызначылі вялікі тэрмін пазбаўлення волі, першыя пяць гадоў з якога - турэмны рэжым.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і "арганізацыяй масавых беспарадкаў".
 Пятра зноў пераводзілі ў СІЗА-1 у 2025 годзе, верагодна па новай крымінальнай справе, у пачатку лістапада 2025 года зноў быў этапаваны ў калонію.</t>
   </si>
   <si>
-    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 21.06.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму). Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Аляксандр Валер'евіч Каваль</t>
   </si>
   <si>
     <t>3 лютага 1985</t>
   </si>
   <si>
     <t>Коваль быў затрыманы 28 траўня 2023 года на мяжы. Ён вяртаўся са спаборніцтваў у Славакіі, а пры ўездзе ў Беларусь у Коваля запатрабавалі на праверку тэлефон. Мужчына сам даў сілавікам тэлефон і пароль да яго. Пры аглядзе ў яго знайшлі “забароненыя” на думку беларускіх сілавікоў дадзеныя. З таго дня Каваль у няволі.На крымінальным судзе Коваля абвінавацілі ў тым, што 27 сакавіка 2022 года ён адправіў відэа ў тэлеграм-бот "Рэдакцыя Nexta". На відэа было перамяшчэнне ваеннай тэхнікі на кальцавой дарозе МКАД (вакол Мінска). Такім чынам, на думку дзяржабвінавачання, Коваль здзейсніў злачынства, бо беларускія ўлады лічаць Nexta «экстрэмісцкім фармаваннем».</t>
   </si>
   <si>
     <t>2,5 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Сяргей Віктаравіч Даронін</t>
   </si>
   <si>
     <t>3 лютага 1975</t>
   </si>
   <si>
     <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>Вырак суда 13.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Андрэй Аляксандравіч Гарун</t>
   </si>
   <si>
     <t>4 лютага 1989</t>
   </si>
   <si>
     <t>Былы супрацоўнік праваахоўных органаў, затым да затрымання працаваў у EPAM.
 Быў затрыманы ў кастрычніку 2021 года па арт. 130 Крымінальнага кодэкса (Распальванне сацыяльнай варожасці) за перадачу дадзеных сілавікоў у тэлеграм-каналы «Карнікі Беларусі» і «Чорная кніга Беларусі».</t>
   </si>
   <si>
     <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Аляксандр Аркадзьевіч Максімавіч</t>
   </si>
   <si>
     <t>4 лютага 1996</t>
   </si>
   <si>
     <t>Абвінавачваецца ў фінансаванні экстрэмісцкай і тэрарыстычнай дзейнасці праз ахвяраванні на пратэстную ініцыятыву (Байсол).
 Аляксандр родам ён з Глуска, невялікага райцэнтра ў Магілёўскай вобласці. Пасля заканчэння школы паступіў у Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі на спецыяльнасць”Інфармацыйныя сістэмы і тэхналогіі ў лагістыцы”. Пасля заканчэння пайшоў у магістратуру.
 Працаваў Аляксандр у сферы IT.</t>
   </si>
   <si>
     <t>Вырак суда 30.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 06.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
     <t>Таццяна Алегаўна Францкевіч</t>
   </si>
   <si>
     <t>4 лютага 1959</t>
   </si>
   <si>
     <t>Таццяну Францкевіч і Наталлю Лабацэвіч затрымалі 19 ліпеня 2024 г., калі Таццяну выклікалі ў следчы камітэт падпісаць падпіску аб не выездзе з горада Полацк, а Наталля паехала разам з ёй падтрымаць.
 Супраць Таццяны Францкевіч, маці асуджанага анархіста Аляксандра Францкевіча, і яе сястры Наталлі Лабацэвіч, маці былога палітвязня Іллі Лабацэвіча, завялі крымінальную справу і змясцілі ў СІЗА Віцебску.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
-    <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда 18.02.2025: 3 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.04.2025: адпраўлена на перагляд. Вырак суда 16.06.2025: 3 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Дыяна Мікалаеўна Стульба</t>
-[...15 lines deleted...]
-    <t>2024-02-15 23:01:27</t>
+    <t>Валянцін Аркадзьевіч Анцыповіч</t>
+  </si>
+  <si>
+    <t>4 лютага 1965</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
+  </si>
+  <si>
+    <t>Васіль Алегавіч Прохараў</t>
+  </si>
+  <si>
+    <t>4 лютага 1992</t>
+  </si>
+  <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:52:17</t>
   </si>
   <si>
     <t>Андрэй Андрэевіч Зайкоў</t>
   </si>
   <si>
     <t>6 лютага 1987</t>
   </si>
   <si>
     <t>Андрэю 36 гадоў. У 2020-м працаваў у агенцтве нерухомасці "Этажы". У мужчыны ёсць маленькая дачка.
 Паводле праўладных тэлеграм-каналаў, ён сам напісаў у Чорную кнігу Беларусі і прапанаваў скідваць адрасы сілавікоў, якія маюць дачыненне да рэпрэсій. Андрэй не ведаў, што на тым баку яму адказвае супрацоўнік ГУБАЗіК Артур Гайко.
 Андрэя затрымалі 10 лістапада 2023 года. Цяпер яму пагражае да 12 гадоў зняволення.
 Мужчына карыстаўся адным і тым жа акаўнтам з 2019 года. З яго ён» зліваў інфармацыю ў Чорную кнігу Беларусі, з яго ж пісаў каментары ў адкрытых чатах і групах. У відэа паказваюць яго архіўнае імя карыстальніка з базы бота ЧКБ, якую захаваў Артур Гайко. Праз яго можна адшукаць актуальнае імя тэлеграм-акаўнта і ID.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Сяргей Васільевіч Шабан</t>
   </si>
   <si>
     <t>6 лютага 1971</t>
   </si>
   <si>
     <t>Сяргей, намеснік старшыні праўлення Белгазпрамбанка, быў затрыманы ў рамках "справы Бабарыка" і ў ліпені 2021 года асуджаны па артыкуле "атрыманне хабару".</t>
   </si>
   <si>
-    <t>Не</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 06.07.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
+  </si>
+  <si>
+    <t>Дзяніс Сяргеевіч Пяткевіч</t>
+  </si>
+  <si>
+    <t>6 лютага 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Дыяна Мікалаеўна Стульба</t>
+  </si>
+  <si>
+    <t>6 лютага 1984</t>
+  </si>
+  <si>
+    <t>Судмедэксперт.
+27.02.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>3 гады пазбаўлення волі ў калоніі агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Аляксей Ігаравіч Галаўко</t>
   </si>
   <si>
     <t>6 лютага 2001</t>
   </si>
   <si>
     <t>Аляксей, актывіст анархісцкага руху, быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны па некалькіх крымінальных артыкулах, такіх як "удзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак" і "стварэнне экстрэмісцкага фарміравання і ўдзел у ім".
 Вядома, што ў аснову абвінавачання лёг эпізод з перакрыццем дарог у Брэсце ў 2018 годзе падчас пратэсту супраць будаўніцтва завода АКБ, а таксама ўдзел у "Маршы недармаедаў", які адбыўся 5 сакавіка 2017 года.</t>
   </si>
   <si>
+    <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
+  </si>
+  <si>
     <t>Вырак суда 06.09.2022: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда 05.09.2025: 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
-    <t>Дзяніс Сяргеевіч Пяткевіч</t>
-[...19 lines deleted...]
-  <si>
     <t>Марына Міхайлаўна Марозава</t>
   </si>
   <si>
     <t>7 лютага 1971</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
     <t>Людміла Эдуардаўна Ксяндзова</t>
   </si>
   <si>
     <t>8 лютага 1961</t>
   </si>
   <si>
     <t>Вырак суда 20.08.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 11.11.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-11-17 21:38:39</t>
   </si>
   <si>
     <t>Таццяна Аляксандраўна Шынкевіч</t>
   </si>
   <si>
     <t>9 лютага 1983</t>
   </si>
   <si>
     <t>Таццяну асудзілі больш як да шасці гадоў пазбаўлення волі - дакладны тэрмін невядомы.</t>
   </si>
   <si>
     <t>Вырак суда 25.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-18 17:25:01</t>
   </si>
   <si>
     <t>Раман Бахаддзінавіч Гусейнаў</t>
   </si>
   <si>
     <t>10 лютага 1985</t>
   </si>
   <si>
     <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
   </si>
   <si>
     <t>2025-12-08 04:25:51</t>
+  </si>
+  <si>
+    <t>Аляксандр Іванавіч Лебедзь</t>
+  </si>
+  <si>
+    <t>10 лютага 1975</t>
+  </si>
+  <si>
+    <t>Вядома, што супрацоўнікі ГУБАЗіКу расследуюць справу ў дачыненні да асоб, якія нібыта былі датычныя да тэлеграм-чата «партызаны Наваградка». Супраць іх заведзены крымінальныя справы па артыкуле экстрэмізм. З усіх, каго дапытвалі па справе, бяруць падпіску аб неразгалошваньні.
+СМІ паведамляюць , што сама меней шасцёра чалавек сярод тых, каго сілавікі затрымалі 15 дзён таму, не выйшлі пасля адбыцця адміністрацыйнага арышту, у тым ліку Аляксандр.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:46:29</t>
   </si>
   <si>
     <t>Дзяніс Фадзеевіч Цыбульскі</t>
   </si>
   <si>
     <t>11 лютага 1981</t>
   </si>
   <si>
     <t>Асуджаны судом Заводскага раёна г. Мінска па ч. 1 арт. 342 Крымінальнага кодэкса 22 сакавіка 2023 г. справу разгледзела суддзя Хвойніцкая Жанна .
 На пачатку траўня 2024 г. стала вядома, што Дзяніс праходзіць па новай справе. ( удзел у экстрэмісцкім фармаванні ) . У Віцебскім абласным судзе Яўген Буруноў разглядаў справу ў закрытым судовым паседжанні з 7 траўня па 5 чэрвеня 2024 года .</t>
   </si>
   <si>
     <t>Вырак суда 22.03.2023: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 06.06.2023: невядома. Вырак суда 05.06.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
+  </si>
+  <si>
+    <t>Віталь Юр'евіч Мельнік</t>
+  </si>
+  <si>
+    <t>12 лютага 1982</t>
+  </si>
+  <si>
+    <t>Затрыманы па справе "рэйкавых партызан".
+Вядома, што мужчына пражывае ў вёсцы Хадакова, у яго ёсць маленькае дзіця.
+Пры затрыманні яму прастрэлілі каленныя суставы.
+Сям'я лічыць, што Віталь не мае дачынення да свядомых артыкулаў, і звязвае затрыманне з помстай мясцовага суддзі, а таксама тым, што раней у Віталя была судзімасць.
+Падрабязнасці справы невядомыя.</t>
+  </si>
+  <si>
+    <t>ПК-13, г.Глыбокае, вул.Савецкая 205, 211791</t>
+  </si>
+  <si>
+    <t>16 гадоў пазбаўленні ў калоніі ва ўмовах строгага рэжыму і 300 базавых штрафаў.</t>
+  </si>
+  <si>
+    <t>2022-07-22 14:35:14</t>
+  </si>
+  <si>
+    <t>Наталля Сяргееўна Белакурская</t>
+  </si>
+  <si>
+    <t>12 лютага 1972</t>
+  </si>
+  <si>
+    <t>Наталля была затрымана і ў студзені 2025 года прызнана вінаватай у публічнай абразе Лукашэнкі і прадстаўніка ўлады.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.01.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 60 базавых велічынь штрафу. Апеляцыя 11.03.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Андрэй Васільевіч Цыпак</t>
   </si>
   <si>
     <t>12 лютага 1993</t>
   </si>
   <si>
     <t>Былога супрацоўніка МТС з Брэста затрымалі ў пачатку лістапада 2022 года. У відэа "пакаяння" ён распавёў, што ў 2020-2021 гадах працаваў у МТС і меў доступ да дадзеных. Па дадзеных сілавікоў, Андрэй перадаў у "Чорную кнігу Беларусі" дадзеныя некалькіх чыноўнікаў і пракурораў.
 Былы сукамернік Цыпака распавёў праваабаронцам, што Андрэя моцна збілі пры затрыманні.
 Справа Андрэя разглядалася ў закрытым рэжыме, таму зыход суда праваабаронцам невядомы.
 Андрэй Цыпак раней гуляў у брэсцкім гандбольным клубе імя Мяшкова. З 2020 па 2021 год працаваў у МТС - і ў гэты час, па версіі сілавікоў, перадаў дадзеныя некалькіх пракурораў і дзяржаўных службовых асоб у пратэстную ініцыятыву.</t>
   </si>
   <si>
     <t>невядома</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
     <t>Мікалай Мікалаевіч Люцкевіч</t>
   </si>
   <si>
     <t>12 лютага 1973</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-31 17:31:38</t>
-  </si>
-[...17 lines deleted...]
-    <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Сяргей Аляксандравіч Сікорскі</t>
   </si>
   <si>
     <t>12 лютага 1976</t>
   </si>
   <si>
     <t>Сяргей, памочнік кіраўніка адной са сталічных арганізацый, быў затрыманы ў верасні 2020 года ў сябе дома за ўдзел у акцыі пратэсту супраць фальсіфікацый прэзідэнцкіх выбараў і гвалту супраць мірных грамадзян, якая праходзіла 11 жніўня 2020 года ў Менску. Яго асудзілі за "ўдзел у масавых беспарадках", а таксама па артыкуле, звязаным з наркотыкамі.
 м
 7 верасьня 2020 года яго затрымалі па месцы жыхарства. Згодна з пратаколам агляду, у момант затрымання ён знаходзіўся ў стане, выкліканым спажываннем псіхатропных рэчываў, у яго арганізме быў выяўлены мефедрон. Падчас вобыску ў кватэры праваахоўнікі знайшлі парашкападобнае рэчыва. Пазней следчыя прыйшлі да высновы, што Сікорскі таксама збыў такое рэчыва 46-гадовай жыхарцы Магілёва.
 Падчас спрэчак бакоў дзяржабвінаваўца запытаў суд прысудзіць Сікорскаму:
 Па частцы 1 артыкула 328 КК - 2 гады пазбаўлення волі;
 Па частцы 3 артыкула 328 КК - 7 гадоў пазбаўлення волі і 300 базавых велічынь штрафу. Шляхам складання пакаранняў па дзвюх частках артыкула 328 разам прысудзіць 7 гадоў пазбаўлення волі;
 Па частцы 2 артыкула 293 КК - 5 гадоў пазбаўлення волі.
 Выніковае пакаранне -9 гадоў пазбаўлення волі з адбываннем у папраўчай калоніі ўзмоцненага рэжыму і 300 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 06.05.2021: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
   </si>
   <si>
-    <t>Віталь Юр'евіч Мельнік</t>
-[...50 lines deleted...]
-    <t>2025-11-30 16:07:30</t>
+    <t>Аляксандра Вячаславаўна Пуліновіч</t>
+  </si>
+  <si>
+    <t>12 лютага 2007</t>
+  </si>
+  <si>
+    <t>У праўладным фільме (красавік 2024 года) распавялі, што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
+Супрацоўнікі АНТ сцвярджаюць , што падлеткі аб'ядналіся, каб рабіць дыверсіі па навядзенні ў Беларусі, а пасля - у Расіі. Марыю абвінавачваюць паводле ч. 2 арт. 289 КК (акт тэрарызму). Паводле сюжэту, 16-гадовая Марыя Місюк у 2022 годзе пераехала разам з сям'ёй з Украіны ў Беларусь, дзе стварыла "анархісцкае вочка для падрыхтоўкі тэрактаў". Сярод затрыманых – навучэнцы каледжаў у Баранавічах, Нясвіжы, Міры, Мінску і Лунінцы. Гэта Трафім Барысаў, Сяргей Жыгалёў, Зміцер Захарошка, Анастасія Кліменка і Аляксандра Пуліновіч . Як сцвярджаюць супрацоўнікі АНТ, маладыя людзі збіраліся на Баранавіцкай кватэры, каб падрыхтавацца да сваёй першай сур'ёзнай акцыі – сабраць узрыўчатку і падарваць Баранавіцкую філію міліцыі ці пракуратуру. Па якіх артыкулах абвінавачваюць астатніх пяці ўдзельнікаў, невядома. Як і невядомы іх статусы і месцазнаходжанне.</t>
+  </si>
+  <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 10 гадоў 3 месяца пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 09.02.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Дзяніс Міхайлавіч Красько</t>
   </si>
   <si>
     <t>13 лютага 1975</t>
   </si>
   <si>
     <t>Паводле матэрыялаў абвінавачання , у снежні 2020 года, Красько "апублікаваў у адкрытым доступе ў сетцы Інтэрнэт каментары, накіраваныя на падтрыманне экстрэмісцкай дзейнасці, прапаганду і агітацыю сацыяльнай варожасці і варожасці ў дачыненні да супрацоўнікаў дзяржаўных праваахоўных органаў Рэспублікі Беларусь, прадстаўнікоў судовай улады, вайскоўцам, якія праходзяць службу ва Узброеных сілах Рэспублікі Беларусь, апублікаваў у адкрытым доступе ў сетцы Інтэрнэт каментарыі, накіраваныя на падтрыманне экстрэмісцкай дзейнасці, прапаганду і агітацыю сацыяльнай варожасці і варожасці ў адносінах да названай катэгорыі асоб" .
 24.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 22.01.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.03.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-11 22:28:12</t>
   </si>
   <si>
     <t>Віталь Пятровіч Мінкевіч</t>
   </si>
   <si>
     <t>13 лютага 1994</t>
   </si>
   <si>
     <t>Жыхар Магілёўскай вобласці. Работнік абутковага магазіна.
 У 2020 годзе затрымліваўся за ўдзел у акцыях пратэсту.
 Затрыманы за сабатаж чыгунка каля станцый г. Бабруйска, а таксама падпал стралковага ціра в/ч 5527.
 12.04.2024 адбыўся суд па змене ўмоваў рэжыму адбыцця пакарання і Віталя перавялі на турэмны рэжым тэрмінам на 3 гады.</t>
   </si>
   <si>
-    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
-[...1 lines deleted...]
-  <si>
     <t>15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
+  </si>
+  <si>
+    <t>Марына Юр'еўна Храмцова</t>
+  </si>
+  <si>
+    <t>13 лютага 1984</t>
+  </si>
+  <si>
+    <t>Марына раней працавала прадпрымальніцай, прадавала падлогавыя пакрыцці. Яе ІП зачынілася ў 2015 годзе, пасля чаго жанчына перайшла ў іншую фірму, якая займалася тым жа.
+Жанчына вядомая як аматарка беларускай культуры, брала ўдзел у мерапрыемствах Таварыства беларускай мовы і гуртку народных танцаў.
+Хутчэй за ўсё справа звязана з удзелам Аляксандры ў пратэстных чатах.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.09.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 19.11.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Валянцін Валянцінавіч Цераневіч</t>
+  </si>
+  <si>
+    <t>Валянцін, памочнік майстра на заводзе «Хімвалакно», які ўваходзіць у склад «Гродна Азот», а таксама намеснік старшыні Беларускага незалежнага прафсаюза «Гродна Азота», быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Валянціна прызналі вінаватым паводле артыкулаў «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.
+У кастрычніку 2024 года адбылося чарговае судовае пасяджэнне, па выніках якога Валянціна перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены. Суд па змене рэжыму 09.10.2024: невядома гадоў турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:54:01</t>
   </si>
   <si>
     <t>Валерый Віктаравіч Барзенка</t>
   </si>
   <si>
     <t>13 лютага 1971</t>
   </si>
   <si>
     <t>Яго прызналі вінаватым у тым, што ў лістападзе 2020 года і сакавіку 2021 года ён накіраваў у тэлеграм-боты "дэструктыўных каналаў" інфармацыю пра свайго былога кіраўніка. У наступным яе размясцілі рэсурсы, праз якія "ажыццяўлялася супрацьпраўная дзейнасць у складзе экстрэмісцкіх фармаванняў". Таксама паводле абвінавачання, размяшчэнне інфармацыі, атрыманай ад Барзенка, пацягнула за сабой "іншыя цяжкія наступствы".
 Таксама яго прызналі вінаватым у тым, што ён набыў і захоўваў боепрыпасы да агнястрэльнай зброі.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-10-03 16:12:26</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-09-26 12:54:01</t>
   </si>
   <si>
     <t>Ганна Генадзеўна Шпак</t>
   </si>
   <si>
     <t>14 лютага 1997</t>
   </si>
   <si>
     <t>Ганна скончыла факультэт масавых відаў спорту Беларускага дзяржаўнага ўніверсітэта фізкультуры ў 2019 годзе. Працавала трэнерам-выкладчыкам у школе алімпійскага рэзерву «Буравеснік» у Мінску.
 У 2014 годзе Ганна ўдзельнічала ва II летніх юнацкіх Алімпійскіх гульнях, дзе скокнула на 3.80 і заняла 4-е месца ў агульным заліку. За гэта дзяўчына атрымала імянную стыпендыю ад Нацыянальнага алімпійскага камітэта.
 Верагодна, яе затрымалі па «справе Гаюна». У “спісе экстрэмістаў”, які вядзе МУС, яе статус пазначаны як “адбывае пакаранне”. Гэта значыць, што чалавеку прызначылі ці хімію з кірункам, ці калонію.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Андрэй Анатольевіч Бераставой</t>
-[...32 lines deleted...]
-  <si>
     <t>Антон Алегавіч Чарэмных</t>
   </si>
   <si>
     <t>15 лютага 1983</t>
   </si>
   <si>
     <t>Намеснік камандзіра 310-й групы артылерыі па ідэалагічнай рабоце 120-й асобнай гвардзейскай механізаванай брыгады гвардыі, падпалкоўнік. Яго абвінавачваюць у "здрады дзяржаве асобай, на якую распаўсюджваецца статус вайскоўца" і "распальванні іншай сацыяльнай варожасці".
 Абставіны справы невядомыя.
 5 і 17 ліпеня 2024 г. адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 28.03.2024: невядома. Апеляцыя 17.07.2024: невядома.</t>
   </si>
   <si>
     <t>2023-03-16 11:23:55</t>
   </si>
   <si>
+    <t>Андрэй Анатольевіч Бераставой</t>
+  </si>
+  <si>
+    <t>15 лютага 1980</t>
+  </si>
+  <si>
+    <t>У Андрэя Бераставога больш за 20 гадоў досведу працы ў дызайне, а апошнія 15 ён працуе ў IT. У другой палове 2024-га яго затрымалі. Вядома толькі тое, што падставай затрымання маглі стаць каментары Бераставога ў тэлеграме. Ён карыстаўся старым акаўнтам, прывязаным да яго ўласнага беларускага нумару, і старым нікнэймам, які выкарыстоўваў паўсюль.
+Вядома, што перыядычна ездзіў у Беларусь.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-07-24 17:15:25</t>
+  </si>
+  <si>
     <t>Максім Віктаравіч Палонская</t>
   </si>
   <si>
     <t>16 лютага 1986</t>
   </si>
   <si>
     <t>Вырак суда 29.01.2025: невядома.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Алег Ігаравіч Гаўрылаў</t>
   </si>
   <si>
     <t>16 лютага 1981</t>
   </si>
   <si>
     <t>Фітнес-трэнер з Салігорска.
 Згодна з матэрыяламі справы Гаўрылаў у студзені 2021 года набыў і падаў двум знаёмым — Таццяне і Алегу Бірулям — аэразольныя балоны з фарбай. Пасля чаго апошнія са студзеня па люты 2021 года наносілі на розныя аб'екты інфраструктуры Салігорска надпісы і малюнкі, «ажыццяўляючы іх псуту».
 У жніўні 2021 года Гаўрылаў шляхам дамоўленасцей, у тым ліку за матэрыяльную ўзнагароду, уцягнуў іншага знаёмага — Сяргея Пасюка — у занятак «экстрэмісцкай дзейнасцю».
 Потым абвінавачаныя са жніўня па снежань 2021 года распаўсюджвалі на тэрыторыі Салігорска ўлёткі і іншую друкаваную прадукцыю. Экспертыза зместу «Сумленнай газеты», з асобнікамі якой быў затрыманы трэнер, сведчыла аб тым, што Гаўрылаў нібыта датычны да распальвання расавай, нацыянальнай, рэлігійнай або іншай сацыяльнай варожасці або варожасці, учыненага групай асоб.</t>
   </si>
   <si>
     <t>Вырак суда 12.12.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 07.04.2023: невядома. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-12-30 14:20:17</t>
   </si>
   <si>
+    <t>Андрэй Часлававіч Краснік</t>
+  </si>
+  <si>
+    <t>16 лютага 1967</t>
+  </si>
+  <si>
+    <t>Мужчына працуе тэрапеўтам прыёмнага спакою гарадской бальніцы г. Ліды. Па папярэдняй інфармацыі, затрымалі за лайкі і каментары ў 2020 годзе.
+Неўзабаве стала вядома, што Андрэя Красніка збіраюцца судзіць паўторна: у судзе Лідскага раёна 17 красавіка 2023 г. павінна адбыцца паседжанне па справе супраць палітвязня па ч. 2 арт. 366 КК (Гвалт або пагроза ў дачыненні да службовай асобы) і ч. 1 арт. 342 КК (Арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць парадак, або актыўны ўдзел у іх). Справу прызначаны разглядаць суддзя Уладзімір Фёдаравіч .</t>
+  </si>
+  <si>
+    <t>3,5 года пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-12-20 01:15:12</t>
+  </si>
+  <si>
     <t>Аляксей Андрэевіч Чарнавусаў</t>
   </si>
   <si>
     <t>17 лютага 1991</t>
   </si>
   <si>
     <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
   </si>
   <si>
     <t>Вырак суда 15.05.2024: 4 гады 3 месяца пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 05.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Зміцер Валер'евіч Гут</t>
   </si>
   <si>
     <t>18 лютага 1988</t>
   </si>
   <si>
     <t>Зміцер працаваў у IT сферы, да гэтага 7 гадоў прапрацаваў у пракуратуры.
 09.01.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>6 гадоў пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
   </si>
   <si>
-    <t>Арсеній Алегавіч Майсейчык</t>
-[...12 lines deleted...]
-    <t>2022-03-12 19:28:48</t>
+    <t>Станіслаў Сяргеевіч Шапель</t>
+  </si>
+  <si>
+    <t>19 лютага 2006</t>
+  </si>
+  <si>
+    <t>Як паведамлялася ў фільме АНТ "Дзеці на прыцэле. Завербаваныя ворагам", Станіслава абвінавачваюць у тым, што ён пагадзіўся быць кур'ерам для "арганізацыі, якая курыравала СБУ". Там яго прадставілі як агента ўкраінскіх спецслужбаў-маўляў, хлопец запісаў відэа, што "гатовы працаваць супраць ФСБ і Пуціна". Але на момант здымкі фільма ён ужо адбываў пакаранне ў калоніі за "махлярства". Суд адбыўся ў маі 2024-га. Прыгавор невядомы, тэрмін можа складаць ад 3 да 10 гадоў калоніі са штрафам.
+Паводле фільма АНТ, у студзені 2023 года тады яшчэ 16-гадовы хлопец са шматдзетнай сям'і шукаў працу ў інтэрнэце. Ён натыкнуўся на ашуканцаў, якія прапанавалі працу кур'ерам - забіраць і перавозіць грошы. Станіславу сказалі запісаць відэа, на якім ён заявіў, што падтрымлівае Украіну і нібыта пагаджаецца працаваць для СБУ.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.08.2024: невядома. Апеляцыя 04.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-30 00:03:14</t>
+  </si>
+  <si>
+    <t>Зміцер Алегавіч Сельвеструк</t>
+  </si>
+  <si>
+    <t>19 лютага 1990</t>
+  </si>
+  <si>
+    <t>Аўтар telegram-канала “Сярэбраны век. Футбол Беларусі” і экс-супрацоўнік “Народнай газеты”. Яго абвінавачваюць паводле ч. 1 арт. 361-4 Крымінальнага кодэкса (садзейнічанне экстрэмісцкай дзейнасці). Абставіны справы праваабаронцам невядомыя.
+21.11.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.09.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.11.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-09-27 19:19:37</t>
+  </si>
+  <si>
+    <t>Уладзімір Юр'евіч Савельеў</t>
+  </si>
+  <si>
+    <t>19 лютага 1987</t>
+  </si>
+  <si>
+    <t>У пачатку кастрычніка 2022 г. у Маскоўскім раёне сталіцы на апоры лініі электраперадач невядомыя вывесілі бел-чырвона-белы сцяг і сцяг Украіны. У тэлеграм-канале Антона Матолькі на наступны дзень з'явіўся пост з фатаграфіяй сцяга і подпісам: "Мінчане віншуюць украінскі народ з цудоўнымі навінамі з крымскага моста. Крым — це Україна! Жыве Беларусь! Слава Украіне!". Падчас аператыўна-вышуковых мерапрыемстваў супрацоўнікі міліцыі затрымалі шасцярых мінчан ва ўзросце ад 34 да 36 гадоў, якія нібыта гэта зрабілі. У тым ліку Уладзіміра.
+Савельеў на праўладным відэа казаў , што акцыю зладзілі ў падтрымку ўкраінцаў: "Гэта падтрымка мірных грамадзян, якія гінуць у непатрэбнай вайне".
+14.09.2023 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>2023-05-19 10:04:03</t>
   </si>
   <si>
     <t>Аляксей Мікалаевіч Храловіч</t>
   </si>
   <si>
     <t>19 лютага 1984</t>
   </si>
   <si>
     <t>Экс-падпалкоўнік КДБ.
 Аб крымінальнай справе супраць падпалкоўніка вядома толькі з дзяржаўных СМІ.
 У 2021 годзе на тэлеканале ОНТ паказалі фільм «Аперацыя КДБ «Манкурты»», у якім паведамілі аб затрыманні падпалкоўніка КДБ Аляксея Храловіча.
 Значыць, пад вартай сілавік знаходзіцца каля года на момант абвяшчэння прысуду.
 Храловіч пазбаўлены воінскага звання «падпалкоўнік».</t>
   </si>
   <si>
     <t>Вырак суда 30.03.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 24.10.2023: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
-    <t>Зміцер Алегавіч Сельвеструк</t>
-[...76 lines deleted...]
-    <t>2025-06-30 10:26:56</t>
+    <t>Арсеній Алегавіч Майсейчык</t>
+  </si>
+  <si>
+    <t>19 лютага 2002</t>
+  </si>
+  <si>
+    <t>Быў затрыманы за ўдзел у акцыях пратэсту. Таксама маладых людзей абвінавацілі ў атрыманні з-за мяжы тэлескапічных дубінак, электрашокераў і іншых сродкаў.
+Арсеній скончыў каледж бізнесу і правы па спецыяльнасці "правазнаўства", мае пасведчанне кіроўцы. Перад затрыманнем працаваў кур'ерам па дастаўцы піцы. Хлопец хворы на лейкому і мае патрэбу ў рэгулярным медыцынскім кантролі і штогадовым праходжанні МРТ. Арсенію забаронены многія фізічныя нагрузкі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 01.07.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Міхаіл Рыгоравіч Лапуноў</t>
   </si>
   <si>
     <t>20 лютага 1970</t>
   </si>
   <si>
     <t>Бацька палітвязня Мікіты Залатарова . Міхаіла затрымалі 8 жніўня 2023 г. і асудзілі на 15 сутак арышту па арт. 19.11 КаАП РБ (распаўсюд экстрэмісцкіх матэрыялаў). Пасля першага арышту на волю ён не выйшаў і быў асуджаны па тым жа артыкуле яшчэ на 15 сутак, а потым - яшчэ на 15 сутак.
 22 верасня 2023 года, напярэдадні вызвалення пасля адбыцця трэцяга адміністрацыйнага арышту запар, яго зноў прызналі вінаватым у здзяйсненні правапарушэння і чацвёрты раз адправілі ў ізалятар.
 24 кастрычніка "экстрэмісцкім фармаваннем" па рашэнні КДБ быў прызнаны закрыты Telegram — чат "Гомель за Мікіту Залатарова", а яго адзіным пазначаным удзельнікам — бацька палітвязня Міхаіл Лапуноў.
 Праваабаронцам стала вядома , што праз некаторы час пасля адбыцця адміністрацыйных арыштаў Міхаіл быў узяты пад варту. Па стане на лета 2024 г. утрымліваецца ў СІЗА .</t>
   </si>
   <si>
     <t>Вырак суда 30.08.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.11.2024: невядома.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
   </si>
   <si>
+    <t>Уладзіслаў Вітальевіч Вайцяховіч</t>
+  </si>
+  <si>
+    <t>20 лютага 1995</t>
+  </si>
+  <si>
+    <t>Уладзіслаў быў затрыманы ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму».
+Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».
+Уладзіслава асудзілі па шматлікіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі, першыя пяць гадоў з якога — турэмны рэжым. Таксама яго пазбавілі воінскага звання.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 21 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму (з іх 5 гадоў турэмнага рэжыму), абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Алег Пятровіч Зелянко</t>
+  </si>
+  <si>
+    <t>20 лютага 1983</t>
+  </si>
+  <si>
+    <t>Алег узначальваў гістарычны клуб "Міндоўг" і паралельна займаўся бізнесам.
+У снежні 2024 года Алега Зелянко двойчы асудзілі за «распаўсюд экстрэмісцкіх матэрыялаў» (19.11 КаАП). Пасля адбытых сутак, верагодна, на яго завялі крымінальную справу і пасадзілі ў СІЗА.
+Мяркуючы па ўсім, пасля прысуду Зелянко прысудзілі якраз калонію - яго сацсеткі не абнаўляюцца, а тэлеграм мае статус «быў онлайн вельмі даўно».</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
+  </si>
+  <si>
+    <t>Арцём Сяргеевіч Міцук</t>
+  </si>
+  <si>
+    <t>21 лютага 2001</t>
+  </si>
+  <si>
+    <t>Быў затрыманы па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:01</t>
+  </si>
+  <si>
+    <t>Наталля Аляксандраўна Чубоўская</t>
+  </si>
+  <si>
+    <t>21 лютага 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
+  </si>
+  <si>
     <t>Алег Ігаравіч Сычоў</t>
   </si>
   <si>
     <t>21 лютага 1976</t>
   </si>
   <si>
     <t>47-гадовы Алег нарадзіўся ў Краснаярску, але ў нулявых пераехаў у Беларусь і ўжо атрымаў грамадзянства.  У праўладным фільме паказалі, як «украінскага тэрарыста» Мікалая Швеца затрымалі 4 сакавіка ў доме Алега ў садовым таварыстве «Бярозавы Гай» у вёсцы Чарцяж (Бараўлянскі сельсавет).
 Сычова разам з жонкай Настай Пілько сілавікі затрымалі 3 сакавіка ў гэтым самым доме. Паводле інфармацыі праваабаронцаў, абодва яны зараз знаходзяцца ў СІЗА КДБ.
 Затрыманая пара мае двух непаўналетніх дзяцей, якія зараз з бабуляй .</t>
   </si>
   <si>
     <t>Вырак суда 03.10.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.12.2024: невядома.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
-    <t>Наталля Аляксандраўна Чубоўская</t>
-[...22 lines deleted...]
-  <si>
     <t>Арцём Руслановіч Закржэўскі</t>
   </si>
   <si>
     <t>22 лютага 2003</t>
   </si>
   <si>
     <t>Арцёма прызналі вінаватым у тым, што, паводле матэрыялаў абвінавачання, у ноч з 9 на 10 жніўня 2020 года ў Мінску, падчас несанкцыянаванага масавага мерапрыемства, ён выходзіў на праезную частку, блакіраваў рух транспарту, выкрыкваў лозунгі і не падпарадкоўваўся законным патрабаванням улады.
 Акрамя таго, 1 студзеня 2022 года, знаходзячыся ў нецвярозым стане ў грамадскім месцы, ён беспадстаўна прымяніў гвалт да іншага мужчыны. Арцёма прыгаварылі да абмежавання волі з накіраваннем.
 У кастрычніку 2023 г. адбыўся разгляд справы аб узмацненні рэжыму; прычыны і вынік пасяджэння невядомы.</t>
   </si>
   <si>
     <t>ПУАТ-9, 210034, г.Віцебск, вул. 3-я Чэпінская, 39</t>
   </si>
   <si>
     <t>Вырак суда 05.07.2022: 4 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 27.09.2022: прысуд пакінуты без змены. Суд па змене рэжыму 11.10.2023: невядома. Апеляцыя 19.12.2023: невядома.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
-  </si>
-[...17 lines deleted...]
-    <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Андрэй Канстанцінавіч Ярэмчык</t>
   </si>
   <si>
     <t>23 лютага 1993</t>
   </si>
   <si>
     <t>Бас-гітарыст гурта TOR BAND.
 20 студзеня 2023 года стала вядома, што гурт Tor Band прызналі экстрэмісцкім фармаваннем.
 У склад КДБ унесла Зміцера Галавача і яго жонку Юлію, Яўгена Бурло і Андрэя Ярэмчыка.
 Гэта першы музычны калектыў, які патрапіў у спіс экстрэмісцкіх фармаванняў.</t>
   </si>
   <si>
     <t>7.5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
   <si>
-    <t>Андрэй Яўгенавіч Паротнікаў</t>
-[...12 lines deleted...]
-    <t>2023-03-23 23:52:54</t>
+    <t>Аляксей Анатольевіч Кайдаш</t>
+  </si>
+  <si>
+    <t>23 лютага 1979</t>
+  </si>
+  <si>
+    <t>Спачатку Аляксею прызначылі адміністратыўны арышт па арт. 19.11 КаАП . Затым была ўзбуджаная крымінальная справа па арт. 361-4 КК РБ (садзейнічанне экстрэмісцкай дзейнасці).
+Аляксей Кайдаш у Мазыры займаўся прафесійнымі фатаграфіямі, рабіў вясельныя, дзіцячыя, партрэтныя фота, партфоліё і фота для меню і каталогаў.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-05-20 10:59:49</t>
+  </si>
+  <si>
+    <t>Аляксандр Віктаравіч Кукса</t>
+  </si>
+  <si>
+    <t>24 лютага 1983</t>
+  </si>
+  <si>
+    <t>14 лютага Следчы камітэт узбудзіў крымінальную справу супраць прадстаўнікоў і ўдзельнікаў ініцыятывы "Кадравы рэзерв для Новай Беларусі", абвешчанай Аб'яднаным пераходным кабінетам. Па тэлеканале ОНТ пазней паказалі 14 людзей, затрыманых па гэтай справе. Прапагандыст Ігар Тур заявіў, што разам з сілавікамі ён год слухаў лекцыі для ўдзельнікаў ініцыятывы. 26 лютага праўладныя каналы апублікавалі відэа з удзелам Аляксандра Куксы, дзе ён прызнаўся ва ўдзеле ў гэтай праграме. Праграма "Кадравы рэзерв для новай Беларусі" была запушчана Аб'яднаным пераходным кабінетам у лістападзе 2022 года. Мэтай праекту была падрыхтоўка прафесіяналаў, якія змогуць працаваць на дзяржаўных пасадах і праводзіць рэформы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.12.2024: невядома. Апеляцыя 28.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-03-13 11:05:07</t>
   </si>
   <si>
     <t>Сяргей Анатольевіч Сакалоў</t>
   </si>
   <si>
     <t>24 лютага 1976</t>
   </si>
   <si>
     <t>Сяргей быў затрыманы ў жніўні 2021 года ў межах крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму».
 Паводле абвінавачання, з ліпеня 2020 года па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група, мэтай якой было здзяйсненне экстрэмісцкіх злачынстваў. У групе ўдзельнічалі радыкальна настроеныя асобы, у тым ліку былыя і дзейныя вайскоўцы, супрацоўнікі сілавых органаў, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам». Гэтая справа звязана з абвінавачваннямі ў спробе падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыі масавых беспарадкаў».
 Сяргея асудзілі па некалькіх крымінальных артыкулах на вялікі тэрмін пазбаўлення волі і штрафу, а таксама яго пазбавілі воінскага звання.</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу, абмежаванне па ваеннай службе. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
-    <t>Аляксандр Віктаравіч Кукса</t>
-[...11 lines deleted...]
-    <t>2024-03-13 11:05:07</t>
+    <t>Андрэй Яўгенавіч Паротнікаў</t>
+  </si>
+  <si>
+    <t>24 лютага 1978</t>
+  </si>
+  <si>
+    <t>Палітолаг, спецыяліст па праблемах бяспекі. Кіраўнік аналітычнага цэнтру Belarus Security Blog; член Рады арганізацыі «Правы альянс» (2010-2011).
+Па словах знаёмага Андрэя, яго затрымалі ў Маскве некалькі дзён таму. Цяпер яго даставілі ў Менск і ён зараз знаходзіцца ў СІЗА КДБ. </t>
+  </si>
+  <si>
+    <t>Вырак суда 31.10.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 18.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2023-03-23 23:52:54</t>
+  </si>
+  <si>
+    <t>Цімафей Аляксандравіч Караткевіч</t>
+  </si>
+  <si>
+    <t>25 лютага 2002</t>
+  </si>
+  <si>
+    <t>Асуджаны за лайкі ў 2020 годзе: тады яму было 18 год. Верагодна, суд праходзіў па дыфамацыйных артыкулах.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
+  </si>
+  <si>
+    <t>Аляксей Паўловіч Пераверзеў</t>
+  </si>
+  <si>
+    <t>Па сцвярджэнні праўладных СМІ абвінавачваецца ў фінансаванні тэрарыстычнай дзейнасці за данат Палку Каліноўскага 50 уе ў 2023 годзе.</t>
+  </si>
+  <si>
+    <t>2025-04-03 14:00:05</t>
   </si>
   <si>
     <t>Павел Леанідавіч Нядбайла</t>
   </si>
   <si>
     <t>25 лютага 1981</t>
   </si>
   <si>
     <t>Жыхар Светлагорска быў затрыманы 29 верасня 2020 года па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага напрамку".</t>
   </si>
   <si>
     <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Андрэй Іванавіч Матусенка</t>
+  </si>
+  <si>
+    <t>25 лютага 1969</t>
+  </si>
+  <si>
+    <t>У 2006 годзе Матусенка заснаваў у Смаленскай вобласці фірму "ММ-Транзіт". Яе сфера дзейнасці - грузаперавозкі. У 2020 годзе фірму ліквідавалі. Пасля гэтага віцяблянін працягнуў працаваць у розных фірмах у Расіі - напрыклад, «С-Транс», якая займаецца перавозкамі. Ездзіў паўсюль - Еўрасаюз, Расія, Беларусь, Украіна.
+Матусенка служыў у Аўганістане. Час яго службы - з лістапада 1987-га па люты 1989-га.</t>
+  </si>
+  <si>
+    <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
   </si>
   <si>
     <t>Ягор Рамановіч Цюшкевіч</t>
   </si>
   <si>
     <t>25 лютага 1997</t>
   </si>
   <si>
     <t>Музыка. Працаваў у лялечным тэатры ў Брэсце.
 Першы раз быў асуджаны ў Брэсцкім абласным судзе 19.12.2024 года.
 У кастрычніку 2025 года стала вядома, што на Ягора завялі новую крымінальную справу і перавялі ў СІЗА.</t>
   </si>
   <si>
     <t xml:space="preserve"> Вырак суда 19.12.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.03.2025: невядома.</t>
   </si>
   <si>
     <t>2024-12-12 12:21:12</t>
   </si>
   <si>
     <t>Дзмітрый Васільевіч Андрасюк</t>
   </si>
   <si>
     <t>25 лютага 1984</t>
   </si>
   <si>
-    <t xml:space="preserve">Зміцер праходзіў сведкам па справе брэсцкіх палітвязняў, блогераў Сяргея Петрухіна і Аляксандра Кабанава, якіх у красавіку гэтага года прысудзілі да трох гадоў калоніі агульнага рэжыму. Як распавёў актывіст брэсцкім праваабаронцам, крымінальную справу на яго распачалі за адмову адказваць на пытанні суддзі, які разглядаў справу Петрухіна і Кабанава, бо ён не паказаў службовае пасведчанне суддзі.
-[...5 lines deleted...]
-    <t>Вырак суда 21.09.2021: 3 месяца арышту. Вырак суда 17.12.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2025: невядома.</t>
+    <t>Зміцер праходзіў сведкам па справе брэсцкіх палітвязняў, блогераў Сяргея Петрухіна і Аляксандра Кабанава, якіх у красавіку 2021 года прыгаварылі да трох гадоў пазбаўлення волі. Як ён распавёў брэсцкім праваабаронцам, крымінальную справу супраць яго распачалі за адмову адказваць на пытанні суддзі, які разглядаў справу Петрухіна і Кабанава, паколькі той не прад'явіў службовае пасведчанне. У верасні 2021 года Змітра прызналі вінаватым па артыкуле «адмова або ўхіленне ад дачы паказанняў» і прыгаварылі да арышту.
+Вызвалены ў лютым 2022 года, цалкам адбыўшы прызначаны судом тэрмін пакарання.
+У снежні 2024 года Зміцер быў асуджаны паўторна па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і прыгавораны да пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.09.2021: 3 месяца арышту. Вырак суда 17.12.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.02.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-21 17:48:17</t>
+  </si>
+  <si>
+    <t>Аляксей Дзмітрыевіч Шышкавец</t>
+  </si>
+  <si>
+    <t>25 лютага 1979</t>
+  </si>
+  <si>
+    <t>Затрыманы за «падрыхтоўку да дыверсіі на чыгунцы».
+Паводле інфармацыі МУС, у пачатку 2022 года мужчына «увайшоў у склад экстрэмісцкага фарміравання «ByPol», аўтарызаваўшыся ў мабілізацыйным чат-боце для здзяйснення супрацьпраўных дзеянняў у Беларусі».
+1 сакавіка ён нібыта атрымаў указанні па блакаванні чыгуначных шляхоў, а таксама па вырабе і выкарыстанні «кактэйляў Молатава».</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.10.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:18:52</t>
   </si>
   <si>
     <t>Ларыса Іванаўна Прохарава</t>
   </si>
   <si>
     <t>25 лютага 1975</t>
   </si>
   <si>
     <t>Затрыманы разам з усёй сям'ёй (муж, дачка, сын) па падазрэнні ў "дзяржзмене". Дачку пазней, мяркуючы па ўсім, адпусцілі. Падрабязнасці справы невядомыя.
 Працавала санітаркай у Гомельскай гарадской клінічнай бальніцы №3. Ларыса Прохарава – зусім непублічны чалавек. Яна нарадзілася ў 1975 годзе ў Грабаўцы, дзе пражыла ўсё жыццё.
 Удзельнікі закрытага працэсу маюць падпіскі аб неразгалошванні. З неафіцыйнай крыніцы вядома, што крымінальная справа тычыцца фатаграфавання розных аб'ектаў на тэрыторыі Беларусі, а за фігурантамі справы нейкі час перад арыштам сачылі спецслужбы.
 Сям'я Прохаравых доўгі час жыла ў вёсцы Грабаўка Гомельскага раёна. На момант затрымання яны жылі ў вёсцы Уза Гомельскага раёна, куды пераехалі два гады таму.</t>
   </si>
   <si>
     <t>Вырак суда 20.06.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
-  </si>
-[...40 lines deleted...]
-    <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Віталь Іванавіч Хальчыцкі</t>
   </si>
   <si>
     <t>27 лютага 1957</t>
   </si>
   <si>
     <t>Пенсіянер, і ў яго на ўтрыманні ёсць малалетняе дзіця.</t>
   </si>
   <si>
     <t>Вырак суда 24.03.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
   </si>
   <si>
     <t>Павел Юр'евіч Бялюцін</t>
   </si>
   <si>
     <t>27 лютага 1977</t>
   </si>
   <si>
     <t>Павел быў асуджаны ў судзе Фрунзенскага раёна горада Мінска 23 траўня 2022 года па арт. 369 КК РБ.
 У вячэрнім выпуску навін на дзяржаўным тэлебачанні "Беларусь 1" пятага мая 2025 года Паўла назвалі "ўдзельнікам экстрэмісцкага фарміравання" і "часткай Віленскай харугвы", мэта якой нібыта ўварванне ў Беларусь. У роліку паведамлялася , што актывіст нібыта праходзіў ваенізаваную трэніроўку ва ўказанай арганізацыі. А таксама нібыта ў 2020 годзе ўдзельнічаў у акцыях пратэсту і ўваходзіў у склад групы, якая планавала атаку беспілотнікамі Астравецкай АЭС.
@@ -1622,51 +1627,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1710,182 +1715,182 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
@@ -1918,148 +1923,145 @@
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
       <c r="I14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
       <c r="C15" t="s">
         <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>87</v>
       </c>
       <c r="F15" t="s">
@@ -2070,766 +2072,766 @@
       </c>
       <c r="H15" t="s">
         <v>88</v>
       </c>
       <c r="I15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>90</v>
       </c>
       <c r="B16" t="s">
         <v>91</v>
       </c>
       <c r="C16" t="s">
         <v>92</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16" t="s">
         <v>93</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B26" t="s">
-        <v>136</v>
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>52</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I28" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E31" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>174</v>
+        <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>175</v>
       </c>
       <c r="I33" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>177</v>
       </c>
       <c r="B34" t="s">
         <v>178</v>
       </c>
       <c r="C34" t="s">
         <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E34" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>180</v>
       </c>
       <c r="I34" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>185</v>
       </c>
       <c r="I35" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>187</v>
       </c>
       <c r="B36" t="s">
         <v>188</v>
       </c>
       <c r="C36" t="s">
         <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
         <v>198</v>
       </c>
       <c r="C38" t="s">
         <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>87</v>
+        <v>164</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="H40" t="s">
         <v>209</v>
       </c>
       <c r="I40" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>211</v>
       </c>
       <c r="B41" t="s">
         <v>212</v>
       </c>
       <c r="C41" t="s">
         <v>213</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>214</v>
       </c>
       <c r="I41" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>216</v>
       </c>
       <c r="B42" t="s">
         <v>217</v>
       </c>
       <c r="C42" t="s">
         <v>218</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>174</v>
+        <v>58</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>219</v>
       </c>
       <c r="I42" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>221</v>
       </c>
       <c r="B43" t="s">
         <v>222</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
@@ -2869,191 +2871,194 @@
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>229</v>
       </c>
       <c r="I44" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>231</v>
       </c>
       <c r="B45" t="s">
         <v>232</v>
       </c>
       <c r="C45" t="s">
         <v>233</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>234</v>
       </c>
       <c r="I45" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>236</v>
       </c>
       <c r="B46" t="s">
         <v>237</v>
       </c>
       <c r="C46" t="s">
         <v>238</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>184</v>
+        <v>27</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>239</v>
       </c>
       <c r="I46" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>241</v>
       </c>
       <c r="B47" t="s">
         <v>242</v>
       </c>
       <c r="C47" t="s">
         <v>243</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
+        <v>88</v>
+      </c>
+      <c r="I47" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>245</v>
+      </c>
+      <c r="B48" t="s">
         <v>246</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>247</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>184</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>248</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>250</v>
+      </c>
+      <c r="B49" t="s">
         <v>251</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>252</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>253</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I49" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>255</v>
       </c>
       <c r="B50" t="s">
         <v>256</v>
       </c>
       <c r="C50" t="s">
         <v>257</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>258</v>
       </c>
       <c r="I50" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>260</v>
       </c>
       <c r="B51" t="s">
         <v>261</v>
       </c>
       <c r="C51" t="s">
         <v>262</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
@@ -3062,739 +3067,762 @@
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>263</v>
       </c>
       <c r="I51" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>265</v>
       </c>
       <c r="B52" t="s">
         <v>266</v>
       </c>
       <c r="C52" t="s">
         <v>267</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>82</v>
+      </c>
+      <c r="I52" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>269</v>
+      </c>
+      <c r="B53" t="s">
         <v>270</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>271</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>52</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>272</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>274</v>
+      </c>
+      <c r="B54" t="s">
         <v>275</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" t="s">
+        <v>80</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>276</v>
-      </c>
-[...13 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>277</v>
+      </c>
+      <c r="B55" t="s">
         <v>278</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>279</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>32</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>280</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>282</v>
+      </c>
+      <c r="B56" t="s">
         <v>283</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>284</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
+        <v>286</v>
+      </c>
+      <c r="I56" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>288</v>
+      </c>
+      <c r="B57" t="s">
         <v>289</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>290</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>32</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>291</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>293</v>
+      </c>
+      <c r="B58" t="s">
+        <v>294</v>
+      </c>
+      <c r="C58" t="s">
         <v>295</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>296</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>297</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" t="s">
         <v>300</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>301</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>302</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>304</v>
+      </c>
+      <c r="B60" t="s">
         <v>305</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>52</v>
       </c>
       <c r="F60" t="s">
         <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>307</v>
+      </c>
+      <c r="I60" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>309</v>
+      </c>
+      <c r="B61" t="s">
         <v>310</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>311</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>52</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>312</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>314</v>
+      </c>
+      <c r="B62" t="s">
         <v>315</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>316</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>75</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>33</v>
+      </c>
+      <c r="I62" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>318</v>
+      </c>
+      <c r="B63" t="s">
+        <v>315</v>
+      </c>
+      <c r="C63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>75</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>33</v>
+      </c>
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>223</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>272</v>
+      </c>
+      <c r="I64" t="s">
         <v>324</v>
-      </c>
-[...22 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>325</v>
+      </c>
+      <c r="B65" t="s">
+        <v>326</v>
+      </c>
+      <c r="C65" t="s">
+        <v>327</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>328</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>82</v>
+      </c>
+      <c r="I65" t="s">
         <v>329</v>
-      </c>
-[...22 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>330</v>
+      </c>
+      <c r="B66" t="s">
+        <v>331</v>
+      </c>
+      <c r="C66" t="s">
+        <v>332</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>333</v>
+      </c>
+      <c r="I66" t="s">
         <v>334</v>
-      </c>
-[...22 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>335</v>
+      </c>
+      <c r="B67" t="s">
+        <v>336</v>
+      </c>
+      <c r="C67" t="s">
+        <v>337</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>338</v>
+      </c>
+      <c r="I67" t="s">
         <v>339</v>
-      </c>
-[...22 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>340</v>
+      </c>
+      <c r="B68" t="s">
+        <v>341</v>
+      </c>
+      <c r="C68" t="s">
+        <v>342</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>87</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>343</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>344</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>345</v>
+      </c>
+      <c r="B69" t="s">
+        <v>346</v>
+      </c>
+      <c r="C69" t="s">
         <v>347</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>69</v>
+      </c>
+      <c r="E69" t="s">
+        <v>70</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>348</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>349</v>
-      </c>
-[...13 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>350</v>
+      </c>
+      <c r="B70" t="s">
+        <v>351</v>
+      </c>
+      <c r="C70" t="s">
         <v>352</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>353</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>355</v>
+      </c>
+      <c r="B71" t="s">
+        <v>356</v>
+      </c>
+      <c r="C71" t="s">
+        <v>357</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>358</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>359</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
         <v>362</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>363</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>364</v>
-      </c>
-[...16 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>365</v>
+      </c>
+      <c r="B73" t="s">
+        <v>366</v>
+      </c>
+      <c r="C73" t="s">
         <v>367</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>69</v>
+      </c>
+      <c r="E73" t="s">
+        <v>70</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>368</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>370</v>
+      </c>
+      <c r="B74" t="s">
+        <v>371</v>
+      </c>
+      <c r="C74" t="s">
+        <v>372</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
         <v>373</v>
       </c>
-      <c r="B74" t="s">
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>374</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
         <v>378</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>69</v>
+      </c>
+      <c r="E75" t="s">
+        <v>70</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>380</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>381</v>
+      </c>
+      <c r="B76" t="s">
+        <v>382</v>
+      </c>
+      <c r="C76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>386</v>
+      </c>
+      <c r="B77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>69</v>
+      </c>
+      <c r="E77" t="s">
+        <v>70</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">