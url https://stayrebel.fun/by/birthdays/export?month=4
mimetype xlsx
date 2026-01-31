--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -108,1447 +108,1398 @@
   </si>
   <si>
     <t>2025-01-02 00:30:08</t>
   </si>
   <si>
     <t>Алена Віктараўна Маліноўская</t>
   </si>
   <si>
     <t>2 красавіка 1973</t>
   </si>
   <si>
     <t>Затрымана за маляванне праз трафарэты "Пагоні". У судзе Цэнтральнага раёна Менска 20 верасня вынеслі прысуды тром палітвязням - стрыечнаму брату палітыка Паўла Латушкі Анатолю Латушцы, Ліліі Ананян, Алене Маліноўскай. На судзе Латушка і Маліноўская віну не прызналі, Ананян - прызнала цалкам. У выніку, суддзя Дзмітрый Карсюк прыгаварыў Анатоля да 6 гадоў калоніі, Алену — да 4 гадоў калоніі, Лілію — да 5 гадоў "хатняй хіміі" і яе вызвалення ў зале суда.
 Дома ў Алены застаўся непаўналетні сын.
 У канцы жніўня 2025 года Алена павінна была выйсці на волю, але яе так і не выпусцілі. Як распавялі "Нашай Ніве" сябры Алены , жанчыну перавезлі ў Мінск, дзе завялі на яе новую крымінальную справу.</t>
   </si>
   <si>
     <t>Жаночы</t>
   </si>
   <si>
     <t xml:space="preserve"> Вырак суда 20.09.2022: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.12.2022: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-02-03 18:52:00</t>
   </si>
   <si>
-    <t>Генадзь Васільевіч Горбач</t>
+    <t>Аляксей Уладзіміравіч Глотаў</t>
   </si>
   <si>
     <t>3 красавіка 1978</t>
-  </si>
-[...16 lines deleted...]
-    <t>Аляксей Уладзіміравіч Глотаў</t>
   </si>
   <si>
     <t>Аляксей быў затрыманы 30 чэрвеня 2021 г. у рамках крымінальнай справы па эпізодзе на аб'екце сувязі ВМФ РФ пад Вілейкай.
 Паводле версіі абвінавачання, агучанай у судзе, Аляксей разам з Вадзімам Гулевічам, «апрануўшыся ў камуфляж і ўзброіўшыся агнястрэльнай зброяй, праніклі на тэрыторыю ваеннага аб'екта і ўсталявалі выбуховыя прылады з радыусам паражэння да 11 метраў». Адно з іх не спрацавала і было абясшкоджана. Экспертыза паказала, што ініцыяванне адбывалася з запаволеным дзеяннем.
 Урон ацанілі больш як у 26 тысяч рублёў. У снежні 2022 года яго прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі ўзмоцненага рэжыму і буйнога штрафу.
 У жніўні 2023 года адбылося судовае паседжанне па пытанні замены рэжыму пакарання, у выніку якога Аляксея перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
-    <t>Вырак суда 05.12.2022: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 04.08.2023: 3 гады турэмнага рэжыму.</t>
+    <t>Вырак суда 05.12.2022: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 04.08.2023: 3 гады турэмнага рэжыму. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
     <t>Уладзімір Станіслававіч Казлоўскі</t>
   </si>
   <si>
     <t>3 красавіка 1962</t>
   </si>
   <si>
     <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
+  </si>
+  <si>
+    <t>Людміла Уладзіміраўна Шрубак</t>
+  </si>
+  <si>
+    <t>4 красавіка 1977</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
+  </si>
+  <si>
+    <t>Аляксандр Паўлавіч Сідарэнка</t>
+  </si>
+  <si>
+    <t>4 красавіка 1991</t>
+  </si>
+  <si>
+    <t>Аляксандра, загадчыка крамы York, затрымалі ў лістападзе 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай «Буслы ляцяць». Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі.
+У верасні 2023 года стала вядома, што Аляксандра перавялі ў шпіталь для асуджаных у пасёлку Калядзічы пад Мінскам для правядзення планавай аперацыі. У канцы кастрычніка таго ж года ён быў адваротна пераведзены ў папраўчую калонію.</t>
+  </si>
+  <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
+    <t>Вырак суда 28.09.2022: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Алег Георгіевіч Хаменка</t>
   </si>
   <si>
     <t>4 красавіка 1967</t>
   </si>
   <si>
     <t>Алег Хаменка — музыка, лідэр гурта "Палац".
 Аб затрыманні стала вядома 30 чэрвеня 2025 года. Як зараз вядома, у дачыненні да яго распачата крымінальная справа за супрацоўніцтва з незалежным беларускім медыя, якая знаходзіцца ў спісе так званых "экстрэмісцкіх фарміраванняў" (канкрэтны артыкул Крымінальнага кодэкса на дадзены момант невядомы).
 Алег Хаменка - музыка, кампазітар, радыёвядучы. У 1992 годзе заснаваў фолк-рок гурт "Палац". Гурт выпусціў шэсць студыйных альбомаў, Хаменка таксама выступаў сольна, запісваў аўдыёкніжкі. У 2008-м браў удзел у нацыянальным адборы на "Еўрабачанне" з песняй "Кола грукатала". Пасля 2020 года "Палац" застаўся ў краіне і часам выступаў.</t>
   </si>
   <si>
     <t>2025-07-09 20:45:12</t>
   </si>
   <si>
-    <t>Аляксандр Паўлавіч Сідарэнка</t>
-[...45 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
+    <t>Анатоль Францавіч Леонік</t>
+  </si>
+  <si>
+    <t>5 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Анатоль быў асуджаны за пакінутыя ў сваім профілі ў «Аднакласніках» публікацыі, якія ўтрымлівалі зневажальную інфармацыю пра Лукашэнку. Згодна з пазіцыяй абвінавачвання, іх мэтай было публічна нанесці шкоду аўтарытэту дзяржаўнай улады і распаўсюдзіць загадзя ілжывыя звесткі, якія прыніжаюць Лукашэнку.
+Анатоль прызнаў віну цалкам.</t>
+  </si>
+  <si>
+    <t>2,5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Аляксандра Віктараўна Каско</t>
   </si>
   <si>
     <t>5 красавіка 1993</t>
   </si>
   <si>
     <t>Аляксандра была затрымана ў лютым 2023 года па вяртанні ў Беларусь і на наступны дзень асуджана па адміністрацыйным артыкуле за "распаўсюджванне экстрэмісцкіх матэрыялаў" на 10 сутак. Аднак пасля адбыцця арышту яна так і не выйшла на волю, бо супраць яе распачалі крымінальную справу за два інтэрв'ю інфармацыйнаму рэсурсу, прызнанаму "экстрэмісцкім фармаваннем".
 Яе абвінавацілі ў садзейнічанні "экстрэмісцкім фармаванням", адміністраванні Telegram-каналаў, распальванні варожасці, абразе ўладаў, распаўсюджванні персанальных дадзеных, а таксама ў паклёпе на Лукашэнку, і асудзілі па васьмі крымінальных артыкулах.
 У сакавіку 2024 года суд разгледзеў апеляцыйную скаргу і скараціў тэрмін яе зняволення на адзін год, без права на далейшае абскарджанне.
 У траўні 2024 года стала вядома, што яе паўторна асудзілі за "абразу прадстаўніка ўлады і суддзі".
 Увесну 2025 года з'явіліся звесткі аб тым, што супраць Аляксандры распачалі чарговую крымінальную справу, і яе перавялі ў СІЗА.</t>
   </si>
   <si>
     <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
   </si>
   <si>
     <t>Вырак суда 19.12.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.03.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 31.05.2024: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 100 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
-    <t>Анатоль Францавіч Леонік</t>
-[...12 lines deleted...]
-    <t>2023-01-20 16:09:40</t>
+    <t>Зміцер Пятровіч Карнейчык</t>
+  </si>
+  <si>
+    <t>6 красавіка 1982</t>
+  </si>
+  <si>
+    <t>Сутнасць абвінавачанняў пакуль высвятляецца, але найбольш верагодна, што заключылі Дзмітрыя па гучнай справе маніторынгавага канала "беларускі Гаюн", які адсочваў дзеянні расійскіх войскаў у Беларусі перад і падчас іх узброенай агрэсіі супраць Украіны. Пра Дзмітрыя Карнейчыка вядома, што апошнім месцам яго працы была гандлёвая сетка ААТ "Аўтаспэйс", якая займаецца гандлем аўтазапчасткамі і расходнымі матэрыяламі і мае магазіны ў розных гарадах Беларусі. Раней ён быў індывідуальным прадпрымальнікам у сферы прафесійных фотапаслуг.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-12-28 21:24:09</t>
   </si>
   <si>
     <t>Аляксандр Фадзеевіч Хомчык</t>
   </si>
   <si>
     <t>6 красавіка 1965</t>
   </si>
   <si>
-    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
-[...2 lines deleted...]
-    <t>Вырак суда 19.09.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.09.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
+    <t>Іван Замяцін</t>
+  </si>
+  <si>
+    <t>7 красавіка 2003</t>
+  </si>
+  <si>
+    <t>Пракуратура Брэсцкай вобласці пералічыла , за якія дзеянні хлопца пераследуюць па 4 артыкулах: гэта 9 донатаў на ютуб-канал, які «выкарыстоўваецца для інфармацыйнай падтрымкі» Палка Каліноўскага. Акрамя таго, у 2024 годзе малады чалавек напісаў у тэлеграм-чатах нейкія паведамленні з «публічнымі абразамі» А.Лукашэнкі, а таксама паведамленні, якія нібыта падыходзяць пад артыкул 361 КК (Заклікі да санкцый). Нарэшце, у кастрычніку 2024 г. брэстаўчанін, мяркуючы па ўсім , спрабаваў далучыцца да плана «Перамога» ( «актываваў перапіску з тэлеграм-ботам, запоўніў прапанаваную анкету, у якой паказаў звесткі пра сябе і свае навыкі, тым самым увайшоўшы ў яго склад» і выканаў нейкае «тэставое заданне» .</t>
+  </si>
+  <si>
+    <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Уладзімір Аляксандравіч Аўрамцаў</t>
   </si>
   <si>
     <t>7 красавіка 1994</t>
   </si>
   <si>
     <t>Уладзімір, выпускнік Бабруйскага вучылішча алімпійскага рэзерву і БДАТУ, займаўся барацьбой і працаваў трэнерам у фітнес-цэнтры "Ева".
 Яго затрымалі 30 сакавіка 2022 года па абвінавачанні ў дыверсіі на чыгунцы. Нягледзячы на тое, што ён не аказаў супраціўлення, спецназ ужыў сілу і зброю. Пазней яго асудзілі па пяці цяжкіх артыкулах Крымінальнага кодэкса.
 У верасні 2024 года Уладзіміра перавялі на строгі турэмны рэжым.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 10.02.2023: 22 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 350 базавых велічынь штрафу, прыблізна 13000 рублёў кампенсацыі. Апеляцыя 26.04.2023: прысуд пакінуты без змены. Суд па змене рэжыму 25.09.2024: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
-  </si>
-[...31 lines deleted...]
-    <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Алег Аляксандравіч Дзегцярэнка</t>
   </si>
   <si>
     <t>8 красавіка 2002</t>
   </si>
   <si>
     <t>Сутнасць абвінавачання праваабаронцам пакуль невядомая.
 Суд, які доўжыўся з 9 лютага, прызнаў Дзегцярэнку вінаватым ва "ўваходжанні ў склад экстрэмісцкага фарміравання" і па ч. 3 арт. 361-1 КК яму прызначанае пакаранне ў выглядзе пазбаўлення волі на тэрмін тры гады.
 Ён жа прызнаны вінаватым у "выдзяленні сродкаў любым спосабам у мэтах выкарыстання ў тэрарыстычнай дзейнасці, матэрыяльнага забеспячэння і іншай падтрымкі", асобай, якая раней учыніла злачынства, прадугледжанае арт. 361-1 КК, і па ч. 2 арт. 290-1 КК (у рэдакцыі Закона Рэспублікі Беларусь ад 09.01.2019 №171-З) яму прызначана пакаранне ў выглядзе пазбаўлення волі на тэрмін 8 гадоў са штрафам у памеры 100 базавых велічыняў.
 Шляхам частковага складання пакаранняў, канчаткова абвінавачанаму прызначанае пакаранне ў выглядзе пазбаўлення волі на тэрмін 8 гадоў 6 месяцаў.
 10.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
+  </si>
+  <si>
     <t>Вырак суда 07.03.2024: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.05.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
     <t>Станіслаў Валер'евіч Мачалаў</t>
   </si>
   <si>
     <t>8 красавіка 1976</t>
   </si>
   <si>
     <t>Станіслаў, актывіст з Гомеля, быў затрыманы 28 траўня 2021 года пасля таго, як у ягонай кватэры, дзе ён пражываў з бацькамі, сілавікі правялі ператрус. Да гэтага ён тройчы адбываў адміністратыўны арышт па артыкуле 24.23 КаАП РБ за ўдзел у акцыях пратэсту.
 Станіслава асудзілі па двух крымінальных артыкулах за ўдзел у счэпцы на Маршы салідарнасці, які прайшоў 20 верасня 2020 года ў Гомелі. Ён адмовіўся падпісваць прашэнне аб памілаванні і адстойваў свае правы нават у цяжкіх умовах зняволення, нягледзячы на праблемы са здароўем. Без яго апекі засталіся непаўналетняя дачка і састарэлыя бацькі, бацька — інвалід.
 Вызвалены ў снежні 2023 года, цалкам адбыўшы прызначаны судом тэрмін пакарання.
 У снежні 2024 года стала вядома, што Станіслаў зноў затрыманы па новай крымінальнай справе.</t>
   </si>
   <si>
     <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
   </si>
   <si>
     <t>Вырак суда 03.01.2022: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.03.2022: прысуд пакінуты без змены. Вырак суда 26.11.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-06-01 03:07:17</t>
   </si>
   <si>
+    <t>Андрэй Уладзіміравіч Асіпенка</t>
+  </si>
+  <si>
+    <t>8 красавіка 1967</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
+  </si>
+  <si>
     <t>Ягор Анатольевіч Волкаў</t>
   </si>
   <si>
     <t>9 красавіка 1969</t>
   </si>
   <si>
     <t>Ягору Волкаву 55 гадоў. Ён мінчанін, вучыўся ў 50-й школе. Пасля скончыў Мінскі радыётэхнічны інстытут (цяпер - Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі).
 З 1990-х Волкаў пачаў займацца бізнэсам. Вядома, што яго сфера-гэта грузаперавозкі, уключаючы вадкія грузы. Бізнэс мужчыны даволі буйны, аўтапарк яго фірмы-да сотні грузавых аўта.
 Па сцвярджэнні праўладных СМІ Ягора судзілі за ахвяраванні ў Полк Каліноўскага з 2022 па 2023 гады ў крыптавалюце на суму 11100 уе, а таксама за фота з пратэстаў.
 23.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 03.05.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.07.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
     <t>Аляксандр Фёдаравіч Горбель</t>
   </si>
   <si>
     <t>9 красавіка 1978</t>
   </si>
   <si>
     <t>08.08.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.
 Вядома, што 15 лютага 2024 года супраць Аляксандра быў разгледжаны адміністрацыйны пратакол па ч. 2 ст. 19.11 КаАП (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць). Суддзя Тарабуева Таццяна падвергла Аляксандра адміністрацыйнаму спагнанню ў выглядзе адміністрацыйнага арышту тэрмінам на 15 сутак. Аляксандр на ўласнай старонцы ў Аднакласніках размясціў інфармацыйную прадукцыю ў выглядзе відэазапісу "Паглядзіце што засталося ад аднаго..." тэлеканала Белсат.</t>
   </si>
   <si>
     <t>Вырак суда 04.06.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Сяргей Пятровіч Харытановіч</t>
   </si>
   <si>
     <t>9 красавіка 1979</t>
   </si>
   <si>
     <t>Кіроўца таксі. Паводле праўладных тэлеграм-каналаў затрыманы за каментары ў сацсетках. На "пакаяным відэа" беларус расказвае, што ў 2020-м годзе ўдзельнічаў у пратэстах, а з 2020-га да сярэдзіны 2023-га года ў чатах пакінуў больш за 2000 «абразлівых каментароў» на адрас Лукашэнкі, працаўнікоў пракуратуры і міліцыянтаў. Пры затрыманні Сяргею зламалі руку. Яго са зламанай рукой трымалі 35 дзён у карцэры на Акрэсціна. Начальнік ІЧУ выказваў прадузятыя адносіны канкрэтна да яго, праз "каментатарскі" артыкул.
 2 жніўня 2024 года будзе разгледжана апеляцыя на прыгавор.</t>
   </si>
   <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
     <t>Вырак суда 20.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.08.2024: невядома.</t>
   </si>
   <si>
     <t>2023-01-24 15:04:49</t>
   </si>
   <si>
     <t>Ігар Аляксандравіч Калуеў</t>
   </si>
   <si>
     <t>9 красавіка 1974</t>
   </si>
   <si>
     <t>Судзячы па сацсетках, мужчына працаваў на розных працоўных спецыяльнасцях у родным горадзе.
 Сутнасць абвінавачанняў невядомая, але амаль напэўна звязана з яго актыўнасцю ў сацсетках.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
-  </si>
-[...28 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Алег Анатольевіч Кацапаў</t>
   </si>
   <si>
     <t>10 красавіка 1969</t>
   </si>
   <si>
     <t>Вядома, што Алега затрымалі па адміністрацыйнай справе 21 сакавіка 2023 г. і абвінавацілі ў вырабе, распаўсюджванні або захоўванні экстрэмісцкіх матэрыялаў па арт. 19.11 КаАП.
 Раней Алег займаўся грамадскай і культурнай дзейнасцю, адзін час кіраваў Гомельскай "талакой", як літаратар шмат друкаваўся ў часопісах і газетах.
 Судовы працэс адбываўся ў закрытым рэжыме.
 05.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
   </si>
   <si>
     <t>2,5 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2023-11-21 14:54:06</t>
   </si>
   <si>
     <t>Валерый Феліксавіч Пазьнякевіч</t>
   </si>
   <si>
     <t>10 красавіка 1968</t>
   </si>
   <si>
     <t>Валеры - беларускі паэт. Складаецца ў беларускім Саюзе журналістаў. Друкаваўся ва ўсіх вядомых беларускіх часопісах і газетах. У 1998 годзе яго вершы былі надрукаваны ў хрэстаматыі для сярэдніх школ і чатырох анталогіях.
 У 1994 годзе стаў дыпламантам Першага Рэспубліканскага фестывалю беларускай бардаўскай песні. Многія вершы пакладзены на музыку.
 Некалькі разоў затрымліваўся паводле палітычна матываваных адміністрацый. Па крымінальнай справе быў затрыманы ўлетку 2025 года. Да суда быў пад падпіскай аб нявыездзе.
 У Валерыя ляжачая мама-інвалід, якая мае патрэбу ў пастаянным доглядзе.</t>
   </si>
   <si>
     <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
   </si>
   <si>
     <t>Вырак суда 14.08.2025: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 24.10.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
   </si>
   <si>
+    <t>Вячаслаў Валянцінавіч Кандыба</t>
+  </si>
+  <si>
+    <t>10 красавіка 1977</t>
+  </si>
+  <si>
+    <t>Вячаслаў быў затрыманы ўлетку 2021 года ў межах крымінальнай справы, узбуджанай па артыкулах «распальванне варожасці» і «незаконны збор і распаўсюджванне звестак аб прыватным жыцці».
+У сакавіку 2022 года ён быў асуджаны за перадачу звестак аб прадстаўніках сілавых ведамстваў апазіцыйнаму тэлеграм-каналу. Вячаслаў таксама пазбавіўся спецыяльнага звання «падпалкоўнік юстыцыі» запасу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 15.03.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, абмежаванне па ваеннай службе.</t>
+  </si>
+  <si>
+    <t>2021-09-06 18:28:41</t>
+  </si>
+  <si>
+    <t>Андрэй Андрэевіч Лаўрыновіч</t>
+  </si>
+  <si>
+    <t>10 красавіка 1981</t>
+  </si>
+  <si>
+    <t>10.11.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
+  </si>
+  <si>
     <t>Сцяпан Сяргеевіч Латыпаў</t>
   </si>
   <si>
     <t>11 красавіка 1980</t>
   </si>
   <si>
     <t>Арбарыст і дырэктар кампаніі "Беларба", які пражывае каля "Плошчы Перамен", быў затрыманы 15 верасня 2020 года ў рамках крымінальнай справы аб масавых беспарадках і прызнаны вінаватым па трох артыкулах КК РБ.
 У верасні 2022 года Сцяпану стала больш жорсткім пакаранне, і яго перавялі на турэмны рэжым на два гады.
 Увосень 2024 Сцяпана зноў этапавалі ў ВК - 22.</t>
   </si>
   <si>
     <t>Вырак суда 16.08.2021: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 16.11.2021: прысуд пакінуты без змены. Суд па змене рэжыму 15.09.2022: 2 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
-    <t>Арцём Алегавіч Макавей</t>
-[...15 lines deleted...]
-  <si>
     <t>Вольга Віктараўна Пятух</t>
   </si>
   <si>
     <t>11 красавіка 1993</t>
   </si>
   <si>
     <t>Вольга, якая працавала арт-дырэктарам у гатэлі «Еўропа» ў Мінску, была затрымана ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджана па некалькіх крымінальных артыкулах.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
   </si>
   <si>
     <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
-    <t>Юрый Юр'евіч Ганцарэвіч</t>
-[...13 lines deleted...]
-    <t>2022-05-12 13:08:18</t>
+    <t>Аляксей Мікалаевіч Мандзік</t>
+  </si>
+  <si>
+    <t>12 красавіка 1993</t>
+  </si>
+  <si>
+    <t>28-гадовага Аляксея Мандзіка затрымалі ў лістападзе 2021 года. Ён — работнік пятай гарадской паліклінікі, загадчык аддзялення прафілактыкі, урач-тэрапеўт.
+Прычына затрымання ГУБАЗам — удзел у «дэструктыўных Telegram-каналах», дзе пісаў «дэструктыўныя і абразлівыя каментарыі» на адрас супрацоўнікаў АУС.
+На праўладным рэсурсе быў апублікаваны яго пакаяльны ліст.</t>
+  </si>
+  <si>
+    <t>7 гадоў пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Юры Аляксеевіч Рэдзькоў</t>
   </si>
   <si>
     <t>12 красавіка 1976</t>
   </si>
   <si>
     <t>Аглядальнік, рэжысёр, арганізатар мядовых кірмашоў і дырэктар кампаніі "Цар-мёд".
 Асуджаны за ўдзел у акцыях пратэсту 23.08.2020 года ў якасці аглядальніка
 Увосень 2024 года Юрыю замянілі рэжым і адправілі здабываць тэрмін у калонію.
 Увосень 2025 года стала вядома, што Юрыя асудзілі яшчэ па адной крымінальнай справе і прысудзілі пазбаўленне волі. Падрабязнасці справы невядомыя.</t>
   </si>
   <si>
     <t>Вырак суда 15.09.2022: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 29.11.2022: прысуд пакінуты без змены. Суд па змене рэжыму 30.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
-    <t>Аляксей Мікалаевіч Мандзік</t>
-[...18 lines deleted...]
-  <si>
     <t>Іван Аляксандравіч Губчык</t>
   </si>
   <si>
     <t>13 красавіка 1987</t>
   </si>
   <si>
     <t>Як сцвярджаюць у Генпракуратуры, жыхар Віцебска з 16 ліпеня па 12 жніўня 2020 года «ў стане алкагольнага ап'янення са сваёй старонкі ў TikTok для абуджэння сацыяльнай варожасці размясціў у публічным доступе тры відэазапісы». «Прадстаўлены ў іх матэрыял фармаваў негатыўнае стаўленне да работнікаў міліцыі і прадстаўнікоў каманднага складу арміі, заахвочваючы да гвалтоўна-агрэсіўных дзеянняў», — адзначаецца ў прэс-рэлізе.
 У Генпракуратуры таксама заяўляюць, што 34-гадовы мужчыны раней быў 10 разоў судзімы.</t>
   </si>
   <si>
     <t>4,5 гады пазбаўлення волі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
   </si>
   <si>
     <t>Аляксандр Анатольевіч Лыцін</t>
   </si>
   <si>
     <t>13 красавіка 1993</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>Вырак суда 22.12.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-12-13 14:55:40</t>
   </si>
   <si>
     <t>Ігар Мікалаевіч Шуканаў</t>
   </si>
   <si>
     <t>14 красавіка 1963</t>
   </si>
   <si>
     <t>62-гадовы супрацоўнік лабараторыі інфарматыкі і сувязі Мазырскага нафтаперапрацоўчага завода.
 Ігара Шуканава паказальна жорстка затрымлівалі 1 жніўня 2024 года. За ім з Мінска прыехаў ГУБАЗ. Яго затрымалі проста на працоўным месцы. Затым завадскім аўтамабілем «УАЗ-Patriot» вывезлі за прахадную завода. Недалёка ад аўтобуснага прыпынку, на паркоўцы каля галоўнай прахадной завода, дзе ў той час былі людзі, губопікаўцы ўчынілі паказальнае збіццё Шуканава — выцягнулі з УАЗа, кінулі тварам на асфальт і, націснуўшы каленам на галаву, надзелі кайданкі.
 Характэрна, што раніцай таго дня Ігара судзілі па адміністрацыйным артыкуле за распаўсюджванне "экстрэмізму". Яму далі штраф і адпусцілі - каб праз некалькі гадзін арыштаваць.</t>
   </si>
   <si>
     <t>Вырак суда 26.02.2025: невядома. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-02-17 16:29:03</t>
+  </si>
+  <si>
+    <t>Іван Мікалаевіч Бародзіч</t>
+  </si>
+  <si>
+    <t>14 красавіка 1974</t>
+  </si>
+  <si>
+    <t>Следства лічыць, што ў студзені 2023 года Іван Ліхалат выйшаў на сувязь з СБУ, дзе яму даручылі ўзарваць чыгуначныя шляхі.
+Ліхалат і Бародзіч былі затрыманы ў Гродне.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.12.2024: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
+  </si>
+  <si>
+    <t>Дзяніс Анатольевіч Пятроў</t>
+  </si>
+  <si>
+    <t>14 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Дзяніс быў асуджаны ў 2025 годзе ў рамках крымінальнай справы, узбуджанай па артыкуле «распальванне варожасці», і прыгавораны да абмежавання волі з накіраваннем.</t>
+  </si>
+  <si>
+    <t>ПУАТ-29, г. Валкавыск, вул. Ракасоўскага, 118, 230415</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Яўген Міхайлавіч Ярмак</t>
   </si>
   <si>
     <t>14 красавіка 1991</t>
   </si>
   <si>
     <t>11 сакавіка 2022 года Яўгена затрымалі за каментары ў "Карніках".
 Пры ператрусе ў яго знайшлі гашыш. Яўген распавёў, што купіў яго для сябе і свайго знаёмага-калегі Юрыя, з якім раней неаднаразова ўжываў яго.
 Мужчыну затрымалі і змясцілі пад варту, паставіўшы яму артыкулы за абразу чатырох міліцыянтаў, суддзі і незаконны абарот наркотыкаў.
 27.09.2022 адбылося апеляцыйнае паседжанне суда.</t>
   </si>
   <si>
     <t>Вырак суда 22.07.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Іван Мікалаевіч Бародзіч</t>
-[...12 lines deleted...]
-    <t>2023-09-27 21:12:08</t>
+    <t>Зміцер Леанідавіч Каханоўскі</t>
+  </si>
+  <si>
+    <t>15 красавіка 1991</t>
+  </si>
+  <si>
+    <t>Работнік Магілёўскага аддзялення Белтэлекам. Затрыманы на працоўным месцы 28 кастрычніка 2021 года. Папярэдне абвінавачваецца ў распаўсюдзе дадзеных супрацоўнікаў сілавых структур.</t>
+  </si>
+  <si>
+    <t>6,5 гадоў пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Сяргей Віктаравіч Сацук</t>
+  </si>
+  <si>
+    <t>15 красавіка 1968</t>
+  </si>
+  <si>
+    <t>Журналіст-расследавальнік, рэдактар беларускага партала «Штодзённік» (ej.by).
+Быў затрыманы 8 снежня 2021 года. Раней Сяргей быў затрыманы з 25 сакавіка да 4 красавіка 2020 года па гэтай жа справе.
+Частка праваабарончых арганізацый расцаніла рэпрэсіі як пасведчанне аб наяўнасці палітычнага матыву ў пераследзе журналіста, накіраванага на прымус да спынення або змены характару ягонай дзейнасці па распаўсюдзе інфармацыі аб карупцыі.
+Падставай для пераследу журналіста, на думку калег Сацука, сталі гучныя расследаванні, якія ў першую чаргу тычацца маштабнай карупцыі ў медыцынскай сферы. На падставе атрыманых фактаў ён распавёў аб беспрэцэдэнтных «адкатах» за пастаўку дарагога абсталявання; аб закупцы незарэгістраванай вакцыны, якую фактычна апрабавалі на беларускіх дзецях; аб фальсіфікацыі дадзеных па распаўсюджванні COVID-19 у Беларусі. І ўсё гэта пры адабрэнні кантрольнага ведамства — Міністэрства аховы здароўя.</t>
+  </si>
+  <si>
+    <t>8 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Аляксандр Анатольевіч Невар</t>
+  </si>
+  <si>
+    <t>15 красавіка 1985</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Міхаіл Валянцінавіч Мякека</t>
+  </si>
+  <si>
+    <t>15 красавіка 1993</t>
+  </si>
+  <si>
+    <t>Жыў і працаваў у Польшчы паўтара гады і вярнуўся ў Беларусь, дзе і быў затрыманы напрыканцы лістапада 2022 года. Па версіі сілавікоў, менавіта ў Польшчы ён зарэгістраваўся ў плане "Перамога". Таксама ён нібыта пісаў паведамленні з пагрозамі сілавікам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.08.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.11.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
   </si>
   <si>
     <t>Васіль Іванавіч Дземідовіч</t>
   </si>
   <si>
     <t>15 красавіка 1952</t>
   </si>
   <si>
     <t>Раней прыцягваўся да адміністратыўнай адказнасці за ўдзел у акцыях пратэсту.
 Паводле даных следства, Васіль з верасня 2021 года па студзень 2022 года размяшчаў у дэструктыўных Telegram-каналах паведамленні з абразамі прадстаўнікоў улады, у тым ліку вышэйшых службовых асоб Рэспублікі Беларусь.
 Таксама ён выказваў пагрозы прымянення гвалту ў дачыненні да супрацоўнікаў праваахоўнай і судовай сістэм, пры гэтым публічна прыніжаючы іх гонар і годнасць. Акрамя таго, мужчына заклікаў грамадзян да дзеянняў, накіраваных на арганізацыю масавых беспарадкаў. У экстрэмісцкіх Telegram-каналах ён шукаў людзей, гатовых здзяйсняць "злачынствы", аднак не давёў свой намер да канца, паколькі быў затрыманы супрацоўнікамі праваахоўных органаў.
 З абвінавачанага на карысць пацярпелых таксама спагнана грашовая кампенсацыя маральнай шкоды на агульную суму 32 000 беларускіх рублёў.
 31 студзеня 2023 г. у Дзяржынску пачаўся чарговы суд над пенсіянерам. На гэты раз яго абвінавацілі па арт. 369 КК (Абраза прадстаўніка ўлады).
 13.02.2023 быў агучаны другі прысуд.
 У судзе Драгічынскага раёна 23 сакавіка 2023 г. пачалі разглядаць справу палітвязня па арт. 369 КК РБ Васіля Дземідовіча змясцілі ў драгічынскі ІЧУ.
 У красавіку палітвязня перавялі ў гомельскі СІЗА-3 . У судзе Савецкага раёна Гомеля 20 красавіка 2023 года пачалі разглядаць чарговую справу пенсіянера. Яму інкрымінуецца арт. 369 КК РБ і арт. 391 КК РБ. 2 траўня быў вынесены чарговы прысуд.
 5 мая 2023 г. над Дземідовічам пачнецца ўжо пяты суд - мужчыну абвінавачваюць зноў па арт. 369 КК . Працэс адбудзецца ў Пухавічах, суддзя - Вольга Бабук .
 Чарговае паседжанне прызначанае на 24 траўня 2023 г. у Пухавічах.
 5 ліпеня 2023 г. у Гомельскім абласным судзе разглядала апеляцыйная скарга палітвязня суддзёй Русланам Царуком.
 У судзе Нясвіжскага раёна 23 жніўня 2023 г. разглядалася шостая крымінальная справа супраць палітвязня.
 У Старых Дарогах 19 кастрычніка 2023 года пачнецца ўжо сёмы суд над Васілём . Усяго Васіляасудзілі на 7 гадоў пазбаўлення волі, пры гэтым вынік апошніх двух судоў пакуль невядомы.
 У сувязі з тым, што палітвязня ўнеслі ў "спіс тэрарыстаў", яму нельга рабіць грашовыя пераводы. Акрамя таго, у Васіля няма сваякоў, якія маглі б яго падтрымаць. За апошні год ён перажыў дзясяткі этапаў. Этапуюць палітвязняў у цяжкіх умовах, гэта пакідае вельмі дрэнны адбітак на здароўе Васіля.
 15 снежня 2023 г. у Старых Дарогах аднавіўся суд над Васілём, які пачаўся ў кастрычніку.
 У канцы чэрвеня 2025 года на таргах на пляцоўцы "БелЮрЗабеспячэнне" быў прададзены жылы дом Васіля.</t>
   </si>
   <si>
     <t>1) 6 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.
 2) 1 год зняволення са штрафам у памеры 30 базавых велічыняў.
 Шляхам частковага складання пакаранняў, канчаткова яго прыгаварылі да 6,5 гадоў калоніі ва ўмовах узмоцненага рэжыму.
 3) 2,5 гады пазбаўлення волі ў калоніі.
 Шляхам частковага складання канчаткова пенсіянеру прызначылі 7 год пазбаўлення волі.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Міхаіл Валянцінавіч Мякека</t>
-[...61 lines deleted...]
-  <si>
     <t>Алена Уладзіміраўна Марозава</t>
   </si>
   <si>
     <t>16 красавіка 1979</t>
   </si>
   <si>
     <t>Згодна з праўладнымі тэлеграмамі-канал была затрымана разам з сынам за ўдзел у акцыях пратэсту 2020 года. 06.03.2024 была асуджаная па адміністрацыйным артыкуле ( арт. 19.1 КаАП РБ – Дробнае хуліганства). Пасля ёй вылучылі абвінавачанні па крымінальных артыкулах.</t>
   </si>
   <si>
     <t>Вырак суда 17.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-03-08 00:00:02</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-01-09 01:16:25</t>
   </si>
   <si>
     <t>Алена Мікалаеўна Тапаркова</t>
   </si>
   <si>
     <t>16 красавіка 1970</t>
   </si>
   <si>
     <t>Алене Тапарковай 54 гады. Скончыла Беларускую дзяржаўную політэхнічную акадэмію (цяпер - БНТУ).
 Верагодна, Алену затрымалі падчас рэйду на салідарных з палітвязнямі, які адбыўся напрыканцы студзеня 2024 года.
 Людзі, якія трапілі пад аблаву на салідарных з палітвязнямі, якая адбылася з 23 па 24 студзеня, кажуць, што колькасць тых, на каго завялі крымінальныя справы, можа быць значна большай, чым вядома праваабаронцам. Абсалютна непублічныя людзі проста рабілі пераклады ці адпраўлялі пасылкі палітвязням з уласных сродкаў.</t>
   </si>
   <si>
     <t>Вырак суда 12.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
+  </si>
+  <si>
+    <t>Уладзімір Мікалаевіч Лісіца</t>
+  </si>
+  <si>
+    <t>16 красавіка 1968</t>
+  </si>
+  <si>
+    <t>Былы "афганец" і чалавек з прынцыповай грамадзянскай пазіцыяй, а яго жонка Аксана Лісіца - дырэктар Высочанскай базавай школы і дэпутат райсавета 28-га склікання. Уладзімір Лісіца нарадзіўся ва Украіне і замест аватаркі на яго старонцы ў «Аднакласніках» - украінскі сцяг. Змест гэтай старонкі, які зараз па большай частцы выдалены, вывучала Лёзненская раённая пракуратура, і яна вырашыла, што «інфармацыйная прадукцыя на персанальнай старонцы "Уладзімір Лісіца" у сацыяльнай сетцы «Аднакласнікі» змяшчае прыкметы дзейнасці, накіраванай на садзейнічанне ажыццяўленню экстрэмісцкай дзейнасці, праходжанне навучання або іншай падрыхтоўкі для ўдзелу ў такой дзейнасці". Паводле следства , Уладзімір Лісіца пакінуў каментары і на адрас яшчэ некалькіх вядомых у Беларусі асоб: "публічна непрыстойныя каментары прагучалі на адрас ваеннага камісара Гомельскай вобласці А. В. Крываносава, дэпутата Палаты прадстаўнікоў Нацыянальнага сходу РБ А. С. Гайдукевіча, старшыні Глыбоцкага райвыканкама . М.Шубскага і А.Г. Лукашэнка". Паводле судовага прысуду, спадар Лісіца павінен адбыць тры гады ў папраўчай калоніі ва ўмовах агульнага рэжыму, а таксама выплаціць 7400 рублёў штрафу і кампенсацыю маральнай школы двум пазоўнікам - Генеральнаму Пракурору Рэспублікі Беларусь А. Шведу і дэпутату Наваполацкага гарадскога Савета дэпутатаў І. Мядзведскаму – па 3 000 рублёў кожнаму.
+05.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.12.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.03.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-01-09 01:16:25</t>
+  </si>
+  <si>
+    <t>Андрэй Станіслававіч Пачобут</t>
+  </si>
+  <si>
+    <t>16 красавіка 1973</t>
+  </si>
+  <si>
+    <t>Андрэй – гарадзенскі журналіст, публіцыст і сябра “Саюзу палякаў Беларусі”. У 2011 годзе яго асудзілі на 3 гады пазбаўлення волі з адтэрміноўкай выканання пакарання на 2 гады па абвінавачанні ў паклёпе на Лукашэнку. Ён быў вызвалены ў зале суда пад падпіску аб нявыездзе. У 2012 годзе супраць яго распачалі новую крымінальную справу за публікацыі ў СМІ, але ў 2013 годзе яна была закрытая за адсутнасцю складу злачынства. Увосень таго ж года ён быў вызвалены ад адбывання пакарання па першай справе.
+25 сакавіка 2021 года Андрэя зноў затрымалі. Яго абвінавацілі ў распальванні варожасці і закліках да санкцый. У абвінавачанні фігуравалі артыкулы аб беларускіх пратэстах 2020 года, абароне польскай меншасці і публікацыі аб нападзенні СССР на Польшчу ў 1939 годзе. Ён правёў у СІЗА больш за 1,5 гады і быў асуджаны ў лютым 2023 года.
+Вядома, што Андрэй адмовіўся пісаць прашэнне аб памілаванні. У цяперашні час ён працягвае падвяргацца ціску, пазбаўлены спатканняў і перадач. Таксама ад яго няма званкоў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.07.2011: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму (з адтэрміноўкай 2 гады). Вырак суда 08.02.2023: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.05.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Андрэй Мікалаевіч Ханевіч</t>
   </si>
   <si>
     <t>16 красавіка 1975</t>
   </si>
   <si>
     <t>Старшыня першаснай прафсаюзнай арганізацыі Беларускага Незалежнага прафсаюза працаўнікоў ААТ "Гродна Азот".
 Прычынай узбуджэння крымінальнай справы супраць прафсаюзнага лідэра, па версіі дзяржаўнага абвінаваўцы — стала яго гутарка з журналістам тэлеканала «Белсат», падчас якой ён ёй «перадаў нейкія звесткі».
 Тэлефон Андрэя праслухоўвалі, а размовы запісвалі супрацоўнікі спецслужбаў. Пасля яго звальнення з завода, на яго была ўзбуджаная крымінальная справа.
 Яго абвінавачваюць у садзейнічанні экстрэмісцкай дзейнасці і дыскрэдытацыі Рэспублікі Беларусь. Раней экстрэмісцкай прызналі першасную арганізацыю Беларускага Незалежнага прафсаюза работнікаў ААТ "Гродна Азот". Гродзенскі абласны суд прыняў рашэнне аб забароне дзейнасці арганізацыі і яе ліквідацыі.
 Быў узяты пад варту ў зале суда, да гэтага знаходзіўся пад падпіскай аб нявыездзе.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
   </si>
   <si>
-    <t>Андрэй Станіслававіч Пачобут</t>
-[...13 lines deleted...]
-    <t>2021-03-28 16:46:29</t>
+    <t>Юрый Іосіфавіч Станеўскі</t>
+  </si>
+  <si>
+    <t>17 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Згодна з версіямі абвінавачання з 15 ліпеня па 27 снежня 2021 года пад публікацыямі размяшчаў каментары ў дэструктыўных чатах, дзе абражаў Лукашэнку і іншых прадстаўнікоў улады і іх блізкіх, а таксама пагрозы ў адносінах да службовых асоб, якія выконваюць свае службовыя абавязкі.
+У публікацыях былі паведамленні, звязаныя з здзекам з Дзяржаўнага гімна Рэспублікі Беларусь і Дзяржаўнага флага Рэспублікі Беларусь.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.10.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 16.12.2022: невядома.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Іван Пятровіч Супрунчык</t>
+  </si>
+  <si>
+    <t>17 красавіка 1988</t>
+  </si>
+  <si>
+    <t>Паводле абвінавачання, Іван перадаў адміністратарам «дэкструктыўнага» Telegram-канала інфармацыю аб асабістым жыцці блізкага сваяка супрацоўніка міліцыі. «Збіранне і распаўсюджванне» гэтых звестак без дазволу нібыта прывялі да «нанясення шкоды правам, свабодам і законным інтарэсам пацярпелага».
+15.11.2022 адбыўся разгляд апеляцыйнай скаргі прыгавор уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
+  </si>
+  <si>
+    <t>Аляксандр Валер'евіч Яварскі</t>
+  </si>
+  <si>
+    <t>Пра Аляксандра вядома, што ён з Петрыкава, дзе займаўся прадпрымальніцкай дзейнасцю ў сферы гандлю харчовымі прадуктамі, напоямі і тытунем, валодаў крамай "Салеман".
+У кастрычніку 2020 года мужчына далучыўся да агульнанацыянальнай забастоўкі, абвешчанай Святланай Ціханоўскай — і нават запісаў з гэтай нагоды відэазварот. Адна з дзяржаўных прапагандысцкіх газет тады яшчэ са здзекам цытавала яго словы з відэа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Ягор Віктаравіч Лебядок</t>
+  </si>
+  <si>
+    <t>17 красавіка 1982</t>
+  </si>
+  <si>
+    <t>Ваеннаму аналітыку Ягору Лябедку прысудзілі 15 сутак адміністрацыйнага арышту па артыкуле 24.3 КаАП. Пасля сутак Ягор не выйшаў і быў затрыманы па крымінальнай справе аб садзейнічанні экстрэмісцкай дзейнасці за каментары для "Еўрарадыё".
+У кастрычніку праўладныя каналы паведамілі, што супраць Ягора распачалі яшчэ адну крымінальную справу па прыкмеце паўторнасці, і адзначалі, што "кожнае інтэрв'ю экстрэмістам утварае асобны склад злачынства".</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.12.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 21.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 11.12.2024: турэмны рэжым да канца тэрміну.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Ігаравіч Якубоўскі</t>
+  </si>
+  <si>
+    <t>17 красавіка 1996</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.12.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, невядома базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
   </si>
   <si>
     <t>Кірыл Алегавіч Крошкін</t>
   </si>
   <si>
     <t>17 красавіка 1977</t>
   </si>
   <si>
     <t>Родам з Віцебска , вучыўся ў Гомелі, але ў апошні час жыў у Гродне. Па прафесіі – інжынер, у апошні час працаваў сістэмным адміністратарам у кампаніі Whitebird. Мяркуючы па сацсетках, жыў у Варшаве.
 Таксама мужчына - радыёаматар. Уваходзіць у Беларускую федэрацыю радыёаматараў і радыёспартсменаў.
 У студзені 2024 года пачаўся разгляд справы, апошняе паседжанне прайшло 29.03.2024</t>
   </si>
   <si>
     <t>Вырак суда 29.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.06.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Аляксандр Валер'евіч Яварскі</t>
-[...62 lines deleted...]
-  <si>
     <t>Андрэй Вітальевіч Слізевіч</t>
   </si>
   <si>
     <t>18 красавіка 1982</t>
   </si>
   <si>
     <t>Індывідуальны прадпрымальнік. Па версіі абвінавачання, ён нібыта пакідаў негатыўныя каментары пра Расію пасля тэракту ў «Крокус Холе» і заклікаў бамбаваць расійскія гарады.
 Андрэя затрымалі ў сакавіку. Праўладныя каналы публікавалі з ім "пакаяльнае" відэа.</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>Вырак суда 04.12.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Раман Браніслававіч Марусаў</t>
   </si>
   <si>
     <t>19 красавіка 1996</t>
   </si>
   <si>
-    <t>Жыхар Мінскай вобласці. Прычынай затрымання стала наведванне пад'езда, дзе жыве супрацоўнік міліцыі. Служыў у 103 часці ў Віцебску, супрацоўнічаў з Байпал.
-[...1 lines deleted...]
-27 верасня ў судзе Ленінскага раёна Магілёва над ім пачнецца суд паводле ч. 2 арт. 411 КК</t>
+    <t>Раман быў затрыманы ў сакавіку 2021 года ў рамках крымінальнай справы па артыкуле "дапамога ў наўмысных дзеяннях, накіраваных на ўзбуджэнне іншай сацыяльнай варожасці па прыкмеце іншай сацыяльнай прыналежнасці, учыненых групай асоб". Ён быў асуджаны за перадачу інфармацыі BYPOL.
+"18 сакавіка 2021 года Раман прыйшоў да дома супрацоўніка міліцыі, каб праверыць апублікаваны ў інтэрнэце адрас і паведаміць яго дэструктыўнаму рэсурсу. Ён пракраўся ў пад'езд, патэлефанаваў у дамафон, сустрэў жонка міліцыянера і ўцёк. Дома адправіў паведамленне ў Telegram-канал з пацвярджэннем адраса", — сказана ў матэрыялах следства.
+Увосень 2023 года ўмовы яго ўтрымання сталі больш жорсткімі, і Раман быў пераведзены на турэмны рэжым.
+У верасні 2024 года адбылося судовае паседжанне па артыкуле "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы", у рамках якога Раману маглі дадаць да двух гадоў пазбаўлення волі; вынік паседжання невядомы.</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Суд па змене рэжыму 17.10.2023: 2 гады турэмнага рэжыму. Вырак суда 27.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.11.2024: невядома.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
-  </si>
-[...31 lines deleted...]
-    <t>2021-03-19 02:23:39</t>
   </si>
   <si>
     <t>Анатоль Сяргеевіч Кірэйчык</t>
   </si>
   <si>
     <t>20 красавіка 1949</t>
   </si>
   <si>
     <t>Па дадзеных следства, з кастрычніка 2020 года па люты 2022 года 74-гадовы мужчына сістэматычна размяшчаў каментары пад фатаграфіямі прадстаўнікоў улады, дзе, «не саромеючыся ў выразах, абражаў, публічна прыніжаў і ганьбіў іх гонар і годнасць». Падчас вобыску ў яго дома знайшлі боепрыпасы. Пенсіянер расказаў следчым, што калекцыянаваў іх.
 Сцвярджаецца , што Кірэйчык "абразіў" ажно 135 пасадачных асоб-супрацоўнікаў КДБ, пракуратуры, міліцыі, Следчага камітэта, Міністэрства абароны і судовай сістэмы.</t>
   </si>
   <si>
     <t>Вырак суда 04.06.2024: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 16.08.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-12 17:44:11</t>
   </si>
   <si>
     <t>Канстанцін Уладзіміравіч Шастоў</t>
   </si>
   <si>
     <t>20 красавіка 1978</t>
   </si>
   <si>
     <t>Вырак суда 14.03.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Генадзь Мар'янавіч Жукель</t>
+  </si>
+  <si>
+    <t>20 красавіка 1961</t>
+  </si>
+  <si>
+    <t>Мужчына патэлефанаваў у раённую міліцыю і выказаўся ў бок Лукашэнкі, калі размаўляў з дзяжурным. Вядома, што ў гэты момант ён быў у стане алкагольнага ап'янення. Раней яго ўжо судзілі за хуліганства і некалькі разоў прыцягвалі да адміністратыўнай адказнасці.
+29.02.2024 адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.
+У ліпені 2024 года вызвалены, цалкам адбыўшы пакаранне, прызначанае судом.
+У студзені 2025 года Генадзя зноў судзілі за абразу Лукашэнкі А.Р.</t>
+  </si>
+  <si>
+    <t>Вырак суда 27.12.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.02.2024: прысуд пакінуты без змены. Вырак суда 09.01.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:01:50</t>
+  </si>
+  <si>
+    <t>Аляксей Юр'евіч Драб</t>
+  </si>
+  <si>
+    <t>20 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Аляксандр быў затрыманы ў кастрычніку 2020 года і абвінавачаны ва ўдзеле ў падзеях, якія адбыліся 11 кастрычніка 2020 года каля станцыі метро «Пушкінская», калі людзі спрабавалі абараніць мірнага пратэстоўца ад збіцця АМАПам. Падчас затрымання яму пагражалі, прымушалі даць паказанні на відэа, а таксама зламалі нагу ў пяці месцах. У СІЗА ён паступіў з гіпсам пасля допытаў.</t>
+  </si>
+  <si>
+    <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
+  </si>
+  <si>
+    <t>Вырак суда 02.04.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, прыблізна 21000 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-03-19 02:23:39</t>
+  </si>
+  <si>
+    <t>Сяргей Сцяпанавіч Бувака</t>
+  </si>
+  <si>
+    <t>20 красавіка 1965</t>
+  </si>
+  <si>
+    <t>Сяргея абвінавацілі ў тым, што ён напісаў некалькі паведамленняў у мэсэнджэры Telegram, і прыгаварылі да абмежавання волі з накіраваннем. Паседжанне праходзіла ў будынку Бярозаўскага камбіната кааператыўнай прамысловасці. Пасля суда пракурор прачытаў работнікам лекцыю і "нагадаў аб адказнасці за злачынствы экстрэмісцкай накіраванасці". Да суда Сяргей знаходзіўся пад хатнім арыштам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.03.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Уладзімір Валер'евіч Фішман</t>
   </si>
   <si>
     <t>22 красавіка 1987</t>
   </si>
   <si>
     <t>Уладзімір цікавіцца гарадской забудовай і архітэктурай каля 20 год. Ён стварыў унікальную базу з тысячамі фатаграфій розных будынкаў у Беларусі і за яе межамі - photobuildings.com.
 У відэа, якое паказалі на АНТ, Уладзімір распавядае , што нібыта зарэгістраваўся ў чаце плана "Перамога", а ў лістападзе 2022 года з ім нібыта звязаўся Аляксандр Азараў.
 27.02.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 05.01.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.02.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Наталля Мікалаеўна Лашч</t>
   </si>
   <si>
     <t>23 красавіка 1993</t>
   </si>
   <si>
     <t>Юрыстка 2 класа, былая супрацоўніца пракуратуры Фрунзенскага раёна Мінска, некаторы час працавала HR-спецыялісткай у IT-кампаніі. Натальлю абвінавачваюць у зьліве інфармацыі ў «Чорную кнігу Беларусі».</t>
   </si>
   <si>
     <t>Вырак суда 01.03.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.05.2023: невядома.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
-    <t>Марыя Аляксандраўна Калеснікава</t>
-[...19 lines deleted...]
-  <si>
     <t>Сяргей Ільіч Дзюба</t>
   </si>
   <si>
     <t>24 красавіка 1976</t>
   </si>
   <si>
     <t>Супрацоўнік БЧ. Па папярэдняй інфармацыі затрыманы ў рамках артыкулаў 356 і 357 КК РБ ( "здрада дзяржаве" і "змова або іншыя дзеянні, учыненыя з мэтай захопу дзяржаўнай улады").</t>
   </si>
   <si>
     <t>12 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
+  </si>
+  <si>
+    <t>Ірына Віктараўна Злобіна</t>
+  </si>
+  <si>
+    <t>25 красавіка 1989</t>
+  </si>
+  <si>
+    <t>Ірына скончыла факультэт філасофіі і сацыяльных навук БДУ і апошнія гады займалася сваім невялікім бізнесам, звязаным з кветкамі і вытворчасцю сувеніраў. Яна была затрымана 12 студзеня 2021 года разам з Андрэем Аляксандравым. Ірыну абвінавачвалі ў "фінансаванні пратэстнай дзейнасці" і аплаце штрафаў удзельнікам пратэстаў. Яе асудзілі за "здраду дзяржаве" і "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак".
+1 верасня 2022 года пара ажанілася ў СІЗА-1.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.10.2022: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Віталь Паўлавіч Барысевіч</t>
+  </si>
+  <si>
+    <t>25 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Быў затрыманы 24 лістапада 2021 года. У тэлеграм-канале МУС Беларусі з'явілася паведамленне аб тым, што Віталь нібыта ў жніўні мінулага года прымаў актыўны ўдзел у масавых беспарадках у раёне гандлёвага цэнтра «Рыга».</t>
+  </si>
+  <si>
+    <t>6 гадоў пазбаўлення волі ў калоніі узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
+  </si>
+  <si>
+    <t>Павел Аляксандравіч Шпетны</t>
+  </si>
+  <si>
+    <t>25 красавіка 1997</t>
+  </si>
+  <si>
+    <t>Павел, актывіст анархісцкага руху, быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны за "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак", і за "ўдзел у злачыннай арганізацыі". Вядома, што ў аснову абвінавачання лёг эпізод, звязаны з "Маршам недармаедаў", які адбыўся 5 сакавіка 2017 года, а таксама падзеі, якія адбыліся ля будынка Брэсцкага ГУБАЗіКу ў 2016 годзе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда 08.10.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
   </si>
   <si>
     <t>Дзмітрый Іосіфавіч Падрэз</t>
   </si>
   <si>
     <t>25 красавіка 1987</t>
   </si>
   <si>
     <t>Стрыт-арт мастак, IT-спецыяліст, быў затрыманы ў сярэдзіне ліпеня 2021 года за перадачы даных прадстаўнікоў сілавых ведамстваў тэлеграм-каналу "Чорная кніга Беларусі".
 Вядома , што пры затрыманні супрацоўнікі ГУБАЗ збівалі Дзмітрыя і здзекаваліся з яго.</t>
   </si>
   <si>
     <t>Вырак суда 15.03.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-09-30 10:25:31</t>
   </si>
   <si>
-    <t>Павел Аляксандравіч Шпетны</t>
-[...11 lines deleted...]
-    <t>2021-03-07 16:16:29</t>
+    <t>Арцём Сяргеевіч Янкоўскі</t>
+  </si>
+  <si>
+    <t>25 красавіка 2003</t>
+  </si>
+  <si>
+    <t>13 жніўня 2023 года быў затрыманы за "распаўсюд, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць". Пасля гэтага супраць яго распачалі крымінальную справу. Пасля затрымання з Арцёмам публікавалі "пакаянае" відэа, дзе ён казаў, што ў 2020-м годзе прапаноўваў закідваць супрацоўнікаў міліцыі "кактэйлямі Молатава" і адпраўляў інструкцыю па іх вырабе сябрам.</t>
+  </si>
+  <si>
+    <t>невядома</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
   </si>
   <si>
     <t>Віктар Вітальевіч Яскіч</t>
-  </si>
-[...1 lines deleted...]
-    <t>25 красавіка 1989</t>
   </si>
   <si>
     <t>Працаваў таксістам. Шматдзетны бацька, ад двух шлюбаў мае 6 дзяцей.
 Затрыманы па справе аб тэрарызме. На допытах быў моцна збіты (Віктару нават зламалі руку). Па дадзеных КДБ, Віктара Яскіча і Яўгена Грука асудзілі па арт. 289 КК (акт тэрарызму) і арт. 295 КК (незаконныя дзеянні ў адносінах да агнястрэльнай зброі, боепрыпасаў і выбуховых рэчываў). Аб іх затрыманні стала вядома ў пачатку красавіка 2024 года з сюжэту АНТ. Як сцвярджалі прапагандысты, сілавікі затрымалі як мінімум 12 чалавек, сярод якіх Грук і Яскіч, абвінавачаныя ў кантрабандзе ўзрыўчаткі і планаванні тэрактаў. Па словах аўтара сюжэту, Грук быў інфарматарам СБУ: фатаграфаваў ваенную тэхніку і скідаў яе каардынаты. Пасля Груку далі каманду забраць узрыўчатку са схованкі. Да схованкі мужчыну падвёз Яскіч. Пасля яны абодва павінны былі раскласці ўзрыўчатку са схованкі ў новыя схованкі. У сюжэце не тлумачаць логіку такіх дзеянняў.
 Суд адбыўся ў маі 2025 года. Прысуд невядомы, да суда Віктар знаходзіўся ў СІЗА.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Ірына Віктараўна Злобіна</t>
-[...55 lines deleted...]
-    <t>2023-08-30 15:43:18</t>
+    <t>Зміцер Аляксандравіч Шчамер</t>
+  </si>
+  <si>
+    <t>26 красавіка 1994</t>
+  </si>
+  <si>
+    <t>Праўладныя каналы сцвярджаюць, што яго затрымалі выпадкова - з-за чахла на тэлефоне з надпісам "маліцеся за Беларусь" на англійскай мове і выявай нацыянальнай сімволікі. Пасля затрымання ў тэлефоне Зміцера нібыта адшукалі відэа з пратэстаў, а таксама фота з дваровага чата, дзе ён прапануе людзям макеты пратэстных налепак. Вядома, што хлопец доўгі час займаўся плаваннем і мае разрад кандыдата ў майстры спорту.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
   </si>
   <si>
     <t>Уладзімір Уладзіміравіч Цыгановіч</t>
   </si>
   <si>
     <t>26 красавіка 1980</t>
   </si>
   <si>
     <t>Уладзімір - блогер і аўтар YouTube-канала MozgON. Ён пачынаў з абмеркавання эканамічных і грамадскіх навін, пазней перайшоў на палітычныя тэмы, асвятляючы розныя акцыі, у тым ліку пікеты Сяргея Ціханоўскага.
 У чэрвені 2020 года яго затрымалі для адбыцця адміністрацыйнага арышту, але пазней абвінавацілі ў падрыхтоўцы "масавых беспарадкаў" і асудзілі па "справе Ціханоўскага". Па дадзеных праваабаронцаў, фігуранты справы абавязаныя выплаціць кампенсацыю ў памеры 29 мільёнаў рублёў.
 У 2022 годзе Ўладзіміра перавялі на турэмны рэжым. У 2023 годзе яго двойчы судзілі за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы". Восенню 2023 года адбылося трэцяе судовае пасяджэнне па новай справе за "злоснае непадпарадкаванне".</t>
   </si>
   <si>
-    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
-[...1 lines deleted...]
-  <si>
     <t>Вырак суда 14.12.2021: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 01.06.2022: прысуд пакінуты без змены. Вырак суда 06.10.2022: прыблізна 29000000 рублёў кампенсацыі. Суд па змене рэжыму 24.10.2022: 3 гады турэмнага рэжыму. Вырак суда 10.04.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 30.11.2023: невядома. Апеляцыя 08.02.2024: невядома. Вырак суда 05.09.2024: невядома. Апеляцыя 06.11.2024: невядома.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
+  </si>
+  <si>
+    <t>Таццяна Сяргееўна Кузіна</t>
+  </si>
+  <si>
+    <t>26 красавіка 1973</t>
+  </si>
+  <si>
+    <t>Таццяна — сузаснавальніца школы маладых менеджэраў публічнага адміністравання Sympa, экспертка даследчага праекта Bipart, магістар паліталогіі.
+Яна была затрымана ў Мінску ноччу з 28 на 29 чэрвеня 2021 года ў аэрапорце пры праходжанні пашпартнага кантролю на выезд з краіны. Вядома, што Таццяна збіралася ляцець начным рэйсам у Тбілісі. Пазней стала вядома, што яна была затрыманая ў сувязі з узбуджанай крымінальнай справай. Таццяну даставілі ў ІЧУ на Акрэсціна, а праз некалькі дзён перавялі ў СІЗА.
+6 лютага 2023 года ў судзе пачалі разглядаць яе справу па абвінавачанні ў «дапамозе дзеянням, накіраваным на захоп улады», «заклікам да дзеянняў, якія наносяць шкоду нацыянальнай бяспецы» і «распальванні сацыяльнай варожасці». 17 сакавіка таго ж года суд у закрытым рэжыме прыгаварыў Таццяну да 10 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.03.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.07.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:17:19</t>
+  </si>
+  <si>
+    <t>Яўген Аляксандравіч Гармаш</t>
+  </si>
+  <si>
+    <t>26 красавіка 1987</t>
+  </si>
+  <si>
+    <t>Суд над ім распачаўся 4 верасня 2023 года ў Менскім гарадскім судзе. Гэта той самы мінчук , якога людзі "адбілі" ад затрымання на пікеце па зборы подпісаў 31 траўня 2020 года пасля таго, як той крыкнуў супрацоўнікамі ДАІ "Ганьба!". Цяпер Яўгена судзяць у межах крымінальнай справы.
+17.11.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 07.09.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.11.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-08-30 15:43:18</t>
+  </si>
+  <si>
+    <t>Зміцер Руслановіч Захарошка</t>
+  </si>
+  <si>
+    <t>26 красавіка 2006</t>
+  </si>
+  <si>
+    <t>У праўладным фільме (красавік 2024 года) распавялі, што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
+Супрацоўнікі АНТ сцвярджаюць, што падлеткі аб'ядналіся, каб рабіць дыверсіі па навядзенні ў Беларусі, а пасля - у Расіі. Марыю абвінавачваюць паводле ч. 2 арт. 289 КК (акт тэрарызму). Паводле сюжэту, 16-гадовая Марыя Місюк у 2022 годзе пераехала разам з сям'ёй з Украіны ў Беларусь, дзе стварыла "анархісцкае вочка для падрыхтоўкі тэрактаў". Сярод затрыманых – навучэнцы каледжаў у Баранавічах, Нясвіжы, Міры, Мінску і Лунінцы. Гэта Трафім Барысаў, Сяргей Жыгалёў, Зміцер Захарошка , Анастасія Кліменка і Аляксандра Пуліновіч. Як сцвярджаюць супрацоўнікі АНТ, маладыя людзі збіраліся на Баранавіцкай кватэры, каб падрыхтавацца да сваёй першай сур'ёзнай акцыі – сабраць узрыўчатку і падарваць Баранавіцкую філію міліцыі ці пракуратуру. Па якіх артыкулах абвінавачваюць астатніх пяці ўдзельнікаў, невядома. Як і невядомы іх статусы і месцазнаходжанне.</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.11.2025: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Аляксандр Іосіфавіч Плескацэвіч</t>
   </si>
   <si>
     <t>26 красавіка 1974</t>
   </si>
   <si>
     <t>Вінаваціўся ў тым, што ён двойчы размалёўваў бела-чырвонай фарбай дома, слупы і будынкі ў сваёй вёсцы і прызнаваўся ў каханні да Святланы Ціханоўскай.
 У СІЗА мужчына знаходзіўся з 18 верасня 2021 года. З сакавіка 2022 года мужчына пачаў адбываць пакаранне. У чэрвені 2022 года Аляксандра змяшчалі ў Магілёўскую турму № 4. За час адбывання пакарання мужчына змяшчаўся ў ШІЗА і збіваўся.
 Вызвалены 16 лютага 2023 года.
 28 лістапада 2023 г. У Аляксандра пачаўся яшчэ адзін суд , у Брэсцкім абласным судзе. Мужчыну інкрымінуюць два артыкулы: 130 заўв. 1 ч. 1 (рэабілітацыя нацызму), 339 ч. 2 (хуліганства).</t>
   </si>
   <si>
     <t>1) 2 гады абмежавання волі з накіраваннем у папраўчую ўстанову адкрытага тыпу
 2) 3 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
-  </si>
-[...43 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
   </si>
   <si>
     <t>Мікіта Ігаравіч Старажэнка</t>
   </si>
   <si>
     <t>27 красавіка 1993</t>
   </si>
   <si>
     <t>Былы следчы. Звольніўся пасля выбараў 2020 года ў знак пратэсту супраць дзейнай улады. Пасля звальнення Мікіта працаваў юрыстам.
 Упершыню быў затрыманы 23 красавіка 2021 за "несанкцыянаванае пікетаванне", і адседзеў 15 сутак у турме, паводле ч. 1 арт. 24.23 КаАП. Выйшаў на волю 8 траўня 2021 года.
 4 траўня 2021 года Старажэнка, як і іншыя прадстаўнікі праваахоўных органаў, якія звольніліся ў знак пратэсту, быў пазбаўлены Лукашэнка звання старэйшага лейтэнанта юстыцыі запасу.
 Мікіта быў затрыманы паўторна 1 лютага 2022 года ў гандлёвым цэнтры ў горадзе Менску. На відэа, апублікаваным на тэлеграм-канале МУС, ён кажа, што перадаў кантакты двух супрацоўнікаў Губазіка і намесніка начальніка СК па Менску аднаму з «пратэстных тэлеграм-каналаў».
 Судовы працэс прайшоў 15 лістапада 2022 г. у Менскім гарадскім судзе. Мікіту судзілі за "распальванне іншай сацыяльнай варожасці і розні" па ч. 3 арт. 130 КК, а таксама за "незаконны збор і распаўсюджванне інфармацыі аб прыватным жыцці" (ч. 1 арт. 179 КК).
 2 снежня 2022 года яму было прысуджана да сямі гадоў калоніі ва ўмовах узмоцненага рэжыму. Таксама Мікіта абавязаны выплаціць штраф 5000 BYN у якасці маральнай кампенсацыі супрацоўнікам, звесткі якіх, паводле абвінавачвання, ён перадаў "пратэстным тэлеграм-каналам".</t>
   </si>
   <si>
     <t>Вырак суда 02.12.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 11.01.2025: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-02-11 19:13:39</t>
   </si>
   <si>
     <t>Сяргей Мікалаевіч Пацукевіч</t>
   </si>
   <si>
     <t>27 красавіка 1990</t>
   </si>
   <si>
     <t>Сяргей быў затрыманы 17 лістапада 2020 года і асуджаны за ўдзел у акцыях пратэсту, якія праходзілі 9-10 жніўня 2020 года ў Менску. Па версіі следства, ён «кінуў не менш за адзін камень у бок транспарту МУС», знаходзіўся на месцы будаўніцтва барыкад, перакрываў рух і выкрыкваў лозунгі.</t>
   </si>
   <si>
     <t>Вырак суда 21.07.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 6000 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
-    <t>Аляксандр Сяргеевіч Шустоўскі</t>
-[...13 lines deleted...]
-  <si>
     <t>Тарас Ігаравіч Мачынскі</t>
   </si>
   <si>
     <t>28 красавіка 1981</t>
   </si>
   <si>
     <t>Былы ўкраінец. Беларускае грамадзянства атрымаў у 2010 годзе, часта бывае ў памежжы.
 У сюжэце на праўладным канале сцвярджаецца, што ён перадаваў Купрыенку (абвінавачваецца ў шпіянажы), напрыклад, дадзеныя аб размяшчэнні ваеннай тэхнікі, руху калон. </t>
   </si>
   <si>
     <t>10 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
   </si>
   <si>
     <t>Міхаіл Аляксандравіч Разуванаў</t>
   </si>
   <si>
     <t>28 красавіка 1999</t>
   </si>
   <si>
     <t>За ўдзел у пратэстах ГУБАЗіК затрымаў брата і сястру — Міхаіла і Аляксандру Аляксандравічаў Разуванавых . Па словах ГУБАЗіКу, Міхаіл і Аляксандра ў 2020 годзе ўдзельнічалі ў паслявыбарных акцыях пратэсту. Судзячы па паведамленні сілавікоў, супраць брата і сёстры ўзбудзілі крымінальную справу.
 23.06.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.
 Паводле інфармацыі праваабаронцаў красавіку 2024 года Міхаіл зноў быў заключаны ў СІЗА-1. Магчыма гэта зьвязана з новай крымінальнай справай.</t>
   </si>
   <si>
     <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
+    <t>Аляксандр Сяргеевіч Шустоўскі</t>
+  </si>
+  <si>
+    <t>28 красавіка 1967</t>
+  </si>
+  <si>
+    <t>Быў асуджаны ў канцы 2022 года на хімію з накіраваннем за ўдзел у акцыях патэста, пасля чаго ў 2024 годзе быў асуджаны за махлярства і адпраўлены адбываць у ВК-2.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.12.2022: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Вырак суда 24.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Станіслаў Віктаравіч Таспаеў</t>
   </si>
   <si>
     <t>28 красавіка 1976</t>
   </si>
   <si>
     <t>Актывіст з Мядзельскага раёна.
 У снежні 2021 года стала вядома , што Таспаева асудзілі на два гады хатняй хіміі за «паклёп» (арт. 188 КК). Згодна з раскладам судоў, за апошнія паўгода яго двойчы судзілі па адміністрацыйных справах за парушэнне правілаў утрымання жывёл у маі 2023 года і за парушэнне парадку правядзення масавых мерапрыемстваў у маі 2024 года.
 Суд над Станіславам, але ўжо па крымінальнай справе, пачнецца 4 кастрычніка 2024 г. у судзе Мядзельскага раёна. Як паведаміла прэс-служба пракуратуры, Станіслаў з'яўляецца адміністратарам YouTube-канала «Ініцыятыва Курорта Нарач» (прызнаны экстрэмісцкім 12 чэрвеня 2024 года), у якім "з сакавіка 2017 года па ліпень 2024 года ў 36 паведамленнях на відэазапісах ён распаўсюдзіў загадчыкам , эканамічным і сацыяльным становішчы Рэспублікі Беларусь, прававым становішчы яе грамадзян, дзейнасці дзяржаўных органаў, якія дыскрэдытуюць краіну перад неабмежаваным колам асоб".
 Мужчына захапляецца фатаграфіяй, і гэта была адна з крыніц яго даходу. Зарабляе і камп'ютарнымі паслугамі. Таксама Станіслаў быў раённым каардынатарам праекту "IT-краіна", які фінансавала ІТ-кампанія "Белхард". Акрамя працы, Станіслаў займаўся экалагічнымі праблемамі Мядзела і наваколля, абараняў прыроду.</t>
   </si>
   <si>
     <t>Вырак суда 15.12.2021: 2 гады абмежаванні волі без накіравання. Вырак суда 01.11.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.01.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
-    <t>Рыгор Уладзіміравіч Гунько</t>
-[...53 lines deleted...]
-  <si>
     <t>Руслан Ісаевіч Волкаў</t>
   </si>
   <si>
     <t>29 красавіка 1999</t>
   </si>
   <si>
     <t>Руслан упершыню быў затрыманы 10 жніўня 2020 года падчас акцыі пратэсту ў Брэсце супраць фальсіфікацый на прэзідэнцкіх выбарах. Пасля жорсткага збіцця ён патрапіў у лякарню, а затым быў асуджаны на 7 сутак адміністрацыйнага арышту. Пазней у дачыненні да яго распачалі крымінальную справу, але падчас следства ён пакінуў краіну.
 Вярнуўшыся ў Беларусь, Руслан паспрабаваў перасекчы мяжу з Еўразвязам, аднак быў затрыманы. У лістападзе 2021 года яго асудзілі за ўдзел у "масавых беспарадках".
 У ліпені 2024 года ён быў зноў асуджаны — на гэты раз за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы". Па гэтым артыкуле судзяць зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, на падставе выдуманых парушэнняў.</t>
   </si>
   <si>
-    <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
-[...2 lines deleted...]
-    <t>Вырак суда 08.11.2021: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2022: прысуд пакінуты без змены. Вырак суда 01.07.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+    <t>Вырак суда 08.11.2021: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2022: прысуд пакінуты без змены. Вырак суда 01.07.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Аляксандр Андрэевіч Краўчук</t>
-[...16 lines deleted...]
-    <t>2024-10-21 17:26:06</t>
+    <t>Рыгор Уладзіміравіч Гунько</t>
+  </si>
+  <si>
+    <t>29 красавіка 1989</t>
+  </si>
+  <si>
+    <t>Рыгор быў затрыманы ноччу 10 жніўня 2020 года ў межах крымінальнай справы, узбуджанай з-за пратэстаў і сутыкненняў паміж жыхарамі Пінска і сілавікамі ў ноч з 9 на 10 жніўня 2020 года. Яго асудзілі за ўдзел у "масавых беспарадках". Пацярпелымі па справе выступілі 109 супрацоўнікаў міліцыі і чыноўнікаў, якія, акрамя пакарання ў выглядзе пазбаўлення волі, запатрабавалі ад абвінавачаных каля 530 тысяч рублёў кампенсацыі.
+У лютым 2024 года Рыгора перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.04.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 38000 рублёў кампенсацыі. Апеляцыя 06.07.2021: прысуд пакінуты без змены. Суд па змене рэжыму 12.02.2024: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:31:27</t>
+  </si>
+  <si>
+    <t>Ірына Мікалаеўна Мініх</t>
+  </si>
+  <si>
+    <t>29 красавіка 1986</t>
+  </si>
+  <si>
+    <t>2025-11-13 14:54:02</t>
+  </si>
+  <si>
+    <t>Наталля Іванаўна Ладуцька</t>
+  </si>
+  <si>
+    <t>29 красавіка 1964</t>
+  </si>
+  <si>
+    <t>Наталля была затрымана падчас масавага рэйду сілавых структур 23–24 студзеня 2024 года, накіраванага супраць сваякоў палітвязняў і людзей, якія выказвалі ім салідарнасць. Яе асудзілі ў рамках крымінальнай справы, узбуджанай па артыкуле «садзейнічанне экстрэмісцкай дзейнасці».</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.02.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 08.04.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-02-05 18:58:53</t>
+  </si>
+  <si>
+    <t>Юры Караткевіч</t>
+  </si>
+  <si>
+    <t>29 красавіка 1994</t>
+  </si>
+  <si>
+    <t>Асуджаны за ўдзел у акцыях пратэсту.</t>
+  </si>
+  <si>
+    <t>Невядома гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Андрэй Мікалаевіч Быкаў</t>
   </si>
   <si>
     <t>30 красавіка 1971</t>
   </si>
   <si>
     <t>Асуджаны  за каментары ў інтэрнэце.</t>
   </si>
   <si>
     <t>5 гадоў калоніі ва ўмовах узмоцненага рэжыму, а таксама пазбаўлення звання падпалкоўніка запасу.</t>
   </si>
   <si>
     <t>2022-11-24 17:48:26</t>
   </si>
   <si>
     <t>Аляксандр Анатольевіч Шабалін</t>
   </si>
   <si>
     <t>30 красавіка 1984</t>
   </si>
   <si>
     <t>Сябра ініцыятыўнай групы кандыдата ў прэзідэнты Святланы Ціханоўскай у Гомелі быў затрыманы 7 чэрвеня 2020 года і абвінавачаны ва ўдзеле ў "масавых беспарадках" і планах па "захопе будынкаў".</t>
   </si>
@@ -1882,51 +1833,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2020,2433 +1971,2375 @@
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>84</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>97</v>
       </c>
       <c r="I17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>99</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="D18" t="s">
-[...11 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
         <v>115</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>116</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>117</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" t="s">
         <v>120</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>121</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>122</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
       <c r="I23" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>130</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>90</v>
+      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>144</v>
       </c>
       <c r="I26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>146</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
       <c r="C27" t="s">
         <v>148</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>149</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" t="s">
         <v>152</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>153</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>155</v>
       </c>
       <c r="I28" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="F30" t="s">
-[...5 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...11 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>172</v>
+      </c>
+      <c r="B32" t="s">
         <v>173</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>174</v>
       </c>
-      <c r="C32" t="s">
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>175</v>
       </c>
-      <c r="D32" t="s">
-[...11 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>177</v>
+      </c>
+      <c r="B33" t="s">
         <v>178</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>179</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>96</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>180</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="I33" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>182</v>
+      </c>
+      <c r="B34" t="s">
+        <v>183</v>
+      </c>
+      <c r="C34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>174</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
         <v>190</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>192</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>107</v>
+        <v>174</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H36" t="s">
         <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>202</v>
       </c>
       <c r="I37" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>204</v>
       </c>
       <c r="B38" t="s">
         <v>205</v>
       </c>
       <c r="C38" t="s">
         <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
+      <c r="E38" t="s">
+        <v>116</v>
+      </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
         <v>214</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>174</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>216</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
         <v>219</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>47</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>154</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43" t="s">
+        <v>154</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
         <v>234</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>47</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>236</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
         <v>239</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>174</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
         <v>244</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>245</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>174</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>246</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" t="s">
         <v>249</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>250</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>116</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>251</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
         <v>254</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>255</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>47</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>256</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>249</v>
+      </c>
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="C49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...16 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>266</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>265</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...16 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
+        <v>273</v>
+      </c>
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>72</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...16 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
+        <v>278</v>
+      </c>
+      <c r="C53" t="s">
         <v>279</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>280</v>
       </c>
-      <c r="C53" t="s">
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>281</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>283</v>
+      </c>
+      <c r="B54" t="s">
         <v>284</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>285</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
         <v>286</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>287</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>289</v>
+      </c>
+      <c r="B55" t="s">
         <v>290</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>291</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>292</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>294</v>
+      </c>
+      <c r="B56" t="s">
         <v>295</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>296</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>297</v>
-      </c>
-[...13 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>298</v>
+      </c>
+      <c r="B57" t="s">
+        <v>299</v>
+      </c>
+      <c r="C57" t="s">
         <v>300</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>286</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>301</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>303</v>
+      </c>
+      <c r="B58" t="s">
+        <v>304</v>
+      </c>
+      <c r="C58" t="s">
+        <v>305</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>306</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>307</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>308</v>
-      </c>
-[...13 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>309</v>
+      </c>
+      <c r="B59" t="s">
+        <v>310</v>
+      </c>
+      <c r="C59" t="s">
         <v>311</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>191</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>312</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>314</v>
+      </c>
+      <c r="B60" t="s">
         <v>315</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>13</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>317</v>
+      </c>
+      <c r="I60" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>319</v>
+      </c>
+      <c r="B61" t="s">
         <v>320</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D61" t="s">
         <v>27</v>
       </c>
       <c r="E61" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
+        <v>322</v>
+      </c>
+      <c r="I61" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>324</v>
+      </c>
+      <c r="B62" t="s">
         <v>325</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>326</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>90</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>327</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>329</v>
+      </c>
+      <c r="B63" t="s">
         <v>330</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>331</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>27</v>
+      </c>
+      <c r="E63" t="s">
+        <v>154</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>332</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>334</v>
+      </c>
+      <c r="B64" t="s">
         <v>335</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>336</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>116</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>337</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>339</v>
+      </c>
+      <c r="B65" t="s">
         <v>340</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>341</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>280</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>342</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>344</v>
+      </c>
+      <c r="B66" t="s">
         <v>345</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>346</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>347</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>349</v>
+      </c>
+      <c r="B67" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C67" t="s">
         <v>351</v>
       </c>
       <c r="D67" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>352</v>
       </c>
       <c r="I67" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>354</v>
       </c>
       <c r="B68" t="s">
+        <v>330</v>
+      </c>
+      <c r="C68" t="s">
         <v>355</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>356</v>
       </c>
-      <c r="D68" t="s">
-[...11 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>358</v>
+      </c>
+      <c r="B69" t="s">
         <v>359</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>360</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>84</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
         <v>361</v>
-      </c>
-[...16 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" t="s">
+        <v>363</v>
+      </c>
+      <c r="C70" t="s">
         <v>364</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>286</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>365</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>366</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>367</v>
+      </c>
+      <c r="B71" t="s">
+        <v>368</v>
+      </c>
+      <c r="C71" t="s">
         <v>369</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>27</v>
+      </c>
+      <c r="E71" t="s">
+        <v>154</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>370</v>
       </c>
-      <c r="C71" t="s">
+      <c r="I71" t="s">
         <v>371</v>
-      </c>
-[...16 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>372</v>
+      </c>
+      <c r="B72" t="s">
+        <v>373</v>
+      </c>
+      <c r="C72" t="s">
+        <v>374</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>174</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>375</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>376</v>
-      </c>
-[...16 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>377</v>
+      </c>
+      <c r="B73" t="s">
+        <v>378</v>
+      </c>
+      <c r="C73" t="s">
+        <v>379</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>78</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>380</v>
       </c>
-      <c r="B73" t="s">
+      <c r="I73" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>382</v>
+      </c>
+      <c r="B74" t="s">
+        <v>383</v>
+      </c>
+      <c r="C74" t="s">
+        <v>384</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>385</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>387</v>
+      </c>
+      <c r="B75" t="s">
+        <v>388</v>
+      </c>
+      <c r="C75" t="s">
+        <v>389</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>265</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>390</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>391</v>
-      </c>
-[...16 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>392</v>
+      </c>
+      <c r="B76" t="s">
+        <v>393</v>
+      </c>
+      <c r="C76" t="s">
         <v>394</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>90</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>395</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>396</v>
-      </c>
-[...16 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>397</v>
+      </c>
+      <c r="B77" t="s">
+        <v>398</v>
+      </c>
+      <c r="C77" t="s">
         <v>399</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>174</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>400</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>401</v>
-      </c>
-[...16 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>402</v>
+      </c>
+      <c r="B78" t="s">
+        <v>403</v>
+      </c>
+      <c r="C78" t="s">
         <v>404</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>144</v>
+      </c>
+      <c r="I78" t="s">
         <v>405</v>
-      </c>
-[...19 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>406</v>
+      </c>
+      <c r="B79" t="s">
+        <v>407</v>
+      </c>
+      <c r="C79" t="s">
+        <v>408</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>72</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>21</v>
+      </c>
+      <c r="H79" t="s">
         <v>409</v>
       </c>
-      <c r="B79" t="s">
+      <c r="I79" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>411</v>
+      </c>
+      <c r="B80" t="s">
+        <v>412</v>
+      </c>
+      <c r="C80" t="s">
+        <v>413</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>72</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>414</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>415</v>
-      </c>
-[...19 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>416</v>
+      </c>
+      <c r="B81" t="s">
+        <v>417</v>
+      </c>
+      <c r="C81" t="s">
         <v>418</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>419</v>
       </c>
-      <c r="C81" t="s">
+      <c r="I81" t="s">
         <v>420</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>421</v>
+      </c>
+      <c r="B82" t="s">
+        <v>422</v>
+      </c>
+      <c r="C82" t="s">
         <v>423</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>265</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
         <v>424</v>
       </c>
-      <c r="C82" t="s">
+      <c r="I82" t="s">
         <v>425</v>
-      </c>
-[...16 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B83" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="D83" t="s">
         <v>27</v>
       </c>
       <c r="E83" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
-      <c r="H83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I83" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B84" t="s">
-        <v>434</v>
+        <v>430</v>
+      </c>
+      <c r="C84" t="s">
+        <v>431</v>
       </c>
       <c r="D84" t="s">
         <v>27</v>
       </c>
       <c r="E84" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
+      <c r="H84" t="s">
+        <v>432</v>
+      </c>
       <c r="I84" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>434</v>
+      </c>
+      <c r="B85" t="s">
+        <v>435</v>
+      </c>
+      <c r="C85" t="s">
         <v>436</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>72</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
         <v>437</v>
       </c>
-      <c r="C85" t="s">
+      <c r="I85" t="s">
         <v>438</v>
-      </c>
-[...16 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>439</v>
+      </c>
+      <c r="B86" t="s">
+        <v>440</v>
+      </c>
+      <c r="C86" t="s">
         <v>441</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>116</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
         <v>442</v>
       </c>
-      <c r="C86" t="s">
+      <c r="I86" t="s">
         <v>443</v>
-      </c>
-[...16 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>444</v>
+      </c>
+      <c r="B87" t="s">
+        <v>445</v>
+      </c>
+      <c r="C87" t="s">
+        <v>446</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
         <v>447</v>
       </c>
-      <c r="B87" t="s">
+      <c r="I87" t="s">
         <v>448</v>
-      </c>
-[...77 lines deleted...]
-        <v>462</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">