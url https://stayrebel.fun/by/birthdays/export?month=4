--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -68,1468 +68,1341 @@
   <si>
     <t>1 красавіка 1969</t>
   </si>
   <si>
     <t>Згодна з матэрыяламі следства Мікалай Кароль з лютага 2021 года па кастрычнік 2022 года са свайго мабільнага тэлефона размясціў у розных месенджарах паведамленні, у якіх выклаў «паклёпніцкія выдумкі ў дачыненні да Лукашэнкі, публічна абразіў яго, а таксама кіраўнікоў Цэнтрвыбаркама і Савета Рэспублікі Нацыянальнага сходу, шэраг іншых дзяржаўных служачых і суддзю».
 Ён жа 11 кастрычніка 2022 года «у мэтах садзейнічання дзейнасці дэструктыўнага Telegram-канала, інфармацыйная прадукцыя якога раней была прызнана судом экстрэмісцкімі матэрыяламі, вырабіў і адправіў паведамленне аб перамяшчэнні ваенных самалётаў у раёне Брэста».
 У Мікалая ёсць жонка і падгадаваны сын.</t>
   </si>
   <si>
     <t>Мужчынскі</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>У зняволенні</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
     <t>4 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2023-02-17 00:24:43</t>
-  </si>
-[...36 lines deleted...]
-    <t>2022-02-03 18:52:00</t>
   </si>
   <si>
     <t>Аляксей Уладзіміравіч Глотаў</t>
   </si>
   <si>
     <t>3 красавіка 1978</t>
   </si>
   <si>
     <t>Аляксей быў затрыманы 30 чэрвеня 2021 г. у рамках крымінальнай справы па эпізодзе на аб'екце сувязі ВМФ РФ пад Вілейкай.
 Паводле версіі абвінавачання, агучанай у судзе, Аляксей разам з Вадзімам Гулевічам, «апрануўшыся ў камуфляж і ўзброіўшыся агнястрэльнай зброяй, праніклі на тэрыторыю ваеннага аб'екта і ўсталявалі выбуховыя прылады з радыусам паражэння да 11 метраў». Адно з іх не спрацавала і было абясшкоджана. Экспертыза паказала, што ініцыяванне адбывалася з запаволеным дзеяннем.
 Урон ацанілі больш як у 26 тысяч рублёў. У снежні 2022 года яго прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі ўзмоцненага рэжыму і буйнога штрафу.
 У жніўні 2023 года адбылося судовае паседжанне па пытанні замены рэжыму пакарання, у выніку якога Аляксея перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 04.08.2023: 3 гады турэмнага рэжыму. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
     <t>Уладзімір Станіслававіч Казлоўскі</t>
   </si>
   <si>
     <t>3 красавіка 1962</t>
   </si>
   <si>
-    <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+    <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Аляксандр Паўлавіч Сідарэнка</t>
   </si>
   <si>
     <t>4 красавіка 1991</t>
   </si>
   <si>
     <t>Аляксандра, загадчыка крамы York, затрымалі ў лістападзе 2021 года ў межах крымінальнай справы, звязанай з ініцыятывай «Буслы ляцяць». Некаторыя эпізоды абвінавачання тычыліся пашкоджання аўтамабіля суддзі Барысаўскага раёна. У выніку ён быў прыгавораны да працяглага тэрміну пазбаўлення волі.
 У верасні 2023 года стала вядома, што Аляксандра перавялі ў шпіталь для асуджаных у пасёлку Калядзічы пад Мінскам для правядзення планавай аперацыі. У канцы кастрычніка таго ж года ён быў адваротна пераведзены ў папраўчую калонію.</t>
   </si>
   <si>
     <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
   </si>
   <si>
     <t>Вырак суда 28.09.2022: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.02.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Алег Георгіевіч Хаменка</t>
   </si>
   <si>
     <t>4 красавіка 1967</t>
   </si>
   <si>
     <t>Алег Хаменка — музыка, лідэр гурта "Палац".
 Аб затрыманні стала вядома 30 чэрвеня 2025 года. Як зараз вядома, у дачыненні да яго распачата крымінальная справа за супрацоўніцтва з незалежным беларускім медыя, якая знаходзіцца ў спісе так званых "экстрэмісцкіх фарміраванняў" (канкрэтны артыкул Крымінальнага кодэкса на дадзены момант невядомы).
 Алег Хаменка - музыка, кампазітар, радыёвядучы. У 1992 годзе заснаваў фолк-рок гурт "Палац". Гурт выпусціў шэсць студыйных альбомаў, Хаменка таксама выступаў сольна, запісваў аўдыёкніжкі. У 2008-м браў удзел у нацыянальным адборы на "Еўрабачанне" з песняй "Кола грукатала". Пасля 2020 года "Палац" застаўся ў краіне і часам выступаў.</t>
   </si>
   <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.03.2026: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 450 базавых велічынь штрафу.</t>
+  </si>
+  <si>
     <t>2025-07-09 20:45:12</t>
+  </si>
+  <si>
+    <t>Людміла Уладзіміраўна Шрубак</t>
+  </si>
+  <si>
+    <t>4 красавіка 1977</t>
+  </si>
+  <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Анатоль Францавіч Леонік</t>
   </si>
   <si>
     <t>5 красавіка 1986</t>
   </si>
   <si>
     <t>Анатоль быў асуджаны за пакінутыя ў сваім профілі ў «Аднакласніках» публікацыі, якія ўтрымлівалі зневажальную інфармацыю пра Лукашэнку. Згодна з пазіцыяй абвінавачвання, іх мэтай было публічна нанесці шкоду аўтарытэту дзяржаўнай улады і распаўсюдзіць загадзя ілжывыя звесткі, якія прыніжаюць Лукашэнку.
 Анатоль прызнаў віну цалкам.</t>
   </si>
   <si>
     <t>2,5 гады пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Аляксандра Віктараўна Каско</t>
   </si>
   <si>
     <t>5 красавіка 1993</t>
   </si>
   <si>
     <t>Аляксандра была затрымана ў лютым 2023 года па вяртанні ў Беларусь і на наступны дзень асуджана па адміністрацыйным артыкуле за "распаўсюджванне экстрэмісцкіх матэрыялаў" на 10 сутак. Аднак пасля адбыцця арышту яна так і не выйшла на волю, бо супраць яе распачалі крымінальную справу за два інтэрв'ю інфармацыйнаму рэсурсу, прызнанаму "экстрэмісцкім фармаваннем".
 Яе абвінавацілі ў садзейнічанні "экстрэмісцкім фармаванням", адміністраванні Telegram-каналаў, распальванні варожасці, абразе ўладаў, распаўсюджванні персанальных дадзеных, а таксама ў паклёпе на Лукашэнку, і асудзілі па васьмі крымінальных артыкулах.
 У сакавіку 2024 года суд разгледзеў апеляцыйную скаргу і скараціў тэрмін яе зняволення на адзін год, без права на далейшае абскарджанне.
 У траўні 2024 года стала вядома, што яе паўторна асудзілі за "абразу прадстаўніка ўлады і суддзі".
 Увесну 2025 года з'явіліся звесткі аб тым, што супраць Аляксандры распачалі чарговую крымінальную справу, і яе перавялі ў СІЗА.</t>
   </si>
   <si>
     <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
   </si>
   <si>
     <t>Вырак суда 19.12.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 21.03.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 31.05.2024: 2 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу, 100 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
+    <t>Аляксандр Фадзеевіч Хомчык</t>
+  </si>
+  <si>
+    <t>6 красавіка 1965</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.09.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
     <t>Зміцер Пятровіч Карнейчык</t>
   </si>
   <si>
     <t>6 красавіка 1982</t>
   </si>
   <si>
     <t>Сутнасць абвінавачанняў пакуль высвятляецца, але найбольш верагодна, што заключылі Дзмітрыя па гучнай справе маніторынгавага канала "беларускі Гаюн", які адсочваў дзеянні расійскіх войскаў у Беларусі перад і падчас іх узброенай агрэсіі супраць Украіны. Пра Дзмітрыя Карнейчыка вядома, што апошнім месцам яго працы была гандлёвая сетка ААТ "Аўтаспэйс", якая займаецца гандлем аўтазапчасткамі і расходнымі матэрыяламі і мае магазіны ў розных гарадах Беларусі. Раней ён быў індывідуальным прадпрымальнікам у сферы прафесійных фотапаслуг.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-12-28 21:24:09</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-10-29 23:35:20</t>
   </si>
   <si>
     <t>Іван Замяцін</t>
   </si>
   <si>
     <t>7 красавіка 2003</t>
   </si>
   <si>
     <t>Пракуратура Брэсцкай вобласці пералічыла , за якія дзеянні хлопца пераследуюць па 4 артыкулах: гэта 9 донатаў на ютуб-канал, які «выкарыстоўваецца для інфармацыйнай падтрымкі» Палка Каліноўскага. Акрамя таго, у 2024 годзе малады чалавек напісаў у тэлеграм-чатах нейкія паведамленні з «публічнымі абразамі» А.Лукашэнкі, а таксама паведамленні, якія нібыта падыходзяць пад артыкул 361 КК (Заклікі да санкцый). Нарэшце, у кастрычніку 2024 г. брэстаўчанін, мяркуючы па ўсім , спрабаваў далучыцца да плана «Перамога» ( «актываваў перапіску з тэлеграм-ботам, запоўніў прапанаваную анкету, у якой паказаў звесткі пра сябе і свае навыкі, тым самым увайшоўшы ў яго склад» і выканаў нейкае «тэставое заданне» .</t>
   </si>
   <si>
     <t>СІЗА-7, Брэст, вул. Савецкіх Памежнікаў 37, 224030</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Уладзімір Аляксандравіч Аўрамцаў</t>
   </si>
   <si>
     <t>7 красавіка 1994</t>
   </si>
   <si>
     <t>Уладзімір, выпускнік Бабруйскага вучылішча алімпійскага рэзерву і БДАТУ, займаўся барацьбой і працаваў трэнерам у фітнес-цэнтры "Ева".
 Яго затрымалі 30 сакавіка 2022 года па абвінавачанні ў дыверсіі на чыгунцы. Нягледзячы на тое, што ён не аказаў супраціўлення, спецназ ужыў сілу і зброю. Пазней яго асудзілі па пяці цяжкіх артыкулах Крымінальнага кодэкса.
 У верасні 2024 года Уладзіміра перавялі на строгі турэмны рэжым.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 10.02.2023: 22 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 350 базавых велічынь штрафу, прыблізна 13000 рублёў кампенсацыі. Апеляцыя 26.04.2023: прысуд пакінуты без змены. Суд па змене рэжыму 25.09.2024: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
+  </si>
+  <si>
+    <t>Станіслаў Валер'евіч Мачалаў</t>
+  </si>
+  <si>
+    <t>8 красавіка 1976</t>
+  </si>
+  <si>
+    <t>Станіслаў, актывіст з Гомеля, быў затрыманы 28 траўня 2021 года пасля таго, як у ягонай кватэры, дзе ён пражываў з бацькамі, сілавікі правялі ператрус. Да гэтага ён тройчы адбываў адміністратыўны арышт па артыкуле 24.23 КаАП РБ за ўдзел у акцыях пратэсту.
+Станіслава асудзілі па двух крымінальных артыкулах за ўдзел у счэпцы на Маршы салідарнасці, які прайшоў 20 верасня 2020 года ў Гомелі. Ён адмовіўся падпісваць прашэнне аб памілаванні і адстойваў свае правы нават у цяжкіх умовах зняволення, нягледзячы на праблемы са здароўем. Без яго апекі засталіся непаўналетняя дачка і састарэлыя бацькі, бацька — інвалід.
+Вызвалены ў снежні 2023 года, цалкам адбыўшы прызначаны судом тэрмін пакарання.
+У снежні 2024 года стала вядома, што Станіслаў зноў затрыманы па новай крымінальнай справе.</t>
+  </si>
+  <si>
+    <t>СІЗА-3, Гомель, вул. Кніжная 1А, 246003</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.01.2022: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.03.2022: прысуд пакінуты без змены. Вырак суда 26.11.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-06-01 03:07:17</t>
+  </si>
+  <si>
+    <t>Андрэй Уладзіміравіч Асіпенка</t>
+  </si>
+  <si>
+    <t>8 красавіка 1967</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
   </si>
   <si>
     <t>Алег Аляксандравіч Дзегцярэнка</t>
   </si>
   <si>
     <t>8 красавіка 2002</t>
   </si>
   <si>
     <t>Сутнасць абвінавачання праваабаронцам пакуль невядомая.
 Суд, які доўжыўся з 9 лютага, прызнаў Дзегцярэнку вінаватым ва "ўваходжанні ў склад экстрэмісцкага фарміравання" і па ч. 3 арт. 361-1 КК яму прызначанае пакаранне ў выглядзе пазбаўлення волі на тэрмін тры гады.
 Ён жа прызнаны вінаватым у "выдзяленні сродкаў любым спосабам у мэтах выкарыстання ў тэрарыстычнай дзейнасці, матэрыяльнага забеспячэння і іншай падтрымкі", асобай, якая раней учыніла злачынства, прадугледжанае арт. 361-1 КК, і па ч. 2 арт. 290-1 КК (у рэдакцыі Закона Рэспублікі Беларусь ад 09.01.2019 №171-З) яму прызначана пакаранне ў выглядзе пазбаўлення волі на тэрмін 8 гадоў са штрафам у памеры 100 базавых велічыняў.
 Шляхам частковага складання пакаранняў, канчаткова абвінавачанаму прызначанае пакаранне ў выглядзе пазбаўлення волі на тэрмін 8 гадоў 6 месяцаў.
 10.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>Вырак суда 07.03.2024: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 10.05.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
-    <t>Станіслаў Валер'евіч Мачалаў</t>
-[...29 lines deleted...]
-    <t>2025-09-09 20:34:41</t>
+    <t>Сяргей Пятровіч Харытановіч</t>
+  </si>
+  <si>
+    <t>9 красавіка 1979</t>
+  </si>
+  <si>
+    <t>Кіроўца таксі. Паводле праўладных тэлеграм-каналаў затрыманы за каментары ў сацсетках. На "пакаяным відэа" беларус расказвае, што ў 2020-м годзе ўдзельнічаў у пратэстах, а з 2020-га да сярэдзіны 2023-га года ў чатах пакінуў больш за 2000 «абразлівых каментароў» на адрас Лукашэнкі, працаўнікоў пракуратуры і міліцыянтаў. Пры затрыманні Сяргею зламалі руку. Яго са зламанай рукой трымалі 35 дзён у карцэры на Акрэсціна. Начальнік ІЧУ выказваў прадузятыя адносіны канкрэтна да яго, праз "каментатарскі" артыкул.
+2 жніўня 2024 года будзе разгледжана апеляцыя на прыгавор.</t>
+  </si>
+  <si>
+    <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 02.08.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2023-01-24 15:04:49</t>
+  </si>
+  <si>
+    <t>Аляксандр Фёдаравіч Горбель</t>
+  </si>
+  <si>
+    <t>9 красавіка 1978</t>
+  </si>
+  <si>
+    <t>08.08.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.
+Вядома, што 15 лютага 2024 года супраць Аляксандра быў разгледжаны адміністрацыйны пратакол па ч. 2 ст. 19.11 КаАП (Распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць). Суддзя Тарабуева Таццяна падвергла Аляксандра адміністрацыйнаму спагнанню ў выглядзе адміністрацыйнага арышту тэрмінам на 15 сутак. Аляксандр на ўласнай старонцы ў Аднакласніках размясціў інфармацыйную прадукцыю ў выглядзе відэазапісу "Паглядзіце што засталося ад аднаго..." тэлеканала Белсат.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.06.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.08.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Ягор Анатольевіч Волкаў</t>
   </si>
   <si>
     <t>9 красавіка 1969</t>
   </si>
   <si>
     <t>Ягору Волкаву 55 гадоў. Ён мінчанін, вучыўся ў 50-й школе. Пасля скончыў Мінскі радыётэхнічны інстытут (цяпер - Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі).
 З 1990-х Волкаў пачаў займацца бізнэсам. Вядома, што яго сфера-гэта грузаперавозкі, уключаючы вадкія грузы. Бізнэс мужчыны даволі буйны, аўтапарк яго фірмы-да сотні грузавых аўта.
 Па сцвярджэнні праўладных СМІ Ягора судзілі за ахвяраванні ў Полк Каліноўскага з 2022 па 2023 гады ў крыптавалюце на суму 11100 уе, а таксама за фота з пратэстаў.
 23.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 03.05.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 23.07.2024: невядома.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
-    <t>Аляксандр Фёдаравіч Горбель</t>
-[...33 lines deleted...]
-  <si>
     <t>Ігар Аляксандравіч Калуеў</t>
   </si>
   <si>
     <t>9 красавіка 1974</t>
   </si>
   <si>
     <t>Судзячы па сацсетках, мужчына працаваў на розных працоўных спецыяльнасцях у родным горадзе.
 Сутнасць абвінавачанняў невядомая, але амаль напэўна звязана з яго актыўнасцю ў сацсетках.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
   </si>
   <si>
-    <t>Алег Анатольевіч Кацапаў</t>
-[...17 lines deleted...]
-    <t>2023-11-21 14:54:06</t>
+    <t>Андрэй Андрэевіч Лаўрыновіч</t>
+  </si>
+  <si>
+    <t>10 красавіка 1981</t>
+  </si>
+  <si>
+    <t>10.11.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Валерый Феліксавіч Пазьнякевіч</t>
   </si>
   <si>
     <t>10 красавіка 1968</t>
   </si>
   <si>
     <t>Валеры - беларускі паэт. Складаецца ў беларускім Саюзе журналістаў. Друкаваўся ва ўсіх вядомых беларускіх часопісах і газетах. У 1998 годзе яго вершы былі надрукаваны ў хрэстаматыі для сярэдніх школ і чатырох анталогіях.
 У 1994 годзе стаў дыпламантам Першага Рэспубліканскага фестывалю беларускай бардаўскай песні. Многія вершы пакладзены на музыку.
 Некалькі разоў затрымліваўся паводле палітычна матываваных адміністрацый. Па крымінальнай справе быў затрыманы ўлетку 2025 года. Да суда быў пад падпіскай аб нявыездзе.
 У Валерыя ляжачая мама-інвалід, якая мае патрэбу ў пастаянным доглядзе.</t>
   </si>
   <si>
     <t>ПУАТ-43, 212003, г. Магілёў, вул. Чалюскінцаў, 76А</t>
   </si>
   <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
     <t>Вырак суда 14.08.2025: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 24.10.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
+  </si>
+  <si>
+    <t>Міхаіл Міхайлавіч Горбач</t>
+  </si>
+  <si>
+    <t>Міхаіл у 2003 годзе скончыў факультэт радыёфізікі і камп'ютарных тэхналогій БДУ. З 2014 года Міхась працаваў як індывідуальны прадпрымальнік: займаўся тэхнічным абслугоўваннем офіснай тэхнікі. Таксама ён быў сістэмным адміністратарам у некалькіх кампаніях у Менску.
+Міхаіл - аматар футбола. Ён ездзіў на розныя міжнародныя спаборніцтвы, у тым ліку быў на чэмпіянаце Еўропы ў 2012 годзе. У верасні 2024 года мужчына адпачываў у Егіпце. Неўзабаве пасля гэтага ён знік з сацсетак.</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-02-08 19:54:45</t>
   </si>
   <si>
     <t>Вячаслаў Валянцінавіч Кандыба</t>
   </si>
   <si>
     <t>10 красавіка 1977</t>
   </si>
   <si>
     <t>Вячаслаў быў затрыманы ўлетку 2021 года ў межах крымінальнай справы, узбуджанай па артыкулах «распальванне варожасці» і «незаконны збор і распаўсюджванне звестак аб прыватным жыцці».
 У сакавіку 2022 года ён быў асуджаны за перадачу звестак аб прадстаўніках сілавых ведамстваў апазіцыйнаму тэлеграм-каналу. Вячаслаў таксама пазбавіўся спецыяльнага звання «падпалкоўнік юстыцыі» запасу.</t>
   </si>
   <si>
     <t>Вырак суда 15.03.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, абмежаванне па ваеннай службе.</t>
   </si>
   <si>
     <t>2021-09-06 18:28:41</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Сцяпан Сяргеевіч Латыпаў</t>
   </si>
   <si>
     <t>11 красавіка 1980</t>
   </si>
   <si>
     <t>Арбарыст і дырэктар кампаніі "Беларба", які пражывае каля "Плошчы Перамен", быў затрыманы 15 верасня 2020 года ў рамках крымінальнай справы аб масавых беспарадках і прызнаны вінаватым па трох артыкулах КК РБ.
 У верасні 2022 года Сцяпану стала больш жорсткім пакаранне, і яго перавялі на турэмны рэжым на два гады.
 Увосень 2024 Сцяпана зноў этапавалі ў ВК - 22.</t>
   </si>
   <si>
-    <t>Вырак суда 16.08.2021: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 16.11.2021: прысуд пакінуты без змены. Суд па змене рэжыму 15.09.2022: 2 гады турэмнага рэжыму.</t>
+    <t>Вырак суда 16.08.2021: 8 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 300 базавых велічынь штрафу. Апеляцыя 16.11.2021: прысуд пакінуты без змены. Суд па змене рэжыму 15.09.2022: 2 гады турэмнага рэжыму. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
     <t>Вольга Віктараўна Пятух</t>
   </si>
   <si>
     <t>11 красавіка 1993</t>
   </si>
   <si>
     <t>Вольга, якая працавала арт-дырэктарам у гатэлі «Еўропа» ў Мінску, была затрымана ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджана па некалькіх крымінальных артыкулах.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
     <t>Аляксей Мікалаевіч Мандзік</t>
   </si>
   <si>
     <t>12 красавіка 1993</t>
   </si>
   <si>
     <t>28-гадовага Аляксея Мандзіка затрымалі ў лістападзе 2021 года. Ён — работнік пятай гарадской паліклінікі, загадчык аддзялення прафілактыкі, урач-тэрапеўт.
 Прычына затрымання ГУБАЗам — удзел у «дэструктыўных Telegram-каналах», дзе пісаў «дэструктыўныя і абразлівыя каментарыі» на адрас супрацоўнікаў АУС.
 На праўладным рэсурсе быў апублікаваны яго пакаяльны ліст.</t>
   </si>
   <si>
     <t>7 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Юры Аляксеевіч Рэдзькоў</t>
   </si>
   <si>
     <t>12 красавіка 1976</t>
   </si>
   <si>
     <t>Аглядальнік, рэжысёр, арганізатар мядовых кірмашоў і дырэктар кампаніі "Цар-мёд".
 Асуджаны за ўдзел у акцыях пратэсту 23.08.2020 года ў якасці аглядальніка
 Увосень 2024 года Юрыю замянілі рэжым і адправілі здабываць тэрмін у калонію.
 Увосень 2025 года стала вядома, што Юрыя асудзілі яшчэ па адной крымінальнай справе і прысудзілі пазбаўленне волі. Падрабязнасці справы невядомыя.</t>
   </si>
   <si>
     <t>Вырак суда 15.09.2022: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 29.11.2022: прысуд пакінуты без змены. Суд па змене рэжыму 30.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
+    <t>Аляксандр Анатольевіч Лыцін</t>
+  </si>
+  <si>
+    <t>13 красавіка 1993</t>
+  </si>
+  <si>
+    <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.12.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-12-13 14:55:40</t>
+  </si>
+  <si>
     <t>Іван Аляксандравіч Губчык</t>
   </si>
   <si>
     <t>13 красавіка 1987</t>
   </si>
   <si>
     <t>Як сцвярджаюць у Генпракуратуры, жыхар Віцебска з 16 ліпеня па 12 жніўня 2020 года «ў стане алкагольнага ап'янення са сваёй старонкі ў TikTok для абуджэння сацыяльнай варожасці размясціў у публічным доступе тры відэазапісы». «Прадстаўлены ў іх матэрыял фармаваў негатыўнае стаўленне да работнікаў міліцыі і прадстаўнікоў каманднага складу арміі, заахвочваючы да гвалтоўна-агрэсіўных дзеянняў», — адзначаецца ў прэс-рэлізе.
 У Генпракуратуры таксама заяўляюць, што 34-гадовы мужчыны раней быў 10 разоў судзімы.</t>
   </si>
   <si>
     <t>4,5 гады пазбаўлення волі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
-  </si>
-[...67 lines deleted...]
-    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Яўген Міхайлавіч Ярмак</t>
   </si>
   <si>
     <t>14 красавіка 1991</t>
   </si>
   <si>
     <t>11 сакавіка 2022 года Яўгена затрымалі за каментары ў "Карніках".
 Пры ператрусе ў яго знайшлі гашыш. Яўген распавёў, што купіў яго для сябе і свайго знаёмага-калегі Юрыя, з якім раней неаднаразова ўжываў яго.
 Мужчыну затрымалі і змясцілі пад варту, паставіўшы яму артыкулы за абразу чатырох міліцыянтаў, суддзі і незаконны абарот наркотыкаў.
 27.09.2022 адбылося апеляцыйнае паседжанне суда.</t>
   </si>
   <si>
+    <t>Не</t>
+  </si>
+  <si>
     <t>Вырак суда 22.07.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Зміцер Леанідавіч Каханоўскі</t>
-[...56 lines deleted...]
-    <t>2023-06-14 14:00:21</t>
+    <t>Дзяніс Анатольевіч Пятроў</t>
+  </si>
+  <si>
+    <t>14 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Дзяніс быў асуджаны ў 2025 годзе ў рамках крымінальнай справы, узбуджанай па артыкуле «распальванне варожасці», і прыгавораны да абмежавання волі з накіраваннем.</t>
+  </si>
+  <si>
+    <t>ПУАТ-29, г. Валкавыск, вул. Ракасоўскага, 118, 230415</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
+  </si>
+  <si>
+    <t>Іван Мікалаевіч Бародзіч</t>
+  </si>
+  <si>
+    <t>14 красавіка 1974</t>
+  </si>
+  <si>
+    <t>Следства лічыць, што ў студзені 2023 года Іван Ліхалат выйшаў на сувязь з СБУ, дзе яму даручылі ўзарваць чыгуначныя шляхі.
+Ліхалат і Бародзіч былі затрыманы ў Гродне.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.12.2024: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
   </si>
   <si>
     <t>Васіль Іванавіч Дземідовіч</t>
   </si>
   <si>
     <t>15 красавіка 1952</t>
   </si>
   <si>
     <t>Раней прыцягваўся да адміністратыўнай адказнасці за ўдзел у акцыях пратэсту.
 Паводле даных следства, Васіль з верасня 2021 года па студзень 2022 года размяшчаў у дэструктыўных Telegram-каналах паведамленні з абразамі прадстаўнікоў улады, у тым ліку вышэйшых службовых асоб Рэспублікі Беларусь.
 Таксама ён выказваў пагрозы прымянення гвалту ў дачыненні да супрацоўнікаў праваахоўнай і судовай сістэм, пры гэтым публічна прыніжаючы іх гонар і годнасць. Акрамя таго, мужчына заклікаў грамадзян да дзеянняў, накіраваных на арганізацыю масавых беспарадкаў. У экстрэмісцкіх Telegram-каналах ён шукаў людзей, гатовых здзяйсняць "злачынствы", аднак не давёў свой намер да канца, паколькі быў затрыманы супрацоўнікамі праваахоўных органаў.
 З абвінавачанага на карысць пацярпелых таксама спагнана грашовая кампенсацыя маральнай шкоды на агульную суму 32 000 беларускіх рублёў.
 31 студзеня 2023 г. у Дзяржынску пачаўся чарговы суд над пенсіянерам. На гэты раз яго абвінавацілі па арт. 369 КК (Абраза прадстаўніка ўлады).
 13.02.2023 быў агучаны другі прысуд.
 У судзе Драгічынскага раёна 23 сакавіка 2023 г. пачалі разглядаць справу палітвязня па арт. 369 КК РБ Васіля Дземідовіча змясцілі ў драгічынскі ІЧУ.
 У красавіку палітвязня перавялі ў гомельскі СІЗА-3 . У судзе Савецкага раёна Гомеля 20 красавіка 2023 года пачалі разглядаць чарговую справу пенсіянера. Яму інкрымінуецца арт. 369 КК РБ і арт. 391 КК РБ. 2 траўня быў вынесены чарговы прысуд.
 5 мая 2023 г. над Дземідовічам пачнецца ўжо пяты суд - мужчыну абвінавачваюць зноў па арт. 369 КК . Працэс адбудзецца ў Пухавічах, суддзя - Вольга Бабук .
 Чарговае паседжанне прызначанае на 24 траўня 2023 г. у Пухавічах.
 5 ліпеня 2023 г. у Гомельскім абласным судзе разглядала апеляцыйная скарга палітвязня суддзёй Русланам Царуком.
 У судзе Нясвіжскага раёна 23 жніўня 2023 г. разглядалася шостая крымінальная справа супраць палітвязня.
 У Старых Дарогах 19 кастрычніка 2023 года пачнецца ўжо сёмы суд над Васілём . Усяго Васіляасудзілі на 7 гадоў пазбаўлення волі, пры гэтым вынік апошніх двух судоў пакуль невядомы.
 У сувязі з тым, што палітвязня ўнеслі ў "спіс тэрарыстаў", яму нельга рабіць грашовыя пераводы. Акрамя таго, у Васіля няма сваякоў, якія маглі б яго падтрымаць. За апошні год ён перажыў дзясяткі этапаў. Этапуюць палітвязняў у цяжкіх умовах, гэта пакідае вельмі дрэнны адбітак на здароўе Васіля.
 15 снежня 2023 г. у Старых Дарогах аднавіўся суд над Васілём, які пачаўся ў кастрычніку.
 У канцы чэрвеня 2025 года на таргах на пляцоўцы "БелЮрЗабеспячэнне" быў прададзены жылы дом Васіля.</t>
   </si>
   <si>
     <t>1) 6 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.
 2) 1 год зняволення са штрафам у памеры 30 базавых велічыняў.
 Шляхам частковага складання пакаранняў, канчаткова яго прыгаварылі да 6,5 гадоў калоніі ва ўмовах узмоцненага рэжыму.
 3) 2,5 гады пазбаўлення волі ў калоніі.
 Шляхам частковага складання канчаткова пенсіянеру прызначылі 7 год пазбаўлення волі.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Алена Уладзіміраўна Марозава</t>
-[...11 lines deleted...]
-    <t>2024-03-08 00:00:02</t>
+    <t>Аляксандр Анатольевіч Невар</t>
+  </si>
+  <si>
+    <t>15 красавіка 1985</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Зміцер Леанідавіч Каханоўскі</t>
+  </si>
+  <si>
+    <t>15 красавіка 1991</t>
+  </si>
+  <si>
+    <t>Работнік Магілёўскага аддзялення Белтэлекам. Затрыманы на працоўным месцы 28 кастрычніка 2021 года. Папярэдне абвінавачваецца ў распаўсюдзе дадзеных супрацоўнікаў сілавых структур.</t>
+  </si>
+  <si>
+    <t>6,5 гадоў пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Міхаіл Валянцінавіч Мякека</t>
+  </si>
+  <si>
+    <t>15 красавіка 1993</t>
+  </si>
+  <si>
+    <t>Жыў і працаваў у Польшчы паўтара гады і вярнуўся ў Беларусь, дзе і быў затрыманы напрыканцы лістапада 2022 года. Па версіі сілавікоў, менавіта ў Польшчы ён зарэгістраваўся ў плане "Перамога". Таксама ён нібыта пісаў паведамленні з пагрозамі сілавікам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 09.08.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 03.11.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
+  </si>
+  <si>
+    <t>Сяргей Віктаравіч Сацук</t>
+  </si>
+  <si>
+    <t>15 красавіка 1968</t>
+  </si>
+  <si>
+    <t>Журналіст-расследавальнік, рэдактар беларускага партала «Штодзённік» (ej.by).
+Быў затрыманы 8 снежня 2021 года. Раней Сяргей быў затрыманы з 25 сакавіка да 4 красавіка 2020 года па гэтай жа справе.
+Частка праваабарончых арганізацый расцаніла рэпрэсіі як пасведчанне аб наяўнасці палітычнага матыву ў пераследзе журналіста, накіраванага на прымус да спынення або змены характару ягонай дзейнасці па распаўсюдзе інфармацыі аб карупцыі.
+Падставай для пераследу журналіста, на думку калег Сацука, сталі гучныя расследаванні, якія ў першую чаргу тычацца маштабнай карупцыі ў медыцынскай сферы. На падставе атрыманых фактаў ён распавёў аб беспрэцэдэнтных «адкатах» за пастаўку дарагога абсталявання; аб закупцы незарэгістраванай вакцыны, якую фактычна апрабавалі на беларускіх дзецях; аб фальсіфікацыі дадзеных па распаўсюджванні COVID-19 у Беларусі. І ўсё гэта пры адабрэнні кантрольнага ведамства — Міністэрства аховы здароўя.</t>
+  </si>
+  <si>
+    <t>8 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Андрэй Станіслававіч Пачобут</t>
+  </si>
+  <si>
+    <t>16 красавіка 1973</t>
+  </si>
+  <si>
+    <t>Андрэй – гарадзенскі журналіст, публіцыст і сябра “Саюзу палякаў Беларусі”. У 2011 годзе яго асудзілі на 3 гады пазбаўлення волі з адтэрміноўкай выканання пакарання на 2 гады па абвінавачанні ў паклёпе на Лукашэнку. Ён быў вызвалены ў зале суда пад падпіску аб нявыездзе. У 2012 годзе супраць яго распачалі новую крымінальную справу за публікацыі ў СМІ, але ў 2013 годзе яна была закрытая за адсутнасцю складу злачынства. Увосень таго ж года ён быў вызвалены ад адбывання пакарання па першай справе.
+25 сакавіка 2021 года Андрэя зноў затрымалі. Яго абвінавацілі ў распальванні варожасці і закліках да санкцый. У абвінавачанні фігуравалі артыкулы аб беларускіх пратэстах 2020 года, абароне польскай меншасці і публікацыі аб нападзенні СССР на Польшчу ў 1939 годзе. Ён правёў у СІЗА больш за 1,5 гады і быў асуджаны ў лютым 2023 года.
+Вядома, што Андрэй адмовіўся пісаць прашэнне аб памілаванні. У цяперашні час ён працягвае падвяргацца ціску, пазбаўлены спатканняў і перадач. Таксама ад яго няма званкоў.</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.07.2011: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму (з адтэрміноўкай 2 гады). Вырак суда 08.02.2023: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.05.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Алена Мікалаеўна Тапаркова</t>
   </si>
   <si>
     <t>16 красавіка 1970</t>
   </si>
   <si>
     <t>Алене Тапарковай 54 гады. Скончыла Беларускую дзяржаўную політэхнічную акадэмію (цяпер - БНТУ).
 Верагодна, Алену затрымалі падчас рэйду на салідарных з палітвязнямі, які адбыўся напрыканцы студзеня 2024 года.
 Людзі, якія трапілі пад аблаву на салідарных з палітвязнямі, якая адбылася з 23 па 24 студзеня, кажуць, што колькасць тых, на каго завялі крымінальныя справы, можа быць значна большай, чым вядома праваабаронцам. Абсалютна непублічныя людзі проста рабілі пераклады ці адпраўлялі пасылкі палітвязням з уласных сродкаў.</t>
   </si>
   <si>
     <t>Вырак суда 12.09.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.11.2024: невядома.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
   </si>
   <si>
+    <t>Алена Уладзіміраўна Марозава</t>
+  </si>
+  <si>
+    <t>16 красавіка 1979</t>
+  </si>
+  <si>
+    <t>Згодна з праўладнымі тэлеграмамі-канал была затрымана разам з сынам за ўдзел у акцыях пратэсту 2020 года. 06.03.2024 была асуджаная па адміністрацыйным артыкуле ( арт. 19.1 КаАП РБ – Дробнае хуліганства). Пасля ёй вылучылі абвінавачанні па крымінальных артыкулах.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-03-08 00:00:02</t>
+  </si>
+  <si>
     <t>Уладзімір Мікалаевіч Лісіца</t>
   </si>
   <si>
     <t>16 красавіка 1968</t>
   </si>
   <si>
     <t>Былы "афганец" і чалавек з прынцыповай грамадзянскай пазіцыяй, а яго жонка Аксана Лісіца - дырэктар Высочанскай базавай школы і дэпутат райсавета 28-га склікання. Уладзімір Лісіца нарадзіўся ва Украіне і замест аватаркі на яго старонцы ў «Аднакласніках» - украінскі сцяг. Змест гэтай старонкі, які зараз па большай частцы выдалены, вывучала Лёзненская раённая пракуратура, і яна вырашыла, што «інфармацыйная прадукцыя на персанальнай старонцы "Уладзімір Лісіца" у сацыяльнай сетцы «Аднакласнікі» змяшчае прыкметы дзейнасці, накіраванай на садзейнічанне ажыццяўленню экстрэмісцкай дзейнасці, праходжанне навучання або іншай падрыхтоўкі для ўдзелу ў такой дзейнасці". Паводле следства , Уладзімір Лісіца пакінуў каментары і на адрас яшчэ некалькіх вядомых у Беларусі асоб: "публічна непрыстойныя каментары прагучалі на адрас ваеннага камісара Гомельскай вобласці А. В. Крываносава, дэпутата Палаты прадстаўнікоў Нацыянальнага сходу РБ А. С. Гайдукевіча, старшыні Глыбоцкага райвыканкама . М.Шубскага і А.Г. Лукашэнка". Паводле судовага прысуду, спадар Лісіца павінен адбыць тры гады ў папраўчай калоніі ва ўмовах агульнага рэжыму, а таксама выплаціць 7400 рублёў штрафу і кампенсацыю маральнай школы двум пазоўнікам - Генеральнаму Пракурору Рэспублікі Беларусь А. Шведу і дэпутату Наваполацкага гарадскога Савета дэпутатаў І. Мядзведскаму – па 3 000 рублёў кожнаму.
 05.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 19.12.2023: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 05.03.2024: невядома.</t>
   </si>
   <si>
     <t>2024-01-09 01:16:25</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Андрэй Мікалаевіч Ханевіч</t>
   </si>
   <si>
     <t>16 красавіка 1975</t>
   </si>
   <si>
     <t>Старшыня першаснай прафсаюзнай арганізацыі Беларускага Незалежнага прафсаюза працаўнікоў ААТ "Гродна Азот".
 Прычынай узбуджэння крымінальнай справы супраць прафсаюзнага лідэра, па версіі дзяржаўнага абвінаваўцы — стала яго гутарка з журналістам тэлеканала «Белсат», падчас якой ён ёй «перадаў нейкія звесткі».
 Тэлефон Андрэя праслухоўвалі, а размовы запісвалі супрацоўнікі спецслужбаў. Пасля яго звальнення з завода, на яго была ўзбуджаная крымінальная справа.
 Яго абвінавачваюць у садзейнічанні экстрэмісцкай дзейнасці і дыскрэдытацыі Рэспублікі Беларусь. Раней экстрэмісцкай прызналі першасную арганізацыю Беларускага Незалежнага прафсаюза работнікаў ААТ "Гродна Азот". Гродзенскі абласны суд прыняў рашэнне аб забароне дзейнасці арганізацыі і яе ліквідацыі.
 Быў узяты пад варту ў зале суда, да гэтага знаходзіўся пад падпіскай аб нявыездзе.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
   </si>
   <si>
-    <t>Юрый Іосіфавіч Станеўскі</t>
-[...74 lines deleted...]
-  <si>
     <t>Кірыл Алегавіч Крошкін</t>
   </si>
   <si>
     <t>17 красавіка 1977</t>
   </si>
   <si>
     <t>Родам з Віцебска , вучыўся ў Гомелі, але ў апошні час жыў у Гродне. Па прафесіі – інжынер, у апошні час працаваў сістэмным адміністратарам у кампаніі Whitebird. Мяркуючы па сацсетках, жыў у Варшаве.
 Таксама мужчына - радыёаматар. Уваходзіць у Беларускую федэрацыю радыёаматараў і радыёспартсменаў.
 У студзені 2024 года пачаўся разгляд справы, апошняе паседжанне прайшло 29.03.2024</t>
   </si>
   <si>
     <t>Вырак суда 29.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.06.2024: невядома.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
+  </si>
+  <si>
+    <t>Уладзіслаў Ігаравіч Якубоўскі</t>
+  </si>
+  <si>
+    <t>17 красавіка 1996</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.12.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, невядома базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
+  </si>
+  <si>
+    <t>Аляксандр Валер'евіч Яварскі</t>
+  </si>
+  <si>
+    <t>17 красавіка 1986</t>
+  </si>
+  <si>
+    <t>Пра Аляксандра вядома, што ён з Петрыкава, дзе займаўся прадпрымальніцкай дзейнасцю ў сферы гандлю харчовымі прадуктамі, напоямі і тытунем, валодаў крамай "Салеман".
+У кастрычніку 2020 года мужчына далучыўся да агульнанацыянальнай забастоўкі, абвешчанай Святланай Ціханоўскай — і нават запісаў з гэтай нагоды відэазварот. Адна з дзяржаўных прапагандысцкіх газет тады яшчэ са здзекам цытавала яго словы з відэа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Ягор Віктаравіч Лебядок</t>
+  </si>
+  <si>
+    <t>17 красавіка 1982</t>
+  </si>
+  <si>
+    <t>Ваеннаму аналітыку Ягору Лябедку прысудзілі 15 сутак адміністрацыйнага арышту па артыкуле 24.3 КаАП. Пасля сутак Ягор не выйшаў і быў затрыманы па крымінальнай справе аб садзейнічанні экстрэмісцкай дзейнасці за каментары для "Еўрарадыё".
+У кастрычніку праўладныя каналы паведамілі, што супраць Ягора распачалі яшчэ адну крымінальную справу па прыкмеце паўторнасці, і адзначалі, што "кожнае інтэрв'ю экстрэмістам утварае асобны склад злачынства".</t>
+  </si>
+  <si>
+    <t>Вырак суда 23.12.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 21.03.2023: прысуд пакінуты без змены. Суд па змене рэжыму 11.12.2024: турэмны рэжым да канца тэрміну.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Юрый Іосіфавіч Станеўскі</t>
+  </si>
+  <si>
+    <t>Згодна з версіямі абвінавачання з 15 ліпеня па 27 снежня 2021 года пад публікацыямі размяшчаў каментары ў дэструктыўных чатах, дзе абражаў Лукашэнку і іншых прадстаўнікоў улады і іх блізкіх, а таксама пагрозы ў адносінах да службовых асоб, якія выконваюць свае службовыя абавязкі.
+У публікацыях былі паведамленні, звязаныя з здзекам з Дзяржаўнага гімна Рэспублікі Беларусь і Дзяржаўнага флага Рэспублікі Беларусь.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.10.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 16.12.2022: невядома.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
   </si>
   <si>
     <t>Андрэй Вітальевіч Слізевіч</t>
   </si>
   <si>
     <t>18 красавіка 1982</t>
   </si>
   <si>
     <t>Індывідуальны прадпрымальнік. Па версіі абвінавачання, ён нібыта пакідаў негатыўныя каментары пра Расію пасля тэракту ў «Крокус Холе» і заклікаў бамбаваць расійскія гарады.
 Андрэя затрымалі ў сакавіку. Праўладныя каналы публікавалі з ім "пакаяльнае" відэа.</t>
   </si>
   <si>
     <t>ПК-8, 211388, Віцебская вобл., г. Ворша, вул. Леніна, 195А</t>
   </si>
   <si>
     <t>Вырак суда 04.12.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Раман Браніслававіч Марусаў</t>
   </si>
   <si>
     <t>19 красавіка 1996</t>
   </si>
   <si>
     <t>Раман быў затрыманы ў сакавіку 2021 года ў рамках крымінальнай справы па артыкуле "дапамога ў наўмысных дзеяннях, накіраваных на ўзбуджэнне іншай сацыяльнай варожасці па прыкмеце іншай сацыяльнай прыналежнасці, учыненых групай асоб". Ён быў асуджаны за перадачу інфармацыі BYPOL.
 "18 сакавіка 2021 года Раман прыйшоў да дома супрацоўніка міліцыі, каб праверыць апублікаваны ў інтэрнэце адрас і паведаміць яго дэструктыўнаму рэсурсу. Ён пракраўся ў пад'езд, патэлефанаваў у дамафон, сустрэў жонка міліцыянера і ўцёк. Дома адправіў паведамленне ў Telegram-канал з пацвярджэннем адраса", — сказана ў матэрыялах следства.
 Увосень 2023 года ўмовы яго ўтрымання сталі больш жорсткімі, і Раман быў пераведзены на турэмны рэжым.
 У верасні 2024 года адбылося судовае паседжанне па артыкуле "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы", у рамках якога Раману маглі дадаць да двух гадоў пазбаўлення волі; вынік паседжання невядомы.</t>
   </si>
   <si>
     <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Суд па змене рэжыму 17.10.2023: 2 гады турэмнага рэжыму. Вырак суда 27.09.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.11.2024: невядома.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
   </si>
   <si>
-    <t>Анатоль Сяргеевіч Кірэйчык</t>
-[...24 lines deleted...]
-    <t>2024-03-06 13:51:10</t>
+    <t>Ігар Мікалаевіч Шуканаў</t>
+  </si>
+  <si>
+    <t>19 красавіка 1963</t>
+  </si>
+  <si>
+    <t>62-гадовы супрацоўнік лабараторыі інфарматыкі і сувязі Мазырскага нафтаперапрацоўчага завода.
+Ігара Шуканава паказальна жорстка затрымлівалі 1 жніўня 2024 года. За ім з Мінска прыехаў ГУБАЗ. Яго затрымалі проста на працоўным месцы. Затым завадскім аўтамабілем «УАЗ-Patriot» вывезлі за прахадную завода. Недалёка ад аўтобуснага прыпынку, на паркоўцы каля галоўнай прахадной завода, дзе ў той час былі людзі, губопікаўцы ўчынілі паказальнае збіццё Шуканава — выцягнулі з УАЗа, кінулі тварам на асфальт і, націснуўшы каленам на галаву, надзелі кайданкі.
+Характэрна, што раніцай таго дня Ігара судзілі па адміністрацыйным артыкуле за распаўсюджванне "экстрэмізму". Яму далі штраф і адпусцілі - каб праз некалькі гадзін арыштаваць.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.02.2025: невядома. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-02-17 16:29:03</t>
   </si>
   <si>
     <t>Генадзь Мар'янавіч Жукель</t>
   </si>
   <si>
     <t>20 красавіка 1961</t>
   </si>
   <si>
     <t>Мужчына патэлефанаваў у раённую міліцыю і выказаўся ў бок Лукашэнкі, калі размаўляў з дзяжурным. Вядома, што ў гэты момант ён быў у стане алкагольнага ап'янення. Раней яго ўжо судзілі за хуліганства і некалькі разоў прыцягвалі да адміністратыўнай адказнасці.
 29.02.2024 адбыўся разгляд апеляцыйнай скаргі. Прысуд уступіў у сілу.
 У ліпені 2024 года вызвалены, цалкам адбыўшы пакаранне, прызначанае судом.
 У студзені 2025 года Генадзя зноў судзілі за абразу Лукашэнкі А.Р.</t>
   </si>
   <si>
     <t>Вырак суда 27.12.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.02.2024: прысуд пакінуты без змены. Вырак суда 09.01.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-10-10 00:01:50</t>
   </si>
   <si>
+    <t>Сяргей Сцяпанавіч Бувака</t>
+  </si>
+  <si>
+    <t>20 красавіка 1965</t>
+  </si>
+  <si>
+    <t>Сяргея абвінавацілі ў тым, што ён напісаў некалькі паведамленняў у мэсэнджэры Telegram, і прыгаварылі да абмежавання волі з накіраваннем. Паседжанне праходзіла ў будынку Бярозаўскага камбіната кааператыўнай прамысловасці. Пасля суда пракурор прачытаў работнікам лекцыю і "нагадаў аб адказнасці за злачынствы экстрэмісцкай накіраванасці". Да суда Сяргей знаходзіўся пад хатнім арыштам.</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.03.2024: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
+  </si>
+  <si>
+    <t>Канстанцін Уладзіміравіч Шастоў</t>
+  </si>
+  <si>
+    <t>20 красавіка 1978</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.03.2024: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Анатоль Сяргеевіч Кірэйчык</t>
+  </si>
+  <si>
+    <t>20 красавіка 1949</t>
+  </si>
+  <si>
+    <t>Па дадзеных следства, з кастрычніка 2020 года па люты 2022 года 74-гадовы мужчына сістэматычна размяшчаў каментары пад фатаграфіямі прадстаўнікоў улады, дзе, «не саромеючыся ў выразах, абражаў, публічна прыніжаў і ганьбіў іх гонар і годнасць». Падчас вобыску ў яго дома знайшлі боепрыпасы. Пенсіянер расказаў следчым, што калекцыянаваў іх.
+Сцвярджаецца , што Кірэйчык "абразіў" ажно 135 пасадачных асоб-супрацоўнікаў КДБ, пракуратуры, міліцыі, Следчага камітэта, Міністэрства абароны і судовай сістэмы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.06.2024: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 16.08.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:44:11</t>
+  </si>
+  <si>
     <t>Аляксей Юр'евіч Драб</t>
   </si>
   <si>
     <t>20 красавіка 1986</t>
   </si>
   <si>
     <t>Аляксандр быў затрыманы ў кастрычніку 2020 года і абвінавачаны ва ўдзеле ў падзеях, якія адбыліся 11 кастрычніка 2020 года каля станцыі метро «Пушкінская», калі людзі спрабавалі абараніць мірнага пратэстоўца ад збіцця АМАПам. Падчас затрымання яму пагражалі, прымушалі даць паказанні на відэа, а таксама зламалі нагу ў пяці месцах. У СІЗА ён паступіў з гіпсам пасля допытаў.</t>
   </si>
   <si>
     <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
   </si>
   <si>
     <t>Вырак суда 02.04.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, прыблізна 21000 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-03-19 02:23:39</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Уладзімір Валер'евіч Фішман</t>
   </si>
   <si>
     <t>22 красавіка 1987</t>
   </si>
   <si>
     <t>Уладзімір цікавіцца гарадской забудовай і архітэктурай каля 20 год. Ён стварыў унікальную базу з тысячамі фатаграфій розных будынкаў у Беларусі і за яе межамі - photobuildings.com.
 У відэа, якое паказалі на АНТ, Уладзімір распавядае , што нібыта зарэгістраваўся ў чаце плана "Перамога", а ў лістападзе 2022 года з ім нібыта звязаўся Аляксандр Азараў.
 27.02.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 05.01.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 27.02.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Наталля Мікалаеўна Лашч</t>
   </si>
   <si>
     <t>23 красавіка 1993</t>
   </si>
   <si>
     <t>Юрыстка 2 класа, былая супрацоўніца пракуратуры Фрунзенскага раёна Мінска, некаторы час працавала HR-спецыялісткай у IT-кампаніі. Натальлю абвінавачваюць у зьліве інфармацыі ў «Чорную кнігу Беларусі».</t>
   </si>
   <si>
     <t>Вырак суда 01.03.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 30.05.2023: невядома.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
     <t>Сяргей Ільіч Дзюба</t>
   </si>
   <si>
     <t>24 красавіка 1976</t>
   </si>
   <si>
-    <t>Супрацоўнік БЧ. Па папярэдняй інфармацыі затрыманы ў рамках артыкулаў 356 і 357 КК РБ ( "здрада дзяржаве" і "змова або іншыя дзеянні, учыненыя з мэтай захопу дзяржаўнай улады").</t>
-[...2 lines deleted...]
-    <t>12 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
+    <t>Сяргей, супрацоўнік БЖД, быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Сяргея прызналі вінаватым паводле артыкулаў «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
   </si>
   <si>
-    <t>Ірына Віктараўна Злобіна</t>
+    <t>Віктар Вітальевіч Яскіч</t>
   </si>
   <si>
     <t>25 красавіка 1989</t>
-  </si>
-[...72 lines deleted...]
-    <t>Віктар Вітальевіч Яскіч</t>
   </si>
   <si>
     <t>Працаваў таксістам. Шматдзетны бацька, ад двух шлюбаў мае 6 дзяцей.
 Затрыманы па справе аб тэрарызме. На допытах быў моцна збіты (Віктару нават зламалі руку). Па дадзеных КДБ, Віктара Яскіча і Яўгена Грука асудзілі па арт. 289 КК (акт тэрарызму) і арт. 295 КК (незаконныя дзеянні ў адносінах да агнястрэльнай зброі, боепрыпасаў і выбуховых рэчываў). Аб іх затрыманні стала вядома ў пачатку красавіка 2024 года з сюжэту АНТ. Як сцвярджалі прапагандысты, сілавікі затрымалі як мінімум 12 чалавек, сярод якіх Грук і Яскіч, абвінавачаныя ў кантрабандзе ўзрыўчаткі і планаванні тэрактаў. Па словах аўтара сюжэту, Грук быў інфарматарам СБУ: фатаграфаваў ваенную тэхніку і скідаў яе каардынаты. Пасля Груку далі каманду забраць узрыўчатку са схованкі. Да схованкі мужчыну падвёз Яскіч. Пасля яны абодва павінны былі раскласці ўзрыўчатку са схованкі ў новыя схованкі. У сюжэце не тлумачаць логіку такіх дзеянняў.
 Суд адбыўся ў маі 2025 года. Прысуд невядомы, да суда Віктар знаходзіўся ў СІЗА.</t>
   </si>
   <si>
-    <t>Вырак суда дата невядомая: невядома. Апеляцыя дата невядомая: невядома.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Зміцер Аляксандравіч Шчамер</t>
-[...8 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
+    <t>Павел Аляксандравіч Шпетны</t>
+  </si>
+  <si>
+    <t>25 красавіка 1997</t>
+  </si>
+  <si>
+    <t>Павел, актывіст анархісцкага руху, быў затрыманы ў сакавіку 2021 года ў межах крымінальнай справы, узбуджанай супраць анархістаў з Брэсцкай вобласці. Ён быў асуджаны за "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак", і за "ўдзел у злачыннай арганізацыі". Вядома, што ў аснову абвінавачання лёг эпізод, звязаны з "Маршам недармаедаў", які адбыўся 5 сакавіка 2017 года, а таксама падзеі, якія адбыліся ля будынка Брэсцкага ГУБАЗіКу ў 2016 годзе.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.09.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 500 базавых велічынь штрафу. Апеляцыя 28.02.2023: прысуд пакінуты без змены. Вырак суда 08.10.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
+  </si>
+  <si>
+    <t>Дзмітрый Іосіфавіч Падрэз</t>
+  </si>
+  <si>
+    <t>25 красавіка 1987</t>
+  </si>
+  <si>
+    <t>Зміцер, стрыт-арт-мастак і IT-спецыяліст, быў затрыманы ў ліпені 2021 года ў рамках крымінальнай справы, узбуджанай па трох артыкулах, уключаючы «умяшанне ў дзейнасць супрацоўніка органаў унутраных справаў». Вядома, што пры затрыманні супрацоўнікі ГУБАЗіК збівалі Дзмітрыя і здзекаваліся з яго.
+У сакавіку 2022 года Змітра прызналі вінаватым у перадачы дадзеных прадстаўнікоў сілавых ведамстваў тэлеграм-каналу «Чорная кніга Беларусі», прыгаварыўшы да пазбаўлення волі ў калоніі і выплаты маральнай шкоды «пацярпелым».</t>
+  </si>
+  <si>
+    <t>Вырак суда 15.03.2022: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 11000 рублёў кампенсацыі.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:25:31</t>
+  </si>
+  <si>
+    <t>Арцём Сяргеевіч Янкоўскі</t>
+  </si>
+  <si>
+    <t>25 красавіка 2003</t>
+  </si>
+  <si>
+    <t>13 жніўня 2023 года быў затрыманы за "распаўсюд, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць". Пасля гэтага супраць яго распачалі крымінальную справу. Пасля затрымання з Арцёмам публікавалі "пакаянае" відэа, дзе ён казаў, што ў 2020-м годзе прапаноўваў закідваць супрацоўнікаў міліцыі "кактэйлямі Молатава" і адпраўляў інструкцыю па іх вырабе сябрам.</t>
+  </si>
+  <si>
+    <t>невядома</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
+  </si>
+  <si>
+    <t>Ірына Віктараўна Злобіна</t>
+  </si>
+  <si>
+    <t>Ірына скончыла факультэт філасофіі і сацыяльных навук БДУ і апошнія гады займалася сваім невялікім бізнесам, звязаным з кветкамі і вытворчасцю сувеніраў. Яна была затрымана 12 студзеня 2021 года разам з Андрэем Аляксандравым. Ірыну абвінавачвалі ў "фінансаванні пратэстнай дзейнасці" і аплаце штрафаў удзельнікам пратэстаў. Яе асудзілі за "здраду дзяржаве" і "ўдзел у групавых дзеяннях, якія груба парушаюць грамадскі парадак".
+1 верасня 2022 года пара ажанілася ў СІЗА-1.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.10.2022: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя 06.01.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Віталь Паўлавіч Барысевіч</t>
+  </si>
+  <si>
+    <t>25 красавіка 1984</t>
+  </si>
+  <si>
+    <t>Быў затрыманы 24 лістапада 2021 года. У тэлеграм-канале МУС Беларусі з'явілася паведамленне аб тым, што Віталь нібыта ў жніўні мінулага года прымаў актыўны ўдзел у масавых беспарадках у раёне гандлёвага цэнтра «Рыга».</t>
+  </si>
+  <si>
+    <t>6 гадоў пазбаўлення волі ў калоніі узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
   </si>
   <si>
     <t>Уладзімір Уладзіміравіч Цыгановіч</t>
   </si>
   <si>
     <t>26 красавіка 1980</t>
   </si>
   <si>
     <t>Уладзімір - блогер і аўтар YouTube-канала MozgON. Ён пачынаў з абмеркавання эканамічных і грамадскіх навін, пазней перайшоў на палітычныя тэмы, асвятляючы розныя акцыі, у тым ліку пікеты Сяргея Ціханоўскага.
 У чэрвені 2020 года яго затрымалі для адбыцця адміністрацыйнага арышту, але пазней абвінавацілі ў падрыхтоўцы "масавых беспарадкаў" і асудзілі па "справе Ціханоўскага". Па дадзеных праваабаронцаў, фігуранты справы абавязаныя выплаціць кампенсацыю ў памеры 29 мільёнаў рублёў.
 У 2022 годзе Ўладзіміра перавялі на турэмны рэжым. У 2023 годзе яго двойчы судзілі за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы". Восенню 2023 года адбылося трэцяе судовае пасяджэнне па новай справе за "злоснае непадпарадкаванне".</t>
   </si>
   <si>
     <t>Вырак суда 14.12.2021: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 01.06.2022: прысуд пакінуты без змены. Вырак суда 06.10.2022: прыблізна 29000000 рублёў кампенсацыі. Суд па змене рэжыму 24.10.2022: 3 гады турэмнага рэжыму. Вырак суда 10.04.2023: 1 год пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 30.11.2023: невядома. Апеляцыя 08.02.2024: невядома. Вырак суда 05.09.2024: невядома. Апеляцыя 06.11.2024: невядома.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
   </si>
   <si>
+    <t>Дзмітрый Руслановіч Захарошка</t>
+  </si>
+  <si>
+    <t>26 красавіка 2006</t>
+  </si>
+  <si>
+    <t>У праўладным фільме (красавік 2024 года) распавялі, што шэсць падлеткаў нібыта аб'ядналіся ў "анархісцкую ячэйку "Чорныя салаўі", якую "пад кіраўніцтвам Нацыянальнай вызваленчай арміі Украіны" стварыла 16-гадовая грамадзянка Украіны Марыя Місюк.
+Супрацоўнікі АНТ сцвярджаюць, што падлеткі аб'ядналіся, каб рабіць дыверсіі па навядзенні ў Беларусі, а пасля - у Расіі. Марыю абвінавачваюць паводле ч. 2 арт. 289 КК (акт тэрарызму). Паводле сюжэту, 16-гадовая Марыя Місюк у 2022 годзе пераехала разам з сям'ёй з Украіны ў Беларусь, дзе стварыла "анархісцкае вочка для падрыхтоўкі тэрактаў". Сярод затрыманых – навучэнцы каледжаў у Баранавічах, Нясвіжы, Міры, Мінску і Лунінцы. Гэта Трафім Барысаў, Сяргей Жыгалёў, Зміцер Захарошка , Анастасія Кліменка і Аляксандра Пуліновіч. Як сцвярджаюць супрацоўнікі АНТ, маладыя людзі збіраліся на Баранавіцкай кватэры, каб падрыхтавацца да сваёй першай сур'ёзнай акцыі – сабраць узрыўчатку і падарваць Баранавіцкую філію міліцыі ці пракуратуру. Па якіх артыкулах абвінавачваюць астатніх пяці ўдзельнікаў, невядома. Як і невядомы іх статусы і месцазнаходжанне.</t>
+  </si>
+  <si>
+    <t>Вырак суда 11.11.2025: 10 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 09.02.2026: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
+  </si>
+  <si>
     <t>Таццяна Сяргееўна Кузіна</t>
   </si>
   <si>
     <t>26 красавіка 1973</t>
   </si>
   <si>
     <t>Таццяна — сузаснавальніца школы маладых менеджэраў публічнага адміністравання Sympa, экспертка даследчага праекта Bipart, магістар паліталогіі.
 Яна была затрымана ў Мінску ноччу з 28 на 29 чэрвеня 2021 года ў аэрапорце пры праходжанні пашпартнага кантролю на выезд з краіны. Вядома, што Таццяна збіралася ляцець начным рэйсам у Тбілісі. Пазней стала вядома, што яна была затрыманая ў сувязі з узбуджанай крымінальнай справай. Таццяну даставілі ў ІЧУ на Акрэсціна, а праз некалькі дзён перавялі ў СІЗА.
 6 лютага 2023 года ў судзе пачалі разглядаць яе справу па абвінавачанні ў «дапамозе дзеянням, накіраваным на захоп улады», «заклікам да дзеянняў, якія наносяць шкоду нацыянальнай бяспецы» і «распальванні сацыяльнай варожасці». 17 сакавіка таго ж года суд у закрытым рэжыме прыгаварыў Таццяну да 10 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>Вырак суда 17.03.2023: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 25.07.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-07-20 20:17:19</t>
   </si>
   <si>
+    <t>Зміцер Аляксандравіч Шчамер</t>
+  </si>
+  <si>
+    <t>26 красавіка 1994</t>
+  </si>
+  <si>
+    <t>Праўладныя каналы сцвярджаюць, што яго затрымалі выпадкова - з-за чахла на тэлефоне з надпісам "маліцеся за Беларусь" на англійскай мове і выявай нацыянальнай сімволікі. Пасля затрымання ў тэлефоне Зміцера нібыта адшукалі відэа з пратэстаў, а таксама фота з дваровага чата, дзе ён прапануе людзям макеты пратэстных налепак. Вядома, што хлопец доўгі час займаўся плаваннем і мае разрад кандыдата ў майстры спорту.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
+  </si>
+  <si>
     <t>Яўген Аляксандравіч Гармаш</t>
   </si>
   <si>
     <t>26 красавіка 1987</t>
   </si>
   <si>
     <t>Суд над ім распачаўся 4 верасня 2023 года ў Менскім гарадскім судзе. Гэта той самы мінчук , якога людзі "адбілі" ад затрымання на пікеце па зборы подпісаў 31 траўня 2020 года пасля таго, як той крыкнуў супрацоўнікамі ДАІ "Ганьба!". Цяпер Яўгена судзяць у межах крымінальнай справы.
 17.11.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 07.09.2023: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.11.2023: невядома.</t>
   </si>
   <si>
     <t>2023-08-30 15:43:18</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Аляксандр Іосіфавіч Плескацэвіч</t>
   </si>
   <si>
     <t>26 красавіка 1974</t>
   </si>
   <si>
     <t>Вінаваціўся ў тым, што ён двойчы размалёўваў бела-чырвонай фарбай дома, слупы і будынкі ў сваёй вёсцы і прызнаваўся ў каханні да Святланы Ціханоўскай.
 У СІЗА мужчына знаходзіўся з 18 верасня 2021 года. З сакавіка 2022 года мужчына пачаў адбываць пакаранне. У чэрвені 2022 года Аляксандра змяшчалі ў Магілёўскую турму № 4. За час адбывання пакарання мужчына змяшчаўся ў ШІЗА і збіваўся.
 Вызвалены 16 лютага 2023 года.
 28 лістапада 2023 г. У Аляксандра пачаўся яшчэ адзін суд , у Брэсцкім абласным судзе. Мужчыну інкрымінуюць два артыкулы: 130 заўв. 1 ч. 1 (рэабілітацыя нацызму), 339 ч. 2 (хуліганства).</t>
   </si>
   <si>
     <t>1) 2 гады абмежавання волі з накіраваннем у папраўчую ўстанову адкрытага тыпу
 2) 3 гады пазбаўлення волі ў калоніі</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
   </si>
   <si>
-    <t>Мікіта Ігаравіч Старажэнка</t>
-[...18 lines deleted...]
-  <si>
     <t>Сяргей Мікалаевіч Пацукевіч</t>
   </si>
   <si>
     <t>27 красавіка 1990</t>
   </si>
   <si>
     <t>Сяргей быў затрыманы 17 лістапада 2020 года і асуджаны за ўдзел у акцыях пратэсту, якія праходзілі 9-10 жніўня 2020 года ў Менску. Па версіі следства, ён «кінуў не менш за адзін камень у бок транспарту МУС», знаходзіўся на месцы будаўніцтва барыкад, перакрываў рух і выкрыкваў лозунгі.</t>
   </si>
   <si>
     <t>Вырак суда 21.07.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, прыблізна 6000 рублёў кампенсацыі.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
     <t>Тарас Ігаравіч Мачынскі</t>
   </si>
   <si>
     <t>28 красавіка 1981</t>
   </si>
   <si>
     <t>Былы ўкраінец. Беларускае грамадзянства атрымаў у 2010 годзе, часта бывае ў памежжы.
 У сюжэце на праўладным канале сцвярджаецца, што ён перадаваў Купрыенку (абвінавачваецца ў шпіянажы), напрыклад, дадзеныя аб размяшчэнні ваеннай тэхнікі, руху калон. </t>
   </si>
   <si>
     <t>10 год пазбаўлення волі ў калоніі ўзмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
-  </si>
-[...27 lines deleted...]
-    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Станіслаў Віктаравіч Таспаеў</t>
   </si>
   <si>
     <t>28 красавіка 1976</t>
   </si>
   <si>
     <t>Актывіст з Мядзельскага раёна.
 У снежні 2021 года стала вядома , што Таспаева асудзілі на два гады хатняй хіміі за «паклёп» (арт. 188 КК). Згодна з раскладам судоў, за апошнія паўгода яго двойчы судзілі па адміністрацыйных справах за парушэнне правілаў утрымання жывёл у маі 2023 года і за парушэнне парадку правядзення масавых мерапрыемстваў у маі 2024 года.
 Суд над Станіславам, але ўжо па крымінальнай справе, пачнецца 4 кастрычніка 2024 г. у судзе Мядзельскага раёна. Як паведаміла прэс-служба пракуратуры, Станіслаў з'яўляецца адміністратарам YouTube-канала «Ініцыятыва Курорта Нарач» (прызнаны экстрэмісцкім 12 чэрвеня 2024 года), у якім "з сакавіка 2017 года па ліпень 2024 года ў 36 паведамленнях на відэазапісах ён распаўсюдзіў загадчыкам , эканамічным і сацыяльным становішчы Рэспублікі Беларусь, прававым становішчы яе грамадзян, дзейнасці дзяржаўных органаў, якія дыскрэдытуюць краіну перад неабмежаваным колам асоб".
 Мужчына захапляецца фатаграфіяй, і гэта была адна з крыніц яго даходу. Зарабляе і камп'ютарнымі паслугамі. Таксама Станіслаў быў раённым каардынатарам праекту "IT-краіна", які фінансавала ІТ-кампанія "Белхард". Акрамя працы, Станіслаў займаўся экалагічнымі праблемамі Мядзела і наваколля, абараняў прыроду.</t>
   </si>
   <si>
     <t>Вырак суда 15.12.2021: 2 гады абмежаванні волі без накіравання. Вырак суда 01.11.2024: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.01.2025: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
+    <t>Аляксандр Сяргеевіч Шустоўскі</t>
+  </si>
+  <si>
+    <t>28 красавіка 1967</t>
+  </si>
+  <si>
+    <t>Быў асуджаны ў канцы 2022 года на хімію з накіраваннем за ўдзел у акцыях патэста, пасля чаго ў 2024 годзе быў асуджаны за махлярства і адпраўлены адбываць у ВК-2.</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.12.2022: невядома гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Вырак суда 24.05.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
+  </si>
+  <si>
+    <t>Міхаіл Аляксандравіч Разуванаў</t>
+  </si>
+  <si>
+    <t>28 красавіка 1999</t>
+  </si>
+  <si>
+    <t>За ўдзел у пратэстах ГУБАЗіК затрымаў брата і сястру — Міхаіла і Аляксандру Аляксандравічаў Разуванавых . Па словах ГУБАЗіКу, Міхаіл і Аляксандра ў 2020 годзе ўдзельнічалі ў паслявыбарных акцыях пратэсту. Судзячы па паведамленні сілавікоў, супраць брата і сёстры ўзбудзілі крымінальную справу.
+23.06.2023 адбылося апеляцыйнае паседжанне суда, прысуд уступіў у сілу.
+Паводле інфармацыі праваабаронцаў красавіку 2024 года Міхаіл зноў быў заключаны ў СІЗА-1. Магчыма гэта зьвязана з новай крымінальнай справай.</t>
+  </si>
+  <si>
+    <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
     <t>Руслан Ісаевіч Волкаў</t>
   </si>
   <si>
     <t>29 красавіка 1999</t>
   </si>
   <si>
     <t>Руслан упершыню быў затрыманы 10 жніўня 2020 года падчас акцыі пратэсту ў Брэсце супраць фальсіфікацый на прэзідэнцкіх выбарах. Пасля жорсткага збіцця ён патрапіў у лякарню, а затым быў асуджаны на 7 сутак адміністрацыйнага арышту. Пазней у дачыненні да яго распачалі крымінальную справу, але падчас следства ён пакінуў краіну.
 Вярнуўшыся ў Беларусь, Руслан паспрабаваў перасекчы мяжу з Еўразвязам, аднак быў затрыманы. У лістападзе 2021 года яго асудзілі за ўдзел у "масавых беспарадках".
 У ліпені 2024 года ён быў зноў асуджаны — на гэты раз за "злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы". Па гэтым артыкуле судзяць зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, на падставе выдуманых парушэнняў.</t>
   </si>
   <si>
     <t>Вырак суда 08.11.2021: 4 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.01.2022: прысуд пакінуты без змены. Вырак суда 01.07.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Рыгор Уладзіміравіч Гунько</t>
-[...21 lines deleted...]
-    <t>2025-11-13 14:54:02</t>
+    <t>Юры Караткевіч</t>
+  </si>
+  <si>
+    <t>29 красавіка 1994</t>
+  </si>
+  <si>
+    <t>Асуджаны за ўдзел у акцыях пратэсту.</t>
+  </si>
+  <si>
+    <t>Невядома гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Наталля Іванаўна Ладуцька</t>
   </si>
   <si>
     <t>29 красавіка 1964</t>
   </si>
   <si>
     <t>Наталля была затрымана падчас масавага рэйду сілавых структур 23–24 студзеня 2024 года, накіраванага супраць сваякоў палітвязняў і людзей, якія выказвалі ім салідарнасць. Яе асудзілі ў рамках крымінальнай справы, узбуджанай па артыкуле «садзейнічанне экстрэмісцкай дзейнасці».</t>
   </si>
   <si>
     <t>Вырак суда 11.02.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 600 базавых велічынь штрафу. Апеляцыя 08.04.2025: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-02-05 18:58:53</t>
-  </si>
-[...43 lines deleted...]
-    <t>2021-02-26 21:27:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1833,51 +1706,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1906,2440 +1779,2220 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C26" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C27" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>160</v>
+      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="H31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>175</v>
+      </c>
+      <c r="C32" t="s">
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>174</v>
+        <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="F35" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>192</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>202</v>
       </c>
       <c r="I37" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>204</v>
       </c>
       <c r="B38" t="s">
         <v>205</v>
       </c>
       <c r="C38" t="s">
         <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
+      <c r="C39" t="s">
+        <v>211</v>
+      </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>174</v>
+        <v>43</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E41" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
+        <v>244</v>
+      </c>
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>98</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>260</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
+        <v>271</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>265</v>
+        <v>82</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>72</v>
+        <v>266</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
+        <v>98</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>286</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" t="s">
         <v>289</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>290</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>291</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>293</v>
+      </c>
+      <c r="B56" t="s">
         <v>294</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>295</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>296</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I56" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C57" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I57" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B58" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C58" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E58" t="s">
-        <v>306</v>
+        <v>43</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>307</v>
       </c>
       <c r="I58" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>309</v>
       </c>
       <c r="B59" t="s">
         <v>310</v>
       </c>
       <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>92</v>
+      </c>
       <c r="F59" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>131</v>
+      </c>
+      <c r="I60" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
         <v>319</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>320</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>260</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
         <v>324</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>325</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
         <v>329</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>330</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>331</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>315</v>
+      </c>
+      <c r="C64" t="s">
         <v>334</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>42</v>
+      </c>
+      <c r="E64" t="s">
+        <v>43</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>335</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>337</v>
+      </c>
+      <c r="B65" t="s">
+        <v>338</v>
+      </c>
+      <c r="C65" t="s">
         <v>339</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>98</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>340</v>
       </c>
-      <c r="C65" t="s">
+      <c r="I65" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
         <v>344</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>345</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>346</v>
-      </c>
-[...16 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>347</v>
+      </c>
+      <c r="B67" t="s">
+        <v>348</v>
+      </c>
+      <c r="C67" t="s">
         <v>349</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>70</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>350</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>352</v>
+      </c>
+      <c r="B68" t="s">
+        <v>353</v>
+      </c>
+      <c r="C68" t="s">
         <v>354</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>355</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>357</v>
+      </c>
+      <c r="B69" t="s">
         <v>358</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>359</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>76</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>361</v>
+      </c>
+      <c r="B70" t="s">
         <v>362</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>363</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>364</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>366</v>
+      </c>
+      <c r="B71" t="s">
         <v>367</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>368</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>369</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>371</v>
+      </c>
+      <c r="B72" t="s">
         <v>372</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>373</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>92</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>374</v>
       </c>
-      <c r="D72" t="s">
-[...11 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>376</v>
+      </c>
+      <c r="B73" t="s">
         <v>377</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>378</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>379</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>381</v>
+      </c>
+      <c r="B74" t="s">
         <v>382</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>383</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>384</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>386</v>
+      </c>
+      <c r="B75" t="s">
         <v>387</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>388</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>59</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>171</v>
+      </c>
+      <c r="H75" t="s">
         <v>389</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>391</v>
+      </c>
+      <c r="B76" t="s">
         <v>392</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>393</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>119</v>
+      </c>
+      <c r="I76" t="s">
         <v>394</v>
-      </c>
-[...16 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>395</v>
+      </c>
+      <c r="B77" t="s">
+        <v>396</v>
+      </c>
+      <c r="C77" t="s">
         <v>397</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>398</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>399</v>
-      </c>
-[...16 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>400</v>
+      </c>
+      <c r="B78" t="s">
+        <v>401</v>
+      </c>
+      <c r="C78" t="s">
         <v>402</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>403</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>405</v>
+      </c>
+      <c r="B79" t="s">
         <v>406</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>407</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>42</v>
+      </c>
+      <c r="E79" t="s">
+        <v>43</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>408</v>
       </c>
-      <c r="D79" t="s">
-[...11 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>409</v>
-      </c>
-[...227 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">