--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
@@ -163,417 +163,410 @@
   </si>
   <si>
     <t>Зміцер Іванавіч Паўтарак</t>
   </si>
   <si>
     <t>1 чэрвеня 1987</t>
   </si>
   <si>
     <t>Зміцер быў асуджаны ў жніўні 2022 года ў межах крымінальнай справы па артыкуле «Арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» за ўдзел у мірных акцыях пратэсту, якія праходзілі ў 2020 годзе ў Менску. Зміцер патрапіў на відэа журналіста з акцый пратэсту ў першыя дні пасля выбараў.
 У траўні 2023 года стала вядома, што Дзмітрыя затрымалі ў папраўчай установе і судзілі па адміністрацыйным артыкуле за «распаўсюджванне экстрэмісцкіх матэрыялаў», прыгаварыўшы да адміністрацыйнага арышту, які ён адбываў у Гомельскім ІЧУ.
 У ліпені таго ж года адбылося судовае паседжанне па пытанні замены абмежавання волі на пазбаўленне волі ў калоніі; вынік паседжання невядомы.</t>
   </si>
   <si>
     <t>ПУАТ-17, г. Гомель, вул. Барысенка, 13, 246020</t>
   </si>
   <si>
     <t>Хімія са скіраваннем</t>
   </si>
   <si>
     <t>Вырак суда 05.08.2022: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 08.11.2022: прысуд пакінуты без змены. Суд па змене рэжыму 11.07.2023: невядома.</t>
   </si>
   <si>
     <t>2022-04-06 14:47:35</t>
   </si>
   <si>
-    <t>Раман Юр'евіч Парфёнаў</t>
-[...31 lines deleted...]
-  <si>
     <t>Дзмітрый Мікалаевіч Івашкоў</t>
   </si>
   <si>
     <t>2 чэрвеня 1981</t>
   </si>
   <si>
     <t>Сябра ініцыятыўнай групы кандыдата ў прэзідэнты Святланы Ціханоўскай быў затрыманы 27 верасня 2020 года ў Гомелі на мірнай акцыі пратэсту і абвінавачаны ва ўдзеле ў "масавых беспарадках" і планаванні "захопу будынкаў".
 Зімой 2023 года Зміцер быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
     <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
   </si>
   <si>
     <t>Вырак суда 04.05.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.08.2021: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
+  </si>
+  <si>
+    <t>Мікалай Мікалаевіч Ляпёшка</t>
+  </si>
+  <si>
+    <t>2 чэрвеня 1977</t>
+  </si>
+  <si>
+    <t>47-гадовы айцец Мікалай быў затрыманы разам з 46-гадовай жонкай Аленай і іх 24-гадовым сынам Мікітам за ўдзел у акцыя пратэсту 2020 года.</t>
+  </si>
+  <si>
+    <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Вырак суда 03.02.2025: невядома гадоў абмежаванні волі без накіравання.</t>
+  </si>
+  <si>
+    <t>2025-01-31 20:22:02</t>
+  </si>
+  <si>
+    <t>Раман Юр'евіч Парфёнаў</t>
+  </si>
+  <si>
+    <t>2 чэрвеня 1982</t>
+  </si>
+  <si>
+    <t>Паводле паведамлення суда, сутнасць абвінавачання супраць усіх заключалася ў тым, што людзі 10 жніўня 2020 года ў Брэсце «выкрыквалі лозунгі, свісталі, пляскалі ў далоні, дэманстравалі палотны бел-чырвона-белага колеру, выходзілі на праезную частку» . Гэтым яны нібыта груба парушалі грамадскі парадак.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.09.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
+    <t>Юры Генадзевіч Альховік</t>
+  </si>
+  <si>
+    <t>3 чэрвеня 1987</t>
+  </si>
+  <si>
+    <t>Бізнесмен, затрыманы восенню 2023 года за заклікі да санкцый. Супраць Юрыя ўзбуджана крымінальная справа, ён узяты пад варту (месца ўтрымання ўдакладняецца).
+У эфіры праўладнага тэлеканала "Беларусь 1" Юры Альховік прадстаўлены як "сузаснавальнік кампаніі — афіцыйнага дыстрыбутара сусветных вытворцаў". Сам ён расказаў, што займаўся пастаўкамі абсталявання неразбуральнага кантролю і хімічнага аналізу, выпрабавальнага абсталявання. Ён напісаў ліст у еўрапейскую кампанію з просьбай аб спыненні супрацоўніцтва з беларускай кампаніяй, унесенай у санкцыйны спіс.</t>
+  </si>
+  <si>
+    <t>2024-01-03 01:34:38</t>
   </si>
   <si>
     <t>Аляксей Фірдаўсавіч Кудасаў</t>
   </si>
   <si>
     <t>3 чэрвеня 1998</t>
   </si>
   <si>
     <t>Аляксей быў затрыманы 1 ліпеня 2021 года ў Менску супрацоўнікамі ГУБАЗіКу. На наступны дзень суд прызначыў яму 15 сутак адміністрацыйнага арышту, аднак замест вызвалення яго перавялі ў СІЗА — ён стаў фігурантам крымінальнай справы аб групавых дзеяннях, якія груба парушаюць грамадскі парадак.
 Справа разглядалася па чатырох артыкулах КК: "арганізацыя масавых беспарадкаў", "стварэнне экстрэмісцкага фарміравання", "распальванне сацыяльнай варожасці" і "абраза прадстаўніка ўлады". Суд праходзіў у закрытым рэжыме, дэталі абвінавачанняў невядомыя.
 У красавіку 2022 года суд прыгаварыў Аляксея да 11 гадоў пазбаўлення волі. Пасля суда ў праўладных каналах было апублікавана відэа, дзе сцвярджалася, што Аляксей быў адміністратарам тэлеграм-чата "Каскад". Раней пра яго таксама здымалі відэа на TUT.BY.
 У ліпені 2023 года стала вядома, што ён знаходзіцца ў СІЗА, і 11 жніўня 2023 года яго зноў прызналі вінаватым па новай справе аб "стварэнні экстрэмісцкага фарміравання", дадаўшы да тэрміна яшчэ 6 месяцаў.</t>
   </si>
   <si>
     <t>ПК-11, г.Ваўкавыск, вул. Ракасоўскага, 118, 231900</t>
   </si>
   <si>
     <t>Вырак суда 25.04.2022: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Вырак суда 11.08.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Юры Генадзевіч Альховік</t>
-[...11 lines deleted...]
-  <si>
     <t>Андрэй Сяргеевіч Загорскі</t>
   </si>
   <si>
     <t>4 чэрвеня 1988</t>
   </si>
   <si>
     <t>Андрэй родам з Докшыц. Пасля школы ў 2006 годзе паступіў у Беларускі дзяржаўны ўніверсітэт інфарматыкі і радыёэлектронікі, вучыўся на факультэце камп'ютарных сістэм і сетак. Прапісаны ў Копішчы. У час вучобы Андрэй пачаў працаваць у EPAM. Мяркуючы па Linkedin, ён у апошні час працаваў на пасадзе Lead Software Engineer – кіраваў часткай каманды распрацоўкі на праекце. Невядома, ці жыў ён апошнім часам у Беларусі ці не, але шмат падарожнічаў.</t>
   </si>
   <si>
     <t>ПК №15, 212013, г.Магілёў, п/а Вейна, Слаўгарадская шаша 183</t>
   </si>
   <si>
     <t>Вырак суда 01.04.2025: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
+    <t>Дзмітрый Дзмітрыевіч Карнееў</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1995</t>
+  </si>
+  <si>
+    <t>Зміцер быў затрыманы і асуджаны за тое, што 10 жніўня 2020 года кінуў «кактэйль Молатава» ў бок вайскоўцаў. Бутэлькі, паводле версіі следства, былі перавезены ў цэнтр Гомеля Леанідам Кавалёвым, які схаваў іх, а вечарам таго ж дня перадаў Дзмітрыю і Мікіце Залатарову з прапановай падпаліць будынак, аўтобус або аўтазак. Зміцер часткова прызнаў сваю віну, патлумачыўшы, што кінуў «кактэйль» для таго, каб выйграць час і пазбегнуць затрымання.
+У снежні 2021 года быў пераведзены на турэмны рэжым за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы».</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.02.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 23.04.2021: прысуд пакінуты без змены. Суд па змене рэжыму 08.12.2021: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:13:22</t>
+  </si>
+  <si>
+    <t>Аляксей Пятровіч Камовіч</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1979</t>
+  </si>
+  <si>
+    <t>Банкаўскі менеджэр. Мае 15-гадовы досвед кіраўніцтва рэгіянальнымі падраздзяленнямі банкаў.
+Апошняе месца працы банк РРБ.</t>
+  </si>
+  <si>
+    <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 4 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:00:07</t>
+  </si>
+  <si>
+    <t>Вольга Анатольеўна Мікалаева</t>
+  </si>
+  <si>
+    <t>Праўладныя СМІ ў снежні 2024 года выклалі аўдыё з Вольгай, якую абвінавачваюць ва ўдзеле ў чаце "Белыя крылы Баранавічаў". Калі КДБ аб'явіў чат «Белыя крылы Баранавічы» — зусім маленькі і даўно неактыўны раённы чат — экстрэмісцкім фармаваннем, сярод ліку ўдзельнікаў была названая Вольга. Выйшлі на Вольгу праз неабаронены акаўнт. Ён быў прывязаны да ўласнага нумара дзяўчыны. Верагодней за ўсё Вольгу да суда ўтрымлівалі ў СІЗА.
+Вольга іграе на барабанах і ў студэнцтве была ўдарніцай у аматарскіх музычных гуртах. Разам з мужам яны любяць падарожнічаць.</t>
+  </si>
+  <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Сяргей Юр'евіч Манжос</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1991</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.10.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Святлана Іванаўна Кашкель</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1963</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Вітольд Стэфановіч Шалкевіч</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1980</t>
+  </si>
+  <si>
+    <t>Вітольду Шалкевічу 44 гады. Ён родам з буйнога мястэчка Поразава Свіслацкага раёна. У мужчыны ёсць жонка і дзве непаўналетнія дачкі.
+Вітольда затрымалі ў жніўні 2023 года на працы. Спачатку прысудзілі арышт за»распаўсюджванне экстрэмісцкіх матэрыялаў". Пасля губопікаўцы знялі з ім відэа і перавялі з СІЗА. Па дадзеных праўладных тэлеграм-каналаў, Шалкевіч пакінуў некалькі тысяч каментароў у розных чатах.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Аляксей Сяргеевіч Рэзнікаў</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1988</t>
+  </si>
+  <si>
+    <t>Жыхар Віцебска, затрыманы за рэпосты ў сацыяльных сетках. Суд закрыты, сваякоў у маладога чалавека няма. Вядома, што яму каля 30 гадоў, ён з'яжджаў на заробкі, у Беларусі яго затрымалі па вяртанні. Праз тры дні пасля затрымання памерла ягоная маці. Больш сваякоў не засталося.</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.08.2022: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
     <t>Наталля Алегаўна Лабацэвіч</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 чэрвеня 1963</t>
   </si>
   <si>
     <t>Таццяну Францкевіч і Наталлю Лабацэвіч затрымалі 19 ліпеня 2024 г., калі Таццяну выклікалі ў следчы камітэт падпісаць падпіску аб не выездзе з горада Полацк, а Наталля паехала разам з ёй падтрымаць.
 Супраць Таццяны Францкевіч, маці асуджанага анархіста Аляксандра Францкевіча, і яе сястры Наталлі Лабацэвіч, маці былога палітвязня Іллі Лабацэвіча, завялі крымінальную справу і змясцілі ў СІЗА Віцебску.</t>
   </si>
   <si>
-    <t>Жаночы</t>
-[...1 lines deleted...]
-  <si>
     <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
   </si>
   <si>
     <t>Вырак суда 18.02.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.04.2025: адпраўлена на перагляд. Вырак суда 16.06.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
-  </si>
-[...115 lines deleted...]
-    <t>2024-12-02 17:55:42</t>
   </si>
   <si>
     <t>Дзяніс Яўгеньевіч Івашын</t>
   </si>
   <si>
     <t>6 чэрвеня 1979</t>
   </si>
   <si>
     <t>Дзяніс — журналіст і рэдактар-валанцёр беларускай версіі InformNapalm, пазаштатны карэспандэнт "Новага Часу". Яго расследаванні датычыліся ўплыву «рускага свету» на Беларусь і Сірыю, забудовы ў Курапатах і пераходу былых украінскіх беркутаўцаў у сілавыя структуры Беларусі.
 У сакавіку 2021 года яго затрымалі супрацоўнікі КДБ па абвінавачанні ва "ўмяшанні ў дзейнасць міліцыі". Ператрусы прайшлі ў яго кватэры, у маці і 95-гадовай бабулі. У 2022 годзе стала вядома, што яму таксама інкрымінуюць супрацу з украінскай разведкай.
 У верасні 2022 года Дзяніса асудзілі па артыкулах пра "здраду дзяржаве" і "ўмяшанні ў дзейнасць супрацоўніка ўнутраных справаў", аднак пазней апошняе абвінавачанне замянілі на "незаконны збор ці распаўсюд дадзеных аб асабістым жыцці".
 У чэрвені 2023 года яго перавялі на строгі турэмны рэжым без апавяшчэння сваякоў і адваката.
 У красавіку 2024 года палітвязня пазбавілі перадач, а адпраўка вітамінаў зараз патрабуе дазволу турэмнага лекара.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 14.09.2022: 13 гадоў 1 месяц пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 150 базавых велічынь штрафу, 18000 рублёў кампенсацыі. Апеляцыя 20.12.2022: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
     <t>Дзяніс Валянцінавіч Сальмановіч</t>
   </si>
   <si>
     <t>6 чэрвеня 1991</t>
   </si>
   <si>
     <t>Спачатку знаходзіўся на Акрэсціна. Затым быў арыштаваны па КК. Блізкія адзначаюць, што Дзяніс добры, сумленны, справядлівы і спагадлівы хлопец. На праўладных каналах Дзяніса называюць “галоўным візуальным рэдактарам” ролікаў руху “Супраціў”. На відэа Сальмановіч кажа , што затрыманы супрацоўнікамі міліцыі з-за таго, што «складаўся ў дэструктыўных тэлеграм-каналах», «супрацоўнічаў з "Буслы ляцяць"» і ўдзельнічаў у акцыях пратэсту ў 2020 годзе.
 Апеляцыйны суд скараціў тэрмін адбывання пакарання з 10 да 9.5 гадоў пазбаўлення волі.
 У Дзяніса цяжкае захворванне - хранічны гломерулонефрыт пасля гемарагічнага васкуліту. Улетку 2024 года мужчыну з калоніі забрала хуткая дапамога. Сальмановіча прааперыравалі — выразалі жоўцевую бурбалку. Пасля аперацыі мужчына яшчэ тыдзень знаходзіўся ў санчасці калоніі, пакуль яму не знялі швы.
 Маці палітвязня кажа, што апошні раз Дзяніс выходзіў з ёю на сувязь у сярэдзіне лістапада 2024 года. Пасля званка мужчыну адразу ж забралі ў ШІЗА, дзе ён знаходзіцца да гэтага часу (студзень 2024 года).
 У красавіку 2025 года яму ўзмацнілі жорсткасць від пакарання і перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 30.09.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 6400 рублёў кампенсацыі. Апеляцыя 23.12.2022: 9 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 6400 рублёў кампенсацыі. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-10-26 19:13:17</t>
   </si>
   <si>
-    <t>Сяргей Аляксандравіч Раманаў</t>
-[...18 lines deleted...]
-  <si>
     <t>Мікіта Аляксандравіч Грушэўскі</t>
   </si>
   <si>
     <t>7 чэрвеня 2000</t>
   </si>
   <si>
     <t>Пра Мікіту Грушэўскага вядома , што ён у 2022 годзе скончыў Гомельскі дзяржаўны тэхнічны ўніверсітэт імя П. Сухога. Працаваў вахтавым чынам у Расіі.
 Паводле інфармацыі, якой валодаюць праваабаронцы , Мікіта Грушэўскі выказваў свае меркаванні, у тым ліку аб асобах, якія зараз нелегальна ўтрымліваюць уладу ў Беларусі, у інтэрнэт-каментарах у суполках у сацсетках.
 У тым ліку яго асудзілі за тое, што ён уваходзіў у лік нейкай супольнасці, якую рэжым абвясціў “экстрэмісцкім фармаваннем”.
 Суд над Мікітам Грушэўскім праходзіў у закрытым ад таварыства рэжыме.</t>
   </si>
   <si>
     <t>Вырак суда 23.09.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Уладзіслаў Аляксандравіч Яцэнка</t>
-[...11 lines deleted...]
-    <t>2023-01-16 01:51:37</t>
+    <t>Сяргей Аляксандравіч Раманаў</t>
+  </si>
+  <si>
+    <t>7 чэрвеня 1994</t>
+  </si>
+  <si>
+    <t>Актывіст анархічнага руху быў затрыманы пры перасячэнні мяжы Беларусі ў ноч з 28 на 29 кастрычніка 2020 года і абвінавачаны ў "падпалах" і "тэрарызме". Раней ён адбываў пакаранне ў выглядзе 5 гадоў пазбаўлення волі паводле артыкула 295-3 КК РБ і быў вызвалены ў 2019 годзе.
+29 кастрычніка 2021 года ў Гомелі Сяргея прыгаварылі да 1 года пазбаўлення волі за «парушэнне ўмоў нагляду» па папярэднім палітычным артыкуле. У сакавіку 2023 года і верасні 2024 года ён двойчы быў асуджаны за «злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі». Па дадзеным артыкуле судзяць зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, за выдуманыя парушэнні. У выніку ягоны агульны тэрмін пазбаўлення волі склаў 22 гады і 11 месяцаў.
+Увосень 2025 года стала вядома , што нядаўна Сяргей Раманаў патрапіў у лякарню, дзе яму зрабілі аперацыю. Аперацыя была планавай і прайшла без ускладненняў. Неўзабаве яго ізноў павінны перавесці ў калонію.</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.12.2021: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, прыблізна 11000 рублёў кампенсацыі. Апеляцыя 22.04.2022: прысуд пакінуты без змены. Вырак суда 23.03.2023: 11 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 06.06.2023: прысуд пакінуты без змены. Вырак суда 25.09.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 26.11.2024: прысуд пакінуты без змены. Вырак суда 19.05.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Ірына Аляксееўна Саўрыцкая</t>
   </si>
   <si>
     <t>8 чэрвеня 1966</t>
   </si>
   <si>
     <t>Ірына працавала спецыялістам па продажах, а затым мэнэджэрам у «Анастане». Была асуджаная разам з дачкой і мужам.
 Нагодай для крымінальнай справы стаў створаны сям'ёй відэаролік летам 2020 года з заклікам спыніць гвалт. Муж Генадзь на судзе распавёў, што ў адзін з дзён лета 2020 года, на эмоцыях ад убачаных у інтэрнэце звестак аб ужытым з боку супрацоўнікаў гвалту ў дачыненні да пратэстоўцаў, вырашыў запісаць відэазапіс са зваротам да супрацоўнікаў з заклікам да абгрунтаванага прымянення сілы. Прыдумаў тэкст выступу, пасля чаго папрасіў сваю дачку яго прачытаць. Таксама ён папрасіў жонку выказацца аб выбарах. У гэты ж дзень ён выказаў на відэа пажаданні аб далейшым лёсе краіны, у канцы свайго выступу таксама паказаў сімвал у выглядзе сэрца. Пасля гэтага ён знайшоў у інтэрнэце відэаролікі і змантаваў відэа. У гэты ж дзень адправіў яго некалькім сваім знаёмым і сваякам.</t>
   </si>
   <si>
     <t>Вырак суда 21.11.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Сафія Іванаўна Бачурынская</t>
-[...12 lines deleted...]
-    <t>2025-07-26 15:25:04</t>
+    <t>Валерый Ігаравіч Залівака</t>
+  </si>
+  <si>
+    <t>8 чэрвеня 1991</t>
+  </si>
+  <si>
+    <t>16.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 25.04.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 16.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
+  </si>
+  <si>
+    <t>Яраслаў Пятровіч Саковіч</t>
+  </si>
+  <si>
+    <t>9 чэрвеня 1980</t>
+  </si>
+  <si>
+    <t>Па версіі следства, затрыманы за тое, што перадаваў дадзеныя ВСУ Украіны. Жонка-украінка. Пражываў ва Украіне, вярнуўся ў Беларусь у 2021 годзе з-за хворых бацькоў. Быў затрыманы КДБ, яго катавалі ўсю ноч, каб ён прызнаўся ў тым, што ваяваў раней ва Украіне, тэлефанавалі жонцы і абяцалі выслаць ягоную галаву. Пасля гэтага Яраслава адпусцілі. Праз год яго зноў затрымалі, зараз ён знаходзіцца ў СІЗА.
+4 мая 2023 г. асуджаны па двух артыкулах (370 і 295 КК) да 2 гадоў пазбаўлення волі, пасля пратэсту пракурора павялічылі тэрмін пакарання ў 2 разы. Знаходзіцца ў СІЗА, т.я. распачаты яшчэ дзве крымінальныя справы. Яго абвінавачваюць па артыкуле аб здрадзе дзяржаве (частка 1 артыкула 356 КК) за «перадачу дадзеных ВСУ».
+Улетку 2024 года стала вядома, што Яраслава зноў перавялі ў СІЗА-1.</t>
+  </si>
+  <si>
+    <t>11 гадоў пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Максім Міхайлавіч Матырка</t>
   </si>
   <si>
     <t>9 чэрвеня 1977</t>
   </si>
   <si>
     <t>Грамадзянін РФ, 16 гадоў жыве ў Менску.
 Па дадзеных праўладных каналаў, затрыманы за ўдзел у акцыях пратэсту ў 2020 годзе.
 Асуджаны за ўдзел у акцыях пратэсту і падпале машыны (дакладная інфармацыя па абвінавачанні невядомая).
 Стала вядома, што Максіма 12.05.2023 г. судзілі па ч. 2 арт. 411 КК. Прысуд невядомы.</t>
   </si>
   <si>
     <t>Вырак суда 06.04.2022: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 12.05.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 10.09.2024: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
     <t>Іван Уладзіміравіч Котаў</t>
   </si>
   <si>
     <t>9 чэрвеня 1998</t>
   </si>
@@ -591,197 +584,182 @@
     <t>Юрый Міхайлавіч Палюховіч</t>
   </si>
   <si>
     <t>9 чэрвеня 1986</t>
   </si>
   <si>
     <t>Юры быў спачатку асуджаны на тры гады «хатняй хіміі», а затым у лістападзе 2021 года — на тры гады абмежавання волі з накіраваннем у папраўчую ўстанову адкрытага тыпу. Абодва эпізоды тычыліся абвінавачанняў па артыкуле аб абразе прадстаўнікоў улады.
 У 2022 годзе супраць яго распачалі трэцюю крымінальную справу па артыкулах «гвалт або пагроза прымянення гвалту ў дачыненні да супрацоўніка міліцыі», «абраза прадстаўніка ўлады» і «абраза суддзі». У снежні таго ж года Юрыю прызначылі пяць гадоў абмежавання волі з накіраваннем.</t>
   </si>
   <si>
     <t>ПУАТ-21, 247784 Гомельская вобл., г. Мазыр, б-р Юнасці, 24</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 3 гады абмежаванні волі без накіравання. Апеляцыя дата невядомая: прысуд пакінуты без змены. Вырак суда 23.11.2021: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Вырак суда 23.12.2022: 5 гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 24.01.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-01-30 21:53:18</t>
   </si>
   <si>
     <t>Павел Мікалаевіч Чуркін</t>
   </si>
   <si>
     <t>9 чэрвеня 1987</t>
   </si>
   <si>
-    <t>жыхар Магілёва, асуджаны за абразу Лукашэнкі.
-[...7 lines deleted...]
-    <t>Вырак суда 24.05.2021: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 19.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.01.2025: невядома.</t>
+    <t>Павел упершыню быў асуджаны ў траўні 2021 года за "абразу Лукашэнкі" і прыгавораны да пазбаўлення волі ў калоніі. У траўні 2022 года ён быў вызвалены, цалкам адбыўшы прызначаны судом тэрмін пакарання.
+Паўторна Паўла затрымалі вясной 2024 года па падазрэнні ў супрацоўніцтве з Галоўным упраўленнем разведкі Міністэрства абароны Украіны. Пра гэта паведамілі ў перадачы "Усё па справе" на дзяржаўным тэлеканале "Беларусь 4. Магілёў". На апублікаваным відэа Павел кажа, што здымаў размяшчэнне "Іскандэраў", каб перадаць запісы ВСУ, а таксама зачытвае тэкст, прадстаўлены як прысяга Украіне.
+У лістападзе 2024 года ў дачыненні да яго прайшоў шэраг судовых пасяджэнняў па артыкулах "удзел на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні або ўзброеным канфлікце, ваенных дзеяннях, вярбоўка або падрыхтоўка асоб да такога ўдзелу" і "здрада дзяржаве". Вынік разгляду спраў невядомы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.05.2021: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 19.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.01.2025: невядома.</t>
   </si>
   <si>
     <t>2021-09-03 13:56:39</t>
   </si>
   <si>
-    <t>Яраслаў Пятровіч Саковіч</t>
-[...15 lines deleted...]
-  <si>
     <t>Юры Аляксандравіч Майсеенка</t>
   </si>
   <si>
     <t>10 чэрвеня 1998</t>
   </si>
   <si>
     <t>17.04.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
+  </si>
+  <si>
+    <t>Даніла Максімавіч Чыбісаў</t>
+  </si>
+  <si>
+    <t>10 чэрвеня 2003</t>
+  </si>
+  <si>
+    <t>Даніла-студэнт Гомельскага дзяржаўнага ўніверсітэта імя Францыска Скарыны. 18 кастрычніка 2024 года ў судзе Навабеліцкага раёна Гомеля яго разам з маці Аленай Чыбісавай асудзілі па ч. 2 ст. 19.11 КаАП (рапсавы распаўсюд экстрэмісцкіх матэрыялаў). Вынік таго судовага паседжання невядомы. Пасля гэтага была заведзена крымінальная справа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
   </si>
   <si>
     <t>Дзяніс Сяргеевіч Сідарок</t>
   </si>
   <si>
     <t>10 чэрвеня 1989</t>
   </si>
   <si>
     <t>Меркавана затрыманы за ўдзел у акцыях пратэсту ў 2020 годзе.
 14.03.2023 года адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
     <t>Віктар Турчанік</t>
   </si>
   <si>
+    <t>Турма-1, Гродна, вул. Кірава 1, 230023</t>
+  </si>
+  <si>
     <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-09-17 17:45:43</t>
   </si>
   <si>
-    <t>Даніла Максімавіч Чыбісаў</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Сяргей Васільевіч Чыжэўскі</t>
+  </si>
+  <si>
+    <t>10 чэрвеня 1978</t>
+  </si>
+  <si>
+    <t>31.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.03.2024: 2 гады 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.05.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
   </si>
   <si>
     <t>Уладзіслаў Дзмітрыевіч Пудзяк</t>
   </si>
   <si>
     <t>10 чэрвеня 1985</t>
   </si>
   <si>
     <t>Начальнік цэха "Гомсельмаш".
 08.09.2023 адбыўся разгляд апеляцыйнае пасяджэнне, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 20.06.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.09.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2023-06-03 22:39:05</t>
   </si>
   <si>
-    <t>Сяргей Васільевіч Чыжэўскі</t>
-[...29 lines deleted...]
-  <si>
     <t>Вольга Пятроўна Вайцяховіч</t>
   </si>
   <si>
     <t>12 чэрвеня 1974</t>
   </si>
   <si>
     <t>Вольга была затрымана ў жніўні 2021 года ў рамках крымінальнай справы, узбуджанай па артыкуле «акт тэрарызму», і ў чэрвені 2023 года асуджаная па некалькіх крымінальных артыкулах.
 Паводле абвінавачання, з ліпеня 2020 па студзень 2022 года ў Беларусі, Турцыі, Польшчы, Украіне і іншых краінах «дзейнічала арганізаваная злачынная група», якая нібыта рыхтавала экстрэмісцкія злачынствы. У яе ўваходзілі радыкальна настроеныя вайскоўцы, сілавікі, спартоўцы і бізнэсмэны, якія імкнуліся захапіць уладу незаконным шляхам. Гэтая справа звязана са спробай падпалу дома дэпутата Алега Гайдукевіча ў чэрвені 2021 года і «арганізацыяй масавых беспарадкаў».</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.10.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Уладзімір Іванавіч Жураўка</t>
+  </si>
+  <si>
+    <t>13 чэрвеня 1985</t>
+  </si>
+  <si>
+    <t>Былы аператар ГПУ цэха "Аміяк-3". Па папярэдняй інфармацыі затрыманы ў рамках артыкулаў 356 і 357 КК РБ ("здрада дзяржаве" і "змова або іншыя дзеянні, учыненыя з мэтай захопу дзяржаўнай улады").
+Уладзіміра змясцілі ў СІЗА КДБ, пасля перавялі ў СІЗА-3.
+9 лістапада 2022 г. у Гомельскім абласным судзе пачаўся разгляд "справы Рабочага Руху", фігурантамі якога праходзяць адразу дзесяць палітвязняў. На другі дзень працэсу ўсе фігуранты справы заявілі суду, што сваю віну ў дзяржздрадзе і стварэнні экстрэмісцкага фармавання не прызнаюць. Усе фігуранты "справы Рабочага Руху" на судзе адмовіліся даваць паказанні. 27 снежня працэс закрылі да вынясення прысуду, хаця да гэтага ён праходзіў у адкрытым рэжыме.
+16 лістапада 2023 года Уладзіміру змянілі рэжым на турэмны і ён будзе пераведзены ў турму №4 г. Магілёва.</t>
+  </si>
+  <si>
+    <t>15 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Сяргей Уладзіміравіч Чабоцька</t>
   </si>
   <si>
     <t>13 чэрвеня 1983</t>
   </si>
   <si>
     <t>Уладальнік папулярнага сайта s13.ru. Сяргея судзілі 25 кастрычніка за "распаўсюджванне экстрэмісцкіх матэрыялаў" . Вынікам разгляду сталі таксама 15 сутак адміністратыўнага арышту. У той дзень стала вядома, што суд па заяве пракурора горада Гродна прызнаў "экстрэмісцкімі матэрыяламі" сайт s13.ru, які існаваў амаль два дзесяцігоддзі. Пасля першага зняволення Сяргея абвінавацілі ў "парушэнне парадку арганізацыі або правядзення масавых мерапрыемстваў". Адміністрацыйную справу ў сераду разглядаў суд Ленінскага раёна, суддзя Наталля Горбач прысудзіла яшчэ 15 сутак.
 У выніку Сяргея Чабоцьку судзілі тройчы праз распаўсюд экстрэмісцкіх матэрыялаў і “пікет” у інтэрнэце.
 Сяргей ня выйшаў на волю і пасьля 45 сутак адміністрацыйнага арышту. Верагодна, мужчыну ўзялі пад варту.
 Сайт s13.ru КДБ Беларусі прызнаў "экстрэмісцкім фармаваннем ", таму верагодна справа Сяргея звязана з гэтым.</t>
   </si>
   <si>
     <t>Вырак суда 31.10.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
     <t>Дзмітрый Уладзіміравіч Сасноўскі</t>
   </si>
   <si>
     <t>13 чэрвеня 1990</t>
   </si>
@@ -822,728 +800,658 @@
 20.10.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 22.08.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.10.2023: невядома.</t>
   </si>
   <si>
     <t>2022-10-12 17:00:37</t>
   </si>
   <si>
     <t>Сяргей Андрэевіч Батура</t>
   </si>
   <si>
     <t>13 чэрвеня 2001</t>
   </si>
   <si>
     <t>Быў затрыманы ў рамках крымінальнай справы 9 лістапада 2021 года за ўдзел у пратэстах. Спачатку яго змясцілі ў СІЗА КДБ, пасля перавялі ў СІЗА-1.
 Таксама яго абвінавацілі ў атрыманні з-за мяжы тэлескапічных дубінак, электрашокераў і іншых сродкаў.</t>
   </si>
   <si>
     <t>Вырак суда 01.07.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
   </si>
   <si>
-    <t>Уладзімір Іванавіч Жураўка</t>
-[...16 lines deleted...]
-  <si>
     <t>Сяргей Рамуальдавіч Плоніс</t>
   </si>
   <si>
     <t>14 чэрвеня 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Сяргей, сістэмны адміністратар у сферы лакальных сетак і відэаназірання, быў затрыманы 2 кастрычніка 2020 года па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку", а таксама ў намеры пашкодзіць або знішчыць тры кіёскі "Табакерка".
 </t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Антон Уладзіміравіч Дзянейка</t>
   </si>
   <si>
     <t>14 чэрвеня 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
+    <t>Аляксандр Чумакоў</t>
+  </si>
+  <si>
+    <t>14 чэрвеня 1981</t>
+  </si>
+  <si>
+    <t>Яго абвясцілі членам "экстрэмісцкага фарміравання" "Да Зораў". На думку КДБ, туды ўваходзяць ён, а таксама Сямён Малашэнкаў.
+Ён вядомы як музыка, майстар па вырабе гусляў і ўдзельнік гурта “Стары Ольса”. З 2002 года Чумакоў граў і спяваў у групе сярэднявечнай музыкі "стары Ольса", выкарыстоўваючы гуслі, жалейкі і іншыя старажытныя інструменты. У 2005 годзе ён заснаваў групу «куфляў кола», якая выконвала беларускія народныя танцы пад дуду і гуслі, аднак праект праіснаваў нядоўга. Час ад часу музыка выступаў сольна з танцавальнай народнай праграмай.
+Акрамя таго, Алесь перакладаў ірландскую гераічную паэзію на беларускую мову. У гурце Ceilidh Ceol, створаным у сярэдзіне 2000-х, ён выконваў старажытныя ірландскія песні па-беларуску, прысвечаныя свабодзе і памяці продкаў. У 2020 годзе яго вакал прагучаў у беларускай агучцы серыяла "Ведзьмак" ад Netflix - ён выканаў вядомую песню Toss a Coin to Your Witcher у беларускім перакладзе.</t>
+  </si>
+  <si>
+    <t>2025-12-16 19:40:03</t>
+  </si>
+  <si>
     <t>Арцём Ігаравіч Касакоўскі</t>
   </si>
   <si>
     <t>14 чэрвеня 1998</t>
   </si>
   <si>
     <t>Арцём працаваў оптыкам на Лідскім заводзе "Оптык". Ён атрымаў адукацыю ў фізіка-матэматычным ліцэі Гродна і Лідскім політэхнічным каледжы. Яго затрымалі 27 верасня 2020 года па справе аб масавых беспарадках і абвінавацілі ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку", а таксама ў намеры пашкодзіць або знішчыць тры кіёскі "Табакерка".
 У траўні 2022 года Арцёма паўторна асудзілі за ўдзел у акцыях пратэсту, якія праходзілі ў 2020 годзе ў Лідзе.</t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены. Вырак суда 23.05.2022: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
     <t>Алена Валер'еўна Добыш</t>
   </si>
   <si>
     <t>15 чэрвеня 1981</t>
   </si>
   <si>
     <t>Была затрымана ў сакавіку 2025 года ў межах крымінальнай справы, звязанай з "экстрэмісцкай дзейнасцю".</t>
   </si>
   <si>
+    <t>Вырак суда 22.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу.</t>
+  </si>
+  <si>
     <t>2025-03-27 00:27:54</t>
+  </si>
+  <si>
+    <t>Валерый Тадэвушавіч Віскірскі</t>
+  </si>
+  <si>
+    <t>15 чэрвеня 1986</t>
+  </si>
+  <si>
+    <t>Першапачатковая прычына затрымання - распаўсюджванне экстрэмісцкіх матэрыялаў у рамках адміністрацыйнай палітычна матываванай справы.
+Падчас арышту мужчыне былі прад'яўленыя абвінавачанні па крымінальнай справе за шматлікія лайкі ў "Аднакласніках".
+4 ліпеня 2023 г. адбыўся разгляд апеляцыйнай скаргі. прыябар уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.03.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.07.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Аляксей Уладзіміравіч Кузьмін</t>
   </si>
   <si>
     <t>15 чэрвеня 1980</t>
   </si>
   <si>
     <t>Начальнік аддзела перадбілінгу і тарыфікацыі МТС.
 Паводле матэрыялаў следства , Кузьмін меў доступ да асабістай інфармацыі кліентаў МТС і з 9 жніўня 2020 года да 8 красавіка 2021 года "зліваў" яе ў тэлеграм-каналы "Чорная кніга Беларусі", "Карнікі Беларусі" і "Усе парушэнні!".
 Пацярпелых набралася 57 чалавек - гэта сілавікі, прапагандысты, чыноўнікі, суддзі, пракуроры і члены іх сем'яў. Акрамя таго, следства лічыць, што "сумесныя дзеянні Кузьміна з іншымі асобамі" пацягнулі парушэнні працы транспарту і прадпрыемстваў "з прычыненнем "Мінсктранс" шкоды ў памеры крыху больш за 22 500 рублёў".
 Сярод пацярпелых лічацца ў прыватнасці супрацоўніца "СБ. Беларусь сегодня» Людміла Гладкая , а таксама сябра беларускай кампартыі і дэпутат Сяргей Клішэвіч .</t>
   </si>
   <si>
     <t>Вырак суда 18.09.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Валерый Тадэвушавіч Віскірскі</t>
-[...39 lines deleted...]
-  <si>
     <t>Вольга Пракопчык</t>
   </si>
   <si>
     <t>15 чэрвеня 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
     <t>Яўген Аляксандравіч Краснянскі</t>
   </si>
   <si>
     <t>16 чэрвеня 1982</t>
   </si>
   <si>
     <t>43-гадоваму Яўгену вынеслі прысуд за сацыялагічнае даследаванне пра квіды ў Беларусі.
 Раней Следчы камітэт паведамляў падрабязнасці пераследу Краснянскага. Ведамства сцвярджала, што мужчына падрыхтаваў для адной з замежных арганізацый даследаванне, якое змяшчае "загадзя ілжывыя звесткі аб палітыцы краіны ў галіне аховы здароўя ў частцы мер па барацьбе з каранавіруснай інфекцыяй". Вядома , што разам з Яўгенам Краснянскім былі затрыманыя дзве жанчыны: мінчанкі 37 і 43 гадоў. Яны нібыта праводзілі сацыялагічнае даследаванне аб наяўнасці пераваг сярод грамадзян у развіцці краіны праз інтэграцыю з краінамі Еўрапейскага саюза. Каб прыйсці да пажаданага выніку, жанчыны нібыта апытвалі прадстаўнікоў фокус-групы, якія маюць "загадзя негатыўнае стаўленне да наяўнай у дзяржаве палітычнай сістэмы і канстытуцыйнага ладу". Прыгаворы жанчынам невядомыя.</t>
-  </si>
-[...1 lines deleted...]
-    <t>СІЗА-6, Баранавічы, вул. Брэсцкая 258 В, 225413</t>
   </si>
   <si>
     <t>Вырак суда 08.08.2025: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 595 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
     <t>Павел Сяргеевіч Кабарчук</t>
   </si>
   <si>
     <t>16 чэрвеня 1993</t>
   </si>
   <si>
     <t>15 лютага 2024 г. у Лельчыцкім раёне Гомельскай вобласці на мяжы з Украінай увялі рэжым «контртэрарыстычнай аперацыі». Насельніцтва прасілі "захоўваць спакой і падпарадкоўвацца патрабаванням супрацоўнікаў сілавых структур". У КДБ сцвярджаюць, што затрымалі ўдзельнікаў "дыверсійна-разведвальнай групы", у склад якой уваходзілі грамадзяне Украіны і Беларусі. Сярод затрыманых - грамадзяне Украіны бацька і сын Сяргей і Павел Кабарчукі. Сяргей Кабарчук 1963 года нараджэння з Ковельскага раёна Валынскай вобласці. Бацька і сын былі затрыманыя ў лютым 2024 года ў Лельчыцкім раёне. Пры іх знайшлі «выбухныя прылады і іншыя сродкі паразы». КДБ "устанавіла" , што выбуховыя прыстасаванні прызначаліся для тэрактаў у Беларусі і Расіі, а "закід групы" арганізавала Службы бяспекі Украіны.
 Тады ж затрымалі і жыхара Брэста Віталя Уласюка 1970 года нараджэння. Яго абвінавацілі ў кантрабандзе (частка 3 артыкула 228 КК).
 У СІЗА КДБ падвяргаўся катаванням. Пасля затрымання некалькі дзён утрымлівалі ў СІЗА КДБ без ежы.</t>
   </si>
   <si>
     <t>Вырак суда 23.10.2024: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Кацярына Аляксандраўна Мендрык</t>
-[...16 lines deleted...]
-  <si>
     <t>Сяргей Міхайлавіч Ярашэвіч</t>
   </si>
   <si>
     <t>Адміністратар тэлеграм-канала "Армія з народам" і муж палітвязні Антаніны Канавалавай быў затрыманы 2 кастрычніка 2020 года і асуджаны за "падрыхтоўку да ўдзелу ў масавых беспарадках".
 У студзені 2023 года Сяргей быў паўторна асуджаны за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы».</t>
   </si>
   <si>
     <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
   </si>
   <si>
     <t>Вырак суда 07.05.2021: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 30.07.2021: прысуд пакінуты без змены. Вырак суда 26.01.2023: 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
     <t>Аляксей Сяргеевіч Бародка</t>
   </si>
   <si>
     <t>17 чэрвеня 1998</t>
   </si>
   <si>
     <t>Адвакат быў затрыманы напрыканцы студзеня і знаходзіцца ў СІЗА-1 на Валадарскага. Пасля затрымання профіль адваката выдалілі з сайта Рэспубліканскай калегіі адвакатаў. Пазней стала вядома, што 21 красавіка 2023 г яго пазбавілі ліцэнзіі.
 08.09.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 19.05.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
+  </si>
+  <si>
+    <t>Аляксандр Аляксандравіч Чыж</t>
+  </si>
+  <si>
+    <t>18 чэрвеня 1983</t>
+  </si>
+  <si>
+    <t>Вырак суда 19.06.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-06-17 19:24:12</t>
   </si>
   <si>
     <t>Андрэй Сяргеевіч Раптуновіч</t>
   </si>
   <si>
     <t>18 чэрвеня 2002</t>
   </si>
   <si>
     <t>Працуе ў цэнтры доп. адукацыі «Маяк», вёў мастацкі гурток.
 Праўладныя тэлеграм-каналы паведамлялі, што ён нібыта збіраўся паехаць ва Украіну і далучыцца да батальёна Каліноўскага.
 Затрыманы за рэгістрацыю ў чат-боте «Перамога».
 Выхоўваўся ў сямейным дзіцячым доме.
 Суд праходзіў у закрытым рэжыме, таму падрабязнасці судовага паседжання і пазіцыя палітвязня па справе невядомыя.</t>
   </si>
   <si>
     <t>Вырак суда 14.11.2022: 4 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.01.2023: невядома.</t>
   </si>
   <si>
     <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Уладзімір Міхайлавіч Марозаў</t>
   </si>
   <si>
     <t>19 чэрвеня 1980</t>
   </si>
   <si>
     <t>Верагодней за ўсё быў затрыманы 26.01.2023 за распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць. Пасля чаго была адкрыта крымінальная справа па шматлікіх артыкулах. Да суда, як мяркуецца, быў у зняволенні ў турме ў Жодзіне.
 26.01.2024 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 15.11.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.01.2024: невядома.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Сяргей Уладзіміравіч Тулінаў</t>
-[...10 lines deleted...]
-  <si>
     <t>Зміцер Пятровіч Марозаў</t>
   </si>
   <si>
     <t>19 чэрвеня 1972</t>
   </si>
   <si>
     <t>Вырак суда 22.11.2023: невядома. Апеляцыя 14.03.2024: невядома.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-02 11:50:43</t>
   </si>
   <si>
     <t>Глеб Алегавіч Дудко</t>
   </si>
   <si>
     <t>20 чэрвеня 1988</t>
   </si>
   <si>
     <t>Глеб Дудко вядомы ў музычным асяроддзі не толькі Гомеля, але і далёка за яго межамі. Сумясціўшы свае таленты музыкі і праграміста, ён запусціў , як мінімум, два музычныя IT-стартапы.
 Бацька Глеба Алег Дудко - вядомы ў Гомелі оперны спявак і былы саліст філармоніі.
 У 2018-м Глеб разам з праграмістам Максімам Грыневічам запусціў праект ConcertMaster. Ідэя праекта - стварыць праграму , якая магла б аўтаматычна акампанаваць вакалістам .
 Глеба затрымалі ў сакавіку 2024 года ў Добрушы і прысудзілі яму арышт за "распаўсюджванне экстрэмісцкіх матэрыялаў ". Пасля гэтага мужчыну перавялі ў СІЗА.
 З публікацый у сацыяльных сетках Глеба Дудко можна зразумець, што ў 2022 годзе ён асудзіў ваенную агрэсію ў адносінах да Украіны. Што менавіта паслужыла падставай для палітычнага пераследу гамяльчаніна невядома.</t>
   </si>
   <si>
     <t>Вырак суда 09.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Валянціна Уладзіміраўна Полаз</t>
   </si>
   <si>
     <t>21 чэрвеня 1974</t>
   </si>
   <si>
     <t>Камітэт дзяржбяспекі ў прапагандысцкім фільме 11 верасня 2023 года паведаміў , што затрымаў у Беларусі шэсць чалавек па абвінавачанні ў супрацоўніцтве з "Службай бяспекі Украіны" і "падрыхтоўцы тэрактаў". На відэа некаторыя з іх выглядаюць збітымі, некаторых на следчых дзеяннях водзяць на ланцугах, аднаго з затрыманых знялі ў СІЗА КДБ. У выніку трох чалавек, у тым ліку Валянціну, абвінавацілі адразу па шасці артыкулах Крымінальнага кодэкса, у тым ліку "Здрада дзяржаве" і "агентурную дзейнасць".
 Валянціна, паводле сцвярджэння праўладных СМІ, разам з Лосаўскім Мікалаем забірала пасылку, у якой былі зброя і ўзрыўчатка, яе трэба было закапаць у Мазырскім раёне. Выканаць заданне яны не паспелі, бо былі затрыманы.</t>
   </si>
   <si>
     <t>Вырак суда 02.12.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 550 базавых велічынь штрафу. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Мікалай Аляксандравіч Ліс</t>
-[...62 lines deleted...]
-  <si>
     <t>Маргарыта Аляксандраўна Шчырэц</t>
   </si>
   <si>
     <t>22 чэрвеня 1985</t>
   </si>
   <si>
     <t>Працавала кантралёрам на заводзе "Сфера", які ўваходзіць у склад холдынгу БелОМА.
 Маргарыта доўгі час была сябрам Ліберальна-дэмакратычнай партыі Беларусі. Яна была ў ініцыятыўнай групе Сяргея Гайдукевіча на прэзідэнцкіх выбарах-2010. а ў 2014-м балатавалася ў Менскі гарадскі савет дэпутатаў ад партыі-натуральна, прайграла. Пасля гэтага ў публічным полі не з'яўлялася.
 Як мяркуецца, яна была затрыманая за каментары. Мяркуючы па фота з сацсетак, у жанчыны ёсць дзіця.</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2024-10-15 13:04:05</t>
   </si>
   <si>
+    <t>Зміцер Мікалаевіч Сідарэнка</t>
+  </si>
+  <si>
+    <t>22 чэрвеня 1973</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.01.2025: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-20 19:38:36</t>
+  </si>
+  <si>
+    <t>Сяргей Уладзіміравіч Бойка</t>
+  </si>
+  <si>
+    <t>22 чэрвеня 1986</t>
+  </si>
+  <si>
+    <t>Грамадзянін Украіны. З 8 па 21 чэрвеня 2023 г. справу ў закрытым фармаце разглядаў суддзя Анатоль Сотнікаў.
+29.08.2023 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.06.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.08.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-07-11 10:20:50</t>
+  </si>
+  <si>
+    <t>Наталля Васільеўна Левая</t>
+  </si>
+  <si>
+    <t>38-годдзя ілюстратар. Яна звольнілася з працы ў PL у вялікай IТ-кампаніі. Калегі ў шоку адгаворвалі - вырашыла вярнуцца дадому. Казала , што ў яе ўжо ёсць даведка з КДБ аб выплачаным у кратным памеры донаце за 2020-ы. Стамілася без дома. Затрымалі на мяжы. Згодна з версіяй абвінавачання, якую агучыла прэс-служба Генеральнай пракуратуры, Наталля Левая ў 2021-2022 гады перавяла на банкаўскія рахункі і віртуальныя кашалькі, "якія знаходзіліся ў карыстанні прадстаўнікоў экстрэмісцкіх фарміраванняў, у тым ліку ўзброеных, напрыклад, "Полк Каліноўскага", грашовых сродкаў. крыптавалюце ў агульнай суме не менш за чатыры тысячы і чатырохсот рублёў (на сёння гэта каля 1275 еўра). Акрамя гэтага, яе аштрафавалі на 1000 базавых велічынь — амаль на такую суму, якую Наталля заданаціла ў ініцыятывы і фонды.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.07.2024: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу. Апеляцыя 04.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:08:39</t>
+  </si>
+  <si>
+    <t>Віталь Віктаравіч Красноў</t>
+  </si>
+  <si>
+    <t>22 чэрвеня 1987</t>
+  </si>
+  <si>
+    <t>01.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:08:51</t>
+  </si>
+  <si>
+    <t>Сяргей Віктаравіч Еўдакіменка</t>
+  </si>
+  <si>
+    <t>23 чэрвеня 1987</t>
+  </si>
+  <si>
+    <t>Як вынікае з прэс-рэлізу Брэстаблсуда, Еўдакіменка ставілі ў віну тое, што са жніўня па снежань 2020 года ён перадаў «персанальныя і іншыя асабістыя дадзеныя супрацоўнікаў органаў унутраных спраў для публічнага распаўсюджвання ў сетцы Інтэрнэт». Пры гэтым дадзеныя браў з баз, да якіх меў доступ па працы. Як мяркуецца, ён працаваў у Брэсцкім БТІ.
+10.10.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.07.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
     <t>Андрэй Уладзіміравіч Пагерыла</t>
   </si>
   <si>
     <t>23 чэрвеня 1991</t>
   </si>
   <si>
     <t>Былы слесар-рамонтнік цэха "Аміяк-3".
 9 лістапада 2022 г. у Гомельскім абласным судзе пачаўся разгляд "справы Рабочага Руху", фігурантамі якога праходзяць адразу дзесяць палітвязняў. На другі дзень працэсу ўсе фігуранты справы заявілі суду, што сваю віну ў дзяржздрадзе і стварэнні экстрэмісцкага фармавання не прызнаюць . Андрэй Пагерыла пагадзіўся толькі з абвінавачаннем у паклёпе. Усе фігуранты "справы Рабочага Руху" на судзе адмовіліся даваць паказанні. 27 снежня працэс закрылі да вынясення прысуду, хаця да гэтага ён праходзіў у адкрытым рэжыме.</t>
   </si>
   <si>
     <t>Вырак суда 17.02.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: невядома.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
+  </si>
+  <si>
+    <t>Аляксандр Яўгенавіч Дулеба</t>
+  </si>
+  <si>
+    <t>23 чэрвеня 1988</t>
+  </si>
+  <si>
+    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Дзяніс Міхайлавіч Урад</t>
   </si>
   <si>
     <t>Дзяніс, спецсувязіст Генштаба Узброеных Сіл, быў затрыманы ў сакавіку 2021 года і асуджаны за тое, што, паводле інфармацыі праўладных СМІ, сфатаграфаваў сакрэтны ліст ад міністра ўнутраных справаў да міністра абароны і "перадаў яго польскаму Telegram-каналу".
 Суд праходзіў у закрытым рэжыме, а прысуд не падлягаў абскарджанню ці перагляду ў апеляцыйным парадку. Апроч працяглага тэрміна пазбаўлення волі, Дзяніса таксама пазбавілі воінскага звання.
 У жніўні 2022 года яму ўзмацнілі жорсткасць від пакарання і перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 14.05.2021: 18 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, абмежаванне па ваеннай службе. Суд па змене рэжыму 22.08.2022: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Сяргей Віктаравіч Еўдакіменка</t>
-[...37 lines deleted...]
-    <t>2021-12-21 14:22:23</t>
+    <t>Павел Мікалаевіч Іваноў</t>
+  </si>
+  <si>
+    <t>24 чэрвеня 1982</t>
+  </si>
+  <si>
+    <t>Быў затрыманы пасля таго, як тэлеграм -чат "Атоліна " быў прызнаны "экстрэмісцкім фармаваннем". МУС назваў некалькі " удзельнікаў фарміравання ", акрамя Паўла, гэта Дзмітрый Цікуноў, Яўгенія Маставая (Грыгорык), Павел Беланіцкі, Аляксей Сямёнаў, Юрый Антонавіч, Аляксандр Зайцаў і Уладзімір Палех.</t>
+  </si>
+  <si>
+    <t>Вырак суда 29.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.06.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Ціна Захараўна Палынская</t>
   </si>
   <si>
     <t>24 чэрвеня 1973</t>
   </si>
   <si>
     <t>Журналістка, каталіцкая верніца з Полацка.Ціна даўно не займалася журналістыкай, выхоўвала 2-х дачок, працавала ў архівах, у тым ліку расійскіх, выконваючы прыватныя замовы па стварэнні біяграфічных нарысаў, сямейных кніг, гісторый аб удзельніках Другой сусветнай вайны.
 Раней, у 2022 годзе, журналістку судзілі па адміністрацыйным артыкуле і падвяргалі буйному штрафу за жоўтую і блакітную стужкі на сумцы, а Следчы камітэт праводзіў разбор адносна яе пасады ў Facebook і ладзіў ператрус у доме журналісткі.
 З канца траўня 2025 года перастала выходзіць на сувязь. Ціна і яе старэйшая дачка Маргарыта, 22 гады, знаходзяцца пад вартай па крымінальнай справе. У Ціны таксама ёсць малодшая непаўналетняя дачка - ёй 14 гадоў.
 Падрабязнасці абвінавачання афіцыйна не раскрываюцца. Па ўскосных прыкметах ёсць меркаванне , што справа можа быць звязана з рашэннем КДБ прызнаць «Беларускую аналітычную майстэрню» прафесара Андрэя Вардамацкага экстрэмісцкім фармаваннем. Гэтая арганізацыя праводзіла сацыялагічныя апытанні сярод беларускіх грамадзян. На дадзены момант няма ніякіх пацверджанняў, што Ціна ці яе дачка сапраўды ўдзельнічалі ў даследаваннях БАМ. Але нават калі б такі ўдзел меў месца, ён не парушаў бы закон: на момант магчымага кантакту з майстэрняй яна яшчэ не была прызнана экстрэмісцкім фармаваннем.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
+    <t>Таццяна Мікалаеўна Карповіч</t>
+  </si>
+  <si>
+    <t>24 чэрвеня 1997</t>
+  </si>
+  <si>
+    <t>Жыхарка Віцебска.
+Дзяўчыне прад'яўленае абвінавачванне па арт. 130 Крымінальнага кодэкса (Распальванне сацыяльнай варожасці) за перадачу дадзеных сілавікоў, настаўнікаў, суддзяў у тэлеграм-канал «Чорная кніга Беларусі».</t>
+  </si>
+  <si>
+    <t>5 гадоў пазбаўлення волі ў калоніі.</t>
+  </si>
+  <si>
+    <t>2021-12-21 14:22:23</t>
+  </si>
+  <si>
     <t>Дзяніс Мікалаевіч Воразаў</t>
   </si>
   <si>
     <t>25 чэрвеня 1981</t>
   </si>
   <si>
     <t>Затрыманы за вывешванне БЧБ-сцяга і сцяг Украіны ў 19-павярховым доме па вуліцы Лесі Украінкі.
 Пасля іх затрымання канал у мабільным дадатку Zello, праз які яны размаўлялі падчас правядзення акцыі, быў прызнаны экстрэмісцкім фарміраваннем.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Айрат Эрнястовіч Халікаў</t>
   </si>
   <si>
     <t>26 чэрвеня 1996</t>
   </si>
   <si>
     <t>Грамадзянін Расійскай Федэрацыі, у Беларусі жыве з 2019 года. Працаваў вадзіцелем на "Аліварыі". Затрыманы ў маі 2025 года па "справе Гаюна"</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
-    <t>Ігар Пятровіч Хрыстафораў</t>
-[...13 lines deleted...]
-  <si>
     <t>Уладзімір Юр'евіч Ісаеў</t>
   </si>
   <si>
     <t>26 чэрвеня 1984</t>
   </si>
   <si>
     <t>Быў асуджаны восенню 2022 года на дыханне волі за "абразу Лукашэнкі". Вынікі апеляцыі невядомыя.
 У чэрвені 2025 г. стала вядома, што Уладзімір затрыманы. Дэталі справы высвятляюцца. Увосень быў асуджаны на пазбаўленне волі.</t>
   </si>
   <si>
     <t>Вырак суда 31.10.2022: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.01.2023: зняцце ўсіх абвінавачанняў. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
+    <t>Ігар Пятровіч Хрыстафораў</t>
+  </si>
+  <si>
+    <t>26 чэрвеня 1973</t>
+  </si>
+  <si>
+    <t>15.11.2022 адбылося апеляцыйнае паседжанне суда.</t>
+  </si>
+  <si>
+    <t>6 гадоў пазбаўлення волі ў калоніі</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Мікалай Сцяпанавіч Ласоўскі</t>
   </si>
   <si>
     <t>27 чэрвеня 1966</t>
   </si>
   <si>
     <t>Камітэт дзяржбяспекі ў прапагандысцкім фільме 11 верасня 2023 года паведаміў , што затрымаў у Беларусі шэсць чалавек па абвінавачанні ў супрацоўніцтве з "Службай бяспекі Украіны" і "падрыхтоўцы тэрактаў". На відэа некаторыя з іх выглядаюць збітымі, некаторых на следчых дзеяннях водзяць на ланцугах, аднаго з затрыманых знялі ў СІЗА КДБ. У выніку трох чалавек, у тым ліку Мікалая, абвінавацілі адразу па шасці артыкулах Крымінальнага кодэкса, у тым ліку "Здрада дзяржаве" і "агентурную дзейнасць".
 Мікалай, па сцвярджэнні праўладных СМІ, па заданні ўкраінскіх спецслужбаў правяраў схроны, а таксама за грошы выконваў і іншыя даручэнні.</t>
   </si>
   <si>
     <t>Вырак суда 02.12.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 550 базавых велічынь штрафу. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Аляксей Аляксандравіч Герман</t>
-[...13 lines deleted...]
-  <si>
     <t>Пётр Піліпавіч Філіповіч</t>
   </si>
   <si>
     <t>27 чэрвеня 1953</t>
   </si>
   <si>
-    <t>Вырак суда 16.12.2024: невядома. Апеляцыя 18.02.2025: невядома.</t>
+    <t>Вырак суда 16.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
+    <t>Анатоль Анатольевіч Касіла</t>
+  </si>
+  <si>
+    <t>28 чэрвеня 1985</t>
+  </si>
+  <si>
+    <t>Анатоль быў асуджаны па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.10.2024: 1 год 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 21.01.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
+  </si>
+  <si>
+    <t>Аляксей Васільевіч Семянок</t>
+  </si>
+  <si>
+    <t>28 чэрвеня 1975</t>
+  </si>
+  <si>
+    <t>У аснову прысуду былі пакладзены каментары Аляксея ў інтэрнэце.
+Адразу па прыбыцці ў калонію Аляксея Семянку кінулі ў штрафны ізалятар-гэта месца катаванняў зняволеных з нечалавечымі ўмовамі знаходжання.</t>
+  </si>
+  <si>
+    <t>Вырак суда 12.03.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-03-11 21:32:16</t>
+  </si>
+  <si>
+    <t>Аляксей Сяргеевіч Самойлюк</t>
+  </si>
+  <si>
+    <t>28 чэрвеня 1989</t>
+  </si>
+  <si>
+    <t>Да Аляксею дадому ўварваўся атрад спецпрызна, мужчыну павалілі на падлогу і адзін сілавік сеў каленамі на цела (адным каленам на шыю Самойлюка).
+На праўладным канале сцвярджаюць , што Самойлюк "кідаў камяні ў міліцыянтаў падчас масавых беспарадкаў". У той публікацыі на тым жа канале таксама выклалі фатаграфіі: на адным здымку два чалавекі ў капюшонах і масках, адзін трымае ўкраінскі сцяг, другі — ліст паперы з тэкстам "брастаўчане з Украінай".</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.08.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.10.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
   </si>
   <si>
     <t>Алег Мікалаевіч Гарэлаў</t>
   </si>
   <si>
     <t>28 чэрвеня 2024</t>
   </si>
   <si>
     <t>Гарэлаў быў кіраўніком дырэкцыі Белінвестбанка па Гомельскай вобласці. Апошняя навіна пра яго датуецца лютым 2023 года, а ў снежні 2023 года кіраўніком замест яго прызначылі Паўла Юркаўца, былога кіраўніка Белінвестбанка па Мазыры.
 Суд над Алегам Гарэлавым пачаўся 8 лютага ў Гомельскім абласным судзе.
 14.06.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 25.03.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 14.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-02-10 14:47:15</t>
   </si>
   <si>
-    <t>Аляксей Васільевіч Семянок</t>
-[...30 lines deleted...]
-  <si>
     <t>Яна Вітальеўна Пінчук</t>
   </si>
   <si>
     <t>28 чэрвеня 1997</t>
   </si>
   <si>
     <t>Затрымана 1 лістапада 2021 года ў Санкт-Пецярбургу a&gt; за падзеі ў Беларусі. У Расіі яна працавала афіцыянткай і жыла на дзве краіны. Апошні раз дзяўчына была на радзіме каля года таму. Па дадзеных следства, падазраваная з верасня 2020 па лістапад 2021 адміністравала тры тэлеграм-канала. У маі 2022 года суд РФ адмовіў беларусцы Яне Пінчук у прадастаўленні часовага прытулку ў Расіі.
 09.08.2022 была экстрадаваная з РФ у РБ нявостра на забарону экстрадыцыі Камітэта па правах чалавека ААН.</t>
   </si>
   <si>
     <t>12 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
   </si>
   <si>
     <t>2021-11-03 17:48:25</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Кірыл Раманавіч Ашурак</t>
   </si>
   <si>
     <t>29 чэрвеня 1999</t>
   </si>
   <si>
     <t>Кірыл быў затрыманы 23 чэрвеня 2021 года ў рамках крымінальнай справы па эпізодзе на аб'екце сувязі ВМФ РФ пад Вілейкай. У прапагандысцкім фільме АНТ ён прадстаўлены як першапачатковы выканаўца задання па падрыве аб'екта, аднак адмовіўся ад удзелу і толькі дапамог разведаць мясцовасць.
 Лукашэнка згадваў Кірыла ў ліку людзей, якія нібыта хацелі збегчы ва Украіну і Літву, але былі затрыманыя групай КДБ "Альфа".
 Вядома таксама, што Кірыл раней затрымліваўся і быў жорстка збіты 9 жніўня 2020 года.
 У снежні 2022 года яго прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі ўзмоцненага рэжыму і буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 400 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
     <t>Павел Уладзіміровіч Вабішчэвіч</t>
   </si>
   <si>
     <t>30 чэрвеня 1986</t>
   </si>
@@ -1897,51 +1805,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2121,2479 +2029,2317 @@
         <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>91</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>97</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>110</v>
       </c>
-      <c r="B19" t="s">
+      <c r="I19" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>116</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>127</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>158</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>163</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
         <v>172</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F31" t="s">
         <v>45</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="I31" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>179</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
         <v>183</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>184</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>197</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>198</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
         <v>201</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>202</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>78</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>203</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
         <v>206</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
+        <v>208</v>
+      </c>
+      <c r="I38" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>210</v>
+      </c>
+      <c r="B39" t="s">
         <v>211</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>212</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
+      <c r="E39" t="s">
+        <v>96</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>213</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>215</v>
+      </c>
+      <c r="B40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>217</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>218</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>220</v>
+      </c>
+      <c r="B41" t="s">
         <v>221</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>223</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>225</v>
+      </c>
+      <c r="B42" t="s">
         <v>226</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>228</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" t="s">
         <v>231</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>232</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" t="s">
+        <v>96</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>233</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>235</v>
+      </c>
+      <c r="B44" t="s">
         <v>236</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>237</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>238</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>240</v>
+      </c>
+      <c r="B45" t="s">
         <v>241</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>242</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>115</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>243</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>245</v>
+      </c>
+      <c r="B46" t="s">
         <v>246</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>247</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>248</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
         <v>251</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>78</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
+        <v>33</v>
+      </c>
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>255</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...22 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>259</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
+        <v>260</v>
+      </c>
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>95</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>78</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>275</v>
+      </c>
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>95</v>
+      </c>
+      <c r="E53" t="s">
+        <v>197</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>198</v>
+      </c>
+      <c r="I53" t="s">
         <v>279</v>
-      </c>
-[...19 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>280</v>
+      </c>
+      <c r="B54" t="s">
+        <v>281</v>
+      </c>
+      <c r="C54" t="s">
+        <v>282</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>288</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>290</v>
+      </c>
+      <c r="B56" t="s">
+        <v>281</v>
+      </c>
+      <c r="C56" t="s">
         <v>291</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>292</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>199</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>302</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>306</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>307</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C60" t="s">
         <v>311</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
+        <v>78</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>312</v>
       </c>
-      <c r="F60" t="s">
-[...5 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
         <v>315</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>84</v>
+      </c>
+      <c r="H61" t="s">
         <v>316</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>318</v>
+      </c>
+      <c r="B62" t="s">
+        <v>319</v>
+      </c>
+      <c r="C62" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>323</v>
+      </c>
+      <c r="B63" t="s">
+        <v>324</v>
+      </c>
+      <c r="C63" t="s">
         <v>325</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>95</v>
+      </c>
+      <c r="E63" t="s">
+        <v>96</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>326</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>328</v>
+      </c>
+      <c r="B64" t="s">
+        <v>329</v>
+      </c>
+      <c r="C64" t="s">
         <v>330</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>95</v>
+      </c>
+      <c r="E64" t="s">
+        <v>96</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>331</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" t="s">
         <v>334</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>339</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>342</v>
       </c>
       <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
         <v>343</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
+        <v>96</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>344</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>348</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>78</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>184</v>
+      </c>
+      <c r="I68" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>350</v>
+      </c>
+      <c r="B69" t="s">
+        <v>351</v>
+      </c>
+      <c r="C69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>115</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>353</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>357</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>78</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>358</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" t="s">
         <v>361</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>57</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
+        <v>356</v>
+      </c>
+      <c r="C72" t="s">
+        <v>364</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>365</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>370</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>372</v>
+      </c>
+      <c r="B74" t="s">
         <v>373</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>374</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
         <v>378</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E75" t="s">
+        <v>96</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>380</v>
-      </c>
-[...16 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>381</v>
+      </c>
+      <c r="B76" t="s">
+        <v>382</v>
+      </c>
+      <c r="C76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>384</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>386</v>
+      </c>
+      <c r="B77" t="s">
         <v>387</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>388</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>57</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>390</v>
+      </c>
+      <c r="B78" t="s">
+        <v>391</v>
+      </c>
+      <c r="C78" t="s">
         <v>392</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>38</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I78" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>395</v>
       </c>
       <c r="B79" t="s">
         <v>396</v>
       </c>
       <c r="C79" t="s">
         <v>397</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>398</v>
       </c>
       <c r="I79" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>400</v>
       </c>
       <c r="B80" t="s">
         <v>401</v>
       </c>
       <c r="C80" t="s">
         <v>402</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>403</v>
+      </c>
       <c r="I80" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B81" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>406</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
         <v>407</v>
       </c>
       <c r="I81" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>409</v>
       </c>
       <c r="B82" t="s">
         <v>410</v>
       </c>
       <c r="C82" t="s">
         <v>411</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>84</v>
+      </c>
+      <c r="H82" t="s">
+        <v>412</v>
       </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B83" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C83" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>292</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="I83" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C84" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C85" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B86" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C86" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="E86" t="s">
+        <v>96</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I86" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B87" t="s">
-        <v>434</v>
+        <v>435</v>
+      </c>
+      <c r="C87" t="s">
+        <v>436</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
+      <c r="E87" t="s">
+        <v>78</v>
+      </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I87" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B88" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C88" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I88" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B89" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C89" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E89" t="s">
-        <v>312</v>
+        <v>96</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I89" t="s">
-        <v>446</v>
-[...6 lines deleted...]
-      <c r="B90" t="s">
         <v>448</v>
-      </c>
-[...161 lines deleted...]
-        <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">