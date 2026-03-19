--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,251 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Імя і прозвішча</t>
   </si>
   <si>
     <t>Дзень народзінаў</t>
   </si>
   <si>
     <t>Апісанне</t>
   </si>
   <si>
     <t>Пол</t>
   </si>
   <si>
     <t>Адрас</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>ПЦ Вясна</t>
   </si>
   <si>
     <t>Прысуд</t>
   </si>
   <si>
     <t>Дата дадання</t>
   </si>
   <si>
-    <t>Ігар Алегавіч Майсеенка</t>
-[...5 lines deleted...]
-    <t>Былы супрацоўнік МНС.</t>
+    <t>Уладзімір Валянцінавіч Журомскі</t>
+  </si>
+  <si>
+    <t>1 чэрвеня 1989</t>
+  </si>
+  <si>
+    <t>Супрацоўнік дзяржаўнага мытнага камітэта.</t>
   </si>
   <si>
     <t>Мужчынскі</t>
   </si>
   <si>
-    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+    <t>ПК №3, 211300, п.Віцьба, Віцебская вобл, Віцебскі раён</t>
   </si>
   <si>
     <t>У зняволенні</t>
   </si>
   <si>
     <t>Так</t>
   </si>
   <si>
-    <t>Вырак суда 21.11.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.01.2025: прысуд пакінуты без змены. Вырак суда 14.05.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
-[...16 lines deleted...]
-  <si>
     <t>12 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Зміцер Іванавіч Паўтарак</t>
+  </si>
+  <si>
+    <t>1 чэрвеня 1987</t>
+  </si>
+  <si>
+    <t>Зміцер быў асуджаны ў жніўні 2022 года ў межах крымінальнай справы па артыкуле «Арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» за ўдзел у мірных акцыях пратэсту, якія праходзілі ў 2020 годзе ў Менску. Зміцер патрапіў на відэа журналіста з акцый пратэсту ў першыя дні пасля выбараў.
+У траўні 2023 года стала вядома, што Дзмітрыя затрымалі ў папраўчай установе і судзілі па адміністрацыйным артыкуле за «распаўсюджванне экстрэмісцкіх матэрыялаў», прыгаварыўшы да адміністрацыйнага арышту, які ён адбываў у Гомельскім ІЧУ.
+У ліпені таго ж года адбылося судовае паседжанне па пытанні замены абмежавання волі на пазбаўленне волі ў калоніі; вынік паседжання невядомы.</t>
+  </si>
+  <si>
+    <t>ПУАТ-17, г. Гомель, вул. Барысенка, 13, 246020</t>
+  </si>
+  <si>
+    <t>Хімія са скіраваннем</t>
+  </si>
+  <si>
+    <t>Вырак суда 05.08.2022: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 08.11.2022: прысуд пакінуты без змены. Суд па змене рэжыму 11.07.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Дзмітрый Валер'евіч Галавач</t>
   </si>
   <si>
     <t>1 чэрвеня 1982</t>
   </si>
   <si>
     <t>Музыка гурта TOR BAND, затрыманы разам з Яўгенам Бурло, таксама былі затрыманыя іх жонкі. Жонцы Галавача прысудзілі штраф, жонцы Бурлі – адміністрацыйны арышт.
 У канцы лістапада 2022 года Зміцер і Яўген былі асуджаныя трэці раз на 15 сутак. TOR BAND стаў папулярным у Беларусі гуртом на хвалі пратэстаў 2020 года. Многія песні сталі хітамі на розных платформах. Інфармацыйную прадукцыю, сацыяльныя сеткі і лагатып гурта TOR BAND прызналі «экстрэмісцкімі», а таксама іх вышэйпералічаныя песні.</t>
   </si>
   <si>
     <t>ВК №1, 211445, г. Наваполацк,вул. Тэхнічная, 8</t>
   </si>
   <si>
     <t>9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-12-06 20:51:07</t>
   </si>
   <si>
     <t>Артур Генадзьевіч Хлус</t>
   </si>
   <si>
     <t>1 чэрвеня 1998</t>
   </si>
   <si>
     <t>Артур родам з Пінска. Вучыўся ў Слонімскім медыцынскім каледжы, скончыў з чырвоным дыпломам і па заканчэнні быў размеркаваны ў Гродне. Паступіў у ГрДМУ, апроч гэтага працаваў фельчарам выязной брыгады ў хуткай дапамозе.
 Паводле праўладных тэлеграм-каналаў , быў затрыманы за рэгістрацыю ў плане "Перамога", а таксама ўдзельнічаў у "несанкцыянаваных масавых мерапрыемствах".
 17.08.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі ўзмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-11-02 13:53:09</t>
   </si>
   <si>
+    <t>Ігар Алегавіч Майсеенка</t>
+  </si>
+  <si>
+    <t>1 чэрвеня 1993</t>
+  </si>
+  <si>
+    <t>Былы супрацоўнік МНС.</t>
+  </si>
+  <si>
+    <t>ПК-22, а/с 20, Брэсцкая вобласць, г. Івацэвічы, ст. Даманава, 225295</t>
+  </si>
+  <si>
+    <t>Вырак суда 21.11.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.01.2025: прысуд пакінуты без змены. Вырак суда 14.05.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:41:19</t>
+  </si>
+  <si>
     <t>Захар Алегавіч Таразевіч</t>
   </si>
   <si>
     <t>1 чэрвеня 2003</t>
   </si>
   <si>
     <t>Ліцэіст МУС. Затрыманы разам з грамадзянінам РФ Антонам Лысавым. Абвінавачваецца ў падпале аўтамабіля кіраўніка камітэта судэкспертыз Аляксея Волкава.</t>
   </si>
   <si>
     <t>ПК №17, 213004, г. Шклоў, вул. 1-я Завадская, 8</t>
   </si>
   <si>
     <t>7,5 гадоў пазбаўлення волі ва ўмовах узмоцненага рэжыму</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
-  </si>
-[...21 lines deleted...]
-    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Дзмітрый Мікалаевіч Івашкоў</t>
   </si>
   <si>
     <t>2 чэрвеня 1981</t>
   </si>
   <si>
     <t>Сябра ініцыятыўнай групы кандыдата ў прэзідэнты Святланы Ціханоўскай быў затрыманы 27 верасня 2020 года ў Гомелі на мірнай акцыі пратэсту і абвінавачаны ва ўдзеле ў "масавых беспарадках" і планаванні "захопу будынкаў".
 Зімой 2023 года Зміцер быў пераведзены на турэмны рэжым.</t>
   </si>
   <si>
-    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
-[...2 lines deleted...]
-    <t>Вырак суда 04.05.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.08.2021: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
+    <t>ПК-14 222125, Мінская вобл., с.н.п Навасады, вул.Міра, 1А</t>
+  </si>
+  <si>
+    <t>Вырак суда 04.05.2021: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 06.08.2021: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму. Вырак суда дата невядомая: 1 год пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
+    <t>Раман Юр'евіч Парфёнаў</t>
+  </si>
+  <si>
+    <t>2 чэрвеня 1982</t>
+  </si>
+  <si>
+    <t>Паводле паведамлення суда, сутнасць абвінавачання супраць усіх заключалася ў тым, што людзі 10 жніўня 2020 года ў Брэсце «выкрыквалі лозунгі, свісталі, пляскалі ў далоні, дэманстравалі палотны бел-чырвона-белага колеру, выходзілі на праезную частку» . Гэтым яны нібыта груба парушалі грамадскі парадак.</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.09.2024: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.11.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
     <t>Мікалай Мікалаевіч Ляпёшка</t>
   </si>
   <si>
     <t>2 чэрвеня 1977</t>
   </si>
   <si>
     <t>47-гадовы айцец Мікалай быў затрыманы разам з 46-гадовай жонкай Аленай і іх 24-гадовым сынам Мікітам за ўдзел у акцыя пратэсту 2020 года.</t>
   </si>
   <si>
     <t>СІЗА №1 Навадворскі с/с, 143/4, в. Пашковічы, Мінскі раён, Мінская вобласць 223016</t>
   </si>
   <si>
     <t xml:space="preserve"> Вырак суда 03.02.2025: невядома гадоў абмежаванні волі без накіравання.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 22:07:42</t>
   </si>
   <si>
     <t>Юры Генадзевіч Альховік</t>
   </si>
   <si>
     <t>3 чэрвеня 1987</t>
   </si>
   <si>
     <t>Бізнесмен, затрыманы восенню 2023 года за заклікі да санкцый. Супраць Юрыя ўзбуджана крымінальная справа, ён узяты пад варту (месца ўтрымання ўдакладняецца).
 У эфіры праўладнага тэлеканала "Беларусь 1" Юры Альховік прадстаўлены як "сузаснавальнік кампаніі — афіцыйнага дыстрыбутара сусветных вытворцаў". Сам ён расказаў, што займаўся пастаўкамі абсталявання неразбуральнага кантролю і хімічнага аналізу, выпрабавальнага абсталявання. Ён напісаў ліст у еўрапейскую кампанію з просьбай аб спыненні супрацоўніцтва з беларускай кампаніяй, унесенай у санкцыйны спіс.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
     <t>Аляксей Фірдаўсавіч Кудасаў</t>
   </si>
   <si>
     <t>3 чэрвеня 1998</t>
   </si>
   <si>
     <t>Аляксей быў затрыманы 1 ліпеня 2021 года ў Менску супрацоўнікамі ГУБАЗіКу. На наступны дзень суд прызначыў яму 15 сутак адміністрацыйнага арышту, аднак замест вызвалення яго перавялі ў СІЗА — ён стаў фігурантам крымінальнай справы аб групавых дзеяннях, якія груба парушаюць грамадскі парадак.
 Справа разглядалася па чатырох артыкулах КК: "арганізацыя масавых беспарадкаў", "стварэнне экстрэмісцкага фарміравання", "распальванне сацыяльнай варожасці" і "абраза прадстаўніка ўлады". Суд праходзіў у закрытым рэжыме, дэталі абвінавачанняў невядомыя.
 У красавіку 2022 года суд прыгаварыў Аляксея да 11 гадоў пазбаўлення волі. Пасля суда ў праўладных каналах было апублікавана відэа, дзе сцвярджалася, што Аляксей быў адміністратарам тэлеграм-чата "Каскад". Раней пра яго таксама здымалі відэа на TUT.BY.
 У ліпені 2023 года стала вядома, што ён знаходзіцца ў СІЗА, і 11 жніўня 2023 года яго зноў прызналі вінаватым па новай справе аб "стварэнні экстрэмісцкага фарміравання", дадаўшы да тэрміна яшчэ 6 месяцаў.</t>
@@ -286,562 +286,539 @@
     <t>Вырак суда 01.04.2025: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
     <t>Дзмітрый Дзмітрыевіч Карнееў</t>
   </si>
   <si>
     <t>5 чэрвеня 1995</t>
   </si>
   <si>
     <t>Зміцер быў затрыманы і асуджаны за тое, што 10 жніўня 2020 года кінуў «кактэйль Молатава» ў бок вайскоўцаў. Бутэлькі, паводле версіі следства, былі перавезены ў цэнтр Гомеля Леанідам Кавалёвым, які схаваў іх, а вечарам таго ж дня перадаў Дзмітрыю і Мікіце Залатарову з прапановай падпаліць будынак, аўтобус або аўтазак. Зміцер часткова прызнаў сваю віну, патлумачыўшы, што кінуў «кактэйль» для таго, каб выйграць час і пазбегнуць затрымання.
 У снежні 2021 года быў пераведзены на турэмны рэжым за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы».</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>Вырак суда 22.02.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 23.04.2021: прысуд пакінуты без змены. Суд па змене рэжыму 08.12.2021: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
+    <t>Вітольд Стэфановіч Шалкевіч</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1980</t>
+  </si>
+  <si>
+    <t>Вітольду Шалкевічу 44 гады. Ён родам з буйнога мястэчка Поразава Свіслацкага раёна. У мужчыны ёсць жонка і дзве непаўналетнія дачкі.
+Вітольда затрымалі ў жніўні 2023 года на працы. Спачатку прысудзілі арышт за»распаўсюджванне экстрэмісцкіх матэрыялаў". Пасля губопікаўцы знялі з ім відэа і перавялі з СІЗА. Па дадзеных праўладных тэлеграм-каналаў, Шалкевіч пакінуў некалькі тысяч каментароў у розных чатах.</t>
+  </si>
+  <si>
+    <t>Вырак суда 06.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Сяргей Юр'евіч Манжос</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1991</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.10.2025: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Святлана Іванаўна Кашкель</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1963</t>
+  </si>
+  <si>
+    <t>Жаночы</t>
+  </si>
+  <si>
+    <t>Гомель, ПК-4, вул. Антошкіна 3, 246035</t>
+  </si>
+  <si>
+    <t>Вырак суда 14.10.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Аляксей Сяргеевіч Рэзнікаў</t>
+  </si>
+  <si>
+    <t>5 чэрвеня 1988</t>
+  </si>
+  <si>
+    <t>Жыхар Віцебска, затрыманы за рэпосты ў сацыяльных сетках. Суд закрыты, сваякоў у маладога чалавека няма. Вядома, што яму каля 30 гадоў, ён з'яжджаў на заробкі, у Беларусі яго затрымалі па вяртанні. Праз тры дні пасля затрымання памерла ягоная маці. Больш сваякоў не засталося.</t>
+  </si>
+  <si>
+    <t>ПК №2, 213800, г. Бабруйск, вул. Сікорскага, 1</t>
+  </si>
+  <si>
+    <t>Вырак суда 26.08.2022: 4 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Наталля Алегаўна Лабацэвіч</t>
+  </si>
+  <si>
+    <t>Таццяну Францкевіч і Наталлю Лабацэвіч затрымалі 19 ліпеня 2024 г., калі Таццяну выклікалі ў следчы камітэт падпісаць падпіску аб не выездзе з горада Полацк, а Наталля паехала разам з ёй падтрымаць.
+Супраць Таццяны Францкевіч, маці асуджанага анархіста Аляксандра Францкевіча, і яе сястры Наталлі Лабацэвіч, маці былога палітвязня Іллі Лабацэвіча, завялі крымінальную справу і змясцілі ў СІЗА Віцебску.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.02.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.04.2025: адпраўлена на перагляд. Вырак суда 16.06.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2024-07-25 20:42:36</t>
+  </si>
+  <si>
+    <t>Вольга Анатольеўна Мікалаева</t>
+  </si>
+  <si>
+    <t>Праўладныя СМІ ў снежні 2024 года выклалі аўдыё з Вольгай, якую абвінавачваюць ва ўдзеле ў чаце "Белыя крылы Баранавічаў". Калі КДБ аб'явіў чат «Белыя крылы Баранавічы» — зусім маленькі і даўно неактыўны раённы чат — экстрэмісцкім фармаваннем, сярод ліку ўдзельнікаў была названая Вольга. Выйшлі на Вольгу праз неабаронены акаўнт. Ён быў прывязаны да ўласнага нумара дзяўчыны. Верагодней за ўсё Вольгу да суда ўтрымлівалі ў СІЗА.
+Вольга іграе на барабанах і ў студэнцтве была ўдарніцай у аматарскіх музычных гуртах. Разам з мужам яны любяць падарожнічаць.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
     <t>Аляксей Пятровіч Камовіч</t>
   </si>
   <si>
     <t>5 чэрвеня 1979</t>
   </si>
   <si>
     <t>Банкаўскі менеджэр. Мае 15-гадовы досвед кіраўніцтва рэгіянальнымі падраздзяленнямі банкаў.
 Апошняе месца працы банк РРБ.</t>
   </si>
   <si>
     <t>ПУАТ-24, 230025, г.Гродна, вул. Лідская, 29/б</t>
   </si>
   <si>
     <t>Вырак суда дата невядомая: 4 гады 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Вольга Анатольеўна Мікалаева</t>
-[...89 lines deleted...]
-    <t>2024-07-25 20:42:36</t>
+    <t>Дзяніс Валянцінавіч Сальмановіч</t>
+  </si>
+  <si>
+    <t>6 чэрвеня 1991</t>
+  </si>
+  <si>
+    <t>Спачатку знаходзіўся на Акрэсціна. Затым быў арыштаваны па КК. Блізкія адзначаюць, што Дзяніс добры, сумленны, справядлівы і спагадлівы хлопец. На праўладных каналах Дзяніса называюць “галоўным візуальным рэдактарам” ролікаў руху “Супраціў”. На відэа Сальмановіч кажа , што затрыманы супрацоўнікамі міліцыі з-за таго, што «складаўся ў дэструктыўных тэлеграм-каналах», «супрацоўнічаў з "Буслы ляцяць"» і ўдзельнічаў у акцыях пратэсту ў 2020 годзе.
+Апеляцыйны суд скараціў тэрмін адбывання пакарання з 10 да 9.5 гадоў пазбаўлення волі.
+У Дзяніса цяжкае захворванне - хранічны гломерулонефрыт пасля гемарагічнага васкуліту. Улетку 2024 года мужчыну з калоніі забрала хуткая дапамога. Сальмановіча прааперыравалі — выразалі жоўцевую бурбалку. Пасля аперацыі мужчына яшчэ тыдзень знаходзіўся ў санчасці калоніі, пакуль яму не знялі швы.
+Маці палітвязня кажа, што апошні раз Дзяніс выходзіў з ёю на сувязь у сярэдзіне лістапада 2024 года. Пасля званка мужчыну адразу ж забралі ў ШІЗА, дзе ён знаходзіцца да гэтага часу (студзень 2024 года).
+У красавіку 2025 года яму ўзмацнілі жорсткасць від пакарання і перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Турма №4, Магілёў, вул. Крупскай 99А, 212011</t>
+  </si>
+  <si>
+    <t>Вырак суда 30.09.2022: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 6400 рублёў кампенсацыі. Апеляцыя 23.12.2022: 9 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 6400 рублёў кампенсацыі. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
   </si>
   <si>
     <t>Дзяніс Яўгеньевіч Івашын</t>
   </si>
   <si>
     <t>6 чэрвеня 1979</t>
   </si>
   <si>
     <t>Дзяніс — журналіст і рэдактар-валанцёр беларускай версіі InformNapalm, пазаштатны карэспандэнт "Новага Часу". Яго расследаванні датычыліся ўплыву «рускага свету» на Беларусь і Сірыю, забудовы ў Курапатах і пераходу былых украінскіх беркутаўцаў у сілавыя структуры Беларусі.
 У сакавіку 2021 года яго затрымалі супрацоўнікі КДБ па абвінавачанні ва "ўмяшанні ў дзейнасць міліцыі". Ператрусы прайшлі ў яго кватэры, у маці і 95-гадовай бабулі. У 2022 годзе стала вядома, што яму таксама інкрымінуюць супрацу з украінскай разведкай.
 У верасні 2022 года Дзяніса асудзілі па артыкулах пра "здраду дзяржаве" і "ўмяшанні ў дзейнасць супрацоўніка ўнутраных справаў", аднак пазней апошняе абвінавачанне замянілі на "незаконны збор ці распаўсюд дадзеных аб асабістым жыцці".
 У чэрвені 2023 года яго перавялі на строгі турэмны рэжым без апавяшчэння сваякоў і адваката.
 У красавіку 2024 года палітвязня пазбавілі перадач, а адпраўка вітамінаў зараз патрабуе дазволу турэмнага лекара.</t>
   </si>
   <si>
     <t>СТ-8, Жодзіна, вул. Савецкая 22А, 222163</t>
   </si>
   <si>
     <t>Вырак суда 14.09.2022: 13 гадоў 1 месяц пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 150 базавых велічынь штрафу, 18000 рублёў кампенсацыі. Апеляцыя 20.12.2022: прысуд пакінуты без змены. Суд па змене рэжыму дата невядомая: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Дзяніс Валянцінавіч Сальмановіч</t>
-[...15 lines deleted...]
-    <t>2021-10-26 19:13:17</t>
+    <t>Сяргей Аляксандравіч Раманаў</t>
+  </si>
+  <si>
+    <t>7 чэрвеня 1994</t>
+  </si>
+  <si>
+    <t>Актывіст анархічнага руху быў затрыманы пры перасячэнні мяжы Беларусі ў ноч з 28 на 29 кастрычніка 2020 года і абвінавачаны ў "падпалах" і "тэрарызме". Раней ён адбываў пакаранне ў выглядзе 5 гадоў пазбаўлення волі паводле артыкула 295-3 КК РБ і быў вызвалены ў 2019 годзе.
+29 кастрычніка 2021 года ў Гомелі Сяргея прыгаварылі да 1 года пазбаўлення волі за «парушэнне ўмоў нагляду» па папярэднім палітычным артыкуле. У сакавіку 2023 года і верасні 2024 года ён двойчы быў асуджаны за «злоснае непадпарадкаванне патрабаванням адміністрацыі калоніі». Па дадзеным артыкуле судзяць зняволеных, якія адмаўляюцца ад супрацоўніцтва з адміністрацыяй, за выдуманыя парушэнні. У выніку ягоны агульны тэрмін пазбаўлення волі склаў 22 гады і 11 месяцаў.
+Увосень 2025 года стала вядома , што нядаўна Сяргей Раманаў патрапіў у лякарню, дзе яму зрабілі аперацыю. Аперацыя была планавай і прайшла без ускладненняў. Неўзабаве яго ізноў павінны перавесці ў калонію.</t>
+  </si>
+  <si>
+    <t>ПК-9, 213410, г.Горкі, вул. Дабралюбава, 16</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.12.2021: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму, прыблізна 11000 рублёў кампенсацыі. Апеляцыя 22.04.2022: прысуд пакінуты без змены. Вырак суда 23.03.2023: 11 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 06.06.2023: прысуд пакінуты без змены. Вырак суда 25.09.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму. Апеляцыя 26.11.2024: прысуд пакінуты без змены. Вырак суда 19.05.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах строгага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Мікіта Аляксандравіч Грушэўскі</t>
   </si>
   <si>
     <t>7 чэрвеня 2000</t>
   </si>
   <si>
     <t>Пра Мікіту Грушэўскага вядома , што ён у 2022 годзе скончыў Гомельскі дзяржаўны тэхнічны ўніверсітэт імя П. Сухога. Працаваў вахтавым чынам у Расіі.
 Паводле інфармацыі, якой валодаюць праваабаронцы , Мікіта Грушэўскі выказваў свае меркаванні, у тым ліку аб асобах, якія зараз нелегальна ўтрымліваюць уладу ў Беларусі, у інтэрнэт-каментарах у суполках у сацсетках.
 У тым ліку яго асудзілі за тое, што ён уваходзіў у лік нейкай супольнасці, якую рэжым абвясціў “экстрэмісцкім фармаваннем”.
 Суд над Мікітам Грушэўскім праходзіў у закрытым ад таварыства рэжыме.</t>
   </si>
   <si>
     <t>Вырак суда 23.09.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Сяргей Аляксандравіч Раманаў</t>
-[...16 lines deleted...]
-    <t>2021-02-27 00:40:05</t>
+    <t>Валерый Ігаравіч Залівака</t>
+  </si>
+  <si>
+    <t>8 чэрвеня 1991</t>
+  </si>
+  <si>
+    <t>16.07.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 25.04.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 16.07.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
   </si>
   <si>
     <t>Ірына Аляксееўна Саўрыцкая</t>
   </si>
   <si>
     <t>8 чэрвеня 1966</t>
   </si>
   <si>
     <t>Ірына працавала спецыялістам па продажах, а затым мэнэджэрам у «Анастане». Была асуджаная разам з дачкой і мужам.
 Нагодай для крымінальнай справы стаў створаны сям'ёй відэаролік летам 2020 года з заклікам спыніць гвалт. Муж Генадзь на судзе распавёў, што ў адзін з дзён лета 2020 года, на эмоцыях ад убачаных у інтэрнэце звестак аб ужытым з боку супрацоўнікаў гвалту ў дачыненні да пратэстоўцаў, вырашыў запісаць відэазапіс са зваротам да супрацоўнікаў з заклікам да абгрунтаванага прымянення сілы. Прыдумаў тэкст выступу, пасля чаго папрасіў сваю дачку яго прачытаць. Таксама ён папрасіў жонку выказацца аб выбарах. У гэты ж дзень ён выказаў на відэа пажаданні аб далейшым лёсе краіны, у канцы свайго выступу таксама паказаў сімвал у выглядзе сэрца. Пасля гэтага ён знайшоў у інтэрнэце відэаролікі і змантаваў відэа. У гэты ж дзень адправіў яго некалькім сваім знаёмым і сваякам.</t>
   </si>
   <si>
     <t>Вырак суда 21.11.2024: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 07.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Валерый Ігаравіч Залівака</t>
-[...11 lines deleted...]
-    <t>2024-04-12 17:45:06</t>
+    <t>Юрый Міхайлавіч Палюховіч</t>
+  </si>
+  <si>
+    <t>9 чэрвеня 1986</t>
+  </si>
+  <si>
+    <t>Юры быў спачатку асуджаны на тры гады «хатняй хіміі», а затым у лістападзе 2021 года — на тры гады абмежавання волі з накіраваннем у папраўчую ўстанову адкрытага тыпу. Абодва эпізоды тычыліся абвінавачанняў па артыкуле аб абразе прадстаўнікоў улады.
+У 2022 годзе супраць яго распачалі трэцюю крымінальную справу па артыкулах «гвалт або пагроза прымянення гвалту ў дачыненні да супрацоўніка міліцыі», «абраза прадстаўніка ўлады» і «абраза суддзі». У снежні таго ж года Юрыю прызначылі пяць гадоў абмежавання волі з накіраваннем.</t>
+  </si>
+  <si>
+    <t>ПУАТ-21, 247784 Гомельская вобл., г. Мазыр, б-р Юнасці, 24</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 3 гады абмежаванні волі без накіравання. Апеляцыя дата невядомая: прысуд пакінуты без змены. Вырак суда 23.11.2021: 3 гады абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Вырак суда 23.12.2022: 5 гадоў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 24.01.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Павел Мікалаевіч Чуркін</t>
+  </si>
+  <si>
+    <t>9 чэрвеня 1987</t>
+  </si>
+  <si>
+    <t>Павел упершыню быў асуджаны ў траўні 2021 года за "абразу Лукашэнкі" і прыгавораны да пазбаўлення волі ў калоніі. У траўні 2022 года ён быў вызвалены, цалкам адбыўшы прызначаны судом тэрмін пакарання.
+Паўторна Паўла затрымалі вясной 2024 года па падазрэнні ў супрацоўніцтве з Галоўным упраўленнем разведкі Міністэрства абароны Украіны. Пра гэта паведамілі ў перадачы "Усё па справе" на дзяржаўным тэлеканале "Беларусь 4. Магілёў". На апублікаваным відэа Павел кажа, што здымаў размяшчэнне "Іскандэраў", каб перадаць запісы ВСУ, а таксама зачытвае тэкст, прадстаўлены як прысяга Украіне.
+У лістападзе 2024 года ў дачыненні да яго прайшоў шэраг судовых пасяджэнняў па артыкулах "удзел на тэрыторыі замежнай дзяржавы ва ўзброеным фарміраванні або ўзброеным канфлікце, ваенных дзеяннях, вярбоўка або падрыхтоўка асоб да такога ўдзелу" і "здрада дзяржаве". Вынік разгляду спраў невядомы.</t>
+  </si>
+  <si>
+    <t>Вырак суда 24.05.2021: 1 год пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Вырак суда 19.11.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 28.01.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
   </si>
   <si>
     <t>Яраслаў Пятровіч Саковіч</t>
   </si>
   <si>
     <t>9 чэрвеня 1980</t>
   </si>
   <si>
     <t>Па версіі следства, затрыманы за тое, што перадаваў дадзеныя ВСУ Украіны. Жонка-украінка. Пражываў ва Украіне, вярнуўся ў Беларусь у 2021 годзе з-за хворых бацькоў. Быў затрыманы КДБ, яго катавалі ўсю ноч, каб ён прызнаўся ў тым, што ваяваў раней ва Украіне, тэлефанавалі жонцы і абяцалі выслаць ягоную галаву. Пасля гэтага Яраслава адпусцілі. Праз год яго зноў затрымалі, зараз ён знаходзіцца ў СІЗА.
 4 мая 2023 г. асуджаны па двух артыкулах (370 і 295 КК) да 2 гадоў пазбаўлення волі, пасля пратэсту пракурора павялічылі тэрмін пакарання ў 2 разы. Знаходзіцца ў СІЗА, т.я. распачаты яшчэ дзве крымінальныя справы. Яго абвінавачваюць па артыкуле аб здрадзе дзяржаве (частка 1 артыкула 356 КК) за «перадачу дадзеных ВСУ».
 Улетку 2024 года стала вядома, што Яраслава зноў перавялі ў СІЗА-1.</t>
   </si>
   <si>
     <t>11 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Максім Міхайлавіч Матырка</t>
   </si>
   <si>
     <t>9 чэрвеня 1977</t>
   </si>
   <si>
     <t>Грамадзянін РФ, 16 гадоў жыве ў Менску.
 Па дадзеных праўладных каналаў, затрыманы за ўдзел у акцыях пратэсту ў 2020 годзе.
 Асуджаны за ўдзел у акцыях пратэсту і падпале машыны (дакладная інфармацыя па абвінавачанні невядомая).
 Стала вядома, што Максіма 12.05.2023 г. судзілі па ч. 2 арт. 411 КК. Прысуд невядомы.</t>
   </si>
   <si>
     <t>Вырак суда 06.04.2022: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Вырак суда 12.05.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Суд па змене рэжыму 10.09.2024: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Іван Уладзіміравіч Котаў</t>
-[...48 lines deleted...]
-    <t>2021-09-03 13:56:39</t>
+    <t>Даніла Максімавіч Чыбісаў</t>
+  </si>
+  <si>
+    <t>10 чэрвеня 2003</t>
+  </si>
+  <si>
+    <t>Даніла-студэнт Гомельскага дзяржаўнага ўніверсітэта імя Францыска Скарыны. 18 кастрычніка 2024 года ў судзе Навабеліцкага раёна Гомеля яго разам з маці Аленай Чыбісавай асудзілі па ч. 2 ст. 19.11 КаАП (рапсавы распаўсюд экстрэмісцкіх матэрыялаў). Вынік таго судовага паседжання невядомы. Пасля гэтага была заведзена крымінальная справа.</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.03.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Віктар Турчанік</t>
+  </si>
+  <si>
+    <t>10 чэрвеня 1989</t>
+  </si>
+  <si>
+    <t>Вырак суда 03.11.2025: 2 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 800 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
+  </si>
+  <si>
+    <t>Сяргей Васільевіч Чыжэўскі</t>
+  </si>
+  <si>
+    <t>10 чэрвеня 1978</t>
+  </si>
+  <si>
+    <t>31.05.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.03.2024: 2 гады 8 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 31.05.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Павел Валер'евіч Шпак</t>
+  </si>
+  <si>
+    <t>10 чэрвеня 1985</t>
+  </si>
+  <si>
+    <t>Павел вучоны-фізік. У 2007 годзе ён скончыў магістратуру Беларускага дзяржаўнага ўніверсітэта па спецыяльнасці «Лазерная фізіка», мае ступень кандыдата фізіка-матэматычных навук. Два гады таму ён знайшоў працу ў Польшчы і атрымаў працоўны від на жыхарства, але час ад часу ездзіў дадому. Падчас адной з паездак яго затрымалі .
+Амаль 16 гадоў (з 2007 па 2023 год) мужчына працаваў у Інстытуце фізікі Нацыянальнай акадэміі навук Беларусі, прайшоўшы шлях ад малодшага навуковага супрацоўніка да даследчыка. У яго навуковым партфоліё — 33 публікацыі і ўдзел у распрацоўцы лазерных сістэм, оптаэлектронікі.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:12:55</t>
   </si>
   <si>
     <t>Юры Аляксандравіч Майсеенка</t>
   </si>
   <si>
     <t>10 чэрвеня 1998</t>
   </si>
   <si>
     <t>17.04.2024 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Даніла Максімавіч Чыбісаў</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Уладзіслаў Дзмітрыевіч Пудзяк</t>
+  </si>
+  <si>
+    <t>Начальнік цэха "Гомсельмаш".
+08.09.2023 адбыўся разгляд апеляцыйнае пасяджэнне, прыгавор уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 20.06.2023: 11 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.09.2023: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
   </si>
   <si>
     <t>Дзяніс Сяргеевіч Сідарок</t>
-  </si>
-[...1 lines deleted...]
-    <t>10 чэрвеня 1989</t>
   </si>
   <si>
     <t>Меркавана затрыманы за ўдзел у акцыях пратэсту ў 2020 годзе.
 14.03.2023 года адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі агульнага рэжыму</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Віктар Турчанік</t>
-[...57 lines deleted...]
-  <si>
     <t>Уладзімір Іванавіч Жураўка</t>
   </si>
   <si>
     <t>13 чэрвеня 1985</t>
   </si>
   <si>
-    <t>Былы аператар ГПУ цэха "Аміяк-3". Па папярэдняй інфармацыі затрыманы ў рамках артыкулаў 356 і 357 КК РБ ("здрада дзяржаве" і "змова або іншыя дзеянні, учыненыя з мэтай захопу дзяржаўнай улады").
-[...5 lines deleted...]
-    <t>15 гадоў калоніі ва ўмовах узмоцненага рэжыму</t>
+    <t>Уладзімір, былы аператар ДПУ цэха «Амміяк-3» на прадпрыемстве Гродна Азот, быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Уладзіміра прызналі вінаватым паводле артыкулаў «паклёп», «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.
+У лістападзе 2023 года адбылося чарговае судовае пасяджэнне, па выніках якога Уладзіміра перавялі на турэмны рэжым.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 15 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены. Суд па змене рэжыму 16.11.2023: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Сяргей Уладзіміравіч Чабоцька</t>
   </si>
   <si>
     <t>13 чэрвеня 1983</t>
   </si>
   <si>
     <t>Уладальнік папулярнага сайта s13.ru. Сяргея судзілі 25 кастрычніка за "распаўсюджванне экстрэмісцкіх матэрыялаў" . Вынікам разгляду сталі таксама 15 сутак адміністратыўнага арышту. У той дзень стала вядома, што суд па заяве пракурора горада Гродна прызнаў "экстрэмісцкімі матэрыяламі" сайт s13.ru, які існаваў амаль два дзесяцігоддзі. Пасля першага зняволення Сяргея абвінавацілі ў "парушэнне парадку арганізацыі або правядзення масавых мерапрыемстваў". Адміністрацыйную справу ў сераду разглядаў суд Ленінскага раёна, суддзя Наталля Горбач прысудзіла яшчэ 15 сутак.
 У выніку Сяргея Чабоцьку судзілі тройчы праз распаўсюд экстрэмісцкіх матэрыялаў і “пікет” у інтэрнэце.
 Сяргей ня выйшаў на волю і пасьля 45 сутак адміністрацыйнага арышту. Верагодна, мужчыну ўзялі пад варту.
 Сайт s13.ru КДБ Беларусі прызнаў "экстрэмісцкім фармаваннем ", таму верагодна справа Сяргея звязана з гэтым.</t>
   </si>
   <si>
     <t>Вырак суда 31.10.2025: 3 гады 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 1000 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
+    <t>Раман Алегавіч Цыганкоў</t>
+  </si>
+  <si>
+    <t>13 чэрвеня 1994</t>
+  </si>
+  <si>
+    <t>Затрыманы за ўдзел у акцыях пратэсту ў 2020 годзе.
+20.10.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.08.2023: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 20.10.2023: невядома.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
     <t>Дзмітрый Уладзіміравіч Сасноўскі</t>
   </si>
   <si>
     <t>13 чэрвеня 1990</t>
   </si>
   <si>
     <t>Зміцер быў затрыманы ў ліпені 2021 года ў межах крымінальнай справы аб замаху на прапагандыста Рыгора Азаронка па артыкуле "акт тэрарызму". Па версіі абвінавачання, ён распачаў "наўмысныя дзеянні, накіраваныя на падрыхтоўку да акта тэрарызму ў дачыненні да Азаронка". Разглядаліся розныя варыянты, у тым ліку — гвалтоўны прымус да запісу відэазвароту.
 Зміцер стаў адзіным фігурантам справы, хто не прызнаў віну. На судзе ён заявіў, што ў злачынства яго ўцягнулі падчас следчага эксперымента. Паводле яго слоў, пасля затрымання да яго прымянялі гвалт і катаванні, прымусіўшы падпісаць чыстасардэчнае прызнанне. Падчас допытаў яму нанеслі сур'ёзныя траўмы рук, з-за чаго ён зараз не можа паўнавартасна працаваць. На першым паседжанні ён таксама заявіў аб жаданні адмовіцца ад грамадзянства Беларусі, бо "не мае дачынення да тэрарызму".
 У снежні 2022 года Дзмітрыя прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі ўзмоцненага рэжыму, а таксама да буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Алена Генадзеўна Рудая</t>
-[...29 lines deleted...]
-  <si>
     <t>Сяргей Андрэевіч Батура</t>
   </si>
   <si>
     <t>13 чэрвеня 2001</t>
   </si>
   <si>
     <t>Быў затрыманы ў рамках крымінальнай справы 9 лістапада 2021 года за ўдзел у пратэстах. Спачатку яго змясцілі ў СІЗА КДБ, пасля перавялі ў СІЗА-1.
 Таксама яго абвінавацілі ў атрыманні з-за мяжы тэлескапічных дубінак, электрашокераў і іншых сродкаў.</t>
   </si>
   <si>
     <t>Вырак суда 01.07.2022: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
+    <t>Алена Генадзеўна Арцюш (Рудая)</t>
+  </si>
+  <si>
+    <t>13 чэрвеня 1969</t>
+  </si>
+  <si>
+    <t>Пульманолаг з 30-гадовым стажам. Працавала ў 10-й бальніцы Мінска (1992-2022), загадвала аддзяленнем.</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.07.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2025-07-27 21:00:10</t>
   </si>
   <si>
     <t>Сяргей Рамуальдавіч Плоніс</t>
   </si>
   <si>
     <t>14 чэрвеня 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Сяргей, сістэмны адміністратар у сферы лакальных сетак і відэаназірання, быў затрыманы 2 кастрычніка 2020 года па справе аб масавых беспарадках і абвінавачаны ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку", а таксама ў намеры пашкодзіць або знішчыць тры кіёскі "Табакерка".
 </t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 8 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Антон Уладзіміравіч Дзянейка</t>
   </si>
   <si>
     <t>14 чэрвеня 1991</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
@@ -855,203 +832,196 @@
   <si>
     <t>Яго абвясцілі членам "экстрэмісцкага фарміравання" "Да Зораў". На думку КДБ, туды ўваходзяць ён, а таксама Сямён Малашэнкаў.
 Ён вядомы як музыка, майстар па вырабе гусляў і ўдзельнік гурта “Стары Ольса”. З 2002 года Чумакоў граў і спяваў у групе сярэднявечнай музыкі "стары Ольса", выкарыстоўваючы гуслі, жалейкі і іншыя старажытныя інструменты. У 2005 годзе ён заснаваў групу «куфляў кола», якая выконвала беларускія народныя танцы пад дуду і гуслі, аднак праект праіснаваў нядоўга. Час ад часу музыка выступаў сольна з танцавальнай народнай праграмай.
 Акрамя таго, Алесь перакладаў ірландскую гераічную паэзію на беларускую мову. У гурце Ceilidh Ceol, створаным у сярэдзіне 2000-х, ён выконваў старажытныя ірландскія песні па-беларуску, прысвечаныя свабодзе і памяці продкаў. У 2020 годзе яго вакал прагучаў у беларускай агучцы серыяла "Ведзьмак" ад Netflix - ён выканаў вядомую песню Toss a Coin to Your Witcher у беларускім перакладзе.</t>
   </si>
   <si>
     <t>2025-12-16 19:40:03</t>
   </si>
   <si>
     <t>Арцём Ігаравіч Касакоўскі</t>
   </si>
   <si>
     <t>14 чэрвеня 1998</t>
   </si>
   <si>
     <t>Арцём працаваў оптыкам на Лідскім заводзе "Оптык". Ён атрымаў адукацыю ў фізіка-матэматычным ліцэі Гродна і Лідскім політэхнічным каледжы. Яго затрымалі 27 верасня 2020 года па справе аб масавых беспарадках і абвінавацілі ва ўдзеле ў тэлеграм-каналах "радыкальнага кірунку", а таксама ў намеры пашкодзіць або знішчыць тры кіёскі "Табакерка".
 У траўні 2022 года Арцёма паўторна асудзілі за ўдзел у акцыях пратэсту, якія праходзілі ў 2020 годзе ў Лідзе.</t>
   </si>
   <si>
     <t>Вырак суда 19.07.2021: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 23.11.2021: прысуд пакінуты без змены. Апеляцыя 10.07.2024: прысуд пакінуты без змены. Вырак суда 23.05.2022: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Алена Валер'еўна Добыш</t>
-[...11 lines deleted...]
-    <t>2025-03-27 00:27:54</t>
+    <t>Максім Валер'евіч Лукашэвіч</t>
+  </si>
+  <si>
+    <t>15 чэрвеня 1989</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.12.2024: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 14.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-08-13 11:59:34</t>
   </si>
   <si>
     <t>Валерый Тадэвушавіч Віскірскі</t>
   </si>
   <si>
     <t>15 чэрвеня 1986</t>
   </si>
   <si>
     <t>Першапачатковая прычына затрымання - распаўсюджванне экстрэмісцкіх матэрыялаў у рамках адміністрацыйнай палітычна матываванай справы.
 Падчас арышту мужчыне былі прад'яўленыя абвінавачанні па крымінальнай справе за шматлікія лайкі ў "Аднакласніках".
 4 ліпеня 2023 г. адбыўся разгляд апеляцыйнай скаргі. прыябар уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 14.03.2023: 5 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 04.07.2023: невядома.</t>
   </si>
   <si>
     <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Аляксей Уладзіміравіч Кузьмін</t>
   </si>
   <si>
     <t>15 чэрвеня 1980</t>
   </si>
   <si>
     <t>Начальнік аддзела перадбілінгу і тарыфікацыі МТС.
 Паводле матэрыялаў следства , Кузьмін меў доступ да асабістай інфармацыі кліентаў МТС і з 9 жніўня 2020 года да 8 красавіка 2021 года "зліваў" яе ў тэлеграм-каналы "Чорная кніга Беларусі", "Карнікі Беларусі" і "Усе парушэнні!".
 Пацярпелых набралася 57 чалавек - гэта сілавікі, прапагандысты, чыноўнікі, суддзі, пракуроры і члены іх сем'яў. Акрамя таго, следства лічыць, што "сумесныя дзеянні Кузьміна з іншымі асобамі" пацягнулі парушэнні працы транспарту і прадпрыемстваў "з прычыненнем "Мінсктранс" шкоды ў памеры крыху больш за 22 500 рублёў".
 Сярод пацярпелых лічацца ў прыватнасці супрацоўніца "СБ. Беларусь сегодня» Людміла Гладкая , а таксама сябра беларускай кампартыі і дэпутат Сяргей Клішэвіч .</t>
   </si>
   <si>
     <t>Вырак суда 18.09.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
     <t>Вольга Пракопчык</t>
   </si>
   <si>
     <t>15 чэрвеня 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Яўген Аляксандравіч Краснянскі</t>
-[...12 lines deleted...]
-    <t>2025-08-18 14:56:18</t>
+    <t>Алена Валер'еўна Добыш</t>
+  </si>
+  <si>
+    <t>15 чэрвеня 1981</t>
+  </si>
+  <si>
+    <t>Была затрымана ў сакавіку 2025 года ў межах крымінальнай справы, звязанай з "экстрэмісцкай дзейнасцю".</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.10.2025: 3 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 500 базавых велічынь штрафу. Апеляцыя дата невядомая: невядома.</t>
+  </si>
+  <si>
+    <t>2025-03-27 00:27:54</t>
   </si>
   <si>
     <t>Павел Сяргеевіч Кабарчук</t>
   </si>
   <si>
     <t>16 чэрвеня 1993</t>
   </si>
   <si>
     <t>15 лютага 2024 г. у Лельчыцкім раёне Гомельскай вобласці на мяжы з Украінай увялі рэжым «контртэрарыстычнай аперацыі». Насельніцтва прасілі "захоўваць спакой і падпарадкоўвацца патрабаванням супрацоўнікаў сілавых структур". У КДБ сцвярджаюць, што затрымалі ўдзельнікаў "дыверсійна-разведвальнай групы", у склад якой уваходзілі грамадзяне Украіны і Беларусі. Сярод затрыманых - грамадзяне Украіны бацька і сын Сяргей і Павел Кабарчукі. Сяргей Кабарчук 1963 года нараджэння з Ковельскага раёна Валынскай вобласці. Бацька і сын былі затрыманыя ў лютым 2024 года ў Лельчыцкім раёне. Пры іх знайшлі «выбухныя прылады і іншыя сродкі паразы». КДБ "устанавіла" , што выбуховыя прыстасаванні прызначаліся для тэрактаў у Беларусі і Расіі, а "закід групы" арганізавала Службы бяспекі Украіны.
 Тады ж затрымалі і жыхара Брэста Віталя Уласюка 1970 года нараджэння. Яго абвінавацілі ў кантрабандзе (частка 3 артыкула 228 КК).
 У СІЗА КДБ падвяргаўся катаванням. Пасля затрымання некалькі дзён утрымлівалі ў СІЗА КДБ без ежы.</t>
   </si>
   <si>
-    <t>Вырак суда 23.10.2024: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу.</t>
+    <t>Вырак суда 23.10.2024: 20 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу. Суд па змене рэжыму дата невядомая: невядома гадоў турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
     <t>Сяргей Міхайлавіч Ярашэвіч</t>
+  </si>
+  <si>
+    <t>16 чэрвеня 1982</t>
   </si>
   <si>
     <t>Адміністратар тэлеграм-канала "Армія з народам" і муж палітвязні Антаніны Канавалавай быў затрыманы 2 кастрычніка 2020 года і асуджаны за "падрыхтоўку да ўдзелу ў масавых беспарадках".
 У студзені 2023 года Сяргей быў паўторна асуджаны за «злоснае непадпарадкаванне патрабаванням адміністрацыі папраўчай установы».</t>
   </si>
   <si>
     <t>ПК-20, 247755, Гомельская вобл., Мазырскі р-н, Міхалкоўскі сельсавет, д.70</t>
   </si>
   <si>
     <t>Вырак суда 07.05.2021: 5 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 30.07.2021: прысуд пакінуты без змены. Вырак суда 26.01.2023: 9 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
+    <t>Яўген Аляксандравіч Краснянскі</t>
+  </si>
+  <si>
+    <t>43-гадоваму Яўгену вынеслі прысуд за сацыялагічнае даследаванне пра квіды ў Беларусі.
+Раней Следчы камітэт паведамляў падрабязнасці пераследу Краснянскага. Ведамства сцвярджала, што мужчына падрыхтаваў для адной з замежных арганізацый даследаванне, якое змяшчае "загадзя ілжывыя звесткі аб палітыцы краіны ў галіне аховы здароўя ў частцы мер па барацьбе з каранавіруснай інфекцыяй". Вядома , што разам з Яўгенам Краснянскім былі затрыманыя дзве жанчыны: мінчанкі 37 і 43 гадоў. Яны нібыта праводзілі сацыялагічнае даследаванне аб наяўнасці пераваг сярод грамадзян у развіцці краіны праз інтэграцыю з краінамі Еўрапейскага саюза. Каб прыйсці да пажаданага выніку, жанчыны нібыта апытвалі прадстаўнікоў фокус-групы, якія маюць "загадзя негатыўнае стаўленне да наяўнай у дзяржаве палітычнай сістэмы і канстытуцыйнага ладу". Прыгаворы жанчынам невядомыя.</t>
+  </si>
+  <si>
+    <t>Вырак суда 08.08.2025: 7 гадоў 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 595 базавых велічынь штрафу.</t>
+  </si>
+  <si>
+    <t>2025-08-18 14:56:18</t>
+  </si>
+  <si>
     <t>Аляксей Сяргеевіч Бародка</t>
   </si>
   <si>
     <t>17 чэрвеня 1998</t>
   </si>
   <si>
     <t>Адвакат быў затрыманы напрыканцы студзеня і знаходзіцца ў СІЗА-1 на Валадарскага. Пасля затрымання профіль адваката выдалілі з сайта Рэспубліканскай калегіі адвакатаў. Пазней стала вядома, што 21 красавіка 2023 г яго пазбавілі ліцэнзіі.
 08.09.2023 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 19.05.2023: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя дата невядомая: невядома.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
     <t>Аляксандр Аляксандравіч Чыж</t>
   </si>
   <si>
     <t>18 чэрвеня 1983</t>
   </si>
   <si>
     <t>Вырак суда 19.06.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2024-06-17 19:24:12</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Уладзімір Міхайлавіч Марозаў</t>
   </si>
   <si>
     <t>19 чэрвеня 1980</t>
   </si>
   <si>
     <t>Верагодней за ўсё быў затрыманы 26.01.2023 за распаўсюджванне, выраб, захоўванне, перавозка інфармацыйнай прадукцыі, якая змяшчае заклікі да экстрэмісцкай дзейнасці або якая прапагандуе такую дзейнасць. Пасля чаго была адкрыта крымінальная справа па шматлікіх артыкулах. Да суда, як мяркуецца, быў у зняволенні ў турме ў Жодзіне.
 26.01.2024 адбылося апеляцыйнае паседжанне суда. Прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 15.11.2023: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 26.01.2024: невядома.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
     <t>Зміцер Пятровіч Марозаў</t>
   </si>
   <si>
     <t>19 чэрвеня 1972</t>
   </si>
   <si>
     <t>Вырак суда 22.11.2023: невядома. Апеляцыя 14.03.2024: невядома.</t>
@@ -1073,403 +1043,361 @@
 З публікацый у сацыяльных сетках Глеба Дудко можна зразумець, што ў 2022 годзе ён асудзіў ваенную агрэсію ў адносінах да Украіны. Што менавіта паслужыла падставай для палітычнага пераследу гамяльчаніна невядома.</t>
   </si>
   <si>
     <t>Вырак суда 09.07.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 10.09.2024: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Валянціна Уладзіміраўна Полаз</t>
   </si>
   <si>
     <t>21 чэрвеня 1974</t>
   </si>
   <si>
     <t>Камітэт дзяржбяспекі ў прапагандысцкім фільме 11 верасня 2023 года паведаміў , што затрымаў у Беларусі шэсць чалавек па абвінавачанні ў супрацоўніцтве з "Службай бяспекі Украіны" і "падрыхтоўцы тэрактаў". На відэа некаторыя з іх выглядаюць збітымі, некаторых на следчых дзеяннях водзяць на ланцугах, аднаго з затрыманых знялі ў СІЗА КДБ. У выніку трох чалавек, у тым ліку Валянціну, абвінавацілі адразу па шасці артыкулах Крымінальнага кодэкса, у тым ліку "Здрада дзяржаве" і "агентурную дзейнасць".
 Валянціна, паводле сцвярджэння праўладных СМІ, разам з Лосаўскім Мікалаем забірала пасылку, у якой былі зброя і ўзрыўчатка, яе трэба было закапаць у Мазырскім раёне. Выканаць заданне яны не паспелі, бо былі затрыманы.</t>
   </si>
   <si>
     <t>Вырак суда 02.12.2024: 9 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму, 550 базавых велічынь штрафу. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Маргарыта Аляксандраўна Шчырэц</t>
-[...27 lines deleted...]
-  <si>
     <t>Сяргей Уладзіміравіч Бойка</t>
   </si>
   <si>
     <t>22 чэрвеня 1986</t>
   </si>
   <si>
     <t>Грамадзянін Украіны. З 8 па 21 чэрвеня 2023 г. справу ў закрытым фармаце разглядаў суддзя Анатоль Сотнікаў.
 29.08.2023 адбылося апеляцыйнае пасяджэнне суда, прыгавор уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 21.06.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 29.08.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Наталля Васільеўна Левая</t>
-[...10 lines deleted...]
-  <si>
     <t>Віталь Віктаравіч Красноў</t>
   </si>
   <si>
     <t>22 чэрвеня 1987</t>
   </si>
   <si>
     <t>01.03.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
     <t>Сяргей Віктаравіч Еўдакіменка</t>
   </si>
   <si>
     <t>23 чэрвеня 1987</t>
   </si>
   <si>
     <t>Як вынікае з прэс-рэлізу Брэстаблсуда, Еўдакіменка ставілі ў віну тое, што са жніўня па снежань 2020 года ён перадаў «персанальныя і іншыя асабістыя дадзеныя супрацоўнікаў органаў унутраных спраў для публічнага распаўсюджвання ў сетцы Інтэрнэт». Пры гэтым дадзеныя браў з баз, да якіх меў доступ па працы. Як мяркуецца, ён працаваў у Брэсцкім БТІ.
 10.10.2024 адбыўся разгляд апеляцыйнай скаргі, прысуд уступіў у сілу.</t>
   </si>
   <si>
     <t>Вырак суда 31.07.2023: 7 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2023-07-20 13:03:39</t>
   </si>
   <si>
     <t>Андрэй Уладзіміравіч Пагерыла</t>
   </si>
   <si>
     <t>23 чэрвеня 1991</t>
   </si>
   <si>
-    <t>Былы слесар-рамонтнік цэха "Аміяк-3".
-[...3 lines deleted...]
-    <t>Вырак суда 17.02.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: невядома.</t>
+    <t>Андрэй, былы слесар-рамонтнік цэха «Амміяк-3» на прадпрыемстве Гродна Азот, быў затрыманы восенню 2021 года ў межах крымінальнай справы, узбуджанай супраць супрацоўнікаў заводаў, якія падтрымалі страйк і ўваходзілі ў ініцыятыву «Рабочы рух». 21 верасня 2021 года гэтая ініцыятыва была прызнана экстрэмісцкай арганізацыяй, пасля чаго па ўсёй краіне прайшлі масавыя затрыманні рабочых.
+У лютым 2023 года Андрэя прызналі вінаватым паводле артыкулаў «паклёп», «здрада дзяржаве» і «стварэнне экстрэмісцкага фарміравання і ўдзел у ім» і прыгаварылі да пазбаўлення волі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 17.02.2023: 14 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму. Апеляцыя 02.08.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Дзяніс Міхайлавіч Урад</t>
   </si>
   <si>
     <t>Дзяніс, спецсувязіст Генштаба Узброеных Сіл, быў затрыманы ў сакавіку 2021 года і асуджаны за тое, што, паводле інфармацыі праўладных СМІ, сфатаграфаваў сакрэтны ліст ад міністра ўнутраных справаў да міністра абароны і "перадаў яго польскаму Telegram-каналу".
 Суд праходзіў у закрытым рэжыме, а прысуд не падлягаў абскарджанню ці перагляду ў апеляцыйным парадку. Апроч працяглага тэрміна пазбаўлення волі, Дзяніса таксама пазбавілі воінскага звання.
 У жніўні 2022 года яму ўзмацнілі жорсткасць від пакарання і перавялі на турэмны рэжым.</t>
   </si>
   <si>
     <t>Вырак суда 14.05.2021: 18 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, абмежаванне па ваеннай службе. Суд па змене рэжыму 22.08.2022: 3 гады турэмнага рэжыму.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
     <t>Павел Мікалаевіч Іваноў</t>
   </si>
   <si>
     <t>24 чэрвеня 1982</t>
   </si>
   <si>
     <t>Быў затрыманы пасля таго, як тэлеграм -чат "Атоліна " быў прызнаны "экстрэмісцкім фармаваннем". МУС назваў некалькі " удзельнікаў фарміравання ", акрамя Паўла, гэта Дзмітрый Цікуноў, Яўгенія Маставая (Грыгорык), Павел Беланіцкі, Аляксей Сямёнаў, Юрый Антонавіч, Аляксандр Зайцаў і Уладзімір Палех.</t>
   </si>
   <si>
     <t>Вырак суда 29.03.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.06.2024: невядома.</t>
   </si>
   <si>
     <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Ціна Захараўна Палынская</t>
   </si>
   <si>
     <t>24 чэрвеня 1973</t>
   </si>
   <si>
     <t>Журналістка, каталіцкая верніца з Полацка.Ціна даўно не займалася журналістыкай, выхоўвала 2-х дачок, працавала ў архівах, у тым ліку расійскіх, выконваючы прыватныя замовы па стварэнні біяграфічных нарысаў, сямейных кніг, гісторый аб удзельніках Другой сусветнай вайны.
 Раней, у 2022 годзе, журналістку судзілі па адміністрацыйным артыкуле і падвяргалі буйному штрафу за жоўтую і блакітную стужкі на сумцы, а Следчы камітэт праводзіў разбор адносна яе пасады ў Facebook і ладзіў ператрус у доме журналісткі.
 З канца траўня 2025 года перастала выходзіць на сувязь. Ціна і яе старэйшая дачка Маргарыта, 22 гады, знаходзяцца пад вартай па крымінальнай справе. У Ціны таксама ёсць малодшая непаўналетняя дачка - ёй 14 гадоў.
-Падрабязнасці абвінавачання афіцыйна не раскрываюцца. Па ўскосных прыкметах ёсць меркаванне , што справа можа быць звязана з рашэннем КДБ прызнаць «Беларускую аналітычную майстэрню» прафесара Андрэя Вардамацкага экстрэмісцкім фармаваннем. Гэтая арганізацыя праводзіла сацыялагічныя апытанні сярод беларускіх грамадзян. На дадзены момант няма ніякіх пацверджанняў, што Ціна ці яе дачка сапраўды ўдзельнічалі ў даследаваннях БАМ. Але нават калі б такі ўдзел меў месца, ён не парушаў бы закон: на момант магчымага кантакту з майстэрняй яна яшчэ не была прызнана экстрэмісцкім фармаваннем.</t>
+Падрабязнасці абвінавачання афіцыйна не раскрываюцца. Па ўскосных прыкметах ёсць меркаванне , што справа можа быць звязана з рашэннем КДБ прызнаць «Беларускую аналітычную майстэрню» прафесара Андрэя Вардамацкага экстрэмісцкім фармаваннем. Гэтая арганізацыя праводзіла сацыялагічныя апытанні сярод беларускіх грамадзян. На дадзены момант няма ніякіх пацверджанняў, што Ціна ці яе дачка сапраўды ўдзельнічалі ў даследаваннях БАМ. Але нават калі б такі ўдзел меў месца, ён не парушаў бы закон: на момант магчымага кантакту з майстэрняй яна яшчэ не была прызнана экстрэмісцкім фармаваннем.
+13 кастрычніка 2025 года стала вядома, што памёр муж Ціны - пісьменнік Алесь Палынскі .</t>
+  </si>
+  <si>
+    <t>СІЗА-2, Віцебск, вул. Гагарына 2, 210026</t>
+  </si>
+  <si>
+    <t>Вырак суда дата невядомая: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
     <t>Таццяна Мікалаеўна Карповіч</t>
   </si>
   <si>
     <t>24 чэрвеня 1997</t>
   </si>
   <si>
     <t>Жыхарка Віцебска.
 Дзяўчыне прад'яўленае абвінавачванне па арт. 130 Крымінальнага кодэкса (Распальванне сацыяльнай варожасці) за перадачу дадзеных сілавікоў, настаўнікаў, суддзяў у тэлеграм-канал «Чорная кніга Беларусі».</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
     <t>Дзяніс Мікалаевіч Воразаў</t>
   </si>
   <si>
     <t>25 чэрвеня 1981</t>
   </si>
   <si>
     <t>Затрыманы за вывешванне БЧБ-сцяга і сцяг Украіны ў 19-павярховым доме па вуліцы Лесі Украінкі.
 Пасля іх затрымання канал у мабільным дадатку Zello, праз які яны размаўлялі падчас правядзення акцыі, быў прызнаны экстрэмісцкім фарміраваннем.</t>
   </si>
   <si>
     <t>5 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Айрат Эрнястовіч Халікаў</t>
   </si>
   <si>
     <t>26 чэрвеня 1996</t>
   </si>
   <si>
     <t>Грамадзянін Расійскай Федэрацыі, у Беларусі жыве з 2019 года. Працаваў вадзіцелем на "Аліварыі". Затрыманы ў маі 2025 года па "справе Гаюна"</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
+    <t>Ігар Пятровіч Хрыстафораў</t>
+  </si>
+  <si>
+    <t>26 чэрвеня 1973</t>
+  </si>
+  <si>
+    <t>Быў асуджаны за больш за трыста каментароў. пры гэтым частка каментароў былі датаваны 2015 годам.
+Судовы працэс быў перапынены з-за абвастрэннем хваробы пазваночніка і страты здольнасці хадзіць.
+15.11.2022 адбыўся разгляд апеляцыйнай скаргі.</t>
+  </si>
+  <si>
+    <t>Вырак суда 22.08.2022: 6 гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 15.11.2022: невядома.</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Уладзімір Юр'евіч Ісаеў</t>
   </si>
   <si>
     <t>26 чэрвеня 1984</t>
   </si>
   <si>
     <t>Быў асуджаны восенню 2022 года на дыханне волі за "абразу Лукашэнкі". Вынікі апеляцыі невядомыя.
 У чэрвені 2025 г. стала вядома, што Уладзімір затрыманы. Дэталі справы высвятляюцца. Увосень быў асуджаны на пазбаўленне волі.</t>
   </si>
   <si>
     <t>Вырак суда 31.10.2022: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.01.2023: зняцце ўсіх абвінавачанняў. Вырак суда дата невядомая: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Ігар Пятровіч Хрыстафораў</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:29:38</t>
+    <t>Пётр Піліпавіч Філіповіч</t>
+  </si>
+  <si>
+    <t>27 чэрвеня 1953</t>
+  </si>
+  <si>
+    <t>Вырак суда 16.12.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 18.02.2025: невядома.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
   </si>
   <si>
     <t>Мікалай Сцяпанавіч Ласоўскі</t>
   </si>
   <si>
     <t>27 чэрвеня 1966</t>
   </si>
   <si>
     <t>Камітэт дзяржбяспекі ў прапагандысцкім фільме 11 верасня 2023 года паведаміў , што затрымаў у Беларусі шэсць чалавек па абвінавачанні ў супрацоўніцтве з "Службай бяспекі Украіны" і "падрыхтоўцы тэрактаў". На відэа некаторыя з іх выглядаюць збітымі, некаторых на следчых дзеяннях водзяць на ланцугах, аднаго з затрыманых знялі ў СІЗА КДБ. У выніку трох чалавек, у тым ліку Мікалая, абвінавацілі адразу па шасці артыкулах Крымінальнага кодэкса, у тым ліку "Здрада дзяржаве" і "агентурную дзейнасць".
 Мікалай, па сцвярджэнні праўладных СМІ, па заданні ўкраінскіх спецслужбаў правяраў схроны, а таксама за грошы выконваў і іншыя даручэнні.</t>
   </si>
   <si>
     <t>Вырак суда 02.12.2024: 10 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 550 базавых велічынь штрафу. Апеляцыя 25.02.2025: невядома.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Пётр Піліпавіч Філіповіч</t>
-[...23 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
+    <t>Яна Вітальеўна Пінчук</t>
+  </si>
+  <si>
+    <t>28 чэрвеня 1997</t>
+  </si>
+  <si>
+    <t>Затрымана 1 лістапада 2021 года ў Санкт-Пецярбургу a&gt; за падзеі ў Беларусі. У Расіі яна працавала афіцыянткай і жыла на дзве краіны. Апошні раз дзяўчына была на радзіме каля года таму. Па дадзеных следства, падазраваная з верасня 2020 па лістапад 2021 адміністравала тры тэлеграм-канала. У маі 2022 года суд РФ адмовіў беларусцы Яне Пінчук у прадастаўленні часовага прытулку ў Расіі.
+09.08.2022 была экстрадаваная з РФ у РБ нявостра на забарону экстрадыцыі Камітэта па правах чалавека ААН.</t>
+  </si>
+  <si>
+    <t>12 гадоў пазбаўлення волі ў калоніі агульнага рэжыму.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
   </si>
   <si>
     <t>Аляксей Васільевіч Семянок</t>
   </si>
   <si>
     <t>28 чэрвеня 1975</t>
   </si>
   <si>
     <t>У аснову прысуду былі пакладзены каментары Аляксея ў інтэрнэце.
 Адразу па прыбыцці ў калонію Аляксея Семянку кінулі ў штрафны ізалятар-гэта месца катаванняў зняволеных з нечалавечымі ўмовамі знаходжання.</t>
   </si>
   <si>
     <t>Вырак суда 12.03.2025: 1 год 6 месяцаў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
     <t>Аляксей Сяргеевіч Самойлюк</t>
   </si>
   <si>
     <t>28 чэрвеня 1989</t>
   </si>
   <si>
     <t>Да Аляксею дадому ўварваўся атрад спецпрызна, мужчыну павалілі на падлогу і адзін сілавік сеў каленамі на цела (адным каленам на шыю Самойлюка).
 На праўладным канале сцвярджаюць , што Самойлюк "кідаў камяні ў міліцыянтаў падчас масавых беспарадкаў". У той публікацыі на тым жа канале таксама выклалі фатаграфіі: на адным здымку два чалавекі ў капюшонах і масках, адзін трымае ўкраінскі сцяг, другі — ліст паперы з тэкстам "брастаўчане з Украінай".</t>
   </si>
   <si>
     <t>Вырак суда 05.08.2024: 2 гады пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 08.10.2024: невядома.</t>
   </si>
   <si>
     <t>2024-03-18 20:51:34</t>
   </si>
   <si>
-    <t>Алег Мікалаевіч Гарэлаў</t>
-[...29 lines deleted...]
-    <t>2021-11-03 17:48:25</t>
+    <t>Анатоль Анатольевіч Касіла</t>
+  </si>
+  <si>
+    <t>28 чэрвеня 1985</t>
+  </si>
+  <si>
+    <t>Анатоль быў асуджаны па артыкуле «арганізацыя і падрыхтоўка дзеянняў, якія груба парушаюць грамадскі парадак, альбо актыўны ўдзел у іх» і прысуджаны да абмежавання волі з накіраваннем ва ўстанову адкрытага тыпу.</t>
+  </si>
+  <si>
+    <t>Вырак суда 31.10.2024: 1 год 6 месяцаў абмежаванні волі з накіраваннем ва ўстанову адкрытага тыпу. Апеляцыя 21.01.2025: прысуд пакінуты без змены.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Кірыл Раманавіч Ашурак</t>
   </si>
   <si>
     <t>29 чэрвеня 1999</t>
   </si>
   <si>
     <t>Кірыл быў затрыманы 23 чэрвеня 2021 года ў рамках крымінальнай справы па эпізодзе на аб'екце сувязі ВМФ РФ пад Вілейкай. У прапагандысцкім фільме АНТ ён прадстаўлены як першапачатковы выканаўца задання па падрыве аб'екта, аднак адмовіўся ад удзелу і толькі дапамог разведаць мясцовасць.
 Лукашэнка згадваў Кірыла ў ліку людзей, якія нібыта хацелі збегчы ва Украіну і Літву, але былі затрыманыя групай КДБ "Альфа".
 Вядома таксама, што Кірыл раней затрымліваўся і быў жорстка збіты 9 жніўня 2020 года.
 У снежні 2022 года яго прызналі вінаватым і прыгаварылі да пазбаўлення волі ў калоніі ўзмоцненага рэжыму і буйнога штрафу.</t>
   </si>
   <si>
     <t>Вырак суда 05.12.2022: 13 гадоў пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 400 базавых велічынь штрафу. Апеляцыя 03.03.2023: прысуд пакінуты без змены.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
+  </si>
+  <si>
+    <t>Марына Мікалаеўна Алісеенка</t>
+  </si>
+  <si>
+    <t>29 чэрвеня 1984</t>
+  </si>
+  <si>
+    <t>Марына Аляксеенка 40 гадоў. Яна з Мінска, скончыла Мінскі дзяржаўны лінгвістычны ўніверсітэт у 2008 годзе. Пасля гэтага працавала перакладчыкам, але ў 2012 годзе ўладкавалася ў элітны пяцізоркавы менскі гатэль Crowne Plaza. За два гады яна з асістэнта мэнэджэра па продажах стала кіраўніком аддзела продажаў і маркетынгу.
+Затрымана ў выніку масавага рэйду сілавых структур 23-24 студзеня 2024 года на сваякоў палітвязняў і людзей, якія дасылалі пасылкі і лісты палітвязням.</t>
+  </si>
+  <si>
+    <t>Вырак суда 18.10.2024: невядома гадоў пазбаўлення волі ў калоніі ва ўмовах агульнага рэжыму. Апеляцыя 17.12.2024: невядома.</t>
+  </si>
+  <si>
+    <t>2024-06-18 14:02:34</t>
   </si>
   <si>
     <t>Павел Уладзіміровіч Вабішчэвіч</t>
   </si>
   <si>
     <t>30 чэрвеня 1986</t>
   </si>
   <si>
     <t>Паўла Вабішчэвіча і Андрэя Зіненку, як сцвярджалася ў прапагандысцкім фільме АНТ, затрымалі ў ноч з 26 на 27 жніўня 2023 года на чыгунцы ў Стаўбцоўскім раёне недалёка ад нафтабазы і прыпыначнага пункта Сінява.
 У прапагандысцкім фільме восенню 2023 года сцвярджалася, што іх затрымалі за спробу паставіць на чыгунцы ў Стаўбцоўскім раёне выбуховае прыстасаванне, якое павінна было б спрацаваць па камандзе куратара з СБУ”. Прапагандысты распавялі, што Вабішчэвіч трапіў пад увагу сілавікоў, калі даносчык паведаміў пра ім у чат-бот КДБ, што на вакзале ў Воршы ён фатаграфаваў чыгуначныя пуці і саставы.</t>
   </si>
   <si>
     <t>Вырак суда 06.02.2025: 23 гады пазбаўлення волі ў калоніі ва ўмовах узмоцненага рэжыму, 700 базавых велічынь штрафу.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
     <t>Жанна Мікалаеўна Дашкевіч</t>
   </si>
   <si>
     <t>30 чэрвеня 1969</t>
   </si>
   <si>
     <t>Жанне Дашкевіч 54 гады. Родам яна з вёскі Сваткі Мядзельскага раёна Мінскай вобласці. Жанна скончыла Бабруйскі медыцынскі тэхнікум у 1987-м, а ва ўзросце 41 год паступіла ў Беларускі дзяржаўны педагагічны ўніверсітэт на псіхолага. Невядома, калі Жанну Дашкевіч затрымалі і завошта. Але яна перастала быць анлайн з кастрычніка 2023-га года, хоць раней актыўна вяла сацсеткі.
@@ -1805,51 +1733,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1888,167 +1816,167 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
@@ -2058,78 +1986,78 @@
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
@@ -2220,2126 +2148,1990 @@
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>94</v>
       </c>
-      <c r="D16" t="s">
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>110</v>
       </c>
       <c r="I19" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>132</v>
       </c>
       <c r="I23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
+      <c r="E24" t="s">
+        <v>137</v>
+      </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
       <c r="I25" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>145</v>
       </c>
       <c r="B26" t="s">
         <v>146</v>
       </c>
       <c r="C26" t="s">
         <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>148</v>
       </c>
       <c r="I26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>150</v>
       </c>
       <c r="B27" t="s">
         <v>151</v>
       </c>
       <c r="C27" t="s">
         <v>152</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E27" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>153</v>
       </c>
       <c r="I27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28" t="s">
         <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>157</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>174</v>
       </c>
       <c r="I31" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>176</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>179</v>
       </c>
       <c r="I32" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>181</v>
       </c>
       <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>183</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
         <v>186</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>187</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>188</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
         <v>191</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>192</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>193</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
         <v>196</v>
       </c>
-      <c r="B36" t="s">
-        <v>192</v>
+      <c r="C36" t="s">
+        <v>197</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>198</v>
       </c>
       <c r="I36" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>200</v>
       </c>
       <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>201</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>202</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>216</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...16 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44" t="s">
+        <v>99</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
+        <v>34</v>
+      </c>
+      <c r="I46" t="s">
         <v>245</v>
-      </c>
-[...22 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>247</v>
+      </c>
+      <c r="C47" t="s">
+        <v>248</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
-      <c r="H47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
+        <v>251</v>
+      </c>
+      <c r="C48" t="s">
+        <v>252</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>28</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>255</v>
+      </c>
+      <c r="B49" t="s">
+        <v>256</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>84</v>
+      </c>
+      <c r="H49" t="s">
         <v>257</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...19 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
+        <v>260</v>
+      </c>
+      <c r="C50" t="s">
+        <v>261</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>262</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>263</v>
-      </c>
-[...19 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C51" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E52" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>183</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>273</v>
+      </c>
+      <c r="C53" t="s">
+        <v>274</v>
       </c>
       <c r="D53" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E53" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>198</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>277</v>
+      </c>
+      <c r="B54" t="s">
+        <v>278</v>
+      </c>
+      <c r="C54" t="s">
+        <v>279</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>125</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>280</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>282</v>
+      </c>
+      <c r="B55" t="s">
+        <v>283</v>
+      </c>
+      <c r="C55" t="s">
+        <v>284</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" t="s">
+        <v>283</v>
+      </c>
+      <c r="C56" t="s">
+        <v>289</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>291</v>
-      </c>
-[...16 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" t="s">
+        <v>293</v>
+      </c>
+      <c r="C57" t="s">
+        <v>294</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>295</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>299</v>
+      </c>
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
+        <v>302</v>
+      </c>
+      <c r="C59" t="s">
+        <v>303</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>78</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>304</v>
       </c>
-      <c r="B59" t="s">
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...19 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" t="s">
+        <v>308</v>
+      </c>
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...22 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
+        <v>311</v>
+      </c>
+      <c r="C61" t="s">
+        <v>312</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>28</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>313</v>
+      </c>
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
+        <v>316</v>
+      </c>
+      <c r="C62" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>318</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>320</v>
+      </c>
+      <c r="B63" t="s">
+        <v>321</v>
+      </c>
+      <c r="C63" t="s">
+        <v>322</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>28</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>323</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>324</v>
-      </c>
-[...19 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>325</v>
+      </c>
+      <c r="B64" t="s">
+        <v>326</v>
+      </c>
+      <c r="C64" t="s">
+        <v>327</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>198</v>
+      </c>
+      <c r="I64" t="s">
         <v>328</v>
-      </c>
-[...22 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="C65" t="s">
+        <v>331</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>332</v>
+      </c>
+      <c r="I65" t="s">
         <v>333</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66" t="s">
+        <v>335</v>
+      </c>
+      <c r="C66" t="s">
+        <v>336</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>78</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>337</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" t="s">
+        <v>335</v>
+      </c>
+      <c r="C67" t="s">
+        <v>340</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>28</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>341</v>
+      </c>
+      <c r="I67" t="s">
         <v>342</v>
-      </c>
-[...22 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>343</v>
+      </c>
+      <c r="B68" t="s">
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>346</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...19 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
         <v>351</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
         <v>355</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>356</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>98</v>
+      </c>
+      <c r="E70" t="s">
+        <v>99</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>361</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
+      <c r="H71" t="s">
+        <v>362</v>
+      </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="C72" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
+      <c r="H74" t="s">
+        <v>376</v>
+      </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D75" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B76" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C76" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B77" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C77" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B78" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C78" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
+        <v>285</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B79" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C79" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
+      <c r="E79" t="s">
+        <v>28</v>
+      </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="I79" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B80" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C80" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H80" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
+        <v>408</v>
+      </c>
+      <c r="C81" t="s">
+        <v>409</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>78</v>
+      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="I81" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B82" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C82" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E82" t="s">
+        <v>99</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I82" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B83" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C83" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>28</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I83" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B84" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C84" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="I84" t="s">
-        <v>423</v>
-[...9 lines deleted...]
-      <c r="C85" t="s">
         <v>426</v>
-      </c>
-[...129 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">