--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,1342 +12,1375 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
+    <t>Zmitser Heorhiyevich Kolas</t>
+  </si>
+  <si>
+    <t>1 january 1957</t>
+  </si>
+  <si>
+    <t>Belarusian translator, literary scholar, and publisher. One of the most renowned popularizers of translated world literature.
+Dmitry, the son of literary critic Georgy Kolos and brother of film director and teacher Vladimir Kolos, made a name for himself in the 1980s with his translations from French into Belarusian. Since the 1990s, Kolos has been involved in publishing. The Zmitser Kolas Publishing House is known for publishing world poetry, prose, and plays in the best Belarusian translations.
+Dmitry was previously detained by the KGB in early March 2023. However, he was released after 10 days in custody, which he spent in a KGB pretrial detention facility. He has not been charged.
+In February 2026, Dmitry was arrested again, amid mass arrests of book publishers and distributors. Dmitry spent 14 days in the Okrestina detention center, after which he was never released. On March 3, 2026, a coalition of print publishers, including the Kamunikat.org Foundation, Lohvinau Publishing House, and Andrei Yanushkevich Publishing, was added to the Ministry of Internal Affairs' updated list of "extremist groups." Yaroslav Ivanyuk, Dmitry Kolos , Igor Logvinov, Vaclav Bogdanovich, Andrei Yanushkevich, and Alexander Evdakha were named in connection with the group. The publishers' websites and social media accounts were also added.</t>
+  </si>
+  <si>
+    <t>Male</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>In custody</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>2026-03-09 11:55:40</t>
+  </si>
+  <si>
     <t>Nikita Vadimovich Dranets</t>
   </si>
   <si>
     <t>1 january 1999</t>
   </si>
   <si>
     <t>Nikita, an activist in the anarchist movement, was detained in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted of "participation in group actions that grossly violate public order" and "participation in a criminal organization." It is known that the charges were based on an episode related to the "March of the Non-Parasites," which took place on March 5, 2017.</t>
   </si>
   <si>
-    <t>Male</t>
-[...1 lines deleted...]
-  <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
-    <t>In custody</t>
-[...4 lines deleted...]
-  <si>
     <t>Trial outcome 06.09.2022: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
+  </si>
+  <si>
+    <t>Ivan Mikalayevich Petranevich</t>
+  </si>
+  <si>
+    <t>2 january 1992</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-03-02 21:15:39</t>
   </si>
   <si>
     <t>Dmitry Leonidovich Papkov</t>
   </si>
   <si>
     <t>3 january 1988</t>
   </si>
   <si>
     <t>According to pro-government telegram channels, four people were detained - they are called a "sleeper cell of extremists" who had "external connections" with Belarusian volunteers fighting in Ukraine. Among them is Dmitry.
 All of them are from Gomel and, judging by their posts on social networks, have been friends for a long time, participating together in an international game of Beer Pong in Gomel. After the brutal detention , the friends were forced to record a “repentance video” and say that they created a chat where they corresponded with each other, and after the Russian invasion of Ukraine, they allegedly insulted Lukashenko several times in correspondence, and also wrote “wrong” comments. Another accusation is that the guys “had external connections” with Belarusian volunteers who are fighting for Ukraine. Apparently, this was the basis for initiating a criminal case under the article “promoting extremist activities.”
 On May 10, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome 01.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.05.2024: unknown.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
+    <t>Paul Alexandrovich Ksiendzov</t>
+  </si>
+  <si>
+    <t>3 january 1987</t>
+  </si>
+  <si>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.08.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:48:11</t>
+  </si>
+  <si>
     <t>Eugene Alexeyevich Pelekhaty</t>
   </si>
   <si>
     <t>3 january 1993</t>
   </si>
   <si>
     <t>During the detention, “special equipment and physical force” were used against Yevgeny, according to the June 2 court decision (the man was accused of disobeying the police). He was taken out of his office in handcuffs and with a bag over his head, we know from our sources.At the moment, Evgeny Pelekhaty is awaiting trial. He is accused of writing several tough telegram comments about Lukashenka and the security forces.</t>
   </si>
   <si>
     <t>Trial outcome 05.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Paul Alexandrovich Ksiendzov</t>
-[...21 lines deleted...]
-In 1992 , she graduated from the Belarusian State Medical University with a degree in General Medicine. At first, she worked as a doctor in various hospitals, and in 2003, she completed her studies to become a pediatrician. In 2006, she also completed her studies to become a dermatologist and cosmetologist. She has the first qualification category. In recent cities, she worked in private medical centers "Sedmoe Nebo", "Mark Estetik" and "Medovenyu".</t>
+    <t>Liubou Drahel</t>
+  </si>
+  <si>
+    <t>3 january 1998</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal 17.12.2024: unknown.</t>
-[...14 lines deleted...]
-    <t>2024-09-23 20:32:25</t>
+    <t>Trial outcome 12.06.2025: 3 years of imprisonment in colony under general regime conditions. Appeal 11.09.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Vauchok</t>
   </si>
   <si>
     <t>4 january 1977</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-11-01 22:51:11</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Fedor Mikhailovich Candiranda</t>
   </si>
   <si>
     <t>4 january 1978</t>
   </si>
   <si>
     <t>Senior lecturer in the Combined Arms Department of the Military Academy. He has repeatedly won prizes among senior lecturers at the Military Academy. On August 13, 2020, he submitted a resignation letter due to election fraud and refusal to carry out criminal orders. In May 2021, Lukashenko stripped him of his rank of lieutenant colonel.
 In recent years he worked in the IT field.
 He was arrested in March 2025, most likely in connection with the "Gayun case".
 Fedor has chronic diseases.</t>
   </si>
   <si>
     <t>Trial outcome 25.09.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
   </si>
   <si>
-    <t>Maksim Dmitrievich Varnel</t>
-[...8 lines deleted...]
-    <t>2023-12-10 12:06:28</t>
+    <t>Оlesya Nikolaevna Dernakovskaya</t>
+  </si>
+  <si>
+    <t>4 january 1976</t>
+  </si>
+  <si>
+    <t>Alesya was detained for providing financial assistance to political prisoners.
+In 1992 , she graduated from the Belarusian State Medical University with a degree in General Medicine. At first, she worked as a doctor in various hospitals, and in 2003, she completed her studies to become a pediatrician. In 2006, she also completed her studies to become a dermatologist and cosmetologist. She has the first qualification category. In recent cities, she worked in private medical centers "Sedmoe Nebo", "Mark Estetik" and "Medovenyu".</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal 17.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Natalia Nikolaevna Vasilenko</t>
   </si>
   <si>
     <t>5 january 1975</t>
   </si>
   <si>
     <t>Natalia became famous back in 2017, when the independent press reported on her problem. A woman with a third-degree disability, who could not get a job due to medical restrictions, was about to be evicted from her home for debts. Previously, Natalia worked in a construction company, but after she was diagnosed with epilepsy, doctors wrote a list of work restrictions. After a public outcry, the authorities withdrew the lawsuit, and Natalia was able to pay off her debts with the help of Nobel laureate, writer Svetlana Alexievich. After that, she constantly helped the Gomel resident, and many other caring people joined in the help.
 In September, Natalia was caught by the security forces - she was detained for "extremist" subscriptions. The same judge who would try the woman on criminal charges punished her with a fine for an administrative offense. The Gomel resident was forced to star in a "repentant" video, in which she did not repent, and when asked how she felt about the authorities, she directly answered: "Badly." After that, she was released on bail.
 She also talked about all this on social networks, and in her last post she wrote that they came to take her into custody - as part of a criminal case. Natalia also posted a photo with cut veins on her hand.
 Finally, she was placed right before the trial.</t>
   </si>
   <si>
     <t>Trial outcome 13.01.2025: unknown. Appeal 21.03.2025: unknown.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Evgeniy Tadeushevich Buzhinskiy</t>
-[...12 lines deleted...]
-    <t>2022-08-31 17:10:54</t>
+    <t>Maksim Dmitrievich Varnel</t>
+  </si>
+  <si>
+    <t>5 january 2001</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.12.2023: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal 20.02.2024: unknown. Appeal 18.12.2024: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
+  </si>
+  <si>
+    <t>Aliaksandr Piatrovich Hardzeenka</t>
+  </si>
+  <si>
+    <t>6 january 1981</t>
+  </si>
+  <si>
+    <t>administrator of road Viber chats about the traffic situation in Rechitsa and Gomel. He was detained at the end of March 2025. He worked for Belorusneft.
+"The GUBOPiK took it from the house harshly . They are slapping Article 361 [ note : probably they are talking about Article 361-4 of the Criminal Code ] for photos of Russian equipment taken in 2022 ," a source told the publication "Flagstock".</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-05-20 00:24:17</t>
   </si>
   <si>
     <t>Maria Aleksandrovna Rabkova</t>
   </si>
   <si>
     <t>6 january 1995</t>
   </si>
   <si>
     <t>Marfa, a coordinator of the Viasna volunteer service, was detained on September 17, 2020. She was accused of "preparing for mass riots" and other "crimes." In February 2021, she was charged with additional charges, including "inciting social discord" and "participation in a criminal organization."
 In September 2022, the court sentenced her to 15 years in prison, later reduced by three months. Marfa's health deteriorated in prison, including due to COVID.</t>
   </si>
   <si>
     <t>Trial outcome 06.09.2022: 15 years of imprisonment in colony under general regime conditions, 700 basic values fine, approximately 6460 rubles of compensation. Appeal 28.02.2023: 14 years 9 months of imprisonment in colony under general regime conditions, 700 basic values fine, approximately 6460 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:57</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Anastasia Yuryevna Loyko</t>
   </si>
   <si>
     <t>6 january 1989</t>
   </si>
   <si>
     <t>Nasta Loiko is a well-known Belarusian human rights activist. Nasta has been persecuted for her human rights activities; since August 2021, she has been a suspect in a criminal case related to the activities of the human rights organization Viasna.
 On September 6, 2022, after attending a court hearing in the "Revolutionary Action" case, Nasta was convicted twice of "petty hooliganism" and spent 30 days in prison. Three weeks after her release, on October 28, 2022, Nasta was detained again. At the trial, Nasta reported torture (GUBOPiK officers hit her with a stun gun and, like the Central Inspectorate of the Criminal Code, left her in the cold for 8 hours without outerwear, which is why she fell ill). In custody at Okrestina, Nasta was without warm clothes and personal hygiene products.
 On 28.11.2022 it became known that Nastya was sentenced again to 15 days under Article 19.1 "petty hooliganism". The fifth time this fall.
 In mid-December, she was detained for the 6th time under the same article, and at the end of the month, she was charged under criminal articles and transferred to pretrial detention center No. 1. According to the prosecution, one of her human rights reports on the persecution of the anarchist community in Belarus in 2018 contains a negative assessment of the illegal actions of police officers, which became the basis for initiating a criminal case against her. The group against which other social hatred was allegedly incited is a professional social group of law enforcement officers. As human rights activists note, such an interpretation of the article does not comply with international human rights standards, as evidenced by the practice of international judicial bodies.
 Almost at the beginning of the court hearing, the trial was closed.
 On 03.10.2023, the appeal was considered.
 In July 2025, it became known that Nastya Loiko was placed in a PKT (cell-type facility) for 6 months.</t>
   </si>
   <si>
     <t>Trial outcome 20.06.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 03.10.2023: unknown.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
+    <t>Anzhela Mikhailovna Sandalyuk</t>
+  </si>
+  <si>
+    <t>6 january 1974</t>
+  </si>
+  <si>
+    <t>Sandalyuk Angela, together with her husband, was convicted in the Oktyabrsky District Court of Minsk under Part 1 of Article 342 of the Criminal Code (organization and preparation of actions that grossly violate public order, or active participation in them). On August 6, 2024, the case was heard by Judge Zhivitsa Elena.
+On October 11, 2024, the Minsk City Court considered the appeal. Chairman of the Judicial Collegium Rudenko Alexander Anatolyevich.
+On November 27, 2024, the Oktyabrsky District Court of Minsk considered a new case against a married couple under Part 1 of Article 342 of the Criminal Code (organization and preparation of actions that grossly violate public order, or active participation in them). This time, Dmitry Karsyuk was appointed to judge.
+On February 7, 2025, the Minsk City Court considered the appeal. The chairperson of the judicial panel was Anastasia Pavlovna Popko.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.08.2024: unknown. Appeal 11.10.2024: unknown. Trial outcome 27.11.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
+  </si>
+  <si>
+    <t>Evgeniy Tadeushevich Buzhinskiy</t>
+  </si>
+  <si>
+    <t>6 january 1966</t>
+  </si>
+  <si>
+    <t>The doctor of the 1st qualification category of the ultrasound specialist of the Smorgon Central District Hospital.
+He was detained for insulting Lukashenko.</t>
+  </si>
+  <si>
+    <t>6 years of imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
     <t>Dmitriy Yurievich Popov</t>
   </si>
   <si>
     <t>7 january 1992</t>
   </si>
   <si>
     <t>The social media moderator for "Country for Life" disappeared on the evening of June 4, 2020. Only a few days later, it was revealed that he had been sentenced to 15 days in jail and transferred to a temporary detention facility in Minsk. He was charged with "organizing mass riots."
 In the fall of 2022, Dmitry was transferred to prison regime.
 According to human rights activists, the defendants in the case are required to pay compensation in the amount of 29 million rubles.
 In 2025, Dmitry was convicted under Article 411.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 14.12.2021: 16 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Regime change trial 27.09.2022: 5 years of prison regime. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:59</t>
   </si>
   <si>
+    <t>Nikolai Vladimirovich Biblis</t>
+  </si>
+  <si>
+    <t>7 january 1997</t>
+  </si>
+  <si>
+    <t>Nikolai, a technician at the Institute of Powder Metallurgy, was arrested in July 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges involved damaging the car of a Borisov district judge. As a result, he was sentenced to a long prison term and a fine.
+Nikolai had previously been arrested after attempting to file a complaint with the Central Election Commission on July 16, 2020, where his front tooth was knocked out.</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.09.2022: 8 years 6 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 28.02.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:14:39</t>
+  </si>
+  <si>
     <t>Nikolay Nikolaevich Autukhovich</t>
   </si>
   <si>
     <t>7 january 1963</t>
   </si>
   <si>
     <t>Nikolai, an Afghan war veteran, entrepreneur, and public figure, had previously been persecuted multiple times for his civic activism. He was arrested on December 1, 2020, and convicted on several charges, including "creating a criminal organization" and "attempted seizure of power." He received a lengthy prison sentence and a fine, with the first five years of his sentence to be served in prison.
 In the spring of 2024, Nikolai and two other defendants in the "case" were ordered to pay compensation for damage to police officers' property totaling more than 40,000 rubles.
 In November 2025, Nikolai completed his five-year prison sentence and was transferred to Correctional Colony No. 14, where he was immediately sent to a PKT. Nikolai will likely be sent back to prison.</t>
   </si>
   <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
     <t>Trial outcome 17.10.2022: 25 years of imprisonment in colony in strict regime conditions (among them 5 years of prison regime), 1000 basic values fine, military service restriction. Appeal 31.03.2023: the sentence was upheld. Trial outcome 26.04.2024: approximately 13400 rubles of compensation. Regime change trial 23.01.2026: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:57</t>
   </si>
   <si>
-    <t>Nikolai Vladimirovich Biblis</t>
-[...14 lines deleted...]
-  <si>
     <t>Sergey Vladimirovich Soc</t>
   </si>
   <si>
     <t>8 january 1983</t>
   </si>
   <si>
     <t>On November 24, 2023, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>IK №3</t>
   </si>
   <si>
     <t>2 years imprisonment.</t>
   </si>
   <si>
     <t>2023-09-13 17:01:48</t>
+  </si>
+  <si>
+    <t>Vitali Vaitsiakhovich</t>
+  </si>
+  <si>
+    <t>8 january 1967</t>
+  </si>
+  <si>
+    <t>Vitaly was detained in August 2021 as part of a criminal case initiated under the article "act of terrorism", and in June 2023 he was sentenced under numerous criminal articles to a long term of imprisonment, the first five years of which were in prison.
+According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 19 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Artyom Vladimirovich Mazanik</t>
   </si>
   <si>
     <t>8 january 1990</t>
   </si>
   <si>
     <t>He is a programmer, enjoys music and fishing. Very inquisitive, knowledgeable in many areas. Studies English and German. He always knew that he would live in Germany, loves the Rammstein band, listens to them all his life, knows all the songs by heart.
 The channels supporting the current state authorities reported that Artem was detained for having developed a barcode scanning program to boycott companies that support the current government.</t>
   </si>
   <si>
     <t>8 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Maxim Vasilievich Gritchenko</t>
-[...11 lines deleted...]
-    <t>2025-08-11 18:45:43</t>
+    <t>Vladimir Vladimirovich Shemyakin</t>
+  </si>
+  <si>
+    <t>9 january 1969</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.08.2025: unknown years of imprisonment in colony under general regime conditions. Appeal 26.09.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-11-03 15:25:52</t>
+  </si>
+  <si>
+    <t>Dmitry Yuryevich Malakhov</t>
+  </si>
+  <si>
+    <t>9 january 1993</t>
+  </si>
+  <si>
+    <t>IUOT-45, 225073, Brestskaya obl. Kamenetsky region, d. Sushki, ul. Tsentralnaya, 1</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 5 years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Dumava</t>
   </si>
   <si>
     <t>9 january 1986</t>
   </si>
   <si>
     <t>Sergei was arrested in March 2021 and convicted that fall for posting stickers in Vitebsk. According to the prosecution, from October 1, 2020, to March 22, 2021, he engaged in activities aimed at "systematic property damage": using aerosol paint, he spray-painted slogans such as "Long Live Belarus!", "3%," "Red Partisan," "Go Away," and others on Vitebskvodokanal facilities.
 In September 2024, another court hearing took place, following which Sergei was transferred to prison.</t>
   </si>
   <si>
     <t>Trial outcome 17.09.2021: 9 years 15 days of imprisonment in colony under enhanced security conditions. Regime change trial 25.09.2024: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Shemyakin</t>
-[...10 lines deleted...]
-  <si>
     <t>Vladislav Alexeyevich Anichkin</t>
   </si>
   <si>
     <t>9 january 1991</t>
   </si>
   <si>
     <t>Vladislav was arrested and convicted in the spring of 2024 for participating in post-election protests that took place in Minsk in the fall of 2020, and sentenced to restricted freedom and placement in an open-type facility.</t>
   </si>
   <si>
     <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
   </si>
   <si>
-    <t>Penal labor facility</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 23.04.2024: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 25.06.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
-    <t>Dmitry Yuryevich Malakhov</t>
-[...11 lines deleted...]
-    <t>2025-08-25 00:19:50</t>
+    <t>Maxim Vasilievich Gritchenko</t>
+  </si>
+  <si>
+    <t>9 january 1989</t>
+  </si>
+  <si>
+    <t>He was sentenced to imprisonment. He was held in ST-4.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Sergey Valerievich Degtyarenko</t>
   </si>
   <si>
     <t>10 january 1992</t>
   </si>
   <si>
     <t>Trial outcome 11.01.2024: 3 years 5 months of imprisonment in colony under general regime conditions. Appeal 16.04.2024: unknown.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
+  </si>
+  <si>
+    <t>Andrei Uladzimiravich Navitski</t>
+  </si>
+  <si>
+    <t>10 january 1981</t>
+  </si>
+  <si>
+    <t>Andrei was arrested in June 2021 in connection with a criminal case opened under the articles "organizing and preparing actions that grossly violate public order," "illegal actions in relation to firearms, ammunition, and explosives," and "insulting Lukashenko."
+In September 2021, he was found guilty of participating in the 2020 post-election protests in Minsk, insulting Lukashenko on YouTube, and purchasing, storing, and transporting a bulk substance without notifying authorized authorities.
+In June 2022, Andrei faced a court hearing for "malicious disobedience to the demands of the prison administration," which resulted in his prison term being extended and the prison regime being tightened.
+In January 2023, another court hearing was held on charges of "disobeying the administration's demands." As a result, the total sentence was seven years in prison.
+Since April 2024 and as of early December of that year, Andrei's family has had no news of him. Their inquiries to the prison administration were met with a formal response, stating that he would report everything himself "through correspondence," but no letters have been received from him.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.09.2021: 5 years of imprisonment in colony under enhanced security conditions, approximately 392 rubles of compensation. Trial outcome 13.06.2022: 4 months of imprisonment in colony in strict regime conditions. Trial outcome 17.01.2023: 1 year 8 months of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-10-01 18:41:47</t>
   </si>
   <si>
     <t>Igor Mikhailovich Nemirovich</t>
   </si>
   <si>
     <t>10 january 1994</t>
   </si>
   <si>
     <t>Igor Nemirovich was first detained in early May 2022 and immediately placed under house arrest, but he escaped and left. In the fall of this year, he appealed to the commission for reviewing appeals from Belarusians abroad and returned home, but this fact was not recognized as "an unconditional basis for concluding that he repented." On September 27, 2023, he was detained again and placed in custody.
 According to the prosecution , on August 10, 2020, Igor Nemirovich posted a photo on Instagram with text in an "indecent form, degrading the honor and dignity of Alexander Lukashenko, which contained a negative assessment and was offensive towards him."
 At the trial, Igor admitted his guilt in full and said that from May to August 2020, he did not live in Belarus. The Brest resident learned about the events that took place in his homeland from the media. "Having succumbed to negative emotions from the events being covered," he posted a photo of an "offensive nature" regarding Alexander Lukashenko on the social network Instagram.
 08/16/2024 released after serving the full sentence imposed by the court.
 In October 2024, he was again detained on suspicion of "assisting extremist activity."</t>
   </si>
   <si>
     <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
   </si>
   <si>
     <t>Trial outcome 17.11.2023: 1 year of imprisonment in colony under general regime conditions. Trial outcome 08.04.2025: 3 years of imprisonment in colony under enhanced security conditions. Appeal 10.06.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-11-14 19:18:14</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Novitsky</t>
-[...21 lines deleted...]
-  <si>
     <t>Boris Viktorovich Kim</t>
   </si>
   <si>
     <t>11 january 1996</t>
   </si>
   <si>
     <t>On February 17, 2023, an appeal hearing was held. the verdict came into force.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>4,5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Konstantin Anatolevich Rudnitsky</t>
+  </si>
+  <si>
+    <t>11 january 1999</t>
+  </si>
+  <si>
+    <t>Student. Konstantin is a master of sports.
+On December 9, a video appeared in the telegram channels supporting the current government in the Republic of Belarus with him, where Konstantin was forced to say that he participated in the development of the «Black Map of Belarus».</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.07.2022: 6 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Oleg Arkadyevich Ermakovich</t>
   </si>
   <si>
     <t>11 january 1962</t>
   </si>
   <si>
     <t>Detained in May 2023 for “distribution, production, storage, transportation of information products containing calls for extremist activities or promoting such activities.” After the administrative punishment, a criminal case was opened.
 On April 16, 2024, Oleg’s appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2023-11-05 20:55:54</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Konstantin Leonidovich Ermolovich</t>
   </si>
   <si>
     <t>12 january 1991</t>
   </si>
   <si>
     <t>Resident of the Mogilev region. Native of Lithuania. Detained for sabotage of the railway near the stations of Bobruisk, as well as arson of the shooting range of military unit 5527.
 On October 25, 2022, the court’s appeal hearing took place, and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 10.08.2022: 16 years of imprisonment in colony under enhanced security conditions. Appeal 25.10.2022: unknown.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
   </si>
   <si>
     <t>Paul Petrovich Dobrovolsky</t>
   </si>
   <si>
     <t>12 january 1990</t>
   </si>
   <si>
     <t>Former journalist for Naviny.by.
 Previously, Pavel worked for various independent publications. During the 2020 protests, he was detained and charged with administrative offences in connection with his professional activities. In the fall of 2021, Pavel Dobrovolsky left Belarus. He traveled extensively across various countries, reporting.
 However, as has now becomeknown , he has been held in a pretrial detention facility in Belarus since January 2025. The circumstances of his criminal prosecution suggest that Pavel's previous activities related to the exercise of his right to free expression and dissemination of information are the reason for his detention.
 In October 2025, it became known that Pavel was accused of treason.</t>
   </si>
   <si>
     <t>Glavpochtamt, a/b 8, Minsk 220050</t>
   </si>
   <si>
+    <t>Trial outcome date unknown: 9 years of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
     <t>Dmitry Alexandrovich Grishkevich</t>
   </si>
   <si>
     <t>12 january 1988</t>
   </si>
   <si>
     <t>Trial outcome 18.08.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-08-28 12:54:28</t>
   </si>
   <si>
+    <t>Vladislav Vladimirovich Koshelev</t>
+  </si>
+  <si>
+    <t>13 january 1978</t>
+  </si>
+  <si>
+    <t>Vladislav, known in Vitebsk as a wedding and nude photographer, was convicted in November 2024 of "insulting Lukashenko" and sentenced to restricted freedom in an open facility.</t>
+  </si>
+  <si>
+    <t>IUOT-36, 220039, Minsk, ul. Korotkevicha, 14</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.11.2024: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 31.01.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:38:48</t>
+  </si>
+  <si>
+    <t>Vitaly Vyacheslavovich Zheleznyakov</t>
+  </si>
+  <si>
+    <t>13 january 1987</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.09.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
+  </si>
+  <si>
     <t>Ivan Sergeevich Osipovich</t>
   </si>
   <si>
     <t>13 january 1998</t>
   </si>
   <si>
     <t>On November 11, 2022, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>3 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2022-09-02 22:33:18</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Primako</t>
   </si>
   <si>
     <t>14 january 1977</t>
   </si>
   <si>
     <t>cultural activist. Andrei was detained on January 12 and the court of the Moscow district of Minsk sentenced him to 10 days of administrative arrest. After “days” he was no longer released. He was kept in pre-trial detention center No. 1 in Minsk.
 It is known from the case that Primak was registered in the “Victory Plan”.</t>
   </si>
   <si>
     <t>Trial outcome 12.06.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 18.08.2023: unknown.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
-    <t>Alexander Anatolyevich Frantskevich</t>
-[...25 lines deleted...]
-    <t>2025-08-26 22:04:04</t>
+    <t>Aliaksandr Karatkevich</t>
+  </si>
+  <si>
+    <t>14 january 1991</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-12-15 11:47:02</t>
+  </si>
+  <si>
+    <t>Maksim Akulau</t>
+  </si>
+  <si>
+    <t>14 january 1971</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.12.2024: unknown. Appeal 25.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Asker Azerovich Allahverdiyev</t>
+  </si>
+  <si>
+    <t>16 january 1999</t>
+  </si>
+  <si>
+    <t>According to Asker's social networks, he lived in Minsk, played sports, and acted in videos. The last time he visited his VKontakte page was in July. His case will be heard behind closed doors in the Minsk City Court on October 4. Asker is charged under Part 1 of Article 361-3 of the Criminal Code (Participation in an armed formation or armed conflict, military action, recruitment or preparation of persons for such participation on the territory of a foreign state).</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.10.2024: compulsory treatment in a psychiatric hospital.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Shpak</t>
+  </si>
+  <si>
+    <t>16 january 1972</t>
+  </si>
+  <si>
+    <t>On July 24, the Ministry of Internal Affairs recognized the "Propovednik" project as an "extremist group." According to the department, 52-year-old Vladimir Shpak, who was detained in May 2024, is involved in it.
+Pro-government Telegram channels reported that the man "incited national and social hatred, called for violence, advocated radicalization and terrorism." It was claimed that a number of criminal cases had been opened against the detainee - he was threatened with 10 years in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.01.2025: 7 years of imprisonment in colony under enhanced security conditions, 600 basic values fine. Appeal 07.03.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Timur Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>16 january 1990</t>
+  </si>
+  <si>
+    <t>A football fan of the MTZ-RIPO club, he was detained on September 25, 2020 in Minsk and convicted for participating in protests.</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.07.2021: 6 years 3 months 2 days of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: 6 years 2 months 2 days of imprisonment in colony under enhanced security conditions, unknown rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
+  </si>
+  <si>
+    <t>Ruslan Alehavich Rebkavets</t>
+  </si>
+  <si>
+    <t>According to the USC for the Mogilev region, Ruslan forwarded the video to the VKontakte public DVIZh, which was recognized by the Belarusian authorities as “extremist”. It is worth noting that the video itself lasts only 12 seconds and nothing actually happens in it - the train with military equipment just stands at the station.
+After a while, the man was detained by the KGB. He was charged under part 1 of article 361-4 (assistance to extremist activity) of the Criminal Code of the Republic of Belarus. The man faces up to 6 years in prison.</t>
+  </si>
+  <si>
+    <t>2023-05-15 13:10:03</t>
   </si>
   <si>
     <t>Inna Valerievna Glinskaya</t>
   </si>
   <si>
     <t>16 january 1975</t>
   </si>
   <si>
     <t>Detained together with her daughter.
 The apartment was searched under Article 364 of the Criminal Code of the Republic of Belarus. Then the article of accusation was reclassified to Part 3 of Article 130 of the Criminal Code of the Republic of Belarus.
 He is previously accused of distributing personal data of Interior Ministry employees.</t>
   </si>
   <si>
     <t>Trial outcome 20.01.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 28.04.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Asker Azerovich Allahverdiyev</t>
-[...52 lines deleted...]
-    <t>2023-05-15 13:10:03</t>
+    <t>Alena Zhukava</t>
+  </si>
+  <si>
+    <t>17 january 1969</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-18 17:00:13</t>
   </si>
   <si>
     <t>Vladimir Methodievich Voroshen</t>
   </si>
   <si>
     <t>17 january 1965</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
-    <t>Elena Petrovna Zhukova</t>
-[...8 lines deleted...]
-    <t>2025-09-18 17:00:13</t>
+    <t>Vyacheslav Mikhailovich Oreshko</t>
+  </si>
+  <si>
+    <t>18 january 1955</t>
+  </si>
+  <si>
+    <t>Belarusian political scientist and public figure, activist of the REP trade union.
+Vyacheslav's vision has deteriorated significantly in the colony. He can barely see anything. He often moves around by touch.</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.01.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 03.04.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-05-13 18:58:35</t>
   </si>
   <si>
     <t>Nicholas Vasilevich Bankov</t>
   </si>
   <si>
     <t>18 january 1971</t>
   </si>
   <si>
     <t>Former lecturer at the Department of Communications at BSUIR. This department is designed to train career officers for the Armed Forces and other security agencies and departments of the Republic of Belarus. Nikolai was initially sentenced to administrative arrest, and then re-arrested as part of a criminal case. He was convicted for three donations that the man made in August 2020.
 From the moment he was transferred to the colony, Mikhail served 180 days in a punishment cell, then was placed in a PKT.
 As of April 2025, he was transferred to prison regime in Prison No. 4 .</t>
   </si>
   <si>
     <t>Trial outcome 28.07.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 17.10.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2023-06-22 00:43:17</t>
   </si>
   <si>
-    <t>Vyacheslav Mikhailovich Oreshko</t>
-[...21 lines deleted...]
-    <t>19 january 2000</t>
+    <t>Vyacheslav Valerievich Murnov</t>
+  </si>
+  <si>
+    <t>19 january 1973</t>
+  </si>
+  <si>
+    <t>According to the case materials, Vyacheslav Murnov used obscene language to comment on posts featuring Lukashenko on Odnoklassniki in October 2021 and March 2024. This was enough to send the man to prison. In addition, he was also given "compulsory treatment for chronic alcoholism."
+On September 3, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.07.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 03.09.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-07-01 20:57:16</t>
+  </si>
+  <si>
+    <t>Viktar Hurko</t>
+  </si>
+  <si>
+    <t>19 january 2001</t>
   </si>
   <si>
     <t>Detained for participating in protests in 2020.
 On August 13, 2024, Judge Olga Lavrinovich will make a decision in the Oktyabrsky District Court of Minsk "On replacing the restriction of freedom without sending to an open-type correctional facility."
 As of October 2025, it became known that Viktor was again detained and was being held in Pre-trial Detention Center No. 1.</t>
   </si>
   <si>
     <t>Trial outcome 14.03.2023: 1 year 6 months restrictions of freedom without referral to an open-type correctional facility. Regime change trial 13.08.2023: unknown.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
-    <t>Vyacheslav Valerievich Murnov</t>
-[...27 lines deleted...]
-    <t>2022-06-13 01:05:25</t>
+    <t>Sergey Nikolaevich Kabarchuk</t>
+  </si>
+  <si>
+    <t>20 january 1963</t>
+  </si>
+  <si>
+    <t>On February 15, 2024, a "counter-terrorism operation" was declared in the Lelchitsy District of the Gomel Region on the border with Ukraine. Residents were asked to "remain calm and comply with the orders of law enforcement officers." The KGB claimed to have detained members of a "sabotage and reconnaissance group" that included citizens of Ukraine and Belarus. The exact number of detainees has not been reported.
+After his arrest, Sergei was diagnosed with cancer in pretrial detention.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.10.2024: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:42:06</t>
   </si>
   <si>
     <t>Anastasia Sergeevna Kukhta</t>
   </si>
   <si>
     <t>20 january 1992</t>
   </si>
   <si>
     <t>A social activist from Minsk.
 She was detained on February 17, 2022 at her place of residence. Her house was searched.
 At first, she was sentenced to administrative arrest, but after the end of the arrest, Anastasia did not go free.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-03-16 14:22:57</t>
-  </si>
-[...42 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Eugen Igorevich Stepanov</t>
   </si>
   <si>
     <t>21 january 1967</t>
   </si>
   <si>
     <t>The essence of the charges brought against Yevgeny Stepanov, who is now accused of "creating or participating in the activities of an extremist group," is unknown. According to unreliable information, he was detained in January of this year for "distributing extremist materials on the Internet" and sentenced to arrest under Part 2 of Article 19.11 of the Code of Administrative Offenses, from which he has not been released.
 Evgeniy Stepanov has serious health problems: in 2020, he suffered a stroke, after which he had difficulty speaking. Because of this, Evgeniy Stepanov lost the opportunity to work in his profession - he graduated from the University of Culture and Arts with a degree in directing, conducted weddings, concerts, and other festive and entertainment events.
 Yevgeny Stepanov disappeared from social networks at the end of 2022, but due to the difficulty of communicating with him, this went unnoticed. The attention of the security forces was attracted by his appeals to government agencies, written in late February-early March 2022. He demanded to help stop Russian military aggression on the territory of Ukraine - to announce the formation of an anti-war movement and support any forms of anti-war protests; demand the immediate withdrawal of Russian troops from the territory of Belarus, to consider as war criminals all those who made the decision on military action in Ukraine and who sanctioned aggressive propaganda justifying the war in the state Belarusian media.
 Yevgeny Stepanov sent his demands to end the war in Ukraine to both local authorities and high-ranking government officials – the Minister of Defense of the Republic of Belarus, the head of the country's armed forces, and the Prosecutor General of the Republic of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 19.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Savenkov</t>
+  </si>
+  <si>
+    <t>21 january 1977</t>
+  </si>
+  <si>
+    <t>Vladimir, according to available information, a former riot police commander and deputy of the Pushkinsky electoral district No. 9 (agro-town of Kolodishchi) of the 27th convocation, was detained in December 2021 after an attempted attack on GOM-2 of the Frunzensky District Department of Internal Affairs in Minsk on August 16, 2021, as part of a criminal case initiated under the article "act of terrorism".
+According to the indictment, from July 2020 to January 2022, "an organized criminal group operated in Belarus, Turkey, Poland, Ukraine and other countries with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally." The case involves charges of attempted arson of the home of MP Oleg Gaidukevich in June 2021 and "organizing mass riots."
+Vladimir was convicted under several criminal articles to a long term of imprisonment, the first five of which were prison terms. He was also stripped of his military rank.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 16 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime), military service restriction. Appeal 04.10.2023: the sentence was upheld. Regime change trial date unknown: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
+  </si>
+  <si>
     <t>Anatoly Arkadyevich Yaskevich</t>
   </si>
   <si>
     <t>21 january 1987</t>
   </si>
   <si>
     <t>According to the investigation materials, back in May 2021, using the news about the crash of a military aircraft in the city of Baranovichi and the death of two pilots, 35 year old Yaskevich systematically posted publicly available video messages aimed at inciting social discord and hostility against law enforcement officers on the social network and video hosting Tik-Tok.
 Also in May 2021, he produced and posted 3 video messages on the TikTok social network and video hosting, open to an unlimited number of people, in which he insulted the head of state, falsely accused him of grave and especially grave crimes.</t>
   </si>
   <si>
     <t>Trial outcome 06.07.2022: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
     <t>Sergey Sergeevich Yakubenok</t>
   </si>
   <si>
     <t>22 january 1976</t>
   </si>
   <si>
     <t>The basis for the criminal case against the man was “Class” in “Odnoklassniki” in one of the public pages recognized as extremist by one of the courts of the Republic of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 13.12.2023: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 05.03.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-07 23:46:11</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Natalia Anatolyevna Davydulina</t>
   </si>
   <si>
     <t>22 january 1977</t>
   </si>
   <si>
     <t>Natalia Davydulina is 47 years old and is from Zhlobin. It is known from Natalia's social networks that she and her husband have a large family - five children, one of whom is still in elementary school.
 One of Natalia's sons, Denis Davydulin, is a former political prisoner. He was detained in March 2021 and sentenced to a year and a half in prison for "going out onto the roadway and actively disobeying police officers" on the night of August 10.She has never given media interviews. Court schedules show that she was tried on January 24, 2024, for “dissemination of extremist materials.” She was likely detained during a raid on those in solidarity with political prisoners.
 The trial will begin on August 23 in the Gomel Regional Court. Thus, most likely, Natalia is accused of some kind of assistance to other prisoners. It is known that during the January raid, mainly those who helped others were left behind bars - they made transfers and parcels to pretrial detention centers and colonies, even for very small amounts.</t>
   </si>
   <si>
     <t>Trial outcome 01.10.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 26.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
+    <t>Alexey Yuryevich Klyushnichenko</t>
+  </si>
+  <si>
+    <t>22 january 1996</t>
+  </si>
+  <si>
+    <t>Alexey is an activist, member of the Movement "For Freedom".</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.11.2024: 6 years of imprisonment in colony under enhanced security conditions. Appeal 14.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-09-04 17:24:13</t>
+  </si>
+  <si>
+    <t>Aliaksandr Paulavich Hashnikau</t>
+  </si>
+  <si>
+    <t>23 january 1987</t>
+  </si>
+  <si>
+    <t>Alexander, a BMZ employee, was arrested in the fall of 2021 as part of a criminal case brought against plant employees who supported the strike and were part of the "Rabochy Rukh" (Workers' Movement) initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers occurred across the country.
+In February 2023, Alexander was found guilty of treason and the creation of and participation in an extremist group and sentenced to imprisonment.
+In the spring of 2024, another court hearing took place, following which Alexander was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 14 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld. Regime change trial 28.05.2024: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-09-27 14:14:40</t>
+  </si>
+  <si>
     <t>Anton Pavlovich Shibut</t>
   </si>
   <si>
     <t>23 january 1990</t>
   </si>
   <si>
     <t>On September 29, 2023, an appeal hearing was held.</t>
   </si>
   <si>
     <t>5 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2023-07-08 16:04:24</t>
   </si>
   <si>
-    <t>Alexander Pavlovich Gashnikov</t>
-[...14 lines deleted...]
-  <si>
     <t>Igor Yaroslavovich Kuzavko</t>
   </si>
   <si>
     <t>24 january 1987</t>
   </si>
   <si>
     <t>Trial outcome 06.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
+  </si>
+  <si>
+    <t>Tatsiana Mahnusava</t>
+  </si>
+  <si>
+    <t>25 january 1977</t>
+  </si>
+  <si>
+    <t>In February 2025, Tatyana was convicted under Article 19.11 of the Code of Administrative Offenses (dissemination of extremist materials). A criminal case was subsequently opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-01-07 23:51:04</t>
   </si>
   <si>
     <t>Oleg Vasilievich Larichev</t>
   </si>
   <si>
     <t>26 january 1986</t>
   </si>
   <si>
     <t>Organizer of the Urban Myths festival, public figure and street artist.
 Oleg Larichev has previously been arrested and prosecuted several times, including for his art activism, including in 2022.
 This time, he was detained in connection with a criminal case allegedly related to the detentions of other people allegedly involved in the "extremist group" "Da Zoraў."</t>
   </si>
   <si>
-    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Alexander Andreevich Rybchenko</t>
+  </si>
+  <si>
+    <t>27 january 1984</t>
+  </si>
+  <si>
+    <t>Alexander, the former principal of the school in Krynki, headed it until approximately 2018. He was convicted of "assisting extremist activity" and sentenced to restricted freedom and placement in an open institution.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.06.2025: 4 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Sergey Vasilevich Sandalyuk</t>
   </si>
   <si>
     <t>27 january 1971</t>
   </si>
   <si>
     <t>Sergei served for many years in military unit 7404 in Baranovichi—the 4th Special Police Brigade of the Ministry of Internal Affairs' Internal Troops. In 1996, Sandaluk claims to have commanded a company there, and in the 2000s, he rose to the rank of unit commander.
 By 2013, Sergei Sandalyuk had already been promoted to Deputy Head of the Department of Corrections. In this position, he was responsible for ideological work and personnel management.
 The colonel made several appearances in the media: he conducted tours of the prison colonies for journalists from state publications, collaborated with the Exarchate of the Belarusian Orthodox Church, and discussed cooperation between the Belarusian Penitentiary Service and the Church with Metropolitan Pavel.
 At the turn of 2018, Sergei Sandaluk resigned as deputy head of the DIN. That same January, Sandaluk registered as a sole proprietor in Minsk's Leninsky District, offering daily rental services.</t>
   </si>
   <si>
     <t>Trial outcome 06.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 11.10.2024: unknown. Trial outcome 27.11.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 07.03.2025: unknown.</t>
   </si>
   <si>
     <t>2024-07-30 20:00:34</t>
   </si>
   <si>
-    <t>Alexey Viktorovich Jagiello</t>
-[...13 lines deleted...]
-  <si>
     <t>Andrey Valerievich Alexandrov</t>
   </si>
   <si>
     <t>27 january 1978</t>
   </si>
   <si>
     <t>Belarusian journalist Andrei, detained on January 12, 2021, along with his girlfriend Irina Zlobina, was accused of "financing protest activities" and paying fines to protesters. He was convicted on a number of criminal charges, including "treason" and "participation in an extremist group."
 On September 1, 2022, the couple got married in Pre-trial Detention Center No. 1.</t>
   </si>
   <si>
     <t>Trial outcome 06.10.2022: 14 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 06.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
   </si>
   <si>
-    <t>Alexander Andreevich Rybchenko</t>
-[...8 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Alexey Viktorovich Jagiello</t>
+  </si>
+  <si>
+    <t>Alexey is a surgeon by training , but has never worked in his profession. He is an evangelical preacher and a healthy lifestyle advocate. Last year, a regional government newspaper wrote about his promotion of his smoking cessation method.</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
+  </si>
+  <si>
+    <t>Maksim Shukanau</t>
+  </si>
+  <si>
+    <t>27 january 1989</t>
+  </si>
+  <si>
+    <t>Thirty-six-year-old Mozyr blogger Maxim Shukanov had over 6,000 subscribers on the Union Bell YouTube channel. He analyzed political processes and told the truth about the war between Russia and Ukraine. Sometimes these videos garnered tens of thousands of views.
+Even after the repression intensified, Maxim didn't leave the country. Together with his fiancée, Polina Zyl—also a blogger—he went underground.
+The couple avoided contact with the Belarusian government, but in February 2025, they were finally forced to seek medical attention, as Maxim's health problems worsened following the arrest of his father, Igor Shukanava, an employee of the Mozyr Oil Refinery.
+When a wanted person seeks medical attention with their passport, the police receive a tip. This is likely what happened in the blogger's case.
+The situation was doubly dramatic because it also led to the arrest of Polina Zyl.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal 12.01.2026: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-10 22:58:10</t>
+  </si>
+  <si>
+    <t>Dmitry Vladimirovich Ilyukhin</t>
+  </si>
+  <si>
+    <t>29 january 1990</t>
+  </si>
+  <si>
+    <t>Journalists learned that in 2019, Ilyukhin went to Canada to take up the position of first secretary at the Belarusian embassy.
+"In Ottawa, he served as a member of the electoral commission for the 2020 presidential election. According to the official protocol, Svetlana Tikhanovskaya won a landslide victory in his precinct, garnering 321 votes (91%) to Alexander Lukashenko's 21 votes (6%)," the publication writes .
+In August 2021, Ilyukhin served as consul in New York. He then served as first secretary at the Belarusian Embassy in Washington, D.C. He left the diplomatic service in April 2022. After leaving government service, Dmitry worked at the representative office of the International Federation of Red Cross Societies (IFRC).
+Dmitry's arrest likely occurred about a year ago. The nature of the charges and the exact sentence are unknown, but the sentence involves imprisonment .</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
   </si>
   <si>
     <t>Maria Alexandrovna Deichik</t>
   </si>
   <si>
     <t>29 january 1984</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 2 years 9 months of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Dmitry Vladimirovich Golub</t>
   </si>
   <si>
     <t>29 january 1989</t>
   </si>
   <si>
     <t>Dmitry's arrest became known on March 7.
 Dmitry was tried for comments he left in Telegram chats and on a YouTube channel from November 2019 to January 2024. In them, he incited national and other social hatred and discord, the court found.
 The man also left comments insulting police officers, journalists, government officials, and Alexander Lukashenko. In September 2020, he took part in protests.
 Students of the Yanka Kupala State University of Grodno were invited to the verdict handed down by the Grodno Regional Court in the Oktyabrsky District Court of Grodno.</t>
   </si>
   <si>
     <t>Trial outcome 22.11.2024: 4 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Dmitry Vladimirovich Ilyukhin</t>
-[...14 lines deleted...]
-    <t>2025-12-29 21:46:39</t>
+    <t>Maksim Aminbayevich Jumaniyazov</t>
+  </si>
+  <si>
+    <t>30 january 1983</t>
+  </si>
+  <si>
+    <t>Maxim has had a severe mental illness since childhood and requires special care.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Gerasimenko</t>
   </si>
   <si>
     <t>30 january 1977</t>
   </si>
   <si>
     <t>He worked as a long-haul truck driver. Alexander's last known job was at Mozyrsol. Before that, he worked in sports: as a rowing coach and instructor and deputy director of a children's sports school.
 He was detained in the "Gayun case" on March 6, 2025.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Eduard Viktorovich Babariko</t>
   </si>
   <si>
     <t>30 january 1990</t>
   </si>
   <si>
     <t>Eduard, who graduated from BGEU with a degree in Economics and Business Management and ran the crowdfunding platforms Ulej and MolaMola, as well as his father Viktor Babariko's initiative group, was detained on June 18, 2020, on his way to the Central Election Commission to submit signatures. He spent more than three years in prison without trial and was convicted of "organizing mass riots" and "tax evasion."
 In July 2024, he was re-sentenced to two years in prison for “disobeying the prison administration.”</t>
   </si>
   <si>
-    <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 05.07.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 27.11.2023: the sentence was upheld. Trial outcome 10.07.2024: 2 years of imprisonment in colony under enhanced security conditions. Appeal 19.09.2024: the sentence was upheld. Trial outcome 20.02.2025: unknown years of imprisonment in colony in strict regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Maksim Aminbayevich Jumaniyazov</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Tikhon Sergeevich Osipov</t>
+  </si>
+  <si>
+    <t>31 january 1996</t>
+  </si>
+  <si>
+    <t>Tikhon was arrested and convicted for, according to the Investigative Committee, deliberately running over servicemen of the Ministry of Internal Affairs' internal troops during a protest that took place on August 11, 2020, near the Pushkinskaya metro station in Minsk.
+In March 2022, he was re-convicted of "malicious disobedience to the demands of the administration of a correctional facility" - a charge often applied to prisoners who refused to cooperate with prison authorities - and his regime was changed to a strict one.
+In 2024, Tikhon was convicted again under the same article.
+Tikhon has serious health problems: his body has difficulty digesting food, he has eye pain, a rapid heartbeat, blood pressure surges, and a weakened immune system.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 19.05.2021: 11 years of imprisonment in colony under enhanced security conditions, approximately 1300 rubles of compensation. Trial outcome 25.03.2022: 7 months of imprisonment in colony in strict regime conditions. Appeal 23.06.2022: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Tatiana Victorovna Stepa</t>
   </si>
   <si>
     <t>31 january 1970</t>
   </si>
   <si>
     <t>She was detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
   </si>
   <si>
     <t>Trial outcome 17.10.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 13.12.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-02-03 14:47:36</t>
-  </si>
-[...32 lines deleted...]
-    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Denis Sergeevich Nikita</t>
   </si>
   <si>
     <t>31 january 1985</t>
   </si>
   <si>
     <t>Denis Nikita was detained on the evening of January 25, 2024 for petty hooliganism. He was taken to the police department on duty. He did not agree with the detention and allegedly began to make insults and threats towards the police officers, while mentioning Lukashenko. According to the police, the 38-year-old man did this for a long time and humiliated him repeatedly. As a result, a criminal case was initiated. The man was tried publicly in the building of the Svisloch regional executive committee. The district newspaper reported on the trial: it said that “representatives of the public” and the media were present at the meeting. Denis Nikita admitted guilt.
 It is reported that this is the 11th conviction of the accused. He was convicted of theft, torture, threats to kill, as well as for violating the requirements of preventive supervision, and was repeatedly brought to administrative responsibility. In addition, the man was deprived of parental rights in relation to two children.</t>
   </si>
   <si>
     <t>3 years of imprisonment in a colony under strict security conditions</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1667,51 +1700,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1726,2212 +1759,2267 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>61</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>75</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
       <c r="I14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
         <v>82</v>
       </c>
       <c r="I15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>84</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
       <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>97</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
+        <v>30</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>114</v>
       </c>
       <c r="I21" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>116</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
       <c r="C22" t="s">
         <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>127</v>
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>134</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>138</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
+      <c r="C27" t="s">
+        <v>144</v>
+      </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>156</v>
       </c>
       <c r="I29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>158</v>
       </c>
       <c r="B30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>160</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>162</v>
+      </c>
+      <c r="B31" t="s">
+        <v>163</v>
+      </c>
+      <c r="C31" t="s">
         <v>164</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>165</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>166</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" t="s">
         <v>169</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>170</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>171</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>172</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>174</v>
+      </c>
+      <c r="B33" t="s">
         <v>175</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>176</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>178</v>
       </c>
       <c r="I33" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>180</v>
       </c>
       <c r="B34" t="s">
         <v>181</v>
       </c>
       <c r="C34" t="s">
         <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>183</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
+      <c r="H34" t="s">
+        <v>184</v>
+      </c>
       <c r="I34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B35" t="s">
-        <v>186</v>
+        <v>187</v>
+      </c>
+      <c r="C35" t="s">
+        <v>188</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="I35" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="I40" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>218</v>
+      </c>
+      <c r="C41" t="s">
+        <v>219</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>172</v>
+        <v>119</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C42" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="I42" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B43" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I43" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B44" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
+      <c r="E44" t="s">
+        <v>35</v>
+      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C45" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>167</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>243</v>
+        <v>246</v>
+      </c>
+      <c r="C47" t="s">
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
+      <c r="E47" t="s">
+        <v>35</v>
+      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
         <v>246</v>
       </c>
-      <c r="B48" t="s">
-        <v>247</v>
+      <c r="C48" t="s">
+        <v>251</v>
       </c>
       <c r="D48" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>248</v>
+        <v>189</v>
       </c>
       <c r="I48" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B49" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C49" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E49" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I49" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B50" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E50" t="s">
-        <v>258</v>
+        <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B51" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="C51" t="s">
         <v>263</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>264</v>
       </c>
       <c r="I51" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>266</v>
       </c>
       <c r="B52" t="s">
         <v>267</v>
       </c>
       <c r="C52" t="s">
         <v>268</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
+      <c r="E52" t="s">
+        <v>269</v>
+      </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I52" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B53" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C53" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I53" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B54" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C54" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I54" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B55" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C55" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>269</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="I55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B56" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C56" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
+      <c r="E56" t="s">
+        <v>290</v>
+      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="I56" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B57" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C57" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="I57" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B58" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C58" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="I58" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B59" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C59" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="I59" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B60" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C60" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>258</v>
+        <v>30</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B61" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C61" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>269</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B62" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C62" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D62" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B63" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C63" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="I63" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B64" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C64" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="I64" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B65" t="s">
-        <v>331</v>
+        <v>334</v>
+      </c>
+      <c r="C65" t="s">
+        <v>335</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="I65" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>337</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
+      <c r="H66" t="s">
+        <v>340</v>
+      </c>
       <c r="I66" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B67" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C67" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E67" t="s">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I68" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B69" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C69" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="I69" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B70" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="C70" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="F70" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="I70" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B71" t="s">
-        <v>359</v>
+        <v>362</v>
+      </c>
+      <c r="C71" t="s">
+        <v>363</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="I71" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="C72" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>213</v>
+        <v>76</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>365</v>
+        <v>51</v>
       </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
+      <c r="E73" t="s">
+        <v>76</v>
+      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>375</v>
+        <v>25</v>
       </c>
       <c r="I74" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B75" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="C75" t="s">
         <v>379</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E75" t="s">
+        <v>46</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="F75" t="s">
-[...5 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
         <v>383</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>113</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I76" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>387</v>
       </c>
       <c r="B77" t="s">
         <v>388</v>
       </c>
       <c r="C77" t="s">
         <v>389</v>
       </c>
       <c r="D77" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
+        <v>189</v>
+      </c>
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
         <v>392</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>393</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>76</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>394</v>
       </c>
-      <c r="D78" t="s">
-[...2 lines deleted...]
-      <c r="E78" t="s">
+      <c r="I78" t="s">
         <v>395</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
         <v>398</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>290</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>399</v>
       </c>
-      <c r="C79" t="s">
+      <c r="I79" t="s">
         <v>400</v>
-      </c>
-[...16 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
         <v>403</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>165</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>404</v>
       </c>
-      <c r="C80" t="s">
+      <c r="I80" t="s">
         <v>405</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="H80" t="s">
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
         <v>406</v>
       </c>
-      <c r="I80" t="s">
+      <c r="B81" t="s">
         <v>407</v>
+      </c>
+      <c r="C81" t="s">
+        <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>45</v>
+      </c>
+      <c r="E81" t="s">
+        <v>46</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
+        <v>415</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">