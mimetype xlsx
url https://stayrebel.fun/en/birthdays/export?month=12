--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -81,522 +81,512 @@
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
     <t>Victor Viktorovich Sachkovsky</t>
   </si>
   <si>
     <t>2 december 1989</t>
   </si>
   <si>
     <t>According to the case materials , on February 27, 2022, the man filmed flights of military aircraft and sent the video to the so-called. "extremist formation". Where exactly the video was sent was not specified.</t>
   </si>
   <si>
     <t>Trial outcome 11.03.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 02.05.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
-  </si>
-[...34 lines deleted...]
-    <t>2021-02-28 00:25:35</t>
   </si>
   <si>
     <t>Nikolay Vladimirovich Vasilevich</t>
   </si>
   <si>
     <t>3 december 1978</t>
   </si>
   <si>
     <t>Nikolai is accused of "financing terrorist activity", under which article he faces 8 to 12 years in prison.
 The man's last known place of employment was the Republican Olympic Training Center for Track and Field.
 On June 6, 2023, he was sentenced under Article 361-2 of the Criminal Code to 6 years in a maximum security penal colony and a large fine. Other details of the case are unknown.
 On September 1, 2023, Judge V. Cherevach was to consider the appeal of the political prisoner in the Supreme Court. At the moment, the first sentence has entered into force, so when the second was issued, Vasilevich was already considered to have a previous conviction.
 On September 12, 2023, another trial of Nikolai took place in the Pervomaisky District Court. This time, he was accused of "financing terrorist activity." In total, Svetlana Cherepovich sentenced him to 9 years and 6 months in a maximum security penal colony for his donations, as well as a fine of 600 basic units. The pro-government film states that he made at least 54 donations to solidarity funds.
 On November 14, 2023, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>9.5 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
+    <t>Pavel Yurievich Lukashevich</t>
+  </si>
+  <si>
+    <t>3 december 1987</t>
+  </si>
+  <si>
+    <t>The detention of the Lidchan resident became known on September 22. In a police video, he said that he was “registered in the Peramoga Plan” and left “threats” to security forces in a telegram. According to the telegram channel “Detentions, courts in Lida,” the man was arrested for 15 days under an unnamed administrative article.</t>
+  </si>
+  <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.05.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 23.08.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:38:03</t>
+  </si>
+  <si>
     <t>Victor Alexandrovich Savchits</t>
   </si>
   <si>
     <t>4 december 1981</t>
   </si>
   <si>
     <t>Judge Evgeny Pisarevich heard the case from August 28 to September 4, 2024. Viktor will also be ordered to pay 1,000 rubles in compensation for moral damages to the Logoisk police officer.
 On October 7, 2025, the verdict was announced in the second trial: taking into account the first trial - 6 years of imprisonment in a maximum security prison, a fine of 600 basic units, as well as compensation for moral damages to Chemodanova - 5,000 Belarusian rubles, Karpenkov - 2,000 Belarusian rubles, and Nikitenko - 5,000 Belarusian rubles.</t>
   </si>
   <si>
     <t>Trial outcome 04.09.2024: 6 years of imprisonment in colony under general regime conditions, 1000 rubles of compensation. Appeal 05.11.2024: unknown. Trial outcome 07.10.2025: 6 years of imprisonment in colony under enhanced security conditions, 600 basic values fine.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
     <t>Alexander Sergeevich Veresovich</t>
   </si>
   <si>
     <t>4 december 1966</t>
   </si>
   <si>
     <t>Alexander's name appeared in the court schedule. The man is accused of donating to help Ukraine and to an “extremist group.”
 It is noteworthy that the man made a donation in support of the “extremist formation” before May 2021, when there were no extremist formations in Belarus at all. Now the man faces from five to ten years in prison. The trial will begin on March 19 in the Minsk City Court.
 Alexander has a small business in Molodechno: as an individual entrepreneur he is engaged in cargo transportation on his own bus. He is raising two children: a young daughter who is finishing sixth grade, and a son who should now be in high school.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Andrey Edwardovich Krot</t>
-[...19 lines deleted...]
-  <si>
     <t>Alexander Yurievich Volchok</t>
   </si>
   <si>
     <t>5 december 1986</t>
   </si>
   <si>
     <t>He was detained on June 28, 2021, served 7 days of administrative arrest. He was released on July 5, after which he was again detained by the staff of the investigative committee, but this time on a criminal case.
 According to the prosecution, Alexander on the ok.ru posted publications insulting Lukashenko. He also posted a comment and a video on the vk.com social network, spoke insultingly to Lukashenko.</t>
   </si>
   <si>
     <t>2,5 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
     <t>Marina Viktorovna Mazovka</t>
   </si>
   <si>
     <t>5 december 1972</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Viktor Lameko</t>
   </si>
   <si>
     <t>6 december 1968</t>
   </si>
   <si>
     <t>Victor Lameko, an entrepreneur from Zelva, was brutally detained and beaten during his arrest. Initially, a protocol was drawn up against him under the administrative article 19.11 of the Code of Administrative Offenses of the Republic of Belarus (dissemination of extremist materials). Without even allowing Lameko to leave the courthouse, the security forces again detained him and again drew up a protocol under Art. 19.11 Administrative Code of the Republic of Belarus. When the man was in the pre-trial detention center, a third protocol was drawn up against him.
 As it became known , the businessman is in a pre-trial detention center, he has already been charged under a criminal article for libel against A.G. Lukashenka.
 While the man was in jail, his mother died.
 Viktor sued the tax authorities and defended entrepreneurs from the Grodno region in courts.
 On October 24, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
+    <t>IK №3</t>
+  </si>
+  <si>
     <t>3 years in prison in a penal colony.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
+  </si>
+  <si>
+    <t>Inna Viktorovna Korbut</t>
+  </si>
+  <si>
+    <t>6 december 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">She graduated from Kuleshov Mogilev State University with a degree in child psychology. She has also lived in Mozyr and Mogilev. For the past three years, she has been a sole proprietor, specializing in photography.
+Inna was arrested and convicted in 2025 for "assisting extremist activity." The prosecution is related to the Gayun case. It is known that Inna was sentenced to a penal colony , but the sentence, as well as the exact nature of the charges, are unknown.
+</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Vladimir Anatolyevich Trifonov</t>
   </si>
   <si>
     <t>6 december 1964</t>
   </si>
   <si>
     <t>The details of the case are unknown, since the trial took place in closed mode, and the criminal case itself is classified as secret.
 Details of the convict's detention are known from the propaganda film «Operation KGB «Mankurty»», which the Television News Agency showed in 2021.
 According to the ONT film, Vladimir Trifonov is a guide across the Belarusian-Lithuanian border, through which he had to illegally transfer Alexey Khralovich.
 He began serving his sentence.</t>
   </si>
   <si>
     <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
   </si>
   <si>
     <t>14 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
+    <t>Igor Vasilievich Cherpakov</t>
+  </si>
+  <si>
+    <t>7 december 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Alexander Stanislavovich Yushkevich</t>
+  </si>
+  <si>
+    <t>7 december 1987</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a maximum security colony.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Vladimir Leonidovich Leosevich</t>
   </si>
   <si>
     <t>7 december 1981</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: unknown.</t>
-[...14 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>A court hearing was held on October 30, 2023.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.10.2023: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Egor Aleksandrovich Michailov</t>
   </si>
   <si>
     <t>7 december 1994</t>
   </si>
   <si>
     <t>Yegor was arrested in February 2021 and later convicted of setting fire to a T-72 tank aboard a military train at the Stepyanka railway station. According to the case file, on the night of January 31, 2021, he threw a Molotov cocktail with the inscription "OGSB" at the tank. His actions were classified as an "act of terrorism." According to the prosecution, Yegor committed the arson based on his political views.
 In early October 2023, it was announced that Yegor had been transferred to Pretrial Detention Center No. 1 in connection with a new criminal case opened under the article "organizing and preparing actions that grossly violate public order, or active participation therein." In this case, he was sentenced to an additional six months in prison.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>Trial outcome 26.07.2021: 10 years of imprisonment in colony under enhanced security conditions, 685 rubles of compensation. Trial outcome 05.10.2023: 6 months of imprisonment in colony under enhanced security conditions. Appeal 12.12.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
+  </si>
+  <si>
+    <t>Marina Vladimirovna Leonovich</t>
+  </si>
+  <si>
+    <t>8 december 1995</t>
+  </si>
+  <si>
+    <t>Marina is a Belarusian-speaking IT specialist from EPAM who is also involved in creative work. She writes articles for the Belarusian Wikipedia, makes illustrations, translates into Belarusian, and writes poetry. After the start of full-scale Russian aggression against Ukraine, she moved to Georgia, but then returned to Belarus for unknown reasons. Soon after, she was detained as part of a criminal case and convicted under the articles “financing extremist activity” and “financing or other financial support of war.”</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.01.2025: 5 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
     <t>Lily Vitoldovna Yurut</t>
   </si>
   <si>
     <t>8 december 1976</t>
   </si>
   <si>
     <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-05-02 19:06:36</t>
   </si>
   <si>
     <t>Natalia Sergeevna Saluk</t>
   </si>
   <si>
     <t>8 december 1999</t>
   </si>
   <si>
     <t>A pro-government telegram channel published a video about the detention of a Belarusian woman who took part in protests in 2020 and “obstructed the passage” of a traffic police car. As the authors of the channel write, a criminal case was opened against the girl. It is not specified under which article.
 It is known that Natalya graduated from BSTU in 2022.</t>
   </si>
   <si>
     <t>Trial outcome 16.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
+    <t>Kirill Kuokovic Nguyen</t>
+  </si>
+  <si>
+    <t>8 december 1993</t>
+  </si>
+  <si>
+    <t>On July 12, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.04.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 12.07.2024: the sentence was upheld. Trial outcome 25.03.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 20.06.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 december 1992</t>
+  </si>
+  <si>
+    <t>Convicted for participating in protests, as well as for comments on social networks.</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
+  </si>
+  <si>
     <t>Anna Valentinovna Korneenko</t>
   </si>
   <si>
     <t>8 december 1985</t>
   </si>
   <si>
-    <t>Former accountant of the Minsk Electrotechnical Plant named after Vavilov . The trial began on May 19 and was held behind closed doors, so there is little information about the nature of the charges . It is known that Anna was fired from her job after the "People's Ultimatum" in 2020, then she sued the company for illegal dismissal.</t>
+    <t>A former accountant at the Vavilov Minsk Electrotechnical Plant . The trial began on May 19 and was held behind closed doors, so little information about the charges is available. It is known that Anna was fired from her job following the "People's Ultimatum" in 2020, and then sued the company for wrongful dismissal.
+Anna's youngest child was only 5 months old when she was detained.</t>
   </si>
   <si>
     <t xml:space="preserve"> Trial outcome 24.05.2023: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
-  </si>
-[...41 lines deleted...]
-    <t>2025-07-11 11:15:23</t>
   </si>
   <si>
     <t>Tatiana Ivanovna Palubok</t>
   </si>
   <si>
     <t>9 december 1978</t>
   </si>
   <si>
     <t>It is known that the GUBOPiK officers are investigating the case against people who were allegedly involved in the Telegram chat "partisans of Novogrudok". Criminal cases have been opened against them under the article "extremism". All those who were interrogated in the case are being asked to sign a non-disclosure agreement.
 The media reports that at least six people among those detained by security forces 15 days ago have not been released after serving their administrative arrest, including Tatyana.</t>
   </si>
   <si>
     <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Artem Anatolevich Lebedko</t>
   </si>
   <si>
     <t>9 december 1985</t>
   </si>
   <si>
     <t>According to human rights activists , the son of the politician Anatoly Lebedko is charged with financing extremist activities. Artyom was detained at the end of March and then twice sentenced to 15 days of arrest, after which he was charged and transferred to SIZO-1.
 According to the prosecution, in 2020, “for motives of ideological hostility,” using the account of one of the banks, he made several money transfers over the phone to three funds that were recognized as “extremist formations.” It is reported that the funds were transferred through the payment system of the popular social network Facebook. Presumably, we are talking about, among other things, the BY_help funds and the Belarusian Sports Solidarity Fund.
 At the trial, the political prisoner did not admit his guilt and stated that he did not understand the essence of the charges and did not understand why he was in the dock.</t>
   </si>
   <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
     <t>3.5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 december 1969</t>
+  </si>
+  <si>
+    <t>Valentin is accused of making offensive comments about Lukashenko, Karanik, and Russian soldiers fighting in Ukraine. Valery worked as a kindergarten guard.
+On October 13, 2023, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
+  </si>
+  <si>
+    <t>Daniel-Landsay Keita</t>
+  </si>
+  <si>
+    <t>10 december 1999</t>
+  </si>
+  <si>
+    <t>The pro-government telegram channel “Pulse of Grodno” published a video of a Minsk resident detained for participating in protests.
+In the video , the Belarusian says that in 2020 he took part in protests and left negative comments towards the authorities and police officers. The detainee also said that he had a bad attitude towards the Russian military.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.01.2025: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Alina Valentinovna Khmelevskaya</t>
   </si>
   <si>
     <t>10 december 1984</t>
   </si>
   <si>
     <t>Alina was convicted in July 2024 under the articles "participation in an armed group or armed conflict on the territory of a foreign state" and "financing the activities of an extremist group."
 Human rights activists are unaware of the sentence or the nature of the charges, but in Belarus, the first article is typically used for prosecution for supporting Ukraine in the war. For such a donation, she could have been sentenced to five to ten years in a penal colony.</t>
   </si>
   <si>
-    <t>Trial outcome 30.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 12.11.2024: unknown.</t>
+    <t>Trial outcome 30.07.2024: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal 12.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Sergey Petrovich Zabelich</t>
-[...14 lines deleted...]
-    <t>2024-04-02 13:51:41</t>
+    <t>Maxim Vladimirovich Ralko</t>
+  </si>
+  <si>
+    <t>11 december 2001</t>
+  </si>
+  <si>
+    <t>Maxim was featured in a propaganda film, filmed in prison.
+In the spring of 2022, he joined Kalinovsky's volunteer regiment, which was formed in February of that year to defend Ukraine from a Russian invasion.
+According to a pro-government television channel, Ralko took part in military operations.
+In early 2024, Ralko resigned from Polk and returned to Warsaw. He began studying IT testing, attended protests, and worked as a security guard at Biedronka. He received subsidiary protection status. A couple of months after returning from Ukraine to Poland, Maksym had a falling out with his friends and disappeared. He accused one of them of espionage. He then reconnected in May 2024, claiming to be in Germany and planning to apply for asylum there. Maksym later reported that he had escaped from the refugee camp and left all his documents behind, including his passport.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 10 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Vilen Sergeevich Turgunov</t>
   </si>
   <si>
     <t>11 december 1968</t>
   </si>
   <si>
     <t>The reason for the detention of Gomel resident Vilen Turgunov was comments on the Internet, including negative ones towards the police.
 Vilen Turgunov is 55 years old. His father is from Uzbekistan, his mother is Belarusian. Vilen graduated from the university in Russian Novozybkov (Bryansk region) with a degree in jurisprudence. Vilen Turgunov worked at the Zheleznodorozhny District Department of Internal Affairs of the regional center. There were serious problems there. Back in 2001, he received a reprimand for “irresponsible attitude to service,” in 2002 he had “incomplete official inconsistency,” and in 2004 he received a reprimand for “gross violation of official discipline, violation of an order of the Ministry of Internal Affairs.”
 Later, the former policeman worked at a construction and installation trust in Gomel.
 The detainee actively maintained pages on various social networks, where he spoke about political and social events. For his support of Ukraine, other netizens called him a “Banderite.”
 Vilen Turgunov’s relative, Igor Kazubov, is also serving a sentence.</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2024: unknown. Appeal 25.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
+    <t>Sergey Petrovich Zabelich</t>
+  </si>
+  <si>
+    <t>11 december 1972</t>
+  </si>
+  <si>
+    <t>51-year-old Sergei Zabelich from Minsk, graduated from the Belarusian State University of Informatics and Radioelectronics. Judging by Linkedin, he worked as a programmer for at least twenty years. In September 2022, he moved from Nikta Technologies to Intrahealth, an HTP resident operating in the Canadian market.
+It is known that Sergei was detained on December 13, 2020, when people went out together for street marches. On this day, another 300 Belarusians were detained.
+He is accused of two counts of “financing extremist activities, committed repeatedly” and “financing the activities of an extremist formation.” He faces up to eight years in prison.
+On June 7, 2024, the appeal was considered, and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.04.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 07.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
+  </si>
+  <si>
     <t>Eugene Aleksandrovich Glushkov</t>
   </si>
   <si>
     <t>Evgeny Glushkov is a former Mogilev journalist, in the 90s and 2000s he worked on city television, after which he collaborated with several city portals.
 Glushkov was detained in early January by assault because the man did not open the door to the security forces. He was dragged out into the street in the same clothes he was wearing at home.
 According to some reports , it has been established that a criminal case has been opened against Glushkov for journalistic activities. The presumptive article is 361-1 of the Criminal Code of the Republic of Belarus (creation or participation in an extremist formation).</t>
   </si>
   <si>
     <t>Trial outcome 31.07.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Alla Ivanovna Puchinskaya</t>
   </si>
   <si>
     <t>11 december 1981</t>
   </si>
   <si>
     <t>On February 21, 2024, in the Pinsk District Court, Judge Andrey Bychilo considered the case under Part 2 of Article 19.11 of the Code of Administrative Offenses (Distribution of information products included in the republican list of extremist materials, as well as the production, publication, storage or transportation for the purpose of distributing such information products).
 Apparently, a criminal case was opened after this.</t>
   </si>
   <si>
     <t>Trial outcome 08.02.2024: 5 years of imprisonment in colony under general regime conditions.</t>
@@ -616,883 +606,857 @@
   </si>
   <si>
     <t>Trial outcome 08.07.2024: 5 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 03.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
     <t>Igor Evstafievich Sidarovich</t>
   </si>
   <si>
     <t>12 december 1972</t>
   </si>
   <si>
     <t>Igor was first convicted for unfurling a banner reading, "While there is lawlessness in the country, resistance is our duty," blocking traffic. He was given a large fine.
 Later, he was convicted again for insulting the authorities through a comment in the chat "Molodechno for Life" and was assigned a preventive measure in the form of "house arrest". Igor has a disability, as he is missing one leg.
 At the end of 2024, it became known that Igor had been detained again and placed in custody. In July 2025, he was convicted under the article "Assistance to extremist activity", sentenced to imprisonment and a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 31.03.2021: 140 basic values fine. Trial outcome 02.06.2021: 1 year 6 months restrictions of freedom without referral to an open-type correctional facility, 1500 rubles of compensation. Trial outcome 22.07.2025: 4 years of imprisonment in colony under enhanced security conditions, 1000 basic values fine.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 december 1980</t>
+  </si>
+  <si>
+    <t>On March 19, 2024, the court’s appeal was considered. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.01.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 19.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
     <t>Leonid Valerievich Raichenok</t>
   </si>
   <si>
     <t>12 december 1986</t>
   </si>
   <si>
     <t>According to the prosecution , on May 17, 2022, Leonid Raichonok transferred $400 for body armor to Belarusian volunteers fighting on the side of Ukraine. He made a second donation in the amount of $150 to the benefit of the “Prague Support Team” (an association of Belarusians in Prague who collect donations and use them to buy uniforms, sometimes for weapons accessories, for Belarusian volunteers fighting on the side of Ukraine). The Brest resident’s actions were qualified as “financing citizens of the Republic of Belarus to participate on the territory of a foreign state in an armed formation of one of the warring parties, in armed conflicts, military operations.”
 On December 12, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 17.10.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal 12.12.2023: unknown.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Olga Viktorovna Kolpakova</t>
   </si>
   <si>
     <t>13 december 1979</t>
   </si>
   <si>
     <t>Trial outcome 01.08.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-31 18:01:01</t>
   </si>
   <si>
     <t>Konstantin Sergeevich Pritulenko</t>
   </si>
   <si>
     <t>14 december 1979</t>
   </si>
   <si>
     <t>Former Assistant Prosecutor of the Glusk District.
 In the video published by the Investigative Committee, Prytulenko said that he sent the data of an employee of the prosecutor's office of the Glusk district and a doctor to the chat bot of the Black Book of Belarus.
 According to Nasha Niva, in 2005 Konstantin Prytulenko was an investigator, and later an assistant to the district prosecutor. Where Prytulenko worked before his arrest is unknown.
 Initially, the process was open, but, at the request of the injured officials and security forces, it was closed.In total, more than a dozen people pass as victims, including the former deputy chairman of the Mogilev city council, "the main ideologist of the city" Alla Galushko. Other victims include members of election commissions, prosecutors, law enforcers and other government officials.</t>
   </si>
   <si>
     <t>6 years in prison in a strict regime colony.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
+    <t>Andrey Yurievich Savinsky</t>
+  </si>
+  <si>
+    <t>14 december 1987</t>
+  </si>
+  <si>
+    <t>According to the case materials , Savinsky transferred the equivalent of 50 US dollars to the accounts of funds recognized as “extremist” over the course of a year and a half. At the same time, he repeatedly used his Facebook account. He also created and posted 4 text messages in one of the telegram chats, allegedly aimed at “inciting social hostility in society.”
+On January 12, 2024, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.11.2023: 5 years of imprisonment in colony under general regime conditions, 200 basic values fine. Appeal 12.01.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
     <t>Vladislav Vadimovich Brouwer</t>
   </si>
   <si>
     <t>14 december 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Filimonov</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Evgenyevich Sobolevsky</t>
   </si>
   <si>
     <t>15 december 1967</t>
   </si>
   <si>
     <t>In Mogilev, Sobolevsky is known as one of the freelancers who collaborated with city online publications until 2020. Ales was sentenced twice for an administrative violation for a day, after which he was not released.</t>
   </si>
   <si>
     <t>Trial outcome 31.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Armen Alexandrovich Arzumanyan</t>
-[...12 lines deleted...]
-    <t>2024-12-05 15:42:31</t>
+    <t>Olga Vladimirovna Lotsmanova</t>
+  </si>
+  <si>
+    <t>15 december 1972</t>
+  </si>
+  <si>
+    <t>She was detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.10.2024: 4 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 10.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Stanislav Valentinovich Kuzmitsky</t>
   </si>
   <si>
     <t>15 december 1986</t>
   </si>
   <si>
     <t>According to the case materials, Kuzmitsky, having perverted values and a wrong understanding of the word «patriotism»‎, purposefully joined a terrorist organization and headed certain resources of the network «...97».
 He administered more than 30 chats, which he filled with extremist materials under strict control and guidance from abroad. The man formed the composition of extremist communities, distributed roles and organized the participation of their members in protest actions.
 In addition, he took measures to unite and increase the number of communities: morally supported them in private conversations, organized joint leisure activities, distribution of propaganda products, drawing drawings and inscriptions of an extremist nature on the facades of buildings.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>15 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
-    <t>Anna Gennadievna Kuris</t>
-[...31 lines deleted...]
-  <si>
     <t>Victor Vasilevich Barket</t>
   </si>
   <si>
     <t>16 december 1973</t>
   </si>
   <si>
     <t>He was detained for comments about Russian military . A resident of Volkovysk . A "repentant video " was published on pro-government Telegram channels in which the man says that he was detained for insulting Russian military personnel who "serve in Ukraine " on Telegram , insulting the head of the regional executive committee and the Grodno military commissar.</t>
   </si>
   <si>
     <t>Trial outcome 12.02.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.05.2024: unknown.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Elena Nikolaevna Verbitskaya</t>
   </si>
   <si>
     <t>16 december 1955</t>
   </si>
   <si>
     <t>She was detained for helping political prisoners on January 23, 2024, after which Elena was released, but was detained again in April of the same year and placed in a pre-trial detention center.</t>
   </si>
   <si>
-    <t>Trial outcome 26.09.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: unknown.</t>
+    <t>Trial outcome 26.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
     <t>Pavel Vladimirovich Kuntsevich</t>
   </si>
   <si>
     <t>17 december 1985</t>
   </si>
   <si>
     <t>Pavel Kuntsevich is 39 years old. He is a Minsk resident, he studied at the Minsk State Institute of Ecology named after Sakharov as a psychologist. He worked at the Chervensky market, where he had his own retail outlet, and recently he made greenhouses for money.
 Judging by social networks, he was detained in the fall of 2023. He was accused under Part 3 of Art. 361 of the Criminal Code of Belarus - “calls for sanctions or other actions aimed at harming the national security of Belarus.” Under the article, he faced up to 12 years in prison.Pavel has a large family - a wife and four children.</t>
   </si>
   <si>
-    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
-[...1 lines deleted...]
-  <si>
     <t>4 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2024-01-15 21:41:51</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Maxim Valerievich Solop</t>
+  </si>
+  <si>
+    <t>17 december 1988</t>
+  </si>
+  <si>
+    <t>Maxim Solop is 36 years old. He is originally from Brest. In 2012, he graduated from the Physics Department of the Francisk Skorina Gomel State University. He worked as an engineer at the Brest Information Computing Center for Export-Import Transportation of the Belarusian Railway.
+Maxim loves traveling and active recreation, and also engages in various sports and leads a healthy lifestyle.
+His trial will begin on February 24, 2025, in the Brest City Court. Maxim is accused of "calls for actions aimed at causing harm to the national security of Belarus" (Part 3 of Article 361 of the Criminal Code).</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
   </si>
   <si>
     <t>Natalia Sergeevna Matveeva</t>
   </si>
   <si>
     <t>17 december 1983</t>
   </si>
   <si>
     <t>Natalia was arrested in June 2021 on suspicion of planning to set fire to logging equipment. The arrest took place in the evening right on the forestry farm grounds, where she allegedly arrived with her accomplice, Gordeyev, who was actually on assignment from state security agencies.
 According to the prosecution, on the evening of June 8, 2021, Natalia and this man prepared Molotov cocktails, which they planned to use to set fire to the equipment. However, the crime was not completed—Natalia was detained before the arson could be committed.
 In court, Natalia testified that she had found herself in a difficult situation: in August 2020, an acquaintance of hers was arrested, she had lost her father, and was experiencing difficulties at work. She also confirmed that she had indeed been a member of the "OGSB" chat group and had intended to destroy logging equipment at the forestry enterprise.
 In December 2022, she was found guilty and sentenced to imprisonment in a general regime penal colony with a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 14 years of imprisonment in colony under general regime conditions, 400 basic values fine. Appeal 03.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Maxim Valerievich Solop</t>
-[...13 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 december 1987</t>
+  </si>
+  <si>
+    <t>He's a former medical examiner. I studied programming.</t>
+  </si>
+  <si>
+    <t>5,5 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Arthur Igorevich Syrokvasha</t>
   </si>
   <si>
     <t>18 december 1993</t>
   </si>
   <si>
     <t>Artur Syrokvasha served as deputy head of the Khoiniki border outpost, established in 2020. This means Artur worked on the border crossing through which Russian equipment entered Ukraine.
 He was the secretary of the local BRSM youth union. Artur's VKontakte profile indicates that he is originally from Minsk and graduated from BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Ekaterina Vladimirovna Zaretskaya</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexander Nikolaevich Trotsenko</t>
   </si>
   <si>
     <t>19 december 1971</t>
   </si>
   <si>
     <t>Trial outcome 26.09.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 10.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Vitaly Vladimirovich Leskovets</t>
+  </si>
+  <si>
+    <t>20 december 1975</t>
+  </si>
+  <si>
+    <t>Vitaly is a programmer. He worked at the Mogilev Metallurgical Plant and administered the company's website, in a specialized design bureau, as a software engineer at the Center for City Information Systems of Mogilev.
+The man's hobby is photography. He takes photos both on film and on digital cameras. Alexey regularly films various city events and shares photos on social networks. He also loves to travel, both in Belarus and abroad.
+He is being tried for donations to help Ukraine.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-19 18:56:57</t>
   </si>
   <si>
     <t>Evgeniy Vladimirovich Propolskiy</t>
   </si>
   <si>
     <t>20 december 1994</t>
   </si>
   <si>
     <t>Evgeny was detained in connection with the mass riots and accused of participating in Telegram channels of a "radical orientation."
 In May 2023, he was convicted again for "malicious disobedience to the demands of the colony administration."</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld. Trial outcome 03.05.2023: 1 year 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
+    <t>Vladimir Anatolevich Baslyk</t>
+  </si>
+  <si>
+    <t>20 december 1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Judge Anzhelika Danilova begins to consider the case on July 29 , 2024 in the Minsk Regional Court.
+</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.08.2024: unknown. Appeal 18.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:16:04</t>
+  </si>
+  <si>
     <t>Leonid Valentinovich Kozyr</t>
-  </si>
-[...1 lines deleted...]
-    <t>20 december 1981</t>
   </si>
   <si>
     <t>Leonid's first trial took place in the fall of 2022; he was charged under Article 369 and sentenced to restriction of freedom without referral.
 The second trial was announced in August 2024. Leonid is accused of "financing the activities of an extremist group" (Article 361-2 of the Criminal Code) and "recruiting, training or preparing for participation in a war, as well as providing material support for such activities" (Part 2 of Article 361-3 of the Criminal Code). The man was probably found to have donated to the Armed Forces of Ukraine. The sentence is most likely related to imprisonment.
 Leonid has a higher education , his last place of work was the private enterprise "Gomelstalstandart ".</t>
   </si>
   <si>
     <t>Trial outcome 12.10.2022: unknown years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 22.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Vitaly Vladimirovich Leskovets</t>
-[...18 lines deleted...]
-  <si>
     <t>Igor Mikhailovich Sushko</t>
   </si>
   <si>
     <t>21 december 1978</t>
   </si>
   <si>
     <t>Igor was detained on November 23, 2023. From a video on a pro-government channel published by security forces, it is known that he was a co-founder of a company for urban route transportation.
 On camera, Igor says that he was detained for comments in Telegram channels about the Belarusian and Russian military.</t>
   </si>
   <si>
     <t>Trial outcome 08.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Dmitry Sergeevich Osiyuk</t>
   </si>
   <si>
     <t>21 december 1987</t>
   </si>
   <si>
-    <t>It is not known what exactly Osiyuk is accused of. He faces a long prison term.
-[...3 lines deleted...]
-    <t>Trial outcome 14.08.2024: unknown. Appeal 16.01.2025: unknown.</t>
+    <t>It is known that Dmitry's case was largely fabricated, and some of his actions were deliberately provoked by intelligence officers.
+Human rights activists know that the man has been in custody since approximately December 2023. He was initially held in Minsk's Pretrial Detention Center No. 1 and then transferred to the Brest Pretrial Detention Center. He was sentenced to 20 years in prison, the first five of which will be in a penal colony.
+It is known that Osiyuk lived in Bereza and has a daughter.</t>
+  </si>
+  <si>
+    <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.08.2024: 20 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 16.01.2025: unknown.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Rogashchuk</t>
   </si>
   <si>
     <t>22 december 1985</t>
   </si>
   <si>
     <t>Vyacheslav was detained in connection with a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. After his arrest, he was beaten for three days and denied medical care, which caused him to suffer a microstroke. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
+  </si>
+  <si>
+    <t>Michael Yuryevich Neznanov</t>
+  </si>
+  <si>
+    <t>22 december 1982</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.07.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-24 23:50:24</t>
   </si>
   <si>
     <t>Victoria Alexandrovna Veras</t>
   </si>
   <si>
     <t>22 december 1994</t>
   </si>
   <si>
     <t>Victoria from Minsk, graduated from medical college. At first she worked in state clinics, then in the medical center "Sinevo".
 A person who knows Svetlana from college said that she was not interested in politics during her student years and was never a public activist. However, the events of 2020 changed the lives of tens of thousands, if not hundreds of thousands of Belarusians beyond recognition. And Veras was no exception.
 It is unknown when Victoria was detained.</t>
   </si>
   <si>
     <t>Trial outcome 18.11.2024: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-11-01 18:08:08</t>
   </si>
   <si>
-    <t>Michael Yuryevich Neznanov</t>
-[...10 lines deleted...]
-  <si>
     <t>Igor Mikhailovich Klochko</t>
   </si>
   <si>
     <t>23 december 1997</t>
   </si>
   <si>
     <t>Igor was convicted for participating in a protest that took place on August 11, 2020, in the city of Brest.</t>
   </si>
   <si>
     <t>IUOT-46, 213188, Mogiliov region, g.p. Krugloye, ul. Sovetskaya 96</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Trial outcome 26.06.2025: 2 years restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Sergei Alexandrovich Chernetsky</t>
   </si>
   <si>
     <t>23 december 1985</t>
   </si>
   <si>
     <t>According to the charges against Sergei Chernetsky, he left an offensive comment under a post with Filatov's photo in the Telegram channel "Board of Shame". On June 7, 2024, the Lida District Court heard the case against Sergei "On replacing the restriction of freedom without sending to an open-type correctional facility."</t>
   </si>
   <si>
     <t>2 years of restriction of freedom without referral. Replacement of punishment with imprisonment.</t>
   </si>
   <si>
     <t>2022-06-20 18:02:33</t>
   </si>
   <si>
     <t>Dmitriy Viktorovich Trukhan</t>
   </si>
   <si>
     <t>23 december 1981</t>
   </si>
   <si>
     <t>On December 8, 2023, an appeal court hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 5 years of imprisonment in colony under general regime conditions. Appeal 12.08.2023: unknown. Prosecutor's protest 08.12.2023: unknown.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Maksim Ivanovich Sobolev</t>
+  </si>
+  <si>
+    <t>23 december 1998</t>
+  </si>
+  <si>
+    <t>According to the prosecution , from August 10 to August 11, 2020, at that time, minors Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, as well as Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev, were on the roadway of Masherov Avenue, Cosmonauts Boulevards and Shevchenko, st. Soviet in Brest, “ they shouted slogans, demonstrated white-red-white canvases, grossly violating public order, deliberately impeding the movement of vehicles and the normal functioning of enterprises and organizations.”
+At the court hearing, everyone fully admitted their guilt.
+It is also known that Maxim Sobolev, Gleb Klimovich, Yulia Sharanova were convicted, including on “narcotic” charges.
+Maxim Sobolev under Part 1 of Art. 342 of the Criminal Code was sentenced to two years of imprisonment. But since Maxim was already convicted under the “narcotic” part 4 of Art. 328 of the Criminal Code, by partial addition of the main punishments and the full addition of an additional punishment, 12 years in prison were sentenced to serve in a correctional colony under a high security regime with a fine of 3,200 rubles.</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.05.2024: 12 years of imprisonment in colony under enhanced security conditions. Appeal 23.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:07:55</t>
+  </si>
+  <si>
+    <t>Alexander Viktorovich Konovalchik</t>
+  </si>
+  <si>
+    <t>24 december 1979</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Anatoly Viktorovich Latushka</t>
   </si>
   <si>
     <t>24 december 1976</t>
   </si>
   <si>
     <t>Detained for drawing using stencils of "Chase".
 Anatoly Latushka is the cousin of politician Pavel Latushko.
 On March 22, 2024, he was transferred to prison regime until the end of his term.</t>
   </si>
   <si>
-    <t>Trial outcome 20.09.2022: 6 years of imprisonment in colony under general regime conditions. Appeal 02.12.2022: unknown. Regime change trial 22.03.2024: unknown.</t>
+    <t>Trial outcome 20.09.2022: 6 years of imprisonment in colony under general regime conditions. Appeal 02.12.2022: unknown. Regime change trial 22.03.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Shablyko</t>
   </si>
   <si>
     <t>24 december 1996</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
     <t>Anatoly Vladimirovich Volodko</t>
   </si>
   <si>
     <t>25 december 1967</t>
   </si>
   <si>
     <t>Anatoly Volodko is 56 years old. He is a resident of Minsk. The man has a wife, an adult daughter and a son who will soon turn eighteen. Volodko worked as a programmer at Top Soft for over 20 years. It is engaged in the creation of the Galaxy product ecosystem, which is necessary for the digitalization of business. The company's central office is located in Russia, where Anatoly worked part of the time.
 The exact date of the man's arrest is unknown, but it was probably January 15 or 16, 2024. After all, on January 17, he and his wife were convicted of "petty hooliganism" - he was sentenced to 15 days, while the sentence for his wife is unknown. According to the testimony of security officials, Anatoly Volodko "was in a public place and, out of hooligan motives, was shouting loudly, using obscene language, waving his arms and behaving aggressively." The man did not admit his guilt and said that he was detained in his own home in the middle of the day. He did not do any of the things that the witnesses said.According to cellmate Anatoly Volodko, he refused to pay "donations" that KGB officers threatened to offer to those who made donations. In general, the man did not admit his guilt. Anatoly's cellmate claims that this served as the reason for further prosecution - administrative and criminal.
 On August 27, 2024, Anatoly had his appeal heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 11.06.2024: 8 years 6 months of imprisonment in colony under general regime conditions. Appeal 27.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
+    <t>Anastasia Yuryevna Gritskevich</t>
+  </si>
+  <si>
+    <t>25 december 1993</t>
+  </si>
+  <si>
+    <t>Anastasia, originally from Mozyr, graduated from the Belarusian State University of Physical Culture and Sport (BSUPhK) with a degree in tourism and hospitality and worked at the Minsk Arena. She traveled extensively and loved sports, including hockey and cycling.
+The date of Anastasia's arrest is unknown. She last posted on Telegram in February 2025. It was that month that arrests in the Gayun case were in full swing.
+Gritskevich hasn't been online since her arrest. This suggests she was sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
     <t>Dmitry Nikolaevich Khaltsov</t>
   </si>
   <si>
     <t>25 december 1987</t>
   </si>
   <si>
     <t>Dmitry Khaltsov is a sole proprietor. In 2020, Komsomolskaya Pravda wrote about him in a report on the protests in Gomel following the funeral of Alexander Vikhor, who was killed by police officers. He bought a megaphone with his own money and wrote in a local chat room suggesting they gather and go to the regional executive committee. The protesters then summoned the regional governor for a meeting.
 Due to the closed nature of the judicial system, the nature of the charges brought against Dmitry Khaltsov and his specific sentence are still unknown. All that is known is that he was sentenced to a prison term.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Igor Nikolaevich Kozlov</t>
   </si>
   <si>
     <t>25 december 1975</t>
   </si>
   <si>
     <t>A resident of the Mogilev region. Employees of the «Bobruisk plant of tractor parts and aggregates».
 He was detained for sabotage on the railway near the stations of Bobruisk, as well as arson of the shooting range of military unit 5527. Detained together with his wife.</t>
   </si>
   <si>
-    <t>14 years of imprisonment in a penal colony of strict regime.</t>
+    <t>Trial outcome 10.08.2022: 14 years of imprisonment in colony under enhanced security conditions. Appeal 25.10.2022: unknown.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Artem Shirinovich Nasanovich</t>
   </si>
   <si>
     <t>25 december 1994</t>
   </si>
   <si>
     <t>The reason for such a severe punishment, as well as the circumstances of the initiation of a criminal case, are still unknown.</t>
   </si>
   <si>
     <t>Trial outcome 25.03.2024: 2 years of imprisonment in colony in strict regime conditions. Appeal 14.06.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Artyom Evgenyevich Parkhamovich</t>
   </si>
   <si>
     <t>26 december 1995</t>
   </si>
   <si>
     <t>Artem, an employee of "Beltelecom," was detained on October 22, 2020, and sentenced for passing on the data of law enforcement personnel via Telegram.</t>
   </si>
   <si>
     <t>Trial outcome 08.02.2022: 11 years of imprisonment in colony under enhanced security conditions. Appeal 29.04.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
-  </si>
-[...29 lines deleted...]
-    <t>2025-02-02 16:04:21</t>
   </si>
   <si>
     <t>Vera Mikhailovna Kanonenko</t>
   </si>
   <si>
     <t>27 december 1974</t>
   </si>
   <si>
     <t>Was detained at the end of October 2024, during another "raid" against those suspected of solidarity with political prisoners.
 He is charged under several articles of the Criminal Code for interaction with “extremist groups.”</t>
   </si>
   <si>
-    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
-    <t>Paul Dmitrievich Yasny</t>
-[...7 lines deleted...]
-  <si>
     <t>Olga Dmitrievna Alekseeva</t>
   </si>
   <si>
     <t>27 december 1982</t>
   </si>
   <si>
     <t>Presumably detained for assisting political prisoners.</t>
   </si>
   <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
+    <t>Andrey Viktorovich Velikoselets</t>
+  </si>
+  <si>
+    <t>27 december 1984</t>
+  </si>
+  <si>
+    <t>On June 14, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.03.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 14.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:17:37</t>
+  </si>
+  <si>
     <t>Vyacheslav Yuryevich Malyshev</t>
   </si>
   <si>
     <t>29 december 1979</t>
   </si>
   <si>
     <t>Trial outcome 13.06.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...13 lines deleted...]
-  <si>
     <t>Olga Anatolyevna Osipchik</t>
   </si>
   <si>
     <t>30 december 1977</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
   </si>
   <si>
+    <t>Joseph (Yazep) Iosifovich Dulebo</t>
+  </si>
+  <si>
+    <t>30 december 1967</t>
+  </si>
+  <si>
+    <t>On May 3, 2024, the State Security Committee of Belarus added a number of media resources of the FreeInfoBel project to the list of so-called “extremist formations”, and specific people who, in their opinion, are related to the project were also indicated - Olga Pashkevich and Iosif Dulebo. Moreover, the introduction of FreeInfoBel in fact became known only 5 days later - on May 8.
+At the moment, it is unknown for what specific criminal case the man is in custody, but it can be assumed that it is related to “extremism.” We managed to find out that Dulebo was initially detained on an administrative matter. However, when the time came for release from the temporary detention center, Dulebo was not released - he was transferred to a pre-trial detention center.
+The man formerly headed the Vitebsk branch of the Belarusian Popular Front, but in the early 2000s he retired from party affairs.</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.11.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 04.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-05-22 19:29:24</t>
+  </si>
+  <si>
     <t>Valeriya Borisovna Kostyugova</t>
-  </si>
-[...1 lines deleted...]
-    <t>30 december 1967</t>
   </si>
   <si>
     <t>Valeria is a political scientist, founder and editor of the website of the expert community "Our Opinion", author and editor of the "Belarusian Yearbook", head of the group of experts for monitoring "Belarus in Focus".
 On June 30, 2021, after a search of her home by KGB officers, Valeria was detained and placed in an isolation ward, later transferred to a pre-trial detention center.
 On February 6, 2023, the court began considering her case on charges of "aiding actions aimed at seizing power," "calling for actions that harm national security," and "inciting social hatred." On March 17, 2023, the court sentenced Valeria in a closed session to 10 years of imprisonment in a general regime penal colony.</t>
   </si>
   <si>
     <t>Trial outcome 17.03.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 25.07.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Pavel Konstantinovich Severinets</t>
-[...13 lines deleted...]
-    <t>2021-02-26 21:15:58</t>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 december 1974</t>
+  </si>
+  <si>
+    <t>He was convicted for a comment about Ukraine made in 2022. The case was heard in the Minsk City Court.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.08.2025: 2 years of imprisonment in colony under general regime conditions. Appeal 14.10.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 december 1988</t>
+  </si>
+  <si>
+    <t>Programmer at SamSolutions.
+On September 15, 2023, the appeal was heard.
+In the summer of 2025, she suffered from pneumonia and was hospitalized in the medical unit.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.06.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 30.06.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
   </si>
   <si>
     <t>Alexander Fedorovich Borovik</t>
   </si>
   <si>
     <t>30 december 1981</t>
   </si>
   <si>
     <t>The man was accused of, in the court's opinion, leaving an offensive comment in a telegram addressed to the Minister of Internal Affairs Ivan Kubrakov and the Deputy Chief of the Internal Affairs Directorate of the Central District Administration of Minsk, Chief of the Criminal Police Vladimir Kubrakov. Alexander fully admitted his guilt and repented of his actions. Before the trial, the man was under personal surety. After the verdict was announced, he was taken into custody in the courtroom.
 Alexander Borovik has a minor child in his care. He works as a carpenter-machine operator.
 In January 2024, it became known that Pavel was again accused, but this time under Article 130 of the Criminal Code of the Republic of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 15.05.2023: 1 year of imprisonment in colony under general regime conditions. Trial outcome 29.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 25.06.2024: unknown.</t>
   </si>
   <si>
     <t>2023-05-02 13:34:46</t>
   </si>
   <si>
-    <t>Olesya Vyacheslavovna Shapkina</t>
-[...23 lines deleted...]
-    <t>2024-05-22 19:29:24</t>
+    <t>Alexey Alexandrovich Kubrakov</t>
+  </si>
+  <si>
+    <t>31 december 1981</t>
+  </si>
+  <si>
+    <t>2025-10-20 21:23:33</t>
+  </si>
+  <si>
+    <t>Nadzeya Alexandrovna Leskovets</t>
+  </si>
+  <si>
+    <t>31 december 1978</t>
+  </si>
+  <si>
+    <t>She was detained on January 23, 2024 during a massive raid by security forces on relatives of political prisoners and people who helped them.</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.07.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 01.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
+  </si>
+  <si>
+    <t>Olga Grigorievna Stroeva</t>
+  </si>
+  <si>
+    <t>31 december 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Vasiliev</t>
   </si>
   <si>
     <t>31 december 1994</t>
   </si>
   <si>
     <t>Detained for the administration of chats «Vitebsk -97%» and «Orsha -97%».
 Lighting designer at the Belarusian theater «Lyalka».</t>
   </si>
   <si>
     <t>12 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...22 lines deleted...]
-    <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Maxim Valerievich Sandracula</t>
   </si>
   <si>
     <t>Trial outcome 14.11.2024: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 14.01.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1805,51 +1769,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1969,2417 +1933,2353 @@
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
+        <v>78</v>
+      </c>
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...22 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>85</v>
-      </c>
-[...19 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>112</v>
+      </c>
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...22 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
+      </c>
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...22 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>122</v>
+      </c>
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...22 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...22 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>132</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
+        <v>166</v>
+      </c>
+      <c r="I32" t="s">
         <v>167</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>190</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
       </c>
-      <c r="B37" t="s">
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" t="s">
+        <v>199</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>200</v>
       </c>
-      <c r="B39" t="s">
+      <c r="I39" t="s">
         <v>201</v>
-      </c>
-[...16 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
+        <v>203</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
       </c>
-      <c r="B40" t="s">
+      <c r="I40" t="s">
         <v>206</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I41" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>218</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>223</v>
       </c>
-      <c r="B44" t="s">
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>224</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
         <v>228</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>229</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>233</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>83</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>132</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>53</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C51" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>65</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D52" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>32</v>
+        <v>267</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
+        <v>274</v>
+      </c>
+      <c r="I54" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>276</v>
+      </c>
+      <c r="B55" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>279</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>281</v>
+      </c>
+      <c r="B56" t="s">
+        <v>277</v>
+      </c>
+      <c r="C56" t="s">
+        <v>282</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
+        <v>283</v>
+      </c>
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...19 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
+        <v>292</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>293</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>298</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>132</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" t="s">
         <v>299</v>
-      </c>
-[...22 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B61" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C61" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E61" t="s">
+        <v>53</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>309</v>
+      </c>
+      <c r="B62" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" t="s">
+        <v>311</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>312</v>
+      </c>
+      <c r="F62" t="s">
+        <v>313</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>314</v>
+      </c>
+      <c r="I62" t="s">
         <v>315</v>
-      </c>
-[...22 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>316</v>
+      </c>
+      <c r="B63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
         <v>328</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
         <v>330</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="F65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>340</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...19 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>344</v>
+      </c>
+      <c r="I68" t="s">
         <v>345</v>
-      </c>
-[...22 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>348</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>349</v>
+      </c>
+      <c r="I69" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>351</v>
+      </c>
+      <c r="B70" t="s">
+        <v>352</v>
+      </c>
+      <c r="C70" t="s">
+        <v>353</v>
+      </c>
+      <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>355</v>
-      </c>
-[...19 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>356</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>358</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>93</v>
+      </c>
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
+        <v>362</v>
+      </c>
+      <c r="C72" t="s">
+        <v>363</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>329</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>366</v>
+      </c>
+      <c r="B73" t="s">
+        <v>367</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="I73" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>373</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>89</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
+        <v>378</v>
+      </c>
+      <c r="D75" t="s">
+        <v>52</v>
+      </c>
+      <c r="E75" t="s">
+        <v>359</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="I75" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>380</v>
+      </c>
+      <c r="B76" t="s">
+        <v>381</v>
+      </c>
+      <c r="C76" t="s">
+        <v>382</v>
+      </c>
+      <c r="D76" t="s">
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>53</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>383</v>
+      </c>
+      <c r="I76" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>385</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>77</v>
+        <v>392</v>
       </c>
       <c r="I78" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B79" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E79" t="s">
-        <v>66</v>
+        <v>335</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I79" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>397</v>
+      </c>
+      <c r="B80" t="s">
+        <v>398</v>
+      </c>
+      <c r="C80" t="s">
+        <v>399</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>400</v>
+      </c>
+      <c r="I80" t="s">
         <v>401</v>
-      </c>
-[...19 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>402</v>
+      </c>
+      <c r="B81" t="s">
+        <v>398</v>
+      </c>
+      <c r="C81" t="s">
+        <v>403</v>
+      </c>
+      <c r="D81" t="s">
+        <v>52</v>
+      </c>
+      <c r="E81" t="s">
+        <v>53</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>404</v>
+      </c>
+      <c r="I81" t="s">
         <v>405</v>
-      </c>
-[...22 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>406</v>
+      </c>
+      <c r="B82" t="s">
+        <v>407</v>
+      </c>
+      <c r="C82" t="s">
+        <v>408</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>273</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>409</v>
+      </c>
+      <c r="I82" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>411</v>
+      </c>
+      <c r="B83" t="s">
+        <v>412</v>
+      </c>
+      <c r="C83" t="s">
         <v>413</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
+        <v>52</v>
+      </c>
+      <c r="E83" t="s">
+        <v>53</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>414</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>415</v>
-      </c>
-[...16 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>416</v>
+      </c>
+      <c r="B84" t="s">
+        <v>417</v>
+      </c>
+      <c r="C84" t="s">
         <v>418</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>419</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>420</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>421</v>
+      </c>
+      <c r="B85" t="s">
+        <v>422</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>335</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="I85" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>424</v>
+      </c>
+      <c r="B86" t="s">
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>427</v>
+      </c>
+      <c r="I86" t="s">
         <v>428</v>
-      </c>
-[...22 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B87" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E87" t="s">
+        <v>359</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I87" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>432</v>
+      </c>
+      <c r="B88" t="s">
+        <v>433</v>
+      </c>
+      <c r="C88" t="s">
+        <v>434</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>70</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>435</v>
+      </c>
+      <c r="I88" t="s">
         <v>436</v>
-      </c>
-[...22 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>392</v>
+        <v>70</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
+      <c r="H89" t="s">
+        <v>438</v>
+      </c>
       <c r="I89" t="s">
-        <v>443</v>
-[...54 lines deleted...]
-        <v>451</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">