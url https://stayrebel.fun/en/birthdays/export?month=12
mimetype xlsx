--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,1460 +12,1529 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Mikhailov</t>
-[...5 lines deleted...]
-    <t>Stanislav was detained on August 9, 2020, in a cafe in the center of Pinsk while drinking coffee and was severely beaten. He was detained as part of a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
+    <t>Victor Viktorovich Sachkovsky</t>
+  </si>
+  <si>
+    <t>2 december 1989</t>
+  </si>
+  <si>
+    <t>According to the case materials , on February 27, 2022, the man filmed flights of military aircraft and sent the video to the so-called. "extremist formation". Where exactly the video was sent was not specified.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
-    <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
-[...1 lines deleted...]
-  <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
-[...13 lines deleted...]
-  <si>
     <t>Trial outcome 11.03.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 02.05.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
-    <t>Nikolay Vladimirovich Vasilevich</t>
+    <t>Nikolai Uladzimiravich Vasilevich</t>
   </si>
   <si>
     <t>3 december 1978</t>
   </si>
   <si>
     <t>Nikolai is accused of "financing terrorist activity", under which article he faces 8 to 12 years in prison.
 The man's last known place of employment was the Republican Olympic Training Center for Track and Field.
 On June 6, 2023, he was sentenced under Article 361-2 of the Criminal Code to 6 years in a maximum security penal colony and a large fine. Other details of the case are unknown.
 On September 1, 2023, Judge V. Cherevach was to consider the appeal of the political prisoner in the Supreme Court. At the moment, the first sentence has entered into force, so when the second was issued, Vasilevich was already considered to have a previous conviction.
 On September 12, 2023, another trial of Nikolai took place in the Pervomaisky District Court. This time, he was accused of "financing terrorist activity." In total, Svetlana Cherepovich sentenced him to 9 years and 6 months in a maximum security penal colony for his donations, as well as a fine of 600 basic units. The pro-government film states that he made at least 54 donations to solidarity funds.
 On November 14, 2023, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>9.5 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
     <t>Pavel Yurievich Lukashevich</t>
   </si>
   <si>
     <t>3 december 1987</t>
   </si>
   <si>
     <t>The detention of the Lidchan resident became known on September 22. In a police video, he said that he was “registered in the Peramoga Plan” and left “threats” to security forces in a telegram. According to the telegram channel “Detentions, courts in Lida,” the man was arrested for 15 days under an unnamed administrative article.</t>
   </si>
   <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
   </si>
   <si>
     <t>Trial outcome 27.05.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 23.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-05-02 18:38:03</t>
   </si>
   <si>
-    <t>Victor Alexandrovich Savchits</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexander Sergeevich Veresovich</t>
   </si>
   <si>
     <t>4 december 1966</t>
   </si>
   <si>
     <t>Alexander's name appeared in the court schedule. The man is accused of donating to help Ukraine and to an “extremist group.”
 It is noteworthy that the man made a donation in support of the “extremist formation” before May 2021, when there were no extremist formations in Belarus at all. Now the man faces from five to ten years in prison. The trial will begin on March 19 in the Minsk City Court.
 Alexander has a small business in Molodechno: as an individual entrepreneur he is engaged in cargo transportation on his own bus. He is raising two children: a young daughter who is finishing sixth grade, and a son who should now be in high school.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
+    <t>Victor Alexandrovich Savchits</t>
+  </si>
+  <si>
+    <t>4 december 1981</t>
+  </si>
+  <si>
+    <t>Judge Evgeny Pisarevich heard the case from August 28 to September 4, 2024. Viktor will also be ordered to pay 1,000 rubles in compensation for moral damages to the Logoisk police officer.
+On October 7, 2025, the verdict was announced in the second trial: taking into account the first trial - 6 years of imprisonment in a maximum security prison, a fine of 600 basic units, as well as compensation for moral damages to Chemodanova - 5,000 Belarusian rubles, Karpenkov - 2,000 Belarusian rubles, and Nikitenko - 5,000 Belarusian rubles.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.09.2024: 6 years of imprisonment in colony under general regime conditions, 1000 rubles of compensation. Appeal 05.11.2024: unknown. Trial outcome 07.10.2025: 6 years of imprisonment in colony under enhanced security conditions, 600 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:21:31</t>
+  </si>
+  <si>
+    <t>Marina Viktorovna Mazovka</t>
+  </si>
+  <si>
+    <t>5 december 1972</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-08-02 15:14:31</t>
+  </si>
+  <si>
     <t>Alexander Yurievich Volchok</t>
   </si>
   <si>
     <t>5 december 1986</t>
   </si>
   <si>
     <t>He was detained on June 28, 2021, served 7 days of administrative arrest. He was released on July 5, after which he was again detained by the staff of the investigative committee, but this time on a criminal case.
 According to the prosecution, Alexander on the ok.ru posted publications insulting Lukashenko. He also posted a comment and a video on the vk.com social network, spoke insultingly to Lukashenko.</t>
   </si>
   <si>
     <t>2,5 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
-    <t>Marina Viktorovna Mazovka</t>
-[...14 lines deleted...]
-    <t>2025-08-02 15:14:31</t>
+    <t>Vladimir Anatolyevich Trifonov</t>
+  </si>
+  <si>
+    <t>6 december 1964</t>
+  </si>
+  <si>
+    <t>The details of the case are unknown, since the trial took place in closed mode, and the criminal case itself is classified as secret.
+Details of the convict's detention are known from the propaganda film «Operation KGB «Mankurty»», which the Television News Agency showed in 2021.
+According to the ONT film, Vladimir Trifonov is a guide across the Belarusian-Lithuanian border, through which he had to illegally transfer Alexey Khralovich.
+He began serving his sentence.</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>14 years of imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:52:25</t>
   </si>
   <si>
     <t>Viktor Lameko</t>
   </si>
   <si>
     <t>6 december 1968</t>
   </si>
   <si>
     <t>Victor Lameko, an entrepreneur from Zelva, was brutally detained and beaten during his arrest. Initially, a protocol was drawn up against him under the administrative article 19.11 of the Code of Administrative Offenses of the Republic of Belarus (dissemination of extremist materials). Without even allowing Lameko to leave the courthouse, the security forces again detained him and again drew up a protocol under Art. 19.11 Administrative Code of the Republic of Belarus. When the man was in the pre-trial detention center, a third protocol was drawn up against him.
 As it became known , the businessman is in a pre-trial detention center, he has already been charged under a criminal article for libel against A.G. Lukashenka.
 While the man was in jail, his mother died.
 Viktor sued the tax authorities and defended entrepreneurs from the Grodno region in courts.
 On October 24, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>IK №3</t>
   </si>
   <si>
     <t>3 years in prison in a penal colony.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
     <t>Inna Viktorovna Korbut</t>
   </si>
   <si>
     <t>6 december 1993</t>
   </si>
   <si>
     <t xml:space="preserve">She graduated from Kuleshov Mogilev State University with a degree in child psychology. She has also lived in Mozyr and Mogilev. For the past three years, she has been a sole proprietor, specializing in photography.
 Inna was arrested and convicted in 2025 for "assisting extremist activity." The prosecution is related to the Gayun case. It is known that Inna was sentenced to a penal colony , but the sentence, as well as the exact nature of the charges, are unknown.
 </t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-11-01 18:11:07</t>
   </si>
   <si>
-    <t>Vladimir Anatolyevich Trifonov</t>
-[...26 lines deleted...]
-    <t>2025-11-15 23:37:00</t>
+    <t>Vladimir Leonidovich Leosevich</t>
+  </si>
+  <si>
+    <t>7 december 1981</t>
+  </si>
+  <si>
+    <t>A court hearing was held on October 30, 2023.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.10.2023: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
+  </si>
+  <si>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
   </si>
   <si>
     <t>Alexander Stanislavovich Yushkevich</t>
   </si>
   <si>
     <t>7 december 1987</t>
   </si>
   <si>
     <t>8 years of imprisonment in a maximum security colony.</t>
   </si>
   <si>
     <t>2023-09-04 22:43:02</t>
-  </si>
-[...16 lines deleted...]
-    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Egor Aleksandrovich Michailov</t>
   </si>
   <si>
     <t>7 december 1994</t>
   </si>
   <si>
     <t>Yegor was arrested in February 2021 and later convicted of setting fire to a T-72 tank aboard a military train at the Stepyanka railway station. According to the case file, on the night of January 31, 2021, he threw a Molotov cocktail with the inscription "OGSB" at the tank. His actions were classified as an "act of terrorism." According to the prosecution, Yegor committed the arson based on his political views.
 In early October 2023, it was announced that Yegor had been transferred to Pretrial Detention Center No. 1 in connection with a new criminal case opened under the article "organizing and preparing actions that grossly violate public order, or active participation therein." In this case, he was sentenced to an additional six months in prison.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>Trial outcome 26.07.2021: 10 years of imprisonment in colony under enhanced security conditions, 685 rubles of compensation. Trial outcome 05.10.2023: 6 months of imprisonment in colony under enhanced security conditions. Appeal 12.12.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
-[...5 lines deleted...]
-    <t>2025-11-01 22:19:38</t>
+    <t>Igor Vasilievich Cherpakov</t>
+  </si>
+  <si>
+    <t>7 december 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Liliya Yuruts</t>
+  </si>
+  <si>
+    <t>8 december 1976</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-17 18:20:13</t>
   </si>
   <si>
     <t>Marina Vladimirovna Leonovich</t>
   </si>
   <si>
     <t>8 december 1995</t>
   </si>
   <si>
     <t>Marina is a Belarusian-speaking IT specialist from EPAM who is also involved in creative work. She writes articles for the Belarusian Wikipedia, makes illustrations, translates into Belarusian, and writes poetry. After the start of full-scale Russian aggression against Ukraine, she moved to Georgia, but then returned to Belarus for unknown reasons. Soon after, she was detained as part of a criminal case and convicted under the articles “financing extremist activity” and “financing or other financial support of war.”</t>
   </si>
   <si>
     <t>Trial outcome 14.01.2025: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-03-14 18:44:29</t>
   </si>
   <si>
-    <t>Lily Vitoldovna Yurut</t>
-[...8 lines deleted...]
-    <t>2025-09-17 18:20:13</t>
+    <t>Kirill Kuokovic Nguyen</t>
+  </si>
+  <si>
+    <t>8 december 1993</t>
+  </si>
+  <si>
+    <t>On July 12, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.04.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 12.07.2024: the sentence was upheld. Trial outcome 25.03.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal 20.06.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 december 1992</t>
+  </si>
+  <si>
+    <t>Convicted for participating in protests, as well as for comments on social networks.</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
   </si>
   <si>
     <t>Natalia Sergeevna Saluk</t>
   </si>
   <si>
     <t>8 december 1999</t>
   </si>
   <si>
     <t>A pro-government telegram channel published a video about the detention of a Belarusian woman who took part in protests in 2020 and “obstructed the passage” of a traffic police car. As the authors of the channel write, a criminal case was opened against the girl. It is not specified under which article.
 It is known that Natalya graduated from BSTU in 2022.</t>
   </si>
   <si>
     <t>Trial outcome 16.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
-    <t>Kirill Kuokovic Nguyen</t>
-[...28 lines deleted...]
-  <si>
     <t>Anna Valentinovna Korneenko</t>
   </si>
   <si>
     <t>8 december 1985</t>
   </si>
   <si>
     <t>A former accountant at the Vavilov Minsk Electrotechnical Plant . The trial began on May 19 and was held behind closed doors, so little information about the charges is available. It is known that Anna was fired from her job following the "People's Ultimatum" in 2020, and then sued the company for wrongful dismissal.
 Anna's youngest child was only 5 months old when she was detained.</t>
   </si>
   <si>
     <t xml:space="preserve"> Trial outcome 24.05.2023: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
   </si>
   <si>
-    <t>Tatiana Ivanovna Palubok</t>
+    <t>Yauhen Kholadau</t>
+  </si>
+  <si>
+    <t>8 december 1982</t>
+  </si>
+  <si>
+    <t>On August 17, 2023, an appeal hearing was held. The verdict has entered into force.</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:13:51</t>
+  </si>
+  <si>
+    <t>Tatsiana Palubok</t>
   </si>
   <si>
     <t>9 december 1978</t>
   </si>
   <si>
     <t>It is known that the GUBOPiK officers are investigating the case against people who were allegedly involved in the Telegram chat "partisans of Novogrudok". Criminal cases have been opened against them under the article "extremism". All those who were interrogated in the case are being asked to sign a non-disclosure agreement.
 The media reports that at least six people among those detained by security forces 15 days ago have not been released after serving their administrative arrest, including Tatyana.</t>
   </si>
   <si>
-    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
+  </si>
+  <si>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 december 1969</t>
+  </si>
+  <si>
+    <t>Valentin is accused of making offensive comments about Lukashenko, Karanik, and Russian soldiers fighting in Ukraine. Valery worked as a kindergarten guard.
+On October 13, 2023, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Artem Anatolevich Lebedko</t>
   </si>
   <si>
     <t>9 december 1985</t>
   </si>
   <si>
     <t>According to human rights activists , the son of the politician Anatoly Lebedko is charged with financing extremist activities. Artyom was detained at the end of March and then twice sentenced to 15 days of arrest, after which he was charged and transferred to SIZO-1.
 According to the prosecution, in 2020, “for motives of ideological hostility,” using the account of one of the banks, he made several money transfers over the phone to three funds that were recognized as “extremist formations.” It is reported that the funds were transferred through the payment system of the popular social network Facebook. Presumably, we are talking about, among other things, the BY_help funds and the Belarusian Sports Solidarity Fund.
 At the trial, the political prisoner did not admit his guilt and stated that he did not understand the essence of the charges and did not understand why he was in the dock.</t>
   </si>
   <si>
-    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>3.5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
-  </si>
-[...11 lines deleted...]
-    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Daniel-Landsay Keita</t>
   </si>
   <si>
     <t>10 december 1999</t>
   </si>
   <si>
     <t>The pro-government telegram channel “Pulse of Grodno” published a video of a Minsk resident detained for participating in protests.
 In the video , the Belarusian says that in 2020 he took part in protests and left negative comments towards the authorities and police officers. The detainee also said that he had a bad attitude towards the Russian military.</t>
   </si>
   <si>
     <t>Trial outcome 31.01.2025: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Alina Valentinovna Khmelevskaya</t>
   </si>
   <si>
     <t>10 december 1984</t>
   </si>
   <si>
     <t>Alina was convicted in July 2024 under the articles "participation in an armed group or armed conflict on the territory of a foreign state" and "financing the activities of an extremist group."
 Human rights activists are unaware of the sentence or the nature of the charges, but in Belarus, the first article is typically used for prosecution for supporting Ukraine in the war. For such a donation, she could have been sentenced to five to ten years in a penal colony.</t>
   </si>
   <si>
     <t>Trial outcome 30.07.2024: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal 12.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
+  </si>
+  <si>
+    <t>Sergey Petrovich Zabelich</t>
+  </si>
+  <si>
+    <t>11 december 1972</t>
+  </si>
+  <si>
+    <t>51-year-old Sergei Zabelich from Minsk, graduated from the Belarusian State University of Informatics and Radioelectronics. Judging by Linkedin, he worked as a programmer for at least twenty years. In September 2022, he moved from Nikta Technologies to Intrahealth, an HTP resident operating in the Canadian market.
+It is known that Sergei was detained on December 13, 2020, when people went out together for street marches. On this day, another 300 Belarusians were detained.
+He is accused of two counts of “financing extremist activities, committed repeatedly” and “financing the activities of an extremist formation.” He faces up to eight years in prison.
+On June 7, 2024, the appeal was considered, and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.04.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 07.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
   </si>
   <si>
     <t>Maxim Vladimirovich Ralko</t>
   </si>
   <si>
     <t>11 december 2001</t>
   </si>
   <si>
     <t>Maxim was featured in a propaganda film, filmed in prison.
 In the spring of 2022, he joined Kalinovsky's volunteer regiment, which was formed in February of that year to defend Ukraine from a Russian invasion.
 According to a pro-government television channel, Ralko took part in military operations.
 In early 2024, Ralko resigned from Polk and returned to Warsaw. He began studying IT testing, attended protests, and worked as a security guard at Biedronka. He received subsidiary protection status. A couple of months after returning from Ukraine to Poland, Maksym had a falling out with his friends and disappeared. He accused one of them of espionage. He then reconnected in May 2024, claiming to be in Germany and planning to apply for asylum there. Maksym later reported that he had escaped from the refugee camp and left all his documents behind, including his passport.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 10 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Vilen Sergeevich Turgunov</t>
   </si>
   <si>
     <t>11 december 1968</t>
   </si>
   <si>
     <t>The reason for the detention of Gomel resident Vilen Turgunov was comments on the Internet, including negative ones towards the police.
 Vilen Turgunov is 55 years old. His father is from Uzbekistan, his mother is Belarusian. Vilen graduated from the university in Russian Novozybkov (Bryansk region) with a degree in jurisprudence. Vilen Turgunov worked at the Zheleznodorozhny District Department of Internal Affairs of the regional center. There were serious problems there. Back in 2001, he received a reprimand for “irresponsible attitude to service,” in 2002 he had “incomplete official inconsistency,” and in 2004 he received a reprimand for “gross violation of official discipline, violation of an order of the Ministry of Internal Affairs.”
 Later, the former policeman worked at a construction and installation trust in Gomel.
 The detainee actively maintained pages on various social networks, where he spoke about political and social events. For his support of Ukraine, other netizens called him a “Banderite.”
 Vilen Turgunov’s relative, Igor Kazubov, is also serving a sentence.</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2024: unknown. Appeal 25.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
-    <t>Sergey Petrovich Zabelich</t>
-[...16 lines deleted...]
-  <si>
     <t>Eugene Aleksandrovich Glushkov</t>
   </si>
   <si>
     <t>Evgeny Glushkov is a former Mogilev journalist, in the 90s and 2000s he worked on city television, after which he collaborated with several city portals.
 Glushkov was detained in early January by assault because the man did not open the door to the security forces. He was dragged out into the street in the same clothes he was wearing at home.
 According to some reports , it has been established that a criminal case has been opened against Glushkov for journalistic activities. The presumptive article is 361-1 of the Criminal Code of the Republic of Belarus (creation or participation in an extremist formation).</t>
   </si>
   <si>
     <t>Trial outcome 31.07.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Alla Ivanovna Puchinskaya</t>
   </si>
   <si>
     <t>11 december 1981</t>
   </si>
   <si>
     <t>On February 21, 2024, in the Pinsk District Court, Judge Andrey Bychilo considered the case under Part 2 of Article 19.11 of the Code of Administrative Offenses (Distribution of information products included in the republican list of extremist materials, as well as the production, publication, storage or transportation for the purpose of distributing such information products).
 Apparently, a criminal case was opened after this.</t>
   </si>
   <si>
     <t>Trial outcome 08.02.2024: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-01-31 18:44:06</t>
   </si>
   <si>
-    <t>Ilya Slavomirovich Gumbar</t>
-[...14 lines deleted...]
-  <si>
     <t>Igor Evstafievich Sidarovich</t>
   </si>
   <si>
     <t>12 december 1972</t>
   </si>
   <si>
     <t>Igor was first convicted for unfurling a banner reading, "While there is lawlessness in the country, resistance is our duty," blocking traffic. He was given a large fine.
 Later, he was convicted again for insulting the authorities through a comment in the chat "Molodechno for Life" and was assigned a preventive measure in the form of "house arrest". Igor has a disability, as he is missing one leg.
 At the end of 2024, it became known that Igor had been detained again and placed in custody. In July 2025, he was convicted under the article "Assistance to extremist activity", sentenced to imprisonment and a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 31.03.2021: 140 basic values fine. Trial outcome 02.06.2021: 1 year 6 months restrictions of freedom without referral to an open-type correctional facility, 1500 rubles of compensation. Trial outcome 22.07.2025: 4 years of imprisonment in colony under enhanced security conditions, 1000 basic values fine.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Leonid Valerievich Raichenok</t>
   </si>
   <si>
     <t>12 december 1986</t>
   </si>
   <si>
     <t>According to the prosecution , on May 17, 2022, Leonid Raichonok transferred $400 for body armor to Belarusian volunteers fighting on the side of Ukraine. He made a second donation in the amount of $150 to the benefit of the “Prague Support Team” (an association of Belarusians in Prague who collect donations and use them to buy uniforms, sometimes for weapons accessories, for Belarusian volunteers fighting on the side of Ukraine). The Brest resident’s actions were qualified as “financing citizens of the Republic of Belarus to participate on the territory of a foreign state in an armed formation of one of the warring parties, in armed conflicts, military operations.”
 On December 12, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 17.10.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal 12.12.2023: unknown.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 december 1980</t>
+  </si>
+  <si>
+    <t>On March 19, 2024, the court’s appeal was considered. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.01.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 19.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
+    <t>Ilya Slavomirovich Gumbar</t>
+  </si>
+  <si>
+    <t>12 december 1989</t>
+  </si>
+  <si>
+    <t>Ilya has been working for the IT company iTechArt for over twelve years. This is a large company with over one and a half thousand employees. Ilya is a Senior software engineer. Gumbar has two well-known hobbies - sports tourism and trail running. Trail running is running long distances across rough terrain, often impassable forests or high mountains (within the route, the altitude differences can reach thousands of meters). He ranks second in Belarus among men in this discipline according to the UTMB rating.
+On September 3, 2024, an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.07.2024: 5 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 03.09.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-07-01 19:56:24</t>
+  </si>
+  <si>
     <t>Olga Viktorovna Kolpakova</t>
   </si>
   <si>
     <t>13 december 1979</t>
   </si>
   <si>
     <t>Trial outcome 01.08.2025: 2 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
   </si>
   <si>
-    <t>Konstantin Sergeevich Pritulenko</t>
+    <t>Andrei Yuryevich Savinski</t>
+  </si>
+  <si>
+    <t>14 december 1987</t>
+  </si>
+  <si>
+    <t>According to the case materials , Savinsky transferred the equivalent of 50 US dollars to the accounts of funds recognized as “extremist” over the course of a year and a half. At the same time, he repeatedly used his Facebook account. He also created and posted 4 text messages in one of the telegram chats, allegedly aimed at “inciting social hostility in society.”
+On January 12, 2024, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.11.2023: 5 years of imprisonment in colony under general regime conditions, 200 basic values fine. Appeal 12.01.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
+    <t>Vladislav Vadimovich Brouwer</t>
+  </si>
+  <si>
+    <t>14 december 1995</t>
+  </si>
+  <si>
+    <t>2025-07-20 12:14:16</t>
+  </si>
+  <si>
+    <t>Kanstantsin Siarheyevich Prytulenka</t>
   </si>
   <si>
     <t>14 december 1979</t>
   </si>
   <si>
     <t>Former Assistant Prosecutor of the Glusk District.
 In the video published by the Investigative Committee, Prytulenko said that he sent the data of an employee of the prosecutor's office of the Glusk district and a doctor to the chat bot of the Black Book of Belarus.
 According to Nasha Niva, in 2005 Konstantin Prytulenko was an investigator, and later an assistant to the district prosecutor. Where Prytulenko worked before his arrest is unknown.
 Initially, the process was open, but, at the request of the injured officials and security forces, it was closed.In total, more than a dozen people pass as victims, including the former deputy chairman of the Mogilev city council, "the main ideologist of the city" Alla Galushko. Other victims include members of election commissions, prosecutors, law enforcers and other government officials.</t>
   </si>
   <si>
     <t>6 years in prison in a strict regime colony.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Andrey Yurievich Savinsky</t>
-[...23 lines deleted...]
-  <si>
     <t>Alexander Evgenyevich Sobolevsky</t>
   </si>
   <si>
     <t>15 december 1967</t>
   </si>
   <si>
     <t>In Mogilev, Sobolevsky is known as one of the freelancers who collaborated with city online publications until 2020. Ales was sentenced twice for an administrative violation for a day, after which he was not released.</t>
   </si>
   <si>
     <t>Trial outcome 31.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
     <t>Olga Vladimirovna Lotsmanova</t>
   </si>
   <si>
     <t>15 december 1972</t>
   </si>
   <si>
     <t>She was detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
   </si>
   <si>
     <t>Trial outcome 01.10.2024: 4 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 10.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Stanislav Valentinovich Kuzmitsky</t>
   </si>
   <si>
     <t>15 december 1986</t>
   </si>
   <si>
     <t>According to the case materials, Kuzmitsky, having perverted values and a wrong understanding of the word «patriotism»‎, purposefully joined a terrorist organization and headed certain resources of the network «...97».
 He administered more than 30 chats, which he filled with extremist materials under strict control and guidance from abroad. The man formed the composition of extremist communities, distributed roles and organized the participation of their members in protest actions.
 In addition, he took measures to unite and increase the number of communities: morally supported them in private conversations, organized joint leisure activities, distribution of propaganda products, drawing drawings and inscriptions of an extremist nature on the facades of buildings.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>15 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
+    <t>Aliaksandr Frantskevich</t>
+  </si>
+  <si>
+    <t>15 december 1988</t>
+  </si>
+  <si>
+    <t>The Investigative Committee calls him an active participant in destructive telegram channels and a representative of the «sofa troops».
+The victims in the case were 26 people.
+Frantskevich was held in custody until the trial.</t>
+  </si>
+  <si>
+    <t>4,5 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-06-28 16:49:54</t>
+  </si>
+  <si>
     <t>Victor Vasilevich Barket</t>
   </si>
   <si>
     <t>16 december 1973</t>
   </si>
   <si>
     <t>He was detained for comments about Russian military . A resident of Volkovysk . A "repentant video " was published on pro-government Telegram channels in which the man says that he was detained for insulting Russian military personnel who "serve in Ukraine " on Telegram , insulting the head of the regional executive committee and the Grodno military commissar.</t>
   </si>
   <si>
     <t>Trial outcome 12.02.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.05.2024: unknown.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Elena Nikolaevna Verbitskaya</t>
   </si>
   <si>
     <t>16 december 1955</t>
   </si>
   <si>
     <t>She was detained for helping political prisoners on January 23, 2024, after which Elena was released, but was detained again in April of the same year and placed in a pre-trial detention center.</t>
   </si>
   <si>
     <t>Trial outcome 26.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
-    <t>Pavel Vladimirovich Kuntsevich</t>
-[...29 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Yauheni Aliakseyevich Zbarouski</t>
+  </si>
+  <si>
+    <t>17 december 1981</t>
+  </si>
+  <si>
+    <t>Evgeny was charged under 9 articles of the Criminal Code. The reason for this was comments in Telegram and sending 0.28 and 0.004 bitcoins to the administrators of Telegram channels.
+In addition, from December 2019 to January 2020, he purchased particularly dangerous psychotropic substances, and on the territory of Russia (in the Bryansk region) he bought a firearm – a Makarov pistol (PM) and at least 46 cartridges for it.
+The trial lasted from February 14 to June 2, almost four months.
+Yevgeny partially admitted his guilt, explained that he did not agree with the results of the presidential elections in Belarus, and that is why he decided to act actively.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-02-14 21:25:55</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 december 1987</t>
+  </si>
+  <si>
+    <t>He's a former medical examiner. I studied programming.</t>
+  </si>
+  <si>
+    <t>5,5 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Natalia Sergeevna Matveeva</t>
   </si>
   <si>
     <t>17 december 1983</t>
   </si>
   <si>
     <t>Natalia was arrested in June 2021 on suspicion of planning to set fire to logging equipment. The arrest took place in the evening right on the forestry farm grounds, where she allegedly arrived with her accomplice, Gordeyev, who was actually on assignment from state security agencies.
 According to the prosecution, on the evening of June 8, 2021, Natalia and this man prepared Molotov cocktails, which they planned to use to set fire to the equipment. However, the crime was not completed—Natalia was detained before the arson could be committed.
 In court, Natalia testified that she had found herself in a difficult situation: in August 2020, an acquaintance of hers was arrested, she had lost her father, and was experiencing difficulties at work. She also confirmed that she had indeed been a member of the "OGSB" chat group and had intended to destroy logging equipment at the forestry enterprise.
 In December 2022, she was found guilty and sentenced to imprisonment in a general regime penal colony with a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 14 years of imprisonment in colony under general regime conditions, 400 basic values fine. Appeal 03.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Maxim Valerievich Solop</t>
+  </si>
+  <si>
+    <t>17 december 1988</t>
+  </si>
+  <si>
+    <t>Maxim Solop is 36 years old. He is originally from Brest. In 2012, he graduated from the Physics Department of the Francisk Skorina Gomel State University. He worked as an engineer at the Brest Information Computing Center for Export-Import Transportation of the Belarusian Railway.
+Maxim loves traveling and active recreation, and also engages in various sports and leads a healthy lifestyle.
+His trial will begin on February 24, 2025, in the Brest City Court. Maxim is accused of "calls for actions aimed at causing harm to the national security of Belarus" (Part 3 of Article 361 of the Criminal Code).</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Pavel Vladimirovich Kuntsevich</t>
+  </si>
+  <si>
+    <t>17 december 1985</t>
+  </si>
+  <si>
+    <t>Pavel Kuntsevich is 39 years old. He is a Minsk resident, he studied at the Minsk State Institute of Ecology named after Sakharov as a psychologist. He worked at the Chervensky market, where he had his own retail outlet, and recently he made greenhouses for money.
+Judging by social networks, he was detained in the fall of 2023. He was accused under Part 3 of Art. 361 of the Criminal Code of Belarus - “calls for sanctions or other actions aimed at harming the national security of Belarus.” Under the article, he faced up to 12 years in prison.Pavel has a large family - a wife and four children.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.01.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 01.03.2024: unknown. Trial outcome date unknown: 8 months of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Arthur Igorevich Syrokvasha</t>
   </si>
   <si>
     <t>18 december 1993</t>
   </si>
   <si>
     <t>Artur Syrokvasha served as deputy head of the Khoiniki border outpost, established in 2020. This means Artur worked on the border crossing through which Russian equipment entered Ukraine.
 He was the secretary of the local BRSM youth union. Artur's VKontakte profile indicates that he is originally from Minsk and graduated from BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
+    <t>Vitali Alehavich Vyprazhkin</t>
+  </si>
+  <si>
+    <t>18 december 1985</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>2026-01-20 22:41:31</t>
+  </si>
+  <si>
     <t>Alexander Nikolaevich Trotsenko</t>
   </si>
   <si>
     <t>19 december 1971</t>
   </si>
   <si>
     <t>Trial outcome 26.09.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 10.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Yauheni Anatolyevich Dorakhau</t>
+  </si>
+  <si>
+    <t>19 december 1980</t>
+  </si>
+  <si>
+    <t>Detained for comments.
+Worked as an energy engineer at Belgro.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-12 14:21:44</t>
+  </si>
+  <si>
+    <t>Evgeniy Vladimirovich Propolskiy</t>
+  </si>
+  <si>
+    <t>20 december 1994</t>
+  </si>
+  <si>
+    <t>Evgeny was detained in connection with the mass riots and accused of participating in Telegram channels of a "radical orientation."
+In May 2023, he was convicted again for "malicious disobedience to the demands of the colony administration."</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld. Trial outcome 03.05.2023: 1 year 6 months of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:08:25</t>
   </si>
   <si>
     <t>Vitaly Vladimirovich Leskovets</t>
   </si>
   <si>
     <t>20 december 1975</t>
   </si>
   <si>
     <t>Vitaly is a programmer. He worked at the Mogilev Metallurgical Plant and administered the company's website, in a specialized design bureau, as a software engineer at the Center for City Information Systems of Mogilev.
 The man's hobby is photography. He takes photos both on film and on digital cameras. Alexey regularly films various city events and shares photos on social networks. He also loves to travel, both in Belarus and abroad.
 He is being tried for donations to help Ukraine.</t>
   </si>
   <si>
     <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>Trial outcome 30.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-08-19 18:56:57</t>
   </si>
   <si>
-    <t>Evgeniy Vladimirovich Propolskiy</t>
-[...17 lines deleted...]
-  <si>
     <t>Vladimir Anatolevich Baslyk</t>
   </si>
   <si>
     <t>20 december 1981</t>
   </si>
   <si>
     <t xml:space="preserve">
 Judge Anzhelika Danilova begins to consider the case on July 29 , 2024 in the Minsk Regional Court.
 </t>
   </si>
   <si>
     <t>Trial outcome 02.08.2024: unknown. Appeal 18.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-09 23:16:04</t>
   </si>
   <si>
+    <t>Maksim Paulavich Sobaleu</t>
+  </si>
+  <si>
+    <t>20 december 1996</t>
+  </si>
+  <si>
+    <t>Detained for creating a chat in 2020, which was later recognized as extremist.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.01.2023: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 09.06.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
     <t>Leonid Valentinovich Kozyr</t>
   </si>
   <si>
     <t>Leonid's first trial took place in the fall of 2022; he was charged under Article 369 and sentenced to restriction of freedom without referral.
 The second trial was announced in August 2024. Leonid is accused of "financing the activities of an extremist group" (Article 361-2 of the Criminal Code) and "recruiting, training or preparing for participation in a war, as well as providing material support for such activities" (Part 2 of Article 361-3 of the Criminal Code). The man was probably found to have donated to the Armed Forces of Ukraine. The sentence is most likely related to imprisonment.
 Leonid has a higher education , his last place of work was the private enterprise "Gomelstalstandart ".</t>
   </si>
   <si>
     <t>Trial outcome 12.10.2022: unknown years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 22.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Igor Mikhailovich Sushko</t>
-[...14 lines deleted...]
-  <si>
     <t>Dmitry Sergeevich Osiyuk</t>
   </si>
   <si>
     <t>21 december 1987</t>
   </si>
   <si>
     <t>It is known that Dmitry's case was largely fabricated, and some of his actions were deliberately provoked by intelligence officers.
 Human rights activists know that the man has been in custody since approximately December 2023. He was initially held in Minsk's Pretrial Detention Center No. 1 and then transferred to the Brest Pretrial Detention Center. He was sentenced to 20 years in prison, the first five of which will be in a penal colony.
 It is known that Osiyuk lived in Bereza and has a daughter.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 14.08.2024: 20 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 16.01.2025: unknown.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Vyacheslav Nikolaevich Rogashchuk</t>
-[...8 lines deleted...]
-    <t>2021-02-27 01:38:50</t>
+    <t>Igor Mikhailovich Sushko</t>
+  </si>
+  <si>
+    <t>21 december 1978</t>
+  </si>
+  <si>
+    <t>Igor was detained on November 23, 2023. From a video on a pro-government channel published by security forces, it is known that he was a co-founder of a company for urban route transportation.
+On camera, Igor says that he was detained for comments in Telegram channels about the Belarusian and Russian military.</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.09.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Michael Yuryevich Neznanov</t>
   </si>
   <si>
     <t>22 december 1982</t>
   </si>
   <si>
     <t>Trial outcome 23.07.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
-  </si>
-[...66 lines deleted...]
-    <t>2023-09-27 17:29:24</t>
   </si>
   <si>
     <t>Maksim Ivanovich Sobolev</t>
   </si>
   <si>
     <t>23 december 1998</t>
   </si>
   <si>
     <t>According to the prosecution , from August 10 to August 11, 2020, at that time, minors Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, as well as Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev, were on the roadway of Masherov Avenue, Cosmonauts Boulevards and Shevchenko, st. Soviet in Brest, “ they shouted slogans, demonstrated white-red-white canvases, grossly violating public order, deliberately impeding the movement of vehicles and the normal functioning of enterprises and organizations.”
 At the court hearing, everyone fully admitted their guilt.
 It is also known that Maxim Sobolev, Gleb Klimovich, Yulia Sharanova were convicted, including on “narcotic” charges.
 Maxim Sobolev under Part 1 of Art. 342 of the Criminal Code was sentenced to two years of imprisonment. But since Maxim was already convicted under the “narcotic” part 4 of Art. 328 of the Criminal Code, by partial addition of the main punishments and the full addition of an additional punishment, 12 years in prison were sentenced to serve in a correctional colony under a high security regime with a fine of 3,200 rubles.</t>
   </si>
   <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 20.05.2024: 12 years of imprisonment in colony under enhanced security conditions. Appeal 23.07.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-08 18:07:55</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Konovalchik</t>
-[...8 lines deleted...]
-    <t>2026-01-17 00:05:19</t>
+    <t>Sergei Alexandrovich Chernetsky</t>
+  </si>
+  <si>
+    <t>23 december 1985</t>
+  </si>
+  <si>
+    <t>According to the charges against Sergei Chernetsky, he left an offensive comment under a post with Filatov's photo in the Telegram channel "Board of Shame". On June 7, 2024, the Lida District Court heard the case against Sergei "On replacing the restriction of freedom without sending to an open-type correctional facility."</t>
+  </si>
+  <si>
+    <t>2 years of restriction of freedom without referral. Replacement of punishment with imprisonment.</t>
+  </si>
+  <si>
+    <t>2022-06-20 18:02:33</t>
+  </si>
+  <si>
+    <t>Igor Mikhailovich Klochko</t>
+  </si>
+  <si>
+    <t>23 december 1997</t>
+  </si>
+  <si>
+    <t>Igor was convicted for participating in a protest that took place on August 11, 2020, in the city of Brest.</t>
+  </si>
+  <si>
+    <t>IUOT-46, 213188, Mogiliov region, g.p. Krugloye, ul. Sovetskaya 96</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.06.2025: 2 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-09-12 20:21:20</t>
+  </si>
+  <si>
+    <t>Dmitriy Viktorovich Trukhan</t>
+  </si>
+  <si>
+    <t>23 december 1981</t>
+  </si>
+  <si>
+    <t>On December 8, 2023, an appeal court hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 5 years of imprisonment in colony under general regime conditions. Appeal 12.08.2023: unknown. Prosecutor's protest 08.12.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Aliaksei Iharavich Chareshniau</t>
+  </si>
+  <si>
+    <t>24 december 1999</t>
+  </si>
+  <si>
+    <t>2026-03-02 10:59:22</t>
   </si>
   <si>
     <t>Anatoly Viktorovich Latushka</t>
   </si>
   <si>
     <t>24 december 1976</t>
   </si>
   <si>
     <t>Detained for drawing using stencils of "Chase".
 Anatoly Latushka is the cousin of politician Pavel Latushko.
 On March 22, 2024, he was transferred to prison regime until the end of his term.</t>
   </si>
   <si>
     <t>Trial outcome 20.09.2022: 6 years of imprisonment in colony under general regime conditions. Appeal 02.12.2022: unknown. Regime change trial 22.03.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Shablyko</t>
   </si>
   <si>
     <t>24 december 1996</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
+    <t>Aliaksandr Kanavalchyk</t>
+  </si>
+  <si>
+    <t>24 december 1979</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Khaltsov</t>
+  </si>
+  <si>
+    <t>25 december 1987</t>
+  </si>
+  <si>
+    <t>Dmitry Khaltsov is a sole proprietor. In 2020, Komsomolskaya Pravda wrote about him in a report on the protests in Gomel following the funeral of Alexander Vikhor, who was killed by police officers. He bought a megaphone with his own money and wrote in a local chat room suggesting they gather and go to the regional executive committee. The protesters then summoned the regional governor for a meeting.
+Due to the closed nature of the judicial system, the nature of the charges brought against Dmitry Khaltsov and his specific sentence are still unknown. All that is known is that he was sentenced to a prison term.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:04:38</t>
+  </si>
+  <si>
+    <t>Anastasia Yuryevna Gritskevich</t>
+  </si>
+  <si>
+    <t>25 december 1993</t>
+  </si>
+  <si>
+    <t>Anastasia, originally from Mozyr, graduated from the Belarusian State University of Physical Culture and Sport (BSUPhK) with a degree in tourism and hospitality and worked at the Minsk Arena. She traveled extensively and loved sports, including hockey and cycling.
+The date of Anastasia's arrest is unknown. She last posted on Telegram in February 2025. It was that month that arrests in the Gayun case were in full swing.
+Gritskevich hasn't been online since her arrest. This suggests she was sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
+    <t>Artem Shirinovich Nasanovich</t>
+  </si>
+  <si>
+    <t>25 december 1994</t>
+  </si>
+  <si>
+    <t>The reason for such a severe punishment, as well as the circumstances of the initiation of a criminal case, are still unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.03.2024: 2 years of imprisonment in colony in strict regime conditions. Appeal 14.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-16 16:55:57</t>
+  </si>
+  <si>
+    <t>Igor Nikolaevich Kozlov</t>
+  </si>
+  <si>
+    <t>25 december 1975</t>
+  </si>
+  <si>
+    <t>A resident of the Mogilev region. Employees of the «Bobruisk plant of tractor parts and aggregates».
+He was detained for sabotage on the railway near the stations of Bobruisk, as well as arson of the shooting range of military unit 5527. Detained together with his wife.</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.08.2022: 14 years of imprisonment in colony under enhanced security conditions. Appeal 25.10.2022: unknown.</t>
+  </si>
+  <si>
+    <t>2022-05-23 12:43:25</t>
+  </si>
+  <si>
     <t>Anatoly Vladimirovich Volodko</t>
   </si>
   <si>
     <t>25 december 1967</t>
   </si>
   <si>
     <t>Anatoly Volodko is 56 years old. He is a resident of Minsk. The man has a wife, an adult daughter and a son who will soon turn eighteen. Volodko worked as a programmer at Top Soft for over 20 years. It is engaged in the creation of the Galaxy product ecosystem, which is necessary for the digitalization of business. The company's central office is located in Russia, where Anatoly worked part of the time.
 The exact date of the man's arrest is unknown, but it was probably January 15 or 16, 2024. After all, on January 17, he and his wife were convicted of "petty hooliganism" - he was sentenced to 15 days, while the sentence for his wife is unknown. According to the testimony of security officials, Anatoly Volodko "was in a public place and, out of hooligan motives, was shouting loudly, using obscene language, waving his arms and behaving aggressively." The man did not admit his guilt and said that he was detained in his own home in the middle of the day. He did not do any of the things that the witnesses said.According to cellmate Anatoly Volodko, he refused to pay "donations" that KGB officers threatened to offer to those who made donations. In general, the man did not admit his guilt. Anatoly's cellmate claims that this served as the reason for further prosecution - administrative and criminal.
 On August 27, 2024, Anatoly had his appeal heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 11.06.2024: 8 years 6 months of imprisonment in colony under general regime conditions. Appeal 27.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
-    <t>Anastasia Yuryevna Gritskevich</t>
-[...63 lines deleted...]
-    <t>Artyom Evgenyevich Parkhamovich</t>
+    <t>Anton Uladzimiravich Kazachenka</t>
+  </si>
+  <si>
+    <t>26 december 1994</t>
+  </si>
+  <si>
+    <t>Anton worked for a car repair company in Minsk. He also worked for a while in Russia, in Elektrostal, near Moscow.
+In recent years, Anton has become interested in the IT field and has taken various online courses.
+Outside of work, Anton's main passion was technology—he loves sports motorcycles and fast cars and is a subscriber to themed communities.
+Most likely Anton is in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years restrictions of freedom with referral to an open-type correctional facility. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-02-24 03:13:21</t>
+  </si>
+  <si>
+    <t>Artsiom Yauhenavich Parkhamovich</t>
   </si>
   <si>
     <t>26 december 1995</t>
   </si>
   <si>
-    <t>Artem, an employee of "Beltelecom," was detained on October 22, 2020, and sentenced for passing on the data of law enforcement personnel via Telegram.</t>
-[...2 lines deleted...]
-    <t>Trial outcome 08.02.2022: 11 years of imprisonment in colony under enhanced security conditions. Appeal 29.04.2022: the sentence was upheld.</t>
+    <t>Artyom, a former Beltelecom employee, was arrested in October 2020 as part of a criminal case opened under eight articles, including "illegal actions against private information and personal data" and "interference with the activities of a law enforcement officer." Artyom was also reportedly severely beaten during his arrest.
+In February 2022, he was convicted of "transferring personal and other personal data of more than 150 individuals to Telegram channels deemed extremist" and sentenced to a long prison term, as well as to pay a large amount of compensation to the "victims."</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.02.2022: 11 years of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 29.04.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
-    <t>Vera Mikhailovna Kanonenko</t>
+    <t>Vera Mikhajlauna Kananenka</t>
   </si>
   <si>
     <t>27 december 1974</t>
   </si>
   <si>
-    <t>Was detained at the end of October 2024, during another "raid" against those suspected of solidarity with political prisoners.
-He is charged under several articles of the Criminal Code for interaction with “extremist groups.”</t>
+    <t>Was detained   at the end of October 2024, during another "raid" against those suspected of solidarity with political prisoners.
+He is charged under several articles of the Criminal Code for collaborating with "extremist groups." According to the investigation, the defendants were couriers for the BYSOL initiative, "their tasks included receiving and transferring money to other members of the group, distributing it to support those involved in illegal protests and extremist activities."
+Her common-law husband, Sergei Kardash, was also detained.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 12.02.2026: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
     <t>Olga Dmitrievna Alekseeva</t>
   </si>
   <si>
     <t>27 december 1982</t>
   </si>
   <si>
     <t>Presumably detained for assisting political prisoners.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Velikoselets</t>
-[...13 lines deleted...]
-  <si>
     <t>Vyacheslav Yuryevich Malyshev</t>
   </si>
   <si>
     <t>29 december 1979</t>
   </si>
   <si>
     <t>Trial outcome 13.06.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
     <t>Olga Anatolyevna Osipchik</t>
   </si>
   <si>
     <t>30 december 1977</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 december 1974</t>
+  </si>
+  <si>
+    <t>He was convicted for a comment about Ukraine made in 2022. The case was heard in the Minsk City Court.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.08.2025: 2 years of imprisonment in colony under general regime conditions. Appeal 14.10.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
   </si>
   <si>
     <t>Joseph (Yazep) Iosifovich Dulebo</t>
   </si>
   <si>
     <t>30 december 1967</t>
   </si>
   <si>
     <t>On May 3, 2024, the State Security Committee of Belarus added a number of media resources of the FreeInfoBel project to the list of so-called “extremist formations”, and specific people who, in their opinion, are related to the project were also indicated - Olga Pashkevich and Iosif Dulebo. Moreover, the introduction of FreeInfoBel in fact became known only 5 days later - on May 8.
 At the moment, it is unknown for what specific criminal case the man is in custody, but it can be assumed that it is related to “extremism.” We managed to find out that Dulebo was initially detained on an administrative matter. However, when the time came for release from the temporary detention center, Dulebo was not released - he was transferred to a pre-trial detention center.
 The man formerly headed the Vitebsk branch of the Belarusian Popular Front, but in the early 2000s he retired from party affairs.</t>
   </si>
   <si>
     <t>Trial outcome 26.11.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 04.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 december 1988</t>
+  </si>
+  <si>
+    <t>Programmer at SamSolutions.
+On September 15, 2023, the appeal was heard.
+In the summer of 2025, she suffered from pneumonia and was hospitalized in the medical unit.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.06.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 30.06.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
+  </si>
+  <si>
+    <t>Aliaksandr Baravik</t>
+  </si>
+  <si>
+    <t>30 december 1981</t>
+  </si>
+  <si>
+    <t>The man was accused of, in the court's opinion, leaving an offensive comment in a telegram addressed to the Minister of Internal Affairs Ivan Kubrakov and the Deputy Chief of the Internal Affairs Directorate of the Central District Administration of Minsk, Chief of the Criminal Police Vladimir Kubrakov. Alexander fully admitted his guilt and repented of his actions. Before the trial, the man was under personal surety. After the verdict was announced, he was taken into custody in the courtroom.
+Alexander Borovik has a minor child in his care. He works as a carpenter-machine operator.
+In January 2024, it became known that Pavel was again accused, but this time under Article 130 of the Criminal Code of the Republic of Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.05.2023: 1 year of imprisonment in colony under general regime conditions. Trial outcome 29.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 25.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
     <t>Valeriya Borisovna Kostyugova</t>
   </si>
   <si>
     <t>Valeria is a political scientist, founder and editor of the website of the expert community "Our Opinion", author and editor of the "Belarusian Yearbook", head of the group of experts for monitoring "Belarus in Focus".
 On June 30, 2021, after a search of her home by KGB officers, Valeria was detained and placed in an isolation ward, later transferred to a pre-trial detention center.
 On February 6, 2023, the court began considering her case on charges of "aiding actions aimed at seizing power," "calling for actions that harm national security," and "inciting social hatred." On March 17, 2023, the court sentenced Valeria in a closed session to 10 years of imprisonment in a general regime penal colony.</t>
   </si>
   <si>
     <t>Trial outcome 17.03.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 25.07.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...54 lines deleted...]
-    <t>2025-10-20 21:23:33</t>
+    <t>Maxim Valerievich Sandracula</t>
+  </si>
+  <si>
+    <t>31 december 1978</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.11.2024: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 14.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:59:06</t>
   </si>
   <si>
     <t>Nadzeya Alexandrovna Leskovets</t>
   </si>
   <si>
-    <t>31 december 1978</t>
-[...1 lines deleted...]
-  <si>
     <t>She was detained on January 23, 2024 during a massive raid by security forces on relatives of political prisoners and people who helped them.</t>
   </si>
   <si>
     <t>Trial outcome 11.07.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 01.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Olga Grigorievna Stroeva</t>
   </si>
   <si>
     <t>31 december 1959</t>
   </si>
   <si>
     <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Aliaksandr Sulzhyts</t>
+  </si>
+  <si>
+    <t>31 december 1980</t>
+  </si>
+  <si>
+    <t>Alexander's career began in logistics, working as a transport manager at Pinskdrev, then held positions at Belinterlogistik and ElektroEra. He then worked as a purchasing manager at the international company Exide Technologies.
+From 2019 to 2022, Sulzhyts worked at Rozum Robotics, where he rose from supply chain manager to head of the robotics automation department. His most recent position was at 4RM Systems (May 2023 – May 2025), where he developed the Stemma AI-powered solution for automating self-checkouts in retail—4RM Systems' self-checkouts are now installed in many Belarusian stores.
+The man was an active member of the automotive community.
+He has a wife and two children.</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:47:20</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Vasiliev</t>
   </si>
   <si>
     <t>31 december 1994</t>
   </si>
   <si>
     <t>Detained for the administration of chats «Vitebsk -97%» and «Orsha -97%».
 Lighting designer at the Belarusian theater «Lyalka».</t>
   </si>
   <si>
     <t>12 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1769,2517 +1838,2621 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>78</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>84</v>
       </c>
       <c r="I15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>91</v>
+      </c>
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
         <v>104</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>105</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>106</v>
       </c>
-      <c r="D20" t="s">
-[...11 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" t="s">
         <v>109</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>110</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>111</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
         <v>114</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>115</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>116</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
         <v>119</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>120</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>121</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>122</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>106</v>
+      </c>
+      <c r="I25" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>133</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>121</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
         <v>139</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>83</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
         <v>144</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>145</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>146</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>150</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
         <v>154</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>155</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
         <v>159</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>160</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>161</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" t="s">
         <v>164</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
         <v>168</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>169</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
         <v>173</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>174</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="D34" t="s">
-[...11 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
         <v>178</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>179</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
         <v>183</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>184</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>83</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
         <v>188</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>189</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>190</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B38" t="s">
         <v>193</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>194</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>196</v>
+      </c>
+      <c r="B39" t="s">
         <v>197</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>198</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>199</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>201</v>
+      </c>
+      <c r="B40" t="s">
         <v>202</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>43</v>
+      </c>
+      <c r="I40" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>204</v>
+      </c>
+      <c r="B41" t="s">
+        <v>205</v>
+      </c>
+      <c r="C41" t="s">
+        <v>206</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>207</v>
       </c>
-      <c r="B41" t="s">
+      <c r="I41" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
         <v>210</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>211</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>212</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
         <v>215</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>216</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>217</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>219</v>
+      </c>
+      <c r="B44" t="s">
         <v>220</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>221</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>222</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>223</v>
       </c>
-      <c r="F44" t="s">
-[...5 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
         <v>226</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>228</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B46" t="s">
         <v>231</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>232</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>53</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
+        <v>233</v>
+      </c>
+      <c r="I46" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>235</v>
+      </c>
+      <c r="B47" t="s">
         <v>236</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>237</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>238</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
         <v>241</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>242</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>243</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>244</v>
       </c>
       <c r="I48" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>246</v>
       </c>
       <c r="B49" t="s">
         <v>247</v>
       </c>
       <c r="C49" t="s">
         <v>248</v>
       </c>
       <c r="D49" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>53</v>
+        <v>222</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>249</v>
       </c>
       <c r="I49" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>251</v>
       </c>
       <c r="B50" t="s">
         <v>252</v>
       </c>
       <c r="C50" t="s">
         <v>253</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>223</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>254</v>
       </c>
       <c r="I50" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>256</v>
       </c>
       <c r="B51" t="s">
         <v>257</v>
       </c>
       <c r="C51" t="s">
         <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
+      <c r="E51" t="s">
+        <v>121</v>
+      </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="I51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B52" t="s">
-        <v>261</v>
+        <v>262</v>
+      </c>
+      <c r="C52" t="s">
+        <v>263</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>65</v>
       </c>
       <c r="I53" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B54" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>272</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>273</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H54" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
+        <v>280</v>
+      </c>
+      <c r="C56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>287</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>288</v>
       </c>
       <c r="I57" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>290</v>
       </c>
       <c r="B58" t="s">
         <v>291</v>
       </c>
       <c r="C58" t="s">
         <v>292</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>293</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>294</v>
       </c>
       <c r="I58" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>296</v>
       </c>
       <c r="B59" t="s">
         <v>297</v>
       </c>
       <c r="C59" t="s">
         <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>16</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>301</v>
+        <v>302</v>
+      </c>
+      <c r="C60" t="s">
+        <v>303</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B61" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C61" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F62" t="s">
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>314</v>
       </c>
       <c r="I62" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>316</v>
       </c>
       <c r="B63" t="s">
         <v>317</v>
       </c>
       <c r="C63" t="s">
         <v>318</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H63" t="s">
         <v>319</v>
       </c>
       <c r="I63" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>321</v>
       </c>
       <c r="B64" t="s">
         <v>322</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>323</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>325</v>
+      </c>
+      <c r="B65" t="s">
         <v>326</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>327</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>328</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>243</v>
+      </c>
+      <c r="H65" t="s">
         <v>329</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>331</v>
+      </c>
+      <c r="B66" t="s">
+        <v>332</v>
+      </c>
+      <c r="C66" t="s">
         <v>333</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>334</v>
       </c>
-      <c r="D66" t="s">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="I66" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>336</v>
+      </c>
+      <c r="B67" t="s">
         <v>337</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>338</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
         <v>339</v>
       </c>
-      <c r="D67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>340</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I67" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B68" t="s">
-        <v>343</v>
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B69" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>349</v>
+        <v>43</v>
       </c>
       <c r="I69" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>351</v>
       </c>
       <c r="B70" t="s">
         <v>352</v>
       </c>
       <c r="C70" t="s">
         <v>353</v>
       </c>
       <c r="D70" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>354</v>
       </c>
       <c r="I70" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>356</v>
       </c>
       <c r="B71" t="s">
         <v>357</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>358</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>359</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>360</v>
+      </c>
+      <c r="B72" t="s">
         <v>361</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>362</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>364</v>
+      </c>
+      <c r="B73" t="s">
+        <v>365</v>
+      </c>
+      <c r="C73" t="s">
         <v>366</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
         <v>367</v>
       </c>
-      <c r="C73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" t="s">
         <v>368</v>
-      </c>
-[...13 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>369</v>
+      </c>
+      <c r="B74" t="s">
+        <v>370</v>
+      </c>
+      <c r="C74" t="s">
         <v>371</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>41</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>362</v>
+      </c>
+      <c r="I74" t="s">
         <v>372</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>373</v>
+      </c>
+      <c r="B75" t="s">
+        <v>374</v>
+      </c>
+      <c r="C75" t="s">
+        <v>375</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>376</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>377</v>
-      </c>
-[...16 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>378</v>
+      </c>
+      <c r="B76" t="s">
+        <v>379</v>
+      </c>
+      <c r="C76" t="s">
         <v>380</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>328</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>381</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>382</v>
-      </c>
-[...16 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>383</v>
+      </c>
+      <c r="B77" t="s">
+        <v>384</v>
+      </c>
+      <c r="C77" t="s">
         <v>385</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
         <v>386</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>387</v>
-      </c>
-[...16 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>388</v>
+      </c>
+      <c r="B78" t="s">
+        <v>389</v>
+      </c>
+      <c r="C78" t="s">
         <v>390</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>340</v>
+      </c>
+      <c r="G78" t="s">
+        <v>243</v>
+      </c>
+      <c r="H78" t="s">
         <v>391</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>393</v>
+      </c>
+      <c r="B79" t="s">
         <v>394</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>335</v>
+        <v>83</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>396</v>
       </c>
       <c r="I79" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C80" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E80" t="s">
+        <v>367</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I80" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C81" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="I81" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B82" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>273</v>
+        <v>53</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="I82" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B83" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E83" t="s">
-        <v>53</v>
+        <v>273</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H83" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>415</v>
+      </c>
+      <c r="B84" t="s">
         <v>416</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>417</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>287</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
         <v>418</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="H84" t="s">
+      <c r="I84" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>420</v>
+      </c>
+      <c r="B85" t="s">
         <v>421</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
+        <v>423</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C86" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I86" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B87" t="s">
-        <v>430</v>
+        <v>431</v>
+      </c>
+      <c r="C87" t="s">
+        <v>432</v>
       </c>
       <c r="D87" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>433</v>
       </c>
       <c r="I87" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B88" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="C88" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E88" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I88" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B89" t="s">
-        <v>425</v>
+        <v>440</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="I89" t="s">
-        <v>439</v>
+        <v>442</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>443</v>
+      </c>
+      <c r="B90" t="s">
+        <v>440</v>
+      </c>
+      <c r="C90" t="s">
+        <v>444</v>
+      </c>
+      <c r="D90" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>445</v>
+      </c>
+      <c r="I90" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>447</v>
+      </c>
+      <c r="B91" t="s">
+        <v>448</v>
+      </c>
+      <c r="D91" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" t="s">
+        <v>367</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>450</v>
+      </c>
+      <c r="B92" t="s">
+        <v>451</v>
+      </c>
+      <c r="C92" t="s">
+        <v>452</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>454</v>
+      </c>
+      <c r="B93" t="s">
+        <v>455</v>
+      </c>
+      <c r="C93" t="s">
+        <v>456</v>
+      </c>
+      <c r="D93" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>457</v>
+      </c>
+      <c r="I93" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">