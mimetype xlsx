--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -66,823 +66,761 @@
     <t>Alexander Sergeevich Shkryadov</t>
   </si>
   <si>
     <t>1 february 1982</t>
   </si>
   <si>
     <t>Alexander was convicted in December 2023 under the article "organizing and preparing actions that grossly violate public order, or active participation in them" and was sentenced to restricted freedom with referral to an open-type institution.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Trial outcome 13.12.2023: 2 years restrictions of freedom with referral to an open-type correctional facility. Appeal 28.02.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Alexander Zufarievich Ziyazetdinov</t>
+  </si>
+  <si>
+    <t>1 february 1987</t>
+  </si>
+  <si>
+    <t>The Belarusian state TV channel reported that Alexander transferred about 800 US dollars to BYPOL in May 2021. It is worth noting that BYPOL was recognized as an extremist organization in November 2021, meaning that at the time of the transfer, the initiative was not extremist.
+According to witnesses, Alexander was indeed offered compensation for the damage through a fund associated with the president. He agreed to such compensation in exchange for his release, but things did not go according to plan. Alexander was refused, and his money (about 30 bitcoins) was confiscated. The BYPOL organization was recognized as a "terrorist formation", and a new criminal case was opened against Alexander under the article "Financing terrorist activity".
+On March 15, 2024, in the Minsk City Court, Judge Elena Shilkо issued a new sentence – 9 years of imprisonment. The waves of pardons that swept across the country did not affect the political prisoner.</t>
+  </si>
+  <si>
+    <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
+  </si>
+  <si>
+    <t>In custody</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.10.2022: 3 years of imprisonment in colony under general regime conditions. Appeal 27.01.2023: unknown. Trial outcome 15.03.2024: 9 years of imprisonment in colony under general regime conditions. Appeal 17.05.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2022-10-13 21:55:50</t>
   </si>
   <si>
     <t>Vladimir Alexandrovich Denisenko</t>
   </si>
   <si>
     <t>1 february 1977</t>
   </si>
   <si>
     <t>A psychologist and individual entrepreneur from Slutsk. He graduated from the Minsk Aviation Technical School of Civil Aviation and the Yanka Kupala University of Grodno, specializing in Psychology. Vladimir actively helped people with alcohol addiction. He was fond of sports and reading. He has two adult children.
 In November 2020, Vladimir was already detained under Article 23.34 of the Code of Administrative Offenses and sentenced to 10 days of administrative arrest, which he served in Slutsk.
 On June 24, 2025, he was detained at home in the so-called “Gayun case”.</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
   </si>
   <si>
-    <t>In custody</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-22 18:36:28</t>
-  </si>
-[...51 lines deleted...]
-    <t>2024-06-21 15:40:54</t>
   </si>
   <si>
     <t>Victor Dmitrievich Novik</t>
   </si>
   <si>
     <t>2 february 1989</t>
   </si>
   <si>
     <t>Customs officer.
 In the Minsk City Court from October 10, 2023 to February 6, 2024, a closed hearing was held against three customs service employees Evgeniy Gurinovich, Viktor Novik and Vladimir Zhuromsky. In total, they were tried under eight articles of the Criminal Code. Among other things, they are accused of “treason to the state,” “promoting extremist activities,” “exceeding official authority,” “inciting other social hostility,” and “creating or participating in extremist formations.”
 The details of the case and the reasons for the persecution are unknown to human rights activists.
 On May 24, 2024, an appeal hearing was held and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 05.02.2024: 13 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 24.05.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
-    <t>Maksim Bogdanovich Senik</t>
-[...17 lines deleted...]
-  <si>
     <t>Peter Cheslavovich Yurkevich</t>
   </si>
   <si>
     <t>2 february 1973</t>
   </si>
   <si>
     <t>Pyotr was arrested in January 2022 on politically motivated terrorism charges and convicted on several criminal charges. He was sentenced to a lengthy prison sentence, the first five years of which will be in a penal colony.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly plotted extremist crimes in Belarus, Turkey, Poland, Ukraine, and other countries. It included radical military personnel, security officials, athletes, and businessmen seeking to seize power illegally. This case is related to the attempted arson of MP Oleg Gaidukevich's home in June 2021 and the "organization of mass unrest."
 Petr was transferred again to Pretrial Detention Center No. 1 in 2025, likely for a new criminal case; in early November 2025, he was again transferred to a penal colony.</t>
   </si>
   <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
     <t>Trial outcome 21.06.2023: 9 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
   </si>
   <si>
-    <t>Valentin Valentinovich Panasik</t>
-[...13 lines deleted...]
-    <t>2022-01-26 01:02:00</t>
+    <t>Andrey Vladimirovich Andronov</t>
+  </si>
+  <si>
+    <t>2 february 1977</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Alexander Valerievich Koval</t>
   </si>
   <si>
     <t>3 february 1985</t>
   </si>
   <si>
     <t>Koval was detained on May 28, 2023 right at the border. He was returning from a competition in Slovakia, and upon entering Belarus, Koval’s phone was asked to be checked. The man himself provided the security forces with his phone and password. During the examination, he was found to have data that was “prohibited” according to the Belarusian security forces. Since that day, Koval has been in captivity.At the criminal trial, Koval was accused of sending a video to the Nexta Editorial telegram bot on March 27, 2022. The video showed the movement of military equipment on the MKAD ring road (around Minsk). Thus, according to the state prosecution, Koval committed a crime, because the Belarusian authorities consider Nexta an “extremist formation.”</t>
   </si>
   <si>
     <t>2.5 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Sergey Viktorovich Doronin</t>
   </si>
   <si>
     <t>3 february 1975</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 13.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Andrey Aleksandrovich Garun</t>
   </si>
   <si>
     <t>4 february 1989</t>
   </si>
   <si>
     <t>A former law enforcement officer, then worked at EPAM before being detained.
 He was detained in October 2021 under Article 130 of the Criminal Code (Inciting social discord) for transmitting the data of security forces to the telegram channels «Karateli Belarusi» and «Chernaya kniga Belarusi» («Punishers of Belarus» and «Black Book of Belarus»).</t>
   </si>
   <si>
     <t>IK №3</t>
   </si>
   <si>
     <t>7 years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
+  </si>
+  <si>
+    <t>Valentin Arkadyevich Antsypovich</t>
+  </si>
+  <si>
+    <t>4 february 1965</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Alexander Arkadyevich Maksimovich</t>
   </si>
   <si>
     <t>4 february 1996</t>
   </si>
   <si>
     <t>Accused of financing extremist and terrorist activities through donations to a protest initiative (Bysol).
 Alexander is originally from Glusk, a small regional center in the Mogilev region. After finishing school, he entered the Belarusian State University of Informatics and Radioelectronics, majoring in "Information Systems and Technologies in Logistics". After graduating, he went on to a master's degree.
 Alexander worked in the IT field.</t>
   </si>
   <si>
     <t>Trial outcome 30.05.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 06.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
-    <t>Valentin Arkadyevich Antsypovich</t>
-[...10 lines deleted...]
-  <si>
     <t>Tatiana Olegovna Frantskevich</t>
   </si>
   <si>
     <t>4 february 1959</t>
   </si>
   <si>
     <t>Tatyana Frantskevich and Natalya Lobatsevich were detained on July 19, 2024, when Tatyana was summoned to the Investigative Committee to sign a pledge not to leave the city of Polotsk, and Natalya went with her to support her.
 A criminal case was opened against Tatyana Frantskevich, the mother of convicted anarchist Alexander Frantskevich, and her sister Natalia Lobatsevich, the mother of former political prisoner Ilya Lobatsevich, and they were placed in a pretrial detention facility in Vitebsk.</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
   </si>
   <si>
     <t>Trial outcome 18.02.2025: 3 years 3 months of imprisonment in colony under general regime conditions. Appeal 15.04.2025: sent for review. Trial outcome 16.06.2025: 3 years 3 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Anastasiya Valerievna Zhylskaya</t>
-[...45 lines deleted...]
-  <si>
     <t>Diana Nikolaevna Stulba</t>
   </si>
   <si>
     <t>6 february 1984</t>
   </si>
   <si>
     <t>Forensic expert.
 On February 27, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>3 years imprisonment in a general regime colony</t>
   </si>
   <si>
     <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Andrey Andreevich Zaikov</t>
   </si>
   <si>
     <t>6 february 1987</t>
   </si>
   <si>
     <t>Andrey is 36 years old. In 2020, he worked at the Etazhi real estate agency. The man has a small daughter.
 According to pro-government telegram channels, he himself wrote to the Black Book of Belarus and offered to drop the addresses of security forces involved in the repressions. Andrei did not know that on the other side, GUBOPiK employee Artur Gaiko was answering him.
 Andrey was detained on November 10, 2023. He now faces up to 12 years in prison.
 The man has been using the same account since 2019. From it he “leaked” information into the Black Book of Belarus, and from it he wrote comments in open chats and groups. The video shows his archived username from the ChKB bot database, which was saved by Arthur Gaiko. Through it you can find the current name of the telegram account and ID.</t>
   </si>
   <si>
+    <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
+  </si>
+  <si>
     <t>unknown years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Sergey Vasilievich Shaban</t>
   </si>
   <si>
     <t>6 february 1971</t>
   </si>
   <si>
     <t>Sergei, deputy chairman of the board of Belgazprombank, was detained as part of the Babariko case and convicted in July 2021 under the article “accepting a bribe”.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Trial outcome 06.07.2021: 6 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
   </si>
   <si>
     <t>Aleksey Igorevich Golovko</t>
   </si>
   <si>
     <t>6 february 2001</t>
   </si>
   <si>
     <t>Alexey, an activist in the anarchist movement, was detained in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted under several criminal articles, such as “participation in group actions that grossly violate public order” and “creation of an extremist group and participation in it.”
 It is known that the charges are based on the episode with the blocking of roads in Brest in 2018 during a protest against the construction of the battery plant, as well as participation in the "March of the Non-Parasites", which took place on March 5, 2017.</t>
   </si>
   <si>
-    <t>Trial outcome 06.09.2022: 12 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome 05.09.2025: 6 months of imprisonment in colony under enhanced security conditions.</t>
+    <t>Trial outcome 06.09.2022: 12 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome 05.09.2025: 6 months of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
+    <t>Denis Sergeevich Petkevich</t>
+  </si>
+  <si>
+    <t>6 february 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Igor Sergeevich Shkirov</t>
+  </si>
+  <si>
+    <t>7 february 1984</t>
+  </si>
+  <si>
+    <t>2 years imprisonment in a colony</t>
+  </si>
+  <si>
+    <t>2023-09-18 15:47:50</t>
+  </si>
+  <si>
     <t>Marina Mikhailovna Morozova</t>
   </si>
   <si>
     <t>7 february 1971</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
-    <t>Igor Sergeevich Shkirov</t>
-[...37 lines deleted...]
-    <t>2024-08-28 21:46:18</t>
+    <t>Ludmila Eduardovna Ksiendzova</t>
+  </si>
+  <si>
+    <t>8 february 1961</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.08.2025: 2 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:38:39</t>
+  </si>
+  <si>
+    <t>Tatiana Alexandrovna Shinkevich</t>
+  </si>
+  <si>
+    <t>9 february 1983</t>
+  </si>
+  <si>
+    <t>Tatyana was sentenced to more than six years in prison; the exact term is unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 14.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-03-18 17:25:01</t>
+  </si>
+  <si>
+    <t>Roman Bahaddinovich Guseinov</t>
+  </si>
+  <si>
+    <t>10 february 1985</t>
+  </si>
+  <si>
+    <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:25:51</t>
   </si>
   <si>
     <t>Denis Fadeevich Tsybulsky</t>
   </si>
   <si>
     <t>11 february 1981</t>
   </si>
   <si>
     <t>Convicted by the Zavodskoy District Court of Minsk under Part 1 of Article 342 of the Criminal Code. On March 22, 2023, the case was heard by Judge Zhanna Khvoynitskaya. Sentenced to restriction of freedom with referral to a correctional institution, term unknown .
 In early May 2024, it became known that Denis was involved in a new case. The trial was scheduled for May 7. In addition to him, Andrei Stabulyanets and Alexander Sharabaiko were involved in the case. Depending on the role of each, they were charged under Article 368 (insulting Lukashenko), Article 369 of the Criminal Code (insulting a government official), and Article 361-1 of the Criminal Code (participation in an extremist group). In the Vitebsk Regional Court, Yevgeny Burunov considered the case in a closed court session from May 7 to June 5, 2024. As a result, Denis was sentenced to imprisonment in a general regime colony. The exact term is unknown (about five years ).</t>
   </si>
   <si>
     <t>Trial outcome 22.03.2023: unknown years restrictions of freedom with referral to an open-type correctional facility. Appeal 06.06.2023: unknown. Trial outcome 05.06.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 23.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-06-07 15:54:01</t>
   </si>
   <si>
     <t>Andrey Vasilevich Tsypak</t>
   </si>
   <si>
     <t>12 february 1993</t>
   </si>
   <si>
     <t>A former MTS employee from Brest was detained in early November 2022. In the “repentance” video, he said that in 2020-2021 he worked at MTS and had access to data. According to the security officials, Andrey handed over the data of several officials and prosecutors to the Black Book of Belarus.
 A former cellmate of Tsypak told human rights activists that Andrei was severely beaten during his arrest.
 Andrei's case was considered behind closed doors, so the outcome of the trial is unknown to human rights activists.
 Andrei Tsypak previously played in the Brest handball club named after Meshkov. From 2020 to 2021, he worked at MTS - and at that time, according to the security forces, he transferred the data of several prosecutors and government officials to the protest initiative.</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
+    <t>Nikolay Nikolaevich Lyutskevich</t>
+  </si>
+  <si>
+    <t>12 february 1973</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-10-31 17:31:38</t>
+  </si>
+  <si>
     <t>Alexandra Vyacheslavovna Pulinovich</t>
   </si>
   <si>
     <t>12 february 2007</t>
   </si>
   <si>
     <t>The pro-government film (April 2024) said that six teenagers allegedly united in the “anarchist cell “Black Nightingales”, which” under the leadership of the National Liberation Army of Ukraine “was created by 16-year-old Ukrainian citizen Maria Misyuk.
 ONT employees claim that the teenagers united to carry out sabotage on a tip in Belarus, and then in Russia. Maria is accused under Part 2 of Art. 289 of the Criminal Code (act of terrorism). According to the story, 16-year-old Maria Misyuk moved with her family from Ukraine to Belarus in 2022, where she created an “anarchist cell for preparing terrorist attacks.” Among those detained are college students in Baranovichi, Nesvizh, Mir, Minsk and Luninets. These are Trofim Borisov, Sergei Zhigalev, Dmitry Zahoroshko, Anastasia Klimenko and Alexandra Pulinovich . According to ONT employees, young people gathered at the Baranovichi apartment to prepare for their first serious action - to collect explosives and blow up the Baranovichi police department or prosecutor's office. It is unknown under what charges the remaining five participants are accused. As well as their status and location are unknown.</t>
   </si>
   <si>
+    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
+  </si>
+  <si>
     <t>Trial outcome date unknown: 10 years 3 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Sergey Aleksandrovich Sikorsky</t>
   </si>
   <si>
     <t>12 february 1976</t>
   </si>
   <si>
-    <t>Sergei, an assistant to the head of one of the capital's organizations, was detained in September 2020 at his home for participating in a protest against the falsification of the presidential elections and violence against peaceful citizens, which took place on August 11, 2020 in Minsk. He was convicted of "participation in mass riots" and also under an article related to drugs.</t>
+    <t>Sergei, an assistant to the head of a Minsk organization, was arrested in September 2020 at his home for participating in a protest against presidential election fraud and violence against civilians that took place in Minsk on August 11, 2020. He was convicted of "participating in mass riots" and also on drug-related charges.
+m
+On September 7, 2020, he was detained at his residence. According to the medical examination report, at the time of his arrest, he was in a state caused by the use of psychotropic substances; mephedrone was detected in his system. During a search of his apartment, law enforcement officers found a powdered substance. Investigators later concluded that Sikorsky also sold the same substance to a 46-year-old resident of Mogilev.
+During the closing arguments, the state prosecutor requested the court to award Sikorsky:
+Under Part 1 of Article 328 of the Criminal Code – 2 years of imprisonment;
+Under Part 3 of Article 328 of the Criminal Code – 7 years' imprisonment and a fine of 300 basic units. By combining the penalties under the two parts of Article 328, the total sentence is 7 years' imprisonment;
+Under Part 2 of Article 293 of the Criminal Code – 5 years of imprisonment.
+The final sentence is 9 years of imprisonment in a high-security penal colony and a fine of 300 basic units.</t>
   </si>
   <si>
     <t>Trial outcome 06.05.2021: 9 years of imprisonment in colony under enhanced security conditions, 300 basic values fine.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Vitaly Yurievich Melnik</t>
   </si>
   <si>
     <t>12 february 1982</t>
   </si>
   <si>
     <t>Detained in the case of «railway partisans».
 It is known that the man lives in the village of Khodakovo, he has a small child.
 During the arrest, he was shot through the knee joints.
 The family believes that Vitaly has nothing to do with the articles, and connects the detention with the revenge of a local judge, as well as the fact that Vitaly previously had a criminal record.
 Details of the case are unknown.</t>
   </si>
   <si>
     <t>IK-13, Glubokoye, Sovetskaya 205, 211791</t>
   </si>
   <si>
     <t>16 years of imprisonment in a penal colony of strict regime and 11 100 BYN penalty.</t>
   </si>
   <si>
     <t>2022-07-22 14:35:14</t>
   </si>
   <si>
+    <t>Natalia Sergeevna Belokurskaya</t>
+  </si>
+  <si>
+    <t>12 february 1972</t>
+  </si>
+  <si>
+    <t>Natalia was detained and in January 2025 found guilty of publicly insulting Lukashenko and a government official.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.01.2025: 1 year 6 months of imprisonment in colony under general regime conditions, 60 basic values fine. Appeal 11.03.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
+  </si>
+  <si>
+    <t>Marina Yuryevna Khramtsova</t>
+  </si>
+  <si>
+    <t>13 february 1984</t>
+  </si>
+  <si>
+    <t>Marina previously worked as an entrepreneur, selling flooring. Her business closed in 2015, after which she moved to another company that did the same.
+The woman is known as a lover of Belarusian culture and took part in events of the Belarusian Language Society and a folk dance club.
+Most likely, the matter is connected with Alexandra’s participation in protest chats.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.09.2025: 3 years of imprisonment in colony under general regime conditions. Appeal 19.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Denis Mikhailovich Krasko</t>
+  </si>
+  <si>
+    <t>13 february 1975</t>
+  </si>
+  <si>
+    <t>According to the prosecution materials , in December 2020, Krasko “published comments in the public domain on the Internet aimed at supporting extremist activities, propaganda and agitation of social discord and hostility towards employees of state law enforcement agencies of the Republic of Belarus, representatives of the judiciary, military personnel serving in the Armed Forces of the Republic of Belarus, published publicly available comments on the Internet aimed at supporting extremist activities, promoting and agitating social discord and hostility towards this category of persons."</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.01.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 29.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-12-11 22:28:12</t>
+  </si>
+  <si>
     <t>Vitaly Petrovich Minkevich</t>
   </si>
   <si>
     <t>13 february 1994</t>
   </si>
   <si>
     <t>Resident of the Mogilev region. Shoe store worker.
 In 2020, he was detained for participating in protests.
 Detained for sabotage of the railway near the stations of Bobruisk, as well as arson of the shooting range of military unit 5527.
 On April 12, 2024, a trial was held to change the conditions of the regime of serving the sentence and Vitaly was transferred to a prison regime for a period of 3 years.</t>
   </si>
   <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
   </si>
   <si>
     <t>15 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
   </si>
   <si>
-    <t>Denis Mikhailovich Krasko</t>
-[...11 lines deleted...]
-    <t>2023-12-11 22:28:12</t>
+    <t>Valery Viktorovich Borzenko</t>
+  </si>
+  <si>
+    <t>13 february 1971</t>
+  </si>
+  <si>
+    <t>He was found guilty that in November 2020 and March 2021, he sent information about his former leader to the telegram bots of channels recognized by extremist groups in the Republic of Belarus. Subsequently, it was placed resources through which illegal activities were carried out as part of extremist formations. Also, according to the prosecution, the posting of information received from Borzenko entailed other grave consequences.
+He was also found guilty of purchasing and storing firearms ammunition.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 7 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-10-03 16:12:26</t>
   </si>
   <si>
     <t>Valentin Valentinovich Terenevich</t>
   </si>
   <si>
     <t>Assistant foreman at the Khimvolokno plant (part of Grodno Azot), deputy chairman of the Belarusian Independent Trade Union of Grodno Azot. According to preliminary information, he was detained under Articles 356 and 357 of the Criminal Code of the Republic of Belarus ("treason" and "conspiracy or other actions committed with the aim of seizing state power").
 On November 9, 2022, the Gomel Regional Court began hearing the "Rabochag Rukh case", in which ten political prisoners are involved. On the second day of the trial, all of the defendants in the case told the court that they did not admit their guilt in treason and the creation of an extremist group . All of the defendants in the "Rabochag Rukh case" refused to testify in court. On December 27, the trial was closed before the verdict was issued, although it had previously been held in open mode.
 On February 17, 2023, the Gomel Regional Court issued a verdict in the "Rabochag Rukh case". Judge Alexander Piskunov found Valentin guilty.
 On October 9 , 2024, the Novopolotsk city court will hear Valentin's case "on transfer to a different type of correctional facility and changes in detention conditions." Judge Alla Gatikh transferred the political prisoner to a prison regime , the term is not yet known .</t>
   </si>
   <si>
     <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>Trial outcome 17.02.2023: 12 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: unknown. Regime change trial 09.10.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-09-26 12:54:01</t>
   </si>
   <si>
-    <t>Valery Viktorovich Borzenko</t>
-[...31 lines deleted...]
-  <si>
     <t>Anna Gennadievna Shpak</t>
   </si>
   <si>
     <t>14 february 1997</t>
   </si>
   <si>
     <t>Anna graduated from the Faculty of Mass Sports at the Belarusian State University of Physical Education in 2019. She worked as a coach and teacher at the Burevestnik Olympic Reserve School in Minsk.
 In 2014, Anna competed in the 2nd Summer Youth Olympic Games, where she jumped 3.80 m and placed fourth overall. For this achievement, she received a scholarship from the National Olympic Committee.
 She was likely detained in connection with the "Gayun case." On the "list of extremists" maintained by the Ministry of Internal Affairs, her status is listed as "serving a sentence." This means she was sentenced to either a penal colony with a referral or a prison colony.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Anton Olegovich Cheremnykh</t>
-[...15 lines deleted...]
-  <si>
     <t>Andrey Anatolyevich Berestovoj</t>
   </si>
   <si>
     <t>15 february 1980</t>
   </si>
   <si>
     <t>Andrey Berestovoy has over 20 years of experience in design, and the last 15 years he has been working in IT. In the second half of 2024, he was detained. It is only known that the reason for the detention could have been Berestovoy's comments on Telegram. He used an old account linked to his own Belarusian number, and an old nickname that he used everywhere.
 It is known that he periodically traveled to Belarus.</t>
-  </si>
-[...1 lines deleted...]
-    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-07-24 17:15:25</t>
   </si>
   <si>
     <t>Evgeny Aleksandrovich Zborovsky</t>
   </si>
   <si>
     <t>15 february 1994</t>
   </si>
   <si>
     <t>Evgeny was charged under 9 articles of the Criminal Code. The reason for this was comments in Telegram and sending 0.28 and 0.004 bitcoins to the administrators of Telegram channels.
 In addition, from December 2019 to January 2020, he purchased particularly dangerous psychotropic substances, and on the territory of Russia (in the Bryansk region) he bought a firearm – a Makarov pistol (PM) and at least 46 cartridges for it.
 The trial lasted from February 14 to June 2, almost four months.
 Yevgeny partially admitted his guilt, explained that he did not agree with the results of the presidential elections in Belarus, and that is why he decided to act actively.</t>
   </si>
   <si>
     <t>8 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-02-14 21:25:55</t>
   </si>
   <si>
+    <t>Anton Olegovich Cheremnykh</t>
+  </si>
+  <si>
+    <t>15 february 1983</t>
+  </si>
+  <si>
+    <t>Deputy commander of the 310th artillery group for ideological work of the 120th separate guards mechanized brigade of the guard, lieutenant colonel. He is accused of “treason against the state by a person subject to military status” and “inciting other social discord.”
+The circumstances of the case are unknown.
+On July 5 and 17, 2024, the appeal was considered, and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.03.2024: unknown. Appeal 17.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-03-16 11:23:55</t>
+  </si>
+  <si>
     <t>Maxim Viktorovich Polonsky</t>
   </si>
   <si>
     <t>16 february 1986</t>
   </si>
   <si>
     <t>Trial outcome 29.01.2025: unknown.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
   </si>
   <si>
     <t>Andrey Cheslavovich Krasnik</t>
   </si>
   <si>
     <t>16 february 1967</t>
   </si>
   <si>
     <t>The man worked as a therapist in the emergency room of the city hospital of Lida. According to preliminary information, he was detained for likes and comments of materials against the current government of the Republic of Belarus.
 Soon it became known that Andrei Krasnik was going to be tried again: on April 17, 2023, a hearing on the case against the political prisoner under Part 2 of Article 366 of the Criminal Code (Violence or threat against an official) and Part 1 of Article 342 of the Criminal Code (Organization and preparation of actions that grossly violate the order, or active participation in them). A judge has been appointed to consider the case Vladimir Fedorovich.</t>
   </si>
   <si>
     <t>3,5 years of imprisonment in a penal colony with reinforced regime.</t>
   </si>
   <si>
     <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Oleg Igorevich Gavrilov</t>
   </si>
   <si>
     <t>16 february 1981</t>
   </si>
   <si>
     <t>He is a fitness trainer from Soligorsk.
 According to the case file, in January 2021 Gavrilov purchased and provided aerosol cans with paint to two acquaintances — Tatiana and Oleg Birulya. After that, Tatiana and Oleg, from January to February 2021, applied inscriptions and drawings to various infrastructure facilities in Soligorsk, carrying out their damage.
 In August 2021, Gavrilov, through agreements, including for material remuneration, involved another acquaintance, Sergei Pasyuk, in engaging in extremist activities.
 Then, from August to December 2021, the defendants distributed leaflets and other printed materials on the territory of Soligorsk. The examination of the contents of the «Honest Newspaper», with copies of which the coach was detained, testified that Gavrilov was allegedly involved in inciting racial, national, religious or other social enmity or discord committed by a group of persons.</t>
   </si>
   <si>
+    <t>Trial outcome 12.12.2022: 10 years of imprisonment in colony in strict regime conditions. Appeal 07.04.2023: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-12-30 14:20:17</t>
+  </si>
+  <si>
+    <t>Alexei Andreevich Chernousov</t>
+  </si>
+  <si>
+    <t>17 february 1991</t>
+  </si>
+  <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
-  </si>
-[...10 lines deleted...]
-    <t>17 february 1991</t>
   </si>
   <si>
     <t>Trial outcome 15.05.2024: 4 years 3 months of imprisonment in colony under enhanced security conditions. Appeal 05.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Dmitriy Valerievich Gut</t>
   </si>
   <si>
     <t>18 february 1988</t>
   </si>
   <si>
     <t>Dmitry worked in the IT field, before that he worked in the prosecutor's office for 7 years.
 On January 09, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>6 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
+  </si>
+  <si>
+    <t>Arseny Olegovich Moiseichik</t>
+  </si>
+  <si>
+    <t>19 february 2002</t>
+  </si>
+  <si>
+    <t>He was detained for participating in protest actions. He was also accused of receiving telescopic batons, stun guns and other means from abroad.
+Arseny graduated from the College of Business and Law with a degree in jurisprudence and has a driver's license. Before his arrest, he worked as a pizza delivery courier. The guy has leukoma and needs regular medical monitoring and an annual MRI. Arseny is prohibited from many physical activities.</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.07.2022: 6 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Aleksey Nikolaevich Khralovich</t>
   </si>
   <si>
     <t>19 february 1984</t>
   </si>
   <si>
     <t>Ex-lieutenant colonel of the State Security Committee.
 The criminal case against the lieutenant colonel is known only from the state media.
 In 2021, the ONT TV channel showed the film «Operation of the State Security Committee «Mankurty»», in which they reported on the detention of lieutenant colonel of the State Security Committee Alexei Khralovich.
 The man has been in custody of law enforcement officers for about a year at the time of the verdict.
 Khralovich was deprived of the military rank of lieutenant-colonel.</t>
   </si>
   <si>
     <t>Trial outcome 30.03.2022: 10 years of imprisonment in colony under enhanced security conditions. Regime change trial 24.10.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Selvestruk</t>
   </si>
   <si>
     <t>19 february 1990</t>
@@ -891,267 +829,195 @@
     <t>Author of the telegram channel "Silver Age. Football of Belarus" and ex-employee of "Narodnaya Gazeta". He is accused under Part 1 of Art. 361-4 of the Criminal Code (promoting extremist activities). The circumstances of the case are unknown to human rights activists.</t>
   </si>
   <si>
     <t>Trial outcome 29.09.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 21.11.2023: unknown.</t>
   </si>
   <si>
     <t>2023-09-27 19:19:37</t>
   </si>
   <si>
     <t>Stanislav Sergeevich Chapel</t>
   </si>
   <si>
     <t>19 february 2006</t>
   </si>
   <si>
     <t>As reported in the ONT film “Children at gunpoint. Recruited by the enemy,” Stanislav is accused of agreeing to be a courier for “the organization that oversaw the SBU.” There he was presented as an agent of the Ukrainian special services, they say, the guy recorded a video that “he is ready to work against the FSB and Putin." But at the time of filming, he was already serving a sentence in a colony for “fraud.” The trial took place in May 2024. The sentence is unknown, the term could be from 3 to 10 years in prison with a fine.
 According to the ONT film, in January 2023, a then 16-year-old boy from a large family was looking for work on the Internet. He came across scammers who offered to work as a courier - to pick up and transport money. Stanislav was told to record a video in which he stated that he supported Ukraine and seemed to agree to work for the SBU.</t>
   </si>
   <si>
     <t>Trial outcome 31.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 29.08.2024: unknown. Appeal 04.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-30 00:03:14</t>
   </si>
   <si>
-    <t>Arseny Olegovich Moiseichik</t>
-[...31 lines deleted...]
-  <si>
     <t>Vladimir Yurievich Saveliev</t>
   </si>
   <si>
     <t>19 february 1987</t>
   </si>
   <si>
     <t>At the beginning of October 2022, in the Moscow district of the capital, unknown persons hung a white-red-white flag and the flag of Ukraine on a power line support. Only the next day a post appeared on Anton Mot’s Telegram channel with a photo of the flag and the caption: “Minsk residents congratulate the Ukrainian people on the wonderful news from the Crimean bridge. Crime is Ukraine! Long live Belarus! Glory to Ukraine!” During operational search activities, police officers detained six Minsk residents aged 34 to 36 years who allegedly did this. Including Vladimir.
 Savelyev said in a pro-government video that the action was organized in support of Ukrainians: “This is support for civilians who are dying in an unnecessary war.”
 On September 14, 2023, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>unknown years of imprisonment in colony</t>
   </si>
   <si>
     <t>2023-05-19 10:04:03</t>
   </si>
   <si>
-    <t>Nikita Arturovich Kharlovich</t>
-[...11 lines deleted...]
-    <t>2021-02-28 00:27:22</t>
+    <t>Vladislav Vitalievich Voitekhovich</t>
+  </si>
+  <si>
+    <t>20 february 1995</t>
+  </si>
+  <si>
+    <t>Vladislav was detained in August 2021 as part of a criminal case initiated under the article “act of terrorism”.
+According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."
+Vladislav was sentenced under numerous criminal articles to a long term of imprisonment, the first five years of which were in prison. He was also stripped of his military rank.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 21 year of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime), military service restriction. Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Zelenko</t>
+  </si>
+  <si>
+    <t>20 february 1983</t>
+  </si>
+  <si>
+    <t>Oleg headed the historical club "Mindovg" and was also involved in business.
+In December 2024, Oleg Zelenko was convicted twice for "dissemination of extremist materials" (19.11 of the Code of Administrative Offenses). After serving his sentence, a criminal case was probably opened against him and he was placed in a pretrial detention center.
+Apparently, after the verdict, Zelenko was sentenced to a penal colony - his social networks are not updated, and his Telegram has the status "was online a long time ago."</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
   </si>
   <si>
     <t>Michael Grigorievich Lapunov</t>
   </si>
   <si>
     <t>20 february 1970</t>
   </si>
   <si>
     <t>Father of political prisoner Nikita Zolotarev . Mikhail was detained on August 8, 2023 and sentenced to 15 days of arrest under Art. 19.11 Code of Administrative Offenses of the Republic of Belarus (distribution of extremist materials). After the first arrest, he was not released and was sentenced under the same article to another 15 days, and then to another 15.
 On September 22, 2023, on the eve of his release after serving his third administrative arrest in a row, he was again found guilty of committing an offense and sent to a detention center for the fourth time.
 On October 24, by decision of the KGB, the closed Telegram chat “Gomel for Nikita Zolotorev” was recognized as an “extremist formation,” and its only designated participant was the father of the political prisoner, Mikhail Lapunov.
 Human rights activists learned that some time after serving administrative arrests, Mikhail was taken into custody. As of the summer of 2024, he is being held in a pre-trial detention center .</t>
   </si>
   <si>
-    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 30.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 15.11.2024: unknown.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
-  </si>
-[...68 lines deleted...]
-    <t>2022-07-19 02:22:16</t>
   </si>
   <si>
     <t>Oleg Igorevich Sychev</t>
   </si>
   <si>
     <t>21 february 1976</t>
   </si>
   <si>
     <t>47 year old Oleg was born in Krasnoyarsk, but in 2000 he moved to Belarus and has already received citizenship. 
 In the film on the ONT TV channel, they showed how the Ukrainian terrorist Nikolai Shvets was detained on March 4 at Oleg's house in the «Berezovaya Roshcha» garden association in the village of Chertyazh (Borovlyansky Village Council).
 Sychev with his wife Nastya Pilko was detained by law enforcement officers on March 3 in the same house.
 According to human rights activists, both of them are now in the pre-trial detention center of the State Security Committee.
 The detained couple has two juvenile children who are now with their grandmother.</t>
   </si>
   <si>
     <t>Trial outcome 03.10.2024: 9 years of imprisonment in colony under general regime conditions. Appeal 27.12.2024: unknown.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
+    <t>Natalia Alexandrovna Chubovskaya</t>
+  </si>
+  <si>
+    <t>21 february 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
+  </si>
+  <si>
     <t>Artem Sergeevich Mitsuk</t>
+  </si>
+  <si>
+    <t>21 february 2001</t>
   </si>
   <si>
     <t>He was detained in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation."</t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:01</t>
   </si>
   <si>
     <t>Artem Ruslanovich Zakrzhevsky</t>
   </si>
   <si>
     <t>22 february 2003</t>
   </si>
   <si>
     <t>Artem was found guilty, according to the indictment, of entering the roadway on the night of August 9-10, 2020, during an unauthorized mass event in Minsk, blocking traffic, shouting slogans, and disobeying the lawful orders of the authorities.
 Furthermore, on January 1, 2022, while intoxicated in a public place, he unprovoked violence against another man. Artem was sentenced to restricted freedom with a referral.
 In October 2023, a hearing on the case of strengthening the regime took place; the reasons and outcome of the hearing are unknown.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Vitebsk, ul. 3-ya Chepinskaya, 39</t>
   </si>
   <si>
     <t>Trial outcome 05.07.2022: 4 years 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 27.09.2022: the sentence was upheld. Regime change trial 11.10.2023: unknown. Appeal 19.12.2023: unknown.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
     <t>Alexey Anatolyevich Kaidash</t>
   </si>
   <si>
     <t>23 february 1979</t>
   </si>
   <si>
     <t>Alexey was initially sentenced to administrative arrest under Article 19.11 of the Code of Administrative Offenses . A criminal case was then opened under Article 361-4 of the Criminal Code of the Republic of Belarus (assistance to extremist activity).
 Alexey Kaidash worked in Mozyr as a professional photographer, taking wedding, children's, portrait, portfolio, and menu and catalog photos.</t>
   </si>
   <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
     <t>Trial outcome date unknown: 3 years of imprisonment in colony under special regime conditions.</t>
   </si>
   <si>
     <t>2025-05-20 10:59:49</t>
   </si>
   <si>
     <t>Andrey Konstantinovich Yaremchik</t>
   </si>
   <si>
     <t>23 february 1993</t>
   </si>
   <si>
     <t>The bass guitarist of the band «TOR BAND».
 On January 20, 2023, it became known that the «TOR BAND» group was recognized as an extremist formation in the Republic of Belarus. Dmitry Golovach and his wife Yulia, Yevgeny Burlo and Andrei Yaremchik were added to the extremist formation of the State Security Committee.
 This is the first musical group to be included in the list of extremist formations.</t>
   </si>
   <si>
     <t>7.5 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Porotnikov</t>
   </si>
@@ -1179,336 +1045,270 @@
 According to the indictment, from July 2020 to January 2022, "an organized criminal group operated in Belarus, Turkey, Poland, Ukraine and other countries with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally." The case involves charges of attempted arson of the home of MP Oleg Gaidukevich in June 2021 and "organizing mass riots."
 Sergei was convicted under several criminal articles to a long term of imprisonment and a fine, and he was also stripped of his military rank.</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 14 years of imprisonment in colony under enhanced security conditions, 700 basic values fine, military service restriction. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
     <t>Alexander Viktorovich Kuksa</t>
   </si>
   <si>
     <t>24 february 1983</t>
   </si>
   <si>
     <t>On February 14, the Investigative Committee opened a criminal case against representatives and participants of the “Personnel Reserve for New Belarus” initiative announced by the Joint Transitional Cabinet. The ONT TV channel later showed 14 people detained in this case. Propagandist Igor Tur said that together with the security forces, he listened to lectures for participants in the initiative for a year. On February 26, pro-government channels published a video with the participation of Alexander Kuksa, where he admitted to participating in this program. The “Personnel Reserve for a New Belarus” program was launched by the Joint Transitional Cabinet in November 2022. The goal of the project was to train professionals who would be able to work in government positions and carry out reforms.</t>
   </si>
   <si>
     <t>Trial outcome 16.12.2024: unknown. Appeal 28.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-03-13 11:05:07</t>
   </si>
   <si>
-    <t>Boris Vladimirovich Grinkevich</t>
-[...21 lines deleted...]
-    <t>2025-08-17 15:02:31</t>
+    <t>Pavel Leonidovich Nedbailo</t>
+  </si>
+  <si>
+    <t>25 february 1981</t>
+  </si>
+  <si>
+    <t>A resident of Svetlogorsk was detained on September 29, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation."</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Egor Romanovich Tyushkevich</t>
+  </si>
+  <si>
+    <t>25 february 1997</t>
+  </si>
+  <si>
+    <t>Musician. Worked in a puppet theater in Brest.
+He was first convicted in the Brest Regional Court on December 19, 2024.
+In October 2025, it became known that a new criminal case had been opened against Yegor and he had been transferred to a pretrial detention facility.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 19.12.2024: 6 years of imprisonment in colony under general regime conditions. Appeal 04.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:21:12</t>
+  </si>
+  <si>
+    <t>Dmitry Vasilievich Androsyuk</t>
+  </si>
+  <si>
+    <t>25 february 1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dmitry was a witness in the case of Brest political prisoners, bloggers Sergei Petrukhin and Alexander Kabanov, who were sentenced to three years in a general regime penal colony in April of this year. As the activist told Brest human rights defenders, a criminal case was opened against him for refusing to answer questions from the judge who was considering the case of Petrukhin and Kabanov, since he did not show the judge's service ID.
+Released on 26.02.2022.
+On December 11, 16 and 17, 2024, new hearings of Dmitry's case took place in the Leninsky District Court of Brest under Part 1 of Article 342 of the Criminal Code of the Republic of Belarus. Dmitry was sentenced to 2 years of imprisonment.
+</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.09.2021: 3 months of arrest. Trial outcome 17.12.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 21.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2021-09-21 17:48:17</t>
   </si>
   <si>
     <t>Larisa Ivanovna Prokhorova</t>
   </si>
   <si>
     <t>25 february 1975</t>
   </si>
   <si>
     <t>He was detained along with his entire family (husband, daughter, son) on suspicion of “treason.” The daughter was apparently later released. The details of the case are unknown.
 She worked as a nurse at Gomel City Clinical Hospital No. 3. Larisa Prokhorova is a completely non-public person. She was born in 1975 in Grabovka, where she lived all her life.
 Participants in a closed process have non-disclosure agreements. It is known from an unofficial source that the criminal case concerns photographing various objects on the territory of Belarus, and the persons involved in the case were monitored by special services for some time before their arrest.
 The Prokhorov family lived for a long time in the village of Grabovka, Gomel region. At the time of their arrest, they lived in the village of Uza, Gomel region, where they moved two years ago.</t>
   </si>
   <si>
     <t>Trial outcome 20.06.2024: 8 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
   </si>
   <si>
-    <t>Timofey Alexandrovich Korotkevich</t>
-[...27 lines deleted...]
-  <si>
     <t>Aleksey Dmitrievich Shishkovets</t>
   </si>
   <si>
     <t>25 february 1979</t>
   </si>
   <si>
     <t>He was detained for preparing for sabotage on the railway.
 According to the Ministry of Internal Affairs, at the beginning of 2022, a man joined the extremist formation «ByPol», logging in to a mobilization chat-bot to commit illegal actions in Belarus.
 On March 1, he allegedly received instructions on blocking railway tracks, as well as on the manufacture and use of Molotov cocktails.</t>
   </si>
   <si>
-    <t>11 years of imprisonment in a penal colony of strict regime.</t>
+    <t>Trial outcome 12.10.2022: 11 years of imprisonment in colony under enhanced security conditions. Appeal 06.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-03-11 01:18:52</t>
   </si>
   <si>
-    <t>Dmitry Vasilievich Androsyuk</t>
-[...80 lines deleted...]
-    <t>2021-02-26 22:21:29</t>
+    <t>Andrey Ivanovich Matusenko</t>
+  </si>
+  <si>
+    <t>25 february 1969</t>
+  </si>
+  <si>
+    <t>In 2006, Matusenko founded the company "MM-Transit" in the Smolensk region. Its area of activity is cargo transportation. In 2020, the company was liquidated. After that, the Vitebsk resident continued to work in various companies in Russia - for example, "S-Trans", which is engaged in transportation. He traveled everywhere - the European Union, Russia, Belarus, Ukraine.
+Matusenko served in Afghanistan. His service period was from November 1987 to February 1989.</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
+  </si>
+  <si>
+    <t>Timofey Alexandrovich Korotkevich</t>
+  </si>
+  <si>
+    <t>25 february 2002</t>
+  </si>
+  <si>
+    <t>Convicted for likes in 2020, when he was 18. The trial was likely on defamation charges.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Vitaly Ivanovich Khalchitsky</t>
   </si>
   <si>
     <t>27 february 1957</t>
   </si>
   <si>
     <t>He is a pensioner and has a young child to support.</t>
   </si>
   <si>
     <t>Trial outcome 24.03.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
-  </si>
-[...26 lines deleted...]
-    <t>2024-11-27 15:04:17</t>
   </si>
   <si>
     <t>Pavel Yurievich Belyutin</t>
   </si>
   <si>
     <t>27 february 1977</t>
   </si>
   <si>
     <t>Pavel was convicted in the Frunzensky District Court of Minsk on May 23, 2022 under Article 369 of the Criminal Code of the Republic of Belarus.
 In the evening news broadcast on state television "Belarus 1" on May 5, 2025, Pavel was called "a member of an extremist group" and "part of the Vilnius Banner", the purpose of which was allegedly to invade Belarus. The video reported that the activist allegedly underwent paramilitary training in the said organization. And also allegedly in 2020 he participated in protests and was part of a group that planned a drone attack on the Ostrovets NPP.
 It is reported that Pavel left Belarus and was put on the interstate wanted list. The circumstances of the activist's detention are unknown. In the video, the man is taken off the plane at the airport by officers with KGB armbands and transferred to a car.</t>
   </si>
   <si>
     <t>Glavpochtamt, a/b 8, Minsk 220050</t>
   </si>
   <si>
     <t>Trial outcome 23.05.2022: unknown years restrictions of freedom without referral to an open-type correctional facility. Regime change trial 19.03.2025: unknown.</t>
   </si>
   <si>
     <t>2022-06-01 18:47:07</t>
   </si>
   <si>
+    <t>Gleb Vladimirovich Zhukov</t>
+  </si>
+  <si>
+    <t>27 february 1969</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.10.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-27 15:04:17</t>
+  </si>
+  <si>
+    <t>Alina Viktorovna Shevtsova</t>
+  </si>
+  <si>
+    <t>27 february 2004</t>
+  </si>
+  <si>
+    <t>A student at the Minsk State Linguistic University. Detained in September 2024. Initially, she was sentenced to two days in prison under an administrative article, after which a criminal case was opened. According to acquaintances, the criminal case is politically motivated.
+Alina Shevtsova was added to the list of participants of the "extremist formation" "School of Leadership for Women" at the end of September 2024. This is an educational project for Belarusian female students, which helps them develop leadership skills.</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.06.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-01-07 17:33:41</t>
+  </si>
+  <si>
+    <t>Ruslan Aleksandrovich Lobanok</t>
+  </si>
+  <si>
+    <t>28 february 1983</t>
+  </si>
+  <si>
+    <t>Ruslan, a businessman, founder and former director of the Spanish visa center in Minsk, was detained by KGB officers in October 2021 at the airport when he was about to leave Belarus. The detention took place as part of a criminal case initiated for political reasons.
+In March 2023, Ruslan was convicted of bribery and treason. The court sentenced him to a long prison term and a large fine.
+In August 2024, the conditions of his detention were tightened - Ruslan was transferred to prison regime. Since then, he has been prohibited from receiving parcels, visits and other forms of support. He is allowed to use no more than one basic unit per month for personal needs.</t>
+  </si>
+  <si>
+    <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.03.2023: 11 years of imprisonment in colony under enhanced security conditions, 1000 rubles of compensation. Appeal 05.05.2023: the sentence was upheld. Regime change trial 28.08.2024: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2023-03-05 00:05:05</t>
+  </si>
+  <si>
+    <t>Lily Victorovna Kostenich</t>
+  </si>
+  <si>
+    <t>28 february 1967</t>
+  </si>
+  <si>
+    <t>Lilia was first detained at the end of March 2023 and sentenced to 10 days of administrative arrest. However, in April 2024, it became known that she had been detained as part of a criminal case. She was convicted under several articles for "insulting government officials" and "slander and insult against Lukashenko."</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.12.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 13.02.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-23 20:28:11</t>
+  </si>
+  <si>
     <t>Artem Yuryevich Litevich</t>
   </si>
   <si>
     <t>28 february 1982</t>
   </si>
   <si>
     <t>A former truck driver, returned from Europe. He was charged with over 1,000 extremist comments, including some from 1997.
 Artem was convicted in the Minsk City Court under Part 3 of Article 361 of the Criminal Code and Part 1 of Article 342 of the Criminal Code of the Republic of Belarus.
 The hearing of Artem’s case under Part 3 of Article 361-1 of the Criminal Code and Article 369 of the Criminal Code of the Republic of Belarus is scheduled for January 31, 2025 .</t>
   </si>
   <si>
-    <t>Trial outcome 24.10.2024: unknown. Appeal 24.12.2024: unknown. Trial outcome 04.02.2025: unknown.</t>
+    <t>Trial outcome 24.10.2024: unknown. Appeal 24.12.2024: unknown. Trial outcome 04.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-09-25 19:40:06</t>
-  </si>
-[...33 lines deleted...]
-    <t>2023-03-05 00:05:05</t>
   </si>
   <si>
     <t>Natalia Alexandrovna Vasilyeva</t>
   </si>
   <si>
     <t>29 february 1960</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-10-15 12:53:46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1824,51 +1624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1912,2450 +1712,2091 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="I18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
         <v>109</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>114</v>
       </c>
-      <c r="B21" t="s">
+      <c r="I21" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>116</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="I24" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...19 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>143</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>145</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>93</v>
+      </c>
+      <c r="H28" t="s">
         <v>148</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E30" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>74</v>
+      </c>
+      <c r="E31" t="s">
+        <v>81</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>164</v>
       </c>
       <c r="I31" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>166</v>
       </c>
       <c r="B32" t="s">
         <v>167</v>
       </c>
       <c r="C32" t="s">
         <v>168</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>169</v>
       </c>
       <c r="I32" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>171</v>
       </c>
       <c r="B33" t="s">
         <v>172</v>
       </c>
+      <c r="C33" t="s">
+        <v>173</v>
+      </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
+      <c r="E37" t="s">
+        <v>142</v>
+      </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>199</v>
+        <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>93</v>
+      </c>
+      <c r="H40" t="s">
         <v>209</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>211</v>
+      </c>
+      <c r="B41" t="s">
         <v>212</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>58</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
         <v>217</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>218</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
         <v>222</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>223</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>58</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
+        <v>232</v>
+      </c>
+      <c r="C45" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>234</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>236</v>
+      </c>
+      <c r="B46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>239</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>21</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>244</v>
       </c>
-      <c r="D47" t="s">
-[...2 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
         <v>248</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>251</v>
+      </c>
+      <c r="B49" t="s">
         <v>252</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>253</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>254</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>256</v>
+      </c>
+      <c r="B50" t="s">
         <v>257</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>258</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>259</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>261</v>
+      </c>
+      <c r="B51" t="s">
         <v>262</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>264</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>266</v>
+      </c>
+      <c r="B52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>223</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>269</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>271</v>
+      </c>
+      <c r="B53" t="s">
         <v>272</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>273</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>274</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>276</v>
+      </c>
+      <c r="B54" t="s">
         <v>277</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>74</v>
+      </c>
+      <c r="E54" t="s">
+        <v>174</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>279</v>
+      </c>
+      <c r="B55" t="s">
+        <v>280</v>
+      </c>
+      <c r="C55" t="s">
+        <v>281</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>52</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>282</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>283</v>
-      </c>
-[...16 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>284</v>
+      </c>
+      <c r="B56" t="s">
+        <v>285</v>
+      </c>
+      <c r="C56" t="s">
+        <v>286</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>287</v>
       </c>
-      <c r="B56" t="s">
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>288</v>
       </c>
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>290</v>
+      </c>
+      <c r="B57" t="s">
+        <v>291</v>
+      </c>
+      <c r="C57" t="s">
         <v>292</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>293</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>294</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>295</v>
-      </c>
-[...10 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" t="s">
+        <v>297</v>
+      </c>
+      <c r="C58" t="s">
         <v>298</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>38</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>299</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...13 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
+        <v>302</v>
+      </c>
+      <c r="C59" t="s">
         <v>303</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>304</v>
       </c>
-      <c r="C59" t="s">
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...13 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="C60" t="s">
         <v>308</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>52</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>309</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
         <v>312</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>313</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>314</v>
+      </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B62" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C62" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>223</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>318</v>
+        <v>282</v>
       </c>
       <c r="I62" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>320</v>
       </c>
       <c r="B63" t="s">
         <v>321</v>
       </c>
       <c r="C63" t="s">
         <v>322</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>323</v>
       </c>
       <c r="I63" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>325</v>
       </c>
       <c r="B64" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="C64" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I64" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B65" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C65" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E65" t="s">
-        <v>332</v>
+        <v>81</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>333</v>
       </c>
       <c r="I65" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>335</v>
       </c>
       <c r="B66" t="s">
         <v>336</v>
       </c>
       <c r="C66" t="s">
         <v>337</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>295</v>
+        <v>87</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>338</v>
       </c>
       <c r="I66" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>340</v>
       </c>
       <c r="B67" t="s">
         <v>341</v>
       </c>
       <c r="C67" t="s">
         <v>342</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
+        <v>264</v>
+      </c>
+      <c r="I67" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>344</v>
+      </c>
+      <c r="B68" t="s">
         <v>345</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>346</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>63</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>43</v>
+      </c>
+      <c r="I68" t="s">
         <v>347</v>
-      </c>
-[...16 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>348</v>
+      </c>
+      <c r="B69" t="s">
+        <v>349</v>
+      </c>
+      <c r="C69" t="s">
         <v>350</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>351</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>352</v>
-      </c>
-[...16 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>353</v>
+      </c>
+      <c r="B70" t="s">
+        <v>354</v>
+      </c>
+      <c r="C70" t="s">
         <v>355</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
         <v>356</v>
       </c>
-      <c r="C70" t="s">
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="D70" t="s">
-[...8 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
         <v>360</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>361</v>
       </c>
-      <c r="C71" t="s">
+      <c r="I71" t="s">
         <v>362</v>
-      </c>
-[...16 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>365</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>74</v>
+      </c>
+      <c r="E72" t="s">
+        <v>81</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
       <c r="I72" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>368</v>
       </c>
       <c r="B73" t="s">
         <v>369</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>97</v>
+        <v>371</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E74" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>377</v>
       </c>
       <c r="I74" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B75" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C75" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F75" t="s">
         <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="I75" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B76" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E76" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I76" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      <c r="A77" t="s">
         <v>387</v>
-      </c>
-[...352 lines deleted...]
-        <v>450</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">