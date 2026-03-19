--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -66,1134 +66,1139 @@
     <t>Alexander Sergeevich Shkryadov</t>
   </si>
   <si>
     <t>1 february 1982</t>
   </si>
   <si>
     <t>Alexander was convicted in December 2023 under the article "organizing and preparing actions that grossly violate public order, or active participation in them" and was sentenced to restricted freedom with referral to an open-type institution.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Trial outcome 13.12.2023: 2 years restrictions of freedom with referral to an open-type correctional facility. Appeal 28.02.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-12-07 23:42:03</t>
+  </si>
+  <si>
+    <t>Uladzimir Aliaksandravich Dzenisenka</t>
+  </si>
+  <si>
+    <t>1 february 1977</t>
+  </si>
+  <si>
+    <t>A psychologist and individual entrepreneur from Slutsk. He graduated from the Minsk Aviation Technical School of Civil Aviation and the Yanka Kupala University of Grodno, specializing in Psychology. Vladimir actively helped people with alcohol addiction. He was fond of sports and reading. He has two adult children.
+In November 2020, Vladimir was already detained under Article 23.34 of the Code of Administrative Offenses and sentenced to 10 days of administrative arrest, which he served in Slutsk.
+On June 24, 2025, he was detained at home in the so-called “Gayun case”.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>In custody</t>
+  </si>
+  <si>
+    <t>2025-08-22 18:36:28</t>
   </si>
   <si>
     <t>Alexander Zufarievich Ziyazetdinov</t>
   </si>
   <si>
     <t>1 february 1987</t>
   </si>
   <si>
     <t>The Belarusian state TV channel reported that Alexander transferred about 800 US dollars to BYPOL in May 2021. It is worth noting that BYPOL was recognized as an extremist organization in November 2021, meaning that at the time of the transfer, the initiative was not extremist.
 According to witnesses, Alexander was indeed offered compensation for the damage through a fund associated with the president. He agreed to such compensation in exchange for his release, but things did not go according to plan. Alexander was refused, and his money (about 30 bitcoins) was confiscated. The BYPOL organization was recognized as a "terrorist formation", and a new criminal case was opened against Alexander under the article "Financing terrorist activity".
 On March 15, 2024, in the Minsk City Court, Judge Elena Shilkо issued a new sentence – 9 years of imprisonment. The waves of pardons that swept across the country did not affect the political prisoner.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
-    <t>In custody</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 31.10.2022: 3 years of imprisonment in colony under general regime conditions. Appeal 27.01.2023: unknown. Trial outcome 15.03.2024: 9 years of imprisonment in colony under general regime conditions. Appeal 17.05.2024: unknown.</t>
   </si>
   <si>
     <t>2022-10-13 21:55:50</t>
   </si>
   <si>
-    <t>Vladimir Alexandrovich Denisenko</t>
-[...13 lines deleted...]
-    <t>2025-08-22 18:36:28</t>
+    <t>Andrey Vladimirovich Andronov</t>
+  </si>
+  <si>
+    <t>2 february 1977</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Victor Dmitrievich Novik</t>
   </si>
   <si>
     <t>2 february 1989</t>
   </si>
   <si>
     <t>Customs officer.
 In the Minsk City Court from October 10, 2023 to February 6, 2024, a closed hearing was held against three customs service employees Evgeniy Gurinovich, Viktor Novik and Vladimir Zhuromsky. In total, they were tried under eight articles of the Criminal Code. Among other things, they are accused of “treason to the state,” “promoting extremist activities,” “exceeding official authority,” “inciting other social hostility,” and “creating or participating in extremist formations.”
 The details of the case and the reasons for the persecution are unknown to human rights activists.
 On May 24, 2024, an appeal hearing was held and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 05.02.2024: 13 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 24.05.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-10-10 00:13:29</t>
   </si>
   <si>
     <t>Peter Cheslavovich Yurkevich</t>
   </si>
   <si>
     <t>2 february 1973</t>
   </si>
   <si>
     <t>Pyotr was arrested in January 2022 on politically motivated terrorism charges and convicted on several criminal charges. He was sentenced to a lengthy prison sentence, the first five years of which will be in a penal colony.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly plotted extremist crimes in Belarus, Turkey, Poland, Ukraine, and other countries. It included radical military personnel, security officials, athletes, and businessmen seeking to seize power illegally. This case is related to the attempted arson of MP Oleg Gaidukevich's home in June 2021 and the "organization of mass unrest."
 Petr was transferred again to Pretrial Detention Center No. 1 in 2025, likely for a new criminal case; in early November 2025, he was again transferred to a penal colony.</t>
   </si>
   <si>
-    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 21.06.2023: 9 years of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime). Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-01-23 20:18:16</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-07-12 20:26:29</t>
   </si>
   <si>
     <t>Alexander Valerievich Koval</t>
   </si>
   <si>
     <t>3 february 1985</t>
   </si>
   <si>
     <t>Koval was detained on May 28, 2023 right at the border. He was returning from a competition in Slovakia, and upon entering Belarus, Koval’s phone was asked to be checked. The man himself provided the security forces with his phone and password. During the examination, he was found to have data that was “prohibited” according to the Belarusian security forces. Since that day, Koval has been in captivity.At the criminal trial, Koval was accused of sending a video to the Nexta Editorial telegram bot on March 27, 2022. The video showed the movement of military equipment on the MKAD ring road (around Minsk). Thus, according to the state prosecution, Koval committed a crime, because the Belarusian authorities consider Nexta an “extremist formation.”</t>
   </si>
   <si>
     <t>2.5 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2023-09-13 12:47:23</t>
   </si>
   <si>
     <t>Sergey Viktorovich Doronin</t>
   </si>
   <si>
     <t>3 february 1975</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 13.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-11-01 22:00:39</t>
   </si>
   <si>
     <t>Andrey Aleksandrovich Garun</t>
   </si>
   <si>
     <t>4 february 1989</t>
   </si>
   <si>
     <t>A former law enforcement officer, then worked at EPAM before being detained.
 He was detained in October 2021 under Article 130 of the Criminal Code (Inciting social discord) for transmitting the data of security forces to the telegram channels «Karateli Belarusi» and «Chernaya kniga Belarusi» («Punishers of Belarus» and «Black Book of Belarus»).</t>
   </si>
   <si>
     <t>IK №3</t>
   </si>
   <si>
     <t>7 years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2021-12-21 14:31:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-10-11 22:24:22</t>
   </si>
   <si>
     <t>Alexander Arkadyevich Maksimovich</t>
   </si>
   <si>
     <t>4 february 1996</t>
   </si>
   <si>
     <t>Accused of financing extremist and terrorist activities through donations to a protest initiative (Bysol).
 Alexander is originally from Glusk, a small regional center in the Mogilev region. After finishing school, he entered the Belarusian State University of Informatics and Radioelectronics, majoring in "Information Systems and Technologies in Logistics". After graduating, he went on to a master's degree.
 Alexander worked in the IT field.</t>
   </si>
   <si>
     <t>Trial outcome 30.05.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 06.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-05-05 15:28:56</t>
   </si>
   <si>
     <t>Tatiana Olegovna Frantskevich</t>
   </si>
   <si>
     <t>4 february 1959</t>
   </si>
   <si>
     <t>Tatyana Frantskevich and Natalya Lobatsevich were detained on July 19, 2024, when Tatyana was summoned to the Investigative Committee to sign a pledge not to leave the city of Polotsk, and Natalya went with her to support her.
 A criminal case was opened against Tatyana Frantskevich, the mother of convicted anarchist Alexander Frantskevich, and her sister Natalia Lobatsevich, the mother of former political prisoner Ilya Lobatsevich, and they were placed in a pretrial detention facility in Vitebsk.</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
-    <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>Trial outcome 18.02.2025: 3 years 3 months of imprisonment in colony under general regime conditions. Appeal 15.04.2025: sent for review. Trial outcome 16.06.2025: 3 years 3 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-07-25 20:26:18</t>
   </si>
   <si>
-    <t>Diana Nikolaevna Stulba</t>
-[...15 lines deleted...]
-    <t>2024-02-15 23:01:27</t>
+    <t>Valentin Arkadyevich Antsypovich</t>
+  </si>
+  <si>
+    <t>4 february 1965</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-10-11 22:24:22</t>
+  </si>
+  <si>
+    <t>Vasily Olegovich Prokhorov</t>
+  </si>
+  <si>
+    <t>4 february 1992</t>
+  </si>
+  <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-04 18:52:17</t>
   </si>
   <si>
     <t>Andrey Andreevich Zaikov</t>
   </si>
   <si>
     <t>6 february 1987</t>
   </si>
   <si>
     <t>Andrey is 36 years old. In 2020, he worked at the Etazhi real estate agency. The man has a small daughter.
 According to pro-government telegram channels, he himself wrote to the Black Book of Belarus and offered to drop the addresses of security forces involved in the repressions. Andrei did not know that on the other side, GUBOPiK employee Artur Gaiko was answering him.
 Andrey was detained on November 10, 2023. He now faces up to 12 years in prison.
 The man has been using the same account since 2019. From it he “leaked” information into the Black Book of Belarus, and from it he wrote comments in open chats and groups. The video shows his archived username from the ChKB bot database, which was saved by Arthur Gaiko. Through it you can find the current name of the telegram account and ID.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2023-11-14 14:13:23</t>
   </si>
   <si>
     <t>Sergey Vasilievich Shaban</t>
   </si>
   <si>
     <t>6 february 1971</t>
   </si>
   <si>
     <t>Sergei, deputy chairman of the board of Belgazprombank, was detained as part of the Babariko case and convicted in July 2021 under the article “accepting a bribe”.</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 06.07.2021: 6 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-07-06 23:32:05</t>
+  </si>
+  <si>
+    <t>Denis Sergeevich Petkevich</t>
+  </si>
+  <si>
+    <t>6 february 1991</t>
+  </si>
+  <si>
+    <t>2025-10-05 15:02:59</t>
+  </si>
+  <si>
+    <t>Diana Nikolaevna Stulba</t>
+  </si>
+  <si>
+    <t>6 february 1984</t>
+  </si>
+  <si>
+    <t>Forensic expert.
+On February 27, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>3 years imprisonment in a general regime colony</t>
+  </si>
+  <si>
+    <t>2024-02-15 23:01:27</t>
   </si>
   <si>
     <t>Aleksey Igorevich Golovko</t>
   </si>
   <si>
     <t>6 february 2001</t>
   </si>
   <si>
     <t>Alexey, an activist in the anarchist movement, was detained in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted under several criminal articles, such as “participation in group actions that grossly violate public order” and “creation of an extremist group and participation in it.”
 It is known that the charges are based on the episode with the blocking of roads in Brest in 2018 during a protest against the construction of the battery plant, as well as participation in the "March of the Non-Parasites", which took place on March 5, 2017.</t>
   </si>
   <si>
+    <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
+  </si>
+  <si>
     <t>Trial outcome 06.09.2022: 12 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome 05.09.2025: 6 months of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-03-29 22:45:40</t>
   </si>
   <si>
-    <t>Denis Sergeevich Petkevich</t>
-[...19 lines deleted...]
-  <si>
     <t>Marina Mikhailovna Morozova</t>
   </si>
   <si>
     <t>7 february 1971</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-18 15:32:53</t>
   </si>
   <si>
     <t>Ludmila Eduardovna Ksiendzova</t>
   </si>
   <si>
     <t>8 february 1961</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 2 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-11-17 21:38:39</t>
   </si>
   <si>
     <t>Tatiana Alexandrovna Shinkevich</t>
   </si>
   <si>
     <t>9 february 1983</t>
   </si>
   <si>
     <t>Tatyana was sentenced to more than six years in prison; the exact term is unknown.</t>
   </si>
   <si>
     <t>Trial outcome 25.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 14.06.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-18 17:25:01</t>
   </si>
   <si>
     <t>Roman Bahaddinovich Guseinov</t>
   </si>
   <si>
     <t>10 february 1985</t>
   </si>
   <si>
     <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
   </si>
   <si>
     <t>2025-12-08 04:25:51</t>
+  </si>
+  <si>
+    <t>Aliaksandr Lebedz</t>
+  </si>
+  <si>
+    <t>10 february 1975</t>
+  </si>
+  <si>
+    <t>It is known that the GUBOPiK officers are investigating the case against people who were allegedly involved in the Telegram chat "partisans of Novogrudok". Criminal cases have been opened against them under the article "extremism". All those who were interrogated in the case are being asked to sign a non-disclosure agreement.
+Media reports indicate that at least six people among those detained by security forces 15 days ago have not been released after serving their administrative arrest, including Alexander.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-18 22:46:29</t>
   </si>
   <si>
     <t>Denis Fadeevich Tsybulsky</t>
   </si>
   <si>
     <t>11 february 1981</t>
   </si>
   <si>
     <t>Convicted by the Zavodskoy District Court of Minsk under Part 1 of Article 342 of the Criminal Code. On March 22, 2023, the case was heard by Judge Zhanna Khvoynitskaya. Sentenced to restriction of freedom with referral to a correctional institution, term unknown .
 In early May 2024, it became known that Denis was involved in a new case. The trial was scheduled for May 7. In addition to him, Andrei Stabulyanets and Alexander Sharabaiko were involved in the case. Depending on the role of each, they were charged under Article 368 (insulting Lukashenko), Article 369 of the Criminal Code (insulting a government official), and Article 361-1 of the Criminal Code (participation in an extremist group). In the Vitebsk Regional Court, Yevgeny Burunov considered the case in a closed court session from May 7 to June 5, 2024. As a result, Denis was sentenced to imprisonment in a general regime colony. The exact term is unknown (about five years ).</t>
   </si>
   <si>
     <t>Trial outcome 22.03.2023: unknown years restrictions of freedom with referral to an open-type correctional facility. Appeal 06.06.2023: unknown. Trial outcome 05.06.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 23.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-05-31 18:28:36</t>
+  </si>
+  <si>
+    <t>Vitaly Yurievich Melnik</t>
+  </si>
+  <si>
+    <t>12 february 1982</t>
+  </si>
+  <si>
+    <t>Detained in the case of «railway partisans».
+It is known that the man lives in the village of Khodakovo, he has a small child.
+During the arrest, he was shot through the knee joints.
+The family believes that Vitaly has nothing to do with the articles, and connects the detention with the revenge of a local judge, as well as the fact that Vitaly previously had a criminal record.
+Details of the case are unknown.</t>
+  </si>
+  <si>
+    <t>IK-13, Glubokoye, Sovetskaya 205, 211791</t>
+  </si>
+  <si>
+    <t>16 years of imprisonment in a penal colony of strict regime and 11 100 BYN penalty.</t>
+  </si>
+  <si>
+    <t>2022-07-22 14:35:14</t>
+  </si>
+  <si>
+    <t>Natalia Sergeevna Belokurskaya</t>
+  </si>
+  <si>
+    <t>12 february 1972</t>
+  </si>
+  <si>
+    <t>Natalia was detained and in January 2025 found guilty of publicly insulting Lukashenko and a government official.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.01.2025: 1 year 6 months of imprisonment in colony under general regime conditions, 60 basic values fine. Appeal 11.03.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-03-11 17:41:30</t>
   </si>
   <si>
     <t>Andrey Vasilevich Tsypak</t>
   </si>
   <si>
     <t>12 february 1993</t>
   </si>
   <si>
     <t>A former MTS employee from Brest was detained in early November 2022. In the “repentance” video, he said that in 2020-2021 he worked at MTS and had access to data. According to the security officials, Andrey handed over the data of several officials and prosecutors to the Black Book of Belarus.
 A former cellmate of Tsypak told human rights activists that Andrei was severely beaten during his arrest.
 Andrei's case was considered behind closed doors, so the outcome of the trial is unknown to human rights activists.
 Andrei Tsypak previously played in the Brest handball club named after Meshkov. From 2020 to 2021, he worked at MTS - and at that time, according to the security forces, he transferred the data of several prosecutors and government officials to the protest initiative.</t>
   </si>
   <si>
     <t>unknown</t>
   </si>
   <si>
     <t>2023-03-16 22:41:19</t>
   </si>
   <si>
     <t>Nikolay Nikolaevich Lyutskevich</t>
   </si>
   <si>
     <t>12 february 1973</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-10-31 17:31:38</t>
-  </si>
-[...17 lines deleted...]
-    <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Sergey Aleksandrovich Sikorsky</t>
   </si>
   <si>
     <t>12 february 1976</t>
   </si>
   <si>
     <t>Sergei, an assistant to the head of a Minsk organization, was arrested in September 2020 at his home for participating in a protest against presidential election fraud and violence against civilians that took place in Minsk on August 11, 2020. He was convicted of "participating in mass riots" and also on drug-related charges.
 m
 On September 7, 2020, he was detained at his residence. According to the medical examination report, at the time of his arrest, he was in a state caused by the use of psychotropic substances; mephedrone was detected in his system. During a search of his apartment, law enforcement officers found a powdered substance. Investigators later concluded that Sikorsky also sold the same substance to a 46-year-old resident of Mogilev.
 During the closing arguments, the state prosecutor requested the court to award Sikorsky:
 Under Part 1 of Article 328 of the Criminal Code – 2 years of imprisonment;
 Under Part 3 of Article 328 of the Criminal Code – 7 years' imprisonment and a fine of 300 basic units. By combining the penalties under the two parts of Article 328, the total sentence is 7 years' imprisonment;
 Under Part 2 of Article 293 of the Criminal Code – 5 years of imprisonment.
 The final sentence is 9 years of imprisonment in a high-security penal colony and a fine of 300 basic units.</t>
   </si>
   <si>
     <t>Trial outcome 06.05.2021: 9 years of imprisonment in colony under enhanced security conditions, 300 basic values fine.</t>
   </si>
   <si>
     <t>2021-05-06 19:38:28</t>
   </si>
   <si>
-    <t>Vitaly Yurievich Melnik</t>
-[...50 lines deleted...]
-    <t>2025-11-30 16:07:30</t>
+    <t>Alexandra Viachaslavauna Pulinovich</t>
+  </si>
+  <si>
+    <t>12 february 2007</t>
+  </si>
+  <si>
+    <t>The pro-government film (April 2024) said that six teenagers allegedly united in the “anarchist cell “Black Nightingales”, which” under the leadership of the National Liberation Army of Ukraine “was created by 16-year-old Ukrainian citizen Maria Misyuk.
+ONT employees claim that the teenagers united to carry out sabotage on a tip in Belarus, and then in Russia. Maria is accused under Part 2 of Art. 289 of the Criminal Code (act of terrorism). According to the story, 16-year-old Maria Misyuk moved with her family from Ukraine to Belarus in 2022, where she created an “anarchist cell for preparing terrorist attacks.” Among those detained are college students in Baranovichi, Nesvizh, Mir, Minsk and Luninets. These are Trofim Borisov, Sergei Zhigalev, Dmitry Zahoroshko, Anastasia Klimenko and Alexandra Pulinovich . According to ONT employees, young people gathered at the Baranovichi apartment to prepare for their first serious action - to collect explosives and blow up the Baranovichi police department or prosecutor's office. It is unknown under what charges the remaining five participants are accused. As well as their status and location are unknown.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 10 years 3 months of imprisonment in colony under enhanced security conditions. Appeal 09.02.2026: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-01 20:30:24</t>
   </si>
   <si>
     <t>Denis Mikhailovich Krasko</t>
   </si>
   <si>
     <t>13 february 1975</t>
   </si>
   <si>
     <t>According to the prosecution materials , in December 2020, Krasko “published comments in the public domain on the Internet aimed at supporting extremist activities, propaganda and agitation of social discord and hostility towards employees of state law enforcement agencies of the Republic of Belarus, representatives of the judiciary, military personnel serving in the Armed Forces of the Republic of Belarus, published publicly available comments on the Internet aimed at supporting extremist activities, promoting and agitating social discord and hostility towards this category of persons."</t>
   </si>
   <si>
     <t>Trial outcome 22.01.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 29.03.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-11 22:28:12</t>
   </si>
   <si>
     <t>Vitaly Petrovich Minkevich</t>
   </si>
   <si>
     <t>13 february 1994</t>
   </si>
   <si>
     <t>Resident of the Mogilev region. Shoe store worker.
 In 2020, he was detained for participating in protests.
 Detained for sabotage of the railway near the stations of Bobruisk, as well as arson of the shooting range of military unit 5527.
 On April 12, 2024, a trial was held to change the conditions of the regime of serving the sentence and Vitaly was transferred to a prison regime for a period of 3 years.</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...1 lines deleted...]
-  <si>
     <t>15 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-05-23 12:40:57</t>
+  </si>
+  <si>
+    <t>Marina Hramsova</t>
+  </si>
+  <si>
+    <t>13 february 1984</t>
+  </si>
+  <si>
+    <t>Marina previously worked as an entrepreneur, selling flooring. Her business closed in 2015, after which she moved to another company that did the same.
+The woman is known as a lover of Belarusian culture and took part in events of the Belarusian Language Society and a folk dance club.
+Most likely, the matter is connected with Alexandra’s participation in protest chats.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.09.2025: 3 years of imprisonment in colony under general regime conditions. Appeal 19.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-11-30 16:07:30</t>
+  </si>
+  <si>
+    <t>Valiantsin Valiantsinavich Tseranevich</t>
+  </si>
+  <si>
+    <t>Valentin, an assistant foreman at the Khimvolokno plant, part of Grodno Azot , and deputy chairman of the Belarusian Independent Trade Union of Grodno Azot, was arrested in the fall of 2021 as part of a criminal case brought against plant employees who supported the strike and were part of the "Workers' Movement" initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers took place across the country.
+In February 2023, Valentina was found guilty of treason and the creation of and participation in an extremist group and sentenced to imprisonment.
+In October 2024, another court hearing took place, following which Valentin was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 12 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld. Regime change trial 09.10.2024: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:54:01</t>
   </si>
   <si>
     <t>Valery Viktorovich Borzenko</t>
   </si>
   <si>
     <t>13 february 1971</t>
   </si>
   <si>
     <t>He was found guilty that in November 2020 and March 2021, he sent information about his former leader to the telegram bots of channels recognized by extremist groups in the Republic of Belarus. Subsequently, it was placed resources through which illegal activities were carried out as part of extremist formations. Also, according to the prosecution, the posting of information received from Borzenko entailed other grave consequences.
 He was also found guilty of purchasing and storing firearms ammunition.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-10-03 16:12:26</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-09-26 12:54:01</t>
   </si>
   <si>
     <t>Anna Gennadievna Shpak</t>
   </si>
   <si>
     <t>14 february 1997</t>
   </si>
   <si>
     <t>Anna graduated from the Faculty of Mass Sports at the Belarusian State University of Physical Education in 2019. She worked as a coach and teacher at the Burevestnik Olympic Reserve School in Minsk.
 In 2014, Anna competed in the 2nd Summer Youth Olympic Games, where she jumped 3.80 m and placed fourth overall. For this achievement, she received a scholarship from the National Olympic Committee.
 She was likely detained in connection with the "Gayun case." On the "list of extremists" maintained by the Ministry of Internal Affairs, her status is listed as "serving a sentence." This means she was sentenced to either a penal colony with a referral or a prison colony.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-12 14:08:21</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Berestovoj</t>
-[...32 lines deleted...]
-  <si>
     <t>Anton Olegovich Cheremnykh</t>
   </si>
   <si>
     <t>15 february 1983</t>
   </si>
   <si>
     <t>Deputy commander of the 310th artillery group for ideological work of the 120th separate guards mechanized brigade of the guard, lieutenant colonel. He is accused of “treason against the state by a person subject to military status” and “inciting other social discord.”
 The circumstances of the case are unknown.
 On July 5 and 17, 2024, the appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 28.03.2024: unknown. Appeal 17.07.2024: unknown.</t>
   </si>
   <si>
     <t>2023-03-16 11:23:55</t>
   </si>
   <si>
+    <t>Andrey Berestovoy</t>
+  </si>
+  <si>
+    <t>15 february 1980</t>
+  </si>
+  <si>
+    <t>Andrey Berestovoy has over 20 years of experience in design, and the last 15 years he has been working in IT. In the second half of 2024, he was detained. It is only known that the reason for the detention could have been Berestovoy's comments on Telegram. He used an old account linked to his own Belarusian number, and an old nickname that he used everywhere.
+It is known that he periodically traveled to Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.05.2025: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-07-24 17:15:25</t>
+  </si>
+  <si>
     <t>Maxim Viktorovich Polonsky</t>
   </si>
   <si>
     <t>16 february 1986</t>
   </si>
   <si>
     <t>Trial outcome 29.01.2025: unknown.</t>
   </si>
   <si>
     <t>2025-02-14 14:52:53</t>
-  </si>
-[...14 lines deleted...]
-    <t>2022-12-20 01:15:12</t>
   </si>
   <si>
     <t>Oleg Igorevich Gavrilov</t>
   </si>
   <si>
     <t>16 february 1981</t>
   </si>
   <si>
     <t>He is a fitness trainer from Soligorsk.
 According to the case file, in January 2021 Gavrilov purchased and provided aerosol cans with paint to two acquaintances — Tatiana and Oleg Birulya. After that, Tatiana and Oleg, from January to February 2021, applied inscriptions and drawings to various infrastructure facilities in Soligorsk, carrying out their damage.
 In August 2021, Gavrilov, through agreements, including for material remuneration, involved another acquaintance, Sergei Pasyuk, in engaging in extremist activities.
 Then, from August to December 2021, the defendants distributed leaflets and other printed materials on the territory of Soligorsk. The examination of the contents of the «Honest Newspaper», with copies of which the coach was detained, testified that Gavrilov was allegedly involved in inciting racial, national, religious or other social enmity or discord committed by a group of persons.</t>
   </si>
   <si>
     <t>Trial outcome 12.12.2022: 10 years of imprisonment in colony in strict regime conditions. Appeal 07.04.2023: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-12-30 14:20:17</t>
   </si>
   <si>
+    <t>Andrey Cheslavovich Krasnik</t>
+  </si>
+  <si>
+    <t>16 february 1967</t>
+  </si>
+  <si>
+    <t>The man worked as a therapist in the emergency room of the city hospital of Lida. According to preliminary information, he was detained for likes and comments of materials against the current government of the Republic of Belarus.
+Soon it became known that Andrei Krasnik was going to be tried again: on April 17, 2023, a hearing on the case against the political prisoner under Part 2 of Article 366 of the Criminal Code (Violence or threat against an official) and Part 1 of Article 342 of the Criminal Code (Organization and preparation of actions that grossly violate the order, or active participation in them). A judge has been appointed to consider the case Vladimir Fedorovich.</t>
+  </si>
+  <si>
+    <t>3,5 years of imprisonment in a penal colony with reinforced regime.</t>
+  </si>
+  <si>
+    <t>2022-12-20 01:15:12</t>
+  </si>
+  <si>
     <t>Alexei Andreevich Chernousov</t>
   </si>
   <si>
     <t>17 february 1991</t>
   </si>
   <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
   </si>
   <si>
     <t>Trial outcome 15.05.2024: 4 years 3 months of imprisonment in colony under enhanced security conditions. Appeal 05.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-04-09 22:28:05</t>
   </si>
   <si>
     <t>Dmitriy Valerievich Gut</t>
   </si>
   <si>
     <t>18 february 1988</t>
   </si>
   <si>
     <t>Dmitry worked in the IT field, before that he worked in the prosecutor's office for 7 years.
 On January 09, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>6 years imprisonment in a colony</t>
   </si>
   <si>
     <t>2023-10-16 18:51:25</t>
   </si>
   <si>
-    <t>Arseny Olegovich Moiseichik</t>
-[...12 lines deleted...]
-    <t>2022-03-12 19:28:48</t>
+    <t>Stanislav Sergeevich Chapel</t>
+  </si>
+  <si>
+    <t>19 february 2006</t>
+  </si>
+  <si>
+    <t>As reported in the ONT film “Children at gunpoint. Recruited by the enemy,” Stanislav is accused of agreeing to be a courier for “the organization that oversaw the SBU.” There he was presented as an agent of the Ukrainian special services, they say, the guy recorded a video that “he is ready to work against the FSB and Putin." But at the time of filming, he was already serving a sentence in a colony for “fraud.” The trial took place in May 2024. The sentence is unknown, the term could be from 3 to 10 years in prison with a fine.
+According to the ONT film, in January 2023, a then 16-year-old boy from a large family was looking for work on the Internet. He came across scammers who offered to work as a courier - to pick up and transport money. Stanislav was told to record a video in which he stated that he supported Ukraine and seemed to agree to work for the SBU.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 29.08.2024: unknown. Appeal 04.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-30 00:03:14</t>
+  </si>
+  <si>
+    <t>Dmitriy Olegovych Selvestruk</t>
+  </si>
+  <si>
+    <t>19 february 1990</t>
+  </si>
+  <si>
+    <t>Author of the telegram channel "Silver Age. Football of Belarus" and ex-employee of "Narodnaya Gazeta". He is accused under Part 1 of Art. 361-4 of the Criminal Code (promoting extremist activities). The circumstances of the case are unknown to human rights activists.</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.09.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 21.11.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-09-27 19:19:37</t>
+  </si>
+  <si>
+    <t>Vladimir Yurievich Saveliev</t>
+  </si>
+  <si>
+    <t>19 february 1987</t>
+  </si>
+  <si>
+    <t>At the beginning of October 2022, in the Moscow district of the capital, unknown persons hung a white-red-white flag and the flag of Ukraine on a power line support. Only the next day a post appeared on Anton Mot’s Telegram channel with a photo of the flag and the caption: “Minsk residents congratulate the Ukrainian people on the wonderful news from the Crimean bridge. Crime is Ukraine! Long live Belarus! Glory to Ukraine!” During operational search activities, police officers detained six Minsk residents aged 34 to 36 years who allegedly did this. Including Vladimir.
+Savelyev said in a pro-government video that the action was organized in support of Ukrainians: “This is support for civilians who are dying in an unnecessary war.”
+On September 14, 2023, an appeal hearing was held. The verdict came into force.</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in colony</t>
+  </si>
+  <si>
+    <t>2023-05-19 10:04:03</t>
   </si>
   <si>
     <t>Aleksey Nikolaevich Khralovich</t>
   </si>
   <si>
     <t>19 february 1984</t>
   </si>
   <si>
     <t>Ex-lieutenant colonel of the State Security Committee.
 The criminal case against the lieutenant colonel is known only from the state media.
 In 2021, the ONT TV channel showed the film «Operation of the State Security Committee «Mankurty»», in which they reported on the detention of lieutenant colonel of the State Security Committee Alexei Khralovich.
 The man has been in custody of law enforcement officers for about a year at the time of the verdict.
 Khralovich was deprived of the military rank of lieutenant-colonel.</t>
   </si>
   <si>
     <t>Trial outcome 30.03.2022: 10 years of imprisonment in colony under enhanced security conditions. Regime change trial 24.10.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2022-03-30 19:11:23</t>
   </si>
   <si>
-    <t>Dmitriy Olegovych Selvestruk</t>
-[...78 lines deleted...]
-    <t>2025-06-30 10:26:56</t>
+    <t>Arseny Olegovich Moiseichik</t>
+  </si>
+  <si>
+    <t>19 february 2002</t>
+  </si>
+  <si>
+    <t>He was detained for participating in protest actions. He was also accused of receiving telescopic batons, stun guns and other means from abroad.
+Arseny graduated from the College of Business and Law with a degree in jurisprudence and has a driver's license. Before his arrest, he worked as a pizza delivery courier. The guy has leukoma and needs regular medical monitoring and an annual MRI. Arseny is prohibited from many physical activities.</t>
+  </si>
+  <si>
+    <t>Trial outcome 01.07.2022: 6 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2022-03-12 19:28:48</t>
   </si>
   <si>
     <t>Michael Grigorievich Lapunov</t>
   </si>
   <si>
     <t>20 february 1970</t>
   </si>
   <si>
     <t>Father of political prisoner Nikita Zolotarev . Mikhail was detained on August 8, 2023 and sentenced to 15 days of arrest under Art. 19.11 Code of Administrative Offenses of the Republic of Belarus (distribution of extremist materials). After the first arrest, he was not released and was sentenced under the same article to another 15 days, and then to another 15.
 On September 22, 2023, on the eve of his release after serving his third administrative arrest in a row, he was again found guilty of committing an offense and sent to a detention center for the fourth time.
 On October 24, by decision of the KGB, the closed Telegram chat “Gomel for Nikita Zolotorev” was recognized as an “extremist formation,” and its only designated participant was the father of the political prisoner, Mikhail Lapunov.
 Human rights activists learned that some time after serving administrative arrests, Mikhail was taken into custody. As of the summer of 2024, he is being held in a pre-trial detention center .</t>
   </si>
   <si>
     <t>Trial outcome 30.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 15.11.2024: unknown.</t>
   </si>
   <si>
     <t>2023-09-26 14:03:10</t>
+  </si>
+  <si>
+    <t>Vladislav Vitalievich Voitekhovich</t>
+  </si>
+  <si>
+    <t>20 february 1995</t>
+  </si>
+  <si>
+    <t>Vladislav was detained in August 2021 as part of a criminal case initiated under the article “act of terrorism”.
+According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."
+Vladislav was sentenced under numerous criminal articles to a long term of imprisonment, the first five years of which were in prison. He was also stripped of his military rank.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 21 year of imprisonment in colony under enhanced security conditions (among them 5 years of prison regime), military service restriction. Appeal 04.10.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:29:35</t>
+  </si>
+  <si>
+    <t>Oleg Petrovich Zelenko</t>
+  </si>
+  <si>
+    <t>20 february 1983</t>
+  </si>
+  <si>
+    <t>Oleg headed the historical club "Mindovg" and was also involved in business.
+In December 2024, Oleg Zelenko was convicted twice for "dissemination of extremist materials" (19.11 of the Code of Administrative Offenses). After serving his sentence, a criminal case was probably opened against him and he was placed in a pretrial detention center.
+Apparently, after the verdict, Zelenko was sentenced to a penal colony - his social networks are not updated, and his Telegram has the status "was online a long time ago."</t>
+  </si>
+  <si>
+    <t>2025-06-30 10:26:56</t>
+  </si>
+  <si>
+    <t>Artem Sergeevich Mitsuk</t>
+  </si>
+  <si>
+    <t>21 february 2001</t>
+  </si>
+  <si>
+    <t>He was detained in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation."</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:33:01</t>
+  </si>
+  <si>
+    <t>Natalia Alexandrovna Chubovskaya</t>
+  </si>
+  <si>
+    <t>21 february 1981</t>
+  </si>
+  <si>
+    <t>2025-10-30 15:34:18</t>
   </si>
   <si>
     <t>Oleg Igorevich Sychev</t>
   </si>
   <si>
     <t>21 february 1976</t>
   </si>
   <si>
     <t>47 year old Oleg was born in Krasnoyarsk, but in 2000 he moved to Belarus and has already received citizenship. 
 In the film on the ONT TV channel, they showed how the Ukrainian terrorist Nikolai Shvets was detained on March 4 at Oleg's house in the «Berezovaya Roshcha» garden association in the village of Chertyazh (Borovlyansky Village Council).
 Sychev with his wife Nastya Pilko was detained by law enforcement officers on March 3 in the same house.
 According to human rights activists, both of them are now in the pre-trial detention center of the State Security Committee.
 The detained couple has two juvenile children who are now with their grandmother.</t>
   </si>
   <si>
     <t>Trial outcome 03.10.2024: 9 years of imprisonment in colony under general regime conditions. Appeal 27.12.2024: unknown.</t>
   </si>
   <si>
     <t>2023-04-07 13:01:12</t>
   </si>
   <si>
-    <t>Natalia Alexandrovna Chubovskaya</t>
-[...22 lines deleted...]
-  <si>
     <t>Artem Ruslanovich Zakrzhevsky</t>
   </si>
   <si>
     <t>22 february 2003</t>
   </si>
   <si>
     <t>Artem was found guilty, according to the indictment, of entering the roadway on the night of August 9-10, 2020, during an unauthorized mass event in Minsk, blocking traffic, shouting slogans, and disobeying the lawful orders of the authorities.
 Furthermore, on January 1, 2022, while intoxicated in a public place, he unprovoked violence against another man. Artem was sentenced to restricted freedom with a referral.
 In October 2023, a hearing on the case of strengthening the regime took place; the reasons and outcome of the hearing are unknown.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Vitebsk, ul. 3-ya Chepinskaya, 39</t>
   </si>
   <si>
     <t>Trial outcome 05.07.2022: 4 years 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 27.09.2022: the sentence was upheld. Regime change trial 11.10.2023: unknown. Appeal 19.12.2023: unknown.</t>
   </si>
   <si>
     <t>2022-06-30 20:48:16</t>
   </si>
   <si>
-    <t>Alexey Anatolyevich Kaidash</t>
-[...17 lines deleted...]
-  <si>
     <t>Andrey Konstantinovich Yaremchik</t>
   </si>
   <si>
     <t>23 february 1993</t>
   </si>
   <si>
     <t>The bass guitarist of the band «TOR BAND».
 On January 20, 2023, it became known that the «TOR BAND» group was recognized as an extremist formation in the Republic of Belarus. Dmitry Golovach and his wife Yulia, Yevgeny Burlo and Andrei Yaremchik were added to the extremist formation of the State Security Committee.
 This is the first musical group to be included in the list of extremist formations.</t>
   </si>
   <si>
     <t>7.5 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-01-24 13:54:58</t>
   </si>
   <si>
-    <t>Andrey Evgenyevich Porotnikov</t>
-[...12 lines deleted...]
-    <t>2023-03-23 23:52:54</t>
+    <t>Aliaksei Kaidash</t>
+  </si>
+  <si>
+    <t>23 february 1979</t>
+  </si>
+  <si>
+    <t>Alexey was initially sentenced to administrative arrest under Article 19.11 of the Code of Administrative Offenses . A criminal case was then opened under Article 361-4 of the Criminal Code of the Republic of Belarus (assistance to extremist activity).
+Alexey Kaidash worked in Mozyr as a professional photographer, taking wedding, children's, portrait, portfolio, and menu and catalog photos.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-05-20 10:59:49</t>
+  </si>
+  <si>
+    <t>Alexander Viktorovich Kuksa</t>
+  </si>
+  <si>
+    <t>24 february 1983</t>
+  </si>
+  <si>
+    <t>On February 14, the Investigative Committee opened a criminal case against representatives and participants of the “Personnel Reserve for New Belarus” initiative announced by the Joint Transitional Cabinet. The ONT TV channel later showed 14 people detained in this case. Propagandist Igor Tur said that together with the security forces, he listened to lectures for participants in the initiative for a year. On February 26, pro-government channels published a video with the participation of Alexander Kuksa, where he admitted to participating in this program. The “Personnel Reserve for a New Belarus” program was launched by the Joint Transitional Cabinet in November 2022. The goal of the project was to train professionals who would be able to work in government positions and carry out reforms.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.12.2024: unknown. Appeal 28.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-03-13 11:05:07</t>
   </si>
   <si>
     <t>Sergey Anatolyevich Sokolov</t>
   </si>
   <si>
     <t>24 february 1976</t>
   </si>
   <si>
     <t>Sergei was detained in August 2021 as part of a criminal case initiated under the article “act of terrorism”.
 According to the indictment, from July 2020 to January 2022, "an organized criminal group operated in Belarus, Turkey, Poland, Ukraine and other countries with the goal of committing extremist crimes. The group included radical individuals, including former and current military personnel, law enforcement officers, athletes and businessmen, who sought to seize power illegally." The case involves charges of attempted arson of the home of MP Oleg Gaidukevich in June 2021 and "organizing mass riots."
 Sergei was convicted under several criminal articles to a long term of imprisonment and a fine, and he was also stripped of his military rank.</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 14 years of imprisonment in colony under enhanced security conditions, 700 basic values fine, military service restriction. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-11-15 19:40:36</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Kuksa</t>
-[...11 lines deleted...]
-    <t>2024-03-13 11:05:07</t>
+    <t>Andrey Evgenyevich Porotnikov</t>
+  </si>
+  <si>
+    <t>24 february 1978</t>
+  </si>
+  <si>
+    <t>He is a political scientist, a specialist in security issues. Head of the analytical center Belarus Security Blog; member of the Board of the organization «Pravyi Alliance» (2010-2011).
+According to Andrey's friend, he was detained in Moscow a few days ago. Now he has been taken to Minsk and is now in the pre-trial detention center of the State Security Committee («SIZO KGB»).</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.10.2024: 10 years of imprisonment in colony under enhanced security conditions. Appeal 18.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2023-03-23 23:52:54</t>
+  </si>
+  <si>
+    <t>Timofey Alexandrovich Korotkevich</t>
+  </si>
+  <si>
+    <t>25 february 2002</t>
+  </si>
+  <si>
+    <t>Convicted for likes in 2020, when he was 18. The trial was likely on defamation charges.</t>
+  </si>
+  <si>
+    <t>2025-05-20 22:35:08</t>
+  </si>
+  <si>
+    <t>Aliaksei Peraverzeu</t>
+  </si>
+  <si>
+    <t>According to pro-government media, he is accused of financing terrorist activities in exchange for a donation of 50 USD to the Kalinovsky Regiment in 2023.</t>
+  </si>
+  <si>
+    <t>2025-04-03 14:00:05</t>
   </si>
   <si>
     <t>Pavel Leonidovich Nedbailo</t>
   </si>
   <si>
     <t>25 february 1981</t>
   </si>
   <si>
     <t>A resident of Svetlogorsk was detained on September 29, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation."</t>
   </si>
   <si>
     <t>2021-02-26 21:47:17</t>
+  </si>
+  <si>
+    <t>Andrey Ivanovich Matusenko</t>
+  </si>
+  <si>
+    <t>25 february 1969</t>
+  </si>
+  <si>
+    <t>In 2006, Matusenko founded the company "MM-Transit" in the Smolensk region. Its area of activity is cargo transportation. In 2020, the company was liquidated. After that, the Vitebsk resident continued to work in various companies in Russia - for example, "S-Trans", which is engaged in transportation. He traveled everywhere - the European Union, Russia, Belarus, Ukraine.
+Matusenko served in Afghanistan. His service period was from November 1987 to February 1989.</t>
+  </si>
+  <si>
+    <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
+  </si>
+  <si>
+    <t>2025-08-17 15:02:31</t>
   </si>
   <si>
     <t>Egor Romanovich Tyushkevich</t>
   </si>
   <si>
     <t>25 february 1997</t>
   </si>
   <si>
     <t>Musician. Worked in a puppet theater in Brest.
 He was first convicted in the Brest Regional Court on December 19, 2024.
 In October 2025, it became known that a new criminal case had been opened against Yegor and he had been transferred to a pretrial detention facility.</t>
   </si>
   <si>
     <t xml:space="preserve"> Trial outcome 19.12.2024: 6 years of imprisonment in colony under general regime conditions. Appeal 04.03.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-12 12:21:12</t>
   </si>
   <si>
     <t>Dmitry Vasilievich Androsyuk</t>
   </si>
   <si>
     <t>25 february 1984</t>
   </si>
   <si>
-    <t xml:space="preserve">Dmitry was a witness in the case of Brest political prisoners, bloggers Sergei Petrukhin and Alexander Kabanov, who were sentenced to three years in a general regime penal colony in April of this year. As the activist told Brest human rights defenders, a criminal case was opened against him for refusing to answer questions from the judge who was considering the case of Petrukhin and Kabanov, since he did not show the judge's service ID.
-[...5 lines deleted...]
-    <t>Trial outcome 21.09.2021: 3 months of arrest. Trial outcome 17.12.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 21.02.2025: unknown.</t>
+    <t>Dmitry was a witness in the case of Brest political prisoners and bloggers Sergei Petrukhin and Alexander Kabanov, who were sentenced to three years in prison in April 2021. As he told Brest human rights activists, the criminal case against him was opened for refusing to answer questions from the judge hearing Petrukhin and Kabanov's case because the judge had failed to present his official identification. In September 2021, Dmitry was found guilty of "refusing or evading testimony" and sentenced to arrest.
+He was released in February 2022, having fully served his sentence.
+In December 2024, Dmitry was convicted again under the article "organizing and preparing actions that grossly violate public order, or active participation in them" and sentenced to imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.09.2021: 3 months of arrest. Trial outcome 17.12.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 21.02.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-21 17:48:17</t>
+  </si>
+  <si>
+    <t>Aleksey Dmitrievich Shishkovets</t>
+  </si>
+  <si>
+    <t>25 february 1979</t>
+  </si>
+  <si>
+    <t>He was detained for preparing for sabotage on the railway.
+According to the Ministry of Internal Affairs, at the beginning of 2022, a man joined the extremist formation «ByPol», logging in to a mobilization chat-bot to commit illegal actions in Belarus.
+On March 1, he allegedly received instructions on blocking railway tracks, as well as on the manufacture and use of Molotov cocktails.</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.10.2022: 11 years of imprisonment in colony under enhanced security conditions. Appeal 06.01.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:18:52</t>
   </si>
   <si>
     <t>Larisa Ivanovna Prokhorova</t>
   </si>
   <si>
     <t>25 february 1975</t>
   </si>
   <si>
     <t>He was detained along with his entire family (husband, daughter, son) on suspicion of “treason.” The daughter was apparently later released. The details of the case are unknown.
 She worked as a nurse at Gomel City Clinical Hospital No. 3. Larisa Prokhorova is a completely non-public person. She was born in 1975 in Grabovka, where she lived all her life.
 Participants in a closed process have non-disclosure agreements. It is known from an unofficial source that the criminal case concerns photographing various objects on the territory of Belarus, and the persons involved in the case were monitored by special services for some time before their arrest.
 The Prokhorov family lived for a long time in the village of Grabovka, Gomel region. At the time of their arrest, they lived in the village of Uza, Gomel region, where they moved two years ago.</t>
   </si>
   <si>
     <t>Trial outcome 20.06.2024: 8 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-29 15:11:09</t>
-  </si>
-[...40 lines deleted...]
-    <t>2025-05-20 22:35:08</t>
   </si>
   <si>
     <t>Vitaly Ivanovich Khalchitsky</t>
   </si>
   <si>
     <t>27 february 1957</t>
   </si>
   <si>
     <t>He is a pensioner and has a young child to support.</t>
   </si>
   <si>
     <t>Trial outcome 24.03.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-04-19 20:32:22</t>
   </si>
   <si>
     <t>Pavel Yurievich Belyutin</t>
   </si>
   <si>
     <t>27 february 1977</t>
   </si>
   <si>
     <t>Pavel was convicted in the Frunzensky District Court of Minsk on May 23, 2022 under Article 369 of the Criminal Code of the Republic of Belarus.
 In the evening news broadcast on state television "Belarus 1" on May 5, 2025, Pavel was called "a member of an extremist group" and "part of the Vilnius Banner", the purpose of which was allegedly to invade Belarus. The video reported that the activist allegedly underwent paramilitary training in the said organization. And also allegedly in 2020 he participated in protests and was part of a group that planned a drone attack on the Ostrovets NPP.
@@ -1624,51 +1629,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1712,182 +1717,182 @@
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
@@ -1920,148 +1925,145 @@
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
       <c r="I13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>78</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
       <c r="I14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>84</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
       <c r="C15" t="s">
         <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>87</v>
       </c>
       <c r="F15" t="s">
@@ -2072,766 +2074,766 @@
       </c>
       <c r="H15" t="s">
         <v>88</v>
       </c>
       <c r="I15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>90</v>
       </c>
       <c r="B16" t="s">
         <v>91</v>
       </c>
       <c r="C16" t="s">
         <v>92</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16" t="s">
         <v>93</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B26" t="s">
-        <v>136</v>
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>52</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I28" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>153</v>
+        <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>154</v>
       </c>
       <c r="I29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>157</v>
       </c>
       <c r="C30" t="s">
         <v>158</v>
       </c>
       <c r="D30" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>159</v>
       </c>
       <c r="I30" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
         <v>162</v>
       </c>
       <c r="C31" t="s">
         <v>163</v>
       </c>
       <c r="D31" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E31" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>174</v>
+        <v>80</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>175</v>
       </c>
       <c r="I33" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>177</v>
       </c>
       <c r="B34" t="s">
         <v>178</v>
       </c>
       <c r="C34" t="s">
         <v>179</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E34" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>180</v>
       </c>
       <c r="I34" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>185</v>
       </c>
       <c r="I35" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>187</v>
       </c>
       <c r="B36" t="s">
         <v>188</v>
       </c>
       <c r="C36" t="s">
         <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E37" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>195</v>
       </c>
       <c r="I37" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>197</v>
       </c>
       <c r="B38" t="s">
         <v>198</v>
       </c>
       <c r="C38" t="s">
         <v>199</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>200</v>
       </c>
       <c r="I38" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>202</v>
       </c>
       <c r="B39" t="s">
         <v>203</v>
       </c>
       <c r="C39" t="s">
         <v>204</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>87</v>
+        <v>164</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
       <c r="I39" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>207</v>
       </c>
       <c r="B40" t="s">
         <v>208</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="H40" t="s">
         <v>209</v>
       </c>
       <c r="I40" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>211</v>
       </c>
       <c r="B41" t="s">
         <v>212</v>
       </c>
       <c r="C41" t="s">
         <v>213</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>214</v>
       </c>
       <c r="I41" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>216</v>
       </c>
       <c r="B42" t="s">
         <v>217</v>
       </c>
       <c r="C42" t="s">
         <v>218</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>174</v>
+        <v>58</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>219</v>
       </c>
       <c r="I42" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>221</v>
       </c>
       <c r="B43" t="s">
         <v>222</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
@@ -2871,191 +2873,194 @@
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>229</v>
       </c>
       <c r="I44" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>231</v>
       </c>
       <c r="B45" t="s">
         <v>232</v>
       </c>
       <c r="C45" t="s">
         <v>233</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>234</v>
       </c>
       <c r="I45" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>236</v>
       </c>
       <c r="B46" t="s">
         <v>237</v>
       </c>
       <c r="C46" t="s">
         <v>238</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>184</v>
+        <v>27</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>239</v>
       </c>
       <c r="I46" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>241</v>
       </c>
       <c r="B47" t="s">
         <v>242</v>
       </c>
       <c r="C47" t="s">
         <v>243</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>244</v>
       </c>
       <c r="I47" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>246</v>
       </c>
       <c r="B48" t="s">
         <v>247</v>
       </c>
       <c r="C48" t="s">
         <v>248</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>38</v>
+        <v>184</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>249</v>
       </c>
       <c r="I48" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>251</v>
       </c>
       <c r="B49" t="s">
         <v>252</v>
       </c>
       <c r="C49" t="s">
         <v>253</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
       <c r="F49" t="s">
         <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
         <v>254</v>
       </c>
       <c r="I49" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>256</v>
       </c>
       <c r="B50" t="s">
         <v>257</v>
       </c>
       <c r="C50" t="s">
         <v>258</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>259</v>
       </c>
       <c r="I50" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>261</v>
       </c>
       <c r="B51" t="s">
         <v>262</v>
       </c>
       <c r="C51" t="s">
         <v>263</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
@@ -3064,739 +3069,762 @@
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>264</v>
       </c>
       <c r="I51" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>266</v>
       </c>
       <c r="B52" t="s">
         <v>267</v>
       </c>
       <c r="C52" t="s">
         <v>268</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>82</v>
+      </c>
+      <c r="I52" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>270</v>
+      </c>
+      <c r="B53" t="s">
         <v>271</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>272</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>52</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>273</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>275</v>
+      </c>
+      <c r="B54" t="s">
         <v>276</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" t="s">
+        <v>80</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" t="s">
         <v>277</v>
-      </c>
-[...13 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>278</v>
+      </c>
+      <c r="B55" t="s">
         <v>279</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>280</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>32</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>281</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56" t="s">
         <v>284</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>285</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
+        <v>287</v>
+      </c>
+      <c r="I56" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>289</v>
+      </c>
+      <c r="B57" t="s">
         <v>290</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>291</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>32</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>292</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>293</v>
-      </c>
-[...10 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>294</v>
+      </c>
+      <c r="B58" t="s">
+        <v>295</v>
+      </c>
+      <c r="C58" t="s">
         <v>296</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>297</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>298</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" t="s">
         <v>301</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>302</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>303</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>305</v>
+      </c>
+      <c r="B60" t="s">
         <v>306</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>52</v>
       </c>
       <c r="F60" t="s">
         <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>308</v>
+      </c>
+      <c r="I60" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>310</v>
+      </c>
+      <c r="B61" t="s">
         <v>311</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>312</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>52</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>313</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>315</v>
+      </c>
+      <c r="B62" t="s">
         <v>316</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>317</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>75</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>33</v>
+      </c>
+      <c r="I62" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>319</v>
+      </c>
+      <c r="B63" t="s">
+        <v>316</v>
+      </c>
+      <c r="C63" t="s">
         <v>320</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>75</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>33</v>
+      </c>
+      <c r="I63" t="s">
         <v>321</v>
-      </c>
-[...19 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>322</v>
+      </c>
+      <c r="B64" t="s">
+        <v>323</v>
+      </c>
+      <c r="C64" t="s">
+        <v>324</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>223</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>273</v>
+      </c>
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...22 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
+        <v>328</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>329</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>82</v>
+      </c>
+      <c r="I65" t="s">
         <v>330</v>
-      </c>
-[...22 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>331</v>
+      </c>
+      <c r="B66" t="s">
+        <v>332</v>
+      </c>
+      <c r="C66" t="s">
+        <v>333</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>334</v>
+      </c>
+      <c r="I66" t="s">
         <v>335</v>
-      </c>
-[...22 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>336</v>
+      </c>
+      <c r="B67" t="s">
+        <v>337</v>
+      </c>
+      <c r="C67" t="s">
+        <v>338</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>339</v>
+      </c>
+      <c r="I67" t="s">
         <v>340</v>
-      </c>
-[...22 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>341</v>
+      </c>
+      <c r="B68" t="s">
+        <v>342</v>
+      </c>
+      <c r="C68" t="s">
+        <v>343</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>87</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>344</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>345</v>
-      </c>
-[...19 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
         <v>348</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>69</v>
+      </c>
+      <c r="E69" t="s">
+        <v>70</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>349</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>350</v>
-      </c>
-[...13 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>351</v>
+      </c>
+      <c r="B70" t="s">
+        <v>352</v>
+      </c>
+      <c r="C70" t="s">
         <v>353</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>354</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>355</v>
-      </c>
-[...16 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>356</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>358</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>360</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>362</v>
+      </c>
+      <c r="B72" t="s">
         <v>363</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>364</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>366</v>
+      </c>
+      <c r="B73" t="s">
+        <v>367</v>
+      </c>
+      <c r="C73" t="s">
         <v>368</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>69</v>
+      </c>
+      <c r="E73" t="s">
+        <v>70</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>369</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>373</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>375</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...16 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
         <v>379</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>69</v>
+      </c>
+      <c r="E75" t="s">
+        <v>70</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...16 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>387</v>
+      </c>
+      <c r="B77" t="s">
+        <v>388</v>
+      </c>
+      <c r="D77" t="s">
+        <v>69</v>
+      </c>
+      <c r="E77" t="s">
+        <v>70</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>389</v>
+      </c>
+      <c r="I77" t="s">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">