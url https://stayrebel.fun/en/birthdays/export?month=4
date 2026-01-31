--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -108,1442 +108,1396 @@
   </si>
   <si>
     <t>2025-01-02 00:30:08</t>
   </si>
   <si>
     <t>Yelena Viktorovna Malinovskaya</t>
   </si>
   <si>
     <t>2 april 1973</t>
   </si>
   <si>
     <t>She was detained for drawing "Pahonia" stencils. On September 20, the Central District Court of Minsk sentenced three political prisoners: Anatoly Latushka, the cousin of politician Pavel Latushko, Lilia Ananyan, and Elena Malinovskaya. At the trial, Latushko and Malinovskaya pleaded not guilty, while Ananyan fully admitted her guilt. Judge Dmitry Karsyuk sentenced Anatoly to six years in prison, Elena to four years in prison, and Lilia to five years of house arrest, before releasing her in the courtroom.
 Elena has a minor son left at home.
 Elena was supposed to be released at the end of August 2025, but she was never released. As Elena's friends told Nasha Niva , she was transported to Minsk, where a new criminal case was opened against her .</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t xml:space="preserve"> Trial outcome 20.09.2022: 4 years of imprisonment in colony under general regime conditions. Appeal 02.12.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-02-03 18:52:00</t>
   </si>
   <si>
-    <t>Gennady Vasilevich Gorbach</t>
+    <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>3 april 1978</t>
-  </si>
-[...16 lines deleted...]
-    <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>Alexey was arrested on June 30, 2021, as part of a criminal investigation into an incident at a Russian Navy communications facility near Vileika.
 According to the prosecution's case presented in court, Alexei and Vadim Gulevich, "dressed in camouflage and armed with firearms, entered the military facility and planted explosive devices with a blast radius of up to 11 meters." One of them failed to detonate and was defused. An examination revealed that the devices were initiated with a delayed action.
 The damages were estimated at over 26,000 rubles. In December 2022, he was found guilty and sentenced to imprisonment in a maximum-security penal colony and a large fine.
 In August 2023, a court hearing was held to discuss the issue of changing the sentence, as a result of which Alexei was transferred to a prison regime.</t>
   </si>
   <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
   </si>
   <si>
-    <t>Trial outcome 05.12.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 03.03.2023: the sentence was upheld. Regime change trial 04.08.2023: 3 years of prison regime.</t>
+    <t>Trial outcome 05.12.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 03.03.2023: the sentence was upheld. Regime change trial 04.08.2023: 3 years of prison regime. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
     <t>Vladimir Stanislavovich Kozlovsky</t>
   </si>
   <si>
     <t>3 april 1962</t>
   </si>
   <si>
     <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
+  </si>
+  <si>
+    <t>Lyudmila Vladimirovna Shrubok</t>
+  </si>
+  <si>
+    <t>4 april 1977</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
+  </si>
+  <si>
+    <t>Alexander Pavlovich Sidorenko</t>
+  </si>
+  <si>
+    <t>4 april 1991</t>
+  </si>
+  <si>
+    <t>Alexander, the manager of the York store, was arrested in November 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges concerned damaging the car of a Borisov district judge. As a result, he was sentenced to a long term of imprisonment.
+In September 2023, it became known that Alexander was transferred to a hospital for convicts in the village of Kolyadichi near Minsk for a planned operation. At the end of October of the same year, he was transferred back to the penal colony.</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.09.2022: 8 years of imprisonment in colony under enhanced security conditions. Appeal 28.02.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Oleg Georgievich Khomenko</t>
   </si>
   <si>
     <t>4 april 1967</t>
   </si>
   <si>
     <t>Oleg Khomenko is a musician, leader of the group "Palace".
 The arrest became known on June 30, 2025. As is now known, a criminal case has been opened against him for cooperation with an independent Belarusian media outlet, which is on the list of so-called "extremist formations" (the specific article of the Criminal Code is currently unknown).
 Oleg Khomenko is a musician, composer, and radio host. In 1992, he founded the folk-rock band "Palace". The band released six studio albums, Khomenko also performed solo and recorded audiobooks. In 2008, he took part in the national selection for Eurovision with the song "Kola Grukatala". After 2020, "Palace" remained in the country and occasionally performed.</t>
   </si>
   <si>
     <t>2025-07-09 20:45:12</t>
   </si>
   <si>
-    <t>Alexander Pavlovich Sidorenko</t>
-[...45 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
+    <t>Anatoliy Frantsevich Leonik</t>
+  </si>
+  <si>
+    <t>5 april 1986</t>
+  </si>
+  <si>
+    <t>The man was convicted for leaving publications in his ok.ru profile that contained humiliating information about Lukashenko. According to the prosecution, their goal was to publicly damage the authority of the state authorities and spread knowingly false information that humiliates Lukashenko.
+Anatoly pleaded guilty in full.</t>
+  </si>
+  <si>
+    <t>2,5 years of imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Alexandra Viktorovna Kasko</t>
   </si>
   <si>
     <t>5 april 1993</t>
   </si>
   <si>
     <t>Alexandra was detained in February 2023 upon her return to Belarus and sentenced the next day under an administrative article for "dissemination of extremist materials" to 10 days. However, after serving her arrest, she was never released, as a criminal case was opened against her for two interviews with an information resource recognized as an "extremist group."
 She was accused of assisting “extremist groups,” administering Telegram channels, inciting hatred, insulting the authorities, disseminating personal data, and slandering Lukashenko, and was convicted under eight criminal articles.
 In March 2024, the court heard the appeal and reduced her sentence by one year, without the right to further appeal.
 In May 2024, it became known that she was convicted again for “insulting a government official and a judge.”
 In the spring of 2025, information appeared that another criminal case had been opened against Alexandra, and she was transferred to a pre-trial detention center.</t>
   </si>
   <si>
     <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
   </si>
   <si>
     <t>Trial outcome 19.12.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 21.03.2024: 9 years of imprisonment in colony under general regime conditions. Trial outcome 31.05.2024: 2 years restrictions of freedom with referral to an open-type correctional facility, 100 basic values fine.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
-    <t>Anatoliy Frantsevich Leonik</t>
-[...12 lines deleted...]
-    <t>2023-01-20 16:09:40</t>
+    <t>Dmitry Petrovich Kornejchuk</t>
+  </si>
+  <si>
+    <t>6 april 1982</t>
+  </si>
+  <si>
+    <t>The nature of the charges is still being investigated, but it's most likely that Dmitry was imprisoned in connection with the high-profile case of the monitoring channel "Belarusian Gayun," which monitored the actions of Russian troops in Belarus before and during their armed aggression against Ukraine. Dmitry Korneichik's last known employment was at the retail chain OJSC "Avtospace," which sells auto parts and consumables and has stores in various cities across Belarus. Previously, he was a sole proprietor in the professional photography industry.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-12-28 21:24:09</t>
   </si>
   <si>
     <t>Alexander Fadeevich Homchik</t>
   </si>
   <si>
     <t>6 april 1965</t>
   </si>
   <si>
-    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
-[...2 lines deleted...]
-    <t>Trial outcome 19.09.2025: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.09.2025: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
+    <t>Ivan Zamyatin</t>
+  </si>
+  <si>
+    <t>7 april 2003</t>
+  </si>
+  <si>
+    <t>The Brest Regional Prosecutor's Office listed the actions for which the young man is being prosecuted under four articles: nine donations to a YouTube channel "used for informational support" of the Kalinovsky Regiment. Furthermore, in 2024, the young man wrote messages in Telegram chats containing "public insults" against Alexander Lukashenko, as well as messages allegedly falling under Article 361 of the Criminal Code (Calls for sanctions). Finally, in October 2024, the Brest resident apparently attempted to join the "Peramoga" plan ( "activated correspondence with a Telegram bot, filled out the proposed form, providing information about himself and his skills, thereby joining it," and completed a "test task" ).</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 7 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Vladimir Aleksandrovich Avramtsev</t>
   </si>
   <si>
     <t>7 april 1994</t>
   </si>
   <si>
     <t>Vladimir, a graduate of the Bobruisk School of Olympic Reserve and BGATU, was involved in wrestling and worked as a trainer at the Eva fitness center.
 He was arrested on March 30, 2022, on charges of sabotage on the railway. Despite the fact that he did not resist, the special forces used force and weapons. He was later convicted under five serious articles of the Criminal Code.
 In September 2024, Vladimir was transferred to a strict prison regime.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 10.02.2023: 22 years of imprisonment in colony under enhanced security conditions, 350 basic values fine, approximately 13000 rubles of compensation. Appeal 26.04.2023: the sentence was upheld. Regime change trial 25.09.2024: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
-  </si>
-[...31 lines deleted...]
-    <t>2025-09-17 20:57:14</t>
   </si>
   <si>
     <t>Oleg Aleksandrovich Degterenko</t>
   </si>
   <si>
     <t>8 april 2002</t>
   </si>
   <si>
     <t>The essence of the accusation is still unknown to human rights activists.
 The trial, which lasted from February 9, found Degterenko guilty of “joining an extremist formation” and under Part 3 of Art. 361-1 of the Criminal Code, he was sentenced to imprisonment for a term of three years.
 He was also found guilty of “providing funds by any means for the purpose of use in terrorist activities, material support and other support” by a person who had previously committed a crime under Art. 361-1 of the Criminal Code, and according to Part 2 of Art. 290-1 of the Criminal Code (as amended by the Law of the Republic of Belarus dated January 09, 2019 No. 171-Z), he was sentenced to imprisonment for a term of 8 years with a fine of 100 basic units.
 By partial addition of the sentences, the accused was finally sentenced to imprisonment for a term of 8 years 6 months.
 On May 10, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
+    <t>IK №3</t>
+  </si>
+  <si>
     <t>Trial outcome 07.03.2024: 8 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 10.05.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
     <t>Stanislav Valerievich Mochalov</t>
   </si>
   <si>
     <t>8 april 1976</t>
   </si>
   <si>
     <t>Stanislav, an activist from Gomel, was detained on May 28, 2021, after security forces conducted a search in his apartment, where he lived with his parents. Prior to this, he had served three administrative arrests under Article 24.23 of the Code of Administrative Offenses of the Republic of Belarus for participating in protests.
 Stanislav was convicted under two criminal articles for participating in a chain at the Solidarity March, which took place on September 20, 2020 in Gomel. He refused to sign a petition for pardon and defended his rights even in difficult prison conditions, despite health problems. He was left without care for his underage daughter and elderly parents, his father is disabled.
 He was released in December 2023, having fully served his sentence.
 In December 2024, it became known that Stanislav was again detained in a new criminal case.</t>
   </si>
   <si>
     <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
   </si>
   <si>
     <t>Trial outcome 03.01.2022: 3 years of imprisonment in colony under general regime conditions. Appeal 23.03.2022: the sentence was upheld. Trial outcome 26.11.2025: 4 years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-06-01 03:07:17</t>
   </si>
   <si>
+    <t>Andrey Vladimirovich Osipenko</t>
+  </si>
+  <si>
+    <t>8 april 1967</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
+  </si>
+  <si>
     <t>Egor Anatolevich Volkov</t>
   </si>
   <si>
     <t>9 april 1969</t>
   </si>
   <si>
     <t>Egor Volkov is 55 years old. He is a Minsk resident, studied at school No. 50. Then he graduated from the Minsk Radiotechnical Institute (now the Belarusian State University of Informatics and Radioelectronics).
 Since the 1990s, Volkov has been involved in business. It is known that his area is cargo transportation, including liquid cargo. The man's business is quite large, his company's fleet of vehicles is up to a hundred trucks.
 According to pro-government media, Yegor was tried for donations to the Kalinovsky Regiment from 2022 to 2023 in cryptocurrency in the amount of 11,100 USD, as well as for photos from the protests.
 On July 23, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 03.05.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 23.07.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
     <t>Alexander Fedorovich Gorbel</t>
   </si>
   <si>
     <t>9 april 1978</t>
   </si>
   <si>
     <t>On 08.08.2024, the appeal was heard and the verdict came into force.
 It is known that on February 15, 2024, an administrative protocol was considered against Alexander under Part 2 of Article 19.11 of the Code of Administrative Offenses (Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity). Judge Tatyana Tarabueva imposed an administrative penalty on Alexander in the form of administrative arrest for a period of 15 days. Alexander posted information products in the form of a video recording “Look what is left of one ...” of the Belsat TV channel on his Odnoklassniki page.</t>
   </si>
   <si>
     <t>Trial outcome 04.06.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 08.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Sergei Petrovich Kharitonovich</t>
   </si>
   <si>
     <t>9 april 1979</t>
   </si>
   <si>
     <t>Taxi driver. According to pro-government Telegram channels, he was detained for comments on social networks. In the "repentant video," the Belarusian says that he participated in protests in 2020, and from 2020 to mid-2023, he left more than 2,000 "offensive comments" in chats about Lukashenko, prosecutors, and police officers. Sergei's arm was broken during his arrest. He was kept in a punishment cell on Okrestina for 35 days with a broken arm. The head of the temporary detention facility expressed a biased attitude specifically towards him, through a "commentary" article.
 An appeal against the verdict will be heard on August 2, 2024.</t>
   </si>
   <si>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
+  </si>
+  <si>
     <t>Trial outcome 20.05.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 02.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-01-24 15:04:49</t>
   </si>
   <si>
     <t>Igor Alexandrovich Kaluev</t>
   </si>
   <si>
     <t>9 april 1974</t>
   </si>
   <si>
     <t>Judging by social media, the man worked in various blue-collar jobs in his hometown.
 The nature of the charges is unknown, but is almost certainly related to his social media activity.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 5 years of imprisonment in colony under general regime conditions. Appeal date unknown: 6 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
-  </si>
-[...28 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Oleg Anatolevich Katsapov</t>
   </si>
   <si>
     <t>10 april 1969</t>
   </si>
   <si>
     <t>It is known that Oleg was detained in an administrative case on March 21, 2023 and accused of producing, distributing or storing extremist materials under Art. 19.11 Code of Administrative Offences.
 Previously, Oleg was involved in social and cultural activities, at one time he led the Gomel “cleanse”, and as a writer he published a lot in magazines and newspapers.
 The trial took place behind closed doors.
 On 03/05/2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
   </si>
   <si>
     <t>2.5 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-11-21 14:54:06</t>
   </si>
   <si>
     <t>Valery Felixovich Poznyakevich</t>
   </si>
   <si>
     <t>10 april 1968</t>
   </si>
   <si>
     <t>Valery is a Belarusian poet. He is a member of the Belarusian Union of Journalists. His works have appeared in all well-known Belarusian magazines and newspapers. In 1998, his poems were published in a secondary school reader and four anthologies.
 In 1994, he won a diploma at the First National Festival of Belarusian Bard Songs. Many of his poems have been set to music.
 He was detained several times on politically motivated administrative charges. He was arrested in connection with a criminal case in the summer of 2025. He was placed on bail pending trial.
 Valery has a bedridden, disabled mother who requires constant care.</t>
   </si>
   <si>
     <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
   </si>
   <si>
     <t>Trial outcome 14.08.2025: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 24.10.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
   </si>
   <si>
+    <t>Vyacheslav Valentinovich Kandybo</t>
+  </si>
+  <si>
+    <t>10 april 1977</t>
+  </si>
+  <si>
+    <t>Vyacheslav was arrested in the summer of 2021 as part of a criminal case opened under the articles "inciting hatred or discord" and "illegal collection and dissemination of information about private life."
+In March 2022, he was convicted of transmitting information about law enforcement officials to an opposition Telegram channel. Vyacheslav was also stripped of his special rank of "lieutenant colonel of justice" in the reserves.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.03.2022: 7 years of imprisonment in colony under enhanced security conditions, military service restriction.</t>
+  </si>
+  <si>
+    <t>2021-09-06 18:28:41</t>
+  </si>
+  <si>
+    <t>Andrey Andreevich Lavrinovich</t>
+  </si>
+  <si>
+    <t>10 april 1981</t>
+  </si>
+  <si>
+    <t>On November 10, 2023, an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a colony under general regime conditions</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
+  </si>
+  <si>
     <t>Stepan Sergeevich Latypov</t>
   </si>
   <si>
     <t>11 april 1980</t>
   </si>
   <si>
     <t>An arborist and director of the Belarbo company, who lives near the Square of Changes, was detained on September 15, 2020, as part of a criminal case on mass riots and found guilty under three articles of the Criminal Code of the Republic of Belarus.
 In September 2022, Stepan's punishment was increased and he was transferred to a prison regime for two years.
 In the fall of 2024, Stepan was again transferred to IK-22.</t>
   </si>
   <si>
     <t>Trial outcome 16.08.2021: 8 years 6 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 16.11.2021: the sentence was upheld. Regime change trial 15.09.2022: 2 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
-    <t>Artem Olegovych Makovei</t>
-[...15 lines deleted...]
-  <si>
     <t>Olga Viktorovna Pietukh</t>
   </si>
   <si>
     <t>11 april 1993</t>
   </si>
   <si>
     <t>Olga, who worked as an art director at the Europa Hotel in Minsk, was detained in August 2021 as part of a criminal case initiated under the article “act of terrorism” and convicted in June 2023 under several criminal articles.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
   </si>
   <si>
     <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
-    <t>Yury Yurievich Gontsarevich</t>
-[...10 lines deleted...]
-    <t>2022-05-12 13:08:18</t>
+    <t>Alexey Nikolaevich Mandik</t>
+  </si>
+  <si>
+    <t>12 april 1993</t>
+  </si>
+  <si>
+    <t>28 year old Alexey Mandik was detained in November 2021. He is an employee of the fifth city polyclinic, head of the prevention department, a general practitioner.
+The reason for the detention by the staff of the Main Directorate for Combating Organized Crime and Corruption is participation in Telegram channels recognized as extremist in the Republic of Belarus, where he wrote destructive and offensive comments to the employees of the Department of Internal Affairs.
+His letter of remorse was published on the website supporting the current state authorities.</t>
+  </si>
+  <si>
+    <t>7 years of imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Yuri Alexeyevich Redkov</t>
   </si>
   <si>
     <t>12 april 1976</t>
   </si>
   <si>
     <t>Observer, director, organizer of honey fairs and director of the Tsar-Med company.
 Convicted for participating in protests on August 23, 2020 as a commentator
 In the fall of 2024, Yuri's regime was changed and he was sent to serve his sentence in a penal colony.
 In the fall of 2025, it became known that Yuri had been convicted of another criminal case and sentenced to imprisonment. The details of the case are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 15.09.2022: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 29.11.2022: the sentence was upheld. Regime change trial 30.09.2024: unknown years of imprisonment in colony under general regime conditions. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
-    <t>Alexey Nikolaevich Mandik</t>
-[...18 lines deleted...]
-  <si>
     <t>Ivan Aleksandrovich Gubchik</t>
   </si>
   <si>
     <t>13 april 1987</t>
   </si>
   <si>
     <t>According to the Prosecutor General's Office, a resident of Vitebsk from July 16 to August 12, 2020 in a state of alcoholic intoxication from his TikTok page to awaken social hostility posted three videos in public access. The material presented in them formed a negative attitude towards police officers and representatives of the army command staff, encouraging violent and aggressive actions - the press release notes.
 The Prosecutor General's Office also states that the 34 year old man had 10 previous convictions.</t>
   </si>
   <si>
     <t>4,5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
   </si>
   <si>
     <t>Alexander Anatolievich Lytin</t>
   </si>
   <si>
     <t>13 april 1993</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome 22.12.2022: 10 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-12-13 14:55:40</t>
   </si>
   <si>
     <t>Igor Nikolaevich Shukanov</t>
   </si>
   <si>
     <t>14 april 1963</t>
   </si>
   <si>
     <t>62-year-old employee of the computer science and communications laboratory of the Mozyr Oil Refinery.
 Igor Shukanov was demonstratively and harshly detained on August 1, 2024. The GUBOP came for him from Minsk. He was detained right at his workplace. Then, in a factory UAZ-Patriot, he was taken outside the plant's checkpoint. Not far from the bus stop, in the parking lot near the main checkpoint of the plant, where there were people at the time, the GUBOPikovites staged a demonstrative beating of Shukanov - they pulled him out of the UAZ, threw him face down on the asphalt, pressed his knee on his head, and handcuffed him.
 It is noteworthy that on the morning of that day Igor was tried under an administrative article for disseminating "extremism." He was given a fine and released - only to be arrested a few hours later.</t>
   </si>
   <si>
     <t>Trial outcome 26.02.2025: unknown. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-02-17 16:29:03</t>
+  </si>
+  <si>
+    <t>Ivan Nikolaevich Borodich</t>
+  </si>
+  <si>
+    <t>14 april 1974</t>
+  </si>
+  <si>
+    <t>The investigation believes that in January 2023, Ivan Likholat contacted the SBU, where he was instructed to blow up railway tracks. He recruited two Grodno residents who had professional skills in mine and explosives for the task. One of them was Ivan Borodich.
+Likholat and Borodich were detained in Grodno.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.12.2024: 11 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
+  </si>
+  <si>
+    <t>Denis Anatolyevich Petrov</t>
+  </si>
+  <si>
+    <t>14 april 1986</t>
+  </si>
+  <si>
+    <t>Denis was convicted in 2025 in a criminal case brought under the article "inciting hatred and discord" and sentenced to restricted freedom with direction.</t>
+  </si>
+  <si>
+    <t>IUOT-29, Volkovysk, Rokossovskogo, 118, 230415</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Evgeniy Mikhailovich Ermak</t>
   </si>
   <si>
     <t>14 april 1991</t>
   </si>
   <si>
     <t>On March 11, 2022, Evgeny was detained for insulting comments.
 During the search, hashish was found in his possession. Evgeny said that he bought it for himself and his friend-colleague Yuri, with whom he had previously used it repeatedly.
 The man was detained and placed in custody, charging him with articles for insulting four policemen, a judge and drug trafficking.
 On September 27, 2022, an appeal hearing was held.</t>
   </si>
   <si>
     <t>Trial outcome 22.07.2022: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Ivan Nikolaevich Borodich</t>
-[...12 lines deleted...]
-    <t>2023-09-27 21:12:08</t>
+    <t>Dmitry Leonidovich Kokhanovsky</t>
+  </si>
+  <si>
+    <t>15 april 1991</t>
+  </si>
+  <si>
+    <t>An employee of the Mogilev branch of Beltelecom. Arrested at the workplace on October 28, 2021. He is preliminarily accused of distributing data to employees of law enforcement agencies.</t>
+  </si>
+  <si>
+    <t>6.5 years in prison.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Satsuk</t>
+  </si>
+  <si>
+    <t>15 april 1968</t>
+  </si>
+  <si>
+    <t>He is an investigative journalist, editor of the Belarusian portal «Ezhednevnik»‎ (ej.by ).
+Was detained on December 8, 2021. Earlier, Sergei had already been detained in the period from March 25 to April 4, 2020.
+Some human rights organizations regarded the repression as evidence of a political motive in the persecution of a journalist aimed at forcing him to stop or change the nature of his activities to disseminate information about corruption.
+The reason for the prosecution of the journalist, according to Satsuk's colleagues, were high-profile investigations, primarily concerning large-scale corruption in the medical field. Based on the facts obtained, he told about unprecedented «kickbacks»‎ for the supply of expensive equipment; about the purchase of an unregistered vaccine, which was actually tested on Belarusian children; about falsification of data on the spread of COVID-19 in Belarus. And all this with the approval of the control department — the Ministry of Health.</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Alexander Anatolyevich Newar</t>
+  </si>
+  <si>
+    <t>15 april 1985</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.11.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 14.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Michael Valentinovich Mekeko</t>
+  </si>
+  <si>
+    <t>15 april 1993</t>
+  </si>
+  <si>
+    <t>He lived and worked in Poland for a year and a half and returned to Belarus, where he was detained at the end of November 2022. According to the security forces, it was in Poland that he registered in the Peramoga plan. He also allegedly wrote messages threatening the security forces.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.08.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal 03.11.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
   </si>
   <si>
     <t>Vasiliy Ivanovich Demidovich</t>
   </si>
   <si>
     <t>15 april 1952</t>
   </si>
   <si>
     <t>Previously, he was brought to administrative responsibility for participating in protests.
 According to the investigation, from September 2021 to January 2022, Vasily posted messages in destructive Telegram channels insulting government officials, including senior officials of the Republic of Belarus.
 He also threatened to use violence against law enforcement and judicial officers, publicly humiliating their honor and dignity. In addition, the man called on citizens to take action to organize mass riots. In extremist Telegram channels, he looked for people willing to commit "crimes", but did not follow through with his intentions, as he was detained by law enforcement officers.
 The accused was also ordered to pay monetary compensation for moral damages in the total amount of 32,000 Belarusian rubles to the victims.
 On January 31, 2023, another trial of a pensioner began in Dzerzhinsk. This time, he was charged under Article 369 of the Criminal Code (Insulting a Government Official).
 On 13.02.2023 the second verdict was announced.
 On March 23, 2023, the Drogichin District Court began to consider the case of political prisoner under Article 369 of the Criminal Code of the Republic of Belarus Vasily Demidovich was placed in the Drogichin temporary detention facility.
 In April, the political prisoner was transferred to Gomel's pretrial detention center No. 3. On April 20, 2023, the Sovietsky District Court of Gomel began to consider another case of the pensioner. He is charged under Article 369 of the Criminal Code of the Republic of Belarus and Article 391 of the Criminal Code of the Republic of Belarus. On May 2, another sentence was handed down.
 On May 5, 2023, Demidovich's fifth trial will begin - the man is again accused under Article 369 of the Criminal Code . The trial will take place in Pukhovichi, judge - Olga Babuk .
 The next meeting is scheduled for May 24, 2023 in Pukhovichi.
 On July 5, 2023, the Gomel Regional Court considered the appeal of the political prisoner by Judge Ruslan Tsaruk.
 On August 23, 2023, the Nesvizh District Court heard the sixth criminal case against a political prisoner.
 In Starye Dorogi, the seventh trial of Vasily will begin on October 19, 2023. In total, Vasilywas sentenced to 7 years of imprisonment, while the results of the last two trials are still unknown.
 Due to the fact that the political prisoner was included in the "terrorist list", he cannot make money transfers. In addition, Vasily has no relatives who could support him. Over the past year, he has survived dozens of transfers. Political prisoners are transferred in difficult conditions, which leaves a very bad mark on Vasily's health.
 On December 15, 2023, the trial of Vasily, which began in October, resumed in Starye Dorogi.
 At the end of June 2025, Vasily’s residential building was sold at an auction on the BelYurObespechenie platform.</t>
   </si>
   <si>
     <t>1) 6 years of imprisonment in a penal colony of strict regime.
 2) 1 year of imprisonment with a penalty of 1 110 BYN.
 By partial addition of punishments, he was finally sentenced to 6,5 years of imprisonment in a penal colony of strict regime.
 3) 2.5 years of imprisonment in a penal colony.
 By partial addition, the pensioner was finally sentenced to 7 years in prison.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Michael Valentinovich Mekeko</t>
-[...61 lines deleted...]
-  <si>
     <t>Elena Vladimirovna Morozova</t>
   </si>
   <si>
     <t>16 april 1979</t>
   </si>
   <si>
     <t>According to a pro-government Telegram channel, she was detained along with her son for participating in protests in 2020. On March 6, 2024, she was convicted under an administrative article ( Article 19.1 of the Code of Administrative Offenses of the Republic of Belarus - Petty hooliganism). After that, she was charged under criminal articles.</t>
   </si>
   <si>
     <t>Trial outcome 17.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-03-08 00:00:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-01-09 01:16:25</t>
   </si>
   <si>
     <t>Elena Nikolaevna Toporkova</t>
   </si>
   <si>
     <t>16 april 1970</t>
   </si>
   <si>
     <t>Elena Toporkova is 54 years old. She graduated from the Belarusian State Polytechnical Academy (now BNTU).
 Elena was likely detained during a raid on those in solidarity with political prisoners that took place at the end of January 2024.
 People caught in the raid on those in solidarity with political prisoners, which took place from January 23 to 24, say that the number of those who were subject to criminal cases may be much higher than human rights activists know. Completely non-public people simply made transfers or sent parcels to political prisoners from their own funds.</t>
   </si>
   <si>
     <t>Trial outcome 12.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 05.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
+  </si>
+  <si>
+    <t>Vladimir Nikolaevich Lisitsa</t>
+  </si>
+  <si>
+    <t>16 april 1968</t>
+  </si>
+  <si>
+    <t>A former “Afghan” and a person with a principled civic position, and his wife Oksana Lisitsa is the director of the Vysochanskaya Basic School and a deputy of the district council of the 28th convocation. Vladimir Lisitsa was born in Ukraine and instead of an avatar on his Odnoklassniki page there is a Ukrainian flag. The contents of this page, which has now been mostly deleted, were studied by the Liozny District Prosecutor's Office, and it decided that “information products on the personal page “Vladimir Lisitsa” on the social network “Odnoklassniki” contains signs of activities aimed at facilitating extremist activities, training or other preparation to participate in such activities.” According to the investigation , Vladimir Lisitsa left comments about several other well-known persons in Belarus: “publicly obscene comments were made to the military commissar of the Gomel region A.V. Krivonosov, deputy of the House of Representatives of the National Assembly of the Republic of Belarus A.S. Gaidukevich, chairman of the Glubokoe district executive committee A . N. Shubsky and A. G. Lukashenko."According to the court verdict, Mr. Lisitsa must serve three years in a correctional colony under general regime conditions, and also pay a fine of 7,400 rubles and compensation for moral school to two plaintiffs - the Prosecutor General of the Republic of Belarus A. The Swede and the deputy of the Novopolotsk City Council of Deputies I. Medvedsky - 3,000 rubles each.</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.12.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 05.03.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-01-09 01:16:25</t>
+  </si>
+  <si>
+    <t>Andrey Stanislavovich Pochobut</t>
+  </si>
+  <si>
+    <t>16 april 1973</t>
+  </si>
+  <si>
+    <t>Andrei is a Grodno journalist, publicist and member of the Union of Poles in Belarus. In 2011, he was sentenced to 3 years of imprisonment with a 2-year suspended sentence on charges of slandering Lukashenko. He was released in the courtroom on his own recognizance not to leave. In 2012, a new criminal case was opened against him for publications in the media, but in 2013 it was closed due to lack of evidence. In the autumn of the same year, he was released from serving his sentence in the first case.
+On March 25, 2021, Andrei was detained again. He was accused of inciting hatred and calling for sanctions. The charges included articles about the 2020 Belarusian protests, the protection of the Polish minority, and publications about the USSR's attack on Poland in 1939. He spent more than 1.5 years in pretrial detention and was convicted in February 2023.
+It is known that Andrey refused to write a petition for pardon. At present, he continues to be subjected to pressure, is deprived of visits and parcels. There are also no calls from him.</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.07.2011: 3 years of imprisonment in colony under general regime conditions (with a deferment 2 years). Trial outcome 08.02.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 26.05.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Andrey Nikolaevich Hanevich</t>
   </si>
   <si>
     <t>16 april 1975</t>
   </si>
   <si>
     <t>Chairman of the primary trade union organization of the Belarusian Independent Trade Union of Employees of JSC «Grodno Azot».
 The reason for the initiation of a criminal case against the trade union leader, according to the state prosecutor, was his conversation with a journalist of the Belsat TV channel, during which he "gave her some information."
 Andrei's phone was tapped, and the conversations were recorded by the special services. After his dismissal from the factory, a criminal case was initiated against him.
 He is accused of facilitating extremist activities and discrediting the Republic of Belarus. Earlier, the primary organization of the Belarusian Independent Trade Union of Employees of JSC «Grodno Azot» was recognized as extremist. The Grodno Regional Court decided to ban the activities of the organization and its liquidation.
 He was taken into custody in the courtroom, before that he was on his own recognizance not to leave.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
   </si>
   <si>
-    <t>Andrey Stanislavovich Pochobut</t>
-[...13 lines deleted...]
-    <t>2021-03-28 16:46:29</t>
+    <t>Yuri Iosifovich Stanevsky</t>
+  </si>
+  <si>
+    <t>17 april 1986</t>
+  </si>
+  <si>
+    <t>According to the prosecution version, from July 15 to December 27, 2021, he posted comments under publications in chats recognized as extremist in the Republic of Belarus, where he insulted Lukashenko and other government officials and their relatives, and also left threats against officials performing their official duties.
+The publications contained messages related to the abuse of the National Anthem of the Republic of Belarus and the National Flag of the Republic of Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.10.2022: 7 years of imprisonment in colony under enhanced security conditions. Appeal 16.12.2022: unknown.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Ivan Petrovich Suprunchik</t>
+  </si>
+  <si>
+    <t>17 april 1988</t>
+  </si>
+  <si>
+    <t>According to the charge, Ivan gave the administrators of the telegram channel recognized as extremist in the Republic of Belarus information about the personal life of a close relative of a police officer. The collection and dissemination of this information without permission led to harm to the rights, freedoms and legitimate interests of the victim.</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
+  </si>
+  <si>
+    <t>Alexander Valerievich Yavorsky</t>
+  </si>
+  <si>
+    <t>It is known about Alexander that he is from Petrikov, where he was engaged in entrepreneurial activity in the field of trade in food products, drinks and tobacco, and owned the Saleman store.
+In October 2020, the man joined the nationwide strike called by Svetlana Tikhanovskaya — and even recorded a video message about it. One of the state propaganda newspapers mockingly quoted his words from the video.</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Egor Viktorovich Lebedok</t>
+  </si>
+  <si>
+    <t>17 april 1982</t>
+  </si>
+  <si>
+    <t>Military analyst Egor Lebedk was awarded 15 days of administrative arrest under Article 24.3 of the Administrative Code. After a day, Yegor did not come out and was detained on a criminal case of promoting extremist activities for comments for Euroradio.
+In October 2022, channels supporting the current government of the Republic of Belarus published the news that another criminal case was opened against Egor on the basis of repetition, and noted that each interview by an extremist forms a separate crime.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.12.2022: 5 years of imprisonment in colony under enhanced security conditions. Appeal 21.03.2023: the sentence was upheld. Regime change trial 11.12.2024: prison regime until the end of the term.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Vladislav Igorevich Yakubovsky</t>
+  </si>
+  <si>
+    <t>17 april 1996</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.12.2025: 3 years of imprisonment in colony under general regime conditions, unknown basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
   </si>
   <si>
     <t>Kirill Olegovych Kroshkin</t>
   </si>
   <si>
     <t>17 april 1977</t>
   </si>
   <si>
     <t>Originally from Vitebsk , studied in Gomel, but recently lived in Grodno. An engineer by profession, he recently worked as a system administrator at Whitebird. Judging by social networks, he lived in Warsaw.
 The man is also a radio amateur. Member of the Belarusian Federation of Radio Amateurs and Radio Athletes.
 The consideration of the case began in January 2024, the last meeting was held on March 29, 2024</t>
   </si>
   <si>
     <t>Trial outcome 29.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 25.06.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Alexander Valerievich Yavorsky</t>
-[...61 lines deleted...]
-  <si>
     <t>Andrey Vitalievich Slizevich</t>
   </si>
   <si>
     <t>18 april 1982</t>
   </si>
   <si>
     <t>A sole proprietor. According to the prosecution, he allegedly left negative comments about Russia after the terrorist attack at Crocus Hall and called for bombing Russian cities.
 Andrey was detained in March. Pro-government channels published a "repentant" video of him.</t>
   </si>
   <si>
     <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Trial outcome 04.12.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 18.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Roman Bronislavovich Marusov</t>
   </si>
   <si>
     <t>19 april 1996</t>
   </si>
   <si>
-    <t>A resident of the Minsk region. The reason for the arrest was a visit to the entrance where a police officer lives. He served in the 103rd unit in Vitebsk, collaborated with Baypol.
-[...1 lines deleted...]
-On September 27, his trial will begin in the Leninsky District Court of Mogilev under Part 2 of Article 411 of the Criminal Code.</t>
+    <t>Roman was arrested in March 2021 as part of a criminal case under the article "Accomplicity in intentional actions aimed at inciting other social hatred and discord based on another social affiliation, committed by a group of persons." He was convicted of leaking information to BYPOL.
+"On March 18, 2021, Roman went to a police officer's home to check the address published online and report it to a destructive resource. He entered the building, rang the intercom, met the police officer's husband, and fled. At home, he sent a message to a Telegram channel confirming the address," the investigation documents state.
+In the fall of 2023, the conditions of his detention were tightened, and Roman was transferred to a prison regime.
+In September 2024, a court hearing was held on the charge of "malicious disobedience to the demands of the administration of a correctional facility," during which Roman could have received up to two years of imprisonment; the outcome of the hearing is unknown.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 6 years of imprisonment in colony under general regime conditions. Regime change trial 17.10.2023: 2 years of prison regime. Trial outcome 27.09.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 28.11.2024: unknown.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
-  </si>
-[...31 lines deleted...]
-    <t>2021-03-19 02:23:39</t>
   </si>
   <si>
     <t>Anatoly Sergeevich Kireychik</t>
   </si>
   <si>
     <t>20 april 1949</t>
   </si>
   <si>
     <t>According to the investigation, from October 2020 to February 2022, the 74-year-old man systematically posted comments under photographs of government officials, where, “without mincing words, he insulted, publicly humiliated and discredited their honor and dignity.” During a search, ammunition was found at his home. The pensioner told investigators that he collected them.
 It is alleged that Kireychik “insulted” as many as 135 security officials - employees of the KGB, the prosecutor's office, the police, the Investigative Committee, the Ministry of Defense and the judicial system.</t>
   </si>
   <si>
     <t>Trial outcome 04.06.2024: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 16.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-12 17:44:11</t>
   </si>
   <si>
     <t>Konstantin Vladimirovich Shestov</t>
   </si>
   <si>
     <t>20 april 1978</t>
   </si>
   <si>
     <t>Trial outcome 14.03.2024: 8 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Gennady Marjanovic Zhukel</t>
+  </si>
+  <si>
+    <t>20 april 1961</t>
+  </si>
+  <si>
+    <t>The man called the district police and spoke against Lukashenko when he spoke to the duty officer. It is known that at that moment he was intoxicated. He had previously been tried for hooliganism and was brought to administrative responsibility several times.
+On 29.02.2024, the appeal was heard. The verdict came into force.
+In July 2024 , he was released, having fully served the sentence imposed by the court.
+In January 2025, Gennady was again tried for insulting Lukashenko A.G.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.12.2023: 1 year of imprisonment in colony under general regime conditions. Appeal 29.02.2024: the sentence was upheld. Trial outcome 09.01.2025: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2023-10-10 00:01:50</t>
+  </si>
+  <si>
+    <t>Alexey Yurievich Drab</t>
+  </si>
+  <si>
+    <t>20 april 1986</t>
+  </si>
+  <si>
+    <t>Alexander was detained in October 2020 and charged with participating in the events that took place on October 11, 2020, near the Pushkinskaya metro station, when people tried to protect a peaceful protester from being beaten by riot police. During his detention, he was threatened, forced to testify on video, and his leg was broken in five places. He was admitted to the pretrial detention center with a cast after interrogations.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.04.2021: 5 years of imprisonment in colony under general regime conditions, approximately 21000 rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-03-19 02:23:39</t>
+  </si>
+  <si>
+    <t>Sergey Stepanovich Buwaka</t>
+  </si>
+  <si>
+    <t>20 april 1965</t>
+  </si>
+  <si>
+    <t>Sergei was accused of writing several messages on the Telegram messenger and sentenced to restricted freedom with a referral order. The hearing took place in the building of the Berezovsky Cooperative Industrial Complex. After the trial, the prosecutor lectured the workers and "reminded them of the responsibility for extremist crimes." Sergei remained under house arrest pending trial.</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.03.2024: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Vladimir Valerievich Fishman</t>
   </si>
   <si>
     <t>22 april 1987</t>
   </si>
   <si>
     <t>Vladimir has been interested in urban development and architecture for about 20 years. He created a unique database with thousands of photographs of various buildings in Belarus and abroad - photobuildings.com.
 In the video shown on ONT, Vladimir says that he allegedly registered in the Peramoga chat plan, and in November 2022 Alexander Azarov allegedly contacted him.
 On February 27, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 05.01.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 27.02.2024: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Natalya Nikolaevna Lasch</t>
   </si>
   <si>
     <t>23 april 1993</t>
   </si>
   <si>
     <t>A 2nd class lawyer, a former employee of the prosecutor's office of the Frunzensky district of Minsk, worked for some time as an HR specialist in an IT company. Natalia is accused of leaking information to the Black Book of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 01.03.2023: 6 years of imprisonment in colony under general regime conditions. Appeal 30.05.2023: unknown.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
-    <t>Maria Aleksandrovna Kalesnikava</t>
-[...19 lines deleted...]
-  <si>
     <t>Sergey Ilich Dzyuba</t>
   </si>
   <si>
     <t>24 april 1976</t>
   </si>
   <si>
     <t>BJD employee. According to preliminary information, he was detained under articles 356 and 357 of the Criminal Code of the Republic of Belarus (“treason against the state” and “conspiracy or other actions committed to seize state power”).</t>
   </si>
   <si>
     <t>12 years in a colony under enhanced regime conditions</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
+  </si>
+  <si>
+    <t>Irina Viktorovna Zlobina</t>
+  </si>
+  <si>
+    <t>25 april 1989</t>
+  </si>
+  <si>
+    <t>Irina graduated from the Faculty of Philosophy and Social Sciences of BSU and in recent years was engaged in her own small business related to flowers and souvenir production. She was detained on January 12, 2021, along with Andrey Alexandrov. Irina was accused of "financing protest activities" and paying fines to protesters. She was convicted of "treason" and "participation in group actions that grossly violate public order."
+On September 1, 2022, the couple got married in Pre-trial Detention Center No. 1.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.10.2022: 9 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal 06.01.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Vitaly Pavlovich Borisevich</t>
+  </si>
+  <si>
+    <t>25 april 1986</t>
+  </si>
+  <si>
+    <t>He was detained on November 24, 2021. A message appeared on the telegram channel of the Ministry of Internal Affairs of Belarus that Vitaly allegedly took an active part in mass riots in the area of the hopping center «Riga» in August 2020.</t>
+  </si>
+  <si>
+    <t>6 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
+  </si>
+  <si>
+    <t>Pavel Alexandrovich Shpetniy</t>
+  </si>
+  <si>
+    <t>25 april 1997</t>
+  </si>
+  <si>
+    <t>Pavel, an activist of the anarchist movement, was arrested in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted of "participation in group actions that grossly violate public order" and "participation in a criminal organization." It is known that the charges were based on an episode related to the "March of Non-Parasites" that took place on March 5, 2017, as well as events that took place near the building of the Brest GUBOPiK in 2016.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.09.2022: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome 08.10.2025: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
   </si>
   <si>
     <t>Dmitry Iosifovich Podrez</t>
   </si>
   <si>
     <t>25 april 1987</t>
   </si>
   <si>
     <t>The street artist and IT specialist was detained in mid-July 2021 for transmitting data of law enforcement officials to the Black Book of Belarus telegram channel.
 It is known that during the arrest, the GUBOP officers beat Dmitry and mocked him.</t>
   </si>
   <si>
     <t>Trial outcome 15.03.2022: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-09-30 10:25:31</t>
   </si>
   <si>
-    <t>Pavel Alexandrovich Shpetniy</t>
-[...11 lines deleted...]
-    <t>2021-03-07 16:16:29</t>
+    <t>Artem Sergeevich Yankovsky</t>
+  </si>
+  <si>
+    <t>25 april 2003</t>
+  </si>
+  <si>
+    <t>On August 13, 2023, he was detained for “distribution, production, storage, transportation of information products containing calls for extremist activities or promoting such activities.” After this, a criminal case was opened against him. After the arrest, a “repentant” video was published with Artem, where he said that in 2020 he proposed throwing “Molotov cocktails” at police officers and sent instructions for making them to friends.</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
   </si>
   <si>
     <t>Victor Vitalievich Yaskich</t>
-  </si>
-[...1 lines deleted...]
-    <t>25 april 1989</t>
   </si>
   <si>
     <t>He worked as a taxi driver. He is a father of many children, with six children from two marriages.
 He was detained in connection with a terrorism case. He was severely beaten during interrogation (Viktor even had his arm broken). According to the KGB, Viktor Yaskich and Yevhen Gruk were convicted under Article 289 of the Criminal Code (act of terrorism) and Article 295 of the Criminal Code (illegal actions involving firearms, ammunition, and explosives). Their arrest became known in early April 2024 from a report on ONT. According to the propagandists, security forces detained at least 12 people, including Gruk and Yaskich, accused of smuggling explosives and planning terrorist attacks. According to the reporter, Gruk was an informant for the SBU: he photographed military equipment and transmitted its coordinates. Gruk was then ordered to retrieve the explosives from a hiding place. Yaskich gave Gruk a ride to the hiding place. Subsequently, the two were supposed to distribute the explosives from the hiding place to new hiding places. The report does not explain the rationale behind this action.
 The trial took place in May 2025. The verdict is unknown; Viktor was held in pretrial detention before the trial.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Irina Viktorovna Zlobina</t>
-[...55 lines deleted...]
-    <t>2023-08-30 15:43:18</t>
+    <t>Dmitriy Aleksandrovich Schemer</t>
+  </si>
+  <si>
+    <t>26 april 1994</t>
+  </si>
+  <si>
+    <t>Pro-government channels claim that he was detained by accident - because of a phone case with the inscription “pray for Belarus” in English and an image of national symbols. After his arrest, they allegedly found videos from protests on Dmitry’s phone, as well as photos from a yard chat, where he offers people mock-ups of protest stickers. It is known that the guy has been swimming for a long time and has the rank of candidate master of sports.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Tsyganovich</t>
   </si>
   <si>
     <t>26 april 1980</t>
   </si>
   <si>
     <t>Vladimir is a blogger and author of the YouTube channel MozgON. He started by discussing economic and social news, later moving on to political topics, covering various actions, including pickets of Sergei Tikhanovsky.
 In June 2020, he was detained to serve an administrative arrest, but was later accused of preparing "mass riots" and convicted in the "Tikhanovsky case." According to human rights activists, the defendants in the case are required to pay compensation in the amount of 29 million rubles.
 In 2022, Vladimir was transferred to prison regime. In 2023, he was tried twice for "malicious disobedience to the demands of the administration of the correctional institution." In the fall of 2023, a third court hearing was held on a new case for "malicious disobedience."</t>
   </si>
   <si>
-    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 14.12.2021: 15 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation. Regime change trial 24.10.2022: 3 years of prison regime. Trial outcome 10.04.2023: 1 year of imprisonment in colony under enhanced security conditions. Trial outcome 30.11.2023: unknown. Appeal 08.02.2024: unknown. Trial outcome 05.09.2024: unknown. Appeal 06.11.2024: unknown.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
+  </si>
+  <si>
+    <t>Tatyana Sergeevna Kuzina</t>
+  </si>
+  <si>
+    <t>26 april 1973</t>
+  </si>
+  <si>
+    <t>Tatyana is a co-founder of the Sympa school for young public administration managers, an expert in the Bipart research project, and a Master of Political Science.
+She was detained in Minsk on the night of June 28-29, 2021, at the airport while going through passport control to leave the country. It is known that Tatyana was going to fly on a night flight to Tbilisi. It later became known that she was detained in connection with an initiated criminal case. Tatyana was taken to the temporary detention facility on Okrestina, and a few days later transferred to a pretrial detention center.
+On February 6, 2023, the court began considering her case on charges of "aiding actions aimed at seizing power," "calling for actions that harm national security," and "inciting social hatred." On March 17 of the same year, the court sentenced Tatyana in a closed session to 10 years of imprisonment in a general regime penal colony.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.03.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 25.07.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:17:19</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Gormash</t>
+  </si>
+  <si>
+    <t>26 april 1987</t>
+  </si>
+  <si>
+    <t>His trial began on September 4, 2023 in the Minsk City Court. This is the same Minsk resident whom people “recaptured” from arrest at a picket to collect signatures on May 31, 2020, after he shouted “Ganba!” by traffic police officers. Now Evgeniy is being tried in a criminal case.
+On November 17, 2023, an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.09.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 17.11.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-08-30 15:43:18</t>
+  </si>
+  <si>
+    <t>Dmitriy Ruslanovich Zahoroshko</t>
+  </si>
+  <si>
+    <t>26 april 2006</t>
+  </si>
+  <si>
+    <t>The pro-government film (April 2024) said that six teenagers allegedly united in the “anarchist cell “Black Nightingales”, which” under the leadership of the National Liberation Army of Ukraine “was created by 16-year-old Ukrainian citizen Maria Misyuk.
+ONT employees claim that the teenagers united to carry out sabotage on a tip in Belarus, and then in Russia. Maria is accused under Part 2 of Art. 289 of the Criminal Code (act of terrorism). According to the story, 16-year-old Maria Misyuk moved with her family from Ukraine to Belarus in 2022, where she created an “anarchist cell for preparing terrorist attacks.” Among those detained are college students in Baranovichi, Nesvizh, Mir, Minsk and Luninets. These are Trofim Borisov, Sergey Zhigalev, Dmitry Zahoroshko , Anastasia Klimenko and Alexandra Pulinovich. According to ONT employees, young people gathered at the Baranovichi apartment to prepare for their first serious action - to collect explosives and blow up the Baranovichi police department or prosecutor's office. It is unknown under what charges the remaining five participants are accused. As well as their status and location are unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.11.2025: 12 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Alexander Pleskatsevich</t>
   </si>
   <si>
     <t>26 april 1974</t>
   </si>
   <si>
     <t>He was accused of twice painting houses, pillars and buildings in his village with white and red paint and declaring his love for Svetlana Tikhanovskaya.
 The man has been in pre-trial detention since September 18, 2021. The man began serving his sentence in March 2022. In June 2022, Alexander was placed in Mogilev Prison No. 4. While serving his sentence, the man was placed in a punishment cell and subjected to beatings.
 Released on February 16, 2023.
 November 28, 2023 Alexander began another trial , in the Brest Regional Court. The man is charged with two counts: 130 approx. 1 part 1 (rehabilitation of Nazism), 339 part 2 (hooliganism).</t>
   </si>
   <si>
     <t>1) 2 years of restriction of freedom with transfer to an open correctional institution
 2) 3 years of imprisonment in a colony</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
-  </si>
-[...43 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
   </si>
   <si>
     <t>Nikita Igorevich Storozhenko</t>
   </si>
   <si>
     <t>27 april 1993</t>
   </si>
   <si>
     <t>Nikita Storozhenko is a former detective. He resigned after the presidential elections of Belarus in 2020 in protest against the current government. After his dismissal, Nikita worked as a lawyer.
 He was detained on April 23, 2021 for "unauthorized picketing", convicted and sentenced to 15 days in prison according to Article part 1 of Article 24.23 of the Code of the Republic of Belarus on Administrative Offenses. He was released on May 8, 2021.
 On May 4, 2021, Storozhenko, like other law enforcement officials who resigned in protest, was deprived of the rank of senior lieutenant of justice reserve by Lukashenka.
 Nikita was detained again on February 1, 2022 in a shopping center in Minsk. In a video posted on the telegram channel of the Ministry of Internal Affairs, he says that he transferred the contacts of two employees of the Main Directorate for Combating Organized Crime and Corruption and the deputy head of the Investigative Committee for Minsk to one of the "protest telegram channels".
 The trial took place on November 15, 2022 in the Minsk City Court. Nikita was tried for "inciting other social enmity and discord" under Part 3 of Article 130 of the Criminal Code of the Republic of Belarus, as well as for "illegal collection and dissemination of information about private life" (Part 1 of Article 179 of the Criminal Code of the Republic of Belarus).
 On December 2, 2022, he was sentenced to seven years in a high-security penal colony. he is also obliged to pay a fine of 5 000 BYN (2 056 USD) as moral compensation to employees, whose data, according to the prosecution, he transmitted to the "protest telegram channel".</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2022: 7 years of imprisonment in colony under enhanced security conditions. Regime change trial 11.01.2025: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-02-11 19:13:39</t>
   </si>
   <si>
     <t>Sergey Nikolaevich Patsukevich</t>
   </si>
   <si>
     <t>27 april 1990</t>
   </si>
   <si>
     <t>Sergei was detained on November 17, 2020 and convicted for participating in protests that took place in Minsk on August 9-10, 2020. According to investigators, he "threw at least one stone towards the Ministry of Internal Affairs transport", was at the site of barricade construction, blocked traffic and shouted slogans.</t>
   </si>
   <si>
     <t>Trial outcome 21.07.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 6000 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
-    <t>Alexander Sergeevich Shustovsky</t>
-[...13 lines deleted...]
-  <si>
     <t>Taras Igorevich Machinsky</t>
   </si>
   <si>
     <t>28 april 1981</t>
   </si>
   <si>
     <t>A former Ukrainian. He received Belarusian citizenship in 2010, often happens in the border area.
 In the story on the channel of the Ministry of Internal Affairs, it is claimed that he transmitted to Kuprienko (accused of espionage) data on the location of military equipment, the movement of a vehicle convoys.</t>
   </si>
   <si>
     <t>10 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
   </si>
   <si>
     <t>Michael Aleksandrovich Razuvanov</t>
   </si>
   <si>
     <t>28 april 1999</t>
   </si>
   <si>
     <t>For participation in the protests, the GUBOPiK detained brother and sister, Mikhail and Alexandra Aleksandrovich Razuvanov . According to GUBOPiK, Mikhail and Alexandra took part in post-election protests in 2020. Judging by the report from the security forces, a criminal case has been opened against the brother and sister.
 On June 23, 2023, an appeal hearing was held and the verdict came into force.
 According to human rights activists, in April 2024 Mikhail was again imprisoned in pre-trial detention center-1. Perhaps this is connected with a new criminal case.</t>
   </si>
   <si>
     <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Shustovsky</t>
+  </si>
+  <si>
+    <t>28 april 1967</t>
+  </si>
+  <si>
+    <t>He was sentenced at the end of 2022 to chemistry with a referral for participating in protest actions, after which in 2024 he was convicted of fraud and sent to IK-2.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.12.2022: unknown years restrictions of freedom with referral to an open-type correctional facility. Trial outcome 24.05.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Stanislav Viktorovich Taspaev</t>
   </si>
   <si>
     <t>28 april 1976</t>
   </si>
   <si>
     <t>Activist from Myadel district.
 In December 2021, it became known that Taspaev was sentenced to two years of house arrest for "slander" (Article 188 of the Criminal Code). According to the court schedule, over the past six months, he has been tried twice on administrative charges - for violating animal welfare rules in May 2023 and for violating the procedure for holding mass events in May 2024.
 Stanislav's trial, but this time on a criminal case, will begin on October 4, 2024, in the Myadel District Court. As reported by the press service of the prosecutor's office, Stanislav is the administrator of the YouTube channel "Initiative of the Resort Naroch" (recognized as extremist on June 12, 2024), in which "from March 2017 to July 2024, in 36 messages on video recordings, he disseminated deliberately false information about the political, economic and social situation of the Republic of Belarus, the legal status of its citizens, the activities of state bodies, discrediting the country before an unlimited number of people."
 The man is fond of photography, and this was one of his sources of income. He also earns money by providing computer services. Stanislav was also a district coordinator of the IT-Country project, which was financed by the IT company Belhard. In addition to his work, Stanislav dealt with environmental issues in Myadel and its environs, and protected nature.</t>
   </si>
   <si>
     <t>Trial outcome 15.12.2021: 2 years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 01.11.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 31.01.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
-    <t>Grigoriy Vladimirovich Gunko</t>
-[...53 lines deleted...]
-  <si>
     <t>Ruslan Issaevich Volkov</t>
   </si>
   <si>
     <t>29 april 1999</t>
   </si>
   <si>
     <t>Ruslan was first detained on August 10, 2020, during a protest in Brest against falsifications in the presidential elections. After a brutal beating, he was hospitalized and then sentenced to 7 days of administrative arrest. A criminal case was later opened against him, but he left the country during the investigation.
 Upon returning to Belarus, Ruslan attempted to cross the border into the European Union, but was detained. In November 2021, he was convicted of participating in “mass riots.”
 In July 2024, he was convicted again, this time for “malicious disobedience to the demands of the administration of a correctional institution.” This article is used to try prisoners who refuse to cooperate with the administration, based on fictitious violations.</t>
   </si>
   <si>
-    <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
-[...2 lines deleted...]
-    <t>Trial outcome 08.11.2021: 4 years of imprisonment in colony under enhanced security conditions. Appeal 14.01.2022: the sentence was upheld. Trial outcome 01.07.2024: 1 year 6 months of imprisonment in colony under enhanced security conditions.</t>
+    <t>Trial outcome 08.11.2021: 4 years of imprisonment in colony under enhanced security conditions. Appeal 14.01.2022: the sentence was upheld. Trial outcome 01.07.2024: 1 year 6 months of imprisonment in colony under enhanced security conditions. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Alexander Andreevich Kravchuk</t>
-[...16 lines deleted...]
-    <t>2024-10-21 17:26:06</t>
+    <t>Grigoriy Vladimirovich Gunko</t>
+  </si>
+  <si>
+    <t>29 april 1989</t>
+  </si>
+  <si>
+    <t>Grigory was detained on the night of August 10, 2020, as part of a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.
+In February 2024, Grigory was transferred to prison regime.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld. Regime change trial 12.02.2024: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:31:27</t>
+  </si>
+  <si>
+    <t>Irina Nikolaevna Minich</t>
+  </si>
+  <si>
+    <t>29 april 1986</t>
+  </si>
+  <si>
+    <t>2025-11-13 14:54:02</t>
+  </si>
+  <si>
+    <t>Natalia Ivanovna Ladutko</t>
+  </si>
+  <si>
+    <t>29 april 1964</t>
+  </si>
+  <si>
+    <t>Natalia was detained during a massive raid by security forces on January 23–24, 2024, aimed at relatives of political prisoners and people expressing solidarity with them. She was convicted in a criminal case opened under the article “assistance to extremist activity.”</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.02.2025: 4 years of imprisonment in colony under general regime conditions, 600 basic values fine. Appeal 08.04.2025: 4 years of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-02-05 18:58:53</t>
+  </si>
+  <si>
+    <t>Yuri Korotkevich</t>
+  </si>
+  <si>
+    <t>29 april 1994</t>
+  </si>
+  <si>
+    <t>Convicted of participating in protest actions 2020.</t>
+  </si>
+  <si>
+    <t>Imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Andrey Nikolaevich Bikov</t>
   </si>
   <si>
     <t>30 april 1971</t>
   </si>
   <si>
     <t>Convicted of insulting comments on the Internet.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony of strict regime, as well as deprivation of the rank of lieutenant colonel of the reserve.</t>
   </si>
   <si>
     <t>2022-11-24 17:48:26</t>
   </si>
   <si>
     <t>Alexander Anatolyevich Shabalin</t>
   </si>
   <si>
     <t>30 april 1984</t>
   </si>
   <si>
     <t>A member of presidential candidate Svetlana Tikhanovskaya's initiative group in Gomel was detained on June 7, 2020 and accused of participating in "mass riots" and plans to "seize buildings."</t>
   </si>
@@ -1877,51 +1831,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2015,1401 +1969,1401 @@
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>72</v>
       </c>
-      <c r="B13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
         <v>77</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>78</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>84</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>91</v>
       </c>
       <c r="I16" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>97</v>
       </c>
       <c r="I17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>99</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>101</v>
       </c>
-      <c r="D18" t="s">
-[...11 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" t="s">
         <v>104</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I19" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>108</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
         <v>115</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>116</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>117</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B22" t="s">
         <v>120</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>121</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>122</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
       <c r="I23" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>130</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>90</v>
+      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C26" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>144</v>
       </c>
       <c r="I26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>146</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
       <c r="C27" t="s">
         <v>148</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>149</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" t="s">
         <v>152</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>153</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>155</v>
       </c>
       <c r="I28" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
       <c r="I29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>162</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="F30" t="s">
-[...5 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>170</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
       <c r="I31" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>172</v>
       </c>
       <c r="B32" t="s">
         <v>173</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>174</v>
       </c>
-      <c r="D32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>175</v>
       </c>
       <c r="I32" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>177</v>
       </c>
       <c r="B33" t="s">
         <v>178</v>
       </c>
       <c r="C33" t="s">
         <v>179</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
+        <v>96</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>180</v>
       </c>
-      <c r="F33" t="s">
-[...5 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>182</v>
+      </c>
+      <c r="B34" t="s">
         <v>183</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>184</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>174</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>185</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" t="s">
         <v>188</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>189</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>190</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>107</v>
+        <v>174</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
+      <c r="E38" t="s">
+        <v>116</v>
+      </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C39" t="s">
         <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>211</v>
       </c>
       <c r="I39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>213</v>
       </c>
       <c r="B40" t="s">
         <v>214</v>
       </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>216</v>
       </c>
       <c r="I40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>218</v>
       </c>
       <c r="B41" t="s">
         <v>219</v>
       </c>
       <c r="C41" t="s">
         <v>220</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>47</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="F41" t="s">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
         <v>224</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>154</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
         <v>229</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>230</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E43" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>231</v>
       </c>
       <c r="I43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>233</v>
       </c>
       <c r="B44" t="s">
         <v>234</v>
       </c>
       <c r="C44" t="s">
         <v>235</v>
       </c>
       <c r="D44" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>236</v>
       </c>
       <c r="I44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>238</v>
       </c>
       <c r="B45" t="s">
         <v>239</v>
       </c>
       <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
         <v>254</v>
       </c>
       <c r="C48" t="s">
         <v>255</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>190</v>
+        <v>47</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>256</v>
       </c>
       <c r="I48" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>258</v>
       </c>
       <c r="B49" t="s">
+        <v>249</v>
+      </c>
+      <c r="C49" t="s">
         <v>259</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>260</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
         <v>263</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>264</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>266</v>
       </c>
       <c r="I50" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>268</v>
       </c>
       <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>265</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>72</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>279</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>281</v>
       </c>
       <c r="I53" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>283</v>
       </c>
       <c r="B54" t="s">
         <v>284</v>
       </c>
       <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
@@ -3422,162 +3376,162 @@
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>287</v>
       </c>
       <c r="I54" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>289</v>
       </c>
       <c r="B55" t="s">
         <v>290</v>
       </c>
       <c r="C55" t="s">
         <v>291</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>292</v>
       </c>
       <c r="I55" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>294</v>
       </c>
       <c r="B56" t="s">
         <v>295</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>296</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>298</v>
+      </c>
+      <c r="B57" t="s">
         <v>299</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>300</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>286</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>301</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>303</v>
+      </c>
+      <c r="B58" t="s">
+        <v>304</v>
+      </c>
+      <c r="C58" t="s">
         <v>305</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
         <v>306</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>307</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>309</v>
+      </c>
+      <c r="B59" t="s">
         <v>310</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>191</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
@@ -3588,860 +3542,802 @@
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>317</v>
       </c>
       <c r="I60" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>319</v>
       </c>
       <c r="B61" t="s">
         <v>320</v>
       </c>
       <c r="C61" t="s">
         <v>321</v>
       </c>
       <c r="D61" t="s">
         <v>27</v>
       </c>
       <c r="E61" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>322</v>
       </c>
       <c r="I61" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>324</v>
       </c>
       <c r="B62" t="s">
         <v>325</v>
       </c>
       <c r="C62" t="s">
         <v>326</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>327</v>
       </c>
       <c r="I62" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>329</v>
       </c>
       <c r="B63" t="s">
         <v>330</v>
       </c>
       <c r="C63" t="s">
         <v>331</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E63" t="s">
-        <v>59</v>
+        <v>154</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>332</v>
       </c>
       <c r="I63" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>334</v>
       </c>
       <c r="B64" t="s">
         <v>335</v>
       </c>
       <c r="C64" t="s">
         <v>336</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>337</v>
       </c>
       <c r="I64" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>339</v>
       </c>
       <c r="B65" t="s">
         <v>340</v>
       </c>
       <c r="C65" t="s">
         <v>341</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>342</v>
       </c>
       <c r="I65" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>344</v>
       </c>
       <c r="B66" t="s">
         <v>345</v>
       </c>
       <c r="C66" t="s">
         <v>346</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
+      <c r="E66" t="s">
+        <v>13</v>
+      </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>347</v>
       </c>
       <c r="I66" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>349</v>
       </c>
       <c r="B67" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C67" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D67" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I67" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B68" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="C68" t="s">
         <v>355</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>356</v>
       </c>
       <c r="I68" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>358</v>
       </c>
       <c r="B69" t="s">
         <v>359</v>
       </c>
       <c r="C69" t="s">
         <v>360</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>221</v>
+        <v>84</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>362</v>
+      </c>
+      <c r="B70" t="s">
         <v>363</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>364</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>286</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>365</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>367</v>
+      </c>
+      <c r="B71" t="s">
         <v>368</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>369</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>27</v>
+      </c>
+      <c r="E71" t="s">
+        <v>154</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>370</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>371</v>
-      </c>
-[...10 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>372</v>
+      </c>
+      <c r="B72" t="s">
+        <v>373</v>
+      </c>
+      <c r="C72" t="s">
         <v>374</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>174</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>375</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>376</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>377</v>
+      </c>
+      <c r="B73" t="s">
+        <v>378</v>
+      </c>
+      <c r="C73" t="s">
         <v>379</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>78</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>380</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>381</v>
-      </c>
-[...16 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>382</v>
+      </c>
+      <c r="B74" t="s">
+        <v>383</v>
+      </c>
+      <c r="C74" t="s">
         <v>384</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>385</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>386</v>
-      </c>
-[...16 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>387</v>
+      </c>
+      <c r="B75" t="s">
+        <v>388</v>
+      </c>
+      <c r="C75" t="s">
         <v>389</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>265</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>390</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>392</v>
+      </c>
+      <c r="B76" t="s">
         <v>393</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>394</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>90</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>395</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>397</v>
+      </c>
+      <c r="B77" t="s">
         <v>398</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>399</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>174</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>400</v>
       </c>
-      <c r="D77" t="s">
-[...11 lines deleted...]
-      <c r="H77" t="s">
+      <c r="I77" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>402</v>
+      </c>
+      <c r="B78" t="s">
         <v>403</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>404</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
+        <v>144</v>
+      </c>
+      <c r="I78" t="s">
         <v>405</v>
-      </c>
-[...16 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>406</v>
+      </c>
+      <c r="B79" t="s">
+        <v>407</v>
+      </c>
+      <c r="C79" t="s">
         <v>408</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>72</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>21</v>
+      </c>
+      <c r="H79" t="s">
         <v>409</v>
       </c>
-      <c r="C79" t="s">
+      <c r="I79" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>411</v>
+      </c>
+      <c r="B80" t="s">
+        <v>412</v>
+      </c>
+      <c r="C80" t="s">
         <v>413</v>
       </c>
-      <c r="B80" t="s">
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>72</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>414</v>
       </c>
-      <c r="C80" t="s">
+      <c r="I80" t="s">
         <v>415</v>
-      </c>
-[...16 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>416</v>
+      </c>
+      <c r="B81" t="s">
         <v>417</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>418</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
         <v>419</v>
       </c>
-      <c r="D81" t="s">
-[...11 lines deleted...]
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>421</v>
+      </c>
+      <c r="B82" t="s">
         <v>422</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>423</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>265</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
         <v>424</v>
       </c>
-      <c r="D82" t="s">
-[...11 lines deleted...]
-      <c r="H82" t="s">
+      <c r="I82" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>426</v>
+      </c>
+      <c r="B83" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D83" t="s">
         <v>27</v>
       </c>
       <c r="E83" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
-      <c r="H83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I83" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B84" t="s">
-        <v>433</v>
+        <v>430</v>
+      </c>
+      <c r="C84" t="s">
+        <v>431</v>
       </c>
       <c r="D84" t="s">
         <v>27</v>
       </c>
       <c r="E84" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
+      <c r="H84" t="s">
+        <v>432</v>
+      </c>
       <c r="I84" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>434</v>
+      </c>
+      <c r="B85" t="s">
         <v>435</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>436</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>72</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" t="s">
         <v>437</v>
       </c>
-      <c r="D85" t="s">
-[...11 lines deleted...]
-      <c r="H85" t="s">
+      <c r="I85" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>439</v>
+      </c>
+      <c r="B86" t="s">
         <v>440</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>441</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>116</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
         <v>442</v>
       </c>
-      <c r="D86" t="s">
-[...2 lines deleted...]
-      <c r="E86" t="s">
+      <c r="I86" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>444</v>
+      </c>
+      <c r="B87" t="s">
+        <v>445</v>
+      </c>
+      <c r="C87" t="s">
         <v>446</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" t="s">
         <v>447</v>
       </c>
-      <c r="C87" t="s">
+      <c r="I87" t="s">
         <v>448</v>
-      </c>
-[...74 lines deleted...]
-        <v>461</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">