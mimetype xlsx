--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -68,1466 +68,1340 @@
   <si>
     <t>1 april 1969</t>
   </si>
   <si>
     <t>According to the materials of the investigation, from February 2021 to October 2022, from February 2021 to October 2022, Nikolai Korol posted messages in various instant messengers in which he outlined slanderous fabrications against Lukashenko, publicly insulted him, as well as the leaders of the Central Election Commission and the Council of the Republic of the National Assembly, a number of other state servants and a judge.
 On October 11, 2022, he, in order to facilitate the activities of the destructive Telegram channel, whose information products were previously recognized by the court as extremist materials, produced and sent a message about the movement of military aircraft in the Brest region.
 Nicholas has a wife and a one-year-old son.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>4 years in prison</t>
   </si>
   <si>
     <t>2023-02-17 00:24:43</t>
-  </si>
-[...36 lines deleted...]
-    <t>2022-02-03 18:52:00</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Glotov</t>
   </si>
   <si>
     <t>3 april 1978</t>
   </si>
   <si>
     <t>Alexey was arrested on June 30, 2021, as part of a criminal investigation into an incident at a Russian Navy communications facility near Vileika.
 According to the prosecution's case presented in court, Alexei and Vadim Gulevich, "dressed in camouflage and armed with firearms, entered the military facility and planted explosive devices with a blast radius of up to 11 meters." One of them failed to detonate and was defused. An examination revealed that the devices were initiated with a delayed action.
 The damages were estimated at over 26,000 rubles. In December 2022, he was found guilty and sentenced to imprisonment in a maximum-security penal colony and a large fine.
 In August 2023, a court hearing was held to discuss the issue of changing the sentence, as a result of which Alexei was transferred to a prison regime.</t>
   </si>
   <si>
     <t>Turma №1, Grodno, Kirova 1, 230023</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 03.03.2023: the sentence was upheld. Regime change trial 04.08.2023: 3 years of prison regime. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2022-08-28 22:21:39</t>
   </si>
   <si>
-    <t>Vladimir Stanislavovich Kozlovsky</t>
+    <t>Uladzimir Stanislavavich Kazlouski</t>
   </si>
   <si>
     <t>3 april 1962</t>
   </si>
   <si>
-    <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-01-21 13:27:30</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Alexander Pavlovich Sidorenko</t>
   </si>
   <si>
     <t>4 april 1991</t>
   </si>
   <si>
     <t>Alexander, the manager of the York store, was arrested in November 2021 in a criminal case related to the "Busly Lyatsyats" initiative. Some of the charges concerned damaging the car of a Borisov district judge. As a result, he was sentenced to a long term of imprisonment.
 In September 2023, it became known that Alexander was transferred to a hospital for convicts in the village of Kolyadichi near Minsk for a planned operation. At the end of October of the same year, he was transferred back to the penal colony.</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>Trial outcome 28.09.2022: 8 years of imprisonment in colony under enhanced security conditions. Appeal 28.02.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:45</t>
   </si>
   <si>
     <t>Oleg Georgievich Khomenko</t>
   </si>
   <si>
     <t>4 april 1967</t>
   </si>
   <si>
     <t>Oleg Khomenko is a musician, leader of the group "Palace".
 The arrest became known on June 30, 2025. As is now known, a criminal case has been opened against him for cooperation with an independent Belarusian media outlet, which is on the list of so-called "extremist formations" (the specific article of the Criminal Code is currently unknown).
 Oleg Khomenko is a musician, composer, and radio host. In 1992, he founded the folk-rock band "Palace". The band released six studio albums, Khomenko also performed solo and recorded audiobooks. In 2008, he took part in the national selection for Eurovision with the song "Kola Grukatala". After 2020, "Palace" remained in the country and occasionally performed.</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.03.2026: 3 years of imprisonment in colony under general regime conditions, 450 basic values fine.</t>
+  </si>
+  <si>
     <t>2025-07-09 20:45:12</t>
+  </si>
+  <si>
+    <t>Liudmila Shrubok</t>
+  </si>
+  <si>
+    <t>4 april 1977</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:49:00</t>
   </si>
   <si>
     <t>Anatoliy Frantsevich Leonik</t>
   </si>
   <si>
     <t>5 april 1986</t>
   </si>
   <si>
     <t>The man was convicted for leaving publications in his ok.ru profile that contained humiliating information about Lukashenko. According to the prosecution, their goal was to publicly damage the authority of the state authorities and spread knowingly false information that humiliates Lukashenko.
 Anatoly pleaded guilty in full.</t>
   </si>
   <si>
     <t>2,5 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2023-01-20 16:09:40</t>
   </si>
   <si>
     <t>Alexandra Viktorovna Kasko</t>
   </si>
   <si>
     <t>5 april 1993</t>
   </si>
   <si>
     <t>Alexandra was detained in February 2023 upon her return to Belarus and sentenced the next day under an administrative article for "dissemination of extremist materials" to 10 days. However, after serving her arrest, she was never released, as a criminal case was opened against her for two interviews with an information resource recognized as an "extremist group."
 She was accused of assisting “extremist groups,” administering Telegram channels, inciting hatred, insulting the authorities, disseminating personal data, and slandering Lukashenko, and was convicted under eight criminal articles.
 In March 2024, the court heard the appeal and reduced her sentence by one year, without the right to further appeal.
 In May 2024, it became known that she was convicted again for “insulting a government official and a judge.”
 In the spring of 2025, information appeared that another criminal case had been opened against Alexandra, and she was transferred to a pre-trial detention center.</t>
   </si>
   <si>
     <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
   </si>
   <si>
     <t>Trial outcome 19.12.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 21.03.2024: 9 years of imprisonment in colony under general regime conditions. Trial outcome 31.05.2024: 2 years restrictions of freedom with referral to an open-type correctional facility, 100 basic values fine.</t>
   </si>
   <si>
     <t>2023-03-02 20:04:59</t>
   </si>
   <si>
+    <t>Aliaksandr Khomchyk</t>
+  </si>
+  <si>
+    <t>6 april 1965</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.09.2025: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-10-29 23:35:20</t>
+  </si>
+  <si>
     <t>Dmitry Petrovich Kornejchuk</t>
   </si>
   <si>
     <t>6 april 1982</t>
   </si>
   <si>
     <t>The nature of the charges is still being investigated, but it's most likely that Dmitry was imprisoned in connection with the high-profile case of the monitoring channel "Belarusian Gayun," which monitored the actions of Russian troops in Belarus before and during their armed aggression against Ukraine. Dmitry Korneichik's last known employment was at the retail chain OJSC "Avtospace," which sells auto parts and consumables and has stores in various cities across Belarus. Previously, he was a sole proprietor in the professional photography industry.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-12-28 21:24:09</t>
   </si>
   <si>
-    <t>Alexander Fadeevich Homchik</t>
-[...13 lines deleted...]
-  <si>
     <t>Ivan Zamyatin</t>
   </si>
   <si>
     <t>7 april 2003</t>
   </si>
   <si>
     <t>The Brest Regional Prosecutor's Office listed the actions for which the young man is being prosecuted under four articles: nine donations to a YouTube channel "used for informational support" of the Kalinovsky Regiment. Furthermore, in 2024, the young man wrote messages in Telegram chats containing "public insults" against Alexander Lukashenko, as well as messages allegedly falling under Article 361 of the Criminal Code (Calls for sanctions). Finally, in October 2024, the Brest resident apparently attempted to join the "Peramoga" plan ( "activated correspondence with a Telegram bot, filled out the proposed form, providing information about himself and his skills, thereby joining it," and completed a "test task" ).</t>
   </si>
   <si>
     <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 7 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-09-17 20:57:14</t>
   </si>
   <si>
-    <t>Vladimir Aleksandrovich Avramtsev</t>
+    <t>Uladzimir Aliaksandravich Auramtsau</t>
   </si>
   <si>
     <t>7 april 1994</t>
   </si>
   <si>
     <t>Vladimir, a graduate of the Bobruisk School of Olympic Reserve and BGATU, was involved in wrestling and worked as a trainer at the Eva fitness center.
 He was arrested on March 30, 2022, on charges of sabotage on the railway. Despite the fact that he did not resist, the special forces used force and weapons. He was later convicted under five serious articles of the Criminal Code.
 In September 2024, Vladimir was transferred to a strict prison regime.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 10.02.2023: 22 years of imprisonment in colony under enhanced security conditions, 350 basic values fine, approximately 13000 rubles of compensation. Appeal 26.04.2023: the sentence was upheld. Regime change trial 25.09.2024: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2022-04-06 19:33:48</t>
+  </si>
+  <si>
+    <t>Stanislav Valerievich Mochalov</t>
+  </si>
+  <si>
+    <t>8 april 1976</t>
+  </si>
+  <si>
+    <t>Stanislav, an activist from Gomel, was detained on May 28, 2021, after security forces conducted a search in his apartment, where he lived with his parents. Prior to this, he had served three administrative arrests under Article 24.23 of the Code of Administrative Offenses of the Republic of Belarus for participating in protests.
+Stanislav was convicted under two criminal articles for participating in a chain at the Solidarity March, which took place on September 20, 2020 in Gomel. He refused to sign a petition for pardon and defended his rights even in difficult prison conditions, despite health problems. He was left without care for his underage daughter and elderly parents, his father is disabled.
+He was released in December 2023, having fully served his sentence.
+In December 2024, it became known that Stanislav was again detained in a new criminal case.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.01.2022: 3 years of imprisonment in colony under general regime conditions. Appeal 23.03.2022: the sentence was upheld. Trial outcome 26.11.2025: 4 years of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-06-01 03:07:17</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Osipenko</t>
+  </si>
+  <si>
+    <t>8 april 1967</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-09-09 20:34:41</t>
   </si>
   <si>
     <t>Oleg Aleksandrovich Degterenko</t>
   </si>
   <si>
     <t>8 april 2002</t>
   </si>
   <si>
     <t>The essence of the accusation is still unknown to human rights activists.
 The trial, which lasted from February 9, found Degterenko guilty of “joining an extremist formation” and under Part 3 of Art. 361-1 of the Criminal Code, he was sentenced to imprisonment for a term of three years.
 He was also found guilty of “providing funds by any means for the purpose of use in terrorist activities, material support and other support” by a person who had previously committed a crime under Art. 361-1 of the Criminal Code, and according to Part 2 of Art. 290-1 of the Criminal Code (as amended by the Law of the Republic of Belarus dated January 09, 2019 No. 171-Z), he was sentenced to imprisonment for a term of 8 years with a fine of 100 basic units.
 By partial addition of the sentences, the accused was finally sentenced to imprisonment for a term of 8 years 6 months.
 On May 10, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>IK №3</t>
   </si>
   <si>
     <t>Trial outcome 07.03.2024: 8 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 10.05.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-02-08 00:37:52</t>
   </si>
   <si>
-    <t>Stanislav Valerievich Mochalov</t>
-[...29 lines deleted...]
-    <t>2025-09-09 20:34:41</t>
+    <t>Sergei Petrovich Kharitonovich</t>
+  </si>
+  <si>
+    <t>9 april 1979</t>
+  </si>
+  <si>
+    <t>Taxi driver. According to pro-government Telegram channels, he was detained for comments on social networks. In the "repentant video," the Belarusian says that he participated in protests in 2020, and from 2020 to mid-2023, he left more than 2,000 "offensive comments" in chats about Lukashenko, prosecutors, and police officers. Sergei's arm was broken during his arrest. He was kept in a punishment cell on Okrestina for 35 days with a broken arm. The head of the temporary detention facility expressed a biased attitude specifically towards him, through a "commentary" article.
+An appeal against the verdict will be heard on August 2, 2024.</t>
+  </si>
+  <si>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.05.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 02.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-01-24 15:04:49</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Gorbel</t>
+  </si>
+  <si>
+    <t>9 april 1978</t>
+  </si>
+  <si>
+    <t>On 08.08.2024, the appeal was heard and the verdict came into force.
+It is known that on February 15, 2024, an administrative protocol was considered against Alexander under Part 2 of Article 19.11 of the Code of Administrative Offenses (Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity). Judge Tatyana Tarabueva imposed an administrative penalty on Alexander in the form of administrative arrest for a period of 15 days. Alexander posted information products in the form of a video recording “Look what is left of one ...” of the Belsat TV channel on his Odnoklassniki page.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.06.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 08.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-02 15:12:37</t>
   </si>
   <si>
     <t>Egor Anatolevich Volkov</t>
   </si>
   <si>
     <t>9 april 1969</t>
   </si>
   <si>
     <t>Egor Volkov is 55 years old. He is a Minsk resident, studied at school No. 50. Then he graduated from the Minsk Radiotechnical Institute (now the Belarusian State University of Informatics and Radioelectronics).
 Since the 1990s, Volkov has been involved in business. It is known that his area is cargo transportation, including liquid cargo. The man's business is quite large, his company's fleet of vehicles is up to a hundred trucks.
 According to pro-government media, Yegor was tried for donations to the Kalinovsky Regiment from 2022 to 2023 in cryptocurrency in the amount of 11,100 USD, as well as for photos from the protests.
 On July 23, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 03.05.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 23.07.2024: unknown.</t>
   </si>
   <si>
     <t>2024-04-24 23:21:58</t>
   </si>
   <si>
-    <t>Alexander Fedorovich Gorbel</t>
-[...33 lines deleted...]
-  <si>
     <t>Igor Alexandrovich Kaluev</t>
   </si>
   <si>
     <t>9 april 1974</t>
   </si>
   <si>
     <t>Judging by social media, the man worked in various blue-collar jobs in his hometown.
 The nature of the charges is unknown, but is almost certainly related to his social media activity.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 5 years of imprisonment in colony under general regime conditions. Appeal date unknown: 6 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-02 23:15:53</t>
   </si>
   <si>
-    <t>Oleg Anatolevich Katsapov</t>
-[...17 lines deleted...]
-    <t>2023-11-21 14:54:06</t>
+    <t>Andrey Andreevich Lavrinovich</t>
+  </si>
+  <si>
+    <t>10 april 1981</t>
+  </si>
+  <si>
+    <t>On November 10, 2023, an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a colony under general regime conditions</t>
+  </si>
+  <si>
+    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Valery Felixovich Poznyakevich</t>
   </si>
   <si>
     <t>10 april 1968</t>
   </si>
   <si>
     <t>Valery is a Belarusian poet. He is a member of the Belarusian Union of Journalists. His works have appeared in all well-known Belarusian magazines and newspapers. In 1998, his poems were published in a secondary school reader and four anthologies.
 In 1994, he won a diploma at the First National Festival of Belarusian Bard Songs. Many of his poems have been set to music.
 He was detained several times on politically motivated administrative charges. He was arrested in connection with a criminal case in the summer of 2025. He was placed on bail pending trial.
 Valery has a bedridden, disabled mother who requires constant care.</t>
   </si>
   <si>
     <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
   </si>
   <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
     <t>Trial outcome 14.08.2025: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 24.10.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-11-25 18:51:34</t>
+  </si>
+  <si>
+    <t>Mikhail Mikhajlavich Horbach</t>
+  </si>
+  <si>
+    <t>Mikhail graduated from the Faculty of Radiophysics and Computer Technology at BSU in 2003. Since 2014, Mikhail has worked as a sole proprietor, providing technical maintenance for office equipment. He also worked as a system administrator for several companies in Minsk.
+Mikhail is a football fan. He traveled to various international competitions, including the 2012 European Championship. In September 2024, he vacationed in Egypt. Shortly thereafter, he disappeared from social media.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-02-08 19:54:45</t>
   </si>
   <si>
     <t>Vyacheslav Valentinovich Kandybo</t>
   </si>
   <si>
     <t>10 april 1977</t>
   </si>
   <si>
     <t>Vyacheslav was arrested in the summer of 2021 as part of a criminal case opened under the articles "inciting hatred or discord" and "illegal collection and dissemination of information about private life."
 In March 2022, he was convicted of transmitting information about law enforcement officials to an opposition Telegram channel. Vyacheslav was also stripped of his special rank of "lieutenant colonel of justice" in the reserves.</t>
   </si>
   <si>
     <t>Trial outcome 15.03.2022: 7 years of imprisonment in colony under enhanced security conditions, military service restriction.</t>
   </si>
   <si>
     <t>2021-09-06 18:28:41</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-09-13 17:05:22</t>
   </si>
   <si>
     <t>Stepan Sergeevich Latypov</t>
   </si>
   <si>
     <t>11 april 1980</t>
   </si>
   <si>
     <t>An arborist and director of the Belarbo company, who lives near the Square of Changes, was detained on September 15, 2020, as part of a criminal case on mass riots and found guilty under three articles of the Criminal Code of the Republic of Belarus.
 In September 2022, Stepan's punishment was increased and he was transferred to a prison regime for two years.
 In the fall of 2024, Stepan was again transferred to IK-22.</t>
   </si>
   <si>
-    <t>Trial outcome 16.08.2021: 8 years 6 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 16.11.2021: the sentence was upheld. Regime change trial 15.09.2022: 2 years of prison regime.</t>
+    <t>Trial outcome 16.08.2021: 8 years 6 months of imprisonment in colony under enhanced security conditions, 300 basic values fine. Appeal 16.11.2021: the sentence was upheld. Regime change trial 15.09.2022: 2 years of prison regime. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:59</t>
   </si>
   <si>
     <t>Olga Viktorovna Pietukh</t>
   </si>
   <si>
     <t>11 april 1993</t>
   </si>
   <si>
     <t>Olga, who worked as an art director at the Europa Hotel in Minsk, was detained in August 2021 as part of a criminal case initiated under the article “act of terrorism” and convicted in June 2023 under several criminal articles.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
-  </si>
-[...1 lines deleted...]
-    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-08-09 02:20:58</t>
   </si>
   <si>
     <t>Alexey Nikolaevich Mandik</t>
   </si>
   <si>
     <t>12 april 1993</t>
   </si>
   <si>
     <t>28 year old Alexey Mandik was detained in November 2021. He is an employee of the fifth city polyclinic, head of the prevention department, a general practitioner.
 The reason for the detention by the staff of the Main Directorate for Combating Organized Crime and Corruption is participation in Telegram channels recognized as extremist in the Republic of Belarus, where he wrote destructive and offensive comments to the employees of the Department of Internal Affairs.
 His letter of remorse was published on the website supporting the current state authorities.</t>
   </si>
   <si>
     <t>7 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-02-17 23:45:14</t>
   </si>
   <si>
     <t>Yuri Alexeyevich Redkov</t>
   </si>
   <si>
     <t>12 april 1976</t>
   </si>
   <si>
     <t>Observer, director, organizer of honey fairs and director of the Tsar-Med company.
 Convicted for participating in protests on August 23, 2020 as a commentator
 In the fall of 2024, Yuri's regime was changed and he was sent to serve his sentence in a penal colony.
 In the fall of 2025, it became known that Yuri had been convicted of another criminal case and sentenced to imprisonment. The details of the case are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 15.09.2022: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 29.11.2022: the sentence was upheld. Regime change trial 30.09.2024: unknown years of imprisonment in colony under general regime conditions. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-09-14 21:36:42</t>
   </si>
   <si>
+    <t>Alexander Anatolievich Lytin</t>
+  </si>
+  <si>
+    <t>13 april 1993</t>
+  </si>
+  <si>
+    <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.12.2022: 10 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-12-13 14:55:40</t>
+  </si>
+  <si>
     <t>Ivan Aleksandrovich Gubchik</t>
   </si>
   <si>
     <t>13 april 1987</t>
   </si>
   <si>
     <t>According to the Prosecutor General's Office, a resident of Vitebsk from July 16 to August 12, 2020 in a state of alcoholic intoxication from his TikTok page to awaken social hostility posted three videos in public access. The material presented in them formed a negative attitude towards police officers and representatives of the army command staff, encouraging violent and aggressive actions - the press release notes.
 The Prosecutor General's Office also states that the 34 year old man had 10 previous convictions.</t>
   </si>
   <si>
     <t>4,5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-01-29 03:21:21</t>
-  </si>
-[...67 lines deleted...]
-    <t>2025-06-23 14:47:53</t>
   </si>
   <si>
     <t>Evgeniy Mikhailovich Ermak</t>
   </si>
   <si>
     <t>14 april 1991</t>
   </si>
   <si>
     <t>On March 11, 2022, Evgeny was detained for insulting comments.
 During the search, hashish was found in his possession. Evgeny said that he bought it for himself and his friend-colleague Yuri, with whom he had previously used it repeatedly.
 The man was detained and placed in custody, charging him with articles for insulting four policemen, a judge and drug trafficking.
 On September 27, 2022, an appeal hearing was held.</t>
   </si>
   <si>
+    <t>No</t>
+  </si>
+  <si>
     <t>Trial outcome 22.07.2022: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-07-14 17:00:49</t>
   </si>
   <si>
-    <t>Dmitry Leonidovich Kokhanovsky</t>
-[...56 lines deleted...]
-    <t>2023-06-14 14:00:21</t>
+    <t>Denis Anatolyevich Petrov</t>
+  </si>
+  <si>
+    <t>14 april 1986</t>
+  </si>
+  <si>
+    <t>Denis was convicted in 2025 in a criminal case brought under the article "inciting hatred and discord" and sentenced to restricted freedom with direction.</t>
+  </si>
+  <si>
+    <t>IUOT-29, Volkovysk, Rokossovskogo, 118, 230415</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-06-23 14:47:53</t>
+  </si>
+  <si>
+    <t>Ivan Nikolaevich Borodich</t>
+  </si>
+  <si>
+    <t>14 april 1974</t>
+  </si>
+  <si>
+    <t>The investigation believes that in January 2023, Ivan Likholat contacted the SBU, where he was instructed to blow up railway tracks. He recruited two Grodno residents who had professional skills in mine and explosives for the task. One of them was Ivan Borodich.
+Likholat and Borodich were detained in Grodno.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.12.2024: 11 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-09-27 21:12:08</t>
   </si>
   <si>
     <t>Vasiliy Ivanovich Demidovich</t>
   </si>
   <si>
     <t>15 april 1952</t>
   </si>
   <si>
     <t>Previously, he was brought to administrative responsibility for participating in protests.
 According to the investigation, from September 2021 to January 2022, Vasily posted messages in destructive Telegram channels insulting government officials, including senior officials of the Republic of Belarus.
 He also threatened to use violence against law enforcement and judicial officers, publicly humiliating their honor and dignity. In addition, the man called on citizens to take action to organize mass riots. In extremist Telegram channels, he looked for people willing to commit "crimes", but did not follow through with his intentions, as he was detained by law enforcement officers.
 The accused was also ordered to pay monetary compensation for moral damages in the total amount of 32,000 Belarusian rubles to the victims.
 On January 31, 2023, another trial of a pensioner began in Dzerzhinsk. This time, he was charged under Article 369 of the Criminal Code (Insulting a Government Official).
 On 13.02.2023 the second verdict was announced.
 On March 23, 2023, the Drogichin District Court began to consider the case of political prisoner under Article 369 of the Criminal Code of the Republic of Belarus Vasily Demidovich was placed in the Drogichin temporary detention facility.
 In April, the political prisoner was transferred to Gomel's pretrial detention center No. 3. On April 20, 2023, the Sovietsky District Court of Gomel began to consider another case of the pensioner. He is charged under Article 369 of the Criminal Code of the Republic of Belarus and Article 391 of the Criminal Code of the Republic of Belarus. On May 2, another sentence was handed down.
 On May 5, 2023, Demidovich's fifth trial will begin - the man is again accused under Article 369 of the Criminal Code . The trial will take place in Pukhovichi, judge - Olga Babuk .
 The next meeting is scheduled for May 24, 2023 in Pukhovichi.
 On July 5, 2023, the Gomel Regional Court considered the appeal of the political prisoner by Judge Ruslan Tsaruk.
 On August 23, 2023, the Nesvizh District Court heard the sixth criminal case against a political prisoner.
 In Starye Dorogi, the seventh trial of Vasily will begin on October 19, 2023. In total, Vasilywas sentenced to 7 years of imprisonment, while the results of the last two trials are still unknown.
 Due to the fact that the political prisoner was included in the "terrorist list", he cannot make money transfers. In addition, Vasily has no relatives who could support him. Over the past year, he has survived dozens of transfers. Political prisoners are transferred in difficult conditions, which leaves a very bad mark on Vasily's health.
 On December 15, 2023, the trial of Vasily, which began in October, resumed in Starye Dorogi.
 At the end of June 2025, Vasily’s residential building was sold at an auction on the BelYurObespechenie platform.</t>
   </si>
   <si>
     <t>1) 6 years of imprisonment in a penal colony of strict regime.
 2) 1 year of imprisonment with a penalty of 1 110 BYN.
 By partial addition of punishments, he was finally sentenced to 6,5 years of imprisonment in a penal colony of strict regime.
 3) 2.5 years of imprisonment in a penal colony.
 By partial addition, the pensioner was finally sentenced to 7 years in prison.</t>
   </si>
   <si>
     <t>2022-07-19 00:27:34</t>
   </si>
   <si>
-    <t>Elena Vladimirovna Morozova</t>
-[...11 lines deleted...]
-    <t>2024-03-08 00:00:02</t>
+    <t>Alexander Anatolyevich Newar</t>
+  </si>
+  <si>
+    <t>15 april 1985</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.11.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 14.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-11 22:02:36</t>
+  </si>
+  <si>
+    <t>Dmitry Leonidovich Kokhanovsky</t>
+  </si>
+  <si>
+    <t>15 april 1991</t>
+  </si>
+  <si>
+    <t>An employee of the Mogilev branch of Beltelecom. Arrested at the workplace on October 28, 2021. He is preliminarily accused of distributing data to employees of law enforcement agencies.</t>
+  </si>
+  <si>
+    <t>6.5 years in prison.</t>
+  </si>
+  <si>
+    <t>2021-10-31 00:58:21</t>
+  </si>
+  <si>
+    <t>Michael Valentinovich Mekeko</t>
+  </si>
+  <si>
+    <t>15 april 1993</t>
+  </si>
+  <si>
+    <t>He lived and worked in Poland for a year and a half and returned to Belarus, where he was detained at the end of November 2022. According to the security forces, it was in Poland that he registered in the Peramoga plan. He also allegedly wrote messages threatening the security forces.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.08.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal 03.11.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-06-14 14:00:21</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Satsuk</t>
+  </si>
+  <si>
+    <t>15 april 1968</t>
+  </si>
+  <si>
+    <t>He is an investigative journalist, editor of the Belarusian portal «Ezhednevnik»‎ (ej.by ).
+Was detained on December 8, 2021. Earlier, Sergei had already been detained in the period from March 25 to April 4, 2020.
+Some human rights organizations regarded the repression as evidence of a political motive in the persecution of a journalist aimed at forcing him to stop or change the nature of his activities to disseminate information about corruption.
+The reason for the prosecution of the journalist, according to Satsuk's colleagues, were high-profile investigations, primarily concerning large-scale corruption in the medical field. Based on the facts obtained, he told about unprecedented «kickbacks»‎ for the supply of expensive equipment; about the purchase of an unregistered vaccine, which was actually tested on Belarusian children; about falsification of data on the spread of COVID-19 in Belarus. And all this with the approval of the control department — the Ministry of Health.</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2021-12-15 15:37:54</t>
+  </si>
+  <si>
+    <t>Andrey Stanislavovich Pochobut</t>
+  </si>
+  <si>
+    <t>16 april 1973</t>
+  </si>
+  <si>
+    <t>Andrei is a Grodno journalist, publicist and member of the Union of Poles in Belarus. In 2011, he was sentenced to 3 years of imprisonment with a 2-year suspended sentence on charges of slandering Lukashenko. He was released in the courtroom on his own recognizance not to leave. In 2012, a new criminal case was opened against him for publications in the media, but in 2013 it was closed due to lack of evidence. In the autumn of the same year, he was released from serving his sentence in the first case.
+On March 25, 2021, Andrei was detained again. He was accused of inciting hatred and calling for sanctions. The charges included articles about the 2020 Belarusian protests, the protection of the Polish minority, and publications about the USSR's attack on Poland in 1939. He spent more than 1.5 years in pretrial detention and was convicted in February 2023.
+It is known that Andrey refused to write a petition for pardon. At present, he continues to be subjected to pressure, is deprived of visits and parcels. There are also no calls from him.</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.07.2011: 3 years of imprisonment in colony under general regime conditions (with a deferment 2 years). Trial outcome 08.02.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 26.05.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-03-28 16:46:29</t>
   </si>
   <si>
     <t>Elena Nikolaevna Toporkova</t>
   </si>
   <si>
     <t>16 april 1970</t>
   </si>
   <si>
     <t>Elena Toporkova is 54 years old. She graduated from the Belarusian State Polytechnical Academy (now BNTU).
 Elena was likely detained during a raid on those in solidarity with political prisoners that took place at the end of January 2024.
 People caught in the raid on those in solidarity with political prisoners, which took place from January 23 to 24, say that the number of those who were subject to criminal cases may be much higher than human rights activists know. Completely non-public people simply made transfers or sent parcels to political prisoners from their own funds.</t>
   </si>
   <si>
     <t>Trial outcome 12.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 05.11.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-05 13:35:28</t>
   </si>
   <si>
+    <t>Elena Vladimirovna Morozova</t>
+  </si>
+  <si>
+    <t>16 april 1979</t>
+  </si>
+  <si>
+    <t>According to a pro-government Telegram channel, she was detained along with her son for participating in protests in 2020. On March 6, 2024, she was convicted under an administrative article ( Article 19.1 of the Code of Administrative Offenses of the Republic of Belarus - Petty hooliganism). After that, she was charged under criminal articles.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 25.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-03-08 00:00:02</t>
+  </si>
+  <si>
     <t>Vladimir Nikolaevich Lisitsa</t>
   </si>
   <si>
     <t>16 april 1968</t>
   </si>
   <si>
     <t>A former “Afghan” and a person with a principled civic position, and his wife Oksana Lisitsa is the director of the Vysochanskaya Basic School and a deputy of the district council of the 28th convocation. Vladimir Lisitsa was born in Ukraine and instead of an avatar on his Odnoklassniki page there is a Ukrainian flag. The contents of this page, which has now been mostly deleted, were studied by the Liozny District Prosecutor's Office, and it decided that “information products on the personal page “Vladimir Lisitsa” on the social network “Odnoklassniki” contains signs of activities aimed at facilitating extremist activities, training or other preparation to participate in such activities.” According to the investigation , Vladimir Lisitsa left comments about several other well-known persons in Belarus: “publicly obscene comments were made to the military commissar of the Gomel region A.V. Krivonosov, deputy of the House of Representatives of the National Assembly of the Republic of Belarus A.S. Gaidukevich, chairman of the Glubokoe district executive committee A . N. Shubsky and A. G. Lukashenko."According to the court verdict, Mr. Lisitsa must serve three years in a correctional colony under general regime conditions, and also pay a fine of 7,400 rubles and compensation for moral school to two plaintiffs - the Prosecutor General of the Republic of Belarus A. The Swede and the deputy of the Novopolotsk City Council of Deputies I. Medvedsky - 3,000 rubles each.</t>
   </si>
   <si>
     <t>Trial outcome 19.12.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 05.03.2024: unknown.</t>
   </si>
   <si>
     <t>2024-01-09 01:16:25</t>
   </si>
   <si>
-    <t>Andrey Stanislavovich Pochobut</t>
-[...16 lines deleted...]
-    <t>Andrey Nikolaevich Hanevich</t>
+    <t>Andrei Mikalayevich Khanevich</t>
   </si>
   <si>
     <t>16 april 1975</t>
   </si>
   <si>
     <t>Chairman of the primary trade union organization of the Belarusian Independent Trade Union of Employees of JSC «Grodno Azot».
 The reason for the initiation of a criminal case against the trade union leader, according to the state prosecutor, was his conversation with a journalist of the Belsat TV channel, during which he "gave her some information."
 Andrei's phone was tapped, and the conversations were recorded by the special services. After his dismissal from the factory, a criminal case was initiated against him.
 He is accused of facilitating extremist activities and discrediting the Republic of Belarus. Earlier, the primary organization of the Belarusian Independent Trade Union of Employees of JSC «Grodno Azot» was recognized as extremist. The Grodno Regional Court decided to ban the activities of the organization and its liquidation.
 He was taken into custody in the courtroom, before that he was on his own recognizance not to leave.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-11-16 15:17:34</t>
   </si>
   <si>
-    <t>Yuri Iosifovich Stanevsky</t>
-[...73 lines deleted...]
-  <si>
     <t>Kirill Olegovych Kroshkin</t>
   </si>
   <si>
     <t>17 april 1977</t>
   </si>
   <si>
     <t>Originally from Vitebsk , studied in Gomel, but recently lived in Grodno. An engineer by profession, he recently worked as a system administrator at Whitebird. Judging by social networks, he lived in Warsaw.
 The man is also a radio amateur. Member of the Belarusian Federation of Radio Amateurs and Radio Athletes.
 The consideration of the case began in January 2024, the last meeting was held on March 29, 2024</t>
   </si>
   <si>
     <t>Trial outcome 29.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 25.06.2024: unknown.</t>
   </si>
   <si>
     <t>2023-12-10 10:51:57</t>
   </si>
   <si>
-    <t>Andrey Vitalievich Slizevich</t>
+    <t>Vladislav Igorevich Yakubovsky</t>
+  </si>
+  <si>
+    <t>17 april 1996</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.12.2025: 3 years of imprisonment in colony under general regime conditions, unknown basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-12-22 22:06:53</t>
+  </si>
+  <si>
+    <t>Alexander Valerievich Yavorsky</t>
+  </si>
+  <si>
+    <t>17 april 1986</t>
+  </si>
+  <si>
+    <t>It is known about Alexander that he is from Petrikov, where he was engaged in entrepreneurial activity in the field of trade in food products, drinks and tobacco, and owned the Saleman store.
+In October 2020, the man joined the nationwide strike called by Svetlana Tikhanovskaya — and even recorded a video message about it. One of the state propaganda newspapers mockingly quoted his words from the video.</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-23 16:39:23</t>
+  </si>
+  <si>
+    <t>Egor Viktorovich Lebedok</t>
+  </si>
+  <si>
+    <t>17 april 1982</t>
+  </si>
+  <si>
+    <t>Military analyst Egor Lebedk was awarded 15 days of administrative arrest under Article 24.3 of the Administrative Code. After a day, Yegor did not come out and was detained on a criminal case of promoting extremist activities for comments for Euroradio.
+In October 2022, channels supporting the current government of the Republic of Belarus published the news that another criminal case was opened against Egor on the basis of repetition, and noted that each interview by an extremist forms a separate crime.</t>
+  </si>
+  <si>
+    <t>Trial outcome 23.12.2022: 5 years of imprisonment in colony under enhanced security conditions. Appeal 21.03.2023: the sentence was upheld. Regime change trial 11.12.2024: prison regime until the end of the term.</t>
+  </si>
+  <si>
+    <t>2022-07-30 00:15:40</t>
+  </si>
+  <si>
+    <t>Yuri Iosifovich Stanevsky</t>
+  </si>
+  <si>
+    <t>According to the prosecution version, from July 15 to December 27, 2021, he posted comments under publications in chats recognized as extremist in the Republic of Belarus, where he insulted Lukashenko and other government officials and their relatives, and also left threats against officials performing their official duties.
+The publications contained messages related to the abuse of the National Anthem of the Republic of Belarus and the National Flag of the Republic of Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.10.2022: 7 years of imprisonment in colony under enhanced security conditions. Appeal 16.12.2022: unknown.</t>
+  </si>
+  <si>
+    <t>2022-07-22 17:59:47</t>
+  </si>
+  <si>
+    <t>Andrei Slizevich</t>
   </si>
   <si>
     <t>18 april 1982</t>
   </si>
   <si>
     <t>A sole proprietor. According to the prosecution, he allegedly left negative comments about Russia after the terrorist attack at Crocus Hall and called for bombing Russian cities.
 Andrey was detained in March. Pro-government channels published a "repentant" video of him.</t>
   </si>
   <si>
     <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Trial outcome 04.12.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 18.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-27 14:19:39</t>
   </si>
   <si>
     <t>Roman Bronislavovich Marusov</t>
   </si>
   <si>
     <t>19 april 1996</t>
   </si>
   <si>
     <t>Roman was arrested in March 2021 as part of a criminal case under the article "Accomplicity in intentional actions aimed at inciting other social hatred and discord based on another social affiliation, committed by a group of persons." He was convicted of leaking information to BYPOL.
 "On March 18, 2021, Roman went to a police officer's home to check the address published online and report it to a destructive resource. He entered the building, rang the intercom, met the police officer's husband, and fled. At home, he sent a message to a Telegram channel confirming the address," the investigation documents state.
 In the fall of 2023, the conditions of his detention were tightened, and Roman was transferred to a prison regime.
 In September 2024, a court hearing was held on the charge of "malicious disobedience to the demands of the administration of a correctional facility," during which Roman could have received up to two years of imprisonment; the outcome of the hearing is unknown.</t>
   </si>
   <si>
     <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 6 years of imprisonment in colony under general regime conditions. Regime change trial 17.10.2023: 2 years of prison regime. Trial outcome 27.09.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 28.11.2024: unknown.</t>
   </si>
   <si>
     <t>2021-08-11 11:38:58</t>
   </si>
   <si>
-    <t>Anatoly Sergeevich Kireychik</t>
-[...24 lines deleted...]
-    <t>2024-03-06 13:51:10</t>
+    <t>Ihar Shukanau</t>
+  </si>
+  <si>
+    <t>19 april 1963</t>
+  </si>
+  <si>
+    <t>62-year-old employee of the computer science and communications laboratory of the Mozyr Oil Refinery.
+Igor Shukanov was demonstratively and harshly detained on August 1, 2024. The GUBOP came for him from Minsk. He was detained right at his workplace. Then, in a factory UAZ-Patriot, he was taken outside the plant's checkpoint. Not far from the bus stop, in the parking lot near the main checkpoint of the plant, where there were people at the time, the GUBOPikovites staged a demonstrative beating of Shukanov - they pulled him out of the UAZ, threw him face down on the asphalt, pressed his knee on his head, and handcuffed him.
+It is noteworthy that on the morning of that day Igor was tried under an administrative article for disseminating "extremism." He was given a fine and released - only to be arrested a few hours later.</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.02.2025: unknown. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-17 16:29:03</t>
   </si>
   <si>
     <t>Gennady Marjanovic Zhukel</t>
   </si>
   <si>
     <t>20 april 1961</t>
   </si>
   <si>
     <t>The man called the district police and spoke against Lukashenko when he spoke to the duty officer. It is known that at that moment he was intoxicated. He had previously been tried for hooliganism and was brought to administrative responsibility several times.
 On 29.02.2024, the appeal was heard. The verdict came into force.
 In July 2024 , he was released, having fully served the sentence imposed by the court.
 In January 2025, Gennady was again tried for insulting Lukashenko A.G.</t>
   </si>
   <si>
     <t>Trial outcome 27.12.2023: 1 year of imprisonment in colony under general regime conditions. Appeal 29.02.2024: the sentence was upheld. Trial outcome 09.01.2025: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-10-10 00:01:50</t>
   </si>
   <si>
+    <t>Sergey Stepanovich Buwaka</t>
+  </si>
+  <si>
+    <t>20 april 1965</t>
+  </si>
+  <si>
+    <t>Sergei was accused of writing several messages on the Telegram messenger and sentenced to restricted freedom with a referral order. The hearing took place in the building of the Berezovsky Cooperative Industrial Complex. After the trial, the prosecutor lectured the workers and "reminded them of the responsibility for extremist crimes." Sergei remained under house arrest pending trial.</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.03.2024: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2024-03-26 21:48:30</t>
+  </si>
+  <si>
+    <t>Konstantin Vladimirovich Shestov</t>
+  </si>
+  <si>
+    <t>20 april 1978</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.03.2024: 8 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-03-06 13:51:10</t>
+  </si>
+  <si>
+    <t>Anatoly Sergeevich Kireychik</t>
+  </si>
+  <si>
+    <t>20 april 1949</t>
+  </si>
+  <si>
+    <t>According to the investigation, from October 2020 to February 2022, the 74-year-old man systematically posted comments under photographs of government officials, where, “without mincing words, he insulted, publicly humiliated and discredited their honor and dignity.” During a search, ammunition was found at his home. The pensioner told investigators that he collected them.
+It is alleged that Kireychik “insulted” as many as 135 security officials - employees of the KGB, the prosecutor's office, the police, the Investigative Committee, the Ministry of Defense and the judicial system.</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.06.2024: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 16.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:44:11</t>
+  </si>
+  <si>
     <t>Alexey Yurievich Drab</t>
   </si>
   <si>
     <t>20 april 1986</t>
   </si>
   <si>
     <t>Alexander was detained in October 2020 and charged with participating in the events that took place on October 11, 2020, near the Pushkinskaya metro station, when people tried to protect a peaceful protester from being beaten by riot police. During his detention, he was threatened, forced to testify on video, and his leg was broken in five places. He was admitted to the pretrial detention center with a cast after interrogations.</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 02.04.2021: 5 years of imprisonment in colony under general regime conditions, approximately 21000 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-03-19 02:23:39</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-03-26 21:48:30</t>
   </si>
   <si>
     <t>Vladimir Valerievich Fishman</t>
   </si>
   <si>
     <t>22 april 1987</t>
   </si>
   <si>
     <t>Vladimir has been interested in urban development and architecture for about 20 years. He created a unique database with thousands of photographs of various buildings in Belarus and abroad - photobuildings.com.
 In the video shown on ONT, Vladimir says that he allegedly registered in the Peramoga chat plan, and in November 2022 Alexander Azarov allegedly contacted him.
 On February 27, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 05.01.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 27.02.2024: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-11-13 19:42:07</t>
   </si>
   <si>
     <t>Natalya Nikolaevna Lasch</t>
   </si>
   <si>
     <t>23 april 1993</t>
   </si>
   <si>
     <t>A 2nd class lawyer, a former employee of the prosecutor's office of the Frunzensky district of Minsk, worked for some time as an HR specialist in an IT company. Natalia is accused of leaking information to the Black Book of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 01.03.2023: 6 years of imprisonment in colony under general regime conditions. Appeal 30.05.2023: unknown.</t>
   </si>
   <si>
     <t>2022-08-19 22:28:41</t>
   </si>
   <si>
-    <t>Sergey Ilich Dzyuba</t>
+    <t>Siarhei Ilich Dziuba</t>
   </si>
   <si>
     <t>24 april 1976</t>
   </si>
   <si>
-    <t>BJD employee. According to preliminary information, he was detained under articles 356 and 357 of the Criminal Code of the Republic of Belarus (“treason against the state” and “conspiracy or other actions committed to seize state power”).</t>
-[...2 lines deleted...]
-    <t>12 years in a colony under enhanced regime conditions</t>
+    <t>Sergei, a Belarusian Railways employee, was arrested in the fall of 2021 as part of a criminal case brought against factory employees who supported the strike and were part of the "Rabochy Rukh" (Workers' Movement) initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers took place across the country.
+In February 2023, Sergei was found guilty of treason and the creation of and participation in an extremist group and sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 12 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-26 14:08:50</t>
   </si>
   <si>
-    <t>Irina Viktorovna Zlobina</t>
+    <t>Victor Vitalievich Yaskich</t>
   </si>
   <si>
     <t>25 april 1989</t>
-  </si>
-[...72 lines deleted...]
-    <t>Victor Vitalievich Yaskich</t>
   </si>
   <si>
     <t>He worked as a taxi driver. He is a father of many children, with six children from two marriages.
 He was detained in connection with a terrorism case. He was severely beaten during interrogation (Viktor even had his arm broken). According to the KGB, Viktor Yaskich and Yevhen Gruk were convicted under Article 289 of the Criminal Code (act of terrorism) and Article 295 of the Criminal Code (illegal actions involving firearms, ammunition, and explosives). Their arrest became known in early April 2024 from a report on ONT. According to the propagandists, security forces detained at least 12 people, including Gruk and Yaskich, accused of smuggling explosives and planning terrorist attacks. According to the reporter, Gruk was an informant for the SBU: he photographed military equipment and transmitted its coordinates. Gruk was then ordered to retrieve the explosives from a hiding place. Yaskich gave Gruk a ride to the hiding place. Subsequently, the two were supposed to distribute the explosives from the hiding place to new hiding places. The report does not explain the rationale behind this action.
 The trial took place in May 2025. The verdict is unknown; Viktor was held in pretrial detention before the trial.</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: unknown. Appeal date unknown: unknown.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-07-16 23:01:33</t>
   </si>
   <si>
-    <t>Dmitriy Aleksandrovich Schemer</t>
-[...8 lines deleted...]
-    <t>2024-03-16 18:46:18</t>
+    <t>Pavel Alexandrovich Shpetniy</t>
+  </si>
+  <si>
+    <t>25 april 1997</t>
+  </si>
+  <si>
+    <t>Pavel, an activist of the anarchist movement, was arrested in March 2021 as part of a criminal case brought against anarchists from the Brest region. He was convicted of "participation in group actions that grossly violate public order" and "participation in a criminal organization." It is known that the charges were based on an episode related to the "March of Non-Parasites" that took place on March 5, 2017, as well as events that took place near the building of the Brest GUBOPiK in 2016.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.09.2022: 6 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 28.02.2023: the sentence was upheld. Trial outcome 08.10.2025: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:16:29</t>
+  </si>
+  <si>
+    <t>Dzmitry Iosifavich Padrez</t>
+  </si>
+  <si>
+    <t>25 april 1987</t>
+  </si>
+  <si>
+    <t>Dmitry, a street artist and IT specialist, was arrested in July 2021 in a criminal case opened under three articles, including "interference in the activities of a law enforcement officer." It is known that during his arrest, GUBOPiK officers beat and abused Dmitry.
+In March 2022, Dmitry was found guilty of transmitting data from law enforcement officials to the Telegram channel "Black Book of Belarus" and sentenced to imprisonment in a penal colony and compensation for moral damages to the "victims."</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.03.2022: 7 years of imprisonment in colony under enhanced security conditions, 11000 rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-09-30 10:25:31</t>
+  </si>
+  <si>
+    <t>Artem Sergeevich Yankovsky</t>
+  </si>
+  <si>
+    <t>25 april 2003</t>
+  </si>
+  <si>
+    <t>On August 13, 2023, he was detained for “distribution, production, storage, transportation of information products containing calls for extremist activities or promoting such activities.” After this, a criminal case was opened against him. After the arrest, a “repentant” video was published with Artem, where he said that in 2020 he proposed throwing “Molotov cocktails” at police officers and sent instructions for making them to friends.</t>
+  </si>
+  <si>
+    <t>unknown</t>
+  </si>
+  <si>
+    <t>2023-11-13 12:48:28</t>
+  </si>
+  <si>
+    <t>Irina Viktorovna Zlobina</t>
+  </si>
+  <si>
+    <t>Irina graduated from the Faculty of Philosophy and Social Sciences of BSU and in recent years was engaged in her own small business related to flowers and souvenir production. She was detained on January 12, 2021, along with Andrey Alexandrov. Irina was accused of "financing protest activities" and paying fines to protesters. She was convicted of "treason" and "participation in group actions that grossly violate public order."
+On September 1, 2022, the couple got married in Pre-trial Detention Center No. 1.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.10.2022: 9 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal 06.01.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:11</t>
+  </si>
+  <si>
+    <t>Vitali Paulavich Barysevich</t>
+  </si>
+  <si>
+    <t>25 april 1984</t>
+  </si>
+  <si>
+    <t>He was detained on November 24, 2021. A message appeared on the telegram channel of the Ministry of Internal Affairs of Belarus that Vitaly allegedly took an active part in mass riots in the area of the hopping center «Riga» in August 2020.</t>
+  </si>
+  <si>
+    <t>6 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2021-12-14 16:57:25</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Tsyganovich</t>
   </si>
   <si>
     <t>26 april 1980</t>
   </si>
   <si>
     <t>Vladimir is a blogger and author of the YouTube channel MozgON. He started by discussing economic and social news, later moving on to political topics, covering various actions, including pickets of Sergei Tikhanovsky.
 In June 2020, he was detained to serve an administrative arrest, but was later accused of preparing "mass riots" and convicted in the "Tikhanovsky case." According to human rights activists, the defendants in the case are required to pay compensation in the amount of 29 million rubles.
 In 2022, Vladimir was transferred to prison regime. In 2023, he was tried twice for "malicious disobedience to the demands of the administration of the correctional institution." In the fall of 2023, a third court hearing was held on a new case for "malicious disobedience."</t>
   </si>
   <si>
     <t>Trial outcome 14.12.2021: 15 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation. Regime change trial 24.10.2022: 3 years of prison regime. Trial outcome 10.04.2023: 1 year of imprisonment in colony under enhanced security conditions. Trial outcome 30.11.2023: unknown. Appeal 08.02.2024: unknown. Trial outcome 05.09.2024: unknown. Appeal 06.11.2024: unknown.</t>
   </si>
   <si>
     <t>2021-02-26 21:25:03</t>
   </si>
   <si>
+    <t>Dzmitry Ruslanovich Zakharoshka</t>
+  </si>
+  <si>
+    <t>26 april 2006</t>
+  </si>
+  <si>
+    <t>The pro-government film (April 2024) said that six teenagers allegedly united in the “anarchist cell “Black Nightingales”, which” under the leadership of the National Liberation Army of Ukraine “was created by 16-year-old Ukrainian citizen Maria Misyuk.
+ONT employees claim that the teenagers united to carry out sabotage on a tip in Belarus, and then in Russia. Maria is accused under Part 2 of Art. 289 of the Criminal Code (act of terrorism). According to the story, 16-year-old Maria Misyuk moved with her family from Ukraine to Belarus in 2022, where she created an “anarchist cell for preparing terrorist attacks.” Among those detained are college students in Baranovichi, Nesvizh, Mir, Minsk and Luninets. These are Trofim Borisov, Sergey Zhigalev, Dmitry Zahoroshko , Anastasia Klimenko and Alexandra Pulinovich. According to ONT employees, young people gathered at the Baranovichi apartment to prepare for their first serious action - to collect explosives and blow up the Baranovichi police department or prosecutor's office. It is unknown under what charges the remaining five participants are accused. As well as their status and location are unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 11.11.2025: 10 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 09.02.2026: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:50:52</t>
+  </si>
+  <si>
     <t>Tatyana Sergeevna Kuzina</t>
   </si>
   <si>
     <t>26 april 1973</t>
   </si>
   <si>
     <t>Tatyana is a co-founder of the Sympa school for young public administration managers, an expert in the Bipart research project, and a Master of Political Science.
 She was detained in Minsk on the night of June 28-29, 2021, at the airport while going through passport control to leave the country. It is known that Tatyana was going to fly on a night flight to Tbilisi. It later became known that she was detained in connection with an initiated criminal case. Tatyana was taken to the temporary detention facility on Okrestina, and a few days later transferred to a pretrial detention center.
 On February 6, 2023, the court began considering her case on charges of "aiding actions aimed at seizing power," "calling for actions that harm national security," and "inciting social hatred." On March 17 of the same year, the court sentenced Tatyana in a closed session to 10 years of imprisonment in a general regime penal colony.</t>
   </si>
   <si>
     <t>Trial outcome 17.03.2023: 10 years of imprisonment in colony under general regime conditions. Appeal 25.07.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-07-20 20:17:19</t>
   </si>
   <si>
+    <t>Dmitriy Aleksandrovich Schemer</t>
+  </si>
+  <si>
+    <t>26 april 1994</t>
+  </si>
+  <si>
+    <t>Pro-government channels claim that he was detained by accident - because of a phone case with the inscription “pray for Belarus” in English and an image of national symbols. After his arrest, they allegedly found videos from protests on Dmitry’s phone, as well as photos from a yard chat, where he offers people mock-ups of protest stickers. It is known that the guy has been swimming for a long time and has the rank of candidate master of sports.</t>
+  </si>
+  <si>
+    <t>2024-03-16 18:46:18</t>
+  </si>
+  <si>
     <t>Eugene Aleksandrovich Gormash</t>
   </si>
   <si>
     <t>26 april 1987</t>
   </si>
   <si>
     <t>His trial began on September 4, 2023 in the Minsk City Court. This is the same Minsk resident whom people “recaptured” from arrest at a picket to collect signatures on May 31, 2020, after he shouted “Ganba!” by traffic police officers. Now Evgeniy is being tried in a criminal case.
 On November 17, 2023, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 07.09.2023: 4 years of imprisonment in colony under general regime conditions. Appeal 17.11.2023: unknown.</t>
   </si>
   <si>
     <t>2023-08-30 15:43:18</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-04-30 23:50:52</t>
   </si>
   <si>
     <t>Alexander Pleskatsevich</t>
   </si>
   <si>
     <t>26 april 1974</t>
   </si>
   <si>
     <t>He was accused of twice painting houses, pillars and buildings in his village with white and red paint and declaring his love for Svetlana Tikhanovskaya.
 The man has been in pre-trial detention since September 18, 2021. The man began serving his sentence in March 2022. In June 2022, Alexander was placed in Mogilev Prison No. 4. While serving his sentence, the man was placed in a punishment cell and subjected to beatings.
 Released on February 16, 2023.
 November 28, 2023 Alexander began another trial , in the Brest Regional Court. The man is charged with two counts: 130 approx. 1 part 1 (rehabilitation of Nazism), 339 part 2 (hooliganism).</t>
   </si>
   <si>
     <t>1) 2 years of restriction of freedom with transfer to an open correctional institution
 2) 3 years of imprisonment in a colony</t>
   </si>
   <si>
     <t>2021-12-07 21:43:03</t>
   </si>
   <si>
-    <t>Nikita Igorevich Storozhenko</t>
-[...18 lines deleted...]
-  <si>
     <t>Sergey Nikolaevich Patsukevich</t>
   </si>
   <si>
     <t>27 april 1990</t>
   </si>
   <si>
     <t>Sergei was detained on November 17, 2020 and convicted for participating in protests that took place in Minsk on August 9-10, 2020. According to investigators, he "threw at least one stone towards the Ministry of Internal Affairs transport", was at the site of barricade construction, blocked traffic and shouted slogans.</t>
   </si>
   <si>
     <t>Trial outcome 21.07.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 6000 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:41</t>
   </si>
   <si>
     <t>Taras Igorevich Machinsky</t>
   </si>
   <si>
     <t>28 april 1981</t>
   </si>
   <si>
     <t>A former Ukrainian. He received Belarusian citizenship in 2010, often happens in the border area.
 In the story on the channel of the Ministry of Internal Affairs, it is claimed that he transmitted to Kuprienko (accused of espionage) data on the location of military equipment, the movement of a vehicle convoys.</t>
   </si>
   <si>
     <t>10 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-12-27 00:38:46</t>
-  </si>
-[...27 lines deleted...]
-    <t>2022-12-24 00:06:41</t>
   </si>
   <si>
     <t>Stanislav Viktorovich Taspaev</t>
   </si>
   <si>
     <t>28 april 1976</t>
   </si>
   <si>
     <t>Activist from Myadel district.
 In December 2021, it became known that Taspaev was sentenced to two years of house arrest for "slander" (Article 188 of the Criminal Code). According to the court schedule, over the past six months, he has been tried twice on administrative charges - for violating animal welfare rules in May 2023 and for violating the procedure for holding mass events in May 2024.
 Stanislav's trial, but this time on a criminal case, will begin on October 4, 2024, in the Myadel District Court. As reported by the press service of the prosecutor's office, Stanislav is the administrator of the YouTube channel "Initiative of the Resort Naroch" (recognized as extremist on June 12, 2024), in which "from March 2017 to July 2024, in 36 messages on video recordings, he disseminated deliberately false information about the political, economic and social situation of the Republic of Belarus, the legal status of its citizens, the activities of state bodies, discrediting the country before an unlimited number of people."
 The man is fond of photography, and this was one of his sources of income. He also earns money by providing computer services. Stanislav was also a district coordinator of the IT-Country project, which was financed by the IT company Belhard. In addition to his work, Stanislav dealt with environmental issues in Myadel and its environs, and protected nature.</t>
   </si>
   <si>
     <t>Trial outcome 15.12.2021: 2 years restrictions of freedom without referral to an open-type correctional facility. Trial outcome 01.11.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 31.01.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-11-29 00:04:02</t>
   </si>
   <si>
-    <t>Ruslan Issaevich Volkov</t>
+    <t>Alexander Sergeevich Shustovsky</t>
+  </si>
+  <si>
+    <t>28 april 1967</t>
+  </si>
+  <si>
+    <t>He was sentenced at the end of 2022 to chemistry with a referral for participating in protest actions, after which in 2024 he was convicted of fraud and sent to IK-2.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.12.2022: unknown years restrictions of freedom with referral to an open-type correctional facility. Trial outcome 24.05.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2022-12-24 00:06:41</t>
+  </si>
+  <si>
+    <t>Michael Aleksandrovich Razuvanov</t>
+  </si>
+  <si>
+    <t>28 april 1999</t>
+  </si>
+  <si>
+    <t>For participation in the protests, the GUBOPiK detained brother and sister, Mikhail and Alexandra Aleksandrovich Razuvanov . According to GUBOPiK, Mikhail and Alexandra took part in post-election protests in 2020. Judging by the report from the security forces, a criminal case has been opened against the brother and sister.
+On June 23, 2023, an appeal hearing was held and the verdict came into force.
+According to human rights activists, in April 2024 Mikhail was again imprisoned in pre-trial detention center-1. Perhaps this is connected with a new criminal case.</t>
+  </si>
+  <si>
+    <t>2022-12-26 20:38:27</t>
+  </si>
+  <si>
+    <t>Ruslan Isayevich Voukau</t>
   </si>
   <si>
     <t>29 april 1999</t>
   </si>
   <si>
     <t>Ruslan was first detained on August 10, 2020, during a protest in Brest against falsifications in the presidential elections. After a brutal beating, he was hospitalized and then sentenced to 7 days of administrative arrest. A criminal case was later opened against him, but he left the country during the investigation.
 Upon returning to Belarus, Ruslan attempted to cross the border into the European Union, but was detained. In November 2021, he was convicted of participating in “mass riots.”
 In July 2024, he was convicted again, this time for “malicious disobedience to the demands of the administration of a correctional institution.” This article is used to try prisoners who refuse to cooperate with the administration, based on fictitious violations.</t>
   </si>
   <si>
     <t>Trial outcome 08.11.2021: 4 years of imprisonment in colony under enhanced security conditions. Appeal 14.01.2022: the sentence was upheld. Trial outcome 01.07.2024: 1 year 6 months of imprisonment in colony under enhanced security conditions. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-07-05 01:07:37</t>
   </si>
   <si>
-    <t>Grigoriy Vladimirovich Gunko</t>
-[...21 lines deleted...]
-    <t>2025-11-13 14:54:02</t>
+    <t>Yuri Korotkevich</t>
+  </si>
+  <si>
+    <t>29 april 1994</t>
+  </si>
+  <si>
+    <t>Convicted of participating in protest actions 2020.</t>
+  </si>
+  <si>
+    <t>Imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2022-09-14 18:13:42</t>
   </si>
   <si>
     <t>Natalia Ivanovna Ladutko</t>
   </si>
   <si>
     <t>29 april 1964</t>
   </si>
   <si>
     <t>Natalia was detained during a massive raid by security forces on January 23–24, 2024, aimed at relatives of political prisoners and people expressing solidarity with them. She was convicted in a criminal case opened under the article “assistance to extremist activity.”</t>
   </si>
   <si>
     <t>Trial outcome 11.02.2025: 4 years of imprisonment in colony under general regime conditions, 600 basic values fine. Appeal 08.04.2025: 4 years of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
   </si>
   <si>
     <t>2024-02-05 18:58:53</t>
-  </si>
-[...43 lines deleted...]
-    <t>2021-02-26 21:27:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1831,51 +1705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1904,2440 +1778,2220 @@
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I14" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B18" t="s">
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I22" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B23" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="I23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I24" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="I25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C26" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>43</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C27" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
-      <c r="E30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
+      <c r="E31" t="s">
+        <v>160</v>
+      </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="H31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>175</v>
+      </c>
+      <c r="C32" t="s">
+        <v>176</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C34" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>174</v>
+        <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="F35" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>192</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>202</v>
       </c>
       <c r="I37" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>204</v>
       </c>
       <c r="B38" t="s">
         <v>205</v>
       </c>
       <c r="C38" t="s">
         <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
+      <c r="C39" t="s">
+        <v>211</v>
+      </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>174</v>
+        <v>43</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E41" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>240</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>241</v>
       </c>
       <c r="I45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>243</v>
       </c>
       <c r="B46" t="s">
         <v>244</v>
       </c>
       <c r="C46" t="s">
         <v>245</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
         <v>246</v>
       </c>
       <c r="I46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>248</v>
       </c>
       <c r="B47" t="s">
         <v>249</v>
       </c>
       <c r="C47" t="s">
         <v>250</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
       <c r="I47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>253</v>
       </c>
       <c r="B48" t="s">
+        <v>244</v>
+      </c>
+      <c r="C48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>98</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>259</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
+      <c r="E49" t="s">
+        <v>260</v>
+      </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
+        <v>271</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>265</v>
+        <v>82</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>72</v>
+        <v>266</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>285</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
+        <v>98</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>286</v>
       </c>
-      <c r="F54" t="s">
-[...5 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" t="s">
         <v>289</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>290</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>291</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>293</v>
+      </c>
+      <c r="B56" t="s">
         <v>294</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>295</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>116</v>
+        <v>296</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I56" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C57" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I57" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B58" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C58" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E58" t="s">
-        <v>306</v>
+        <v>43</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>307</v>
       </c>
       <c r="I58" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>309</v>
       </c>
       <c r="B59" t="s">
         <v>310</v>
       </c>
       <c r="C59" t="s">
         <v>311</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
+      <c r="E59" t="s">
+        <v>92</v>
+      </c>
       <c r="F59" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
         <v>312</v>
       </c>
       <c r="I59" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>314</v>
       </c>
       <c r="B60" t="s">
         <v>315</v>
       </c>
       <c r="C60" t="s">
         <v>316</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
+        <v>131</v>
+      </c>
+      <c r="I60" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
         <v>319</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>320</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>260</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="D61" t="s">
-[...11 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
         <v>324</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>325</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="D62" t="s">
-[...11 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
         <v>329</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>330</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>331</v>
       </c>
-      <c r="D63" t="s">
-[...11 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>315</v>
+      </c>
+      <c r="C64" t="s">
         <v>334</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>42</v>
+      </c>
+      <c r="E64" t="s">
+        <v>43</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>335</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>337</v>
+      </c>
+      <c r="B65" t="s">
+        <v>338</v>
+      </c>
+      <c r="C65" t="s">
         <v>339</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>98</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>340</v>
       </c>
-      <c r="C65" t="s">
+      <c r="I65" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
         <v>344</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>266</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>345</v>
       </c>
-      <c r="C66" t="s">
+      <c r="I66" t="s">
         <v>346</v>
-      </c>
-[...16 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>347</v>
+      </c>
+      <c r="B67" t="s">
+        <v>348</v>
+      </c>
+      <c r="C67" t="s">
         <v>349</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>70</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>350</v>
       </c>
-      <c r="C67" t="s">
+      <c r="I67" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>352</v>
+      </c>
+      <c r="B68" t="s">
+        <v>353</v>
+      </c>
+      <c r="C68" t="s">
         <v>354</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>355</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>357</v>
+      </c>
+      <c r="B69" t="s">
         <v>358</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>359</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>76</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>361</v>
+      </c>
+      <c r="B70" t="s">
         <v>362</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>363</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>364</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>366</v>
+      </c>
+      <c r="B71" t="s">
         <v>367</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>368</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
         <v>369</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>371</v>
+      </c>
+      <c r="B72" t="s">
         <v>372</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>373</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>92</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>374</v>
       </c>
-      <c r="D72" t="s">
-[...11 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>376</v>
+      </c>
+      <c r="B73" t="s">
         <v>377</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>378</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>379</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>381</v>
+      </c>
+      <c r="B74" t="s">
         <v>382</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>383</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>384</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>386</v>
+      </c>
+      <c r="B75" t="s">
         <v>387</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>388</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>59</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>171</v>
+      </c>
+      <c r="H75" t="s">
         <v>389</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>391</v>
+      </c>
+      <c r="B76" t="s">
         <v>392</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>393</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>119</v>
+      </c>
+      <c r="I76" t="s">
         <v>394</v>
-      </c>
-[...16 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>395</v>
+      </c>
+      <c r="B77" t="s">
+        <v>396</v>
+      </c>
+      <c r="C77" t="s">
         <v>397</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
         <v>398</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>399</v>
-      </c>
-[...16 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>400</v>
+      </c>
+      <c r="B78" t="s">
+        <v>401</v>
+      </c>
+      <c r="C78" t="s">
         <v>402</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>59</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>403</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>405</v>
+      </c>
+      <c r="B79" t="s">
         <v>406</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>407</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>42</v>
+      </c>
+      <c r="E79" t="s">
+        <v>43</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>408</v>
       </c>
-      <c r="D79" t="s">
-[...11 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>409</v>
-      </c>
-[...227 lines deleted...]
-        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">