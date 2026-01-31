--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -66,760 +66,766 @@
     <t>Paul Evgenyevich Kuchinsky</t>
   </si>
   <si>
     <t>2 may 1992</t>
   </si>
   <si>
     <t>A former military man, a resident of Minsk, who was forced by the special services under torture to participate in a provocation, within the framework of which the latter contacted representatives of BYPOL and offered to carry out direct actions. All negotiations and correspondence were recorded.
 On March 19, 2024, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>19 years of imprisonment in a colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2023-09-22 00:34:45</t>
   </si>
   <si>
+    <t>Natalia Nikolaevna Zhigar</t>
+  </si>
+  <si>
+    <t>2 may 1956</t>
+  </si>
+  <si>
+    <t>Natalia Zhigar's case is allegedly related to her support for people held in pretrial detention. Before retirement, she worked in the Brest Court office.
+Before the trial, the woman was under house arrest.
+The case was heard in the Grodno Regional Court. It was initially sent back for revision .
+Judge Valery Romanovsky began hearing Natalia's case on August 19, 2024, and hearings continued on September 20, 24, and 30.
+On December 27, 2024, the Supreme Court heard Natalia's appeal.</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 27.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:18:12</t>
+  </si>
+  <si>
     <t>Konstantin Valerievich Medvedev</t>
   </si>
   <si>
     <t>2 may 1988</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
-    <t>Anna Baginskaya</t>
+    <t>Anna Alexandrovna Baginskaya</t>
   </si>
   <si>
     <t>2 may 1978</t>
   </si>
   <si>
     <t>Detained in early May 2025 in the "Gayun case" - for transmitting data to the "Belarusian Gayun" telegram channel about the movement of military equipment.</t>
-  </si>
-[...4 lines deleted...]
-    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
   </si>
   <si>
     <t>Trial outcome 20.11.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
     <t>Anna Evgenievna Savochkina</t>
   </si>
   <si>
     <t>3 may 1999</t>
   </si>
   <si>
     <t>On May 15, 2023, ONT aired a propaganda film, "A Killer Parcel of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day," which told the details of the case. It was reported that the KGB allegedly "prevented a terrorist attack under the supervision of Kiev" on the eve of Victory Day on May 9, 2023. They said that the explosives were in electric stoves that were sent to the detainees via parcels. The organizer of the action was named as 23-year-old Belarusian Valery Vodin, who fought in Ukraine.
 The video said that parcels with electric stoves containing explosives were delivered to the Minsk SDEK point in Kamennaya Gorka on March 21, 2023, from Kiev via Italy. 29-year-old Viktoria Volchek confirmed during interrogation that she had received the parcel — Valery Vodin had asked her to receive the parcel. BSU student Anna Savochkina and her mother Tatyana Rusak took the stove from Volchek and buried it in a cemetery in Kolodishchi. The second stove was taken by dental technician Andrei Grigoriev and taken to the gardening association "Avtoremontnik 124" near Olekhnovichi.
 Anna Savochkina completed three courses of the Faculty of Economics at BSU, but since September 2022 she has been enrolled in the first year of the Faculty of Biology at BSU, group leader. Before the institute, she graduated from the I.O. Akhremchik Gymnasium-College of Arts, majoring in music. Detained along with her mother.</t>
   </si>
   <si>
-    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 09.08.2024: 7 years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
     <t>Oleg Stepanovich Kinev</t>
   </si>
   <si>
     <t>3 may 1969</t>
   </si>
   <si>
     <t>Oleg lives in the agro-town of Pervomayskaya (Bluden) in the Berezovsky district of the Brest region.
 He is an entrepreneur and a roofer. He specializes in making domes for Orthodox churches. Oleg has been in this business since the 2000s. Initially, he worked with a team as a hired hand, and a few years later, he opened his own business. Kinev has reconstructed the dome of the Patriarchal Representation of the Russian Orthodox Church, created a dome for a church at a military base in Slonim, built an oak bridge, a pier, and a gazebo on an island near Count Hutten-Chapski's estate in Stankovo, and a chapel at the zoo. Overall, his work is scattered across various towns and villages across Belarus.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-10-05 13:19:42</t>
   </si>
   <si>
     <t>Alexander Mateyuk</t>
   </si>
   <si>
     <t>3 may 1982</t>
   </si>
   <si>
     <t>An activist of the "Country for Life" and a member of Svetlana Tikhanovskaya's team, Alexander has been repeatedly detained under political administrative articles. He was detained along with another activist, Oleg Boroznaya, who were known to have been under surveillance since the fall of 2020. Alexander was subsequently convicted on fabricated drug-related criminal charges.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 05.10.2021: 9 years of imprisonment in colony under enhanced security conditions, 100 basic values fine, 1108 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-04-05 12:35:41</t>
   </si>
   <si>
-    <t>Kirill Valentinovich Kravtsov</t>
-[...9 lines deleted...]
-    <t>2025-07-24 09:10:34</t>
+    <t>Svetlana Vyacheslavovna Yakubovich</t>
+  </si>
+  <si>
+    <t>4 may 1974</t>
+  </si>
+  <si>
+    <t>In January 2022, Svetlana's future husband, Stanislav, was sentenced to three years under Articles 342 and 364 of the Criminal Code of the Republic of Belarus. Svetlana, who was deeply concerned about his fate, brought him parcels. On February 24, 2022, Svetlana Yakubovich married Stanislav, who was still in prison at the time. In December 2023, Stanislav was released, having fully served his sentence. A year later, the couple was arrested on a new criminal charge.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.11.2025: 5 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Oleg Viktorovich Efremenko</t>
   </si>
   <si>
     <t>4 may 1981</t>
   </si>
   <si>
     <t>Oleg was arrested and convicted for "hitting" a police officer during a street march in Vitebsk on September 13, 2020. In September 2021, he was transferred to prison for "violating the rules of the order."
 In August 2022, Oleg was re-convicted for “malicious disobedience to the demands of the administration of the correctional institution” and was given another year of imprisonment.
 On July 25, 2023, the political prisoner was again convicted of “disobeying the demands of the administration” and sentenced to another year in prison.
 In September 2024, another hearing was held on the criminal case against Oleg for “malicious disobedience to the demands of the administration of the correctional institution” - a charge that is often applied to prisoners who refuse to cooperate with the prison administration.
 Throughout his imprisonment, Oleg is constantly under pressure. He is regularly sent to a punishment cell, where he is kept in isolation for dozens of days.</t>
   </si>
   <si>
     <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
   </si>
   <si>
     <t>Trial outcome 09.12.2020: 4 years 6 months of imprisonment in colony under general regime conditions, 1000 rubles of compensation. Regime change trial 30.09.2021: unknown years of prison regime. Trial outcome 15.08.2022: 1 year of imprisonment in colony in strict regime conditions. Appeal 10.11.2022: the sentence was upheld. Trial outcome 25.07.2023: 1 year of imprisonment in colony in strict regime conditions. Appeal 19.10.2023: the sentence was upheld. Trial outcome 24.09.2024: unknown. Appeal 13.12.2024: unknown.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Svetlana Vyacheslavovna Yakubovich</t>
-[...11 lines deleted...]
-    <t>2024-11-20 14:42:46</t>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 may 1974</t>
+  </si>
+  <si>
+    <t>He was detained in November 2024 and convicted under Part 2 of Article 19.11 of the Code of Administrative Offenses of the Republic of Belarus (Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity), after which a criminal case was opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Irina Nikolaevna Klezovich</t>
   </si>
   <si>
     <t>5 may 1966</t>
   </si>
   <si>
     <t>Detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.
 Irina was tried as a "Person who committed a socially dangerous act." This means that, according to the court's decision, compulsory medical measures were to be applied to her. Her trial took place on September 18 and 23, 2024. Her whereabouts are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 23.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Kolousov</t>
   </si>
   <si>
     <t>5 may 1984</t>
   </si>
   <si>
     <t>On June 15, 2023, he was convicted under Art. 205 (Theft) to 2 years and 6 months in prison.
 On June 14, 2024, the trial of a criminal case under Art. 342 of the Criminal Code (Active participation in group actions that grossly violate public order ). Vyacheslav and eight other people are being judged on it .
 By adding up the sentences in this and the previous criminal case, he was finally sentenced to 3 years of maximum security imprisonment.</t>
   </si>
   <si>
     <t>Trial outcome 10.07.2024: 3 years of imprisonment in colony in strict regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
-    <t>Valery Valerievich Zhukov</t>
-[...13 lines deleted...]
-  <si>
     <t>Yury Slavomirovich Sergey</t>
   </si>
   <si>
     <t>6 may 1988</t>
   </si>
   <si>
     <t>Yuri was detained and convicted on several counts, including illegal possession of a bladed weapon. It all started with a video of a BMW driver beating up a man with a white-red-white flag. The video went viral on social media, and the address of the driver, Dmitry Davydyuk, was published. According to investigators, three Minsk residents decided to "teach" the driver a lesson by puncturing his car's tires.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>Trial outcome 31.03.2021: 6 years of imprisonment in colony under enhanced security conditions, 150 basic values fine. Appeal 20.07.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
   </si>
   <si>
-    <t>Sergei Aleksandrovich Pasyuk</t>
-[...34 lines deleted...]
-  <si>
     <t>Eugene Mikhailovich Pugach</t>
   </si>
   <si>
     <t>6 may 1984</t>
   </si>
   <si>
     <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
   </si>
   <si>
     <t>Trial outcome 03.12.2024: 4 years 6 months of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Andrey Sergeevich Sachevko</t>
   </si>
   <si>
     <t>6 may 1996</t>
   </si>
   <si>
     <t>Andrey was detained by employees of the Main Directorate for Combating Organized Crime and Corruption for posting extremist materials on his page vk.com. Andrey published a video of Lukashenko taking the oath in 1994 under a white-red-white flag.
 He was convicted for participating in the Grodno Marches and comments in the chat.
 The man did not admit guilt, but confirmed only the fact of writing comments on August 11 and 12, 2020. The man's participation in the Grodno Marches was not confirmed after watching videos from events in the city.
 It became known that a laboratory and forensic medical examination was carried out in June 2022. She confirmed Andrey's mental illness. However, he was convicted anyway, and also included in the list of individuals and organizations involved in terrorist activities.
 In August 2023, she was transferred to the prison regime.</t>
   </si>
   <si>
     <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>6 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
+    <t>Alexander Vladimirovich Frantskevich</t>
+  </si>
+  <si>
+    <t>6 may 1990</t>
+  </si>
+  <si>
+    <t>Anarchist activist Alexander was detained on August 12, 2020 and convicted on a number of criminal charges. Earlier, in 2010, he had already served a sentence in the "anarchist case".
+In 2022, he was sentenced to 17 years in prison, and in February 2023, the Supreme Court reduced the term by 3 months.
+In June 2024, Alexander was again charged under the article for "malicious disobedience to the demands of the colony administration," and he was given another year of imprisonment.
+In July 2024, his mother, Tatyana Frantskevich, was arrested on charges of "participation in an extremist group." Her sister, Natalia Lobatsevich, the mother of former political prisoner Ilya Lobatsevich, was arrested along with her.</t>
+  </si>
+  <si>
+    <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 06.09.2022: 17 years of imprisonment in colony in strict regime conditions, 700 basic values fine, approximately 1200 rubles of compensation. Appeal 28.02.2023: 16 years 9 months of imprisonment in colony in strict regime conditions, 700 basic values fine, approximately 1200 rubles of compensation. Trial outcome 24.06.2024: 1 year of imprisonment in colony in strict regime conditions. Appeal 24.09.2024: unknown. Regime change trial 05.08.2025: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
+  </si>
+  <si>
+    <t>Alexander Mikhailovich Sharabaiko</t>
+  </si>
+  <si>
+    <t>7 may 1971</t>
+  </si>
+  <si>
+    <t>Bodybuilder, local historian. Previously, a man was detained for participating in protests. On March 16, 2023, he was arrested for “distributing extremist materials” and sentenced to 10 days. The man did not come out and was transferred to a pre-trial detention center. The original charge was for insulting Lukashenko.
+In May 2024, he was transferred to a pre-trial detention center on a new criminal case; his trial began again on May 7, 2024. In addition to him, Andrei Stabulyanets and Denis Tsybulsky were also involved in the case, who was convicted a year ago for participating in protests in Minsk (Article 342 of the Criminal Code).</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.09.2023: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 17.11.2023: unknown. Trial outcome 05.06.2024: 6 years of imprisonment in colony under general regime conditions. Appeal 23.08.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
     <t>Dmitriy Ivanovich Lapets</t>
   </si>
   <si>
     <t>7 may 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 It is known that he was detained for participating in protests in 2020, presenting a photo from one of the marches.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
     <t>Michael Anatolyevich Tarasevich</t>
   </si>
   <si>
     <t>7 may 1976</t>
   </si>
   <si>
     <t>In addition to imprisonment, Mikhail was awarded compensation for moral damage to the victims and damage caused by a public transport stop in the amount of 49 000 BYN (~ 20 000 USD).</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>2022-11-19 00:34:39</t>
   </si>
   <si>
-    <t>Alexander Mikhailovich Sharabaiko</t>
-[...17 lines deleted...]
-  <si>
     <t>Alexander Evgenievich Sezen</t>
   </si>
   <si>
     <t>8 may 1970</t>
   </si>
   <si>
     <t>On November 13, Alexander Sezen was detained . A search was conducted in his apartment in an apartment building on Gorbatova Street. According to some reports, a later night search also took place when Sezen himself, who has significant health problems, was in the hospital. It is not yet known what charges he will be charged with.
 Alexander was repeatedly detained by the police even before 2020, he was in litigation with various government agencies and wrote complaints.</t>
   </si>
   <si>
-    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 12.06.2025: 3 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
-    <t>Nikolay Ivanovich Snytko</t>
-[...27 lines deleted...]
-    <t>2022-12-06 21:04:39</t>
+    <t>Sergey Vladimirovich Vasyukevich</t>
+  </si>
+  <si>
+    <t>8 may 1983</t>
+  </si>
+  <si>
+    <t>For the past 11 years, Sergey has been Deputy Director of Commerce at the Moscow office of Izokom Plast.
+For the Dyatlovo region, the Izokom and Izokom Plast group of companies is an important plant. The enterprise grew out of an abandoned timber frame factory and has grown into a giant, employing 270 people—a significant number for a regional center.
+They produce flexible insulated pipes that are exported to Russia and used in government programs. In 2025, when Sergei was already under investigation, the company received the "Energy Efficiency Leader" award.</t>
+  </si>
+  <si>
+    <t>2026-01-27 21:04:19</t>
   </si>
   <si>
     <t>Maksim Sergeevich Drobnitsa</t>
   </si>
   <si>
     <t>9 may 2001</t>
   </si>
   <si>
     <t>22-year-old resident of Svetlogorsk. Maxim is being tried “for organizing the activities of a terrorist organization and participating in the activities of such an organization.” Maxim was found guilty of joining an “extremist formation” (the “Victory” plan) and planning to blow up the railway in the Svetlogorsk region. The state publication writes that in order to stop the war in Ukraine, the miniature “was ready to do anything.” When the guy arrived at the railway, he was ambushed by security forces and was detained.
 Government agencies did not report anything about this case. The trial is closed.
 On September 19, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>8 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Alexander Petrovich Gorshunov</t>
-[...11 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
+    <t>Evgeniy Valerievich Burlo</t>
+  </si>
+  <si>
+    <t>9 may 1991</t>
+  </si>
+  <si>
+    <t>The musician of the TOR BAND, detained together with Dmitry Golovach, their wives were also detained. Golovach's wife was fined, Burlo's wife was placed under administrative arrest.
+At the end of November 2022, Dmitry and Evgeny were sentenced for the third time for 15 days. TOR BAND became a popular band in Belarus during the 2020 protests. Many songs have become hits on different platforms. Information products, social networks and the logo of the TOR BAND were recognized as extremist materials, as well as their songs listed above.</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a colony under enhanced security conditions</t>
+  </si>
+  <si>
+    <t>2022-12-06 21:04:39</t>
   </si>
   <si>
     <t>Ivan Alexandrovich Zenko</t>
   </si>
   <si>
     <t>10 may 1982</t>
   </si>
   <si>
     <t>An individual entrepreneur was detained and convicted under three criminal articles for participating in an event that occurred during the dispersal of people on October 11, 2020, near the Pushkinskaya metro station.
 In April 2022, Ivan was convicted again for participating in a protest, but this did not affect his final sentence. However, in November of the same year, he was given another year of imprisonment, convicted of "disobeying the demands of the administration of the correctional facility."
 In September 2023, he was sentenced to an additional 3 years in prison for "violence against an official."
 In March 2024, he was transferred to prison for 3 years.</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...2 lines deleted...]
-    <t>Trial outcome 02.04.2021: 5 years of imprisonment in colony under general regime conditions, approximately 28000 rubles of compensation. Trial outcome 07.04.2022: 2 years of imprisonment in colony under general regime conditions. Trial outcome 09.11.2022: 1 year of imprisonment in colony under general regime conditions. Appeal 09.02.2023: the sentence was upheld. Trial outcome 14.09.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 19.12.2023: the sentence was upheld. Regime change trial 12.03.2024: 3 years of prison regime.</t>
+    <t>Trial outcome 02.04.2021: 5 years of imprisonment in colony under general regime conditions, approximately 28000 rubles of compensation. Trial outcome 07.04.2022: 2 years of imprisonment in colony under general regime conditions. Trial outcome 09.11.2022: 1 year of imprisonment in colony under general regime conditions. Appeal 09.02.2023: the sentence was upheld. Trial outcome 14.09.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 19.12.2023: the sentence was upheld. Regime change trial 12.03.2024: 3 years of prison regime. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Andrey Nikolaevich Loboda</t>
-[...12 lines deleted...]
-    <t>2024-10-10 22:41:30</t>
+    <t>Alexander Petrovich Gorshunov</t>
+  </si>
+  <si>
+    <t>10 may 1979</t>
+  </si>
+  <si>
+    <t>He worked as a programmer at the Minsk plant "Atlant".</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.03.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
   </si>
   <si>
     <t>Oleg Valerievich Kekukh</t>
   </si>
   <si>
     <t>11 may 1983</t>
   </si>
   <si>
     <t>In the summer of 2023, a trial was held to toughen Oleg’s sentence. After the appeal court, on September 5, 2023, Oleg was transferred to a colony.</t>
   </si>
   <si>
     <t>3 years of restriction of freedom with transfer to an open correctional facility.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Rostislav Olegovich Stefanovich</t>
-[...11 lines deleted...]
-    <t>2021-02-26 21:12:27</t>
+    <t>Vladislav Vladimirovich Nastyushkin</t>
+  </si>
+  <si>
+    <t>12 may 1996</t>
+  </si>
+  <si>
+    <t>28 years old, first graduated from college as a software technician, then studied at BarSU (Baranovichi State University). In some social networks, Brest is listed as the current city, in others, Kobrin. On Yandex.Services, he offers website development and computer repair services in Brest and Kobrin. He streamed PC games on the Youtube channel "Dog Chain".It is currently unknown what protests Vladislav was tried for. However, judging by the article and the fact that the trial is taking place in Kobrin, it is almost certainly a trial for the Kobrin protests that took place after the elections on August 9, 2020.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.11.2024: 3 years 6 months of imprisonment in colony under general regime conditions. Appeal 28.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
   </si>
   <si>
     <t>Eric Erikovich Kolosovsky</t>
   </si>
   <si>
     <t>12 may 2000</t>
   </si>
   <si>
     <t>Detained along with other young people in Baranavichy (late December 2023).
 And the press service of the court announced the verdict (without naming names, but the circumstances fit this group of people). The essence of the charges is briefly stated: they were on the roadway in Baranavichy, shouting slogans, displaying white-red-white flags, “deliberately obstructing the movement of traffic and the normal functioning of enterprises and organizations.” The exact date when the protests took place is not even indicated, it is simply called “August 2020.”
 Thus, in 2024, 25 residents of Baranavichy have already been sentenced for the protests of August 2020. All were sentenced to a prison colony for a period of 1 to 3 years (the only exception was that a woman with a child under 3 years of age was sentenced to a suspended sentence).</t>
   </si>
   <si>
     <t>Trial outcome 31.05.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 09.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
     <t>Eugene Vladimirovich Filippovich</t>
   </si>
   <si>
     <t>12 may 1997</t>
   </si>
   <si>
     <t>According to the indictment, in March 2021, Evgeny allegedly "transferred 29.35 euros to a bank account used by BYPOL representatives via the internet and PayPal to support extremist activities."</t>
   </si>
   <si>
     <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Trial outcome 06.12.2023: 2 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2023-12-27 14:53:00</t>
   </si>
   <si>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 may 1988</t>
+  </si>
+  <si>
+    <t>A member of the expanded Coordination Council was detained on September 29, 2020, in connection with a case of mass riots, beaten by riot police officers and accused of participating in Telegram channels of a "radical orientation".</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
     <t>Nikita Mikhailovich Zolotоrev</t>
   </si>
   <si>
     <t>12 may 2004</t>
   </si>
   <si>
     <t>Nikita was arrested and convicted of throwing a Molotov cocktail towards military personnel on August 10, 2020, according to investigators. The prosecution claimed that the bottles were hidden and given to him by Leonid Kovalev with an offer to set fire to a building, bus, or paddy wagon. Nikita refused to testify, did not admit guilt, and reported physical and psychological pressure in the pretrial detention center. At the time of his arrest, he was 16 years old and suffers from epilepsy.
 In July 2021, he was convicted again under the article on "violence or threat of violence" for an incident with pretrial detention center employees. In June 2022, Nikita was transferred to an adult colony after turning 18, and in August of the same year, his punishment was toughened, sending him to prison.
 In July 2024, the political prisoner was tried for “malicious disobedience to the prison administration,” a charge often applied to prisoners who refuse to cooperate with the administration.</t>
   </si>
   <si>
     <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>Trial outcome 22.02.2021: 6 years imprisonment in a correctional colony under general regime conditions. Appeal 23.04.2021: the sentence was upheld. Trial outcome 14.07.2021: 1 year 6 months imprisonment in a correctional colony under general regime conditions, 1000 rubles of compensation. Regime change trial 21.06.2022: prison regime until the end of the term. Trial outcome 11.07.2024: unknown years of imprisonment in colony in strict regime conditions. Appeal 15.10.2024: unknown.</t>
   </si>
   <si>
     <t>2021-02-28 02:14:22</t>
   </si>
   <si>
+    <t>Eugene Alexandrovich Belkevich</t>
+  </si>
+  <si>
+    <t>13 may 1975</t>
+  </si>
+  <si>
+    <t>On 13.02.2025, he was convicted under an administrative article (Part 2 of Article 10.1 of the Code of Administrative Offenses of the Republic of Belarus - Intentional infliction of bodily harm and other violent actions or violation of a protective order), after which a criminal case was opened.</t>
+  </si>
+  <si>
+    <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
+  </si>
+  <si>
+    <t>2025-06-02 23:55:41</t>
+  </si>
+  <si>
     <t>Sergey Yuryevich Gorlov</t>
   </si>
   <si>
     <t>13 may 1979</t>
   </si>
   <si>
     <t>Sergei was detained in February 2024. First, he was given a day for "dissemination of extremist materials", and then a criminal case was opened and he was transferred to a pretrial detention center. The case probably concerns the comments. Sergei faces four to twelve years in prison.Sergey's hobby is music. In the 2000s, he played in the band "Lesnoye Radio". He participated in several other projects, translated foreign songs into Belarusian.
 Sergey Yuryevich Gorlov studied at the Minsk State Linguistic University, and later graduated from the European Humanities University. He worked as a translator and English tutor. His last known place of work was the Sakharov Institute in Minsk.</t>
   </si>
   <si>
-    <t>Trial outcome 09.12.2024: unknown years of imprisonment in colony under enhanced security conditions.</t>
+    <t>Trial outcome 09.12.2024: 4 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Belkevich</t>
-[...11 lines deleted...]
-    <t>2025-06-02 23:55:41</t>
+    <t>Anatoly Anatolevich Starosvetskii</t>
+  </si>
+  <si>
+    <t>14 may 1990</t>
+  </si>
+  <si>
+    <t>Former husband of political prisoner Vitalia Bondarenko. He was detained after a short meeting with Vitalia, right at the exit from the colony, and was first placed in a temporary detention center in Gomel, after which he was transferred to pre-trial detention center-3.
+On June 4, 2024, the appeal was considered and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.03.2024: 4 years of imprisonment in colony under enhanced security conditions. Appeal 04.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
+    <t>Sergey Danilovich Mityushkin</t>
+  </si>
+  <si>
+    <t>14 may 1969</t>
+  </si>
+  <si>
+    <t>A craftsman from Baranovichi, Sergei was arrested in February 2025. He was initially sentenced to 24 hours in jail under Article 19.11 of the Code of Administrative Offenses, then charged under Article 188 of the Criminal Code of the Republic of Belarus.</t>
+  </si>
+  <si>
+    <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
+  </si>
+  <si>
+    <t>2025-10-16 18:32:46</t>
+  </si>
+  <si>
+    <t>Dmitry Pavlovich Kapuza</t>
+  </si>
+  <si>
+    <t>14 may 1989</t>
+  </si>
+  <si>
+    <t>Dmitry and Olga Kapuzy, 36, were detained on January 16, 2024. The couple hails from the Drogichin district and lived near the Belarusian-Ukrainian border. Following their detention, state television aired a propaganda video, "Purge. Fighting Saboteurs and Agents of Ukrainian Special Services in Belarus," accusing them of smuggling goods from Ukraine. A total of 12 people were detained at the time. According to the propaganda, the couple allegedly worked for Ukrainian special services. It was claimed that the residents of the Drogichin district assisted the Security Service of Ukraine by seizing explosives and making caches in Belarus.
+A propaganda video showed Dmitry being shot in the thigh during his arrest. Later, he was shown walking on crutches. Dmitry's brother was beaten on the head by KGB officers immediately after his arrest.
+One of the released political prisoners, who shared custody with Kapuza in Pretrial Detention Center No. 7, said that initially , the charges were brought under Article 289 of the Criminal Code of the Republic of Belarus— terrorism . However, this article requires an explosion , arson , or other actions creating a danger of death . Then, the KGB reclassified the case under Article 356 of the Criminal Code—" Treason." As Kapuza himself explained to a cellmate, he owned a house in the village of Svaryn in the Drogichin district, not far from the Ukrainian border. He smuggled amber , cigarettes , and vodka there . He could transport the goods directly , or hide them and transport them in parts for safety. Apparently , one of the storage facilities was discovered by the KGB , and explosives were planted there. Kapuza learned of this after his arrest. During his arrest, people jumped out of the minibus , ran up to his car, opened the door , and without a word, shot him twice in the leg . Dmitry received minimal medical attention . He was lucky that gangrene didn't set in and that his leg survived. Dmitry, who hadn't admitted guilt at the time , was severely beaten to extract a confession.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 24 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2025-07-16 19:00:11</t>
+  </si>
+  <si>
+    <t>Pavel Anatolyevich Lashchenko</t>
+  </si>
+  <si>
+    <t>14 may 1972</t>
+  </si>
+  <si>
+    <t>Businessman , head of the auditing company Ernst&amp;Young.
+Pavel was detained and placed in a pretrial detention center on charges of one of the political articles. It is known that the criminal case was opened for the events of 2020. In 2020, at the height of the beating of citizens by the police, a letter signed by Lashchenko was issued to the heads of law enforcement and government agencies , in which he expressed doubt in the figures voiced by Yermoshina, and also called on everyone to come to their senses and return to the rule of law.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:38:03</t>
   </si>
   <si>
     <t>Tatiana Gennadievna Kolos</t>
   </si>
   <si>
     <t>14 may 1981</t>
   </si>
   <si>
     <t>Tatiana is accused of allegedly transferring personal data to the «Black Book of Belarus» telegram channel.
 On June 27, 2022, telegram channels supporting the current government in the Republic of Belarus published the news, that the woman worked in one of the state companies and had access to the personal data of the security forces.
 She was under house arrest before the trial.</t>
   </si>
   <si>
     <t>6,5 years of imprisonment in a penal colony of general regime.</t>
   </si>
   <si>
     <t>2022-06-28 15:06:11</t>
+  </si>
+  <si>
+    <t>Alexey Andreevich Tkachuk</t>
+  </si>
+  <si>
+    <t>14 may 1987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aleksey was sentenced on trumped-up charges of possession of training ammunition. In August 2020, the man wrote a letter of resignation from the army and was fired in November.
+He was detained on the case of the export of documents of the Ministry of Defense of the Republic of Belarus. During the investigation, they were taken to a separate criminal case under Part 2 of Art. 295 of the Criminal Code, because during a search, explosives were allegedly found in the apartment.
+Minsk City Court in August 2022 issued a verdict. Alexei was also stripped of his military rank and fined: 500 basic units. The trial was held behind closed doors.
+</t>
+  </si>
+  <si>
+    <t>6 years in prison in a penal colony.</t>
+  </si>
+  <si>
+    <t>2022-12-04 01:33:09</t>
   </si>
   <si>
     <t>Anton Vladimirovich Kozelsky</t>
   </si>
   <si>
     <t>14 may 1986</t>
   </si>
   <si>
     <t>According to social networks, the man is 38 years old. It is known that he lived in Russia for some time, but recently in Minsk. The man has a wife and a child.
 Kozelsky worked as an operator at ONT for a long time. For example, back in November 2022, he taught the Interior Ministry Security Department how to work with state media. Kozelsky's last report was released in October 2023.
 It is not known exactly when the operator was detained, but it happened more than six months ago.
 The issue may be in the Telegram comments he left. Anton used to comment a lot in various political groups, but he deleted the comments themselves. They can only be found indirectly, through other users' responses and the man's traces in the groups.
 On August 13, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
-    <t>3 years of imprisonment in a penal colony</t>
+    <t>Trial outcome 28.05.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 13.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
-  </si>
-[...93 lines deleted...]
-    <t>2022-10-03 15:45:01</t>
   </si>
   <si>
     <t>Victor Aleksandrovich Savashevich</t>
   </si>
   <si>
     <t>15 may 1982</t>
   </si>
   <si>
     <t>The man was accused of creating and administering the telegram channel «‎23.34»‎, which contained information about Belarusian judges.
 Viktor was also accused of «‎aiding and abetting the deliberate actions of administrators and participants of a number of other destructive Telegram channels, which were aimed at inciting social hostility on the basis of a different social affiliation and which entailed serious consequences»‎.</t>
   </si>
   <si>
     <t>11 years of imprisonment in a penal colony with reinforced regime.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
+  </si>
+  <si>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 may 1977</t>
+  </si>
+  <si>
+    <t>KGB Lieutenant Colonel, Deputy Commander of Unit "A" of the KGB of the Republic of Belarus. In August 2020, he headed the Association of Veterans of Group "A", on behalf of which he signed an appeal condemning violence and repression. In the fall of 2020, he was detained by KGB officers and placed in custody. The criminal case is classified "secret".</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 7 years of imprisonment in colony under enhanced security conditions. Appeal 27.12.2022: unknown.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
+    <t>Timur Aleksandrovich Lazko</t>
+  </si>
+  <si>
+    <t>15 may 1983</t>
+  </si>
+  <si>
+    <t>On February 2, 2024, a telegram channel close to the Brest GUBOPiK published a repentant video with Timur Lozko.In the video, security forces showed how men with shields and weapons, in full uniform, burst into the house. This is followed by footage where Timur Aleksandrovich, with his hands behind his back, says that he was found with subscriptions to Nekhta, and that he also donated to this telegram channel. The man also says that he works at Lode as an anesthesiologist and resuscitator.On the Internet you can find that Lozko was detained back in October 2020 (and in solidarity with him, other doctors in Brest went out to protest with the inscriptions “I/we are Timur”). And during the referendum in February 2022, he was detained again, and under Article 24.23 of the Code of Administrative Offences, “Illegal picketing,” he first served in a temporary detention facility, and then received a fine of 50 b.v.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.08.2024: 8 years of imprisonment in colony under enhanced security conditions, 50 basic values fine. Appeal 01.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
   </si>
   <si>
     <t>Dmitry Mikhailovich Sonchik</t>
   </si>
   <si>
     <t>15 may 1984</t>
   </si>
   <si>
     <t>It is known that Sonchik worked as a driver for a long time, and recently as a truck driver. Dmitry is interested in motorsports and amateur radio.
 The video with Sonchik was released on May 7, 2024 on the GUBOPiK channel, he was detained upon returning from abroad. He was bombarded with comments in Telegram - they said that he left more than a thousand of them.</t>
   </si>
   <si>
     <t>Trial outcome 13.01.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
   </si>
   <si>
     <t>Vladimir Alekseevich Dudarev</t>
   </si>
   <si>
     <t>16 may 1977</t>
   </si>
   <si>
     <t>In 2020, Vladimir coordinated Viktor Babariko's regional group. After graduating from the Mogilev State Technical University in 2001, he worked in the Mogilev City Executive Committee, and in 2018 he became his deputy, responsible for construction and housing and communal services. He left the post in October 2019.
@@ -827,556 +833,480 @@
   </si>
   <si>
     <t>Trial outcome 20.09.2021: 7 years 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Polivko</t>
   </si>
   <si>
     <t>16 may 1987</t>
   </si>
   <si>
     <t>Detained for comments on social networks. Alexander is accused of “extremist calls inciting social hatred” and “insulting government officials.” The pro-government Telegram channel showed screenshots of messages that implicate Polivko. For example: “Collaborators and slaves, it’s disgusting to watch! So that they all get angry and impale this mustachioed fascist.”
 Thus, according to the prosecution, on June 14, 2021, under the publication of the telegram channel “Belarus of the Brain,” Alexander wrote a message where he said that he once worked at Lukashenko’s residence, and one of his colleagues talked about his conversation with Lukashenko’s security guard. And according to the guard, Lukashenko personally, due to faults on the part of the guard, could put them in a row and “punch through the plywood” (strike with all his might in the chest or stomach so that the person bends over from such a blow). Apparently, this comment was written under a post with the title “BYPOL: Roman Protasevich was personally beaten by the dictator” (all comments under the post have been deleted at the moment). At the trial, Polivko was asked to name what kind of colleague told such a story - but the man could not remember either his name or other personal details, because. he worked at the residence for a very long time, around 2008-2009. But finding an ex-colleague based on documents would be unrealistic, because... they worked without official employment. He was also convicted for 4 more comments under various articles of the Criminal Code of the Republic of Belarus.
 The man left behind two minor children (they are 14 years old and 4 years old).</t>
   </si>
   <si>
     <t>Trial outcome 04.03.2024: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
   </si>
   <si>
-    <t>Nikita Andreevich Jachimovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Basil Vasilevich Prokhorov</t>
   </si>
   <si>
     <t>18 may 1969</t>
   </si>
   <si>
     <t>He was detained along with his entire family (wife, daughter, son) on suspicion of “treason.” The daughter was apparently later released. Vasily Prokhorov is 54 years old. He comes from the city of Chernobyl, which was home to the infamous nuclear power plant. It is known that he was injured in the Chernobyl accident. Prokhorov served in the airborne troops. Then he worked on construction sites and moonlighted as a cargo carrier, and also wrote a small blog.
 Participants in a closed process have non-disclosure agreements. It is known from an unofficial source that the criminal case concerns photographing various objects on the territory of Belarus, and the persons involved in the case were monitored by special services for some time before their arrest.
 The Prokhorov family lived for a long time in the village of Grabovka, Gomel region. At the time of their arrest, they lived in the village of Uza, Gomel region, where they moved two years ago.</t>
   </si>
   <si>
-    <t>Trial outcome 20.05.2024: 11 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: unknown.</t>
+    <t>Trial outcome 20.05.2024: 11 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
     <t>Nikolay Petrovich Demchenko</t>
   </si>
   <si>
     <t>19 may 1988</t>
   </si>
   <si>
     <t>Trial outcome 30.09.2024: unknown. Appeal 10.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-06 18:18:11</t>
   </si>
   <si>
     <t>Yuriy Vladimirovich Selvich</t>
   </si>
   <si>
     <t>19 may 1977</t>
   </si>
   <si>
     <t>On March 17, 2022, the State Security Committee announced the detention of a group of Belarusians who were preparing a terrorist attack against Russian troops in the Mozyr district.
 According to the investigation, Sergei Pleshkun and Yuri Selvich planned to destroy military equipment of the Russian Federation when it was moved through the territory of the Mozyr district. To do this, they prepared molotov cocktails.
 From the «BT» video, it follows that the Mozyrans were closely watched: they showed footage from a hidden camera in the garage, where men discuss their plans. On the record, they talk about the prospects of railway damage.
 The trial was held behind closed doors.</t>
   </si>
   <si>
     <t>14 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
+    <t>Sergey Ivanovich Belsky</t>
+  </si>
+  <si>
+    <t>20 may 1982</t>
+  </si>
+  <si>
+    <t>He didn’t buy a ticket on the trolleybus while he was drunk and cursed the president with obscene words. The controller called the police and Sergei was detained.</t>
+  </si>
+  <si>
+    <t>2.6 years of imprisonment in a maximum security colony.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:46:46</t>
+  </si>
+  <si>
     <t>Alexey Gennadievich Melnikov</t>
   </si>
   <si>
     <t>20 may 1991</t>
   </si>
   <si>
     <t>Alexey was detained on December 4, 2020, as part of a criminal case on mass riots and convicted of participating in a protest that took place in August 2020 near the Riga shopping center in Minsk.</t>
   </si>
   <si>
     <t>Trial outcome 16.03.2021: 5 years of imprisonment in colony under enhanced security conditions. Trial outcome 04.10.2021: approximately 1340 rubles of compensation. Trial outcome 19.10.2021: approximately 1600 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-26 22:30:24</t>
   </si>
   <si>
     <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>On October 8, Gleb Panasyuk left Poland, where he had lived and worked for the past few years, for his native Svetlogorsk to visit his parents. On October 9, he called his friends in Poland from Brest to say he had crossed the border and was about to catch a train to Svetlogorsk. But after that, contact with the young man disappeared .
 As it turns out, Gleb served his sentence in a temporary detention facility in Gomel on an administrative charge, after which he was transferred to pretrial detention center No. 1 and charged with a criminal offense. Human rights activists have information that his imprisonment is politically motivated.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
     <t>Igor Vladimirovich Brodko</t>
   </si>
   <si>
     <t>20 may 1983</t>
   </si>
   <si>
     <t>Igor is originally from Smilovichi (Chervensky District), but lived in Vitebsk for a long time. He and his ex-wife have a minor child. Igor worked as a rescue worker for many years. After that, he worked as a driver, providing transportation and taxi services. Brodko disappeared from social media and messaging apps after February 2025. It is likely that he was detained then.</t>
   </si>
   <si>
     <t>2025-10-18 16:48:50</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Belsky</t>
-[...32 lines deleted...]
-  <si>
     <t>Anton Alexandrovich Ilyin</t>
   </si>
   <si>
     <t>20 may 1987</t>
   </si>
   <si>
     <t>Trial outcome 12.12.2024: 6 years of imprisonment in colony under special regime conditions. Appeal 19.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-02 18:16:42</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Astapchik</t>
-[...11 lines deleted...]
-    <t>2022-08-01 23:54:15</t>
+    <t>Vladimir Vladimirovich Korotkiy</t>
+  </si>
+  <si>
+    <t>22 may 1984</t>
+  </si>
+  <si>
+    <t>The man was accused of tearing a red and green flag from a store building in the town while drunk. He fully admitted his guilt.
+The town resident had already been tried nine times before. In addition to imprisonment, Vladimir was prescribed compulsory treatment for alcoholism.</t>
+  </si>
+  <si>
+    <t>2 years of imprisonment in a maximum security colony.</t>
+  </si>
+  <si>
+    <t>2024-05-03 14:59:28</t>
   </si>
   <si>
     <t>Nikolay Albinovich Vitkovsky</t>
   </si>
   <si>
     <t>22 may 1967</t>
   </si>
   <si>
     <t>Nikolai was constantly detained for administrative offenses.
 In September 2025, he was arrested on criminal charges. He is accused of treason.</t>
   </si>
   <si>
     <t>2022-04-05 00:41:34</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Korotkiy</t>
-[...27 lines deleted...]
-    <t>2021-02-27 01:35:27</t>
+    <t>Anton Iosifovich Ravan</t>
+  </si>
+  <si>
+    <t>22 may 1985</t>
+  </si>
+  <si>
+    <t>Anton was convicted for his comments, as well as in the "Gayun case".
+Anton has two minor children and is the sole breadwinner in the family because his wife is on maternity leave.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.10.2025: 4 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
+  </si>
+  <si>
+    <t>Andrey Vitalievich Verevkin</t>
+  </si>
+  <si>
+    <t>23 may 1991</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Victoria Valentinovna Domostoy</t>
   </si>
   <si>
     <t>24 may 1979</t>
   </si>
   <si>
     <t>The first time she was detained by the KGB at the end of January 2024 (during the mass detentions of relatives and friends of political prisoners) for writing letters and transferring money to the accounts of political prisoners in the pre-trial detention center of prison No. 1. Then a criminal case was opened against her under Art. 361-2 (financing extremist activities), but the woman was not taken into custody.
 During the search, equipment and money were confiscated from her. After examining the technique, unwanted comments were allegedly discovered on social networks, and an examination was then carried out on them. After receiving the results of the examination, on April 20, 2024, Victoria was re-detained and placed in a temporary detention facility, and subsequently in a pre-trial detention center.</t>
   </si>
   <si>
     <t>Trial outcome 17.01.2025: 5 years of imprisonment in colony under general regime conditions. Appeal date unknown: 4 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Alexander Viktorovich Korzyuk</t>
   </si>
   <si>
     <t>25 may 1968</t>
   </si>
   <si>
     <t>Until recently, Alexander Korzyuk headed the Finance Department for Housing and Utilities, Transport, and Communications at the Ministry of Finance. He has never given a public interview. It is only known that he is a good chess player.
 The trial was held behind closed doors.
 According to former political prisoners who served time with Alexander in the same penal colony, he was registered as prone to extremism and deprived of parcels and visits from his family. He pleaded not guilty.</t>
   </si>
   <si>
     <t>Trial outcome 12.07.2024: 13 years of imprisonment in colony under enhanced security conditions. Appeal 20.12.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
+    <t>Olga Olegovna Oleshkevich</t>
+  </si>
+  <si>
+    <t>25 may 1984</t>
+  </si>
+  <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-08-22 19:24:35</t>
+  </si>
+  <si>
     <t>Sergei Nikolaevich Leonyuk</t>
   </si>
   <si>
     <t>25 may 1971</t>
   </si>
   <si>
     <t>Detained for comments on social networks.</t>
   </si>
   <si>
     <t>Trial outcome 22.09.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 17.11.2023: unknown.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-02-27 23:46:35</t>
   </si>
   <si>
     <t>Vadim Vladimirovich Lutsevich</t>
   </si>
   <si>
     <t>26 may 1992</t>
   </si>
   <si>
     <t>Highly qualified IT specialist.
 Father of two children, 8 and 6 years old.</t>
   </si>
   <si>
     <t>Trial outcome 01.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 03.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly Adygezalov</t>
+  </si>
+  <si>
+    <t>26 may 1978</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly was detained and convicted for setting fire to a stronghold in Bobruisk.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.03.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 1740 rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-03-12 20:57:51</t>
+  </si>
+  <si>
+    <t>Ilya Olegovych Naryshkin</t>
+  </si>
+  <si>
+    <t>27 may 2003</t>
+  </si>
+  <si>
+    <t>Ilya Naryshkin is 21 years old. He is originally from Slonim, but spent part of his childhood in Grodno. Ilya’s father is Ukrainian, born in Krivoy Rog. He graduated from an aviation school back in Soviet times, but worked as a mechanical engineer in different countries. They haven’t lived together with the guy’s mother for a very long time.
+Ilya entered the Academy of the Ministry of Internal Affairs. Now he should have completed his third year at the Faculty of Criminal Corrections. It is known that during his studies he lived an active life - he performed in various competitions and even participated in an intellectual game from the Belarus-2 TV channel, called “Tower”. The latest public information about him dates back to March 2023.
+Perhaps 21-year-old Ilya Naryshkin wanted to join the Belarusian volunteers in Ukraine. People who expressed their intention to go to fight on the side of Ukraine, expressed online or offline, were most often judged under the articles that were brought against him lately. Some of these people corresponded with fake bots of the Kalinovsky regiment, created by the special services of the Republic of Belarus.</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.08.2024: 15 years of imprisonment in colony under enhanced security conditions, 600 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-07-10 15:36:04</t>
   </si>
   <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 may 1961</t>
   </si>
   <si>
     <t>He was detained by police on October 19, 2023. After his arrest, he served two administrative arrests of 15 days each. Human rights activists know that the second of them was appointed on November 3 by the Central District Court of Minsk. Then Judge Yuliana Shcherba found 63-year-old Marchenko guilty of “distributing extremist materials” (under Part 2 of Article 19.11 of the Administrative Code).
 Alexander's trial began on March 25 , 2024 in the Minsk City Court.
 On June 4, 2024, Alexander’s appeal was considered. The complaint was left unsatisfied.</t>
   </si>
   <si>
     <t>3 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
   </si>
   <si>
-    <t>Victor Igorevich Ivankovich</t>
-[...42 lines deleted...]
-  <si>
     <t>Pavel Mikhailovich Sava</t>
   </si>
   <si>
     <t>27 may 1974</t>
   </si>
   <si>
-    <t>Pavel was arrested on December 1, 2020, along with Nikolai Autukhovich, whom the authorities immediately declared "the organizer and leader of a terrorist group." He was convicted of "participation in a criminal organization" and "an act of terrorism."
-[...3 lines deleted...]
-    <t>Trial outcome 17.10.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 31.03.2023: the sentence was upheld. Regime change trial 12.02.2024: 2 years of prison regime. Trial outcome 26.04.2024: approximately 13400 rubles of compensation.</t>
+    <t>Pavel was arrested on December 1, 2020, along with Nikolai Autukhovich , whom authorities immediately declared "the organizer and leader of a terrorist group." He was convicted of "participation in a criminal organization" and "act of terrorism."
+A trial regarding changes to the prison regime was held in February 2024, but the outcome is still unknown. That spring, Pavel and two other defendants in the "case" were ordered to pay over 40,000 rubles in compensation for damage to police officers' property.
+Pavel often has high blood pressure and feels unwell, his feet swell so much that he can’t put on shoes.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 31.03.2023: the sentence was upheld. Regime change trial 12.02.2024: 2 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Vladimir Tadeushevich Gundar</t>
   </si>
   <si>
     <t>28 may 1960</t>
   </si>
   <si>
     <t>Vladimir was arrested on December 30, 2020, as part of the criminal "Avtukhovich case" on charges of "preparing a terrorist attack," but this charge was later dropped. In May 2021, he was convicted of "violence against an official." Investigators claimed that during his arrest, he threatened investigators and smashed his mobile phone.
 The "Autukhovich case" began in May 2022. During the trial, Vladimir was removed from the sessions several times and sent to solitary confinement. At one of the June sessions, he was placed in a cage in his underwear, with his hands handcuffed to the bars. In response, Vladimir went on a hunger strike, which he held for 11 days. In this case, he was convicted of "creating a criminal organization" and "attempting to seize power."
 In December 2022, Vladimir was charged with insulting prosecutor Lyudmila Gerasimenko, who represented the prosecution in the "Autukhovich case," and was given an additional term. He was ultimately sentenced to 20 years in a maximum-security penal colony.
 Transferred to prison regime in October 2023.</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2021: 3 years of imprisonment in colony under general regime conditions. Trial outcome 17.10.2022: 18 years of imprisonment in colony under enhanced security conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Trial outcome 17.04.2023: 2 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 06.06.2023: the sentence was upheld. Regime change trial 10.10.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Alexander Shulga</t>
-[...10 lines deleted...]
-  <si>
     <t>Natalia Kravchuk</t>
   </si>
   <si>
     <t>29 may 1969</t>
   </si>
   <si>
     <t>Trial outcome 03.11.2025: 2 years 8 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
+    <t>Olga Alexandrovna Barunova</t>
+  </si>
+  <si>
+    <t>30 may 1978</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2026-01-23 13:20:24</t>
+  </si>
+  <si>
     <t>Alexander Vladimirovich Lopukh</t>
   </si>
   <si>
     <t>30 may 1982</t>
   </si>
   <si>
     <t>Alexander was detained in a criminal case opened after a protest that took place in Pinsk on the night of August 9-10, 2020 against falsifications in the presidential elections. He was convicted of participating in "mass riots."</t>
   </si>
   <si>
     <t>Trial outcome 06.07.2021: 5 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 03.09.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
   </si>
   <si>
+    <t>Anastasia Vladimirovna Lazarenko</t>
+  </si>
+  <si>
+    <t>31 may 1982</t>
+  </si>
+  <si>
+    <t>Advocate. She was detained in early June 2022, two days after her 40th birthday, for leaking data to Telegram channels. The security forces came to detain a woman with machine guns and bulletproof vests - they climbed into the windows and broke down the door.
+In March 2023, it became known that she was also charged under Art. 203-1 of the Criminal Code (Illegal actions regarding information about private life) and Part 1 of Art. 342 of the Criminal Code. According to investigators, she allegedly organized an unauthorized mass event when she held a consultation near Akrestsina in August 2020.
+In the wild , she left an elderly father and a 19-year-old son who has been suffering from Crohn's disease since the age of 16.</t>
+  </si>
+  <si>
+    <t>6 years of imprisonment in a colony under general regime conditions</t>
+  </si>
+  <si>
+    <t>2022-08-26 15:26:58</t>
+  </si>
+  <si>
+    <t>Tatiana Nikolaevna Rusak</t>
+  </si>
+  <si>
+    <t>31 may 1976</t>
+  </si>
+  <si>
+    <t>On May 15, 2023, ONT released the propaganda film “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day,” which told the details of the case. It was reported there that allegedly the KGB, on the eve of Victory Day on May 9, 2023, “prevented a terrorist attack under the supervision of Kiev." They said that the explosives were in electric stoves, which were sent to the detainees via parcels. The organizer of the action was named 23-year-old Belarusian Valery Vodin, who fought in Ukraine.
+The video said that parcels with electric stoves containing explosives were delivered to the Minsk SDEK point in Kamennaya Gorka on March 21, 2023 from Kyiv via Italy. 29-year-old Victoria Volchek confirmed during interrogation that she received the parcel - Valery Vodin asked her to receive the parcel. BSU student Anna Savochkina and her mother Tatyana Rusak took the tile from Volchek and buried it in the cemetery in Kolodishchi. The second tile was picked up by dental technician Andrei Grigoriev and taken to the gardening partnership "Avtoremontnik 124" near Olekhnovichi.</t>
+  </si>
+  <si>
+    <t>2024-07-20 13:28:29</t>
+  </si>
+  <si>
+    <t>Elena Vasilievna Zmushko</t>
+  </si>
+  <si>
+    <t>31 may 1986</t>
+  </si>
+  <si>
+    <t>Elena was traveling with her son to visit her parents when she was arrested for assisting political prisoners.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.11.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
     <t>Oleg Borisovich Loiko</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 may 1976</t>
   </si>
   <si>
     <t>Oleg Loiko, an evangelical pastor from the Khoyniki district, is accused of transmitting information about the movement of Russian military equipment through Belarus.
 48-year-old Oleg Loiko is the pastor of an evangelical Christian church in the village of Nebytov in the Khoyniki District. Last December, he was arrested for 10 days for "spreading extremism."
 The pastor spent many years rehabilitating people with drug addictions through the "Return" mission. Thanks to his work, hundreds of people have returned to normal lives. He has previously received numerous glowing reviews from state media.
 A church minister was sentenced to three and a half years in a maximum-security prison for providing information about the movement of Russian military equipment to the Belarusian Gayun monitoring project. The trial was held behind closed doors.
 Pastor Oleg does not admit that he committed crimes and considers his conscience clear before God.
 He was re-sentenced in October 2025.</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
-  </si>
-[...40 lines deleted...]
-    <t>2024-07-20 13:28:29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1680,51 +1610,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1750,301 +1680,304 @@
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
       </c>
       <c r="I3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
@@ -2083,265 +2016,271 @@
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
+      <c r="E15" t="s">
+        <v>85</v>
+      </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="I18" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C19" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
+        <v>64</v>
+      </c>
+      <c r="I22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>127</v>
       </c>
       <c r="I23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>129</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
@@ -2410,316 +2349,313 @@
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
       <c r="I26" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>145</v>
       </c>
       <c r="B27" t="s">
         <v>146</v>
       </c>
       <c r="C27" t="s">
         <v>147</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>148</v>
       </c>
-      <c r="F27" t="s">
-[...5 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
         <v>151</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>152</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>154</v>
       </c>
       <c r="I28" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>156</v>
       </c>
       <c r="B29" t="s">
         <v>157</v>
       </c>
       <c r="C29" t="s">
         <v>158</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
+      <c r="E29" t="s">
+        <v>132</v>
+      </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>159</v>
       </c>
       <c r="I29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>161</v>
       </c>
       <c r="B30" t="s">
         <v>162</v>
       </c>
       <c r="C30" t="s">
         <v>163</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I30" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>79</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="I31" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B33" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>182</v>
+        <v>41</v>
       </c>
       <c r="I33" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>184</v>
       </c>
       <c r="B34" t="s">
         <v>185</v>
       </c>
       <c r="C34" t="s">
         <v>186</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
+      <c r="E34" t="s">
+        <v>113</v>
+      </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>187</v>
       </c>
       <c r="I34" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>189</v>
       </c>
       <c r="B35" t="s">
         <v>190</v>
       </c>
       <c r="C35" t="s">
         <v>191</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I35" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>194</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>32</v>
+        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I36" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>199</v>
       </c>
       <c r="B37" t="s">
         <v>200</v>
       </c>
       <c r="C37" t="s">
         <v>201</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
@@ -2747,191 +2683,197 @@
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>207</v>
       </c>
       <c r="I38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>209</v>
       </c>
       <c r="B39" t="s">
         <v>210</v>
       </c>
       <c r="C39" t="s">
         <v>211</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>212</v>
       </c>
       <c r="I39" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>214</v>
       </c>
       <c r="B40" t="s">
         <v>215</v>
       </c>
       <c r="C40" t="s">
         <v>216</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
+      <c r="E40" t="s">
+        <v>46</v>
+      </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>217</v>
       </c>
       <c r="I40" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>219</v>
       </c>
       <c r="B41" t="s">
         <v>220</v>
       </c>
       <c r="C41" t="s">
         <v>221</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I41" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>224</v>
       </c>
       <c r="B42" t="s">
         <v>225</v>
       </c>
       <c r="C42" t="s">
         <v>226</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
+      <c r="E42" t="s">
+        <v>85</v>
+      </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>227</v>
       </c>
       <c r="I42" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>229</v>
       </c>
       <c r="B43" t="s">
         <v>230</v>
       </c>
       <c r="C43" t="s">
         <v>231</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
         <v>132</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="H43" t="s">
         <v>232</v>
       </c>
       <c r="I43" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>234</v>
       </c>
       <c r="B44" t="s">
         <v>235</v>
       </c>
       <c r="C44" t="s">
         <v>236</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>237</v>
       </c>
       <c r="I44" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>239</v>
       </c>
       <c r="B45" t="s">
         <v>240</v>
       </c>
       <c r="C45" t="s">
         <v>241</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
@@ -2941,191 +2883,188 @@
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>242</v>
       </c>
       <c r="I45" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>244</v>
       </c>
       <c r="B46" t="s">
         <v>245</v>
       </c>
       <c r="C46" t="s">
         <v>246</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>247</v>
       </c>
       <c r="I46" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>249</v>
       </c>
       <c r="B47" t="s">
         <v>250</v>
       </c>
       <c r="C47" t="s">
         <v>251</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>252</v>
       </c>
       <c r="I47" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>254</v>
       </c>
       <c r="B48" t="s">
         <v>255</v>
       </c>
       <c r="C48" t="s">
         <v>256</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>122</v>
+        <v>91</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>257</v>
       </c>
       <c r="I48" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>259</v>
       </c>
       <c r="B49" t="s">
         <v>260</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
         <v>261</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>265</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>266</v>
       </c>
       <c r="I50" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>268</v>
       </c>
       <c r="B51" t="s">
         <v>269</v>
       </c>
       <c r="C51" t="s">
         <v>270</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>271</v>
       </c>
       <c r="I51" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>273</v>
       </c>
       <c r="B52" t="s">
         <v>274</v>
       </c>
       <c r="C52" t="s">
         <v>275</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
@@ -3138,836 +3077,700 @@
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>276</v>
       </c>
       <c r="I52" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>278</v>
       </c>
       <c r="B53" t="s">
         <v>274</v>
       </c>
       <c r="C53" t="s">
         <v>279</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="I53" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>281</v>
       </c>
       <c r="B54" t="s">
         <v>282</v>
       </c>
       <c r="C54" t="s">
         <v>283</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I54" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>285</v>
       </c>
       <c r="B55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>79</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>287</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>291</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>292</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>293</v>
-      </c>
-[...10 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>294</v>
+      </c>
+      <c r="B57" t="s">
+        <v>295</v>
+      </c>
+      <c r="C57" t="s">
         <v>296</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>91</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="I57" t="s">
         <v>297</v>
-      </c>
-[...13 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>298</v>
+      </c>
+      <c r="B58" t="s">
+        <v>299</v>
+      </c>
+      <c r="C58" t="s">
         <v>300</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>303</v>
+      </c>
+      <c r="B59" t="s">
+        <v>304</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>91</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>64</v>
+      </c>
+      <c r="I59" t="s">
         <v>305</v>
-      </c>
-[...19 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>306</v>
+      </c>
+      <c r="B60" t="s">
+        <v>307</v>
+      </c>
+      <c r="C60" t="s">
+        <v>308</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>21</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>309</v>
       </c>
-      <c r="B60" t="s">
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...16 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B61" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C61" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
         <v>79</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="H61" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="I61" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>316</v>
+      </c>
+      <c r="B62" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>318</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>319</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>321</v>
+      </c>
+      <c r="B63" t="s">
+        <v>322</v>
+      </c>
+      <c r="C63" t="s">
+        <v>323</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>46</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>324</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
+        <v>327</v>
+      </c>
+      <c r="C64" t="s">
         <v>328</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>113</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>329</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>330</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>331</v>
+      </c>
+      <c r="B65" t="s">
+        <v>332</v>
+      </c>
+      <c r="C65" t="s">
         <v>333</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>334</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>153</v>
+      </c>
+      <c r="H65" t="s">
         <v>335</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>339</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>132</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>340</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>342</v>
+      </c>
+      <c r="B67" t="s">
         <v>343</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>344</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>46</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>345</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>347</v>
+      </c>
+      <c r="B68" t="s">
         <v>348</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>349</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>97</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
         <v>350</v>
       </c>
-      <c r="D68" t="s">
-[...11 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>352</v>
+      </c>
+      <c r="B69" t="s">
         <v>353</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>354</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>91</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>355</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>357</v>
+      </c>
+      <c r="B70" t="s">
         <v>358</v>
       </c>
-      <c r="B70" t="s">
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>318</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>359</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>360</v>
-      </c>
-[...16 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>361</v>
+      </c>
+      <c r="B71" t="s">
+        <v>362</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>318</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>363</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>365</v>
+      </c>
+      <c r="B72" t="s">
+        <v>366</v>
+      </c>
+      <c r="C72" t="s">
         <v>367</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>46</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>368</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>370</v>
+      </c>
+      <c r="B73" t="s">
+        <v>371</v>
+      </c>
+      <c r="C73" t="s">
         <v>372</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>21</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
         <v>373</v>
       </c>
-      <c r="C73" t="s">
+      <c r="I73" t="s">
         <v>374</v>
-      </c>
-[...13 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>375</v>
+      </c>
+      <c r="B74" t="s">
+        <v>376</v>
+      </c>
+      <c r="C74" t="s">
         <v>377</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>21</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>36</v>
+      </c>
+      <c r="I74" t="s">
         <v>378</v>
-      </c>
-[...19 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>379</v>
+      </c>
+      <c r="B75" t="s">
+        <v>380</v>
+      </c>
+      <c r="C75" t="s">
+        <v>381</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>382</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>383</v>
-      </c>
-[...16 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>384</v>
+      </c>
+      <c r="B76" t="s">
+        <v>376</v>
+      </c>
+      <c r="C76" t="s">
+        <v>385</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>113</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>386</v>
       </c>
-      <c r="B76" t="s">
+      <c r="I76" t="s">
         <v>387</v>
-      </c>
-[...161 lines deleted...]
-        <v>412</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">