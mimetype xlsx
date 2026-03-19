--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,157 +12,156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
-    <t>Paul Evgenyevich Kuchinsky</t>
-[...6 lines deleted...]
-On March 19, 2024, an appeal hearing was held. The verdict came into force.</t>
+    <t>Dzmitry Khatsianovich</t>
+  </si>
+  <si>
+    <t>1 may 1978</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
     <t>In custody</t>
   </si>
   <si>
-    <t>Yes</t>
-[...5 lines deleted...]
-    <t>2023-09-22 00:34:45</t>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.10.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 18.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-02 00:30:08</t>
   </si>
   <si>
     <t>Natalia Nikolaevna Zhigar</t>
   </si>
   <si>
     <t>2 may 1956</t>
   </si>
   <si>
     <t>Natalia Zhigar's case is allegedly related to her support for people held in pretrial detention. Before retirement, she worked in the Brest Court office.
 Before the trial, the woman was under house arrest.
 The case was heard in the Grodno Regional Court. It was initially sent back for revision .
 Judge Valery Romanovsky began hearing Natalia's case on August 19, 2024, and hearings continued on September 20, 24, and 30.
 On December 27, 2024, the Supreme Court heard Natalia's appeal.</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
   </si>
   <si>
+    <t>Yes</t>
+  </si>
+  <si>
     <t>Trial outcome 30.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 27.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-08-19 19:18:12</t>
   </si>
   <si>
     <t>Konstantin Valerievich Medvedev</t>
   </si>
   <si>
     <t>2 may 1988</t>
   </si>
   <si>
-    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-27 16:04:33</t>
   </si>
   <si>
     <t>Anna Alexandrovna Baginskaya</t>
   </si>
   <si>
     <t>2 may 1978</t>
   </si>
   <si>
     <t>Detained in early May 2025 in the "Gayun case" - for transmitting data to the "Belarusian Gayun" telegram channel about the movement of military equipment.</t>
   </si>
   <si>
     <t>Trial outcome 20.11.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-05-16 16:38:49</t>
   </si>
   <si>
-    <t>Anna Evgenievna Savochkina</t>
+    <t>Hanna Savachkina</t>
   </si>
   <si>
     <t>3 may 1999</t>
   </si>
   <si>
     <t>On May 15, 2023, ONT aired a propaganda film, "A Killer Parcel of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day," which told the details of the case. It was reported that the KGB allegedly "prevented a terrorist attack under the supervision of Kiev" on the eve of Victory Day on May 9, 2023. They said that the explosives were in electric stoves that were sent to the detainees via parcels. The organizer of the action was named as 23-year-old Belarusian Valery Vodin, who fought in Ukraine.
 The video said that parcels with electric stoves containing explosives were delivered to the Minsk SDEK point in Kamennaya Gorka on March 21, 2023, from Kiev via Italy. 29-year-old Viktoria Volchek confirmed during interrogation that she had received the parcel — Valery Vodin had asked her to receive the parcel. BSU student Anna Savochkina and her mother Tatyana Rusak took the stove from Volchek and buried it in a cemetery in Kolodishchi. The second stove was taken by dental technician Andrei Grigoriev and taken to the gardening association "Avtoremontnik 124" near Olekhnovichi.
 Anna Savochkina completed three courses of the Faculty of Economics at BSU, but since September 2022 she has been enrolled in the first year of the Faculty of Biology at BSU, group leader. Before the institute, she graduated from the I.O. Akhremchik Gymnasium-College of Arts, majoring in music. Detained along with her mother.</t>
   </si>
   <si>
     <t>Trial outcome 09.08.2024: 7 years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-20 13:18:10</t>
   </si>
   <si>
     <t>Oleg Stepanovich Kinev</t>
   </si>
   <si>
     <t>3 may 1969</t>
   </si>
   <si>
     <t>Oleg lives in the agro-town of Pervomayskaya (Bluden) in the Berezovsky district of the Brest region.
 He is an entrepreneur and a roofer. He specializes in making domes for Orthodox churches. Oleg has been in this business since the 2000s. Initially, he worked with a team as a hired hand, and a few years later, he opened his own business. Kinev has reconstructed the dome of the Patriarchal Representation of the Russian Orthodox Church, created a dome for a church at a military base in Slonim, built an oak bridge, a pier, and a gazebo on an island near Count Hutten-Chapski's estate in Stankovo, and a chapel at the zoo. Overall, his work is scattered across various towns and villages across Belarus.</t>
   </si>
@@ -209,540 +208,535 @@
     <t>2024-11-20 14:42:46</t>
   </si>
   <si>
     <t>Oleg Viktorovich Efremenko</t>
   </si>
   <si>
     <t>4 may 1981</t>
   </si>
   <si>
     <t>Oleg was arrested and convicted for "hitting" a police officer during a street march in Vitebsk on September 13, 2020. In September 2021, he was transferred to prison for "violating the rules of the order."
 In August 2022, Oleg was re-convicted for “malicious disobedience to the demands of the administration of the correctional institution” and was given another year of imprisonment.
 On July 25, 2023, the political prisoner was again convicted of “disobeying the demands of the administration” and sentenced to another year in prison.
 In September 2024, another hearing was held on the criminal case against Oleg for “malicious disobedience to the demands of the administration of the correctional institution” - a charge that is often applied to prisoners who refuse to cooperate with the prison administration.
 Throughout his imprisonment, Oleg is constantly under pressure. He is regularly sent to a punishment cell, where he is kept in isolation for dozens of days.</t>
   </si>
   <si>
     <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
   </si>
   <si>
     <t>Trial outcome 09.12.2020: 4 years 6 months of imprisonment in colony under general regime conditions, 1000 rubles of compensation. Regime change trial 30.09.2021: unknown years of prison regime. Trial outcome 15.08.2022: 1 year of imprisonment in colony in strict regime conditions. Appeal 10.11.2022: the sentence was upheld. Trial outcome 25.07.2023: 1 year of imprisonment in colony in strict regime conditions. Appeal 19.10.2023: the sentence was upheld. Trial outcome 24.09.2024: unknown. Appeal 13.12.2024: unknown.</t>
   </si>
   <si>
     <t>2021-02-27 22:15:58</t>
   </si>
   <si>
-    <t>Valery Valerievich Zhukov</t>
-[...13 lines deleted...]
-  <si>
     <t>Irina Nikolaevna Klezovich</t>
   </si>
   <si>
     <t>5 may 1966</t>
   </si>
   <si>
     <t>Detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.
 Irina was tried as a "Person who committed a socially dangerous act." This means that, according to the court's decision, compulsory medical measures were to be applied to her. Her trial took place on September 18 and 23, 2024. Her whereabouts are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 23.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-06-15 13:33:34</t>
+  </si>
+  <si>
+    <t>Valery Valerievich Zhukov</t>
+  </si>
+  <si>
+    <t>5 may 1974</t>
+  </si>
+  <si>
+    <t>He was detained in November 2024 and convicted under Part 2 of Article 19.11 of the Code of Administrative Offenses of the Republic of Belarus (Distribution, production, storage, transportation of information products containing calls for extremist activity or promoting such activity), after which a criminal case was opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-06-26 18:20:21</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Kolousov</t>
   </si>
   <si>
     <t>5 may 1984</t>
   </si>
   <si>
     <t>On June 15, 2023, he was convicted under Art. 205 (Theft) to 2 years and 6 months in prison.
 On June 14, 2024, the trial of a criminal case under Art. 342 of the Criminal Code (Active participation in group actions that grossly violate public order ). Vyacheslav and eight other people are being judged on it .
 By adding up the sentences in this and the previous criminal case, he was finally sentenced to 3 years of maximum security imprisonment.</t>
   </si>
   <si>
     <t>Trial outcome 10.07.2024: 3 years of imprisonment in colony in strict regime conditions. Appeal 27.09.2024: unknown.</t>
   </si>
   <si>
     <t>2024-06-10 19:42:29</t>
   </si>
   <si>
     <t>Yury Slavomirovich Sergey</t>
   </si>
   <si>
     <t>6 may 1988</t>
   </si>
   <si>
     <t>Yuri was detained and convicted on several counts, including illegal possession of a bladed weapon. It all started with a video of a BMW driver beating up a man with a white-red-white flag. The video went viral on social media, and the address of the driver, Dmitry Davydyuk, was published. According to investigators, three Minsk residents decided to "teach" the driver a lesson by puncturing his car's tires.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>Trial outcome 31.03.2021: 6 years of imprisonment in colony under enhanced security conditions, 150 basic values fine. Appeal 20.07.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-03-13 17:31:38</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Frantskevich</t>
+  </si>
+  <si>
+    <t>6 may 1990</t>
+  </si>
+  <si>
+    <t>Anarchist activist Alexander was detained on August 12, 2020 and convicted on a number of criminal charges. Earlier, in 2010, he had already served a sentence in the "anarchist case".
+In 2022, he was sentenced to 17 years in prison, and in February 2023, the Supreme Court reduced the term by 3 months.
+In June 2024, Alexander was again charged under the article for "malicious disobedience to the demands of the colony administration," and he was given another year of imprisonment.
+In July 2024, his mother, Tatyana Frantskevich, was arrested on charges of "participation in an extremist group." Her sister, Natalia Lobatsevich, the mother of former political prisoner Ilya Lobatsevich, was arrested along with her.</t>
+  </si>
+  <si>
+    <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 06.09.2022: 17 years of imprisonment in colony in strict regime conditions, 700 basic values fine, approximately 1200 rubles of compensation. Appeal 28.02.2023: 16 years 9 months of imprisonment in colony in strict regime conditions, 700 basic values fine, approximately 1200 rubles of compensation. Trial outcome 24.06.2024: 1 year of imprisonment in colony in strict regime conditions. Appeal 24.09.2024: unknown. Regime change trial 05.08.2025: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:21:02</t>
   </si>
   <si>
     <t>Eugene Mikhailovich Pugach</t>
   </si>
   <si>
     <t>6 may 1984</t>
   </si>
   <si>
     <t>representative of the Minsk startup hub "Imaguru". A graduate of the EHU Master's program "European Studies", after which he worked in a number of NGOs and the private sector with business. Created and developed startup ecosystems in Belarus.</t>
   </si>
   <si>
     <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
   </si>
   <si>
     <t>Trial outcome 03.12.2024: 4 years 6 months of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
   </si>
   <si>
     <t>2024-08-28 19:37:47</t>
   </si>
   <si>
     <t>Andrey Sergeevich Sachevko</t>
   </si>
   <si>
     <t>6 may 1996</t>
   </si>
   <si>
     <t>Andrey was detained by employees of the Main Directorate for Combating Organized Crime and Corruption for posting extremist materials on his page vk.com. Andrey published a video of Lukashenko taking the oath in 1994 under a white-red-white flag.
 He was convicted for participating in the Grodno Marches and comments in the chat.
 The man did not admit guilt, but confirmed only the fact of writing comments on August 11 and 12, 2020. The man's participation in the Grodno Marches was not confirmed after watching videos from events in the city.
 It became known that a laboratory and forensic medical examination was carried out in June 2022. She confirmed Andrey's mental illness. However, he was convicted anyway, and also included in the list of individuals and organizations involved in terrorist activities.
 In August 2023, she was transferred to the prison regime.</t>
   </si>
   <si>
     <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>6 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-07-22 18:14:24</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Frantskevich</t>
-[...19 lines deleted...]
-  <si>
     <t>Alexander Mikhailovich Sharabaiko</t>
   </si>
   <si>
     <t>7 may 1971</t>
   </si>
   <si>
     <t>Bodybuilder, local historian. Previously, a man was detained for participating in protests. On March 16, 2023, he was arrested for “distributing extremist materials” and sentenced to 10 days. The man did not come out and was transferred to a pre-trial detention center. The original charge was for insulting Lukashenko.
 In May 2024, he was transferred to a pre-trial detention center on a new criminal case; his trial began again on May 7, 2024. In addition to him, Andrei Stabulyanets and Denis Tsybulsky were also involved in the case, who was convicted a year ago for participating in protests in Minsk (Article 342 of the Criminal Code).</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>Trial outcome 14.09.2023: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 17.11.2023: unknown. Trial outcome 05.06.2024: 6 years of imprisonment in colony under general regime conditions. Appeal 23.08.2024: unknown.</t>
   </si>
   <si>
     <t>2023-03-26 23:12:21</t>
+  </si>
+  <si>
+    <t>Michael Anatolyevich Tarasevich</t>
+  </si>
+  <si>
+    <t>7 may 1976</t>
+  </si>
+  <si>
+    <t>In addition to imprisonment, Mikhail was awarded compensation for moral damage to the victims and damage caused by a public transport stop in the amount of 49 000 BYN (~ 20 000 USD).</t>
+  </si>
+  <si>
+    <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
+  </si>
+  <si>
+    <t>2022-11-19 00:34:39</t>
   </si>
   <si>
     <t>Dmitriy Ivanovich Lapets</t>
   </si>
   <si>
     <t>7 may 1990</t>
   </si>
   <si>
     <t xml:space="preserve">
 It is known that he was detained for participating in protests in 2020, presenting a photo from one of the marches.
  </t>
   </si>
   <si>
     <t>2024-05-13 15:43:20</t>
   </si>
   <si>
-    <t>Michael Anatolyevich Tarasevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Evgenievich Sezen</t>
   </si>
   <si>
     <t>8 may 1970</t>
   </si>
   <si>
     <t>On November 13, Alexander Sezen was detained . A search was conducted in his apartment in an apartment building on Gorbatova Street. According to some reports, a later night search also took place when Sezen himself, who has significant health problems, was in the hospital. It is not yet known what charges he will be charged with.
 Alexander was repeatedly detained by the police even before 2020, he was in litigation with various government agencies and wrote complaints.</t>
   </si>
   <si>
     <t>Trial outcome 12.06.2025: 3 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-11-18 22:30:50</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Vasyukevich</t>
   </si>
   <si>
     <t>8 may 1983</t>
   </si>
   <si>
     <t>For the past 11 years, Sergey has been Deputy Director of Commerce at the Moscow office of Izokom Plast.
 For the Dyatlovo region, the Izokom and Izokom Plast group of companies is an important plant. The enterprise grew out of an abandoned timber frame factory and has grown into a giant, employing 270 people—a significant number for a regional center.
 They produce flexible insulated pipes that are exported to Russia and used in government programs. In 2025, when Sergei was already under investigation, the company received the "Energy Efficiency Leader" award.</t>
   </si>
   <si>
     <t>2026-01-27 21:04:19</t>
   </si>
   <si>
-    <t>Maksim Sergeevich Drobnitsa</t>
+    <t>Evgeniy Valerievich Burlo</t>
+  </si>
+  <si>
+    <t>9 may 1991</t>
+  </si>
+  <si>
+    <t>The musician of the TOR BAND, detained together with Dmitry Golovach, their wives were also detained. Golovach's wife was fined, Burlo's wife was placed under administrative arrest.
+At the end of November 2022, Dmitry and Evgeny were sentenced for the third time for 15 days. TOR BAND became a popular band in Belarus during the 2020 protests. Many songs have become hits on different platforms. Information products, social networks and the logo of the TOR BAND were recognized as extremist materials, as well as their songs listed above.</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a colony under enhanced security conditions</t>
+  </si>
+  <si>
+    <t>2022-12-06 21:04:39</t>
+  </si>
+  <si>
+    <t>Maksim Siarheyevich Drabnitsa</t>
   </si>
   <si>
     <t>9 may 2001</t>
   </si>
   <si>
     <t>22-year-old resident of Svetlogorsk. Maxim is being tried “for organizing the activities of a terrorist organization and participating in the activities of such an organization.” Maxim was found guilty of joining an “extremist formation” (the “Victory” plan) and planning to blow up the railway in the Svetlogorsk region. The state publication writes that in order to stop the war in Ukraine, the miniature “was ready to do anything.” When the guy arrived at the railway, he was ambushed by security forces and was detained.
 Government agencies did not report anything about this case. The trial is closed.
 On September 19, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
-    <t>8 years of imprisonment in a penal colony.</t>
+    <t>Trial outcome 13.07.2023: 8 years of imprisonment in colony under enhanced security conditions. Appeal 19.09.2023: unknown.</t>
   </si>
   <si>
     <t>2023-05-19 22:35:24</t>
   </si>
   <si>
-    <t>Evgeniy Valerievich Burlo</t>
-[...15 lines deleted...]
-    <t>2022-12-06 21:04:39</t>
+    <t>Alexander Petrovich Gorshunov</t>
+  </si>
+  <si>
+    <t>10 may 1979</t>
+  </si>
+  <si>
+    <t>He worked as a programmer at the Minsk plant "Atlant".</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.03.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-05-26 01:52:20</t>
+  </si>
+  <si>
+    <t>Artem Vitalievich Shinkevich</t>
+  </si>
+  <si>
+    <t>10 may 1992</t>
+  </si>
+  <si>
+    <t>IUOT-45, 225073, Brestskaya obl. Kamenetsky region, d. Sushki, ul. Tsentralnaya, 1</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years restrictions of freedom with referral to an open-type correctional facility. Appeal 20.01.2026: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-23 11:44:37</t>
   </si>
   <si>
     <t>Ivan Alexandrovich Zenko</t>
   </si>
   <si>
     <t>10 may 1982</t>
   </si>
   <si>
     <t>An individual entrepreneur was detained and convicted under three criminal articles for participating in an event that occurred during the dispersal of people on October 11, 2020, near the Pushkinskaya metro station.
 In April 2022, Ivan was convicted again for participating in a protest, but this did not affect his final sentence. However, in November of the same year, he was given another year of imprisonment, convicted of "disobeying the demands of the administration of the correctional facility."
 In September 2023, he was sentenced to an additional 3 years in prison for "violence against an official."
 In March 2024, he was transferred to prison for 3 years.</t>
   </si>
   <si>
     <t>Trial outcome 02.04.2021: 5 years of imprisonment in colony under general regime conditions, approximately 28000 rubles of compensation. Trial outcome 07.04.2022: 2 years of imprisonment in colony under general regime conditions. Trial outcome 09.11.2022: 1 year of imprisonment in colony under general regime conditions. Appeal 09.02.2023: the sentence was upheld. Trial outcome 14.09.2023: 3 years of imprisonment in colony under general regime conditions. Appeal 19.12.2023: the sentence was upheld. Regime change trial 12.03.2024: 3 years of prison regime. Trial outcome date unknown: unknown years of imprisonment in colony in strict regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2021-02-26 20:57:57</t>
   </si>
   <si>
-    <t>Alexander Petrovich Gorshunov</t>
-[...11 lines deleted...]
-    <t>2025-05-26 01:52:20</t>
+    <t>Vladimir Ivanovich Yankovsky</t>
+  </si>
+  <si>
+    <t>11 may 1972</t>
+  </si>
+  <si>
+    <t>Vladimir was arrested in the spring of 2025 as part of a criminal case under the article "assistance to extremist activity," and in the fall of that year he was found guilty and sentenced to restricted freedom with a referral and a fine.</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mogilev, ul. Cheliuskentsev, 76A</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.09.2025: 2 years 6 months restrictions of freedom with referral to an open-type correctional facility, 500 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-08-21 10:19:58</t>
   </si>
   <si>
     <t>Oleg Valerievich Kekukh</t>
   </si>
   <si>
     <t>11 may 1983</t>
   </si>
   <si>
     <t>In the summer of 2023, a trial was held to toughen Oleg’s sentence. After the appeal court, on September 5, 2023, Oleg was transferred to a colony.</t>
   </si>
   <si>
     <t>3 years of restriction of freedom with transfer to an open correctional facility.</t>
   </si>
   <si>
     <t>2022-10-31 17:49:43</t>
   </si>
   <si>
-    <t>Vladislav Vladimirovich Nastyushkin</t>
-[...14 lines deleted...]
-    <t>2024-11-02 15:58:45</t>
+    <t>Rostislav Olegovich Stefanovich</t>
+  </si>
+  <si>
+    <t>12 may 1988</t>
+  </si>
+  <si>
+    <t>A member of the expanded Coordination Council was detained on September 29, 2020, in connection with a case of mass riots, beaten by riot police officers and accused of participating in Telegram channels of a "radical orientation".</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:12:27</t>
+  </si>
+  <si>
+    <t>Nikita Mikhailovich Zolotоrev</t>
+  </si>
+  <si>
+    <t>12 may 2004</t>
+  </si>
+  <si>
+    <t>Nikita was arrested and convicted of throwing a Molotov cocktail towards military personnel on August 10, 2020, according to investigators. The prosecution claimed that the bottles were hidden and given to him by Leonid Kovalev with an offer to set fire to a building, bus, or paddy wagon. Nikita refused to testify, did not admit guilt, and reported physical and psychological pressure in the pretrial detention center. At the time of his arrest, he was 16 years old and suffers from epilepsy.
+In July 2021, he was convicted again under the article on "violence or threat of violence" for an incident with pretrial detention center employees. In June 2022, Nikita was transferred to an adult colony after turning 18, and in August of the same year, his punishment was toughened, sending him to prison.
+In July 2024, the political prisoner was tried for “malicious disobedience to the prison administration,” a charge often applied to prisoners who refuse to cooperate with the administration.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, Vitebsk region, Orsha, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.02.2021: 6 years imprisonment in a correctional colony under general regime conditions. Appeal 23.04.2021: the sentence was upheld. Trial outcome 14.07.2021: 1 year 6 months imprisonment in a correctional colony under general regime conditions, 1000 rubles of compensation. Regime change trial 21.06.2022: prison regime until the end of the term. Trial outcome 11.07.2024: 1 year 6 months of imprisonment in colony in strict regime conditions. Appeal 15.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:14:22</t>
   </si>
   <si>
     <t>Eric Erikovich Kolosovsky</t>
   </si>
   <si>
     <t>12 may 2000</t>
   </si>
   <si>
     <t>Detained along with other young people in Baranavichy (late December 2023).
 And the press service of the court announced the verdict (without naming names, but the circumstances fit this group of people). The essence of the charges is briefly stated: they were on the roadway in Baranavichy, shouting slogans, displaying white-red-white flags, “deliberately obstructing the movement of traffic and the normal functioning of enterprises and organizations.” The exact date when the protests took place is not even indicated, it is simply called “August 2020.”
 Thus, in 2024, 25 residents of Baranavichy have already been sentenced for the protests of August 2020. All were sentenced to a prison colony for a period of 1 to 3 years (the only exception was that a woman with a child under 3 years of age was sentenced to a suspended sentence).</t>
   </si>
   <si>
     <t>Trial outcome 31.05.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 09.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-05-02 18:49:47</t>
   </si>
   <si>
-    <t>Eugene Vladimirovich Filippovich</t>
-[...52 lines deleted...]
-    <t>2021-02-28 02:14:22</t>
+    <t>Vladislav Vladimirovich Nastyushkin</t>
+  </si>
+  <si>
+    <t>12 may 1996</t>
+  </si>
+  <si>
+    <t>28 years old, first graduated from college as a software technician, then studied at BarSU (Baranovichi State University). In some social networks, Brest is listed as the current city, in others, Kobrin. On Yandex.Services, he offers website development and computer repair services in Brest and Kobrin. He streamed PC games on the Youtube channel "Dog Chain".It is currently unknown what protests Vladislav was tried for. However, judging by the article and the fact that the trial is taking place in Kobrin, it is almost certainly a trial for the Kobrin protests that took place after the elections on August 9, 2020.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.11.2024: 3 years 6 months of imprisonment in colony under general regime conditions. Appeal 28.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-02 15:58:45</t>
   </si>
   <si>
     <t>Eugene Alexandrovich Belkevich</t>
   </si>
   <si>
     <t>13 may 1975</t>
   </si>
   <si>
     <t>On 13.02.2025, he was convicted under an administrative article (Part 2 of Article 10.1 of the Code of Administrative Offenses of the Republic of Belarus - Intentional infliction of bodily harm and other violent actions or violation of a protective order), after which a criminal case was opened.</t>
   </si>
   <si>
     <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
   </si>
   <si>
     <t>2025-06-02 23:55:41</t>
   </si>
   <si>
     <t>Sergey Yuryevich Gorlov</t>
   </si>
   <si>
     <t>13 may 1979</t>
   </si>
   <si>
     <t>Sergei was detained in February 2024. First, he was given a day for "dissemination of extremist materials", and then a criminal case was opened and he was transferred to a pretrial detention center. The case probably concerns the comments. Sergei faces four to twelve years in prison.Sergey's hobby is music. In the 2000s, he played in the band "Lesnoye Radio". He participated in several other projects, translated foreign songs into Belarusian.
 Sergey Yuryevich Gorlov studied at the Minsk State Linguistic University, and later graduated from the European Humanities University. He worked as a translator and English tutor. His last known place of work was the Sakharov Institute in Minsk.</t>
   </si>
   <si>
     <t>Trial outcome 09.12.2024: 4 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2024-10-21 17:41:51</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-19 20:09:08</t>
   </si>
   <si>
     <t>Sergey Danilovich Mityushkin</t>
   </si>
   <si>
     <t>14 may 1969</t>
   </si>
   <si>
     <t>A craftsman from Baranovichi, Sergei was arrested in February 2025. He was initially sentenced to 24 hours in jail under Article 19.11 of the Code of Administrative Offenses, then charged under Article 188 of the Criminal Code of the Republic of Belarus.</t>
   </si>
   <si>
     <t>SIZO-7, Brest, Sovetskih Pogranichnikov 37, 224030</t>
   </si>
   <si>
     <t>2025-10-16 18:32:46</t>
   </si>
   <si>
     <t>Dmitry Pavlovich Kapuza</t>
   </si>
   <si>
     <t>14 may 1989</t>
   </si>
   <si>
     <t>Dmitry and Olga Kapuzy, 36, were detained on January 16, 2024. The couple hails from the Drogichin district and lived near the Belarusian-Ukrainian border. Following their detention, state television aired a propaganda video, "Purge. Fighting Saboteurs and Agents of Ukrainian Special Services in Belarus," accusing them of smuggling goods from Ukraine. A total of 12 people were detained at the time. According to the propaganda, the couple allegedly worked for Ukrainian special services. It was claimed that the residents of the Drogichin district assisted the Security Service of Ukraine by seizing explosives and making caches in Belarus.
 A propaganda video showed Dmitry being shot in the thigh during his arrest. Later, he was shown walking on crutches. Dmitry's brother was beaten on the head by KGB officers immediately after his arrest.
 One of the released political prisoners, who shared custody with Kapuza in Pretrial Detention Center No. 7, said that initially , the charges were brought under Article 289 of the Criminal Code of the Republic of Belarus— terrorism . However, this article requires an explosion , arson , or other actions creating a danger of death . Then, the KGB reclassified the case under Article 356 of the Criminal Code—" Treason." As Kapuza himself explained to a cellmate, he owned a house in the village of Svaryn in the Drogichin district, not far from the Ukrainian border. He smuggled amber , cigarettes , and vodka there . He could transport the goods directly , or hide them and transport them in parts for safety. Apparently , one of the storage facilities was discovered by the KGB , and explosives were planted there. Kapuza learned of this after his arrest. During his arrest, people jumped out of the minibus , ran up to his car, opened the door , and without a word, shot him twice in the leg . Dmitry received minimal medical attention . He was lucky that gangrene didn't set in and that his leg survived. Dmitry, who hadn't admitted guilt at the time , was severely beaten to extract a confession.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 24 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-07-16 19:00:11</t>
   </si>
   <si>
+    <t>Anatoly Anatolevich Starosvetskii</t>
+  </si>
+  <si>
+    <t>14 may 1990</t>
+  </si>
+  <si>
+    <t>Former husband of political prisoner Vitalia Bondarenko. He was detained after a short meeting with Vitalia, right at the exit from the colony, and was first placed in a temporary detention center in Gomel, after which he was transferred to pre-trial detention center-3.
+On June 4, 2024, the appeal was considered and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.03.2024: 4 years of imprisonment in colony under enhanced security conditions. Appeal 04.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2023-10-19 20:09:08</t>
+  </si>
+  <si>
     <t>Pavel Anatolyevich Lashchenko</t>
   </si>
   <si>
     <t>14 may 1972</t>
   </si>
   <si>
     <t>Businessman , head of the auditing company Ernst&amp;Young.
 Pavel was detained and placed in a pretrial detention center on charges of one of the political articles. It is known that the criminal case was opened for the events of 2020. In 2020, at the height of the beating of citizens by the police, a letter signed by Lashchenko was issued to the heads of law enforcement and government agencies , in which he expressed doubt in the figures voiced by Yermoshina, and also called on everyone to come to their senses and return to the rule of law.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-02-28 01:38:03</t>
-  </si>
-[...15 lines deleted...]
-    <t>2022-06-28 15:06:11</t>
   </si>
   <si>
     <t>Alexey Andreevich Tkachuk</t>
   </si>
   <si>
     <t>14 may 1987</t>
   </si>
   <si>
     <t xml:space="preserve">Aleksey was sentenced on trumped-up charges of possession of training ammunition. In August 2020, the man wrote a letter of resignation from the army and was fired in November.
 He was detained on the case of the export of documents of the Ministry of Defense of the Republic of Belarus. During the investigation, they were taken to a separate criminal case under Part 2 of Art. 295 of the Criminal Code, because during a search, explosives were allegedly found in the apartment.
 Minsk City Court in August 2022 issued a verdict. Alexei was also stripped of his military rank and fined: 500 basic units. The trial was held behind closed doors.
 </t>
   </si>
   <si>
     <t>6 years in prison in a penal colony.</t>
   </si>
   <si>
     <t>2022-12-04 01:33:09</t>
   </si>
   <si>
     <t>Anton Vladimirovich Kozelsky</t>
   </si>
   <si>
     <t>14 may 1986</t>
   </si>
@@ -754,127 +748,142 @@
 On August 13, 2024, the appeal was heard and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 28.05.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 13.08.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-05-20 21:55:57</t>
   </si>
   <si>
     <t>Victor Aleksandrovich Savashevich</t>
   </si>
   <si>
     <t>15 may 1982</t>
   </si>
   <si>
     <t>The man was accused of creating and administering the telegram channel «‎23.34»‎, which contained information about Belarusian judges.
 Viktor was also accused of «‎aiding and abetting the deliberate actions of administrators and participants of a number of other destructive Telegram channels, which were aimed at inciting social hostility on the basis of a different social affiliation and which entailed serious consequences»‎.</t>
   </si>
   <si>
     <t>11 years of imprisonment in a penal colony with reinforced regime.</t>
   </si>
   <si>
     <t>2022-12-23 23:41:33</t>
   </si>
   <si>
-    <t>Yuri Anatolyevich Garkach</t>
-[...28 lines deleted...]
-  <si>
     <t>Dmitry Mikhailovich Sonchik</t>
   </si>
   <si>
     <t>15 may 1984</t>
   </si>
   <si>
     <t>It is known that Sonchik worked as a driver for a long time, and recently as a truck driver. Dmitry is interested in motorsports and amateur radio.
 The video with Sonchik was released on May 7, 2024 on the GUBOPiK channel, he was detained upon returning from abroad. He was bombarded with comments in Telegram - they said that he left more than a thousand of them.</t>
   </si>
   <si>
     <t>Trial outcome 13.01.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-12-19 16:37:31</t>
+  </si>
+  <si>
+    <t>Yuri Anatolyevich Garkach</t>
+  </si>
+  <si>
+    <t>15 may 1977</t>
+  </si>
+  <si>
+    <t>KGB Lieutenant Colonel, Deputy Commander of Unit "A" of the KGB of the Republic of Belarus. In August 2020, he headed the Association of Veterans of Group "A", on behalf of which he signed an appeal condemning violence and repression. In the fall of 2020, he was detained by KGB officers and placed in custody. The criminal case is classified "secret".</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 7 years of imprisonment in colony under enhanced security conditions. Appeal 27.12.2022: unknown.</t>
+  </si>
+  <si>
+    <t>2022-10-03 15:45:01</t>
+  </si>
+  <si>
+    <t>Timur Aleksandrovich Lazko</t>
+  </si>
+  <si>
+    <t>15 may 1983</t>
+  </si>
+  <si>
+    <t>On February 2, 2024, a telegram channel close to the Brest GUBOPiK published a repentant video with Timur Lozko.In the video, security forces showed how men with shields and weapons, in full uniform, burst into the house. This is followed by footage where Timur Aleksandrovich, with his hands behind his back, says that he was found with subscriptions to Nekhta, and that he also donated to this telegram channel. The man also says that he works at Lode as an anesthesiologist and resuscitator.On the Internet you can find that Lozko was detained back in October 2020 (and in solidarity with him, other doctors in Brest went out to protest with the inscriptions “I/we are Timur”). And during the referendum in February 2022, he was detained again, and under Article 24.23 of the Code of Administrative Offences, “Illegal picketing,” he first served in a temporary detention facility, and then received a fine of 50 b.v.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.08.2024: 8 years of imprisonment in colony under enhanced security conditions, 50 basic values fine. Appeal 01.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-03 12:54:26</t>
   </si>
   <si>
     <t>Vladimir Alekseevich Dudarev</t>
   </si>
   <si>
     <t>16 may 1977</t>
   </si>
   <si>
     <t>In 2020, Vladimir coordinated Viktor Babariko's regional group. After graduating from the Mogilev State Technical University in 2001, he worked in the Mogilev City Executive Committee, and in 2018 he became his deputy, responsible for construction and housing and communal services. He left the post in October 2019.
 On June 11, 2020, employees of the Financial Investigation Department conducted a search at the Belgazprombank office and at persons associated with Babariko, after which Vladimir was detained. In September 2021, the court found him guilty of abuse of office and fraud, but he did not admit his guilt.</t>
   </si>
   <si>
     <t>Trial outcome 20.09.2021: 7 years 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-27 01:20:15</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Polivko</t>
   </si>
   <si>
     <t>16 may 1987</t>
   </si>
   <si>
     <t>Detained for comments on social networks. Alexander is accused of “extremist calls inciting social hatred” and “insulting government officials.” The pro-government Telegram channel showed screenshots of messages that implicate Polivko. For example: “Collaborators and slaves, it’s disgusting to watch! So that they all get angry and impale this mustachioed fascist.”
 Thus, according to the prosecution, on June 14, 2021, under the publication of the telegram channel “Belarus of the Brain,” Alexander wrote a message where he said that he once worked at Lukashenko’s residence, and one of his colleagues talked about his conversation with Lukashenko’s security guard. And according to the guard, Lukashenko personally, due to faults on the part of the guard, could put them in a row and “punch through the plywood” (strike with all his might in the chest or stomach so that the person bends over from such a blow). Apparently, this comment was written under a post with the title “BYPOL: Roman Protasevich was personally beaten by the dictator” (all comments under the post have been deleted at the moment). At the trial, Polivko was asked to name what kind of colleague told such a story - but the man could not remember either his name or other personal details, because. he worked at the residence for a very long time, around 2008-2009. But finding an ex-colleague based on documents would be unrealistic, because... they worked without official employment. He was also convicted for 4 more comments under various articles of the Criminal Code of the Republic of Belarus.
 The man left behind two minor children (they are 14 years old and 4 years old).</t>
   </si>
   <si>
     <t>Trial outcome 04.03.2024: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2023-08-02 22:42:27</t>
+  </si>
+  <si>
+    <t>Ivan Piatrovich Suprunchyk</t>
+  </si>
+  <si>
+    <t>17 may 1988</t>
+  </si>
+  <si>
+    <t>According to the charge, Ivan gave the administrators of the telegram channel recognized as extremist in the Republic of Belarus information about the personal life of a close relative of a police officer. The collection and dissemination of this information without permission led to harm to the rights, freedoms and legitimate interests of the victim.</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment in a penal colony of general regime.</t>
+  </si>
+  <si>
+    <t>2022-07-19 19:08:12</t>
   </si>
   <si>
     <t>Basil Vasilevich Prokhorov</t>
   </si>
   <si>
     <t>18 may 1969</t>
   </si>
   <si>
     <t>He was detained along with his entire family (wife, daughter, son) on suspicion of “treason.” The daughter was apparently later released. Vasily Prokhorov is 54 years old. He comes from the city of Chernobyl, which was home to the infamous nuclear power plant. It is known that he was injured in the Chernobyl accident. Prokhorov served in the airborne troops. Then he worked on construction sites and moonlighted as a cargo carrier, and also wrote a small blog.
 Participants in a closed process have non-disclosure agreements. It is known from an unofficial source that the criminal case concerns photographing various objects on the territory of Belarus, and the persons involved in the case were monitored by special services for some time before their arrest.
 The Prokhorov family lived for a long time in the village of Grabovka, Gomel region. At the time of their arrest, they lived in the village of Uza, Gomel region, where they moved two years ago.</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2024: 11 years of imprisonment in colony under general regime conditions. Appeal 30.08.2024: unknown. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2023-12-29 15:03:05</t>
   </si>
   <si>
     <t>Nikolay Petrovich Demchenko</t>
   </si>
   <si>
     <t>19 may 1988</t>
   </si>
   <si>
@@ -895,412 +904,535 @@
 From the «BT» video, it follows that the Mozyrans were closely watched: they showed footage from a hidden camera in the garage, where men discuss their plans. On the record, they talk about the prospects of railway damage.
 The trial was held behind closed doors.</t>
   </si>
   <si>
     <t>14 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-03-18 19:51:08</t>
   </si>
   <si>
     <t>Sergey Ivanovich Belsky</t>
   </si>
   <si>
     <t>20 may 1982</t>
   </si>
   <si>
     <t>He didn’t buy a ticket on the trolleybus while he was drunk and cursed the president with obscene words. The controller called the police and Sergei was detained.</t>
   </si>
   <si>
     <t>2.6 years of imprisonment in a maximum security colony.</t>
   </si>
   <si>
     <t>2023-09-27 17:46:46</t>
   </si>
   <si>
-    <t>Alexey Gennadievich Melnikov</t>
+    <t>Igor Vladimirovich Brodko</t>
+  </si>
+  <si>
+    <t>20 may 1983</t>
+  </si>
+  <si>
+    <t>Igor is originally from Smilovichi (Chervensky District), but lived in Vitebsk for a long time. He and his ex-wife have a minor child. Igor worked as a rescue worker for many years. After that, he worked as a driver, providing transportation and taxi services. Brodko disappeared from social media and messaging apps after February 2025. It is likely that he was detained then.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:48:50</t>
+  </si>
+  <si>
+    <t>Sergey Mikhailovich Shkodin</t>
+  </si>
+  <si>
+    <t>Convicted in the "Gayun case" for 7 counts.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal 13.01.2026: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-10-27 12:31:47</t>
+  </si>
+  <si>
+    <t>Anton Alexandrovich Ilyin</t>
+  </si>
+  <si>
+    <t>20 may 1987</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.12.2024: 6 years of imprisonment in colony under special regime conditions. Appeal 19.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-02 18:16:42</t>
+  </si>
+  <si>
+    <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>20 may 1991</t>
-  </si>
-[...10 lines deleted...]
-    <t>Gleb Panasyuk</t>
   </si>
   <si>
     <t>On October 8, Gleb Panasyuk left Poland, where he had lived and worked for the past few years, for his native Svetlogorsk to visit his parents. On October 9, he called his friends in Poland from Brest to say he had crossed the border and was about to catch a train to Svetlogorsk. But after that, contact with the young man disappeared .
 As it turns out, Gleb served his sentence in a temporary detention facility in Gomel on an administrative charge, after which he was transferred to pretrial detention center No. 1 and charged with a criminal offense. Human rights activists have information that his imprisonment is politically motivated.</t>
   </si>
   <si>
     <t>2025-12-02 16:09:30</t>
   </si>
   <si>
-    <t>Igor Vladimirovich Brodko</t>
-[...20 lines deleted...]
-    <t>2024-12-02 18:16:42</t>
+    <t>Alexey Gennadievich Melnikov</t>
+  </si>
+  <si>
+    <t>Alexey was detained on December 4, 2020, as part of a criminal case on mass riots and convicted of participating in a protest that took place in August 2020 near the Riga shopping center in Minsk.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.03.2021: 5 years of imprisonment in colony under enhanced security conditions. Trial outcome 04.10.2021: approximately 1340 rubles of compensation. Trial outcome 19.10.2021: approximately 1600 rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:30:24</t>
+  </si>
+  <si>
+    <t>Nikolay Albinovich Vitkovsky</t>
+  </si>
+  <si>
+    <t>22 may 1967</t>
+  </si>
+  <si>
+    <t>Nikolai was constantly detained for administrative offenses.
+In September 2025, he was arrested on criminal charges. He is accused of treason.</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:41:34</t>
+  </si>
+  <si>
+    <t>Anton Iosifovich Ravan</t>
+  </si>
+  <si>
+    <t>22 may 1985</t>
+  </si>
+  <si>
+    <t>Anton was convicted for his comments, as well as in the "Gayun case".
+Anton has two minor children and is the sole breadwinner in the family because his wife is on maternity leave.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.10.2025: 4 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-12 14:49:09</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Korotkiy</t>
   </si>
   <si>
     <t>22 may 1984</t>
   </si>
   <si>
     <t>The man was accused of tearing a red and green flag from a store building in the town while drunk. He fully admitted his guilt.
 The town resident had already been tried nine times before. In addition to imprisonment, Vladimir was prescribed compulsory treatment for alcoholism.</t>
   </si>
   <si>
     <t>2 years of imprisonment in a maximum security colony.</t>
   </si>
   <si>
     <t>2024-05-03 14:59:28</t>
   </si>
   <si>
-    <t>Nikolay Albinovich Vitkovsky</t>
-[...25 lines deleted...]
-    <t>2025-11-12 14:49:09</t>
+    <t>Ihar Kisliak</t>
+  </si>
+  <si>
+    <t>23 may 1970</t>
+  </si>
+  <si>
+    <t>Police lieutenant colonel, former deputy head of the department of the Main Directorate for Combating Organized Crime of the Ministry of Internal Affairs of the Republic of Belarus, who served for a long time as the head of the criminal police of the Zhodino City Department of Internal Affairs. In 2012, he resigned, and in 2014, he became an entrepreneur.
+Igor says that they served for the idea of protecting people and fighting crime. He is outraged that security forces beat people, noting that "there are a small number of provocateurs, but you can isolate them with your own forces, and not act as punishers and oppose yourselves to our calm, hard-working people." He calls on the security forces to remember that they swore an oath to the people. "We hope for your understanding and your officer's honor," the man concludes.
+In 2020, he and four other former employees of the Zhodino City Department of Internal Affairs recorded an appeal to colleagues who worked in the Zhodino police during the protests and to all law enforcement officers in Belarus.
+According to media reports , all five were detained in early February 2024.</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:21:32</t>
   </si>
   <si>
     <t>Andrey Vitalievich Verevkin</t>
   </si>
   <si>
     <t>23 may 1991</t>
   </si>
   <si>
     <t>2025-12-08 04:18:36</t>
   </si>
   <si>
     <t>Victoria Valentinovna Domostoy</t>
   </si>
   <si>
     <t>24 may 1979</t>
   </si>
   <si>
     <t>The first time she was detained by the KGB at the end of January 2024 (during the mass detentions of relatives and friends of political prisoners) for writing letters and transferring money to the accounts of political prisoners in the pre-trial detention center of prison No. 1. Then a criminal case was opened against her under Art. 361-2 (financing extremist activities), but the woman was not taken into custody.
 During the search, equipment and money were confiscated from her. After examining the technique, unwanted comments were allegedly discovered on social networks, and an examination was then carried out on them. After receiving the results of the examination, on April 20, 2024, Victoria was re-detained and placed in a temporary detention facility, and subsequently in a pre-trial detention center.</t>
   </si>
   <si>
     <t>Trial outcome 17.01.2025: 5 years of imprisonment in colony under general regime conditions. Appeal date unknown: 4 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-05-08 20:21:14</t>
   </si>
   <si>
     <t>Alexander Viktorovich Korzyuk</t>
   </si>
   <si>
     <t>25 may 1968</t>
   </si>
   <si>
     <t>Until recently, Alexander Korzyuk headed the Finance Department for Housing and Utilities, Transport, and Communications at the Ministry of Finance. He has never given a public interview. It is only known that he is a good chess player.
 The trial was held behind closed doors.
 According to former political prisoners who served time with Alexander in the same penal colony, he was registered as prone to extremism and deprived of parcels and visits from his family. He pleaded not guilty.</t>
   </si>
   <si>
     <t>Trial outcome 12.07.2024: 13 years of imprisonment in colony under enhanced security conditions. Appeal 20.12.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-12-22 13:22:50</t>
   </si>
   <si>
     <t>Olga Olegovna Oleshkevich</t>
   </si>
   <si>
     <t>25 may 1984</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...2 lines deleted...]
-    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Trial outcome 21.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-08-22 19:24:35</t>
   </si>
   <si>
     <t>Sergei Nikolaevich Leonyuk</t>
   </si>
   <si>
     <t>25 may 1971</t>
   </si>
   <si>
     <t>Detained for comments on social networks.</t>
   </si>
   <si>
     <t>Trial outcome 22.09.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 17.11.2023: unknown.</t>
   </si>
   <si>
     <t>2023-02-08 02:03:58</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly Adygezalov</t>
+  </si>
+  <si>
+    <t>26 may 1978</t>
+  </si>
+  <si>
+    <t>Emin Givami Ogly was detained and convicted of setting fire to a stronghold in Bobruisk.
+Emin has problems with his legs and walks with a stick.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.03.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 1740 rubles of compensation. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Vadim Vladimirovich Lutsevich</t>
   </si>
   <si>
     <t>26 may 1992</t>
   </si>
   <si>
     <t>Highly qualified IT specialist.
 Father of two children, 8 and 6 years old.</t>
   </si>
   <si>
     <t>Trial outcome 01.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 03.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-21 13:49:37</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-03-12 20:57:51</t>
   </si>
   <si>
     <t>Ilya Olegovych Naryshkin</t>
   </si>
   <si>
     <t>27 may 2003</t>
   </si>
   <si>
     <t>Ilya Naryshkin is 21 years old. He is originally from Slonim, but spent part of his childhood in Grodno. Ilya’s father is Ukrainian, born in Krivoy Rog. He graduated from an aviation school back in Soviet times, but worked as a mechanical engineer in different countries. They haven’t lived together with the guy’s mother for a very long time.
 Ilya entered the Academy of the Ministry of Internal Affairs. Now he should have completed his third year at the Faculty of Criminal Corrections. It is known that during his studies he lived an active life - he performed in various competitions and even participated in an intellectual game from the Belarus-2 TV channel, called “Tower”. The latest public information about him dates back to March 2023.
 Perhaps 21-year-old Ilya Naryshkin wanted to join the Belarusian volunteers in Ukraine. People who expressed their intention to go to fight on the side of Ukraine, expressed online or offline, were most often judged under the articles that were brought against him lately. Some of these people corresponded with fake bots of the Kalinovsky regiment, created by the special services of the Republic of Belarus.</t>
   </si>
   <si>
     <t>Trial outcome 14.08.2024: 15 years of imprisonment in colony under enhanced security conditions, 600 basic values fine.</t>
   </si>
   <si>
     <t>2024-07-10 15:36:04</t>
   </si>
   <si>
+    <t>Pavel Mikhailovich Sava</t>
+  </si>
+  <si>
+    <t>27 may 1974</t>
+  </si>
+  <si>
+    <t>Pavel was arrested on December 1, 2020, along with Nikolai Autukhovich , whom authorities immediately declared "the organizer and leader of a terrorist group." He was convicted of "participation in a criminal organization" and "act of terrorism."
+A trial regarding changes to the prison regime was held in February 2024, but the outcome is still unknown. That spring, Pavel and two other defendants in the "case" were ordered to pay over 40,000 rubles in compensation for damage to police officers' property.
+Pavel often has high blood pressure and feels unwell, his feet swell so much that he can’t put on shoes.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 31.03.2023: the sentence was upheld. Regime change trial 12.02.2024: 2 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:41:40</t>
+  </si>
+  <si>
+    <t>Mikita Starazhenka</t>
+  </si>
+  <si>
+    <t>27 may 1993</t>
+  </si>
+  <si>
+    <t>Nikita Storozhenko is a former detective. He resigned after the presidential elections of Belarus in 2020 in protest against the current government. After his dismissal, Nikita worked as a lawyer.
+He was detained on April 23, 2021 for "unauthorized picketing", convicted and sentenced to 15 days in prison according to Article part 1 of Article 24.23 of the Code of the Republic of Belarus on Administrative Offenses. He was released on May 8, 2021.
+On May 4, 2021, Storozhenko, like other law enforcement officials who resigned in protest, was deprived of the rank of senior lieutenant of justice reserve by Lukashenka.
+Nikita was detained again on February 1, 2022 in a shopping center in Minsk. In a video posted on the telegram channel of the Ministry of Internal Affairs, he says that he transferred the contacts of two employees of the Main Directorate for Combating Organized Crime and Corruption and the deputy head of the Investigative Committee for Minsk to one of the "protest telegram channels".
+The trial took place on November 15, 2022 in the Minsk City Court. Nikita was tried for "inciting other social enmity and discord" under Part 3 of Article 130 of the Criminal Code of the Republic of Belarus, as well as for "illegal collection and dissemination of information about private life" (Part 1 of Article 179 of the Criminal Code of the Republic of Belarus).
+On December 2, 2022, he was sentenced to seven years in a high-security penal colony. he is also obliged to pay a fine of 5 000 BYN (2 056 USD) as moral compensation to employees, whose data, according to the prosecution, he transmitted to the "protest telegram channel".</t>
+  </si>
+  <si>
+    <t>Trial outcome 02.12.2022: 7 years of imprisonment in colony under enhanced security conditions. Regime change trial 11.01.2025: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2022-02-11 19:13:39</t>
+  </si>
+  <si>
     <t>Александр Александрович Марченко</t>
   </si>
   <si>
     <t>27 may 1961</t>
   </si>
   <si>
     <t>He was detained by police on October 19, 2023. After his arrest, he served two administrative arrests of 15 days each. Human rights activists know that the second of them was appointed on November 3 by the Central District Court of Minsk. Then Judge Yuliana Shcherba found 63-year-old Marchenko guilty of “distributing extremist materials” (under Part 2 of Article 19.11 of the Administrative Code).
 Alexander's trial began on March 25 , 2024 in the Minsk City Court.
 On June 4, 2024, Alexander’s appeal was considered. The complaint was left unsatisfied.</t>
   </si>
   <si>
     <t>3 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2024-03-28 19:41:28</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-02-27 00:41:40</t>
   </si>
   <si>
     <t>Vladimir Tadeushevich Gundar</t>
   </si>
   <si>
     <t>28 may 1960</t>
   </si>
   <si>
     <t>Vladimir was arrested on December 30, 2020, as part of the criminal "Avtukhovich case" on charges of "preparing a terrorist attack," but this charge was later dropped. In May 2021, he was convicted of "violence against an official." Investigators claimed that during his arrest, he threatened investigators and smashed his mobile phone.
 The "Autukhovich case" began in May 2022. During the trial, Vladimir was removed from the sessions several times and sent to solitary confinement. At one of the June sessions, he was placed in a cage in his underwear, with his hands handcuffed to the bars. In response, Vladimir went on a hunger strike, which he held for 11 days. In this case, he was convicted of "creating a criminal organization" and "attempting to seize power."
 In December 2022, Vladimir was charged with insulting prosecutor Lyudmila Gerasimenko, who represented the prosecution in the "Autukhovich case," and was given an additional term. He was ultimately sentenced to 20 years in a maximum-security penal colony.
 Transferred to prison regime in October 2023.</t>
   </si>
   <si>
     <t>Trial outcome 20.05.2021: 3 years of imprisonment in colony under general regime conditions. Trial outcome 17.10.2022: 18 years of imprisonment in colony under enhanced security conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Trial outcome 17.04.2023: 2 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 06.06.2023: the sentence was upheld. Regime change trial 10.10.2023: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-27 00:47:49</t>
   </si>
   <si>
-    <t>Natalia Kravchuk</t>
+    <t>Dzmitry Valeryevich Kalinouski</t>
+  </si>
+  <si>
+    <t>28 may 1977</t>
+  </si>
+  <si>
+    <t>Since 2000, Dmitry has worked as a systems administrator at Belarusian Railways. His job involved configuring network equipment.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal 11.02.2026: unknown.</t>
+  </si>
+  <si>
+    <t>2026-03-02 20:40:16</t>
+  </si>
+  <si>
+    <t>Pavel Aliaksandravich Veraskouski</t>
+  </si>
+  <si>
+    <t>28 may 1998</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.11.2025: 4 years of imprisonment in colony under enhanced security conditions, 500 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-11 13:17:41</t>
+  </si>
+  <si>
+    <t>Natalia Eduardovna Krauchak</t>
   </si>
   <si>
     <t>29 may 1969</t>
   </si>
   <si>
-    <t>Trial outcome 03.11.2025: 2 years 8 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+    <t>Trial outcome 03.11.2025: 2 years 8 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-09-17 17:58:15</t>
   </si>
   <si>
     <t>Olga Alexandrovna Barunova</t>
   </si>
   <si>
     <t>30 may 1978</t>
   </si>
   <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
     <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2026-01-23 13:20:24</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Lopukh</t>
   </si>
   <si>
     <t>30 may 1982</t>
   </si>
   <si>
     <t>Alexander was detained in a criminal case opened after a protest that took place in Pinsk on the night of August 9-10, 2020 against falsifications in the presidential elections. He was convicted of participating in "mass riots."</t>
   </si>
   <si>
     <t>Trial outcome 06.07.2021: 5 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 03.09.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-04-09 19:40:52</t>
+  </si>
+  <si>
+    <t>Andrei Bykau</t>
+  </si>
+  <si>
+    <t>30 may 1971</t>
+  </si>
+  <si>
+    <t>Convicted of insulting comments on the Internet.</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment in a penal colony of strict regime, as well as deprivation of the rank of lieutenant colonel of the reserve.</t>
+  </si>
+  <si>
+    <t>2022-11-24 17:48:26</t>
+  </si>
+  <si>
+    <t>Raman Mikalayevich Karpau</t>
+  </si>
+  <si>
+    <t>30 may 1981</t>
+  </si>
+  <si>
+    <t>Presumably detained for political reasons, he has been in Pre-trial Detention Center No. 1 since approximately April 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-28 14:00:13</t>
+  </si>
+  <si>
+    <t>Elena Vasilievna Zmushko</t>
+  </si>
+  <si>
+    <t>31 may 1986</t>
+  </si>
+  <si>
+    <t>Elena was traveling with her son to visit her parents when she was arrested for assisting political prisoners.
+In recent years, she and her family lived in Warsaw. There, in February 2021, Elena became a co-founder and lead business analyst at the startup GlobalTips, which helps government agencies transition to digital. Their service allows users to leave cashless tips to waiters using a QR code.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.11.2025: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-14 13:04:55</t>
+  </si>
+  <si>
+    <t>Dzmitry Vasilyevich Danilchyk</t>
+  </si>
+  <si>
+    <t>31 may 1991</t>
+  </si>
+  <si>
+    <t>It is known that Danilchik was detained in Slonim in August 2023 and initially arrested for 15 days, after which a criminal case was opened .
+According to the prosecution materials, Danilchik “repeatedly posted in extremist chats on the Telegram messenger and in public chats on the YouTube video hosting service information of an offensive nature against Lukashenko, degrading his honor, personal dignity and authority. From February 2022 to July 2023, he posted on the Internet in messages and comments that are indecent in form and derogatory in intent towards government officials in connection with the performance of their official duties."</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.05.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 18.07.2024: unknown. Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2023-09-11 12:56:46</t>
   </si>
   <si>
     <t>Anastasia Vladimirovna Lazarenko</t>
   </si>
   <si>
     <t>31 may 1982</t>
   </si>
   <si>
     <t>Advocate. She was detained in early June 2022, two days after her 40th birthday, for leaking data to Telegram channels. The security forces came to detain a woman with machine guns and bulletproof vests - they climbed into the windows and broke down the door.
 In March 2023, it became known that she was also charged under Art. 203-1 of the Criminal Code (Illegal actions regarding information about private life) and Part 1 of Art. 342 of the Criminal Code. According to investigators, she allegedly organized an unauthorized mass event when she held a consultation near Akrestsina in August 2020.
 In the wild , she left an elderly father and a 19-year-old son who has been suffering from Crohn's disease since the age of 16.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2022-08-26 15:26:58</t>
   </si>
   <si>
     <t>Tatiana Nikolaevna Rusak</t>
   </si>
   <si>
     <t>31 may 1976</t>
   </si>
   <si>
     <t>On May 15, 2023, ONT released the propaganda film “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day,” which told the details of the case. It was reported there that allegedly the KGB, on the eve of Victory Day on May 9, 2023, “prevented a terrorist attack under the supervision of Kiev." They said that the explosives were in electric stoves, which were sent to the detainees via parcels. The organizer of the action was named 23-year-old Belarusian Valery Vodin, who fought in Ukraine.
 The video said that parcels with electric stoves containing explosives were delivered to the Minsk SDEK point in Kamennaya Gorka on March 21, 2023 from Kyiv via Italy. 29-year-old Victoria Volchek confirmed during interrogation that she received the parcel - Valery Vodin asked her to receive the parcel. BSU student Anna Savochkina and her mother Tatyana Rusak took the tile from Volchek and buried it in the cemetery in Kolodishchi. The second tile was picked up by dental technician Andrei Grigoriev and taken to the gardening partnership "Avtoremontnik 124" near Olekhnovichi.</t>
   </si>
   <si>
     <t>2024-07-20 13:28:29</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-11-14 13:04:55</t>
   </si>
   <si>
     <t>Oleg Borisovich Loiko</t>
   </si>
   <si>
     <t>Oleg Loiko, an evangelical pastor from the Khoyniki district, is accused of transmitting information about the movement of Russian military equipment through Belarus.
 48-year-old Oleg Loiko is the pastor of an evangelical Christian church in the village of Nebytov in the Khoyniki District. Last December, he was arrested for 10 days for "spreading extremism."
 The pastor spent many years rehabilitating people with drug addictions through the "Return" mission. Thanks to his work, hundreds of people have returned to normal lives. He has previously received numerous glowing reviews from state media.
 A church minister was sentenced to three and a half years in a maximum-security prison for providing information about the movement of Russian military equipment to the Belarusian Gayun monitoring project. The trial was held behind closed doors.
 Pastor Oleg does not admit that he committed crimes and considers his conscience clear before God.
-He was re-sentenced in October 2025.</t>
+He was re-sentenced in October 2025.
+In the colony, Oleg's heart condition worsened, and intervertebral hernias made it very difficult for him to walk.</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 3 years 6 months of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-04-23 18:28:18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1610,2167 +1742,2404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
       <c r="I10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
         <v>74</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
       </c>
       <c r="I15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
         <v>92</v>
       </c>
       <c r="I16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>94</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
       <c r="C17" t="s">
         <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>98</v>
       </c>
       <c r="I17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>100</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
       <c r="C18" t="s">
         <v>102</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H18" t="s">
         <v>104</v>
       </c>
       <c r="I18" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>106</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>22</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
       </c>
       <c r="I19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="I20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>115</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>117</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>103</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H21" t="s">
         <v>118</v>
       </c>
       <c r="I21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>120</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
       <c r="C22" t="s">
         <v>122</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I22" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
         <v>133</v>
       </c>
       <c r="I24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>135</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" t="s">
         <v>138</v>
       </c>
       <c r="I25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>140</v>
       </c>
       <c r="B26" t="s">
         <v>141</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>142</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G28" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="H28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>164</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" t="s">
         <v>165</v>
       </c>
-      <c r="G30" t="s">
-[...2 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
         <v>168</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>169</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>170</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H31" t="s">
         <v>171</v>
       </c>
       <c r="I31" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>173</v>
       </c>
       <c r="B32" t="s">
         <v>174</v>
       </c>
       <c r="C32" t="s">
         <v>175</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" t="s">
         <v>176</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>178</v>
+      </c>
+      <c r="B33" t="s">
         <v>179</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>180</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>182</v>
+        <v>79</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="I33" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>183</v>
+      </c>
+      <c r="B34" t="s">
         <v>184</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>185</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>186</v>
       </c>
-      <c r="D34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H34" t="s">
+        <v>41</v>
+      </c>
+      <c r="I34" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>188</v>
+      </c>
+      <c r="B35" t="s">
         <v>189</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>190</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>109</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35" t="s">
         <v>191</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>193</v>
+      </c>
+      <c r="B36" t="s">
         <v>194</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>195</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>196</v>
       </c>
-      <c r="D36" t="s">
-[...2 lines deleted...]
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="I36" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" t="s">
         <v>199</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>200</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37" t="s">
         <v>201</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" t="s">
         <v>204</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
         <v>209</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>127</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
         <v>214</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H40" t="s">
+        <v>216</v>
+      </c>
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
         <v>219</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>79</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H41" t="s">
+        <v>221</v>
+      </c>
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
         <v>224</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>91</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
         <v>229</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
         <v>234</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
+        <v>236</v>
+      </c>
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
         <v>239</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
         <v>244</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>245</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>91</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" t="s">
         <v>246</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" t="s">
         <v>249</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>250</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H47" t="s">
+        <v>251</v>
+      </c>
+      <c r="I47" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
         <v>254</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>255</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>103</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
         <v>256</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
         <v>259</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>260</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>97</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H49" t="s">
         <v>261</v>
       </c>
       <c r="I49" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>263</v>
       </c>
       <c r="B50" t="s">
         <v>264</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50" t="s">
         <v>265</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
         <v>268</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>269</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>46</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51" t="s">
         <v>270</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
         <v>273</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C53" t="s">
         <v>279</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>153</v>
+        <v>22</v>
+      </c>
+      <c r="H53" t="s">
+        <v>41</v>
       </c>
       <c r="I53" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>281</v>
       </c>
       <c r="B54" t="s">
+        <v>278</v>
+      </c>
+      <c r="C54" t="s">
         <v>282</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I54" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>285</v>
       </c>
       <c r="B55" t="s">
         <v>286</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>79</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H55" t="s">
         <v>287</v>
       </c>
       <c r="I55" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>289</v>
       </c>
       <c r="B56" t="s">
         <v>290</v>
       </c>
       <c r="C56" t="s">
         <v>291</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>52</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" t="s">
+        <v>290</v>
+      </c>
+      <c r="C57" t="s">
         <v>294</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" t="s">
         <v>295</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>297</v>
+      </c>
+      <c r="B58" t="s">
         <v>298</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>299</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>97</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="I58" t="s">
         <v>300</v>
-      </c>
-[...13 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>301</v>
+      </c>
+      <c r="B59" t="s">
+        <v>302</v>
+      </c>
+      <c r="C59" t="s">
         <v>303</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I59" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>306</v>
       </c>
       <c r="B60" t="s">
         <v>307</v>
       </c>
       <c r="C60" t="s">
         <v>308</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H60" t="s">
         <v>309</v>
       </c>
       <c r="I60" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>311</v>
       </c>
       <c r="B61" t="s">
         <v>312</v>
       </c>
       <c r="C61" t="s">
         <v>313</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="H61" t="s">
         <v>314</v>
       </c>
       <c r="I61" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>316</v>
       </c>
       <c r="B62" t="s">
         <v>317</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
+        <v>97</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" t="s">
+        <v>69</v>
+      </c>
+      <c r="I62" t="s">
         <v>318</v>
-      </c>
-[...10 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>319</v>
+      </c>
+      <c r="B63" t="s">
+        <v>320</v>
+      </c>
+      <c r="C63" t="s">
         <v>321</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63" t="s">
         <v>322</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>324</v>
+      </c>
+      <c r="B64" t="s">
+        <v>325</v>
+      </c>
+      <c r="C64" t="s">
         <v>326</v>
       </c>
-      <c r="B64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>113</v>
+        <v>79</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="I64" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>329</v>
+      </c>
+      <c r="B65" t="s">
+        <v>330</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="B65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="C66" t="s">
+        <v>335</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>46</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>336</v>
+      </c>
+      <c r="I66" t="s">
         <v>337</v>
-      </c>
-[...22 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B67" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C67" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>46</v>
+        <v>341</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="I67" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>344</v>
+      </c>
+      <c r="B68" t="s">
+        <v>345</v>
+      </c>
+      <c r="C68" t="s">
+        <v>346</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>109</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>348</v>
-      </c>
-[...19 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>349</v>
+      </c>
+      <c r="B69" t="s">
+        <v>350</v>
+      </c>
+      <c r="C69" t="s">
+        <v>351</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>127</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" t="s">
         <v>352</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B70" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" t="s">
+        <v>356</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>85</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" t="s">
         <v>357</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>358</v>
-      </c>
-[...16 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
+        <v>360</v>
+      </c>
+      <c r="C71" t="s">
         <v>361</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>97</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" t="s">
         <v>362</v>
       </c>
-      <c r="D71" t="s">
-[...11 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
         <v>365</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>366</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H72" t="s">
+        <v>367</v>
+      </c>
+      <c r="I72" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>369</v>
+      </c>
+      <c r="B73" t="s">
         <v>370</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>371</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>97</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73" t="s">
         <v>372</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>374</v>
+      </c>
+      <c r="B74" t="s">
         <v>375</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>376</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
       <c r="I74" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>379</v>
       </c>
       <c r="B75" t="s">
         <v>380</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75" t="s">
         <v>381</v>
       </c>
-      <c r="D75" t="s">
-[...11 lines deleted...]
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>383</v>
+      </c>
+      <c r="B76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
       </c>
-      <c r="I76" t="s">
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
         <v>387</v>
+      </c>
+      <c r="B77" t="s">
+        <v>388</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>389</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" t="s">
+        <v>390</v>
+      </c>
+      <c r="I77" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>392</v>
+      </c>
+      <c r="B78" t="s">
+        <v>393</v>
+      </c>
+      <c r="C78" t="s">
+        <v>394</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>46</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>395</v>
+      </c>
+      <c r="I78" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>397</v>
+      </c>
+      <c r="B79" t="s">
+        <v>398</v>
+      </c>
+      <c r="C79" t="s">
+        <v>399</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>46</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" t="s">
+        <v>400</v>
+      </c>
+      <c r="I79" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>402</v>
+      </c>
+      <c r="B80" t="s">
+        <v>403</v>
+      </c>
+      <c r="C80" t="s">
+        <v>404</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80" t="s">
+        <v>211</v>
+      </c>
+      <c r="I80" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>406</v>
+      </c>
+      <c r="B81" t="s">
+        <v>407</v>
+      </c>
+      <c r="C81" t="s">
+        <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>21</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>416</v>
+      </c>
+      <c r="B83" t="s">
+        <v>417</v>
+      </c>
+      <c r="C83" t="s">
+        <v>418</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>21</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" t="s">
+        <v>419</v>
+      </c>
+      <c r="I83" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>421</v>
+      </c>
+      <c r="B84" t="s">
+        <v>422</v>
+      </c>
+      <c r="C84" t="s">
+        <v>423</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>36</v>
+      </c>
+      <c r="I84" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>425</v>
+      </c>
+      <c r="B85" t="s">
+        <v>422</v>
+      </c>
+      <c r="C85" t="s">
+        <v>426</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>109</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" t="s">
+        <v>427</v>
+      </c>
+      <c r="I85" t="s">
+        <v>428</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">