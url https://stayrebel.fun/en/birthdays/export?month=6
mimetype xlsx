--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -163,416 +163,410 @@
   </si>
   <si>
     <t>Dmitry Ivanovich Poltorak</t>
   </si>
   <si>
     <t>1 june 1987</t>
   </si>
   <si>
     <t>Dmitry was convicted in August 2022 of "organizing and preparing actions that grossly violate public order, or actively participating in them," for participating in peaceful protests that took place in Minsk in 2020. Dmitry was captured on video by a journalist at the protests in the first days after the elections.
 In May 2023, it became known that Dmitry was detained in a correctional facility and tried under an administrative article for "dissemination of extremist materials," and sentenced to administrative arrest, which he served in the Gomel temporary detention facility.
 In July of that year, a court hearing was held to discuss the issue of replacing the restriction of freedom with imprisonment in a penal colony; the outcome of the hearing is unknown.</t>
   </si>
   <si>
     <t>IUOT-7, Gomel, ul. Borisenko, 13, 246020</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Trial outcome 05.08.2022: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 08.11.2022: the sentence was upheld. Regime change trial 11.07.2023: unknown.</t>
   </si>
   <si>
     <t>2022-04-06 14:47:35</t>
   </si>
   <si>
-    <t>Roman Yuryevich Parfenov</t>
-[...31 lines deleted...]
-  <si>
     <t>Dmitriy Nikolaevich Ivashkov</t>
   </si>
   <si>
     <t>2 june 1981</t>
   </si>
   <si>
     <t>A member of the initiative group of presidential candidate Svetlana Tikhanovskaya was detained on September 27, 2020, in Gomel during a peaceful protest and accused of participating in "mass riots" and planning to "seize buildings."
 In the winter of 2023, Dmitry was transferred to prison regime.</t>
   </si>
   <si>
     <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
   </si>
   <si>
     <t>Trial outcome 04.05.2021: 6 years of imprisonment in colony under enhanced security conditions. Appeal 06.08.2021: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
+  </si>
+  <si>
+    <t>Nikolay Nikolaevich Lepeshko</t>
+  </si>
+  <si>
+    <t>2 june 1977</t>
+  </si>
+  <si>
+    <t>Father Nikolai, 47, was detained along with his wife Elena, 46, and their son Nikita, 24, for participating in the 2020 protest.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 03.02.2025: unknown years restrictions of freedom without referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-01-31 20:22:02</t>
+  </si>
+  <si>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 june 1982</t>
+  </si>
+  <si>
+    <t>According to the court, the essence of the charge against everyone was that on August 10, 2020, people in Brest "shouted slogans, whistled, clapped their hands, demonstrated white-red-white banners, and went out onto the roadway." In doing so, they allegedly grossly violated public order.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.09.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 15.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
+    <t>Yuri Gennadievich Olkhovik</t>
+  </si>
+  <si>
+    <t>3 june 1987</t>
+  </si>
+  <si>
+    <t>A businessman detained in the fall of 2023 for calling for sanctions. A criminal case has been initiated against Yuri, he is taken into custody (the place of detention is being specified).
+On the air of the pro-government TV channel "Belarus 1" Yuri Olkhovik is presented as "co-founder of the company - the official distributor of global manufacturers." He himself said that he was engaged in the supply of non-destructive testing and chemical analysis equipment, and testing equipment. He wrote a letter to the European company with a request to terminate cooperation with the Belarusian company included in the sanctions list.</t>
+  </si>
+  <si>
+    <t>2024-01-03 01:34:38</t>
   </si>
   <si>
     <t>Aleksey Firdovsovich Kudlasov</t>
   </si>
   <si>
     <t>3 june 1998</t>
   </si>
   <si>
     <t>Alexey was detained on July 1, 2021, in Minsk by officers from the Main Directorate for Combating Organized Crime and Corruption (GUBOPiK). The following day, the court sentenced him to 15 days of administrative arrest, but instead of release, he was transferred to a pretrial detention center. He became a defendant in a criminal case for group actions grossly violating public order.
 The case was heard under four articles of the Criminal Code: "organizing mass riots," "creating an extremist group," "inciting social hatred," and "insulting a government official." The trial was held behind closed doors, and the details of the charges are unknown.
 In April 2022, the court sentenced Alexey to 11 years in prison. After the trial, pro-government channels published a video claiming that Alexey was the administrator of the Telegram chat "Cascade." A video about him had previously been filmed on TUT.BY.
 In July 2023, it became known that he was in pre-trial detention, and on August 11, 2023, he was again found guilty in a new case of “creating an extremist group,” adding another 6 months to his sentence.</t>
   </si>
   <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
   </si>
   <si>
     <t>Trial outcome 25.04.2022: 11 years of imprisonment in colony in strict regime conditions. Trial outcome 11.08.2023: 7 years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
-    <t>Yuri Gennadievich Olkhovik</t>
-[...11 lines deleted...]
-  <si>
     <t>Andrey Sergeevich Zagorsky</t>
   </si>
   <si>
     <t>4 june 1988</t>
   </si>
   <si>
     <t>Andrey is originally from Dokshitsy. After school in 2006, he entered the Belarusian State University of Informatics and Radioelectronics, studied at the Faculty of Computer Systems and Networks. He is registered in Kopishche. During his studies, Andrey began working at EPAM. According to Linkedin, he recently worked as a Lead Software Engineer — he managed part of the development team on the project. It is unknown whether he recently lived in Belarus or not, but he traveled a lot.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 01.04.2025: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
+    <t>Dmitry Dmitrievich Korneev</t>
+  </si>
+  <si>
+    <t>5 june 1995</t>
+  </si>
+  <si>
+    <t>Dmitry was arrested and convicted of throwing a Molotov cocktail towards military personnel on August 10, 2020. According to investigators, the bottles were transported to the center of Gomel by Leonid Kovalev, who hid them and handed them over to Dmitry and Nikita Zolotorev that evening with an offer to set fire to a building, bus or paddy wagon. Dmitry partially admitted his guilt, explaining that he threw the cocktail in order to buy time and avoid detention.
+In December 2021, he was transferred to prison regime for “malicious disobedience to the demands of the administration of the correctional institution.”</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.02.2021: 8 years of imprisonment in colony in strict regime conditions. Appeal 23.04.2021: the sentence was upheld. Regime change trial 08.12.2021: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:13:22</t>
+  </si>
+  <si>
+    <t>Alexey Petrovich Kamovich</t>
+  </si>
+  <si>
+    <t>5 june 1979</t>
+  </si>
+  <si>
+    <t>Bank manager. Has 15 years of experience in managing regional divisions of banks.
+Last place of work: RRB bank.</t>
+  </si>
+  <si>
+    <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2025-09-14 23:00:07</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Nikolaeva</t>
+  </si>
+  <si>
+    <t>In December 2024, pro-government media posted an audio recording of Olga, who is accused of participating in the "White Wings of Baranovichi" chat. When the KGB declared the "White Wings of Baranovichi" chat - a very small and long-inactive district chat - an extremist group, Olga was named among the participants. Olga was contacted through an unprotected account. It was linked to the girl's own number. Most likely, Olga was held in a pre-trial detention center before the trial.
+Olga plays drums and was a drummer in amateur music groups as a student. She and her husband enjoy traveling.</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
+    <t>Sergey Yuryevich Manzhos</t>
+  </si>
+  <si>
+    <t>5 june 1991</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.10.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Svetlana Ivanovna Kashkel</t>
+  </si>
+  <si>
+    <t>5 june 1963</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 june 1980</t>
+  </si>
+  <si>
+    <t>Vitold Shalkevich is 44 years old. He comes from the large town of Porozovo in the Svisloch district. The man has a wife and two underage daughters.
+Vitold was detained in August 2023 right at work. At first, he was sentenced to arrest for "dissemination of extremist materials." Then, the Gubopikovites filmed a video with him and transferred him from the pretrial detention center. According to pro-government Telegram channels, Shalkevich left several thousand comments in various chats.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 june 1988</t>
+  </si>
+  <si>
+    <t>A resident of Vitebsk, detained for reposts on social networks. The court is closed, the young man has no relatives. It is known that he is about 30 years old, he left for work, he was detained in Belarus on his return. Three days after his arrest, his mother died. There are no more relatives left.</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.08.2022: 4 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
     <t>Natalia Olegovna Lobatsevich</t>
-  </si>
-[...1 lines deleted...]
-    <t>5 june 1963</t>
   </si>
   <si>
     <t>Tatyana Frantskevich and Natalya Lobatsevich were detained on July 19, 2024, when Tatyana was summoned to the Investigative Committee to sign a pledge not to leave the city of Polotsk, and Natalya went with her to support her.
 A criminal case was opened against Tatyana Frantskevich, the mother of convicted anarchist Alexander Frantskevich, and her sister Natalia Lobatsevich, the mother of former political prisoner Ilya Lobatsevich, and they were placed in a pretrial detention facility in Vitebsk.</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
   </si>
   <si>
     <t>Trial outcome 18.02.2025: 3 years of imprisonment in colony under general regime conditions. Appeal 15.04.2025: sent for review. Trial outcome 16.06.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-07-25 20:42:36</t>
-  </si>
-[...114 lines deleted...]
-    <t>2024-12-02 17:55:42</t>
   </si>
   <si>
     <t>Denis Yevgenievich Ivashin</t>
   </si>
   <si>
     <t>6 june 1979</t>
   </si>
   <si>
     <t>Denis is a journalist and volunteer editor for the Belarusian version of InformNapalm, a freelance correspondent for Novaga Chas. His investigations touched on the influence of the "Russian world" on Belarus and Syria, construction in Kurapaty, and the transition of former Ukrainian Berkut officers to the Belarusian security forces.
 In March 2021, he was detained by KGB officers on charges of "interfering with the activities of the police." Searches were conducted in his apartment, his mother's apartment, and his 95-year-old grandmother's apartment. In 2022, it became known that he was also accused of collaborating with Ukrainian intelligence.
 In September 2022, Denis was convicted under articles on "treason" and "interference in the activities of an internal affairs officer", but the latter charge was later replaced with "illegal collection or dissemination of data about personal life".
 In June 2023, he was transferred to a maximum security prison without notifying his family or lawyer.
 In April 2024, the political prisoner was deprived of parcels, and sending vitamins now requires permission from the prison doctor.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 14.09.2022: 13 years 1 month of imprisonment in colony under enhanced security conditions, 150 basic values fine, 18000 rubles of compensation. Appeal 20.12.2022: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
     <t>Denis Valentinovich Salmanovich</t>
   </si>
   <si>
     <t>6 june 1991</t>
   </si>
   <si>
     <t>At first he was in Okrestina. Then he was arrested under the Criminal Code. Relatives note that Denis is a good, honest, fair and sympathetic guy. On pro-government channels, Denis is called the "chief visual editor" of the Supraci movement videos. In the video, Salmanovich says that he was detained by police officers because he "was a member of destructive Telegram channels", "collaborated with "Busly Lyatsyats"" and participated in protests in 2020.
 The Court of Appeal reduced the sentence from 10 to 9.5 years' imprisonment.
 Denis has a serious illness - chronic glomerulonephritis after hemorrhagic vasculitis. In the summer of 2024, an ambulance took the man from the colony. Salmanovich underwent surgery - his gallbladder was removed. After the operation, the man spent another week in the colony's medical unit until his stitches were removed.
 The mother of the political prisoner says that the last time Denis contacted her was in mid-November 2024. After the call, the man was immediately taken to a punishment cell, where he remains to this day (January 2024).
 In April 2025, his punishment was increased and he was transferred to prison.</t>
   </si>
   <si>
     <t>Trial outcome 30.09.2022: 10 years of imprisonment in colony under enhanced security conditions, 6400 rubles of compensation. Appeal 23.12.2022: 9 years 6 months of imprisonment in colony under enhanced security conditions, 6400 rubles of compensation. Regime change trial date unknown: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-10-26 19:13:17</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Romanov</t>
-[...18 lines deleted...]
-  <si>
     <t>Nikita Alexandrovich Grushevsky</t>
   </si>
   <si>
     <t>7 june 2000</t>
   </si>
   <si>
     <t>Nikita Grushevskyi graduated from the Sukhoi Gomel State Technical University in 2022. He worked shifts in Russia.
 According to information available to human rights activists , Nikita Grushevsky expressed his opinions, including about the individuals currently illegally holding power in Belarus, in online comments on social media communities.
 Among other things, he was convicted for being part of a certain community that the regime declared an “extremist formation.”
 The trial of Nikita Grushevsky was held behind closed doors.</t>
   </si>
   <si>
     <t>Trial outcome 23.09.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Vladislav Aleksandrovich Yatsenko</t>
-[...11 lines deleted...]
-    <t>2023-01-16 01:51:37</t>
+    <t>Sergey Alexandrovich Romanov</t>
+  </si>
+  <si>
+    <t>7 june 1994</t>
+  </si>
+  <si>
+    <t>An anarchist activist was detained while crossing the Belarusian border on the night of October 28-29, 2020, and charged with "arson" and "terrorism." He had previously served a five-year sentence under Article 295-3 of the Criminal Code of the Republic of Belarus and was released in 2019.
+On October 29, 2021, in Gomel, Sergei was sentenced to one year in prison for "violating the terms of supervision" under a previous political article. In March 2023 and September 2024, he was convicted twice of "malicious disobedience to the demands of the penal colony administration." This article is used to try prisoners who refuse to cooperate with the administration for fictitious violations. As a result, his total prison term was 22 years and 11 months.
+In the fall of 2025, it became known that Sergei Romanov had recently been hospitalized for surgery. The operation was planned and went without complications. He was soon to be transferred back to the penal colony.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.12.2021: 20 years of imprisonment in colony in strict regime conditions, approximately 11000 rubles of compensation. Appeal 22.04.2022: the sentence was upheld. Trial outcome 23.03.2023: 11 months of imprisonment in colony in strict regime conditions. Appeal 06.06.2023: the sentence was upheld. Trial outcome 25.09.2024: 2 years of imprisonment in colony in strict regime conditions. Appeal 26.11.2024: the sentence was upheld. Trial outcome 19.05.2025: 1 year 6 months of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Irina Alekseevna Savritskaya</t>
   </si>
   <si>
     <t>8 june 1966</t>
   </si>
   <si>
     <t>Irina worked as a sales specialist and then as a manager at Anastan. She was convicted along with her daughter and husband.
 The criminal case was prompted by a video the family made in the summer of 2020 calling for an end to violence. Gennady, the husband, testified in court that one day in the summer of 2020, emotionally affected by the data he saw online about the violence used by the officers against protesters, he decided to record a video addressing the officers with a call for a justified use of force. He came up with the text of the speech and then asked his daughter to read it. He also asked his wife to speak out about the elections. On the same day, he expressed his wishes for the future of the country on video, and at the end of his speech, he also showed a heart symbol. After that, he found videos on the Internet and edited the video. On the same day, he sent it to several of his friends and relatives.</t>
   </si>
   <si>
     <t>Trial outcome 21.11.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Sofia Ivanovna Bachurinskaya</t>
-[...12 lines deleted...]
-    <t>2025-07-26 15:25:04</t>
+    <t>Valery Igorevich Zalivako</t>
+  </si>
+  <si>
+    <t>8 june 1991</t>
+  </si>
+  <si>
+    <t>On July 16, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.04.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 16.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
+  </si>
+  <si>
+    <t>Jaroslav Petrovich Sakovich</t>
+  </si>
+  <si>
+    <t>9 june 1980</t>
+  </si>
+  <si>
+    <t>According to investigators, he was detained for transmitting data to the Ukrainian Armed Forces. His wife is Ukrainian. He lived in Ukraine and returned to Belarus in 2021 because of his sick parents. He was detained by the KGB, they tortured him all night to make him confess that he had previously fought in Ukraine, they called his wife and promised to send him his head. After that, Yaroslav was released. A year later, he was detained again, now he is in a pre-trial detention center.
+On May 4, 2023, he was sentenced under two articles (370 and 295 of the Criminal Code) to 2 years of imprisonment; after the prosecutor's protest, the sentence was doubled. He is in pretrial detention because two more criminal cases have been initiated. He is accused under the article on treason (part 1 of article 356 of the Criminal Code) for "transferring data to the Armed Forces of Ukraine."
+In the summer of 2024, it became known that Yaroslav was again transferred to Pre-trial Detention Center No. 1.</t>
+  </si>
+  <si>
+    <t>11 years of imprisonment in a colony.</t>
+  </si>
+  <si>
+    <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Maхim Mikhailovich Matyrko</t>
   </si>
   <si>
     <t>9 june 1977</t>
   </si>
   <si>
     <t>Citizen of the Russian Federation, has been living in Minsk for 16 years.
 According to pro-government channels, he was detained for participating in protests in 2020.
 Convicted of participating in protests and setting fire to a car (the exact information on the charge is unknown).
 It became known that Maxim was tried on May 12, 2023 under Part 2 of Art. 411 of the Criminal Code. The verdict is unknown.</t>
   </si>
   <si>
     <t>Trial outcome 06.04.2022: 9 years of imprisonment in colony under enhanced security conditions. Trial outcome 12.05.2023: unknown years of imprisonment in colony under enhanced security conditions. Regime change trial 10.09.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
     <t>Ivan Vladimirovich Kotov</t>
   </si>
   <si>
     <t>9 june 1998</t>
   </si>
@@ -584,203 +578,188 @@
     <t>Trial outcome 27.02.2023: 3 years 6 months of imprisonment in colony under general regime conditions. Appeal 30.06.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-12-09 19:10:12</t>
   </si>
   <si>
     <t>Yuri Mikhailovich Polyukhovich</t>
   </si>
   <si>
     <t>9 june 1986</t>
   </si>
   <si>
     <t>Yuri was initially sentenced to three years of house arrest, and then, in November 2021, to three years of restricted freedom with a placement in an open correctional facility. Both cases involved charges of insulting government officials.
 In 2022, a third criminal case was opened against him under the articles "violence or threat of violence against a police officer," "insulting a government official," and "insulting a judge." In December of that year, Yuri was sentenced to five years of restricted freedom with a referral.</t>
   </si>
   <si>
     <t>IUOT-21, 247783, Gomel region, Mozyr, b-r Yunosti, 24</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years restrictions of freedom without referral to an open-type correctional facility. Appeal date unknown: the sentence was upheld. Trial outcome 23.11.2021: 3 years restrictions of freedom with referral to an open-type correctional facility. Trial outcome 23.12.2022: 5 years restrictions of freedom with referral to an open-type correctional facility. Appeal 24.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-01-30 21:53:18</t>
   </si>
   <si>
-    <t>Pavel Churkin</t>
+    <t>Pavel Nikolaevich Churkin</t>
   </si>
   <si>
     <t>9 june 1987</t>
   </si>
   <si>
-    <t>resident of Mogilev, convicted of insulting Lukashenko.
-[...7 lines deleted...]
-    <t>Trial outcome 24.05.2021: 1 year of imprisonment in colony under general regime conditions. Trial outcome 19.12.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 28.01.2025: unknown.</t>
+    <t>Pavel was first convicted in May 2021 for "insulting Lukashenko" and sentenced to imprisonment in a penal colony. He was released in May 2022, having served his full sentence.
+Pavel was detained again in the spring of 2024 on suspicion of collaborating with the Main Intelligence Directorate of the Ukrainian Ministry of Defense. This was reported on the program "All About the Case" on the state-run television channel Belarus 4. Mogilev. In the published video, Pavel claims to have filmed the deployment of Iskander missiles to pass on to the Ukrainian Armed Forces, and also reads a text presented as an oath of allegiance to Ukraine.
+In November 2024, he faced a series of court hearings under the articles "participation in an armed group or armed conflict, military operations on the territory of a foreign state, recruitment or training of persons for such participation" and "treason." The outcome of the cases is unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.05.2021: 1 year of imprisonment in colony under general regime conditions. Trial outcome 19.11.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 28.01.2025: unknown.</t>
   </si>
   <si>
     <t>2021-09-03 13:56:39</t>
   </si>
   <si>
-    <t>Jaroslav Petrovich Sakovich</t>
-[...15 lines deleted...]
-  <si>
     <t>Yuri Aleksandrovich Moiseenko</t>
   </si>
   <si>
     <t>10 june 1998</t>
   </si>
   <si>
     <t>On April 17, 2024, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
+  </si>
+  <si>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 june 2003</t>
+  </si>
+  <si>
+    <t>Danila is a student at the Francisk Skorina Gomel State University. On October 18, 2024, in the Novobelitsky District Court of Gomel, he and his mother Elena Chibisova were convicted under Part 2 of Article 19.11 of the Code of Administrative Offenses (rape distribution of extremist materials). The outcome of that court hearing is unknown. After that, a criminal case was opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
   </si>
   <si>
     <t>Denis Sergeevich Sidorok</t>
   </si>
   <si>
     <t>10 june 1989</t>
   </si>
   <si>
     <t>Presumably detained for participating in protests in 2020.
 On March 14, 2023, the appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>5 years imprisonment in a general regime colony</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
     <t>Victor Turchenik</t>
   </si>
   <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
     <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
   </si>
   <si>
     <t>2025-09-17 17:45:43</t>
   </si>
   <si>
-    <t>Danila Maksimovich Chibisov</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 june 1978</t>
+  </si>
+  <si>
+    <t>On May 31, 2024, the appeal was considered and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.03.2024: 2 years 8 months of imprisonment in colony under general regime conditions. Appeal 31.05.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
   </si>
   <si>
     <t>Vladislav Dmitrievich Pudyak</t>
   </si>
   <si>
     <t>10 june 1985</t>
   </si>
   <si>
     <t>Head of the Gomselmash workshop.
 On September 8, 2023, an appeal hearing was held, and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 20.06.2023: 11 years of imprisonment in colony under general regime conditions. Appeal 08.09.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-06-03 22:39:05</t>
   </si>
   <si>
-    <t>Sergey Vasilevich Chizhevsky</t>
-[...29 lines deleted...]
-  <si>
     <t>Olga Petrovna Voitekhovich</t>
   </si>
   <si>
     <t>12 june 1974</t>
   </si>
   <si>
     <t>Olga was detained in August 2021 as part of a criminal case initiated under the article "act of terrorism" and convicted in June 2023 under several criminal articles.
 According to the indictment, from July 2020 to January 2022, an "organized criminal group" allegedly preparing extremist crimes operated in Belarus, Turkey, Poland, Ukraine and other countries. It included radical military personnel, security officials, athletes and businessmen who sought to seize power illegally. This case is related to the attempted arson of the house of MP Oleg Gaidukevich in June 2021 and the "organization of mass riots."</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 11 years of imprisonment in colony under general regime conditions. Appeal 04.10.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Vladimir Ivanovich Zhuravko</t>
+  </si>
+  <si>
+    <t>13 june 1985</t>
+  </si>
+  <si>
+    <t>Former operator of the GPU workshop "Ammonia-3". According to preliminary information, he was detained under Articles 356 and 357 of the Criminal Code of the Republic of Belarus (“treason to the state” and “conspiracy or other actions committed with the aim of seizing state power”).
+Vladimir was placed in a KGB pre-trial detention center, then transferred to pre-trial detention center-3.
+On November 9, 2022, the Gomel Regional Court began considering the “Rabochaga Ruhu case”, in which ten political prisoners are involved. On the second day of the trial, all the defendants in the case told the court that they did not admit their guilt in treason and the creation of an extremist group. All the defendants in the “Rabochaga Ruhu case” refused to testify at the trial. On December 27, the trial was closed until the verdict was pronounced, although before that it was held in the open.
+On November 16, 2023, Vladimir’s regime was changed to prison and he will be transferred to prison No. 4 in Mogilev.</t>
+  </si>
+  <si>
+    <t>15 years in a colony under a reinforced regime</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Chabotko</t>
   </si>
   <si>
     <t>13 june 1983</t>
   </si>
   <si>
     <t>Owner of the popular website s13.ru. Sergei was tried on October 25 for "dissemination of extremist materials" . The result of the trial was also 15 days of administrative arrest. That day it became known that the court, at the request of the Grodno city prosecutor, recognized the website s13.ru, which had existed for almost two decades, as "extremist materials" . After the first detention, Sergei was accused of "violating the procedure for organizing or holding mass events". The administrative case was heard on Wednesday by the Leninsky District Court, Judge Natalia Gorbach awarded another 15 days.
 As a result, Sergei Chabotko was tried three times - for distributing extremist materials and "picketing" on the Internet.
 Sergei was not released even after 45 days of administrative arrest. The man was probably taken into custody.
 The KGB of Belarus has recognized the website s13.ru as an "extremist formation ", so Sergei's case is probably connected to this.</t>
   </si>
   <si>
     <t>Trial outcome 31.10.2025: 3 years 6 months of imprisonment in colony under general regime conditions, 1000 basic values fine.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
     <t>Dmitry Vladimirovich Sosnovsky</t>
   </si>
   <si>
     <t>13 june 1990</t>
   </si>
@@ -821,728 +800,661 @@
 On October 20, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 22.08.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 20.10.2023: unknown.</t>
   </si>
   <si>
     <t>2022-10-12 17:00:37</t>
   </si>
   <si>
     <t>Sergey Andreevich Batura</t>
   </si>
   <si>
     <t>13 june 2001</t>
   </si>
   <si>
     <t>He was detained as part of a criminal case on November 9, 2021 for participating in protests. First, he was placed in the pre-trial detention center of the State Security Committee, then transferred to the pre-trial detention center-1.
 He was also accused of receiving telescopic batons, stun guns and other means from abroad.</t>
   </si>
   <si>
     <t>Trial outcome 01.07.2022: 5 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
   </si>
   <si>
-    <t>Vladimir Ivanovich Zhuravko</t>
-[...16 lines deleted...]
-  <si>
     <t>Sergey Romualdovich Plonis</t>
   </si>
   <si>
     <t>14 june 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Sergey, a system administrator in the field of local networks and video surveillance, was arrested on October 2, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a “radical direction”, as well as of intending to damage or destroy three Tabakerka kiosks.
 </t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Anton Vladimirovich Deneyko</t>
   </si>
   <si>
     <t>14 june 1991</t>
   </si>
   <si>
     <t>5 years in prison in a penal colony</t>
   </si>
   <si>
     <t>2023-07-04 13:41:58</t>
   </si>
   <si>
+    <t>Alexander Chumakov</t>
+  </si>
+  <si>
+    <t>14 june 1981</t>
+  </si>
+  <si>
+    <t>He was declared a member of the "extremist group" "Da Zoraў." The KGB believes he and Semyon Malashenkov are members.
+He is known as a musician, a gusli maker, and a member of the group "Stary Olsa." Since 2002, Chumakov has played and sung in the medieval music group "Stary Olsa," using the gusli, flutes, and other ancient instruments. In 2005, he founded the group "Bokal Kola," which performed Belarusian folk dances to the accompaniment of the duda and gusli, but the project was short-lived. Occasionally, the musician performed solo, performing folk dances.
+Ales also translated Irish heroic poetry into Belarusian. In the band Ceilidh Ceol, formed in the mid-2000s, he performed ancient Irish songs in Belarusian dedicated to freedom and the memory of ancestors. In 2020, he lent his vocals to the Belarusian dub of the Netflix series The Witcher, performing the well-known song "Toss a Coin to Your Witcher" in Belarusian.</t>
+  </si>
+  <si>
+    <t>2025-12-16 19:40:03</t>
+  </si>
+  <si>
     <t>Artem Igorevich Kosakovsky</t>
   </si>
   <si>
     <t>14 june 1998</t>
   </si>
   <si>
     <t>Artem worked as an optician at the Lida Optik plant. He received his education at the Grodno Physics and Mathematics Lyceum and the Lida Polytechnic College. He was detained on September 27, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation" and of intending to damage or destroy three Tabakerka kiosks.
 In May 2022, Artem was convicted again for participating in protests that took place in Lida in 2020.</t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 5 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld. Trial outcome 23.05.2022: 1 year 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
     <t>Elena Valerievna Dobysh</t>
   </si>
   <si>
     <t>15 june 1981</t>
   </si>
   <si>
     <t>She was detained in March 2025 as part of a criminal case related to "extremist activity".</t>
   </si>
   <si>
+    <t>Trial outcome 22.10.2025: 3 years of imprisonment in colony under general regime conditions, 500 basic values fine.</t>
+  </si>
+  <si>
     <t>2025-03-27 00:27:54</t>
+  </si>
+  <si>
+    <t>Valery Tadeushevich Viskirsky</t>
+  </si>
+  <si>
+    <t>15 june 1986</t>
+  </si>
+  <si>
+    <t>The initial reason for the detention was the distribution of extremist materials as part of an administrative, politically motivated case.
+During the arrest, the man was charged in a criminal case for numerous likes on Odnoklassniki.
+On July 4, 2023, the appeal was considered. the prior agreement came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.03.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 04.07.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Kuzmin</t>
   </si>
   <si>
     <t>15 june 1980</t>
   </si>
   <si>
     <t>Head of pre-billing and tariffication department of MTS.
 According to the investigation materials , Kuzmin had access to personal information of MTS clients and from August 9, 2020 to April 8, 2021, “leaked” it to the telegram channels “Black Book of Belarus”, “Punisher of Belarus” and “All Violations!”
 There were 57 victims - security forces, propagandists, officials, judges, prosecutors and members of their families. In addition, the investigation believes that “joint actions of Kuzmin with other persons” resulted in disruptions to the work of transport and enterprises “causing damage to Minsktrans in the amount of just over 22,500 rubles.”
 Among the victims are, in particular, an employee of SB. Belarus today” Lyudmila Gladkaya , as well as member of the Belarusian Communist Party and deputy Sergei Klishevich .</t>
   </si>
   <si>
     <t>Trial outcome 18.09.2023: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Valery Tadeushevich Viskirsky</t>
-[...39 lines deleted...]
-  <si>
     <t>Olga Prokopchik</t>
   </si>
   <si>
     <t>15 june 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
     <t>Eugene Alexandrovich Krasnyansky</t>
   </si>
   <si>
     <t>16 june 1982</t>
   </si>
   <si>
     <t>43-year-old Evgeny was sentenced for sociological research on COVID-19 in Belarus.
 Earlier, the Investigative Committee reported details of the prosecution of Krasnyansky. The agency claimed that the man prepared a study for one of the foreign organizations containing "deliberately false information about the country's health policy in terms of measures taken to combat coronavirus infection." It is known that two women were detained along with Yevgeny Krasnyansky: Minsk residents aged 37 and 43. They allegedly conducted a sociological study on the presence of advantages among citizens in the development of the country through integration with the countries of the European Union. In order to arrive at the desired result, the women allegedly interviewed representatives of the focus group who had "a deliberately negative attitude towards the existing political system and constitutional order in the state." The sentences for the women are unknown.</t>
-  </si>
-[...1 lines deleted...]
-    <t>SIZO-6, Baranovichi, Brestskaya ul. 258 B, 225413</t>
   </si>
   <si>
     <t>Trial outcome 08.08.2025: 7 years 6 months of imprisonment in colony under enhanced security conditions, 595 basic values fine.</t>
   </si>
   <si>
     <t>2025-08-18 14:56:18</t>
   </si>
   <si>
     <t>Pavel Sergeevich Kabarchuk</t>
   </si>
   <si>
     <t>16 june 1993</t>
   </si>
   <si>
     <t>On February 15, 2024, a "counter-terrorist operation" regime was introduced in the Lelchitsy district of the Gomel region on the border with Ukraine. The population was asked to "remain calm and obey the demands of law enforcement officers." The KGB claims to have detained members of a "sabotage and reconnaissance group" that included citizens of Ukraine and Belarus. Among those detained were Ukrainian citizens, father and son Sergei and Pavel Kabarchuks. Sergei Kabarchuks, born in 1963, are from the Kovel district of the Volyn region. The father and son were detained in February 2024 in the Lelchitsy district. "Explosive devices and other means of destruction" were found on them. The KGB "established" that the explosive devices were intended for terrorist attacks in Belarus and Russia, and the "infiltration of the group" was organized by the Security Service of Ukraine.
 At the same time, Brest resident Vitaly Vlasyuk, born in 1970, was also detained. He was accused of smuggling (Part 3 of Article 228 of the Criminal Code).
 He was tortured in the KGB pretrial detention center. After his arrest, he was kept in the KGB pretrial detention center for several days without food.</t>
   </si>
   <si>
     <t>Trial outcome 23.10.2024: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
-    <t>Catherine Alexandrovna Mendrick</t>
-[...16 lines deleted...]
-  <si>
     <t>Sergey Mikhailovich Yaroshevich</t>
   </si>
   <si>
     <t>The administrator of the Telegram channel "Army with the People" and the husband of political prisoner Antonina Konovalova was detained on October 2, 2020 and convicted of "preparing to participate in mass riots."
 In January 2023, Sergei was re-convicted for “malicious disobedience to the demands of the administration of the correctional institution.”</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 07.05.2021: 5 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 30.07.2021: the sentence was upheld. Trial outcome 26.01.2023: 9 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
     <t>Alexey Sergeevich Borodko</t>
   </si>
   <si>
     <t>17 june 1998</t>
   </si>
   <si>
     <t>The lawyer was detained at the end of January and is in pre-trial detention center No. 1 on Volodarsky. After the arrest, the lawyer’s profile was removed from the website of the Republican Bar Association. It later became known that on April 21, 2023, his license was revoked.
 On September 8, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 19.05.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
+  </si>
+  <si>
+    <t>Alexander Aleksandrovich Chizh</t>
+  </si>
+  <si>
+    <t>18 june 1983</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.06.2024: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-06-17 19:24:12</t>
   </si>
   <si>
     <t>Andrey Sergeevich Raptunovich</t>
   </si>
   <si>
     <t>18 june 2002</t>
   </si>
   <si>
     <t>He works at the «Mayak» Center for Additional Education, led an art circle.
 Telegram channels supporting the current government of the Republic of Belarus published the news, that he was going to go to Ukraine and join Kalinovsky's battalion.
 Detained for registering in the chatbot «Peramoga».
 He was brought up in a family orphanage.
 The trial was held behind closed doors, so the details of the court session and the position of the political prisoner in the case are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 14.11.2022: 4 years of imprisonment in colony under general regime conditions. Appeal 31.01.2023: unknown.</t>
   </si>
   <si>
     <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Vladimir Mikhailovich Morozov</t>
   </si>
   <si>
     <t>19 june 1980</t>
   </si>
   <si>
     <t>Most likely he was detained on January 26, 2023 for the distribution, production, storage, transportation of information products containing calls for extremist activities or promoting such activities. After which a criminal case was opened under numerous articles. Before the trial, he was allegedly imprisoned in a prison in Zhodino.
 On January 26, 2024, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 15.11.2023: 9 years of imprisonment in colony under enhanced security conditions. Appeal 26.01.2024: unknown.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Tulinov</t>
-[...10 lines deleted...]
-  <si>
     <t>Dmitry Petrovich Morozov</t>
   </si>
   <si>
     <t>19 june 1972</t>
   </si>
   <si>
     <t>Trial outcome 22.11.2023: unknown. Appeal 14.03.2024: unknown.</t>
   </si>
   <si>
     <t>2025-02-07 14:50:08</t>
-  </si>
-[...10 lines deleted...]
-    <t>2025-08-02 11:50:43</t>
   </si>
   <si>
     <t>Gleb Olegovych Dudko</t>
   </si>
   <si>
     <t>20 june 1988</t>
   </si>
   <si>
     <t>Gleb Dudko is known in the musical environment not only of Gomel, but also far beyond its borders. Combining his talents as a musician and programmer, he launched at least two music IT startups.
 Gleb’s father Oleg Dudko is a famous opera singer in Gomel and a former soloist of the Philharmonic.
 In 2018, Gleb, together with programmer Maxim Grinevich, launched the ConcertMaster project. The idea of the project is to create a program that could automatically accompany vocalists .
 Gleb was detained in March 2024 in Dobrush and sentenced to arrest for “distributing extremist materials .” After this, the man was transferred to a pre-trial detention center.
 From Gleb Dudko’s publications on social networks, it can be understood that in 2022 he condemned military aggression against Ukraine. What exactly served as the basis for the political persecution of the Gomel resident is unknown.</t>
   </si>
   <si>
     <t>Trial outcome 09.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Valentina Vladimirovna Poloz</t>
   </si>
   <si>
     <t>21 june 1974</t>
   </si>
   <si>
     <t>On September 11, 2023, the State Security Committee reported in a propaganda film that it had detained six people in Belarus on charges of collaborating with the "Security Service of Ukraine" and "preparing terrorist attacks." In the video, some of them appear beaten, some are led around in chains during investigative actions, and one of the detainees was filmed in a KGB pretrial detention center. As a result, three people, including Valentina, were charged under six articles of the Criminal Code at once, including "Treason" and "agent activity."
 Valentina, according to pro-government media, together with Nikolai Losovsky, was picking up a package containing weapons and explosives, which had to be buried in the Mozyr district. They did not manage to complete the task, as they were detained.</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 9 years of imprisonment in colony under general regime conditions, 550 basic values fine. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Nikolay Alexandrovich Lis</t>
-[...62 lines deleted...]
-  <si>
     <t>Margarita Alexandrovna Shchirets</t>
   </si>
   <si>
     <t>22 june 1985</t>
   </si>
   <si>
     <t>She worked as a controller at the Sfera plant, which is part of the BelOMO holding.
 Margarita has long been a member of the Liberal Democratic Party of Belarus. She was in the initiative group of Sergei Gaidukevich in the 2010 presidential elections, and in 2014 she ran for the Minsk City Council of Deputies from the party - naturally, she lost. After that, she did not appear in the public arena.
 She was allegedly detained for her comments. Judging by the photos on social media, the woman has a child.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2024-10-15 13:04:05</t>
   </si>
   <si>
+    <t>Dmitry Nikolaevich Sidorenko</t>
+  </si>
+  <si>
+    <t>22 june 1973</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.01.2025: 2 years of imprisonment in colony under general regime conditions. Appeal 04.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-20 19:38:36</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Boyko</t>
+  </si>
+  <si>
+    <t>22 june 1986</t>
+  </si>
+  <si>
+    <t>Citizen of Ukraine. From June 8 to June 21, 2023, the case was considered behind closed doors by judge Anatoly Sotnikov.
+On August 29, 2023, an appeal hearing was held and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.06.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 29.08.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-07-11 10:20:50</t>
+  </si>
+  <si>
+    <t>Natalia Vasilevna Levaya</t>
+  </si>
+  <si>
+    <t>38-year-old illustrator. She quit her job at PL in a large IT company. Her colleagues were shocked and tried to talk her out of it — she decided to go home. She said she already had a certificate from the KGB about the donation paid in multiples for 2020. She was tired of being homeless. She was detained at the border. According to the prosecution's version of events, which was voiced by the press service of the Prosecutor General's Office, in 2021-2022, Natalia Levaya transferred cash and cryptocurrency in the total amount of at least four thousand and four hundred rubles (today this is about 1,275 euros) to bank accounts and virtual wallets "used by representatives of extremist groups, including armed ones, for example, the Kalinovsky Regiment". In addition, she was fined 1,000 basic units - almost the same amount that Natalia donated to initiatives and funds. This is the punishment requested by the state prosecution at the trial. The trial was held behind closed doors.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.07.2024: 6 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 04.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:08:39</t>
+  </si>
+  <si>
+    <t>Vitaly Viktorovich Krasnov</t>
+  </si>
+  <si>
+    <t>22 june 1987</t>
+  </si>
+  <si>
+    <t>On March 1, 2024, the appeal was considered and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>2024-02-28 21:08:51</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Evdokimenko</t>
+  </si>
+  <si>
+    <t>23 june 1987</t>
+  </si>
+  <si>
+    <t>As follows from the press release of the Brestobl Court, Evdokimenko was charged with the fact that from August to December 2020 he transferred “personal and other personal data of employees of internal affairs bodies for public dissemination on the Internet.” At the same time, I took the data from databases to which I had access at work. Presumably he worked at the Brest BTI.
+On October 10, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.07.2023: 7 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2023-07-20 13:03:39</t>
+  </si>
+  <si>
     <t>Andrey Vladimirovich Pogerilo</t>
   </si>
   <si>
     <t>23 june 1991</t>
   </si>
   <si>
     <t>Former repairman of the "Ammonia-3" workshop.
 On November 9, 2022, the Gomel Regional Court began hearing the "Rabochag Rukh case," in which ten political prisoners are defendants. On the second day of the trial, all defendants pleaded not guilty to treason and the creation of an extremist group . Andrei Pogerilo pleaded only to the charge of slander. All defendants in the "Rabochag Rukh case" refused to testify. On December 27, the trial was closed pending a verdict, although it had previously been open to the public.</t>
   </si>
   <si>
     <t>Trial outcome 17.02.2023: 14 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: unknown.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
+  </si>
+  <si>
+    <t>Alexander Evgenievich Duleba</t>
+  </si>
+  <si>
+    <t>23 june 1988</t>
+  </si>
+  <si>
+    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Denis Mikhailovich Urad</t>
   </si>
   <si>
     <t>Denis, a special communications officer for the General Staff of the Armed Forces, was detained in March 2021 and convicted for, according to pro-government media, photographing a secret letter from the Minister of Internal Affairs to the Minister of Defense and “passing it on to a Polish Telegram channel.”
 The trial was held behind closed doors, and the verdict was not subject to appeal or review. In addition to a long prison term, Denis was also stripped of his military rank.
 In August 2022, his punishment was increased and he was transferred to prison.</t>
   </si>
   <si>
     <t>Trial outcome 14.05.2021: 18 years of imprisonment in colony under enhanced security conditions, military service restriction. Regime change trial 22.08.2022: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Evdokimenko</t>
-[...37 lines deleted...]
-    <t>2021-12-21 14:22:23</t>
+    <t>Paul Nikolaevich Ivanov</t>
+  </si>
+  <si>
+    <t>24 june 1982</t>
+  </si>
+  <si>
+    <t>He was detained after the Telegram chat "Atolino " was designated an "extremist group." The Ministry of Internal Affairs named several " members of the group ," in addition to Pavel: Dmitry Tikunov, Evgeniya Mostovaya (Grigorik), Pavel Belonitsky, Alexey Semenov, Yury Antonovich, Alexander Zaitsev, and Vladimir Polekh.</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 18.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Tina Zakharovna Palynskaya</t>
   </si>
   <si>
     <t>24 june 1973</t>
   </si>
   <si>
     <t>Journalist, Catholic believer from Polotsk. Tina has not been involved in journalism for a long time, raised two daughters, worked in archives, including Russian ones, fulfilling private orders to create biographical essays, family books, stories about participants in World War II.
 Earlier, in 2022, the journalist was tried under an administrative article and subjected to a large fine for yellow and blue ribbons on her bag, and the Investigative Committee conducted an investigation into her Facebook post and searched the journalist's home.
 Since the end of May 2025, she has been out of contact. Tina and her eldest daughter Margarita, 22, are in custody on a criminal case. Tina also has a younger minor daughter, she is 14 years old.
 The details of the charges have not been officially disclosed. Based on circumstantial evidence, there is an assumption that the case may be connected with the KGB's decision to recognize the "Belarusian Analytical Workshop" of Professor Andrei Vardomatsky as an extremist organization. This organization conducted sociological surveys among Belarusian citizens. At the moment, there is no confirmation that Tina or her daughter actually participated in the BAM research. But even if such participation had taken place, it would not have violated the law: at the time of possible contact with the workshop, it had not yet been recognized as an extremist organization.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
+    <t>Tatiana Nikolaevna Karpovich</t>
+  </si>
+  <si>
+    <t>24 june 1997</t>
+  </si>
+  <si>
+    <t>A resident of Vitebsk.
+The girl was charged under Article 130 of the Criminal Code (Inciting social hostility) for transmitting the data of security forces, teachers, judges to the telegram channel «Chernaya kniga Belarusi» («Black Book of Belarus»).</t>
+  </si>
+  <si>
+    <t>5 years of imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>2021-12-21 14:22:23</t>
+  </si>
+  <si>
     <t>Denis Nikolaevich Vorozov</t>
   </si>
   <si>
     <t>25 june 1981</t>
   </si>
   <si>
     <t>He was detained for hanging a white-red-white flag and the flag of Ukraine in a 19-storey building on Lesya Ukrainka Street.
 After his arrest, the channel in the Zello mobile application, through which he communicated during the rally, was recognized as an extremist formation.</t>
   </si>
   <si>
+    <t>5 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Airat Ernestovich Khalikov</t>
   </si>
   <si>
     <t>26 june 1996</t>
   </si>
   <si>
     <t>A citizen of the Russian Federation, he has lived in Belarus since 2019. He worked as a driver for Alivaria. He was arrested in May 2025 in connection with the Gayun case.</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-02 22:29:38</t>
   </si>
   <si>
     <t>Vladimir Yurievich Isaev</t>
   </si>
   <si>
     <t>26 june 1984</t>
   </si>
   <si>
     <t>He was sentenced to imprisonment in the fall of 2022 for "insulting Lukashenko." The outcome of his appeal is unknown.
 In June 2025, it became known that Vladimir had been detained. The details of the case are being investigated. In the fall, he was sentenced to imprisonment.</t>
   </si>
   <si>
     <t>Trial outcome 31.10.2022: unknown years of imprisonment in colony under general regime conditions. Appeal 17.01.2023: all charges dropped. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
+    <t>Igor Petrovich Khristoforov</t>
+  </si>
+  <si>
+    <t>26 june 1973</t>
+  </si>
+  <si>
+    <t>On November 15, 2022, an appeal court hearing was held.</t>
+  </si>
+  <si>
+    <t>6 years imprisonment in a colony</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Nikolay Stepanovich Losovsky</t>
   </si>
   <si>
     <t>27 june 1966</t>
   </si>
   <si>
     <t>On September 11, 2023, the State Security Committee reported in a propaganda film that it had detained six people in Belarus on charges of collaborating with the "Security Service of Ukraine" and "preparing terrorist attacks." In the video, some of them appear beaten, some are led around in chains during investigative actions, and one of the detainees was filmed in a KGB pretrial detention center. As a result, three people, including Nikolai, were charged under six articles of the Criminal Code at once, including "Treason" and "agent activity."
 Nikolai, according to pro-government media, checked caches on orders from Ukrainian special services and also carried out other tasks for money.</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 10 years of imprisonment in colony under enhanced security conditions, 550 basic values fine. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Alexei Aleksandrovich Hermann</t>
-[...13 lines deleted...]
-  <si>
     <t>Peter Filippovich Filipovich</t>
   </si>
   <si>
     <t>27 june 1953</t>
   </si>
   <si>
-    <t>Trial outcome 16.12.2024: unknown. Appeal 18.02.2025: unknown.</t>
+    <t>Trial outcome 16.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 18.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-02 17:53:29</t>
+  </si>
+  <si>
+    <t>Anatoly Anatolyevich Kosilo</t>
+  </si>
+  <si>
+    <t>28 june 1985</t>
+  </si>
+  <si>
+    <t>Anatoly was convicted under the article "organization and preparation of actions that grossly violate public order, or active participation in them" and sentenced to restriction of freedom with referral to an open-type institution.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.10.2024: 1 year 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 21.01.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
+  </si>
+  <si>
+    <t>Alexey Vasilievich Semenok</t>
+  </si>
+  <si>
+    <t>28 june 1975</t>
+  </si>
+  <si>
+    <t>The verdict was based on Alexei's comments on the Internet.
+Immediately upon arrival at the colony, Alexei Semenko was thrown into a punishment cell - a place where prisoners are tortured under inhumane conditions.</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.03.2025: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-03-11 21:32:16</t>
+  </si>
+  <si>
+    <t>Alexei Sergeevich Samoylyuk</t>
+  </si>
+  <si>
+    <t>28 june 1989</t>
+  </si>
+  <si>
+    <t>A special forces detachment burst into Alexey’s home, they knocked the man to the floor and one security officer sat with his knees on Samoiluk’s body (with one knee on Samoiluk’s neck).
+The pro-government channel claims that Samoiluk “threw stones at the police during the riots.” In that publication on the same channel they also posted photographs: in one picture there are two people in hoods and masks, one holding a Ukrainian flag, the second a sheet of paper with the text “Brest residents with Ukraine.”</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 08.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-03-18 20:51:34</t>
   </si>
   <si>
     <t>Oleg Nikolaevich Gorelov</t>
   </si>
   <si>
     <t>28 june 2024</t>
   </si>
   <si>
     <t>Gorelov was the head of the Belinvestbank directorate for the Gomel region. The last news about him dates back to February 2023, and in December 2023, Pavel Yurkovets, the former head of Belinvestbank in Mozyr, was appointed head instead of him.
 The trial of Oleg Gorelov began on February 8 in the Gomel Regional Court.
 On June 14, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 25.03.2024: 10 years of imprisonment in colony under enhanced security conditions. Appeal 14.06.2024: unknown.</t>
   </si>
   <si>
     <t>2024-02-10 14:47:15</t>
   </si>
   <si>
-    <t>Alexey Vasilievich Semenok</t>
-[...30 lines deleted...]
-  <si>
     <t>Yana Vitalievna Pinchuk</t>
   </si>
   <si>
     <t>28 june 1997</t>
   </si>
   <si>
     <t>Detained on November 1, 2021 in St. Petersburg for the events in Belarus. In Russia, she worked as a waitress and lived in two countries. The last time the girl was at home about a year ago. According to the investigation, from September 2020 to November 2021, the suspect administered three Telegram channels. In May 2022, the Russian court refused to grant Belarusian Yana Pinchuk temporary asylum in Russia.
 On August 9, 2022, she was extradited from the Russian Federation to the Republic of Belarus despite the ban on extradition by the UN Human Rights Committee.</t>
   </si>
   <si>
     <t>12 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2021-11-03 17:48:25</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Kirill Romanovich Ashurak</t>
   </si>
   <si>
     <t>29 june 1999</t>
   </si>
   <si>
     <t>Kirill was arrested on June 23, 2021, in connection with a criminal investigation into an incident at a Russian Navy communications facility near Vileika. In the ONT propaganda film, he was portrayed as the initial perpetrator of the bombing mission, but he refused to participate and merely assisted in reconnaissance of the area.
 Lukashenko mentioned Kirill among the people who allegedly wanted to flee to Ukraine and Lithuania, but were detained by the KGB Alpha group.
 It is also known that Kirill was previously detained and severely beaten on August 9, 2020.
 In December 2022, he was found guilty and sentenced to imprisonment in a maximum security penal colony and a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 13 years of imprisonment in colony under enhanced security conditions, 400 basic values fine. Appeal 03.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
   </si>
   <si>
     <t>Paul Vladimirovich Vabishchevich</t>
   </si>
   <si>
     <t>30 june 1986</t>
   </si>
@@ -1896,51 +1808,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2120,2479 +2032,2317 @@
         <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>75</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
       <c r="I13" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>81</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>91</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>96</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>97</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>110</v>
       </c>
-      <c r="B19" t="s">
+      <c r="I19" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>116</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>127</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>132</v>
       </c>
-      <c r="C23" t="s">
+      <c r="I23" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>141</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>143</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
         <v>147</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
         <v>157</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>158</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>163</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="I30" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
         <v>172</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F31" t="s">
         <v>45</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="I31" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>179</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C33" t="s">
         <v>183</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>184</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
         <v>188</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>197</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>198</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
         <v>201</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>202</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>78</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>203</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
         <v>206</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
+        <v>208</v>
+      </c>
+      <c r="I38" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>210</v>
+      </c>
+      <c r="B39" t="s">
         <v>211</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>212</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
+      <c r="E39" t="s">
+        <v>96</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>213</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>215</v>
+      </c>
+      <c r="B40" t="s">
         <v>216</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>217</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>218</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>220</v>
+      </c>
+      <c r="B41" t="s">
         <v>221</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>222</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>223</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>225</v>
+      </c>
+      <c r="B42" t="s">
         <v>226</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>227</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>228</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" t="s">
         <v>231</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>232</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" t="s">
+        <v>96</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>233</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>235</v>
+      </c>
+      <c r="B44" t="s">
         <v>236</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>237</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>238</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>240</v>
+      </c>
+      <c r="B45" t="s">
         <v>241</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>242</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>115</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>243</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>245</v>
+      </c>
+      <c r="B46" t="s">
         <v>246</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>247</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>248</v>
       </c>
-      <c r="D46" t="s">
-[...11 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
         <v>251</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>78</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>252</v>
       </c>
-      <c r="C47" t="s">
+      <c r="I47" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>254</v>
+      </c>
+      <c r="B48" t="s">
+        <v>255</v>
+      </c>
+      <c r="C48" t="s">
         <v>256</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>57</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" t="s">
         <v>257</v>
-      </c>
-[...19 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" t="s">
+        <v>260</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>261</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>262</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
+        <v>264</v>
+      </c>
+      <c r="C50" t="s">
         <v>265</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
+        <v>95</v>
+      </c>
+      <c r="E50" t="s">
+        <v>57</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>266</v>
       </c>
-      <c r="C50" t="s">
+      <c r="I50" t="s">
         <v>267</v>
-      </c>
-[...16 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" t="s">
         <v>270</v>
       </c>
-      <c r="B51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>78</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>271</v>
       </c>
-      <c r="C51" t="s">
+      <c r="I51" t="s">
         <v>272</v>
-      </c>
-[...13 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B52" t="s">
         <v>274</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>78</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
+        <v>276</v>
+      </c>
+      <c r="I52" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>278</v>
+      </c>
+      <c r="B53" t="s">
         <v>279</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>95</v>
+      </c>
+      <c r="E53" t="s">
+        <v>197</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>198</v>
+      </c>
+      <c r="I53" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>281</v>
+      </c>
+      <c r="B54" t="s">
+        <v>282</v>
+      </c>
+      <c r="C54" t="s">
+        <v>283</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>284</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>286</v>
+      </c>
+      <c r="B55" t="s">
         <v>287</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>288</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>289</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>291</v>
+      </c>
+      <c r="B56" t="s">
+        <v>282</v>
+      </c>
+      <c r="C56" t="s">
         <v>292</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
         <v>293</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>199</v>
+        <v>294</v>
       </c>
       <c r="I56" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C57" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>298</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>299</v>
       </c>
       <c r="I57" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>301</v>
       </c>
       <c r="B58" t="s">
         <v>302</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>303</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>305</v>
+      </c>
+      <c r="B59" t="s">
         <v>306</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>307</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>308</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>310</v>
+      </c>
+      <c r="B60" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C60" t="s">
         <v>312</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
+        <v>78</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>313</v>
       </c>
-      <c r="F60" t="s">
-[...5 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>315</v>
+      </c>
+      <c r="B61" t="s">
         <v>316</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>84</v>
+      </c>
+      <c r="H61" t="s">
         <v>317</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>319</v>
+      </c>
+      <c r="B62" t="s">
+        <v>320</v>
+      </c>
+      <c r="C62" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="I62" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>324</v>
+      </c>
+      <c r="B63" t="s">
+        <v>325</v>
+      </c>
+      <c r="C63" t="s">
         <v>326</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>95</v>
+      </c>
+      <c r="E63" t="s">
+        <v>96</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>327</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>328</v>
-      </c>
-[...16 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>329</v>
+      </c>
+      <c r="B64" t="s">
+        <v>330</v>
+      </c>
+      <c r="C64" t="s">
         <v>331</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>95</v>
+      </c>
+      <c r="E64" t="s">
+        <v>96</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>332</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>334</v>
+      </c>
+      <c r="B65" t="s">
         <v>335</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
         <v>336</v>
       </c>
-      <c r="D65" t="s">
-[...11 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>338</v>
+      </c>
+      <c r="B66" t="s">
         <v>339</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>340</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>341</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I66" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>343</v>
       </c>
       <c r="B67" t="s">
+        <v>339</v>
+      </c>
+      <c r="C67" t="s">
         <v>344</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
+        <v>96</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>345</v>
       </c>
-      <c r="D67" t="s">
-[...11 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>347</v>
+      </c>
+      <c r="B68" t="s">
         <v>348</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>349</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>78</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>184</v>
+      </c>
+      <c r="I68" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
+        <v>352</v>
+      </c>
+      <c r="C69" t="s">
         <v>353</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>115</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>354</v>
       </c>
-      <c r="C69" t="s">
+      <c r="I69" t="s">
         <v>355</v>
-      </c>
-[...13 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>356</v>
+      </c>
+      <c r="B70" t="s">
         <v>357</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>358</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>78</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>359</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>361</v>
+      </c>
+      <c r="B71" t="s">
         <v>362</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>57</v>
+      </c>
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" t="s">
         <v>363</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>364</v>
+      </c>
+      <c r="B72" t="s">
+        <v>357</v>
+      </c>
+      <c r="C72" t="s">
+        <v>365</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>366</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>367</v>
-      </c>
-[...13 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>368</v>
+      </c>
+      <c r="B73" t="s">
+        <v>369</v>
+      </c>
+      <c r="C73" t="s">
         <v>370</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>371</v>
       </c>
-      <c r="D73" t="s">
-[...11 lines deleted...]
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>373</v>
+      </c>
+      <c r="B74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>375</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>120</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" t="s">
         <v>376</v>
-      </c>
-[...16 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>377</v>
+      </c>
+      <c r="B75" t="s">
+        <v>378</v>
+      </c>
+      <c r="C75" t="s">
         <v>379</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E75" t="s">
+        <v>96</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...16 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="D76" t="s">
-[...11 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>389</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>57</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
         <v>393</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>38</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I78" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>396</v>
       </c>
       <c r="B79" t="s">
         <v>397</v>
       </c>
       <c r="C79" t="s">
         <v>398</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>399</v>
       </c>
       <c r="I79" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>401</v>
       </c>
       <c r="B80" t="s">
         <v>402</v>
       </c>
       <c r="C80" t="s">
         <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
+      <c r="H80" t="s">
+        <v>404</v>
+      </c>
       <c r="I80" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B81" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="C81" t="s">
         <v>407</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>150</v>
+        <v>408</v>
       </c>
       <c r="I81" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B82" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C82" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>84</v>
+      </c>
+      <c r="H82" t="s">
+        <v>413</v>
       </c>
       <c r="I82" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B83" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C83" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
+      <c r="E83" t="s">
+        <v>293</v>
+      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="I83" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B84" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C84" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="I84" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B85" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C85" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H85" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="I85" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B86" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C86" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="E86" t="s">
+        <v>96</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="I86" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B87" t="s">
-        <v>434</v>
+        <v>436</v>
+      </c>
+      <c r="C87" t="s">
+        <v>437</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
+      <c r="E87" t="s">
+        <v>78</v>
+      </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="I87" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B88" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C88" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="I88" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B89" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C89" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E89" t="s">
-        <v>313</v>
+        <v>96</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="I89" t="s">
-        <v>446</v>
-[...9 lines deleted...]
-      <c r="C90" t="s">
         <v>449</v>
-      </c>
-[...158 lines deleted...]
-        <v>476</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">