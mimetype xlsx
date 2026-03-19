--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,267 +12,267 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
     <t>Date added</t>
   </si>
   <si>
-    <t>Igor Olegovich Moiseenko</t>
-[...5 lines deleted...]
-    <t>Former employee of the Ministry of Emergency Situations.</t>
+    <t>Vladimir Valentinovich Zhuromsky</t>
+  </si>
+  <si>
+    <t>1 june 1989</t>
+  </si>
+  <si>
+    <t>Employee of the State Customs Committee.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
-    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+    <t>IK №3</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Trial outcome 21.11.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 31.01.2025: the sentence was upheld. Trial outcome 14.05.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
-[...16 lines deleted...]
-  <si>
     <t>12 years of imprisonment in a colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2023-10-10 00:21:52</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Poltorak</t>
+  </si>
+  <si>
+    <t>1 june 1987</t>
+  </si>
+  <si>
+    <t>Dmitry was convicted in August 2022 of "organizing and preparing actions that grossly violate public order, or actively participating in them," for participating in peaceful protests that took place in Minsk in 2020. Dmitry was captured on video by a journalist at the protests in the first days after the elections.
+In May 2023, it became known that Dmitry was detained in a correctional facility and tried under an administrative article for "dissemination of extremist materials," and sentenced to administrative arrest, which he served in the Gomel temporary detention facility.
+In July of that year, a court hearing was held to discuss the issue of replacing the restriction of freedom with imprisonment in a penal colony; the outcome of the hearing is unknown.</t>
+  </si>
+  <si>
+    <t>IUOT-7, Gomel, ul. Borisenko, 13, 246020</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.08.2022: 3 years restrictions of freedom with referral to an open-type correctional facility. Appeal 08.11.2022: the sentence was upheld. Regime change trial 11.07.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Dmitry Valerievich Golovach</t>
   </si>
   <si>
     <t>1 june 1982</t>
   </si>
   <si>
     <t>The musician of the TOR BAND, detained together with Evgeny Burlo, their wives were also detained. Golovach's wife was fined, Burlo's wife was placed under administrative arrest.
 At the end of November 2022, Dmitry and Evgeny were sentenced for the third time for 15 days. TOR BAND became a popular band in Belarus during the 2020 protests. Many songs have become hits on different platforms. Information products, social networks and the logo of the TOR BAND were recognized as extremist materials, as well as their songs listed above.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>9 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2022-12-06 20:51:07</t>
   </si>
   <si>
     <t>Arthur Gennadievich Khlus</t>
   </si>
   <si>
     <t>1 june 1998</t>
   </si>
   <si>
     <t>Arthur is from Pinsk. He studied at the Slonim Medical College, graduated with honors and upon graduation was assigned to Grodno. He entered the Grodno State Medical University, in addition to this he worked as a paramedic for a visiting team in an ambulance.
 According to pro-government telegram channels, he was detained for registering in the Peramoga plan, and also participated in “unauthorized mass events.”
 On August 17, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony</t>
   </si>
   <si>
     <t>2022-11-02 13:53:09</t>
   </si>
   <si>
+    <t>Igor Olegovich Moiseenko</t>
+  </si>
+  <si>
+    <t>1 june 1993</t>
+  </si>
+  <si>
+    <t>Former employee of the Ministry of Emergency Situations.</t>
+  </si>
+  <si>
+    <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
+  </si>
+  <si>
+    <t>Trial outcome 21.11.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 31.01.2025: the sentence was upheld. Trial outcome 14.05.2025: 2 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:41:19</t>
+  </si>
+  <si>
     <t>Zahar Olegovich Tarazevich</t>
   </si>
   <si>
     <t>1 june 2003</t>
   </si>
   <si>
     <t>Lyceum student of the Ministry of Internal Affairs. Detained together with a citizen of the Russian Federation Anton Lysov. He is accused of setting fire to the car of the head of the Forensic examination Committee Alexei Volkov.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>7,5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-09-09 14:45:35</t>
-  </si>
-[...21 lines deleted...]
-    <t>2022-04-06 14:47:35</t>
   </si>
   <si>
     <t>Dmitriy Nikolaevich Ivashkov</t>
   </si>
   <si>
     <t>2 june 1981</t>
   </si>
   <si>
     <t>A member of the initiative group of presidential candidate Svetlana Tikhanovskaya was detained on September 27, 2020, in Gomel during a peaceful protest and accused of participating in "mass riots" and planning to "seize buildings."
 In the winter of 2023, Dmitry was transferred to prison regime.</t>
   </si>
   <si>
-    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
-[...2 lines deleted...]
-    <t>Trial outcome 04.05.2021: 6 years of imprisonment in colony under enhanced security conditions. Appeal 06.08.2021: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
+    <t>IK-14, 222125, Minsk region, s.n.p. Novosady, ul. Mira 1A</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.05.2021: 6 years of imprisonment in colony under enhanced security conditions. Appeal 06.08.2021: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime. Trial outcome date unknown: 1 year of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-02-26 22:10:28</t>
   </si>
   <si>
+    <t>Roman Yuryevich Parfenov</t>
+  </si>
+  <si>
+    <t>2 june 1982</t>
+  </si>
+  <si>
+    <t>According to the court, the essence of the charge against everyone was that on August 10, 2020, people in Brest "shouted slogans, whistled, clapped their hands, demonstrated white-red-white banners, and went out onto the roadway." In doing so, they allegedly grossly violated public order.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.09.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 15.11.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-28 22:07:42</t>
+  </si>
+  <si>
     <t>Nikolay Nikolaevich Lepeshko</t>
   </si>
   <si>
     <t>2 june 1977</t>
   </si>
   <si>
     <t>Father Nikolai, 47, was detained along with his wife Elena, 46, and their son Nikita, 24, for participating in the 2020 protest.</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
   </si>
   <si>
     <t xml:space="preserve"> Trial outcome 03.02.2025: unknown years restrictions of freedom without referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-01-31 20:22:02</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-28 22:07:42</t>
   </si>
   <si>
     <t>Yuri Gennadievich Olkhovik</t>
   </si>
   <si>
     <t>3 june 1987</t>
   </si>
   <si>
     <t>A businessman detained in the fall of 2023 for calling for sanctions. A criminal case has been initiated against Yuri, he is taken into custody (the place of detention is being specified).
 On the air of the pro-government TV channel "Belarus 1" Yuri Olkhovik is presented as "co-founder of the company - the official distributor of global manufacturers." He himself said that he was engaged in the supply of non-destructive testing and chemical analysis equipment, and testing equipment. He wrote a letter to the European company with a request to terminate cooperation with the Belarusian company included in the sanctions list.</t>
   </si>
   <si>
     <t>2024-01-03 01:34:38</t>
   </si>
   <si>
-    <t>Aleksey Firdovsovich Kudlasov</t>
+    <t>Aliaksei Firdausavich Kudasau</t>
   </si>
   <si>
     <t>3 june 1998</t>
   </si>
   <si>
     <t>Alexey was detained on July 1, 2021, in Minsk by officers from the Main Directorate for Combating Organized Crime and Corruption (GUBOPiK). The following day, the court sentenced him to 15 days of administrative arrest, but instead of release, he was transferred to a pretrial detention center. He became a defendant in a criminal case for group actions grossly violating public order.
 The case was heard under four articles of the Criminal Code: "organizing mass riots," "creating an extremist group," "inciting social hatred," and "insulting a government official." The trial was held behind closed doors, and the details of the charges are unknown.
 In April 2022, the court sentenced Alexey to 11 years in prison. After the trial, pro-government channels published a video claiming that Alexey was the administrator of the Telegram chat "Cascade." A video about him had previously been filmed on TUT.BY.
 In July 2023, it became known that he was in pre-trial detention, and on August 11, 2023, he was again found guilty in a new case of “creating an extremist group,” adding another 6 months to his sentence.</t>
   </si>
   <si>
     <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
   </si>
   <si>
     <t>Trial outcome 25.04.2022: 11 years of imprisonment in colony in strict regime conditions. Trial outcome 11.08.2023: 7 years of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-07-29 20:08:25</t>
   </si>
   <si>
     <t>Andrey Sergeevich Zagorsky</t>
   </si>
   <si>
     <t>4 june 1988</t>
   </si>
@@ -286,562 +286,539 @@
     <t>Trial outcome 01.04.2025: 5 years 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-06-30 10:03:52</t>
   </si>
   <si>
     <t>Dmitry Dmitrievich Korneev</t>
   </si>
   <si>
     <t>5 june 1995</t>
   </si>
   <si>
     <t>Dmitry was arrested and convicted of throwing a Molotov cocktail towards military personnel on August 10, 2020. According to investigators, the bottles were transported to the center of Gomel by Leonid Kovalev, who hid them and handed them over to Dmitry and Nikita Zolotorev that evening with an offer to set fire to a building, bus or paddy wagon. Dmitry partially admitted his guilt, explaining that he threw the cocktail in order to buy time and avoid detention.
 In December 2021, he was transferred to prison regime for “malicious disobedience to the demands of the administration of the correctional institution.”</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Trial outcome 22.02.2021: 8 years of imprisonment in colony in strict regime conditions. Appeal 23.04.2021: the sentence was upheld. Regime change trial 08.12.2021: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-28 02:13:22</t>
   </si>
   <si>
+    <t>Vitold Stefanovich Shalkevich</t>
+  </si>
+  <si>
+    <t>5 june 1980</t>
+  </si>
+  <si>
+    <t>Vitold Shalkevich is 44 years old. He comes from the large town of Porozovo in the Svisloch district. The man has a wife and two underage daughters.
+Vitold was detained in August 2023 right at work. At first, he was sentenced to arrest for "dissemination of extremist materials." Then, the Gubopikovites filmed a video with him and transferred him from the pretrial detention center. According to pro-government Telegram channels, Shalkevich left several thousand comments in various chats.</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:55:42</t>
+  </si>
+  <si>
+    <t>Sergey Yuryevich Manzhos</t>
+  </si>
+  <si>
+    <t>5 june 1991</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.10.2025: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-01-10 19:52:41</t>
+  </si>
+  <si>
+    <t>Sviatlana Ivanauna Kashkel</t>
+  </si>
+  <si>
+    <t>5 june 1963</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.10.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-12-10 14:34:18</t>
+  </si>
+  <si>
+    <t>Alexey Sergeyevich Reznikov</t>
+  </si>
+  <si>
+    <t>5 june 1988</t>
+  </si>
+  <si>
+    <t>A resident of Vitebsk, detained for reposts on social networks. The court is closed, the young man has no relatives. It is known that he is about 30 years old, he left for work, he was detained in Belarus on his return. Three days after his arrest, his mother died. There are no more relatives left.</t>
+  </si>
+  <si>
+    <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.08.2022: 4 years 6 months of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:30:12</t>
+  </si>
+  <si>
+    <t>Natalia Olegovna Lobatsevich</t>
+  </si>
+  <si>
+    <t>Tatyana Frantskevich and Natalya Lobatsevich were detained on July 19, 2024, when Tatyana was summoned to the Investigative Committee to sign a pledge not to leave the city of Polotsk, and Natalya went with her to support her.
+A criminal case was opened against Tatyana Frantskevich, the mother of convicted anarchist Alexander Frantskevich, and her sister Natalia Lobatsevich, the mother of former political prisoner Ilya Lobatsevich, and they were placed in a pretrial detention facility in Vitebsk.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.02.2025: 3 years of imprisonment in colony under general regime conditions. Appeal 15.04.2025: sent for review. Trial outcome 16.06.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-07-25 20:42:36</t>
+  </si>
+  <si>
+    <t>Olga Anatolyevna Nikolaeva</t>
+  </si>
+  <si>
+    <t>In December 2024, pro-government media posted an audio recording of Olga, who is accused of participating in the "White Wings of Baranovichi" chat. When the KGB declared the "White Wings of Baranovichi" chat - a very small and long-inactive district chat - an extremist group, Olga was named among the participants. Olga was contacted through an unprotected account. It was linked to the girl's own number. Most likely, Olga was held in a pre-trial detention center before the trial.
+Olga plays drums and was a drummer in amateur music groups as a student. She and her husband enjoy traveling.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-08-25 10:28:01</t>
+  </si>
+  <si>
     <t>Alexey Petrovich Kamovich</t>
   </si>
   <si>
     <t>5 june 1979</t>
   </si>
   <si>
     <t>Bank manager. Has 15 years of experience in managing regional divisions of banks.
 Last place of work: RRB bank.</t>
   </si>
   <si>
     <t>IUOT-24, 230025, Grodno, ul. Lidskaya, 29б</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-09-14 23:00:07</t>
   </si>
   <si>
-    <t>Olga Anatolyevna Nikolaeva</t>
-[...89 lines deleted...]
-    <t>2024-07-25 20:42:36</t>
+    <t>Denis Valentinovich Salmanovich</t>
+  </si>
+  <si>
+    <t>6 june 1991</t>
+  </si>
+  <si>
+    <t>At first he was in Okrestina. Then he was arrested under the Criminal Code. Relatives note that Denis is a good, honest, fair and sympathetic guy. On pro-government channels, Denis is called the "chief visual editor" of the Supraci movement videos. In the video, Salmanovich says that he was detained by police officers because he "was a member of destructive Telegram channels", "collaborated with "Busly Lyatsyats"" and participated in protests in 2020.
+The Court of Appeal reduced the sentence from 10 to 9.5 years' imprisonment.
+Denis has a serious illness - chronic glomerulonephritis after hemorrhagic vasculitis. In the summer of 2024, an ambulance took the man from the colony. Salmanovich underwent surgery - his gallbladder was removed. After the operation, the man spent another week in the colony's medical unit until his stitches were removed.
+The mother of the political prisoner says that the last time Denis contacted her was in mid-November 2024. After the call, the man was immediately taken to a punishment cell, where he remains to this day (January 2024).
+In April 2025, his punishment was increased and he was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.09.2022: 10 years of imprisonment in colony under enhanced security conditions, 6400 rubles of compensation. Appeal 23.12.2022: 9 years 6 months of imprisonment in colony under enhanced security conditions, 6400 rubles of compensation. Regime change trial date unknown: 3 years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:13:17</t>
   </si>
   <si>
     <t>Denis Yevgenievich Ivashin</t>
   </si>
   <si>
     <t>6 june 1979</t>
   </si>
   <si>
     <t>Denis is a journalist and volunteer editor for the Belarusian version of InformNapalm, a freelance correspondent for Novaga Chas. His investigations touched on the influence of the "Russian world" on Belarus and Syria, construction in Kurapaty, and the transition of former Ukrainian Berkut officers to the Belarusian security forces.
 In March 2021, he was detained by KGB officers on charges of "interfering with the activities of the police." Searches were conducted in his apartment, his mother's apartment, and his 95-year-old grandmother's apartment. In 2022, it became known that he was also accused of collaborating with Ukrainian intelligence.
 In September 2022, Denis was convicted under articles on "treason" and "interference in the activities of an internal affairs officer", but the latter charge was later replaced with "illegal collection or dissemination of data about personal life".
 In June 2023, he was transferred to a maximum security prison without notifying his family or lawyer.
 In April 2024, the political prisoner was deprived of parcels, and sending vitamins now requires permission from the prison doctor.</t>
   </si>
   <si>
     <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 14.09.2022: 13 years 1 month of imprisonment in colony under enhanced security conditions, 150 basic values fine, 18000 rubles of compensation. Appeal 20.12.2022: the sentence was upheld. Regime change trial date unknown: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-03-15 19:52:45</t>
   </si>
   <si>
-    <t>Denis Valentinovich Salmanovich</t>
-[...15 lines deleted...]
-    <t>2021-10-26 19:13:17</t>
+    <t>Sergey Alexandrovich Romanov</t>
+  </si>
+  <si>
+    <t>7 june 1994</t>
+  </si>
+  <si>
+    <t>An anarchist activist was detained while crossing the Belarusian border on the night of October 28-29, 2020, and charged with "arson" and "terrorism." He had previously served a five-year sentence under Article 295-3 of the Criminal Code of the Republic of Belarus and was released in 2019.
+On October 29, 2021, in Gomel, Sergei was sentenced to one year in prison for "violating the terms of supervision" under a previous political article. In March 2023 and September 2024, he was convicted twice of "malicious disobedience to the demands of the penal colony administration." This article is used to try prisoners who refuse to cooperate with the administration for fictitious violations. As a result, his total prison term was 22 years and 11 months.
+In the fall of 2025, it became known that Sergei Romanov had recently been hospitalized for surgery. The operation was planned and went without complications. He was soon to be transferred back to the penal colony.</t>
+  </si>
+  <si>
+    <t>IK-9, Gorki, 213410, ul. Dobroliubova, 16</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.12.2021: 20 years of imprisonment in colony in strict regime conditions, approximately 11000 rubles of compensation. Appeal 22.04.2022: the sentence was upheld. Trial outcome 23.03.2023: 11 months of imprisonment in colony in strict regime conditions. Appeal 06.06.2023: the sentence was upheld. Trial outcome 25.09.2024: 2 years of imprisonment in colony in strict regime conditions. Appeal 26.11.2024: the sentence was upheld. Trial outcome 19.05.2025: 1 year 6 months of imprisonment in colony in strict regime conditions.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:40:05</t>
   </si>
   <si>
     <t>Nikita Alexandrovich Grushevsky</t>
   </si>
   <si>
     <t>7 june 2000</t>
   </si>
   <si>
     <t>Nikita Grushevskyi graduated from the Sukhoi Gomel State Technical University in 2022. He worked shifts in Russia.
 According to information available to human rights activists , Nikita Grushevsky expressed his opinions, including about the individuals currently illegally holding power in Belarus, in online comments on social media communities.
 Among other things, he was convicted for being part of a certain community that the regime declared an “extremist formation.”
 The trial of Nikita Grushevsky was held behind closed doors.</t>
   </si>
   <si>
     <t>Trial outcome 23.09.2025: 3 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-09-30 14:51:32</t>
   </si>
   <si>
-    <t>Sergey Alexandrovich Romanov</t>
-[...16 lines deleted...]
-    <t>2021-02-27 00:40:05</t>
+    <t>Valery Igorevich Zalivako</t>
+  </si>
+  <si>
+    <t>8 june 1991</t>
+  </si>
+  <si>
+    <t>On July 16, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.04.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 16.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-12 17:45:06</t>
   </si>
   <si>
     <t>Irina Alekseevna Savritskaya</t>
   </si>
   <si>
     <t>8 june 1966</t>
   </si>
   <si>
     <t>Irina worked as a sales specialist and then as a manager at Anastan. She was convicted along with her daughter and husband.
 The criminal case was prompted by a video the family made in the summer of 2020 calling for an end to violence. Gennady, the husband, testified in court that one day in the summer of 2020, emotionally affected by the data he saw online about the violence used by the officers against protesters, he decided to record a video addressing the officers with a call for a justified use of force. He came up with the text of the speech and then asked his daughter to read it. He also asked his wife to speak out about the elections. On the same day, he expressed his wishes for the future of the country on video, and at the end of his speech, he also showed a heart symbol. After that, he found videos on the Internet and edited the video. On the same day, he sent it to several of his friends and relatives.</t>
   </si>
   <si>
     <t>Trial outcome 21.11.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:46</t>
   </si>
   <si>
-    <t>Valery Igorevich Zalivako</t>
-[...11 lines deleted...]
-    <t>2024-04-12 17:45:06</t>
+    <t>Yuri Mikhailovich Polyukhovich</t>
+  </si>
+  <si>
+    <t>9 june 1986</t>
+  </si>
+  <si>
+    <t>Yuri was initially sentenced to three years of house arrest, and then, in November 2021, to three years of restricted freedom with a placement in an open correctional facility. Both cases involved charges of insulting government officials.
+In 2022, a third criminal case was opened against him under the articles "violence or threat of violence against a police officer," "insulting a government official," and "insulting a judge." In December of that year, Yuri was sentenced to five years of restricted freedom with a referral.</t>
+  </si>
+  <si>
+    <t>IUOT-21, 247783, Gomel region, Mozyr, b-r Yunosti, 24</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years restrictions of freedom without referral to an open-type correctional facility. Appeal date unknown: the sentence was upheld. Trial outcome 23.11.2021: 3 years restrictions of freedom with referral to an open-type correctional facility. Trial outcome 23.12.2022: 5 years restrictions of freedom with referral to an open-type correctional facility. Appeal 24.01.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2022-01-30 21:53:18</t>
+  </si>
+  <si>
+    <t>Pavel Nikolaevich Churkin</t>
+  </si>
+  <si>
+    <t>9 june 1987</t>
+  </si>
+  <si>
+    <t>Pavel was first convicted in May 2021 for "insulting Lukashenko" and sentenced to imprisonment in a penal colony. He was released in May 2022, having served his full sentence.
+Pavel was detained again in the spring of 2024 on suspicion of collaborating with the Main Intelligence Directorate of the Ukrainian Ministry of Defense. This was reported on the program "All About the Case" on the state-run television channel Belarus 4. Mogilev. In the published video, Pavel claims to have filmed the deployment of Iskander missiles to pass on to the Ukrainian Armed Forces, and also reads a text presented as an oath of allegiance to Ukraine.
+In November 2024, he faced a series of court hearings under the articles "participation in an armed group or armed conflict, military operations on the territory of a foreign state, recruitment or training of persons for such participation" and "treason." The outcome of the cases is unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.05.2021: 1 year of imprisonment in colony under general regime conditions. Trial outcome 19.11.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal 28.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2021-09-03 13:56:39</t>
   </si>
   <si>
     <t>Jaroslav Petrovich Sakovich</t>
   </si>
   <si>
     <t>9 june 1980</t>
   </si>
   <si>
     <t>According to investigators, he was detained for transmitting data to the Ukrainian Armed Forces. His wife is Ukrainian. He lived in Ukraine and returned to Belarus in 2021 because of his sick parents. He was detained by the KGB, they tortured him all night to make him confess that he had previously fought in Ukraine, they called his wife and promised to send him his head. After that, Yaroslav was released. A year later, he was detained again, now he is in a pre-trial detention center.
 On May 4, 2023, he was sentenced under two articles (370 and 295 of the Criminal Code) to 2 years of imprisonment; after the prosecutor's protest, the sentence was doubled. He is in pretrial detention because two more criminal cases have been initiated. He is accused under the article on treason (part 1 of article 356 of the Criminal Code) for "transferring data to the Armed Forces of Ukraine."
 In the summer of 2024, it became known that Yaroslav was again transferred to Pre-trial Detention Center No. 1.</t>
   </si>
   <si>
     <t>11 years of imprisonment in a colony.</t>
   </si>
   <si>
     <t>2022-08-28 10:43:51</t>
   </si>
   <si>
     <t>Maхim Mikhailovich Matyrko</t>
   </si>
   <si>
     <t>9 june 1977</t>
   </si>
   <si>
     <t>Citizen of the Russian Federation, has been living in Minsk for 16 years.
 According to pro-government channels, he was detained for participating in protests in 2020.
 Convicted of participating in protests and setting fire to a car (the exact information on the charge is unknown).
 It became known that Maxim was tried on May 12, 2023 under Part 2 of Art. 411 of the Criminal Code. The verdict is unknown.</t>
   </si>
   <si>
     <t>Trial outcome 06.04.2022: 9 years of imprisonment in colony under enhanced security conditions. Trial outcome 12.05.2023: unknown years of imprisonment in colony under enhanced security conditions. Regime change trial 10.09.2024: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2022-04-05 00:00:07</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Kotov</t>
-[...48 lines deleted...]
-    <t>2021-09-03 13:56:39</t>
+    <t>Danila Maksimovich Chibisov</t>
+  </si>
+  <si>
+    <t>10 june 2003</t>
+  </si>
+  <si>
+    <t>Danila is a student at the Francisk Skorina Gomel State University. On October 18, 2024, in the Novobelitsky District Court of Gomel, he and his mother Elena Chibisova were convicted under Part 2 of Article 19.11 of the Code of Administrative Offenses (rape distribution of extremist materials). The outcome of that court hearing is unknown. After that, a criminal case was opened.</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.03.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-10 18:24:41</t>
+  </si>
+  <si>
+    <t>Viktar Turchenik</t>
+  </si>
+  <si>
+    <t>10 june 1989</t>
+  </si>
+  <si>
+    <t>Trial outcome 03.11.2025: 2 years 6 months of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:45:43</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Chizhevsky</t>
+  </si>
+  <si>
+    <t>10 june 1978</t>
+  </si>
+  <si>
+    <t>On May 31, 2024, the appeal was considered and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.03.2024: 2 years 8 months of imprisonment in colony under general regime conditions. Appeal 31.05.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:37:03</t>
+  </si>
+  <si>
+    <t>Pavel Valerievich Shpak</t>
+  </si>
+  <si>
+    <t>10 june 1985</t>
+  </si>
+  <si>
+    <t>Pavel is a physicist. In 2007, he graduated with a master's degree in laser physics from the Belarusian State University and holds a PhD in physics and mathematics. Two years ago, he found work in Poland and received a work permit, but he traveled home occasionally. During one of these trips, he was detained .
+For nearly 16 years (from 2007 to 2023), he worked at the Institute of Physics of the National Academy of Sciences of Belarus, rising from junior research fellow to researcher. His scientific portfolio includes 33 publications and participation in the development of laser systems and optoelectronics.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-12-08 04:12:55</t>
   </si>
   <si>
     <t>Yuri Aleksandrovich Moiseenko</t>
   </si>
   <si>
     <t>10 june 1998</t>
   </si>
   <si>
     <t>On April 17, 2024, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>unknown years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2024-04-12 17:29:48</t>
   </si>
   <si>
-    <t>Danila Maksimovich Chibisov</t>
-[...11 lines deleted...]
-    <t>2025-02-10 18:24:41</t>
+    <t>Uladzislau Dzmitryyevich Pudziak</t>
+  </si>
+  <si>
+    <t>Head of the Gomselmash workshop.
+On September 8, 2023, an appeal hearing was held, and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.06.2023: 11 years of imprisonment in colony under general regime conditions. Appeal 08.09.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-06-03 22:39:05</t>
   </si>
   <si>
     <t>Denis Sergeevich Sidorok</t>
-  </si>
-[...1 lines deleted...]
-    <t>10 june 1989</t>
   </si>
   <si>
     <t>Presumably detained for participating in protests in 2020.
 On March 14, 2023, the appeal was considered, and the verdict came into force.</t>
   </si>
   <si>
     <t>5 years imprisonment in a general regime colony</t>
   </si>
   <si>
     <t>2022-11-12 17:30:43</t>
   </si>
   <si>
-    <t>Victor Turchenik</t>
-[...58 lines deleted...]
-    <t>Vladimir Ivanovich Zhuravko</t>
+    <t>Uladzimir Ivanavich Zhurauka</t>
   </si>
   <si>
     <t>13 june 1985</t>
   </si>
   <si>
-    <t>Former operator of the GPU workshop "Ammonia-3". According to preliminary information, he was detained under Articles 356 and 357 of the Criminal Code of the Republic of Belarus (“treason to the state” and “conspiracy or other actions committed with the aim of seizing state power”).
-[...5 lines deleted...]
-    <t>15 years in a colony under a reinforced regime</t>
+    <t>Vladimir, a former control room operator at the Ammonia-3 plant at the Grodno Azot plant, was arrested in the fall of 2021 as part of a criminal case brought against plant employees who supported the strike and were part of the "Workers' Movement" initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers took place across the country.
+In February 2023, Vladimir was found guilty of slander, treason, and the creation of and participation in an extremist group and sentenced to imprisonment.
+In November 2023, another court hearing took place, following which Vladimir was transferred to prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 15 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld. Regime change trial 16.11.2023: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-09-26 12:51:26</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Chabotko</t>
   </si>
   <si>
     <t>13 june 1983</t>
   </si>
   <si>
     <t>Owner of the popular website s13.ru. Sergei was tried on October 25 for "dissemination of extremist materials" . The result of the trial was also 15 days of administrative arrest. That day it became known that the court, at the request of the Grodno city prosecutor, recognized the website s13.ru, which had existed for almost two decades, as "extremist materials" . After the first detention, Sergei was accused of "violating the procedure for organizing or holding mass events". The administrative case was heard on Wednesday by the Leninsky District Court, Judge Natalia Gorbach awarded another 15 days.
 As a result, Sergei Chabotko was tried three times - for distributing extremist materials and "picketing" on the Internet.
 Sergei was not released even after 45 days of administrative arrest. The man was probably taken into custody.
 The KGB of Belarus has recognized the website s13.ru as an "extremist formation ", so Sergei's case is probably connected to this.</t>
   </si>
   <si>
     <t>Trial outcome 31.10.2025: 3 years 6 months of imprisonment in colony under general regime conditions, 1000 basic values fine.</t>
   </si>
   <si>
     <t>2024-12-10 17:07:52</t>
   </si>
   <si>
+    <t>Roman Olegovich Tsygankov</t>
+  </si>
+  <si>
+    <t>13 june 1994</t>
+  </si>
+  <si>
+    <t>Detained for participating in protests in 2020.
+On October 20, 2023, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.08.2023: unknown years of imprisonment in colony under general regime conditions. Appeal 20.10.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2022-10-12 17:00:37</t>
+  </si>
+  <si>
     <t>Dmitry Vladimirovich Sosnovsky</t>
   </si>
   <si>
     <t>13 june 1990</t>
   </si>
   <si>
     <t>Dmitry was arrested in July 2021 in connection with a criminal case involving an attempted assassination of propagandist Grigory Azarenok under the article "Act of Terrorism." According to the prosecution, he committed "deliberate actions aimed at preparing an act of terrorism against Azarenok." Various options were considered, including forcibly coercing him into recording a video message.
 Dmitry was the only defendant in the case who did not plead guilty. At his trial, he stated that he was drawn into the crime during an investigative experiment. He claimed that after his arrest, he was subjected to violence and torture, forced to sign a confession. During interrogation, he sustained serious injuries to his hands, which now prevents him from working full-time. At the first hearing, he also announced his desire to renounce his Belarusian citizenship, as he "has no connection to terrorism."
 In December 2022, Dmitry was found guilty and sentenced to imprisonment in a maximum-security penal colony, as well as a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Appeal 03.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-08-04 12:30:46</t>
   </si>
   <si>
-    <t>Elena Gennadievna Rudaya</t>
-[...29 lines deleted...]
-  <si>
     <t>Sergey Andreevich Batura</t>
   </si>
   <si>
     <t>13 june 2001</t>
   </si>
   <si>
     <t>He was detained as part of a criminal case on November 9, 2021 for participating in protests. First, he was placed in the pre-trial detention center of the State Security Committee, then transferred to the pre-trial detention center-1.
 He was also accused of receiving telescopic batons, stun guns and other means from abroad.</t>
   </si>
   <si>
     <t>Trial outcome 01.07.2022: 5 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2022-01-11 16:28:58</t>
+  </si>
+  <si>
+    <t>Elena Gennadievna Artyush (Rudaya)</t>
+  </si>
+  <si>
+    <t>13 june 1969</t>
+  </si>
+  <si>
+    <t>Pulmonologist with 30 years of experience. Worked at the 10th hospital of Minsk (1992-2022), headed the department.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal 15.07.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-27 21:00:10</t>
   </si>
   <si>
     <t>Sergey Romualdovich Plonis</t>
   </si>
   <si>
     <t>14 june 1973</t>
   </si>
   <si>
     <t xml:space="preserve">Sergey, a system administrator in the field of local networks and video surveillance, was arrested on October 2, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a “radical direction”, as well as of intending to damage or destroy three Tabakerka kiosks.
 </t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:45:22</t>
   </si>
   <si>
     <t>Anton Vladimirovich Deneyko</t>
   </si>
   <si>
     <t>14 june 1991</t>
   </si>
   <si>
     <t>5 years in prison in a penal colony</t>
@@ -858,203 +835,196 @@
   <si>
     <t>He was declared a member of the "extremist group" "Da Zoraў." The KGB believes he and Semyon Malashenkov are members.
 He is known as a musician, a gusli maker, and a member of the group "Stary Olsa." Since 2002, Chumakov has played and sung in the medieval music group "Stary Olsa," using the gusli, flutes, and other ancient instruments. In 2005, he founded the group "Bokal Kola," which performed Belarusian folk dances to the accompaniment of the duda and gusli, but the project was short-lived. Occasionally, the musician performed solo, performing folk dances.
 Ales also translated Irish heroic poetry into Belarusian. In the band Ceilidh Ceol, formed in the mid-2000s, he performed ancient Irish songs in Belarusian dedicated to freedom and the memory of ancestors. In 2020, he lent his vocals to the Belarusian dub of the Netflix series The Witcher, performing the well-known song "Toss a Coin to Your Witcher" in Belarusian.</t>
   </si>
   <si>
     <t>2025-12-16 19:40:03</t>
   </si>
   <si>
     <t>Artem Igorevich Kosakovsky</t>
   </si>
   <si>
     <t>14 june 1998</t>
   </si>
   <si>
     <t>Artem worked as an optician at the Lida Optik plant. He received his education at the Grodno Physics and Mathematics Lyceum and the Lida Polytechnic College. He was detained on September 27, 2020, in connection with a case of mass riots and accused of participating in Telegram channels of a "radical orientation" and of intending to damage or destroy three Tabakerka kiosks.
 In May 2022, Artem was convicted again for participating in protests that took place in Lida in 2020.</t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 5 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld. Trial outcome 23.05.2022: 1 year 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-26 22:42:59</t>
   </si>
   <si>
-    <t>Elena Valerievna Dobysh</t>
-[...11 lines deleted...]
-    <t>2025-03-27 00:27:54</t>
+    <t>Maxim Valerievich Lukashevich</t>
+  </si>
+  <si>
+    <t>15 june 1989</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.12.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 14.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-13 11:59:34</t>
   </si>
   <si>
     <t>Valery Tadeushevich Viskirsky</t>
   </si>
   <si>
     <t>15 june 1986</t>
   </si>
   <si>
     <t>The initial reason for the detention was the distribution of extremist materials as part of an administrative, politically motivated case.
 During the arrest, the man was charged in a criminal case for numerous likes on Odnoklassniki.
 On July 4, 2023, the appeal was considered. the prior agreement came into force.</t>
   </si>
   <si>
     <t>Trial outcome 14.03.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 04.07.2023: unknown.</t>
   </si>
   <si>
     <t>2022-07-04 02:34:41</t>
   </si>
   <si>
     <t>Alexey Vladimirovich Kuzmin</t>
   </si>
   <si>
     <t>15 june 1980</t>
   </si>
   <si>
     <t>Head of pre-billing and tariffication department of MTS.
 According to the investigation materials , Kuzmin had access to personal information of MTS clients and from August 9, 2020 to April 8, 2021, “leaked” it to the telegram channels “Black Book of Belarus”, “Punisher of Belarus” and “All Violations!”
 There were 57 victims - security forces, propagandists, officials, judges, prosecutors and members of their families. In addition, the investigation believes that “joint actions of Kuzmin with other persons” resulted in disruptions to the work of transport and enterprises “causing damage to Minsktrans in the amount of just over 22,500 rubles.”
 Among the victims are, in particular, an employee of SB. Belarus today” Lyudmila Gladkaya , as well as member of the Belarusian Communist Party and deputy Sergei Klishevich .</t>
   </si>
   <si>
     <t>Trial outcome 18.09.2023: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2022-10-28 13:12:30</t>
   </si>
   <si>
-    <t>Olga Prokopchik</t>
+    <t>Volha Prakopchyk</t>
   </si>
   <si>
     <t>15 june 1978</t>
   </si>
   <si>
     <t>2025-09-17 17:50:45</t>
   </si>
   <si>
-    <t>Eugene Alexandrovich Krasnyansky</t>
-[...12 lines deleted...]
-    <t>2025-08-18 14:56:18</t>
+    <t>Alena Dobysh</t>
+  </si>
+  <si>
+    <t>15 june 1981</t>
+  </si>
+  <si>
+    <t>She was detained in March 2025 as part of a criminal case related to "extremist activity".</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.10.2025: 3 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-03-27 00:27:54</t>
   </si>
   <si>
     <t>Pavel Sergeevich Kabarchuk</t>
   </si>
   <si>
     <t>16 june 1993</t>
   </si>
   <si>
     <t>On February 15, 2024, a "counter-terrorist operation" regime was introduced in the Lelchitsy district of the Gomel region on the border with Ukraine. The population was asked to "remain calm and obey the demands of law enforcement officers." The KGB claims to have detained members of a "sabotage and reconnaissance group" that included citizens of Ukraine and Belarus. Among those detained were Ukrainian citizens, father and son Sergei and Pavel Kabarchuks. Sergei Kabarchuks, born in 1963, are from the Kovel district of the Volyn region. The father and son were detained in February 2024 in the Lelchitsy district. "Explosive devices and other means of destruction" were found on them. The KGB "established" that the explosive devices were intended for terrorist attacks in Belarus and Russia, and the "infiltration of the group" was organized by the Security Service of Ukraine.
 At the same time, Brest resident Vitaly Vlasyuk, born in 1970, was also detained. He was accused of smuggling (Part 3 of Article 228 of the Criminal Code).
 He was tortured in the KGB pretrial detention center. After his arrest, he was kept in the KGB pretrial detention center for several days without food.</t>
   </si>
   <si>
-    <t>Trial outcome 23.10.2024: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine.</t>
+    <t>Trial outcome 23.10.2024: 20 years of imprisonment in colony under enhanced security conditions, 700 basic values fine. Regime change trial date unknown: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2024-09-23 19:39:53</t>
   </si>
   <si>
     <t>Sergey Mikhailovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>16 june 1982</t>
   </si>
   <si>
     <t>The administrator of the Telegram channel "Army with the People" and the husband of political prisoner Antonina Konovalova was detained on October 2, 2020 and convicted of "preparing to participate in mass riots."
 In January 2023, Sergei was re-convicted for “malicious disobedience to the demands of the administration of the correctional institution.”</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 07.05.2021: 5 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 30.07.2021: the sentence was upheld. Trial outcome 26.01.2023: 9 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-26 21:55:40</t>
   </si>
   <si>
-    <t>Alexey Sergeevich Borodko</t>
+    <t>Eugene Alexandrovich Krasnyansky</t>
+  </si>
+  <si>
+    <t>43-year-old Evgeny was sentenced for sociological research on COVID-19 in Belarus.
+Earlier, the Investigative Committee reported details of the prosecution of Krasnyansky. The agency claimed that the man prepared a study for one of the foreign organizations containing "deliberately false information about the country's health policy in terms of measures taken to combat coronavirus infection." It is known that two women were detained along with Yevgeny Krasnyansky: Minsk residents aged 37 and 43. They allegedly conducted a sociological study on the presence of advantages among citizens in the development of the country through integration with the countries of the European Union. In order to arrive at the desired result, the women allegedly interviewed representatives of the focus group who had "a deliberately negative attitude towards the existing political system and constitutional order in the state." The sentences for the women are unknown.</t>
+  </si>
+  <si>
+    <t>Trial outcome 08.08.2025: 7 years 6 months of imprisonment in colony under enhanced security conditions, 595 basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-08-18 14:56:18</t>
+  </si>
+  <si>
+    <t>Aliaksei Siarheyevich Barodka</t>
   </si>
   <si>
     <t>17 june 1998</t>
   </si>
   <si>
     <t>The lawyer was detained at the end of January and is in pre-trial detention center No. 1 on Volodarsky. After the arrest, the lawyer’s profile was removed from the website of the Republican Bar Association. It later became known that on April 21, 2023, his license was revoked.
 On September 8, 2023, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 19.05.2023: 6 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2023-04-26 16:10:13</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Chizh</t>
   </si>
   <si>
     <t>18 june 1983</t>
   </si>
   <si>
     <t>Trial outcome 19.06.2024: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-06-17 19:24:12</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-06-20 16:01:58</t>
   </si>
   <si>
     <t>Vladimir Mikhailovich Morozov</t>
   </si>
   <si>
     <t>19 june 1980</t>
   </si>
   <si>
     <t>Most likely he was detained on January 26, 2023 for the distribution, production, storage, transportation of information products containing calls for extremist activities or promoting such activities. After which a criminal case was opened under numerous articles. Before the trial, he was allegedly imprisoned in a prison in Zhodino.
 On January 26, 2024, an appeal hearing was held. The verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 15.11.2023: 9 years of imprisonment in colony under enhanced security conditions. Appeal 26.01.2024: unknown.</t>
   </si>
   <si>
     <t>2023-11-02 21:51:46</t>
   </si>
   <si>
     <t>Dmitry Petrovich Morozov</t>
   </si>
   <si>
     <t>19 june 1972</t>
   </si>
   <si>
     <t>Trial outcome 22.11.2023: unknown. Appeal 14.03.2024: unknown.</t>
@@ -1076,403 +1046,361 @@
 From Gleb Dudko’s publications on social networks, it can be understood that in 2022 he condemned military aggression against Ukraine. What exactly served as the basis for the political persecution of the Gomel resident is unknown.</t>
   </si>
   <si>
     <t>Trial outcome 09.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 10.09.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-06-19 22:08:16</t>
   </si>
   <si>
     <t>Valentina Vladimirovna Poloz</t>
   </si>
   <si>
     <t>21 june 1974</t>
   </si>
   <si>
     <t>On September 11, 2023, the State Security Committee reported in a propaganda film that it had detained six people in Belarus on charges of collaborating with the "Security Service of Ukraine" and "preparing terrorist attacks." In the video, some of them appear beaten, some are led around in chains during investigative actions, and one of the detainees was filmed in a KGB pretrial detention center. As a result, three people, including Valentina, were charged under six articles of the Criminal Code at once, including "Treason" and "agent activity."
 Valentina, according to pro-government media, together with Nikolai Losovsky, was picking up a package containing weapons and explosives, which had to be buried in the Mozyr district. They did not manage to complete the task, as they were detained.</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 9 years of imprisonment in colony under general regime conditions, 550 basic values fine. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:21:12</t>
   </si>
   <si>
-    <t>Margarita Alexandrovna Shchirets</t>
-[...27 lines deleted...]
-  <si>
     <t>Sergey Vladimirovich Boyko</t>
   </si>
   <si>
     <t>22 june 1986</t>
   </si>
   <si>
     <t>Citizen of Ukraine. From June 8 to June 21, 2023, the case was considered behind closed doors by judge Anatoly Sotnikov.
 On August 29, 2023, an appeal hearing was held and the verdict came into force.</t>
   </si>
   <si>
     <t>Trial outcome 21.06.2023: 7 years of imprisonment in colony under general regime conditions. Appeal 29.08.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-07-11 10:20:50</t>
   </si>
   <si>
-    <t>Natalia Vasilevna Levaya</t>
-[...10 lines deleted...]
-  <si>
     <t>Vitaly Viktorovich Krasnov</t>
   </si>
   <si>
     <t>22 june 1987</t>
   </si>
   <si>
     <t>On March 1, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>2024-02-28 21:08:51</t>
   </si>
   <si>
     <t>Sergey Viktorovich Evdokimenko</t>
   </si>
   <si>
     <t>23 june 1987</t>
   </si>
   <si>
     <t>As follows from the press release of the Brestobl Court, Evdokimenko was charged with the fact that from August to December 2020 he transferred “personal and other personal data of employees of internal affairs bodies for public dissemination on the Internet.” At the same time, I took the data from databases to which I had access at work. Presumably he worked at the Brest BTI.
 On October 10, 2024, the appeal was considered and the verdict entered into force.</t>
   </si>
   <si>
     <t>Trial outcome 31.07.2023: 7 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2023-07-20 13:03:39</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Pogerilo</t>
+    <t>Andrei Uladzimiravich Paheryla</t>
   </si>
   <si>
     <t>23 june 1991</t>
   </si>
   <si>
-    <t>Former repairman of the "Ammonia-3" workshop.
-[...3 lines deleted...]
-    <t>Trial outcome 17.02.2023: 14 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: unknown.</t>
+    <t>Andrei, a former maintenance worker in the Ammonia-3 workshop at the Grodno Azot plant, was arrested in the fall of 2021 as part of a criminal case brought against plant employees who supported the strike and were part of the "Workers' Movement" initiative. On September 21, 2021, this initiative was designated an extremist organization, following which mass arrests of workers took place across the country.
+In February 2023, Andrei was found guilty of slander, treason, and the creation of and participation in an extremist group and sentenced to imprisonment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.02.2023: 14 years of imprisonment in colony under enhanced security conditions. Appeal 02.08.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-09-26 12:44:51</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-08-26 22:21:40</t>
   </si>
   <si>
     <t>Denis Mikhailovich Urad</t>
   </si>
   <si>
     <t>Denis, a special communications officer for the General Staff of the Armed Forces, was detained in March 2021 and convicted for, according to pro-government media, photographing a secret letter from the Minister of Internal Affairs to the Minister of Defense and “passing it on to a Polish Telegram channel.”
 The trial was held behind closed doors, and the verdict was not subject to appeal or review. In addition to a long prison term, Denis was also stripped of his military rank.
 In August 2022, his punishment was increased and he was transferred to prison.</t>
   </si>
   <si>
     <t>Trial outcome 14.05.2021: 18 years of imprisonment in colony under enhanced security conditions, military service restriction. Regime change trial 22.08.2022: 3 years of prison regime.</t>
   </si>
   <si>
     <t>2021-04-29 19:09:37</t>
   </si>
   <si>
     <t>Paul Nikolaevich Ivanov</t>
   </si>
   <si>
     <t>24 june 1982</t>
   </si>
   <si>
     <t>He was detained after the Telegram chat "Atolino " was designated an "extremist group." The Ministry of Internal Affairs named several " members of the group ," in addition to Pavel: Dmitry Tikunov, Evgeniya Mostovaya (Grigorik), Pavel Belonitsky, Alexey Semenov, Yury Antonovich, Alexander Zaitsev, and Vladimir Polekh.</t>
   </si>
   <si>
     <t>Trial outcome 29.03.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 18.06.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-11 13:21:58</t>
   </si>
   <si>
     <t>Tina Zakharovna Palynskaya</t>
   </si>
   <si>
     <t>24 june 1973</t>
   </si>
   <si>
-    <t>Journalist, Catholic believer from Polotsk. Tina has not been involved in journalism for a long time, raised two daughters, worked in archives, including Russian ones, fulfilling private orders to create biographical essays, family books, stories about participants in World War II.
-[...2 lines deleted...]
-The details of the charges have not been officially disclosed. Based on circumstantial evidence, there is an assumption that the case may be connected with the KGB's decision to recognize the "Belarusian Analytical Workshop" of Professor Andrei Vardomatsky as an extremist organization. This organization conducted sociological surveys among Belarusian citizens. At the moment, there is no confirmation that Tina or her daughter actually participated in the BAM research. But even if such participation had taken place, it would not have violated the law: at the time of possible contact with the workshop, it had not yet been recognized as an extremist organization.</t>
+    <t>A journalist and Catholic believer from Polotsk, Tina had long since retired from journalism, raising two daughters and working in archives, including Russian ones, fulfilling private commissions for biographical essays, family books, and stories about World War II veterans.
+Earlier, in 2022, the journalist was tried on administrative charges and heavily fined for wearing yellow and blue ribbons on her bag, while the Investigative Committee investigated her Facebook post and searched her home.
+She has been out of contact since the end of May 2025. Tina and her eldest daughter, Margarita, 22, are in custody on criminal charges. Tina also has a younger daughter, 14, who is underage.
+Details of the charges have not been officially disclosed. Circumstantial evidence suggests that the case may be connected to the KGB's decision to designate Professor Andrei Vardomatsky's Belarusian Analytical Workshop as an extremist group. This organization conducted sociological surveys among Belarusian citizens. There is currently no confirmation that Tina or her daughter actually participated in the BAM research. But even if such participation had occurred, it would not have violated the law: at the time of possible contact with the workshop, it had not yet been designated an extremist group.
+On October 13, 2025, it became known that Tina’s husband, writer Ales Polynsky , had died .</t>
+  </si>
+  <si>
+    <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-06-04 11:09:53</t>
   </si>
   <si>
     <t>Tatiana Nikolaevna Karpovich</t>
   </si>
   <si>
     <t>24 june 1997</t>
   </si>
   <si>
     <t>A resident of Vitebsk.
 The girl was charged under Article 130 of the Criminal Code (Inciting social hostility) for transmitting the data of security forces, teachers, judges to the telegram channel «Chernaya kniga Belarusi» («Black Book of Belarus»).</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2021-12-21 14:22:23</t>
   </si>
   <si>
     <t>Denis Nikolaevich Vorozov</t>
   </si>
   <si>
     <t>25 june 1981</t>
   </si>
   <si>
     <t>He was detained for hanging a white-red-white flag and the flag of Ukraine in a 19-storey building on Lesya Ukrainka Street.
 After his arrest, the channel in the Zello mobile application, through which he communicated during the rally, was recognized as an extremist formation.</t>
   </si>
   <si>
     <t>5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-09-15 19:00:27</t>
   </si>
   <si>
     <t>Airat Ernestovich Khalikov</t>
   </si>
   <si>
     <t>26 june 1996</t>
   </si>
   <si>
     <t>A citizen of the Russian Federation, he has lived in Belarus since 2019. He worked as a driver for Alivaria. He was arrested in May 2025 in connection with the Gayun case.</t>
   </si>
   <si>
     <t>2025-09-26 21:40:42</t>
   </si>
   <si>
+    <t>Igor Petrovich Khristoforov</t>
+  </si>
+  <si>
+    <t>26 june 1973</t>
+  </si>
+  <si>
+    <t>He was convicted for more than three hundred comments, some of which were dated back to 2015.
+The trial was interrupted due to the worsening of his spinal condition and loss of the ability to walk.
+On November 15, 2022, the appeal was heard.</t>
+  </si>
+  <si>
+    <t>Trial outcome 22.08.2022: 6 years of imprisonment in colony under general regime conditions. Appeal 15.11.2022: unknown.</t>
+  </si>
+  <si>
+    <t>2022-09-02 22:29:38</t>
+  </si>
+  <si>
     <t>Vladimir Yurievich Isaev</t>
   </si>
   <si>
     <t>26 june 1984</t>
   </si>
   <si>
     <t>He was sentenced to imprisonment in the fall of 2022 for "insulting Lukashenko." The outcome of his appeal is unknown.
 In June 2025, it became known that Vladimir had been detained. The details of the case are being investigated. In the fall, he was sentenced to imprisonment.</t>
   </si>
   <si>
     <t>Trial outcome 31.10.2022: unknown years of imprisonment in colony under general regime conditions. Appeal 17.01.2023: all charges dropped. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2022-11-04 18:13:51</t>
   </si>
   <si>
-    <t>Igor Petrovich Khristoforov</t>
-[...11 lines deleted...]
-    <t>2022-09-02 22:29:38</t>
+    <t>Peter Filippovich Filipovich</t>
+  </si>
+  <si>
+    <t>27 june 1953</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 18.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-12-02 17:53:29</t>
   </si>
   <si>
     <t>Nikolay Stepanovich Losovsky</t>
   </si>
   <si>
     <t>27 june 1966</t>
   </si>
   <si>
     <t>On September 11, 2023, the State Security Committee reported in a propaganda film that it had detained six people in Belarus on charges of collaborating with the "Security Service of Ukraine" and "preparing terrorist attacks." In the video, some of them appear beaten, some are led around in chains during investigative actions, and one of the detainees was filmed in a KGB pretrial detention center. As a result, three people, including Nikolai, were charged under six articles of the Criminal Code at once, including "Treason" and "agent activity."
 Nikolai, according to pro-government media, checked caches on orders from Ukrainian special services and also carried out other tasks for money.</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 10 years of imprisonment in colony under enhanced security conditions, 550 basic values fine. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-10 22:20:13</t>
   </si>
   <si>
-    <t>Peter Filippovich Filipovich</t>
-[...23 lines deleted...]
-    <t>2024-10-21 21:48:13</t>
+    <t>Yana Vitalievna Pinchuk</t>
+  </si>
+  <si>
+    <t>28 june 1997</t>
+  </si>
+  <si>
+    <t>Detained on November 1, 2021 in St. Petersburg for the events in Belarus. In Russia, she worked as a waitress and lived in two countries. The last time the girl was at home about a year ago. According to the investigation, from September 2020 to November 2021, the suspect administered three Telegram channels. In May 2022, the Russian court refused to grant Belarusian Yana Pinchuk temporary asylum in Russia.
+On August 9, 2022, she was extradited from the Russian Federation to the Republic of Belarus despite the ban on extradition by the UN Human Rights Committee.</t>
+  </si>
+  <si>
+    <t>12 years of imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>2021-11-03 17:48:25</t>
   </si>
   <si>
     <t>Alexey Vasilievich Semenok</t>
   </si>
   <si>
     <t>28 june 1975</t>
   </si>
   <si>
     <t>The verdict was based on Alexei's comments on the Internet.
 Immediately upon arrival at the colony, Alexei Semenko was thrown into a punishment cell - a place where prisoners are tortured under inhumane conditions.</t>
   </si>
   <si>
     <t>Trial outcome 12.03.2025: 1 year 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-03-11 21:32:16</t>
   </si>
   <si>
     <t>Alexei Sergeevich Samoylyuk</t>
   </si>
   <si>
     <t>28 june 1989</t>
   </si>
   <si>
     <t>A special forces detachment burst into Alexey’s home, they knocked the man to the floor and one security officer sat with his knees on Samoiluk’s body (with one knee on Samoiluk’s neck).
 The pro-government channel claims that Samoiluk “threw stones at the police during the riots.” In that publication on the same channel they also posted photographs: in one picture there are two people in hoods and masks, one holding a Ukrainian flag, the second a sheet of paper with the text “Brest residents with Ukraine.”</t>
   </si>
   <si>
     <t>Trial outcome 05.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 08.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-18 20:51:34</t>
   </si>
   <si>
-    <t>Oleg Nikolaevich Gorelov</t>
-[...29 lines deleted...]
-    <t>2021-11-03 17:48:25</t>
+    <t>Anatoly Anatolyevich Kosilo</t>
+  </si>
+  <si>
+    <t>28 june 1985</t>
+  </si>
+  <si>
+    <t>Anatoly was convicted under the article "organization and preparation of actions that grossly violate public order, or active participation in them" and sentenced to restriction of freedom with referral to an open-type institution.</t>
+  </si>
+  <si>
+    <t>Trial outcome 31.10.2024: 1 year 6 months restrictions of freedom with referral to an open-type correctional facility. Appeal 21.01.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-10-21 21:48:13</t>
   </si>
   <si>
     <t>Kirill Romanovich Ashurak</t>
   </si>
   <si>
     <t>29 june 1999</t>
   </si>
   <si>
     <t>Kirill was arrested on June 23, 2021, in connection with a criminal investigation into an incident at a Russian Navy communications facility near Vileika. In the ONT propaganda film, he was portrayed as the initial perpetrator of the bombing mission, but he refused to participate and merely assisted in reconnaissance of the area.
 Lukashenko mentioned Kirill among the people who allegedly wanted to flee to Ukraine and Lithuania, but were detained by the KGB Alpha group.
 It is also known that Kirill was previously detained and severely beaten on August 9, 2020.
 In December 2022, he was found guilty and sentenced to imprisonment in a maximum security penal colony and a large fine.</t>
   </si>
   <si>
     <t>Trial outcome 05.12.2022: 13 years of imprisonment in colony under enhanced security conditions, 400 basic values fine. Appeal 03.03.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2022-04-28 14:54:16</t>
+  </si>
+  <si>
+    <t>Marina Aliseenko</t>
+  </si>
+  <si>
+    <t>29 june 1984</t>
+  </si>
+  <si>
+    <t>Marina Alekseenko is 40 years old. She is from Minsk, graduated from the Minsk State Linguistic University in 2008. After that, she worked as a translator, but in 2012 she got a job at the elite five-star Minsk hotel Crowne Plaza. In two years, she went from assistant sales manager to head of sales and marketing.
+Detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.10.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 17.12.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-06-18 14:02:34</t>
   </si>
   <si>
     <t>Paul Vladimirovich Vabishchevich</t>
   </si>
   <si>
     <t>30 june 1986</t>
   </si>
   <si>
     <t>Pavel Vabishchevich and Andrei Zinenko, as stated in the ONT propaganda film, were detained on the night of August 26-27, 2023, on the railway in the Stolbtsy district near the oil depot and the Sinyava stopping point.
 A propaganda film in the fall of 2023 claimed that they were detained for attempting to plant an explosive device on a railway in the Stolbtsy district, "which was supposed to go off on command from an SBU supervisor." The propagandists said that Vabishchevich came to the attention of the security forces when an informant reported him to a KGB chatbot, saying that he was photographing railway tracks and trains at the Orsha train station.</t>
   </si>
   <si>
     <t>Trial outcome 06.02.2025: 23 years of imprisonment in colony under enhanced security conditions, 700 basic values fine.</t>
   </si>
   <si>
     <t>2024-12-12 00:03:16</t>
   </si>
   <si>
     <t>Zhanna Nikolaevna Dashkevich</t>
   </si>
   <si>
     <t>30 june 1969</t>
   </si>
   <si>
     <t>Zhanna Dashkevich is 54 years old. She comes from the village of Svatki, Myadel district, Minsk region. Zhanna graduated from the Bobruisk Medical College in 1987, and at the age of 41 she entered the Belarusian State Pedagogical University to study as a psychologist. It is unknown when Zhanna Dashkevich was detained and why. But she stopped being online in October 2023, although she had previously been active on social networks.
@@ -1808,51 +1736,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1891,167 +1819,167 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
@@ -2061,78 +1989,78 @@
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
@@ -2223,2126 +2151,1990 @@
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>85</v>
       </c>
       <c r="I14" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>87</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
       <c r="C15" t="s">
         <v>89</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
-[...5 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>94</v>
       </c>
-      <c r="D16" t="s">
+      <c r="I16" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>110</v>
       </c>
       <c r="I19" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>126</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>132</v>
       </c>
       <c r="I23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
+      <c r="E24" t="s">
+        <v>137</v>
+      </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
       <c r="I25" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>145</v>
       </c>
       <c r="B26" t="s">
         <v>146</v>
       </c>
       <c r="C26" t="s">
         <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>148</v>
       </c>
       <c r="I26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>150</v>
       </c>
       <c r="B27" t="s">
         <v>151</v>
       </c>
       <c r="C27" t="s">
         <v>152</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E27" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>153</v>
       </c>
       <c r="I27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28" t="s">
         <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>157</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
         <v>174</v>
       </c>
       <c r="I31" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>176</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>179</v>
       </c>
       <c r="I32" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>181</v>
       </c>
       <c r="B33" t="s">
         <v>182</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>183</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
         <v>186</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>187</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>188</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
         <v>191</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>192</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>193</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
         <v>196</v>
       </c>
-      <c r="B36" t="s">
-        <v>192</v>
+      <c r="C36" t="s">
+        <v>197</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>198</v>
       </c>
       <c r="I36" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>200</v>
       </c>
       <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>201</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>202</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" t="s">
         <v>205</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>78</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>206</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
         <v>210</v>
       </c>
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>211</v>
       </c>
-      <c r="C39" t="s">
+      <c r="I39" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
         <v>215</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>216</v>
       </c>
-      <c r="C40" t="s">
+      <c r="I40" t="s">
         <v>217</v>
-      </c>
-[...16 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" t="s">
+        <v>219</v>
+      </c>
+      <c r="C41" t="s">
         <v>220</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
         <v>221</v>
       </c>
-      <c r="C41" t="s">
+      <c r="I41" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
         <v>225</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>226</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
         <v>230</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>231</v>
       </c>
-      <c r="C43" t="s">
+      <c r="I43" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
         <v>235</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44" t="s">
+        <v>99</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>237</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
         <v>240</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>245</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>246</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
+        <v>249</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>62</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>251</v>
+      </c>
+      <c r="B48" t="s">
+        <v>252</v>
+      </c>
+      <c r="C48" t="s">
+        <v>253</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>28</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>254</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>255</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>256</v>
+      </c>
+      <c r="B49" t="s">
+        <v>257</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>84</v>
+      </c>
+      <c r="H49" t="s">
         <v>258</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>259</v>
-      </c>
-[...19 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>260</v>
+      </c>
+      <c r="B50" t="s">
+        <v>261</v>
+      </c>
+      <c r="C50" t="s">
+        <v>262</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>78</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>263</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>264</v>
-      </c>
-[...19 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="I51" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B52" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E52" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>276</v>
+        <v>183</v>
       </c>
       <c r="I52" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B53" t="s">
-        <v>279</v>
+        <v>274</v>
+      </c>
+      <c r="C53" t="s">
+        <v>275</v>
       </c>
       <c r="D53" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E53" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>198</v>
+        <v>276</v>
       </c>
       <c r="I53" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
+        <v>279</v>
+      </c>
+      <c r="C54" t="s">
+        <v>280</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>125</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>281</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
+        <v>284</v>
+      </c>
+      <c r="C55" t="s">
+        <v>285</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
         <v>286</v>
       </c>
-      <c r="B55" t="s">
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>287</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>288</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
+        <v>290</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>291</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="I56" t="s">
         <v>292</v>
-      </c>
-[...16 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" t="s">
+        <v>294</v>
+      </c>
+      <c r="C57" t="s">
+        <v>295</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>296</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>297</v>
-      </c>
-[...19 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>298</v>
+      </c>
+      <c r="B58" t="s">
+        <v>299</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>300</v>
+      </c>
+      <c r="I58" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="C59" t="s">
+        <v>304</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>78</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="I59" t="s">
         <v>306</v>
-      </c>
-[...19 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>307</v>
+      </c>
+      <c r="B60" t="s">
+        <v>308</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>39</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" t="s">
+        <v>309</v>
+      </c>
+      <c r="I60" t="s">
         <v>310</v>
-      </c>
-[...22 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
+        <v>312</v>
+      </c>
+      <c r="C61" t="s">
+        <v>313</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>28</v>
+      </c>
+      <c r="F61" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>314</v>
+      </c>
+      <c r="I61" t="s">
         <v>315</v>
-      </c>
-[...19 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>316</v>
+      </c>
+      <c r="B62" t="s">
+        <v>317</v>
+      </c>
+      <c r="C62" t="s">
+        <v>318</v>
+      </c>
+      <c r="D62" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
         <v>319</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>321</v>
+      </c>
+      <c r="B63" t="s">
+        <v>322</v>
+      </c>
+      <c r="C63" t="s">
+        <v>323</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>28</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>324</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>325</v>
-      </c>
-[...19 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
+        <v>327</v>
+      </c>
+      <c r="C64" t="s">
+        <v>328</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>78</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
+        <v>198</v>
+      </c>
+      <c r="I64" t="s">
         <v>329</v>
-      </c>
-[...22 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>330</v>
+      </c>
+      <c r="B65" t="s">
+        <v>331</v>
+      </c>
+      <c r="C65" t="s">
+        <v>332</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>105</v>
+      </c>
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" t="s">
+        <v>333</v>
+      </c>
+      <c r="I65" t="s">
         <v>334</v>
-      </c>
-[...19 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>335</v>
+      </c>
+      <c r="B66" t="s">
+        <v>336</v>
+      </c>
+      <c r="C66" t="s">
+        <v>337</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>78</v>
+      </c>
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
         <v>338</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>339</v>
-      </c>
-[...19 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>340</v>
+      </c>
+      <c r="B67" t="s">
+        <v>336</v>
+      </c>
+      <c r="C67" t="s">
+        <v>341</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>28</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
+        <v>342</v>
+      </c>
+      <c r="I67" t="s">
         <v>343</v>
-      </c>
-[...22 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>344</v>
+      </c>
+      <c r="B68" t="s">
+        <v>345</v>
+      </c>
+      <c r="C68" t="s">
+        <v>346</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
         <v>347</v>
       </c>
-      <c r="B68" t="s">
+      <c r="I68" t="s">
         <v>348</v>
-      </c>
-[...19 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>349</v>
+      </c>
+      <c r="B69" t="s">
+        <v>350</v>
+      </c>
+      <c r="C69" t="s">
         <v>351</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
         <v>352</v>
       </c>
-      <c r="C69" t="s">
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
         <v>353</v>
       </c>
-      <c r="D69" t="s">
-[...11 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
         <v>356</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>357</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>98</v>
+      </c>
+      <c r="E70" t="s">
+        <v>99</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>358</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71" t="s">
         <v>361</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>362</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
+      <c r="H71" t="s">
+        <v>363</v>
+      </c>
       <c r="I71" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B72" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
-      <c r="H72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
+      <c r="H74" t="s">
+        <v>377</v>
+      </c>
       <c r="I74" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B75" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D75" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B76" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C76" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I76" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B77" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C77" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
+      <c r="H77" t="s">
+        <v>391</v>
+      </c>
       <c r="I77" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
+        <v>286</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="I78" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B79" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C79" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
+      <c r="E79" t="s">
+        <v>28</v>
+      </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="I79" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B80" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C80" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="H80" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="I80" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B81" t="s">
-        <v>407</v>
+        <v>409</v>
+      </c>
+      <c r="C81" t="s">
+        <v>410</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
+      <c r="E81" t="s">
+        <v>78</v>
+      </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="I81" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B82" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C82" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="E82" t="s">
+        <v>99</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="I82" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B83" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C83" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>293</v>
+        <v>28</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="I83" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B84" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C84" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="I84" t="s">
-        <v>424</v>
-[...9 lines deleted...]
-      <c r="C85" t="s">
         <v>427</v>
-      </c>
-[...129 lines deleted...]
-        <v>449</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">