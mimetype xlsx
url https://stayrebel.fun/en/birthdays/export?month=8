--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date of birth</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HRC "Viasna"</t>
   </si>
   <si>
     <t>Sentence</t>
   </si>
   <si>
@@ -99,570 +99,522 @@
     <t>Roman was detained on the night of August 10, 2020, as part of a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
     <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-27 01:33:41</t>
   </si>
   <si>
     <t>Sergey Alexandrovich Govsha</t>
   </si>
   <si>
     <t>1 august 1981</t>
   </si>
   <si>
     <t>Sentenced for a protest that took place from August 10 to 11, 2020 in Bereza to 2 years in prison (finally, taking into account some previous conviction, 3 years in prison).</t>
   </si>
   <si>
     <t>Trial outcome 28.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 18.10.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-08-28 13:16:53</t>
-  </si>
-[...46 lines deleted...]
-    <t>2025-10-03 22:19:05</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Latyshev</t>
   </si>
   <si>
     <t>4 august 1992</t>
   </si>
   <si>
     <t>Detained in a criminal case for pouring red paint over two banners with images of traffic police officers. After the temporary detention center, he was immediately transferred to a pre-trial detention center.
 On July 26, 2023, a trial was held to toughen the punishment. Artem was transferred to the prison regime.</t>
   </si>
   <si>
     <t>IK-20, 247755, Gomelslaya obl., Mozyrski rayon, Mikhaolovsky selsovet, 70</t>
   </si>
   <si>
     <t>Trial outcome 25.04.2022: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 02.08.2022: unknown. Regime change trial 26.06.2023: prison regime until the end of the term. Trial outcome 22.08.2025: 6 months of imprisonment in colony in strict regime conditions.</t>
   </si>
   <si>
     <t>2021-10-12 14:38:37</t>
   </si>
   <si>
-    <t>Julia Victorovna Kostyuchenko</t>
-[...17 lines deleted...]
-    <t>2023-03-16 22:57:54</t>
+    <t>Irina Gennadievna Tokarczuk</t>
+  </si>
+  <si>
+    <t>4 august 1960</t>
+  </si>
+  <si>
+    <t>Mother of political prisoner blogger Olga Tokarczuk (was released in June 2022 after serving her sentence). She was detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.08.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 15.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-06 12:36:40</t>
+  </si>
+  <si>
+    <t>Leonid Ivanovich Terebey</t>
+  </si>
+  <si>
+    <t>4 august 1985</t>
+  </si>
+  <si>
+    <t>The reason for the detention of Leonid and his wife Antonina was the protests of 2020. Pro-government channels reported that Antonina was left with the child - probably under recognizance not to leave. She is also likely to receive a non-custodial sentence.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.02.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-06-28 10:09:13</t>
   </si>
   <si>
     <t>Alexander Fedorovich Trotskij</t>
   </si>
   <si>
     <t>5 august 1975</t>
   </si>
   <si>
     <t>On August 12, 2020, Alexander was detained when his car was stopped by armed men. He refused to get out, and after being threatened with gunfire, he tried to drive away. During his detention, he was beaten and taken to the hospital with a traumatic brain injury, then transferred to a pretrial detention center. According to investigators, he ran over a police officer's foot. The court found him guilty of attempted murder.</t>
   </si>
   <si>
     <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
   </si>
   <si>
     <t>Trial outcome 05.03.2021: 10 years of imprisonment in colony under enhanced security conditions, 10000 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-26 22:37:54</t>
-  </si>
-[...14 lines deleted...]
-    <t>2025-09-15 13:13:04</t>
   </si>
   <si>
     <t>Sergey Leonidovich Gnevko</t>
   </si>
   <si>
     <t>5 august 1977</t>
   </si>
   <si>
     <t>Sergei was convicted in court for insulting Lukashenko. On May 5, 2023, the case was heard by Judge Inna Sivets.
 On June 4, 2024, the Orsha District and Orsha Court heard another criminal case against Sergei. He was again accused of insulting Lukashenko . The case was heard by Judge Yulia Vershinina .
 The court found that Sergei Gnevko , "being a person previously convicted of publicly insulting Lukashenko and having been taken to the special detention facility of the Orsha District Department of Internal Affairs for committing an administrative offense under Article 19.1 of the Code of Administrative Offenses (petty hooliganism), while in a state of alcoholic intoxication, in the presence of police officers and an employee of the special detention facility, publicly made a statement containing an obscene form of speech addressed to Alexander Lukashenko in connection with the exercise of his powers."
 The court found Sergei Gnevko guilty and, under Part 2 of Article 368 of the Criminal Code, he was sentenced to imprisonment for a term of four years. Based on the totality of sentences, the court partially added the unserved sentence under the previous sentence to the sentence imposed and finally sentenced him to imprisonment for a term of 4 years and 6 months.
 On August 16, 2024, the appeal hearing took place and the verdict came into force.</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>Trial outcome 05.05.2023: unknown years of imprisonment in colony under general regime conditions. Trial outcome 04.06.2024: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 16.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-06-06 15:46:04</t>
   </si>
   <si>
+    <t>Sergey Semenovich Timashenko</t>
+  </si>
+  <si>
+    <t>5 august 1966</t>
+  </si>
+  <si>
+    <t>Sergei Timoshenko fought in Afghanistan from 1986 to 1988. He served in the 2nd Airborne Assault Outpost of the Kerki Airborne Assault Maneuverable Group, commanding the combat group.
+Sergei, judging by his social media posts, supports Ukraine in its war against Russia. This appears to be the reason for the charges. He suddenly disappeared from all social media at the end of 2024, was arrested, and placed in pretrial detention.</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.09.2025: 12 years of imprisonment in colony under enhanced security conditions, 1000 basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Julia Victorovna Kostyuchenko</t>
+  </si>
+  <si>
+    <t>5 august 1995</t>
+  </si>
+  <si>
+    <t>The Rogachev District Court found that Yulia posted messages and videos on her publicly accessible page on the social network Instagram that “contained insults to the president.”
+02.12.2023 released after serving the full sentence imposed by the court.
+In January, during the pre-election raids, Yulia Kostyuchenko was detained again and on January 22, she was tried under Part 2 of Article 19.11 of the Code of Administrative Offenses for allegedly distributing “extremist materials.” On February 5, a second trial of Yulia Kostyuchenko took place under Part 2 of Article 19.11 of the Code of Administrative Offenses. Most likely, Yulia was held in custody all this time and her administrative arrest was simply extended, first for 15 days, and then extended again on February 5. In total, Yulia spent 90 days in the temporary detention facility, after which she was transferred to Pretrial Detention Center No. 3.
+On April 3, 2025, the KGB of Belarus recognized the page on the social network X with the name "what's going on" as an "extremist formation". At the same time, the punishers named Yulia Viktorovna Kostyuchenko, born August 5, 1995, as involved in this "formation".</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 22.03.2023: 1 year of imprisonment in colony under general regime conditions. Appeal 19.05.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:57:54</t>
+  </si>
+  <si>
+    <t>Sergey Petrovich Litvinko</t>
+  </si>
+  <si>
+    <t>6 august 1976</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-12 18:53:31</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Blinkov</t>
+  </si>
+  <si>
+    <t>6 august 1984</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 29.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-02 15:15:59</t>
+  </si>
+  <si>
     <t>Ivan Sergeevich Licholate</t>
   </si>
   <si>
     <t>6 august 1992</t>
   </si>
   <si>
     <t>A Ukrainian who has lived in Belarus since 2013. In 2012-2013, Ivan served in the intelligence units of the Armed Forces of Ukraine, BelTA reports. The investigation believes that in January of this year, Likholat contacted the SBU, where he was instructed to blow up railway tracks. He recruited two Grodno residents who had professional skills in mine and explosives for the task. Pukhalsky was detained when he took an explosive device from a hiding place in the Kobrin district and transported it to the Tolochin district. Likholat and Borodich were detained in Grodno.
 Sentenced to 20 years in prison, with the court ordering Ivan to serve the first three years of his sentence in prison.</t>
   </si>
   <si>
     <t>Trial outcome 18.12.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
-    <t>Natalia Anatolyevna Davydko</t>
-[...42 lines deleted...]
-  <si>
     <t>Alexei Vladimirovich Kiselev</t>
   </si>
   <si>
     <t>8 august 1990</t>
   </si>
   <si>
     <t>Alexey Kiselyov was detained from Verkhnedvinsk in the criminal case of the “Personnel Reserve for New Belarus”. His “repentance” video was published on the morning of March 13 by a propaganda telegram channel. Alexey is an employee of the Verkhnedvinsk regional executive committee. On February 14, the Investigative Committee opened a criminal case against representatives and participants of the “Personnel Reserve for New Belarus” initiative announced by the Joint Transitional Cabinet. The ONT TV channel later showed 14 people detained in this case. Propagandist Igor Tur said that together with the security forces, he listened to lectures for participants in the initiative for a year.
 The “Personnel Reserve for a New Belarus” program was launched by the Joint Transitional Cabinet in November 2022. The goal of the project was to train professionals who would be able to work in government positions and carry out reforms.</t>
   </si>
   <si>
     <t>Trial outcome 20.09.2024: unknown. Appeal 03.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Igor Ivanovich Shloma</t>
-[...8 lines deleted...]
-    <t>2024-11-22 00:17:53</t>
+    <t>Leonid Leonidovich Shpets</t>
+  </si>
+  <si>
+    <t>9 august 1978</t>
+  </si>
+  <si>
+    <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
+  </si>
+  <si>
+    <t>2025-09-08 19:52:22</t>
   </si>
   <si>
     <t>Alexey Alexandrovich Prokhorchik</t>
   </si>
   <si>
     <t>9 august 1988</t>
   </si>
   <si>
     <t>In 2010, he graduated from the Higher State College of Communications as a telecommunications engineer.
 In 2017, Prokhorchik founded the limited liability company "ESiS" in Russia. The acronym stands for "energy systems and networks."
 The company's main activities are electrical installation and construction. ESIS employs over 40 people. Last year, the company had a turnover of approximately $4 million.</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
-    <t>Leonid Leonidovich Shpets</t>
-[...8 lines deleted...]
-    <t>2025-09-08 19:52:22</t>
+    <t>Andrey Mechislavovich Stasyukevich</t>
+  </si>
+  <si>
+    <t>9 august 1994</t>
+  </si>
+  <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:41:07</t>
   </si>
   <si>
     <t>Ivan Ivanovich Yushkevich</t>
   </si>
   <si>
     <t>10 august 1977</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-09-26 20:27:53</t>
   </si>
   <si>
     <t>Vasily Alexandrovich Veremeychik</t>
   </si>
   <si>
     <t>10 august 1990</t>
   </si>
   <si>
     <t>A former fighter of the Kalinovsky regiment, whom Vietnam extradited to Belarus.
 It was reported that the man ended up in Asia because Lithuania recognized him as a threat to national security and banned him from entering the European Union. "Kalinovets" was delivered to Belarus on the evening of November 14 under a three-person escort. Vasily was delivered to Belarus on a Belavia flight (B2978) from Moscow on the evening of November 14. This plane landed at the Minsk National Airport at 23:48.
 It is also known that the video with Veremeychik, which was published by propagandists, is, as expected, staged: it was filmed on a different plane and at a different time.
 For "participation in pogroms and an attempt to set fire to a car belonging to employees of the prosecutor's office," a criminal case was opened against him under Part 1 of Article 366 (violence or threat against an official performing official duties) of the Criminal Code.
 The man was a member of the Coordination Council. Svetlana Tikhanovskaya's office expressed a strong protest in this regard.
 "This step is part of the long-standing repressive policy of the Lukashenko regime, which stops at nothing to persecute its opponents, including those who fight for freedom and democracy, as well as those who defend Europe from Russian aggression," the statement said.</t>
   </si>
   <si>
-    <t>Glavpochtamt, a/b 8, Minsk 220050</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome date unknown: 13 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
+    <t>Egor Alexandrovich Boriskevich</t>
+  </si>
+  <si>
+    <t>11 august 1986</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 21.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
     <t>Yana Sergeevna Tsaruk</t>
   </si>
   <si>
     <t>11 august 1994</t>
   </si>
   <si>
     <t>It is known that the KGB considers Yana to be involved in the “Urban Garden Maris Mar” project, which was recognized as an “extremist formation.”</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions, 690 basic values fine.</t>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions, 690 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2024-12-29 22:08:18</t>
   </si>
   <si>
     <t>Ivan Ivanovich Jurski</t>
   </si>
   <si>
     <t>11 august 1996</t>
   </si>
   <si>
     <t>Ivan is from Naroch (Kobylnik), a resort town in the Myadel district. He recently moved to Minsk and worked as a security guard.
 It's unclear why Yursky could have been arrested. He ran a community called "Chanson for the Soul," where he posted this specific type of music. His social media includes Orthodox churches, he wears clothing with the Russian flag, and reposts chanson music by the likes of Viktor Kalina.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>2025-10-31 17:37:50</t>
   </si>
   <si>
-    <t>Egor Alexandrovich Boriskevich</t>
-[...10 lines deleted...]
-  <si>
     <t>Vitaly Mikhailovich Kovalenko</t>
   </si>
   <si>
     <t>11 august 1992</t>
   </si>
   <si>
     <t>Detained as part of a criminal case for messages in the "Belorussky Gayun" bot.</t>
   </si>
   <si>
     <t>Trial outcome 13.11.2025: 3 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-06-08 18:53:33</t>
-  </si>
-[...43 lines deleted...]
-    <t>2022-05-23 19:28:46</t>
   </si>
   <si>
     <t>Nikolai Viktorovich Statkevich</t>
   </si>
   <si>
     <t>12 august 1956</t>
   </si>
   <si>
     <t>Nikolai is the leader of the unregistered Belarusian Social Democratic Party (Narodnaya Hramada), a former presidential candidate, a retired lieutenant colonel, and a PhD in engineering. He was one of the founders of the Belarusian Military Association. He has been imprisoned multiple times for political reasons.
 In the 1990s, he organized protests, including the Minsk Spring and the 1999 march.
 In 2004, he led street protests against referendum fraud, after which he was sentenced in 2005 to three years of restricted freedom. Due to an amnesty announced in honor of the 60th anniversary of Victory Day, his sentence was reduced by one year. In 2010, he participated in the presidential campaign and protests in Minsk, after which he was arrested and sentenced in 2011 to six years in a maximum-security penal colony. In January 2012 and May 2015, his sentence was increased, resulting in his imprisonment. He was released in August 2015 as part of a pardon.
 After his release, he continued his political activity and participation in street protests. In 2016, the Belarusian National Congress was founded on his initiative. In 2020, he spoke out in support of Svetlana Tikhanovskaya , the wife of another unregistered candidate, social blogger Sergei Tikhanovsky . Nikolai was detained again on May 31, 2020, on his way to her election picket. He initially received 15 days of administrative arrest but was never released. Subsequently, in December 2021, he was convicted of criminal charges of "organizing mass riots."
 According to human rights activists, the defendants in the case are required to pay compensation in the amount of 29 million rubles.
 On September 11, 2025, it was reported that 52 prisoners of the Belarusian regime had been forcibly transferred to Lithuania. Among those released was Mikalai Statkevich. However, Mikalai refused to leave Belarus, and had to kick down the bus doors to do so. After waiting for several hours in the neutral zone, he returned to Belarus. It was only two months later that he was re-arrested. His exact whereabouts are unknown.</t>
   </si>
   <si>
     <t>Trial outcome 31.05.2005: 2 years restrictions of freedom with referral to an open-type correctional facility. Appeal 28.06.2005: the sentence was upheld. Trial outcome 26.05.2011: 6 years of imprisonment in colony under enhanced security conditions. Regime change trial 12.01.2012: 3 years of prison regime. Regime change trial 04.05.2015: prison regime until the end of the term. Trial outcome 14.12.2021: 14 years of imprisonment in colony under special regime conditions. Appeal 01.06.2022: the sentence was upheld. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation.</t>
   </si>
   <si>
     <t>2021-02-27 02:42:12</t>
   </si>
   <si>
+    <t>Yuri Kazimirovich Jukovski</t>
+  </si>
+  <si>
+    <t>12 august 1978</t>
+  </si>
+  <si>
+    <t>8 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-05-23 19:28:46</t>
+  </si>
+  <si>
+    <t>Igor Vladimirovich Korotkov</t>
+  </si>
+  <si>
+    <t>12 august 1988</t>
+  </si>
+  <si>
+    <t>Convicted for donating 9 euros to the Kalinovsky Regiment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.12.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 13.02.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
+  </si>
+  <si>
+    <t>Dmitry Vladimirovich Novozhilov</t>
+  </si>
+  <si>
+    <t>12 august 1972</t>
+  </si>
+  <si>
+    <t>Dmitry, the former director of the BelaPAN news agency, was detained on August 18, 2021, following a search and questioning by the Investigative Committee. He was initially placed in pretrial detention for 72 hours as part of a criminal case under the article "organizing or preparing actions that grossly violate public order, or participating in them." However, he was not released and was transferred to a pretrial detention center 10 days later. The charge was later amended to tax evasion.
+In November 2021, it was revealed that Dmitry had also been charged with "creating an extremist group." In October 2022, he was found guilty of "participating in an extremist group" and "tax evasion," sentenced to imprisonment, imposed a large fine, and banned from holding certain positions for five years.</t>
+  </si>
+  <si>
+    <t>IK №3</t>
+  </si>
+  <si>
+    <t>Trial outcome 06.10.2022: 6 years of imprisonment in colony under general regime conditions, 700 basic values fine, deprivation of the right to hold certain positions or engage in certain activities. Appeal 06.01.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-08-21 01:15:56</t>
+  </si>
+  <si>
     <t>Kim Andreevich Samusenko</t>
   </si>
   <si>
     <t>12 august 1989</t>
   </si>
   <si>
     <t>A member of the Council of the public movement "Dzeya" was detained on November 3, 2020 and convicted in the case of hacking the computer system of the Minsk City Executive Committee.</t>
   </si>
   <si>
     <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>Trial outcome 28.01.2022: 6 years 6 months of imprisonment in colony under general regime conditions. Appeal 26.04.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
   </si>
   <si>
     <t>Vladimir Evgenievich Boltenkov</t>
   </si>
   <si>
     <t>13 august 1998</t>
   </si>
   <si>
     <t>Vladimir was accused of leaving an offensive comment on VKontakte under a post about Lukashenko. The post contained a photo and the text of a speech about military operations in Belarus. Vladimir wrote the comment from his sister's page and phone number while visiting her. He fully admitted his guilt.</t>
   </si>
   <si>
     <t>Penal labor facility</t>
   </si>
   <si>
     <t>Trial outcome 16.01.2023: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2023-01-10 19:15:54</t>
   </si>
   <si>
     <t>Samir Zal Ogly Gulu-Zade</t>
   </si>
   <si>
     <t>13 august 1987</t>
   </si>
   <si>
     <t>A construction worker by training, he graduated from College No. 61 in Baranovichi and went to Russia to work. Upon returning to Belarus, he became a member of the "For Freedom" Movement.
 In 2020, he was sentenced to 10 days in jail, despite asking the judge to fine him. In 2025, he was sentenced to prison for participating in the 2020 protests.</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-19 21:16:43</t>
-  </si>
-[...10 lines deleted...]
-    <t>2024-10-21 17:20:59</t>
   </si>
   <si>
     <t>Evgeny Evgenievich Volykhin</t>
   </si>
   <si>
     <t>14 august 1973</t>
   </si>
   <si>
     <t>Evgeny first studied in Russia, at the Magnitogorsk Industrial and Pedagogical College, and then at the Belarusian Commercial University of Management. Evgeny has a minor son.
 Volykhin runs his own business. For over 20 years, he has been manufacturing and installing PVC windows, balcony frames, and other similar structures.
 On social media, the man expresses nostalgia for the USSR, reposts about the "heroes of Novorossiya," and criticizes the Russian authorities. In his comments, he calls Ukrainian journalist Gordon a condom, Ukrainians "khokhols," and so on, and Zelensky a drug addict. However, his pages also contained criticism of Lukashenko.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-15 12:36:24</t>
   </si>
   <si>
-    <t>Sergey Mikhailovich Zelenovsky</t>
-[...10 lines deleted...]
-    <t>2025-04-14 20:00:39</t>
+    <t>Vladimir Valerievich Makhnach</t>
+  </si>
+  <si>
+    <t>14 august 1977</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.10.2024: 4 years 6 months of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 03.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-21 17:20:59</t>
   </si>
   <si>
     <t>Tatyana Ivanovna Trofimchik</t>
   </si>
   <si>
     <t>14 august 1986</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2022-11-17 18:47:58</t>
   </si>
   <si>
     <t>Vitaly Vyacheslavovich Shishlov</t>
   </si>
   <si>
     <t>15 august 1993</t>
   </si>
   <si>
     <t>Vitaly was arrested on September 25, 2020, in a criminal case opened after a protest in Minsk. State television showed him with his hands tied in a forest, where he confessed to participating in the riots.</t>
   </si>
   <si>
     <t>Trial outcome 02.07.2021: 6 years of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: the sentence was upheld. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2021-02-26 21:49:06</t>
   </si>
   <si>
     <t>Ilya Petrovich Kravchevsky</t>
   </si>
   <si>
     <t>15 august 1996</t>
   </si>
@@ -670,78 +622,78 @@
     <t>At the trial, he did not admit guilt under the Art. 342 and Art. 364.</t>
   </si>
   <si>
     <t>8,5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
   </si>
   <si>
     <t>Igor Nikolaevich Goltsov</t>
   </si>
   <si>
     <t>16 august 1984</t>
   </si>
   <si>
     <t>A 40-year-old programmer from Mogilev. In 2013, he graduated from the Belarusian-Russian University, studying to be an engineer. He specializes in working with the Magento platform, which is used to create online stores and organize online trading. He has a young daughter and a wife.
 Igor Goltsov transferred about $50 to the Zerkalo YouTube channel via Patreon. This happened in 2023.</t>
   </si>
   <si>
     <t>Trial outcome 14.05.2025: 5 years of imprisonment in colony under general regime conditions. Appeal 20.06.2025: unknown.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
+    <t>Maxim Vasilievich Gelyasin</t>
+  </si>
+  <si>
+    <t>16 august 1986</t>
+  </si>
+  <si>
+    <t>Citizen of the Russian Federation.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
+  </si>
+  <si>
     <t>Alexander Sergeevich Yurchik</t>
   </si>
   <si>
     <t>16 august 1969</t>
   </si>
   <si>
     <t>Alexander was arrested in January 2021 in connection with the mass riots case and convicted on charges of participating in Telegram channels of a “radical orientation,” as well as intending to damage or destroy three Tabakerka kiosks.</t>
   </si>
   <si>
     <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-05-28 22:53:14</t>
-  </si>
-[...13 lines deleted...]
-    <t>2025-09-29 22:38:25</t>
   </si>
   <si>
     <t>Alexei Vyacheslavovich Shvetsov</t>
   </si>
   <si>
     <t>17 august 1985</t>
   </si>
   <si>
     <t>He was sentenced to 5 years in prison for donating to Kalinovsky’s regiment (the first - 13.63 euros, the second - 35 euros, a total of 133 rubles 30 kopecks).</t>
   </si>
   <si>
     <t>Trial outcome 26.12.2023: 5 years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-01-30 20:42:17</t>
   </si>
   <si>
     <t>Nikita Valerievich Samarin</t>
   </si>
   <si>
     <t>17 august 1991</t>
   </si>
   <si>
     <t>Nikita was arrested for spraying gas in the face of a riot police officer while he was trying to protect a person at a protest. He was beaten, had his hair cut with a knife, and had gas sprayed in his face. In December 2020, he was sentenced to four years of restricted freedom, but the prosecutor later succeeded in increasing the sentence to two and a half years in prison. Nikita did not appear in court, relaying through a friend that arbitrary detentions were planned in the courtroom, threatening him and others.
 Was in forced exile.
@@ -754,804 +706,748 @@
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
     <t>Anatoly Stepanovich Vasilevsky</t>
   </si>
   <si>
     <t>17 august 1963</t>
   </si>
   <si>
     <t>Trial outcome 03.10.2024: 4 years of imprisonment in colony under enhanced security conditions. Appeal 24.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-25 19:45:52</t>
   </si>
   <si>
     <t>Eugene Ivanovich Soroko</t>
   </si>
   <si>
     <t>17 august 1993</t>
   </si>
   <si>
     <t>Evgeniy was arrested in December 2024 and sentenced to imprisonment in June 2025.</t>
   </si>
   <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
     <t>2025-06-28 18:08:16</t>
-  </si>
-[...16 lines deleted...]
-    <t>2021-09-28 12:50:41</t>
   </si>
   <si>
     <t>Vladislav Sergeevich Savin</t>
   </si>
   <si>
     <t>18 august 1978</t>
   </si>
   <si>
     <t>Vladislav, a blogger, poet and writer, was arrested in April 2021 and convicted a year later of fraud for promising more than 100 people in 2015–2016 to take part in Belarus’s first reality shows, but failing to keep his promise. He was also found guilty of participating in three Marches in 2020 and organizing protests via Instagram. Vladislav himself only admitted to participating in the rallies.
 In October 2022, he was convicted again for insulting Lukashenko in a poem included in an appeal against the verdict.
 On the portal of the online store Ridero.ru, under the pseudonym Vlad Savinn, his books are presented - the story "Ambidextrous" and the collection of poems "Poetry Through", available in printed and electronic form.</t>
   </si>
   <si>
     <t>Trial outcome 30.03.2022: 8 years of imprisonment in colony under enhanced security conditions. Trial outcome 26.10.2022: 2 years of imprisonment in colony under general regime conditions. Appeal 23.12.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-05-12 14:09:33</t>
   </si>
   <si>
+    <t>Sergey Prus</t>
+  </si>
+  <si>
+    <t>18 august 1988</t>
+  </si>
+  <si>
+    <t>Convicted together with Dmitry Bondarev for a video on Instagram, in which they called for "beating riot police" under the walls of the Mogilev prison, but they themselves did not appear at the "strelka", state propaganda publicized their detention, declaring the young people football fans, which, according to them, they are not.</t>
+  </si>
+  <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
+    <t>5 years in a penal colony</t>
+  </si>
+  <si>
+    <t>2021-09-28 12:50:41</t>
+  </si>
+  <si>
     <t>Alexander Viktorovich Krupnikov</t>
   </si>
   <si>
     <t>Alexander was convicted in the fall of 2024 under the article "organizing and preparing actions that grossly violate public order, or active participation in them" and sentenced to restricted freedom with referral to an open-type institution.</t>
   </si>
   <si>
     <t>IUOT-7, Pruzhany region, Kuplin, 225136</t>
   </si>
   <si>
     <t>Trial outcome 29.10.2024: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2024-10-21 22:37:32</t>
+  </si>
+  <si>
+    <t>Oleg Nikolaevich Silich</t>
+  </si>
+  <si>
+    <t>19 august 1972</t>
+  </si>
+  <si>
+    <t>3.5 years of imprisonment in a colony under enhanced security conditions</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:19:45</t>
+  </si>
+  <si>
+    <t>Pavel Petrovich Alekseev</t>
+  </si>
+  <si>
+    <t>19 august 1988</t>
+  </si>
+  <si>
+    <t>Citizen of the Russian Federation.
+On July 26, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.05.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 26.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:35:47</t>
   </si>
   <si>
     <t>Vitaly Fedorovich Braginets</t>
   </si>
   <si>
     <t>19 august 1973</t>
   </si>
   <si>
     <t>A lawyer with 25 years of experience. Previously, he headed his own company «Braginets and Partners». Recently, he worked in the legal advice of the Dzerzhinsky district of Minsk.
 After his detention at home, the man was taken to the Partisan police department to check for involvement in protest activities. From there, it was alleged in court, he tried to leave. This was the manifestation of disobedience.
 A protocol was drawn up on Vitaly under Article 24.3 of the Administrative Code and he was arrested for 15 days. He was supposed to be released on the evening of June 7, but this did not happen.
 Vitaly is the defender of lawyer Andrey Mochalov, against whom a criminal case was initiated.
 The trial was held in closed regime.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
-    <t>Pavel Petrovich Alekseev</t>
-[...36 lines deleted...]
-    <t>2024-12-20 17:22:22</t>
+    <t>Irina Alexandrovna Melkher</t>
+  </si>
+  <si>
+    <t>20 august 1955</t>
+  </si>
+  <si>
+    <t>Irina was detained in December 2020 along with her son as part of the criminal "Avtukhovich case." The authorities called Nikolai Avtukhovich "the organizer and leader of a terrorist group." She was accused of participating in a "terrorist organization" involved in arson of police property. Irina was convicted of "participation in a criminal organization," "act of terrorism," "attempted seizure of power," and for participating in a protest that took place in September 2020 in Brest.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 17 years of imprisonment in colony under general regime conditions, 700 basic values fine. Appeal 31.03.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:45:25</t>
+  </si>
+  <si>
+    <t>Alexander Andreevich Kudrevich</t>
+  </si>
+  <si>
+    <t>20 august 1989</t>
+  </si>
+  <si>
+    <t>The details of the case are unknown. Alexander was probably detained in January 2024. According to information on his social networks, the man is married and graduated from BSUIR in 2014.
+He probably worked in the Criminal Intelligence Department, which filed a lawsuit against Alexander for causing property damage. It should be noted that the Criminal Intelligence Department of the Ministry of Internal Affairs appeared in Belarus in April of this year - previously it was called the Department for Ensuring Operational Investigative Activities of the Ministry of Internal Affairs.
+The process will be held behind closed doors.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.12.2024: 15 years of imprisonment in colony under enhanced security conditions. Appeal 11.03.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-12-02 14:32:26</t>
   </si>
   <si>
     <t>Dmitriy Tahirovich Suvkhanov</t>
   </si>
   <si>
     <t>20 august 1987</t>
   </si>
   <si>
     <t>Dmitry Suvkhanov is the brother of Marat Suvkhanov, who died in Ukraine in February 2023, fighting on the side of the Russian occupation forces.
 The moderator of the meeting in the Svetlogorsk district court was again Kristina Kasyanova. She considered the charge against Dmitry Suvkhanov under Part 2 of Art. 367, with which the authorities punish for slandering Lukashenko.
 Thus, the authorities violated Suvkhanov’s right to have his case examined by an independent and impartial court. After all, citizen Kasyanova is in a state of labor dependence on a person whom Suvkhanov allegedly slandered: Menaut Lukashenko, by his decree, appointed Kasyanova to the position of judge and if he is dissatisfied with her actions, only he can dismiss her from that position.</t>
   </si>
   <si>
     <t>Trial outcome 15.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 02.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-16 18:09:01</t>
   </si>
   <si>
-    <t>Alexander Andreevich Kudrevich</t>
-[...30 lines deleted...]
-  <si>
     <t>Evgeny Anatolyevich Lyulkovich</t>
   </si>
   <si>
     <t>21 august 1994</t>
   </si>
   <si>
     <t>After numerous administrative arrests, on November 21, 2021, he was re-detained on a criminal case.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
   </si>
   <si>
-    <t>Yuri Lvovich Averkov</t>
-[...14 lines deleted...]
-    <t>2024-06-10 20:18:36</t>
+    <t>Pavel Nikolayevich Belous</t>
+  </si>
+  <si>
+    <t>22 august 1987</t>
+  </si>
+  <si>
+    <t>The creator of the store Symbal.by , cultural manager.
+He was detained on November 15, 2021 after being called to the police. Then Pavel was convicted three times on administrative cases (for 15, 13 and 7 days of arrest), and after that he was transferred to a pre-trial detention center on a criminal case.</t>
+  </si>
+  <si>
+    <t>13 years of imprisonment in a penal colony under a reinforced regime.</t>
+  </si>
+  <si>
+    <t>2021-12-29 15:27:44</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Yakushkov</t>
   </si>
   <si>
     <t>22 august 1956</t>
   </si>
   <si>
     <t>A retired military man, a reserve lieutenant colonel who served in the strategic missile forces, a former teacher at the Military School, and a member of the People's Hramada party.
 During the 2020 presidential election campaign, Yakushkov was tried twice for "participating in unauthorized events" - for participating in pickets to collect signatures for Svetlana Tikhanovskaya; both times the court sentenced the man to "days in prison."</t>
   </si>
   <si>
     <t>Trial outcome 12.06.2025: 2 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 11.09.2025: unknown.</t>
   </si>
   <si>
     <t>2024-10-21 22:55:48</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-02-27 00:48:39</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Sudnikovich</t>
   </si>
   <si>
     <t>22 august 1960</t>
   </si>
   <si>
     <t>At the end of May 2024, state media reported the detention of two Belarusian citizens at the Belarusian-Lithuanian border: one of them was on the international wanted list and was attempting to illegally cross the border into Lithuania, the other was a driver.
 In a "confession video," Alexander admitted that in 2021 he left comments "approving" of the actions of Andrei Zeltser, who died in a shootout with KGB officer Dmitry Fedosyuk. Alexander is known to have lived in the United States for a long time.
 In February 2025, he was convicted on four criminal charges, but the outcome of the sentence is still unknown. He is also reported to have serious health problems.</t>
   </si>
   <si>
     <t>Trial outcome 04.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-10-10 12:18:28</t>
   </si>
   <si>
-    <t>Pavel Nikolayevich Belous</t>
-[...12 lines deleted...]
-    <t>2021-12-29 15:27:44</t>
+    <t>Olga Vladimirovna Mayorova</t>
+  </si>
+  <si>
+    <t>22 august 1966</t>
+  </si>
+  <si>
+    <t>A well-known public figure, previously a member of the United Civil Party, was detained on January 4, 2021, as part of the "Autukhovich case" and accused of participating in a "terrorist organization" linked to arson of police property. Olga was convicted of "participation in a criminal organization," "attempted seizure of power," "inciting hatred," "calls for sanctions," and "illegal actions with weapons."
+In custody, the political prisoner was suspected of having diabetes. In March 2024, she was convicted again for "malicious disobedience to the demands of the prison administration."</t>
+  </si>
+  <si>
+    <t>IK-24, ul. Proizvodstvennaya, 44, g.p. Zarechye, Rechitsky r-n, Gomel obl., 247526</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 20 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Trial outcome 05.03.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 29.05.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:48:39</t>
+  </si>
+  <si>
+    <t>Oksana Genrikhovna Lepko</t>
+  </si>
+  <si>
+    <t>22 august 1974</t>
+  </si>
+  <si>
+    <t>She was convicted of money transfers in a pretrial detention facility.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-06-03 18:46:04</t>
+  </si>
+  <si>
+    <t>Boris Borisovich Puchalski</t>
+  </si>
+  <si>
+    <t>22 august 1975</t>
+  </si>
+  <si>
+    <t>The investigation believes that in January of this year, Ukrainian Likholat contacted the SBU, where he was instructed to blow up railway tracks. He recruited two Grodno residents who had professional skills in mine and explosives for the task. Pukhalsky Boris was detained when he took an explosive device from a hiding place in the Kobrin district and transported it to the Tolochin district.
+Sentenced to 25 years in prison, the court ordered Boris to serve the first five years of his sentence in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.12.2024: 25 years of imprisonment in colony under enhanced security conditions. Appeal 02.05.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
   </si>
   <si>
     <t>Svetlana Viktorovna Bychkovskaya</t>
   </si>
   <si>
     <t>22 august 1977</t>
   </si>
   <si>
     <t>The woman worked in the service «One-window» of the Oktyabrsky district of Minsk.
 He is suspected of transferring personal data of law enforcement officers to telegram channels.
 The trial was held behind closed doors.</t>
   </si>
   <si>
     <t>5. 5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-04-19 18:19:59</t>
   </si>
   <si>
-    <t>Edward Vladimirovich Veremchuk</t>
-[...47 lines deleted...]
-  <si>
     <t>Anatoly Alexandrovich Churikov</t>
   </si>
   <si>
     <t>24 august 1988</t>
   </si>
   <si>
     <t>Trial outcome 19.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 15.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-08-13 12:15:02</t>
   </si>
   <si>
-    <t>Paul Alexandrovich Korenyukhin</t>
+    <t>Paul Vladimirovich Korenyukhin</t>
   </si>
   <si>
     <t>He was detained in November 2024 in Zhodino.
 At the same time, the website of the initiative "Letter. Bel" and its pages on social networks were recognized as "extremist materials." A month later , the KGB recognized the initiative as an "extremist formation ." According to the agency, Aleksandr Mazur , as well as Pavel Korenyukhin and Aleksandr Lykshin, are related to "Letter . Bel." The men are currently in ST -8 , accused under Article 361-1 of the Criminal Code (Creation of an extremist formation or participation in it).</t>
   </si>
   <si>
-    <t>SIZO-1 Novodvorsky s/s, 143/4, Pashkovichi village, Minsk district, Minsk region 223016</t>
-[...2 lines deleted...]
-    <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions, 1000 basic values fine.</t>
+    <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions, 1000 basic values fine. Appeal 25.11.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-29 21:56:28</t>
   </si>
   <si>
     <t>Nadezhda Anatolievna Laptenok</t>
   </si>
   <si>
     <t>24 august 1972</t>
   </si>
   <si>
     <t>It is known that Nadezhda has two adult daughters and a minor son with disabilities.
 On March 1, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-12-07 23:27:01</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Kryvashei</t>
+  </si>
+  <si>
+    <t>24 august 1993</t>
+  </si>
+  <si>
+    <t>2025-11-06 20:45:56</t>
+  </si>
+  <si>
     <t>Pauline Alexandrovna Pitkevich</t>
   </si>
   <si>
     <t>24 august 1994</t>
   </si>
   <si>
     <t>When in June 2024 the KGB of Belarus declared the Media IQ project an extremist group, it named Pitkevich among its participants. Around the same time, Polina's accounts were last online.
 Polina Pitkevich was born in 1994. She graduated from the Faculty of Journalism of the Belarusian State University (2016). She was fond of theater and for some time played as an actress in the Laboratory of Social Theater in Minsk. As a journalist, she wrote on cultural topics. Polina is also known for her love of animals - on her social media pages, you can find many ads about helping homeless tailed ones. According to friends, Polina had more than one rescued cat living in her house.</t>
   </si>
   <si>
     <t>Trial outcome 07.03.2025: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-02-28 01:16:19</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-02-26 21:11:11</t>
   </si>
   <si>
     <t>Marina Alexandrovna Petrozhitskaya</t>
   </si>
   <si>
     <t>25 august 1963</t>
   </si>
   <si>
     <t>She worked as the head teacher for educational work at Minsk Gymnasium No. 34, which is located near Orlovskaya Street, opposite Kievsky Square. The woman graduated from the Belarusian State Pedagogical University (then the Minsk State Pedagogical Institute) in 1984, after which she taught mathematics for about 40 years.
 In July 2021, Petrazytskaya was sentenced to 15 days. Her home was then searched, she was taken to the KGB, and then a protocol was drawn up for "insubordination." It is unknown exactly when the head teacher was fired from the school.
 The teacher was arrested in October 2024.</t>
   </si>
   <si>
     <t>Trial outcome 24.07.2025: 2 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-07-26 14:58:15</t>
   </si>
   <si>
     <t>Dmitriy Aleksandrovich Makeev</t>
   </si>
   <si>
     <t>25 august 1983</t>
   </si>
   <si>
     <t>A pharmacist by education, Dmitry is accused under six articles of the criminal code.
 According to the state prosecution , from August 2020 to February 2023, the man transferred 68 euros to the accounts of the Belsat information resource, as well as 68 euros and 78 dollars to the accounts of the Bysol Solidarity Fund. In addition, for more than a year he transferred money from a media resource - "whose materials are recognized as extremist", as well as 33 euros to the accounts of the Kastus Kalinouski Regiment.
 The defendant made photocopies of departmental documents that were sent to the pharmacy and sent them to Telegram channels, which Lukashenko's servants call "extremist groups." During the first court hearing, it became known that the documents included information about the verification of military registration cards of those liable for military service, about the disappearance of some Ukrainian-made medicines from the Belarusian market, an appeal from the Belarusian Union of Women in connection with the situation at the border, and a decision by the Ministry of Health. In addition, the man recorded a video from the pharmacy's outdoor surveillance cameras showing the movement of Russian military equipment and also sent it to Telegram channels.
 On 28.11.2023, the appeal was heard. The verdict came into force.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-08-16 18:04:33</t>
   </si>
   <si>
+    <t>Artsem Nikolaevich Sakov</t>
+  </si>
+  <si>
+    <t>25 august 1994</t>
+  </si>
+  <si>
+    <t>Artem is a former border guard, a member of the initiative group to nominate Svetlana Tikhanovskaya for president, and one of the videographers of the YouTube channel "Country for Life". He took part in a picket to collect signatures in Grodno on May 29, 2020. He was later detained and convicted of "organizing mass riots".
+In November 2022, he was transferred to prison regime.
+According to human rights activists, the defendants in the "case" are required to pay compensation in the amount of 29 million rubles.</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.12.2021: 16 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation. Regime change trial 09.11.2022: unknown years of prison regime.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:11:11</t>
+  </si>
+  <si>
     <t>Gennady Mikhailovich Poleichuk</t>
   </si>
   <si>
     <t>25 august 1974</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-22 00:12:46</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-11-01 02:14:01</t>
   </si>
   <si>
     <t>Alexandra Vladimirovna Dubrovskaya</t>
   </si>
   <si>
     <t>26 august 1988</t>
   </si>
   <si>
     <t>Alexandra graduated from Cardinal Stefan Wyszynski University in Warsaw. She works as an English teacher in various schools and child development centers in Mogilev. She holds a first-category teaching qualification.
 The woman is known as a lover of Belarusian culture and took part in events of the Belarusian Language Society and a folk dance club.
 Most likely, the matter is connected with Alexandra’s participation in protest chats.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions. Appeal 19.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-11-29 17:40:07</t>
   </si>
   <si>
+    <t>Dmitry Yurievich Ravich</t>
+  </si>
+  <si>
+    <t>Detained for an action on the railway.
+During the offensive of Russian armies on Kiev from the Gomel region, he, along with Denis Dikun and Oleg Molchanov, burned a cabinet with electronic equipment on the railway in order to slow down the delivery of Russian military equipment to the Ukrainian border. As a result, traffic lights and switches on one of the sections of the Zhlobin – Kalinkovichi railway, which then continues to Ukraine, were put into a faulty condition.
+Dmitry worked in the Vyshkomontazhny management of the Republican Unitary Enterprise «PO Belorusneft» as a vyshkomontazhnik-electrician.</t>
+  </si>
+  <si>
+    <t>22 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:12:13</t>
+  </si>
+  <si>
     <t>Tatiana Vladimirovna Minets</t>
   </si>
   <si>
     <t>26 august 1979</t>
   </si>
   <si>
     <t>A practicing psychologist and successful business coach in the field of professional and personal growth. He is a member of the Belarusian Association of Psychotherapists.</t>
   </si>
   <si>
     <t>Trial outcome 20.08.2025: 2 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-11-26 19:12:09</t>
+  </si>
+  <si>
+    <t>Olga Alexandrovna Rodionova</t>
+  </si>
+  <si>
+    <t>26 august 1974</t>
+  </si>
+  <si>
+    <t>Olga Rodionova worked until 2020 at KYKY.org, primarily for the "Pain" section, and also collaborated as a freelancer with Belarusian and foreign media.
+During her detention in Pretrial Detention Center No. 1, Olga was sent for a psychiatric examination to the hospital in Novinki. Olga's sick mother , who is over 80 years old , requires constant care .</t>
+  </si>
+  <si>
+    <t>Trial outcome 10.12.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-11-01 02:14:01</t>
   </si>
   <si>
     <t>Catherine Nikolaevna Novikov</t>
   </si>
   <si>
     <t>26 august 1985</t>
   </si>
   <si>
     <t>Presumably detained for giving interviews to foreign media.
 It is known that Ekaterina was detained at the beginning of summer in one nightie, in which she was kept in a pre-trial detention center until the first transfer from her relatives.
 At the beginning of April 2024, Belsat sources gave the editors a letter from Ekaterina. On a piece of toilet paper, she described her horrific detention and subsequent imprisonment:
 “I fell from the second floor of the bed, my head on a wooden bench. They took a picture, but they haven’t reported the result for more than a month.”
 “They put it on the flag, beat the whole office. They said it was for my interviews, the channel and for my fiery appeals.”
 On July 16, 2024, the appeal was considered.</t>
   </si>
   <si>
     <t>6.5 years of imprisonment in a colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
-    <t>Dmitry Yurievich Ravich</t>
-[...58 lines deleted...]
-    <t>2021-02-28 02:18:57</t>
+    <t>Andrey Anatolyevich Vrublevsky</t>
+  </si>
+  <si>
+    <t>27 august 1971</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.03.2025: 4 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-04-08 09:55:08</t>
   </si>
   <si>
     <t>Irina Viktorovna Kishkurno</t>
   </si>
   <si>
     <t>27 august 1962</t>
   </si>
   <si>
     <t>It is known that the woman worked as a librarian, and in the last year before her arrest, she worked in the system of municipal public utilities of the Minsk City Executive Committee.
 People who met Irina in prison said that she was having a very hard time dealing with her arrest. According to her, her relatives and friends had turned away from her. In addition, Irina had serious health problems: court hearings even had to be interrupted because the woman was getting sick.</t>
   </si>
   <si>
     <t>2025-08-23 23:03:35</t>
+  </si>
+  <si>
+    <t>Alexander Dimentievich Nazarovich</t>
+  </si>
+  <si>
+    <t>27 august 1983</t>
+  </si>
+  <si>
+    <t>Alexander was detained and convicted for stopping a freight train, painting red stripes on advertising light boxes, puncturing the tires of a police officer's car, setting fire to a Tabakerka kiosk, and handling items containing flammable substances. He explained his actions as a protest against the situation in the country after the presidential elections on August 9, 2020, in particular, against the unjustified detentions and torture of people by security forces. His Opel Astra was also confiscated.</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.06.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 26.08.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:24:17</t>
+  </si>
+  <si>
+    <t>Alexander Gennadievich Kordyukov</t>
+  </si>
+  <si>
+    <t>27 august 1979</t>
+  </si>
+  <si>
+    <t>Alexander was detained after a protest against the results of the presidential elections, which took place on August 11, 2020 in Brest. At this protest, Gennady Shutov was shot in the back of the head, which Alexander witnessed. He was later convicted of resisting and attempting to kill Captain Roman Gavrilov, who shot the protester, and Warrant Officer Arseniy Galitsyn, who acted as victims.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.02.2021: 10 years of imprisonment in colony under enhanced security conditions, 2642 rubles of compensation. Appeal 14.05.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
+  </si>
+  <si>
+    <t>Michael Igorevich Baboshko</t>
+  </si>
+  <si>
+    <t>27 august 1992</t>
+  </si>
+  <si>
+    <t>On December 1, 2023, an appeal hearing was held and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>7 years of imprisonment in a maximum security colony</t>
+  </si>
+  <si>
+    <t>2023-10-02 21:15:28</t>
   </si>
   <si>
     <t>Stepan Sergeevich Zadojko</t>
   </si>
   <si>
     <t>27 august 1984</t>
   </si>
   <si>
     <t>According to pro-government channels, he was detained for making more than 1,200 comments. It is noteworthy that the comments shown by the security forces were written primarily in the Belarusian language and were mainly aimed at supporting Ukraine. All comments shown are from YouTube.
 In the video on the security forces’ channels, five SOBR soldiers attack him, and later the man looks beaten: he has a badly black eye and his head is scratched until it bleeds.
 Stepan works as a worker at one of the private enterprises in Grodno. The man also regularly goes to the gym and keeps himself in good physical shape, judging by the photos on social networks.</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...1 lines deleted...]
-  <si>
     <t>5.5 years of imprisonment in a maximum security prison.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Vrublevsky</t>
-[...8 lines deleted...]
-    <t>2025-04-08 09:55:08</t>
+    <t>Andrey Anatolyevich Kreidich</t>
+  </si>
+  <si>
+    <t>28 august 1977</t>
+  </si>
+  <si>
+    <t>After his arrest, he was convicted under an administrative offense and has not been released since. He is currently in pretrial detention, charged for comments he made on social media.
+Before his arrest, he lived and worked in Europe.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.08.2025: 3 years 6 months of imprisonment in colony under general regime conditions, 600 basic values fine. Appeal 14.10.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-01-29 22:01:28</t>
   </si>
   <si>
     <t>Lyudmila Andreevna Deineka</t>
   </si>
   <si>
     <t>28 august 1983</t>
   </si>
   <si>
     <t>Lyudmila Deineko is 40 years old. In 2005, she graduated from Polotsk State University with a degree in jurisprudence. First she worked in the internal affairs department of the Minsk regional executive committee, then in the justice department of the Minsk city executive committee, and as a consultant in the court of the Zavodsky district of Minsk.
 The trial begins on July 22. Deineko is accused of “calling for sanctions,” “insulting Lukashenko,” and “inciting hostility or discord.”
 Lyudmila has two minor children.</t>
   </si>
   <si>
     <t>Trial outcome 29.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 04.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Kreidich</t>
-[...14 lines deleted...]
-  <si>
     <t>Vasily Alexandrovich Klimovich</t>
   </si>
   <si>
     <t>29 august 1988</t>
   </si>
   <si>
     <t>Vasily is originally from Gomel. He is interested in cars and loves to make things with his hands. He graduated from the Military Academy and served in a missile brigade. He worked in the Armed Forces of Belarus for 15 years and received the rank of major. It is known that in the summer of 2021, he left the service and took up network marketing.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
   </si>
   <si>
-    <t>Eugene Viktorovich Kislov</t>
-[...14 lines deleted...]
-  <si>
     <t>Dmitry Aleksandrovich Ivanchenko</t>
   </si>
   <si>
     <t>30 august 1986</t>
   </si>
   <si>
     <t>Detained for comments in social networks.</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>2022-09-05 15:46:23</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-09-13 21:22:56</t>
   </si>
   <si>
     <t>Andrey Valerievich Nesterovich</t>
   </si>
   <si>
     <t>31 august 1989</t>
   </si>
   <si>
     <t>Andrey, the owner of the Grodno ethnic store "Tsudounya," was arrested on February 6, 2025, in connection with a criminal case related to the 2020 protests and later sentenced to restricted freedom.
 He founded the store in 2015. After the 2020 elections, the business faced fines and the threat of losing its premises, but Andrei remained in Belarus and continued to support it, believing it was important for the preservation and development of Belarusian culture.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Vitebsk, ul. 3-ya Chepinskaya, 39</t>
   </si>
   <si>
     <t>Trial outcome 16.05.2025: 1 year 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
+    <t>Ruslan Nikolaevich Baranchyk</t>
+  </si>
+  <si>
+    <t>31 august 1976</t>
+  </si>
+  <si>
+    <t>Ruslan Baranchik graduated from the Faculty of Mathematics of Grodno State University.
+For a time, he worked as a tester at EPAM Systems, a programmer at Inteksoft, and even provided software support at the Grodno bus station.
+In recent years, he has worked remotely, doing SEO and copywriting.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-12-16 14:04:46</t>
+  </si>
+  <si>
     <t>Alexander Andreevich Levkovich</t>
   </si>
   <si>
     <t>31 august 1990</t>
   </si>
   <si>
-    <t>Trial outcome 14.03.2025: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+    <t>Alexander was convicted in the spring of 2025 under the articles "insulting a government official" and "insulting Lukashenko" and sentenced to imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.03.2025: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal date unknown: the sentence was upheld.</t>
   </si>
   <si>
     <t>2025-03-11 21:34:35</t>
   </si>
   <si>
     <t>Yuri Ivanovich Vlasov</t>
   </si>
   <si>
     <t>31 august 1967</t>
   </si>
   <si>
     <t>A trusted person of presidential candidate Svetlana Tikhanovskaya in Gomel and the Gomel region. He was detained on August 6, 2020 and accused of "mass riots" and plans to "seize buildings".
 In 2023, Yuri was transferred to prison regime.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Turma №8, Zhodino, Sovetskaya ul. 22A, 222163</t>
   </si>
   <si>
     <t>Trial outcome 04.05.2021: 6 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 06.08.2021: the sentence was upheld. Regime change trial 02.08.2023: 2 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1861,51 +1757,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I95"/>
+  <dimension ref="A1:I88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1993,2559 +1889,2383 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
         <v>36</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
-        <v>12</v>
+      <c r="E6" t="s">
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I9" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
       <c r="I12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>74</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>81</v>
       </c>
-      <c r="D14" t="s">
-[...11 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>85</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>86</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
         <v>89</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
+        <v>72</v>
+      </c>
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>72</v>
+      </c>
+      <c r="I17" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>96</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
         <v>102</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>56</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>103</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
         <v>107</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
         <v>112</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
         <v>115</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>116</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
         <v>121</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
+        <v>72</v>
+      </c>
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
         <v>126</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>67</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
         <v>127</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...13 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>132</v>
       </c>
-      <c r="D25" t="s">
-[...8 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>146</v>
       </c>
-      <c r="B28" t="s">
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
         <v>151</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>153</v>
       </c>
       <c r="I29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>155</v>
       </c>
       <c r="B30" t="s">
         <v>156</v>
       </c>
       <c r="C30" t="s">
         <v>157</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
+        <v>99</v>
+      </c>
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>168</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="F32" t="s">
+      <c r="I32" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>170</v>
+      </c>
+      <c r="B33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>38</v>
+      </c>
+      <c r="E34" t="s">
+        <v>39</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
+        <v>176</v>
+      </c>
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...16 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
         <v>190</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>21</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>215</v>
       </c>
-      <c r="D42" t="s">
-[...11 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>217</v>
+      </c>
+      <c r="B43" t="s">
         <v>218</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>219</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>152</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>220</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>222</v>
+      </c>
+      <c r="B44" t="s">
         <v>223</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>224</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>225</v>
       </c>
-      <c r="D44" t="s">
-[...11 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>227</v>
+      </c>
+      <c r="B45" t="s">
         <v>228</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>230</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I45" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>163</v>
+        <v>235</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="I46" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B47" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>239</v>
+        <v>50</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
         <v>240</v>
       </c>
       <c r="I47" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>242</v>
       </c>
       <c r="B48" t="s">
         <v>243</v>
       </c>
       <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>13</v>
+        <v>152</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>245</v>
       </c>
       <c r="I48" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>247</v>
       </c>
       <c r="B49" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C49" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>249</v>
+        <v>50</v>
       </c>
       <c r="F49" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
+        <v>136</v>
+      </c>
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
         <v>252</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>253</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>38</v>
+      </c>
+      <c r="E50" t="s">
+        <v>39</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
-      </c>
-[...13 lines deleted...]
-        <v>153</v>
       </c>
       <c r="I50" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>256</v>
       </c>
       <c r="B51" t="s">
         <v>257</v>
       </c>
       <c r="C51" t="s">
         <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
         <v>259</v>
       </c>
       <c r="I51" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>261</v>
       </c>
       <c r="B52" t="s">
         <v>262</v>
       </c>
+      <c r="C52" t="s">
+        <v>263</v>
+      </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
-      <c r="E52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I52" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B53" t="s">
-        <v>266</v>
+        <v>267</v>
+      </c>
+      <c r="C53" t="s">
+        <v>268</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
+      <c r="E53" t="s">
+        <v>146</v>
+      </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>267</v>
+        <v>136</v>
       </c>
       <c r="I53" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B54" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C54" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
+      <c r="E54" t="s">
+        <v>50</v>
+      </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I54" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B55" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C55" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>143</v>
+        <v>50</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I55" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B56" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C56" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I56" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B57" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C57" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E57" t="s">
-        <v>143</v>
+        <v>288</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>153</v>
+        <v>289</v>
       </c>
       <c r="I57" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C58" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>38</v>
+      </c>
+      <c r="E58" t="s">
+        <v>39</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C59" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C60" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s">
-        <v>301</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B61" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>311</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>60</v>
+        <v>230</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>312</v>
       </c>
       <c r="I62" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>314</v>
       </c>
       <c r="B63" t="s">
         <v>315</v>
       </c>
       <c r="C63" t="s">
         <v>316</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E63" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>317</v>
       </c>
       <c r="I63" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>319</v>
       </c>
       <c r="B64" t="s">
         <v>320</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
+        <v>220</v>
+      </c>
+      <c r="I64" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>322</v>
+      </c>
+      <c r="B65" t="s">
         <v>323</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>324</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E65" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>325</v>
       </c>
       <c r="I65" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>327</v>
       </c>
       <c r="B66" t="s">
         <v>328</v>
       </c>
       <c r="C66" t="s">
         <v>329</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>38</v>
+      </c>
+      <c r="E66" t="s">
+        <v>39</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>330</v>
       </c>
       <c r="I66" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>332</v>
       </c>
       <c r="B67" t="s">
         <v>333</v>
       </c>
+      <c r="C67" t="s">
+        <v>334</v>
+      </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
+      <c r="E67" t="s">
+        <v>146</v>
+      </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>216</v>
+        <v>335</v>
       </c>
       <c r="I67" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B68" t="s">
-        <v>336</v>
+        <v>338</v>
+      </c>
+      <c r="C68" t="s">
+        <v>339</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>230</v>
+      </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="I68" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B69" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>341</v>
+        <v>21</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="I69" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B70" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C70" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D70" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E70" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="I70" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B71" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C71" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D71" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I71" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B72" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C72" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E72" t="s">
-        <v>239</v>
+        <v>39</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I72" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B73" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C73" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D73" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E73" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B74" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C74" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E74" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I74" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B75" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
         <v>21</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I75" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B76" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C76" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E76" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
       <c r="I76" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>378</v>
       </c>
       <c r="B77" t="s">
         <v>379</v>
       </c>
       <c r="C77" t="s">
         <v>380</v>
       </c>
       <c r="D77" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>33</v>
+        <v>381</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>129</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I77" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B78" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C78" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D78" t="s">
-        <v>32</v>
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>152</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="I78" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B79" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C79" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D79" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="I79" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B80" t="s">
-        <v>379</v>
+        <v>395</v>
       </c>
       <c r="C80" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>163</v>
+        <v>98</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I80" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C81" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>143</v>
+        <v>50</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="I81" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B82" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C82" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E82" t="s">
-        <v>405</v>
+        <v>39</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B83" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C83" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>163</v>
+        <v>230</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>411</v>
+        <v>220</v>
       </c>
       <c r="I83" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>413</v>
       </c>
       <c r="B84" t="s">
         <v>414</v>
       </c>
       <c r="C84" t="s">
         <v>415</v>
       </c>
       <c r="D84" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>386</v>
+        <v>416</v>
       </c>
       <c r="I84" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B85" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C85" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>158</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I85" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B86" t="s">
-        <v>424</v>
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="I86" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B87" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C87" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D87" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="I87" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B88" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C88" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I88" t="s">
-        <v>436</v>
-[...6 lines deleted...]
-      <c r="B89" t="s">
         <v>438</v>
-      </c>
-[...184 lines deleted...]
-        <v>471</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">