--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -68,1376 +68,1381 @@
   <si>
     <t>1 august 2003</t>
   </si>
   <si>
     <t>A 19 year old boy was convicted for messages in telegram chats that he left in February of this year. Presumably, such messages in the group chat were the guy's reaction to the war that began with the armed forces of Russia in Ukraine, including from the territory of Belarus.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>IK №2, 213800, Bobruysk, ul. Sikorskogo, 1</t>
   </si>
   <si>
     <t>In custody</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>6,5 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-08-17 21:24:07</t>
   </si>
   <si>
-    <t>Roman Anatolyevich Bagnovets</t>
-[...5 lines deleted...]
-    <t>Roman was detained on the night of August 10, 2020, as part of a criminal case initiated due to protests and clashes between Pinsk residents and security forces on the night of August 9-10, 2020. He was convicted of participating in "mass riots." The victims in the case were 109 police officers and officials, who, in addition to imprisonment, demanded about 530 thousand rubles in compensation from the accused.</t>
+    <t>Sergey Alexandrovich Govsha</t>
+  </si>
+  <si>
+    <t>1 august 1981</t>
+  </si>
+  <si>
+    <t>Sentenced for a protest that took place from August 10 to 11, 2020 in Bereza to 2 years in prison (finally, taking into account some previous conviction, 3 years in prison).</t>
+  </si>
+  <si>
+    <t>Trial outcome 28.08.2024: 2 years of imprisonment in colony under general regime conditions. Appeal 18.10.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:16:53</t>
+  </si>
+  <si>
+    <t>Aliaksandr Alexandrovich Khazeyeu</t>
+  </si>
+  <si>
+    <t>3 august 2000</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2026-02-03 10:40:08</t>
+  </si>
+  <si>
+    <t>Leonid Ivanovich Terebey</t>
+  </si>
+  <si>
+    <t>4 august 1985</t>
+  </si>
+  <si>
+    <t>The reason for the detention of Leonid and his wife Antonina was the protests of 2020. Pro-government channels reported that Antonina was left with the child - probably under recognizance not to leave. She is also likely to receive a non-custodial sentence.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.02.2025: 3 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-06-28 10:09:13</t>
+  </si>
+  <si>
+    <t>Irina Gennadievna Tokarczuk</t>
+  </si>
+  <si>
+    <t>4 august 1960</t>
+  </si>
+  <si>
+    <t>Mother of political prisoner blogger Olga Tokarczuk (was released in June 2022 after serving her sentence). She was detained as a result of a massive raid by security forces on January 23-24, 2024 on relatives of political prisoners and people who sent parcels and letters to political prisoners.</t>
+  </si>
+  <si>
+    <t>Female</t>
+  </si>
+  <si>
+    <t>IK-4, ul. Antoshkina, 3, 246035, Gomel</t>
+  </si>
+  <si>
+    <t>Trial outcome 14.08.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 15.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-06 12:36:40</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Trotskij</t>
+  </si>
+  <si>
+    <t>5 august 1975</t>
+  </si>
+  <si>
+    <t>On August 12, 2020, Alexander was detained when his car was stopped by armed men. He refused to get out, and after being threatened with gunfire, he tried to drive away. During his detention, he was beaten and taken to the hospital with a traumatic brain injury, then transferred to a pretrial detention center. According to investigators, he ran over a police officer's foot. The court found him guilty of attempted murder.</t>
+  </si>
+  <si>
+    <t>IK №17, 213004, Shklov, ul. 1-ya Zavodskaya, 8</t>
+  </si>
+  <si>
+    <t>Trial outcome 05.03.2021: 10 years of imprisonment in colony under enhanced security conditions, 10000 rubles of compensation.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:54</t>
+  </si>
+  <si>
+    <t>Sergey Semenovich Timashenko</t>
+  </si>
+  <si>
+    <t>5 august 1966</t>
+  </si>
+  <si>
+    <t>Sergei Timoshenko fought in Afghanistan from 1986 to 1988. He served in the 2nd Airborne Assault Outpost of the Kerki Airborne Assault Maneuverable Group, commanding the combat group.
+Sergei, judging by his social media posts, supports Ukraine in its war against Russia. This appears to be the reason for the charges. He suddenly disappeared from all social media at the end of 2024, was arrested, and placed in pretrial detention.</t>
   </si>
   <si>
     <t>IK No. 1, 211445, Novopolotsk, st. Technical, 8</t>
   </si>
   <si>
-    <t>Trial outcome 30.04.2021: 6 years of imprisonment in colony under enhanced security conditions, approximately 38000 rubles of compensation. Appeal 06.07.2021: the sentence was upheld.</t>
-[...90 lines deleted...]
-    <t>2021-02-26 22:37:54</t>
+    <t>Trial outcome 10.09.2025: 12 years of imprisonment in colony under enhanced security conditions, 1000 basic values fine.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Julia Victorovna Kostyuchenko</t>
+  </si>
+  <si>
+    <t>5 august 1995</t>
+  </si>
+  <si>
+    <t>The Rogachev District Court found that Yulia posted messages and videos on her publicly accessible page on the social network Instagram that “contained insults to the president.”
+02.12.2023 released after serving the full sentence imposed by the court.
+In January, during the pre-election raids, Yulia Kostyuchenko was detained again and on January 22, she was tried under Part 2 of Article 19.11 of the Code of Administrative Offenses for allegedly distributing “extremist materials.” On February 5, a second trial of Yulia Kostyuchenko took place under Part 2 of Article 19.11 of the Code of Administrative Offenses. Most likely, Yulia was held in custody all this time and her administrative arrest was simply extended, first for 15 days, and then extended again on February 5. In total, Yulia spent 90 days in the temporary detention facility, after which she was transferred to Pretrial Detention Center No. 3.
+On April 3, 2025, the KGB of Belarus recognized the page on the social network X with the name "what's going on" as an "extremist formation". At the same time, the punishers named Yulia Viktorovna Kostyuchenko, born August 5, 1995, as involved in this "formation".</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel, ul. Knizhnaya 1A, 246144</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trial outcome 22.03.2023: 1 year of imprisonment in colony under general regime conditions. Appeal 19.05.2023: unknown.</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:57:54</t>
   </si>
   <si>
     <t>Sergey Leonidovich Gnevko</t>
   </si>
   <si>
     <t>5 august 1977</t>
   </si>
   <si>
     <t>Sergei was convicted in court for insulting Lukashenko. On May 5, 2023, the case was heard by Judge Inna Sivets.
 On June 4, 2024, the Orsha District and Orsha Court heard another criminal case against Sergei. He was again accused of insulting Lukashenko . The case was heard by Judge Yulia Vershinina .
 The court found that Sergei Gnevko , "being a person previously convicted of publicly insulting Lukashenko and having been taken to the special detention facility of the Orsha District Department of Internal Affairs for committing an administrative offense under Article 19.1 of the Code of Administrative Offenses (petty hooliganism), while in a state of alcoholic intoxication, in the presence of police officers and an employee of the special detention facility, publicly made a statement containing an obscene form of speech addressed to Alexander Lukashenko in connection with the exercise of his powers."
 The court found Sergei Gnevko guilty and, under Part 2 of Article 368 of the Criminal Code, he was sentenced to imprisonment for a term of four years. Based on the totality of sentences, the court partially added the unserved sentence under the previous sentence to the sentence imposed and finally sentenced him to imprisonment for a term of 4 years and 6 months.
 On August 16, 2024, the appeal hearing took place and the verdict came into force.</t>
   </si>
   <si>
     <t>IK -22, p.o.b 20, Brest region, Ivatsevichi, st. Domanovo, 225295</t>
   </si>
   <si>
     <t>Trial outcome 05.05.2023: unknown years of imprisonment in colony under general regime conditions. Trial outcome 04.06.2024: 4 years 6 months of imprisonment in colony under general regime conditions. Appeal 16.08.2024: unknown.</t>
   </si>
   <si>
     <t>2024-06-06 15:46:04</t>
   </si>
   <si>
-    <t>Sergey Semenovich Timashenko</t>
-[...35 lines deleted...]
-  <si>
     <t>Sergey Petrovich Litvinko</t>
   </si>
   <si>
     <t>6 august 1976</t>
   </si>
   <si>
     <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-07-12 18:53:31</t>
   </si>
   <si>
-    <t>Eugene Aleksandrovich Blinkov</t>
-[...8 lines deleted...]
-    <t>2024-08-02 15:15:59</t>
+    <t>Siarhei Viktaravich Pakhomau</t>
+  </si>
+  <si>
+    <t>6 august 1988</t>
+  </si>
+  <si>
+    <t>In 2013, he graduated from Yanka Kupala University of Grodno and went to work as a history teacher at a school in Zhemyslavl. Soon after, Sergei became the first secretary of the Ivyevsky District Committee of the Belarusian Republican Youth Union (BRSM) and even joined the local executive committee's leadership reserve. In interviews with state-run media, he praised Belarusian stability and organized patriotic events.
+However, after 2017, he left education. In February 2025, Pakhomov registered as a sole proprietor, listing roofing work as his primary activity.
+In the winter of 2026, it became known that the 37-year-old man was in pretrial detention. He was charged under Article 130 of the Criminal Code of the Republic of Belarus ("inciting racial, national, religious, or other social hatred"). Although a sentence had not yet been handed down, the KGB had already included him on its list of "terrorists."
+The exact reason for the criminal prosecution remains unknown. It's likely due to comments on a Telegram message from an unprotected account.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:10:52</t>
   </si>
   <si>
     <t>Ivan Sergeevich Licholate</t>
   </si>
   <si>
     <t>6 august 1992</t>
   </si>
   <si>
     <t>A Ukrainian who has lived in Belarus since 2013. In 2012-2013, Ivan served in the intelligence units of the Armed Forces of Ukraine, BelTA reports. The investigation believes that in January of this year, Likholat contacted the SBU, where he was instructed to blow up railway tracks. He recruited two Grodno residents who had professional skills in mine and explosives for the task. Pukhalsky was detained when he took an explosive device from a hiding place in the Kobrin district and transported it to the Tolochin district. Likholat and Borodich were detained in Grodno.
 Sentenced to 20 years in prison, with the court ordering Ivan to serve the first three years of his sentence in prison.</t>
   </si>
   <si>
     <t>Trial outcome 18.12.2024: unknown years of imprisonment in colony under enhanced security conditions. Appeal date unknown: the sentence was upheld.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
+    <t>Siarhei Skibinski</t>
+  </si>
+  <si>
+    <t>7 august 1983</t>
+  </si>
+  <si>
+    <t>Sergey Skibinsky is 41 years old. He is a designer. Previously, he was the director of the design agency poligraf.bу, which existed until 2020. Sergey also has an individual entrepreneurship in the field of design, makes his own illustrations and projects.
+Sergei will be tried for "assisting extremism" and participating in protests.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.10.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 31.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
+  </si>
+  <si>
+    <t>Oleg Gorelov</t>
+  </si>
+  <si>
+    <t>8 august 1975</t>
+  </si>
+  <si>
+    <t>Gorelov was the head of the Belinvestbank directorate for the Gomel region. The last news about him dates back to February 2023, and in December 2023, Pavel Yurkovets, the former head of Belinvestbank in Mozyr, was appointed head instead of him.
+The trial of Oleg Gorelov began on February 8 in the Gomel Regional Court.
+On June 14, 2024, the appeal was considered and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.03.2024: 10 years of imprisonment in colony under enhanced security conditions. Appeal 14.06.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-02-10 14:47:15</t>
+  </si>
+  <si>
     <t>Alexei Vladimirovich Kiselev</t>
   </si>
   <si>
     <t>8 august 1990</t>
   </si>
   <si>
     <t>Alexey Kiselyov was detained from Verkhnedvinsk in the criminal case of the “Personnel Reserve for New Belarus”. His “repentance” video was published on the morning of March 13 by a propaganda telegram channel. Alexey is an employee of the Verkhnedvinsk regional executive committee. On February 14, the Investigative Committee opened a criminal case against representatives and participants of the “Personnel Reserve for New Belarus” initiative announced by the Joint Transitional Cabinet. The ONT TV channel later showed 14 people detained in this case. Propagandist Igor Tur said that together with the security forces, he listened to lectures for participants in the initiative for a year.
 The “Personnel Reserve for a New Belarus” program was launched by the Joint Transitional Cabinet in November 2022. The goal of the project was to train professionals who would be able to work in government positions and carry out reforms.</t>
   </si>
   <si>
     <t>Trial outcome 20.09.2024: unknown. Appeal 03.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Leonid Leonidovich Shpets</t>
-[...10 lines deleted...]
-  <si>
     <t>Alexey Alexandrovich Prokhorchik</t>
   </si>
   <si>
     <t>9 august 1988</t>
   </si>
   <si>
     <t>In 2010, he graduated from the Higher State College of Communications as a telecommunications engineer.
 In 2017, Prokhorchik founded the limited liability company "ESiS" in Russia. The acronym stands for "energy systems and networks."
-The company's main activities are electrical installation and construction. ESIS employs over 40 people. Last year, the company had a turnover of approximately $4 million.</t>
+The company's main activities are electrical installation and construction. ESiS employs over 40 people. Last year, the company had a turnover of approximately $4 million.
+Alexei was convicted of helping political prisoners.</t>
+  </si>
+  <si>
+    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
   </si>
   <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
+    <t>Leonid Leonidovich Shpets</t>
+  </si>
+  <si>
+    <t>9 august 1978</t>
+  </si>
+  <si>
+    <t>SIZO-2, Vitebsk, Gagarina 2., 210026</t>
+  </si>
+  <si>
+    <t>2025-09-08 19:52:22</t>
+  </si>
+  <si>
     <t>Andrey Mechislavovich Stasyukevich</t>
   </si>
   <si>
     <t>9 august 1994</t>
   </si>
   <si>
-    <t>Turma №1, Grodno, Kirova 1, 230023</t>
-[...2 lines deleted...]
-    <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
+    <t>Citizen of the Russian Federation</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal date unknown: unknown.</t>
   </si>
   <si>
     <t>2025-12-17 22:41:07</t>
   </si>
   <si>
     <t>Ivan Ivanovich Yushkevich</t>
   </si>
   <si>
     <t>10 august 1977</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2025-09-26 20:27:53</t>
   </si>
   <si>
-    <t>Vasily Alexandrovich Veremeychik</t>
-[...2 lines deleted...]
-    <t>10 august 1990</t>
+    <t>Vitali Mikhajlavich Kavalenka</t>
+  </si>
+  <si>
+    <t>11 august 1992</t>
+  </si>
+  <si>
+    <t>Detained as part of a criminal case for messages in the "Belorussky Gayun" bot.</t>
+  </si>
+  <si>
+    <t>Trial outcome 13.11.2025: 3 years of imprisonment in colony under enhanced security conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-06-08 18:53:33</t>
+  </si>
+  <si>
+    <t>Gleb Nikolaevich Sakhar</t>
+  </si>
+  <si>
+    <t>11 august 1982</t>
+  </si>
+  <si>
+    <t>On July 19, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 30.04.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 19.07.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:58:40</t>
+  </si>
+  <si>
+    <t>Egor Alexandrovich Boriskevich</t>
+  </si>
+  <si>
+    <t>11 august 1986</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.12.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 21.02.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
+    <t>Yana Sergeevna Tsaruk</t>
+  </si>
+  <si>
+    <t>11 august 1994</t>
+  </si>
+  <si>
+    <t>It is known that the KGB considers Yana to be involved in the “Urban Garden Maris Mar” project, which was recognized as an “extremist formation.”</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under general regime conditions, 700 basic values fine. Appeal 16.12.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-12-29 22:08:18</t>
+  </si>
+  <si>
+    <t>Vasil Veramejchyk</t>
+  </si>
+  <si>
+    <t>11 august 1990</t>
   </si>
   <si>
     <t>A former fighter of the Kalinovsky regiment, whom Vietnam extradited to Belarus.
 It was reported that the man ended up in Asia because Lithuania recognized him as a threat to national security and banned him from entering the European Union. "Kalinovets" was delivered to Belarus on the evening of November 14 under a three-person escort. Vasily was delivered to Belarus on a Belavia flight (B2978) from Moscow on the evening of November 14. This plane landed at the Minsk National Airport at 23:48.
 It is also known that the video with Veremeychik, which was published by propagandists, is, as expected, staged: it was filmed on a different plane and at a different time.
 For "participation in pogroms and an attempt to set fire to a car belonging to employees of the prosecutor's office," a criminal case was opened against him under Part 1 of Article 366 (violence or threat against an official performing official duties) of the Criminal Code.
 The man was a member of the Coordination Council. Svetlana Tikhanovskaya's office expressed a strong protest in this regard.
 "This step is part of the long-standing repressive policy of the Lukashenko regime, which stops at nothing to persecute its opponents, including those who fight for freedom and democracy, as well as those who defend Europe from Russian aggression," the statement said.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 13 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
-    <t>Egor Alexandrovich Boriskevich</t>
-[...74 lines deleted...]
-    <t>2021-02-27 02:42:12</t>
+    <t>Igor Vladimirovich Korotkov</t>
+  </si>
+  <si>
+    <t>12 august 1988</t>
+  </si>
+  <si>
+    <t>Convicted for donating 9 euros to the Kalinovsky Regiment.</t>
+  </si>
+  <si>
+    <t>Trial outcome 27.12.2023: 5 years of imprisonment in colony under general regime conditions. Appeal 13.02.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
   </si>
   <si>
     <t>Yuri Kazimirovich Jukovski</t>
   </si>
   <si>
     <t>12 august 1978</t>
   </si>
   <si>
     <t>8 years of imprisonment in a penal colony of strict regime.</t>
   </si>
   <si>
     <t>2022-05-23 19:28:46</t>
   </si>
   <si>
-    <t>Igor Vladimirovich Korotkov</t>
-[...14 lines deleted...]
-    <t>Dmitry Vladimirovich Novozhilov</t>
+    <t>Dmitry Uladzimiravich Novozhilov</t>
   </si>
   <si>
     <t>12 august 1972</t>
   </si>
   <si>
     <t>Dmitry, the former director of the BelaPAN news agency, was detained on August 18, 2021, following a search and questioning by the Investigative Committee. He was initially placed in pretrial detention for 72 hours as part of a criminal case under the article "organizing or preparing actions that grossly violate public order, or participating in them." However, he was not released and was transferred to a pretrial detention center 10 days later. The charge was later amended to tax evasion.
 In November 2021, it was revealed that Dmitry had also been charged with "creating an extremist group." In October 2022, he was found guilty of "participating in an extremist group" and "tax evasion," sentenced to imprisonment, imposed a large fine, and banned from holding certain positions for five years.</t>
   </si>
   <si>
     <t>IK №3</t>
   </si>
   <si>
     <t>Trial outcome 06.10.2022: 6 years of imprisonment in colony under general regime conditions, 700 basic values fine, deprivation of the right to hold certain positions or engage in certain activities. Appeal 06.01.2023: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-08-21 01:15:56</t>
   </si>
   <si>
     <t>Kim Andreevich Samusenko</t>
   </si>
   <si>
     <t>12 august 1989</t>
   </si>
   <si>
     <t>A member of the Council of the public movement "Dzeya" was detained on November 3, 2020 and convicted in the case of hacking the computer system of the Minsk City Executive Committee.</t>
   </si>
   <si>
-    <t>IK №15, 212013, Mogilev, p/o Veyno, Slavgorodskoye shosse 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Trial outcome 28.01.2022: 6 years 6 months of imprisonment in colony under general regime conditions. Appeal 26.04.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
-  </si>
-[...16 lines deleted...]
-    <t>2023-01-10 19:15:54</t>
   </si>
   <si>
     <t>Samir Zal Ogly Gulu-Zade</t>
   </si>
   <si>
     <t>13 august 1987</t>
   </si>
   <si>
     <t>A construction worker by training, he graduated from College No. 61 in Baranovichi and went to Russia to work. Upon returning to Belarus, he became a member of the "For Freedom" Movement.
 In 2020, he was sentenced to 10 days in jail, despite asking the judge to fine him. In 2025, he was sentenced to prison for participating in the 2020 protests.</t>
   </si>
   <si>
+    <t>Trial outcome date unknown: 2 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
     <t>2025-08-19 21:16:43</t>
+  </si>
+  <si>
+    <t>Vladimir Evgenievich Boltenkov</t>
+  </si>
+  <si>
+    <t>13 august 1998</t>
+  </si>
+  <si>
+    <t>Vladimir was accused of leaving an offensive comment on VKontakte under a post about Lukashenko. The post contained a photo and the text of a speech about military operations in Belarus. Vladimir wrote the comment from his sister's page and phone number while visiting her. He fully admitted his guilt.</t>
+  </si>
+  <si>
+    <t>Penal labor facility</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.01.2023: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2023-01-10 19:15:54</t>
+  </si>
+  <si>
+    <t>Vladimir Valerievich Makhnach</t>
+  </si>
+  <si>
+    <t>14 august 1977</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.10.2024: 4 years 6 months of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 03.01.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-21 17:20:59</t>
+  </si>
+  <si>
+    <t>Tatyana Ivanovna Trofimchik</t>
+  </si>
+  <si>
+    <t>14 august 1986</t>
+  </si>
+  <si>
+    <t>unknown years of imprisonment in a colony under general regime conditions</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:47:58</t>
   </si>
   <si>
     <t>Evgeny Evgenievich Volykhin</t>
   </si>
   <si>
     <t>14 august 1973</t>
   </si>
   <si>
     <t>Evgeny first studied in Russia, at the Magnitogorsk Industrial and Pedagogical College, and then at the Belarusian Commercial University of Management. Evgeny has a minor son.
 Volykhin runs his own business. For over 20 years, he has been manufacturing and installing PVC windows, balcony frames, and other similar structures.
 On social media, the man expresses nostalgia for the USSR, reposts about the "heroes of Novorossiya," and criticizes the Russian authorities. In his comments, he calls Ukrainian journalist Gordon a condom, Ukrainians "khokhols," and so on, and Zelensky a drug addict. However, his pages also contained criticism of Lukashenko.</t>
   </si>
   <si>
     <t>Trial outcome date unknown: 4 years 6 months of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2025-10-15 12:36:24</t>
   </si>
   <si>
-    <t>Vladimir Valerievich Makhnach</t>
-[...22 lines deleted...]
-  <si>
     <t>Vitaly Vyacheslavovich Shishlov</t>
   </si>
   <si>
     <t>15 august 1993</t>
   </si>
   <si>
     <t>Vitaly was arrested on September 25, 2020, in a criminal case opened after a protest in Minsk. State television showed him with his hands tied in a forest, where he confessed to participating in the riots.</t>
   </si>
   <si>
     <t>Trial outcome 02.07.2021: 6 years of imprisonment in colony under enhanced security conditions, unknown rubles of compensation. Appeal 24.09.2021: the sentence was upheld. Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2021-02-26 21:49:06</t>
   </si>
   <si>
     <t>Ilya Petrovich Kravchevsky</t>
   </si>
   <si>
     <t>15 august 1996</t>
   </si>
   <si>
     <t>At the trial, he did not admit guilt under the Art. 342 and Art. 364.</t>
   </si>
   <si>
     <t>8,5 years of imprisonment in a penal colony.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
+  </si>
+  <si>
+    <t>Maxim Vasilievich Gelyasin</t>
+  </si>
+  <si>
+    <t>16 august 1986</t>
+  </si>
+  <si>
+    <t>Citizen of the Russian Federation.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 4 years of imprisonment in colony under enhanced security conditions.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Yurchik</t>
+  </si>
+  <si>
+    <t>16 august 1969</t>
+  </si>
+  <si>
+    <t>Alexander was arrested in January 2021 in connection with the mass riots case and convicted on charges of participating in Telegram channels of a “radical orientation,” as well as intending to damage or destroy three Tabakerka kiosks.</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.07.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 23.11.2021: the sentence was upheld. Appeal 10.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-05-28 22:53:14</t>
   </si>
   <si>
     <t>Igor Nikolaevich Goltsov</t>
   </si>
   <si>
     <t>16 august 1984</t>
   </si>
   <si>
     <t>A 40-year-old programmer from Mogilev. In 2013, he graduated from the Belarusian-Russian University, studying to be an engineer. He specializes in working with the Magento platform, which is used to create online stores and organize online trading. He has a young daughter and a wife.
 Igor Goltsov transferred about $50 to the Zerkalo YouTube channel via Patreon. This happened in 2023.</t>
   </si>
   <si>
     <t>Trial outcome 14.05.2025: 5 years of imprisonment in colony under general regime conditions. Appeal 20.06.2025: unknown.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
-    <t>Maxim Vasilievich Gelyasin</t>
-[...41 lines deleted...]
-    <t>2024-01-30 20:42:17</t>
+    <t>Eugene Ivanovich Soroko</t>
+  </si>
+  <si>
+    <t>17 august 1993</t>
+  </si>
+  <si>
+    <t>Evgeniy was arrested in December 2024 and sentenced to imprisonment in June 2025.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: unknown years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-06-28 18:08:16</t>
+  </si>
+  <si>
+    <t>Cheslau Gerasimovitch</t>
+  </si>
+  <si>
+    <t>17 august 1986</t>
+  </si>
+  <si>
+    <t>Cheslav Gerasimovich is 37 years old. He is from Minsk.
+For some time in 2022, Gerasimovich worked in Vilnius, but in the fall of 2022 he returned to Minsk.
+On June 26, Cheslav was convicted of “disobeying a police officer” in an administrative case.
+Judging by the GUBOPiK video, Gerasimovich is accused of donating to the “extremist formation” four times. He is probably accused under Article 361-2 of the Criminal Code.
+Gerasimovich writes on social networks that he has been conducting training in psychotherapy for more than 15 years. Since 2011, he began working as a tester. He is interested in music and plays the guitar, and also writes poetry and short prose.</t>
+  </si>
+  <si>
+    <t>Trial outcome 09.12.2024: 5 years of imprisonment in colony under general regime conditions, 300 basic values fine.</t>
+  </si>
+  <si>
+    <t>2024-08-03 17:12:06</t>
   </si>
   <si>
     <t>Nikita Valerievich Samarin</t>
   </si>
   <si>
     <t>17 august 1991</t>
   </si>
   <si>
     <t>Nikita was arrested for spraying gas in the face of a riot police officer while he was trying to protect a person at a protest. He was beaten, had his hair cut with a knife, and had gas sprayed in his face. In December 2020, he was sentenced to four years of restricted freedom, but the prosecutor later succeeded in increasing the sentence to two and a half years in prison. Nikita did not appear in court, relaying through a friend that arbitrary detentions were planned in the courtroom, threatening him and others.
 Was in forced exile.
 At the end of March 2025, it became known that Nikita, who had been hiding from the verdict for four years at that time, was detained in Grodno. As reported by the Ministry of Internal Affairs, the man was stopped, he did not have documents with him, so he was asked to go to the station. Nikita resisted the police officers and, allegedly, broke the arm of one of them. It is reported that the man was wanted for allegedly "spraying a gas canister in the face of law enforcement officers" in August 2020. A criminal case was opened against him for this. He left the country, but then illegally returned to Belarus.
 Since May 13, 2025, there has been no information about the political prisoner. Correspondence and parcels to him are prohibited. There is also no information about Nikita's case and the court date. In addition, it is reported that the investigator in the political prisoner's case is prohibited from informing Nikita's relatives and friends about the status and progress of the case.</t>
   </si>
   <si>
     <t>Trial outcome 11.12.2020: 4 years restrictions of freedom with referral to an open-type correctional facility, 500 rubles of compensation. Prosecutor's protest 25.03.2021: 2 years 6 months of imprisonment in colony under general regime conditions, 2000 rubles of compensation. Trial outcome date unknown: 6 years of imprisonment in colony under enhanced security conditions.</t>
   </si>
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
+    <t>Alexei Vyacheslavovich Shvetsov</t>
+  </si>
+  <si>
+    <t>17 august 1985</t>
+  </si>
+  <si>
+    <t>He was sentenced to 5 years in prison for donating to Kalinovsky’s regiment (the first - 13.63 euros, the second - 35 euros, a total of 133 rubles 30 kopecks).</t>
+  </si>
+  <si>
+    <t>Trial outcome 26.12.2023: 5 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2024-01-30 20:42:17</t>
+  </si>
+  <si>
     <t>Anatoly Stepanovich Vasilevsky</t>
   </si>
   <si>
     <t>17 august 1963</t>
   </si>
   <si>
     <t>Trial outcome 03.10.2024: 4 years of imprisonment in colony under enhanced security conditions. Appeal 24.12.2024: unknown.</t>
   </si>
   <si>
     <t>2024-09-25 19:45:52</t>
   </si>
   <si>
-    <t>Eugene Ivanovich Soroko</t>
-[...11 lines deleted...]
-    <t>2025-06-28 18:08:16</t>
+    <t>Alexander Viktorovich Krupnikov</t>
+  </si>
+  <si>
+    <t>18 august 1978</t>
+  </si>
+  <si>
+    <t>Alexander was convicted in the fall of 2024 under the article "organizing and preparing actions that grossly violate public order, or active participation in them" and sentenced to restricted freedom with referral to an open-type institution.</t>
+  </si>
+  <si>
+    <t>IUOT-7, Pruzhany region, Kuplin, 225136</t>
+  </si>
+  <si>
+    <t>Trial outcome 29.10.2024: 3 years restrictions of freedom with referral to an open-type correctional facility.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:37:32</t>
   </si>
   <si>
     <t>Vladislav Sergeevich Savin</t>
-  </si>
-[...1 lines deleted...]
-    <t>18 august 1978</t>
   </si>
   <si>
     <t>Vladislav, a blogger, poet and writer, was arrested in April 2021 and convicted a year later of fraud for promising more than 100 people in 2015–2016 to take part in Belarus’s first reality shows, but failing to keep his promise. He was also found guilty of participating in three Marches in 2020 and organizing protests via Instagram. Vladislav himself only admitted to participating in the rallies.
 In October 2022, he was convicted again for insulting Lukashenko in a poem included in an appeal against the verdict.
 On the portal of the online store Ridero.ru, under the pseudonym Vlad Savinn, his books are presented - the story "Ambidextrous" and the collection of poems "Poetry Through", available in printed and electronic form.</t>
   </si>
   <si>
     <t>Trial outcome 30.03.2022: 8 years of imprisonment in colony under enhanced security conditions. Trial outcome 26.10.2022: 2 years of imprisonment in colony under general regime conditions. Appeal 23.12.2022: the sentence was upheld.</t>
   </si>
   <si>
     <t>2021-05-12 14:09:33</t>
   </si>
   <si>
-    <t>Sergey Prus</t>
-[...60 lines deleted...]
-    <t>Vitaly Fedorovich Braginets</t>
+    <t>Vitali Braginiec</t>
   </si>
   <si>
     <t>19 august 1973</t>
   </si>
   <si>
     <t>A lawyer with 25 years of experience. Previously, he headed his own company «Braginets and Partners». Recently, he worked in the legal advice of the Dzerzhinsky district of Minsk.
 After his detention at home, the man was taken to the Partisan police department to check for involvement in protest activities. From there, it was alleged in court, he tried to leave. This was the manifestation of disobedience.
 A protocol was drawn up on Vitaly under Article 24.3 of the Administrative Code and he was arrested for 15 days. He was supposed to be released on the evening of June 7, but this did not happen.
 Vitaly is the defender of lawyer Andrey Mochalov, against whom a criminal case was initiated.
 The trial was held in closed regime.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
-    <t>Irina Alexandrovna Melkher</t>
-[...11 lines deleted...]
-    <t>2021-02-27 00:45:25</t>
+    <t>Pavel Petrovich Alekseev</t>
+  </si>
+  <si>
+    <t>19 august 1988</t>
+  </si>
+  <si>
+    <t>Citizen of the Russian Federation.
+On July 26, 2024, the appeal was heard and the verdict came into force.</t>
+  </si>
+  <si>
+    <t>Trial outcome 16.05.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 26.07.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:35:47</t>
+  </si>
+  <si>
+    <t>Oleg Nikolaevich Silich</t>
+  </si>
+  <si>
+    <t>19 august 1972</t>
+  </si>
+  <si>
+    <t>3.5 years of imprisonment in a colony under enhanced security conditions</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:19:45</t>
+  </si>
+  <si>
+    <t>Dmitriy Tahirovich Suvkhanov</t>
+  </si>
+  <si>
+    <t>20 august 1987</t>
+  </si>
+  <si>
+    <t>Dmitry Suvkhanov is the brother of Marat Suvkhanov, who died in Ukraine in February 2023, fighting on the side of the Russian occupation forces.
+The moderator of the meeting in the Svetlogorsk district court was again Kristina Kasyanova. She considered the charge against Dmitry Suvkhanov under Part 2 of Art. 367, with which the authorities punish for slandering Lukashenko.
+Thus, the authorities violated Suvkhanov’s right to have his case examined by an independent and impartial court. After all, citizen Kasyanova is in a state of labor dependence on a person whom Suvkhanov allegedly slandered: Menaut Lukashenko, by his decree, appointed Kasyanova to the position of judge and if he is dissatisfied with her actions, only he can dismiss her from that position.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.07.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 02.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-07-16 18:09:01</t>
   </si>
   <si>
     <t>Alexander Andreevich Kudrevich</t>
   </si>
   <si>
     <t>20 august 1989</t>
   </si>
   <si>
     <t>The details of the case are unknown. Alexander was probably detained in January 2024. According to information on his social networks, the man is married and graduated from BSUIR in 2014.
 He probably worked in the Criminal Intelligence Department, which filed a lawsuit against Alexander for causing property damage. It should be noted that the Criminal Intelligence Department of the Ministry of Internal Affairs appeared in Belarus in April of this year - previously it was called the Department for Ensuring Operational Investigative Activities of the Ministry of Internal Affairs.
 The process will be held behind closed doors.</t>
   </si>
   <si>
     <t>Trial outcome 30.12.2024: 15 years of imprisonment in colony under enhanced security conditions. Appeal 11.03.2025: the sentence was upheld.</t>
   </si>
   <si>
     <t>2024-12-02 14:32:26</t>
   </si>
   <si>
-    <t>Dmitriy Tahirovich Suvkhanov</t>
-[...19 lines deleted...]
-    <t>21 august 1994</t>
+    <t>Irina Alexandrovna Melkher</t>
+  </si>
+  <si>
+    <t>20 august 1955</t>
+  </si>
+  <si>
+    <t>Irina was detained in December 2020 along with her son as part of the criminal "Avtukhovich case." The authorities called Nikolai Avtukhovich "the organizer and leader of a terrorist group." She was accused of participating in a "terrorist organization" involved in arson of police property. Irina was convicted of "participation in a criminal organization," "act of terrorism," "attempted seizure of power," and for participating in a protest that took place in September 2020 in Brest.</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 17 years of imprisonment in colony under general regime conditions, 700 basic values fine. Appeal 31.03.2023: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:45:25</t>
+  </si>
+  <si>
+    <t>Yauheni Anatolyevich Liulkovich</t>
+  </si>
+  <si>
+    <t>21 august 1984</t>
   </si>
   <si>
     <t>After numerous administrative arrests, on November 21, 2021, he was re-detained on a criminal case.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Yakushkov</t>
+  </si>
+  <si>
+    <t>22 august 1956</t>
+  </si>
+  <si>
+    <t>A retired military man, a reserve lieutenant colonel who served in the strategic missile forces, a former teacher at the Military School, and a member of the People's Hramada party.
+During the 2020 presidential election campaign, Yakushkov was tried twice for "participating in unauthorized events" - for participating in pickets to collect signatures for Svetlana Tikhanovskaya; both times the court sentenced the man to "days in prison."</t>
+  </si>
+  <si>
+    <t>Trial outcome 12.06.2025: 2 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 11.09.2025: unknown.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:55:48</t>
+  </si>
+  <si>
+    <t>Boris Borisovich Puchalski</t>
+  </si>
+  <si>
+    <t>22 august 1975</t>
+  </si>
+  <si>
+    <t>The investigation believes that in January of this year, Ukrainian Likholat contacted the SBU, where he was instructed to blow up railway tracks. He recruited two Grodno residents who had professional skills in mine and explosives for the task. Pukhalsky Boris was detained when he took an explosive device from a hiding place in the Kobrin district and transported it to the Tolochin district.
+Sentenced to 25 years in prison, the court ordered Boris to serve the first five years of his sentence in prison.</t>
+  </si>
+  <si>
+    <t>Trial outcome 18.12.2024: 25 years of imprisonment in colony under enhanced security conditions. Appeal 02.05.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
+  </si>
+  <si>
+    <t>Svetlana Viktorovna Bychkovskaya</t>
+  </si>
+  <si>
+    <t>22 august 1977</t>
+  </si>
+  <si>
+    <t>The woman worked in the service «One-window» of the Oktyabrsky district of Minsk.
+He is suspected of transferring personal data of law enforcement officers to telegram channels.
+The trial was held behind closed doors.</t>
+  </si>
+  <si>
+    <t>5. 5 years of imprisonment in a penal colony.</t>
+  </si>
+  <si>
+    <t>2022-04-19 18:19:59</t>
+  </si>
+  <si>
+    <t>Oksana Genrikhovna Lepko</t>
+  </si>
+  <si>
+    <t>22 august 1974</t>
+  </si>
+  <si>
+    <t>She was convicted of money transfers in a pretrial detention facility.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.09.2024: 3 years of imprisonment in colony under general regime conditions. Appeal 22.11.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-06-03 18:46:04</t>
   </si>
   <si>
     <t>Pavel Nikolayevich Belous</t>
   </si>
   <si>
     <t>22 august 1987</t>
   </si>
   <si>
     <t>The creator of the store Symbal.by , cultural manager.
 He was detained on November 15, 2021 after being called to the police. Then Pavel was convicted three times on administrative cases (for 15, 13 and 7 days of arrest), and after that he was transferred to a pre-trial detention center on a criminal case.</t>
   </si>
   <si>
     <t>13 years of imprisonment in a penal colony under a reinforced regime.</t>
   </si>
   <si>
     <t>2021-12-29 15:27:44</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Yakushkov</t>
-[...12 lines deleted...]
-    <t>2024-10-21 22:55:48</t>
+    <t>Olga Vladimirovna Mayorova</t>
+  </si>
+  <si>
+    <t>22 august 1966</t>
+  </si>
+  <si>
+    <t>A well-known public figure, previously a member of the United Civil Party, was detained on January 4, 2021, as part of the "Autukhovich case" and accused of participating in a "terrorist organization" linked to arson of police property. Olga was convicted of "participation in a criminal organization," "attempted seizure of power," "inciting hatred," "calls for sanctions," and "illegal actions with weapons."
+In custody, the political prisoner was suspected of having diabetes. In March 2024, she was convicted again for "malicious disobedience to the demands of the prison administration."</t>
+  </si>
+  <si>
+    <t>IK-24, ul. Proizvodstvennaya, 44, g.p. Zarechye, Rechitsky r-n, Gomel obl., 247526</t>
+  </si>
+  <si>
+    <t>Trial outcome 17.10.2022: 20 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal 31.03.2023: the sentence was upheld. Trial outcome 05.03.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 29.05.2024: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:48:39</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Sudnikovich</t>
   </si>
   <si>
     <t>22 august 1960</t>
   </si>
   <si>
     <t>At the end of May 2024, state media reported the detention of two Belarusian citizens at the Belarusian-Lithuanian border: one of them was on the international wanted list and was attempting to illegally cross the border into Lithuania, the other was a driver.
 In a "confession video," Alexander admitted that in 2021 he left comments "approving" of the actions of Andrei Zeltser, who died in a shootout with KGB officer Dmitry Fedosyuk. Alexander is known to have lived in the United States for a long time.
 In February 2025, he was convicted on four criminal charges, but the outcome of the sentence is still unknown. He is also reported to have serious health problems.</t>
   </si>
   <si>
     <t>Trial outcome 04.02.2025: unknown years of imprisonment in colony under general regime conditions.</t>
   </si>
   <si>
     <t>2024-10-10 12:18:28</t>
   </si>
   <si>
-    <t>Olga Vladimirovna Mayorova</t>
-[...66 lines deleted...]
-    <t>Anatoly Alexandrovich Churikov</t>
+    <t>Paul Vladimirovich Korenyukhin</t>
   </si>
   <si>
     <t>24 august 1988</t>
-  </si>
-[...7 lines deleted...]
-    <t>Paul Vladimirovich Korenyukhin</t>
   </si>
   <si>
     <t>He was detained in November 2024 in Zhodino.
 At the same time, the website of the initiative "Letter. Bel" and its pages on social networks were recognized as "extremist materials." A month later , the KGB recognized the initiative as an "extremist formation ." According to the agency, Aleksandr Mazur , as well as Pavel Korenyukhin and Aleksandr Lykshin, are related to "Letter . Bel." The men are currently in ST -8 , accused under Article 361-1 of the Criminal Code (Creation of an extremist formation or participation in it).</t>
   </si>
   <si>
+    <t>Turma №4, Mogilev, Krupskaya 99A, 212011</t>
+  </si>
+  <si>
     <t>Trial outcome date unknown: 3 years 6 months of imprisonment in colony under enhanced security conditions, 1000 basic values fine. Appeal 25.11.2025: unknown.</t>
   </si>
   <si>
     <t>2024-12-29 21:56:28</t>
+  </si>
+  <si>
+    <t>Andrey Anatolyevich Kryvashei</t>
+  </si>
+  <si>
+    <t>24 august 1993</t>
+  </si>
+  <si>
+    <t>2025-11-06 20:45:56</t>
+  </si>
+  <si>
+    <t>Anatoly Alexandrovich Churikov</t>
+  </si>
+  <si>
+    <t>Trial outcome 19.08.2024: unknown years of imprisonment in colony under general regime conditions. Appeal 15.10.2024: unknown.</t>
+  </si>
+  <si>
+    <t>2024-08-13 12:15:02</t>
+  </si>
+  <si>
+    <t>Pauline Alexandrovna Pitkevich</t>
+  </si>
+  <si>
+    <t>24 august 1994</t>
+  </si>
+  <si>
+    <t>When in June 2024 the KGB of Belarus declared the Media IQ project an extremist group, it named Pitkevich among its participants. Around the same time, Polina's accounts were last online.
+Polina Pitkevich was born in 1994. She graduated from the Faculty of Journalism of the Belarusian State University (2016). She was fond of theater and for some time played as an actress in the Laboratory of Social Theater in Minsk. As a journalist, she wrote on cultural topics. Polina is also known for her love of animals - on her social media pages, you can find many ads about helping homeless tailed ones. According to friends, Polina had more than one rescued cat living in her house.</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.03.2025: 3 years of imprisonment in colony under general regime conditions. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-02-28 01:16:19</t>
   </si>
   <si>
     <t>Nadezhda Anatolievna Laptenok</t>
   </si>
   <si>
     <t>24 august 1972</t>
   </si>
   <si>
     <t>It is known that Nadezhda has two adult daughters and a minor son with disabilities.
 On March 1, 2024, the appeal was considered and the verdict came into force.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under general regime conditions</t>
   </si>
   <si>
     <t>2023-12-07 23:27:01</t>
-  </si>
-[...40 lines deleted...]
-    <t>2025-07-26 14:58:15</t>
   </si>
   <si>
     <t>Dmitriy Aleksandrovich Makeev</t>
   </si>
   <si>
     <t>25 august 1983</t>
   </si>
   <si>
     <t>A pharmacist by education, Dmitry is accused under six articles of the criminal code.
 According to the state prosecution , from August 2020 to February 2023, the man transferred 68 euros to the accounts of the Belsat information resource, as well as 68 euros and 78 dollars to the accounts of the Bysol Solidarity Fund. In addition, for more than a year he transferred money from a media resource - "whose materials are recognized as extremist", as well as 33 euros to the accounts of the Kastus Kalinouski Regiment.
 The defendant made photocopies of departmental documents that were sent to the pharmacy and sent them to Telegram channels, which Lukashenko's servants call "extremist groups." During the first court hearing, it became known that the documents included information about the verification of military registration cards of those liable for military service, about the disappearance of some Ukrainian-made medicines from the Belarusian market, an appeal from the Belarusian Union of Women in connection with the situation at the border, and a decision by the Ministry of Health. In addition, the man recorded a video from the pharmacy's outdoor surveillance cameras showing the movement of Russian military equipment and also sent it to Telegram channels.
 On 28.11.2023, the appeal was heard. The verdict came into force.</t>
   </si>
   <si>
     <t>6 years of imprisonment in a colony under enhanced security conditions</t>
   </si>
   <si>
     <t>2023-08-16 18:04:33</t>
   </si>
   <si>
     <t>Artsem Nikolaevich Sakov</t>
   </si>
   <si>
     <t>25 august 1994</t>
   </si>
   <si>
     <t>Artem is a former border guard, a member of the initiative group to nominate Svetlana Tikhanovskaya for president, and one of the videographers of the YouTube channel "Country for Life". He took part in a picket to collect signatures in Grodno on May 29, 2020. He was later detained and convicted of "organizing mass riots".
 In November 2022, he was transferred to prison regime.
 According to human rights activists, the defendants in the "case" are required to pay compensation in the amount of 29 million rubles.</t>
   </si>
   <si>
     <t>Trial outcome 14.12.2021: 16 years of imprisonment in colony under enhanced security conditions. Appeal 01.06.2022: the sentence was upheld. Trial outcome 06.10.2022: approximately 29000000 rubles of compensation. Regime change trial 09.11.2022: unknown years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-26 21:11:11</t>
   </si>
   <si>
+    <t>Marina Alexandrovna Petrozhitskaya</t>
+  </si>
+  <si>
+    <t>25 august 1963</t>
+  </si>
+  <si>
+    <t>She worked as the head teacher for educational work at Minsk Gymnasium No. 34, which is located near Orlovskaya Street, opposite Kievsky Square. The woman graduated from the Belarusian State Pedagogical University (then the Minsk State Pedagogical Institute) in 1984, after which she taught mathematics for about 40 years.
+In July 2021, Petrazytskaya was sentenced to 15 days. Her home was then searched, she was taken to the KGB, and then a protocol was drawn up for "insubordination." It is unknown exactly when the head teacher was fired from the school.
+The teacher was arrested in October 2024.</t>
+  </si>
+  <si>
+    <t>Trial outcome 24.07.2025: 2 years of imprisonment in colony under general regime conditions, 800 basic values fine. Appeal date unknown: unknown.</t>
+  </si>
+  <si>
+    <t>2025-07-26 14:58:15</t>
+  </si>
+  <si>
     <t>Gennady Mikhailovich Poleichuk</t>
   </si>
   <si>
     <t>25 august 1974</t>
   </si>
   <si>
     <t>Trial outcome 02.12.2024: 1 year 6 months of imprisonment in colony under general regime conditions. Appeal 25.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-22 00:12:46</t>
-  </si>
-[...44 lines deleted...]
-    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Olga Alexandrovna Rodionova</t>
   </si>
   <si>
     <t>26 august 1974</t>
   </si>
   <si>
     <t>Olga Rodionova worked until 2020 at KYKY.org, primarily for the "Pain" section, and also collaborated as a freelancer with Belarusian and foreign media.
 During her detention in Pretrial Detention Center No. 1, Olga was sent for a psychiatric examination to the hospital in Novinki. Olga's sick mother , who is over 80 years old , requires constant care .</t>
   </si>
   <si>
     <t>Trial outcome 10.12.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 07.02.2025: unknown.</t>
   </si>
   <si>
     <t>2024-11-01 02:14:01</t>
+  </si>
+  <si>
+    <t>Tatiana Vladimirovna Minets</t>
+  </si>
+  <si>
+    <t>26 august 1979</t>
+  </si>
+  <si>
+    <t>A practicing psychologist and successful business coach in the field of professional and personal growth. He is a member of the Belarusian Association of Psychotherapists.</t>
+  </si>
+  <si>
+    <t>Trial outcome 20.08.2025: 2 years of imprisonment in colony under general regime conditions, 1000 basic values fine. Appeal 11.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Catherine Nikolaevna Novikov</t>
   </si>
   <si>
     <t>26 august 1985</t>
   </si>
   <si>
     <t>Presumably detained for giving interviews to foreign media.
 It is known that Ekaterina was detained at the beginning of summer in one nightie, in which she was kept in a pre-trial detention center until the first transfer from her relatives.
 At the beginning of April 2024, Belsat sources gave the editors a letter from Ekaterina. On a piece of toilet paper, she described her horrific detention and subsequent imprisonment:
 “I fell from the second floor of the bed, my head on a wooden bench. They took a picture, but they haven’t reported the result for more than a month.”
 “They put it on the flag, beat the whole office. They said it was for my interviews, the channel and for my fiery appeals.”
 On July 16, 2024, the appeal was considered.</t>
   </si>
   <si>
     <t>6.5 years of imprisonment in a colony under general regime conditions.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Vrublevsky</t>
-[...69 lines deleted...]
-    <t>2023-10-02 21:15:28</t>
+    <t>Alexandra Vladimirovna Dubrovskaya</t>
+  </si>
+  <si>
+    <t>26 august 1988</t>
+  </si>
+  <si>
+    <t>Alexandra graduated from Cardinal Stefan Wyszynski University in Warsaw. She works as an English teacher in various schools and child development centers in Mogilev. She holds a first-category teaching qualification.
+The woman is known as a lover of Belarusian culture and took part in events of the Belarusian Language Society and a folk dance club.
+Most likely, the matter is connected with Alexandra’s participation in protest chats.</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions. Appeal 19.11.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:40:07</t>
+  </si>
+  <si>
+    <t>Dmitry Yurievich Ravich</t>
+  </si>
+  <si>
+    <t>Detained for an action on the railway.
+During the offensive of Russian armies on Kiev from the Gomel region, he, along with Denis Dikun and Oleg Molchanov, burned a cabinet with electronic equipment on the railway in order to slow down the delivery of Russian military equipment to the Ukrainian border. As a result, traffic lights and switches on one of the sections of the Zhlobin – Kalinkovichi railway, which then continues to Ukraine, were put into a faulty condition.
+Dmitry worked in the Vyshkomontazhny management of the Republican Unitary Enterprise «PO Belorusneft» as a vyshkomontazhnik-electrician.</t>
+  </si>
+  <si>
+    <t>22 years of imprisonment in a penal colony of strict regime.</t>
+  </si>
+  <si>
+    <t>2022-03-11 01:12:13</t>
+  </si>
+  <si>
+    <t>Nikita Sergeevich Nechaev</t>
+  </si>
+  <si>
+    <t>26 august 1994</t>
+  </si>
+  <si>
+    <t>Nikita graduated from the Faculty of Radiophysics and Computer Technology in 2019. He was recognized as the best student in the "Best BSU Graduate" category.
+Has 7 years of experience working on advanced research projects in various fields ( including statistics , probability theory and linear algebra, semiconductor and thermal physics) .</t>
+  </si>
+  <si>
+    <t>Trial outcome date unknown: 3 years of imprisonment in colony under general regime conditions, 500 basic values fine. Appeal 03.02.2026: unknown.</t>
+  </si>
+  <si>
+    <t>2025-11-13 13:44:32</t>
   </si>
   <si>
     <t>Stepan Sergeevich Zadojko</t>
   </si>
   <si>
     <t>27 august 1984</t>
   </si>
   <si>
     <t>According to pro-government channels, he was detained for making more than 1,200 comments. It is noteworthy that the comments shown by the security forces were written primarily in the Belarusian language and were mainly aimed at supporting Ukraine. All comments shown are from YouTube.
 In the video on the security forces’ channels, five SOBR soldiers attack him, and later the man looks beaten: he has a badly black eye and his head is scratched until it bleeds.
 Stepan works as a worker at one of the private enterprises in Grodno. The man also regularly goes to the gym and keeps himself in good physical shape, judging by the photos on social networks.</t>
   </si>
   <si>
+    <t>Turma №1, Grodno, Kirova 1, 230023</t>
+  </si>
+  <si>
     <t>5.5 years of imprisonment in a maximum security prison.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
-    <t>Andrey Anatolyevich Kreidich</t>
-[...12 lines deleted...]
-    <t>2025-01-29 22:01:28</t>
+    <t>Aliaksandr Nazarovich</t>
+  </si>
+  <si>
+    <t>27 august 1983</t>
+  </si>
+  <si>
+    <t>Alexander was detained and convicted for stopping a freight train, painting red stripes on advertising light boxes, puncturing the tires of a police officer's car, setting fire to a Tabakerka kiosk, and handling items containing flammable substances. He explained his actions as a protest against the situation in the country after the presidential elections on August 9, 2020, in particular, against the unjustified detentions and torture of people by security forces. His Opel Astra was also confiscated.</t>
+  </si>
+  <si>
+    <t>IK-11, Volkovysk, Rokossovskogo, 118, 231900</t>
+  </si>
+  <si>
+    <t>Trial outcome 07.06.2021: 8 years of imprisonment in colony under enhanced security conditions. Appeal 26.08.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:24:17</t>
+  </si>
+  <si>
+    <t>Alexander Gennadievich Kordyukov</t>
+  </si>
+  <si>
+    <t>27 august 1979</t>
+  </si>
+  <si>
+    <t>Alexander was detained after a protest against the results of the presidential elections, which took place on August 11, 2020 in Brest. At this protest, Gennady Shutov was shot in the back of the head, which Alexander witnessed. He was later convicted of resisting and attempting to kill Captain Roman Gavrilov, who shot the protester, and Warrant Officer Arseniy Galitsyn, who acted as victims.</t>
+  </si>
+  <si>
+    <t>Trial outcome 25.02.2021: 10 years of imprisonment in colony under enhanced security conditions, 2642 rubles of compensation. Appeal 14.05.2021: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
+  </si>
+  <si>
+    <t>Andrey Anatolyevich Vrublevsky</t>
+  </si>
+  <si>
+    <t>27 august 1971</t>
+  </si>
+  <si>
+    <t>Trial outcome 04.03.2025: 4 years of imprisonment in colony under general regime conditions.</t>
+  </si>
+  <si>
+    <t>2025-04-08 09:55:08</t>
+  </si>
+  <si>
+    <t>Irina Viktorovna Kishkurno</t>
+  </si>
+  <si>
+    <t>27 august 1962</t>
+  </si>
+  <si>
+    <t>It is known that the woman worked as a librarian, and in the last year before her arrest, she worked in the system of municipal public utilities of the Minsk City Executive Committee.
+People who met Irina in prison said that she was having a very hard time dealing with her arrest. According to her, her relatives and friends had turned away from her. In addition, Irina had serious health problems: court hearings even had to be interrupted because the woman was getting sick.</t>
+  </si>
+  <si>
+    <t>2025-08-23 23:03:35</t>
+  </si>
+  <si>
+    <t>Michael Igorevich Baboshko</t>
+  </si>
+  <si>
+    <t>27 august 1992</t>
+  </si>
+  <si>
+    <t>On December 1, 2023, an appeal hearing was held and the verdict entered into force.</t>
+  </si>
+  <si>
+    <t>7 years of imprisonment in a maximum security colony</t>
+  </si>
+  <si>
+    <t>2023-10-02 21:15:28</t>
   </si>
   <si>
     <t>Lyudmila Andreevna Deineka</t>
   </si>
   <si>
     <t>28 august 1983</t>
   </si>
   <si>
     <t>Lyudmila Deineko is 40 years old. In 2005, she graduated from Polotsk State University with a degree in jurisprudence. First she worked in the internal affairs department of the Minsk regional executive committee, then in the justice department of the Minsk city executive committee, and as a consultant in the court of the Zavodsky district of Minsk.
 The trial begins on July 22. Deineko is accused of “calling for sanctions,” “insulting Lukashenko,” and “inciting hostility or discord.”
 Lyudmila has two minor children.</t>
   </si>
   <si>
-    <t>Trial outcome 29.07.2024: 4 years of imprisonment in colony under general regime conditions. Appeal 04.10.2024: unknown.</t>
+    <t>Trial outcome 29.07.2024: 5 years of imprisonment in colony under general regime conditions. Appeal 04.10.2024: unknown.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Kreidich</t>
+  </si>
+  <si>
+    <t>28 august 1977</t>
+  </si>
+  <si>
+    <t>After his arrest, he was convicted under an administrative offense and has not been released since. He is currently in pretrial detention, charged for comments he made on social media.
+Before his arrest, he lived and worked in Europe.</t>
+  </si>
+  <si>
+    <t>Trial outcome 15.08.2025: 3 years 6 months of imprisonment in colony under general regime conditions, 600 basic values fine. Appeal 14.10.2025: the sentence was upheld.</t>
+  </si>
+  <si>
+    <t>2025-01-29 22:01:28</t>
+  </si>
+  <si>
     <t>Vasily Alexandrovich Klimovich</t>
   </si>
   <si>
     <t>29 august 1988</t>
   </si>
   <si>
     <t>Vasily is originally from Gomel. He is interested in cars and loves to make things with his hands. He graduated from the Military Academy and served in a missile brigade. He worked in the Armed Forces of Belarus for 15 years and received the rank of major. It is known that in the summer of 2021, he left the service and took up network marketing.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Andrey Valerievich Nesterovich</t>
   </si>
   <si>
     <t>31 august 1989</t>
   </si>
   <si>
     <t>Andrey, the owner of the Grodno ethnic store "Tsudounya," was arrested on February 6, 2025, in connection with a criminal case related to the 2020 protests and later sentenced to restricted freedom.
 He founded the store in 2015. After the 2020 elections, the business faced fines and the threat of losing its premises, but Andrei remained in Belarus and continued to support it, believing it was important for the preservation and development of Belarusian culture.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Vitebsk, ul. 3-ya Chepinskaya, 39</t>
   </si>
   <si>
     <t>Trial outcome 16.05.2025: 1 year 6 months restrictions of freedom with referral to an open-type correctional facility.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
     <t>Ruslan Nikolaevich Baranchyk</t>
   </si>
   <si>
     <t>31 august 1976</t>
   </si>
   <si>
     <t>Ruslan Baranchik graduated from the Faculty of Mathematics of Grodno State University.
 For a time, he worked as a tester at EPAM Systems, a programmer at Inteksoft, and even provided software support at the Grodno bus station.
 In recent years, he has worked remotely, doing SEO and copywriting.</t>
   </si>
   <si>
-    <t>Trial outcome date unknown: unknown.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-16 14:04:46</t>
   </si>
   <si>
-    <t>Alexander Andreevich Levkovich</t>
-[...11 lines deleted...]
-    <t>2025-03-11 21:34:35</t>
+    <t>Dzmitry Aliaksandravich Ivanchanka</t>
+  </si>
+  <si>
+    <t>31 august 1986</t>
+  </si>
+  <si>
+    <t>Detained for comments in social networks.</t>
+  </si>
+  <si>
+    <t>Unknown</t>
+  </si>
+  <si>
+    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Yuri Ivanovich Vlasov</t>
   </si>
   <si>
     <t>31 august 1967</t>
   </si>
   <si>
     <t>A trusted person of presidential candidate Svetlana Tikhanovskaya in Gomel and the Gomel region. He was detained on August 6, 2020 and accused of "mass riots" and plans to "seize buildings".
 In 2023, Yuri was transferred to prison regime.</t>
   </si>
   <si>
     <t>Trial outcome 04.05.2021: 6 years 6 months of imprisonment in colony under enhanced security conditions. Appeal 06.08.2021: the sentence was upheld. Regime change trial 02.08.2023: 2 years of prison regime.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1836,699 +1841,693 @@
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...11 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
         <v>64</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="C11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...16 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...19 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="I16" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>92</v>
       </c>
       <c r="B17" t="s">
         <v>93</v>
       </c>
       <c r="C17" t="s">
         <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="I18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>101</v>
       </c>
       <c r="B19" t="s">
         <v>102</v>
       </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>108</v>
       </c>
       <c r="I20" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>110</v>
       </c>
       <c r="B21" t="s">
         <v>111</v>
       </c>
+      <c r="C21" t="s">
+        <v>112</v>
+      </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C22" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D22" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B23" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C23" t="s">
         <v>121</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E24" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>132</v>
       </c>
       <c r="I25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>134</v>
       </c>
       <c r="B26" t="s">
         <v>135</v>
       </c>
+      <c r="C26" t="s">
+        <v>136</v>
+      </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>13</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B27" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>13</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>143</v>
       </c>
@@ -2549,184 +2548,184 @@
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>147</v>
       </c>
       <c r="I28" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>149</v>
       </c>
       <c r="B29" t="s">
         <v>150</v>
       </c>
       <c r="C29" t="s">
         <v>151</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="F29" t="s">
-[...5 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>156</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>48</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="D30" t="s">
-[...2 lines deleted...]
-      <c r="F30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
         <v>161</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
         <v>162</v>
       </c>
-      <c r="C31" t="s">
+      <c r="G31" t="s">
+        <v>84</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
       <c r="I31" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>165</v>
       </c>
       <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
         <v>170</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
         <v>174</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
         <v>176</v>
       </c>
       <c r="I34" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>178</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
@@ -2740,1520 +2739,1523 @@
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
+      <c r="C42" t="s">
+        <v>215</v>
+      </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I42" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C43" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>152</v>
+        <v>60</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B44" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>224</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>225</v>
       </c>
       <c r="I44" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>227</v>
       </c>
       <c r="B45" t="s">
         <v>228</v>
       </c>
       <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
         <v>230</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>231</v>
       </c>
       <c r="I45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>235</v>
       </c>
-      <c r="F46" t="s">
-[...5 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>237</v>
+      </c>
+      <c r="B47" t="s">
         <v>238</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
+        <v>141</v>
+      </c>
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
         <v>242</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>243</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>95</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="D48" t="s">
-[...11 lines deleted...]
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
         <v>247</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>248</v>
       </c>
-      <c r="C49" t="s">
+      <c r="I49" t="s">
         <v>249</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>250</v>
+      </c>
+      <c r="B50" t="s">
         <v>251</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>252</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>253</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>255</v>
+      </c>
+      <c r="B51" t="s">
         <v>256</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>146</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
+        <v>258</v>
+      </c>
+      <c r="I51" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>260</v>
+      </c>
+      <c r="B52" t="s">
         <v>261</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>262</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>35</v>
+      </c>
+      <c r="E52" t="s">
+        <v>36</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>263</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>265</v>
+      </c>
+      <c r="B53" t="s">
         <v>266</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
         <v>146</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="I53" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>269</v>
+      </c>
+      <c r="B54" t="s">
         <v>270</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>271</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>272</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>274</v>
+      </c>
+      <c r="B55" t="s">
         <v>275</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>276</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>277</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
         <v>280</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>281</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>35</v>
+      </c>
+      <c r="E56" t="s">
+        <v>36</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...11 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>35</v>
+      </c>
+      <c r="E57" t="s">
+        <v>36</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>287</v>
       </c>
-      <c r="D57" t="s">
-[...2 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>288</v>
-      </c>
-[...10 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>289</v>
+      </c>
+      <c r="B58" t="s">
+        <v>290</v>
+      </c>
+      <c r="C58" t="s">
         <v>291</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>292</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>293</v>
-      </c>
-[...16 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>294</v>
+      </c>
+      <c r="B59" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" t="s">
         <v>296</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" t="s">
         <v>297</v>
       </c>
-      <c r="C59" t="s">
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>298</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>300</v>
+      </c>
+      <c r="B60" t="s">
         <v>301</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>302</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>303</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>305</v>
+      </c>
+      <c r="B61" t="s">
         <v>306</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>307</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>308</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I61" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B62" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
-      <c r="E62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>312</v>
+        <v>206</v>
       </c>
       <c r="I62" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>314</v>
       </c>
       <c r="B63" t="s">
+        <v>306</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>315</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>316</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>317</v>
+      </c>
+      <c r="B64" t="s">
+        <v>318</v>
+      </c>
+      <c r="C64" t="s">
         <v>319</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>35</v>
+      </c>
+      <c r="E64" t="s">
+        <v>36</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>320</v>
-      </c>
-[...10 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I64" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>322</v>
       </c>
       <c r="B65" t="s">
         <v>323</v>
       </c>
       <c r="C65" t="s">
         <v>324</v>
       </c>
       <c r="D65" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E65" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>325</v>
       </c>
       <c r="I65" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>327</v>
       </c>
       <c r="B66" t="s">
         <v>328</v>
       </c>
       <c r="C66" t="s">
         <v>329</v>
       </c>
       <c r="D66" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>330</v>
       </c>
       <c r="I66" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>332</v>
       </c>
       <c r="B67" t="s">
         <v>333</v>
       </c>
       <c r="C67" t="s">
         <v>334</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>146</v>
+        <v>308</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>335</v>
       </c>
       <c r="I67" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>337</v>
       </c>
       <c r="B68" t="s">
         <v>338</v>
       </c>
       <c r="C68" t="s">
         <v>339</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E68" t="s">
-        <v>230</v>
+        <v>36</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>340</v>
       </c>
       <c r="I68" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>342</v>
       </c>
       <c r="B69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>344</v>
       </c>
       <c r="I69" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>346</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E70" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>349</v>
       </c>
       <c r="I70" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>351</v>
       </c>
       <c r="B71" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C71" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E71" t="s">
-        <v>152</v>
+        <v>36</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I71" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B72" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C72" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D72" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E72" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I72" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B73" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C73" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D73" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E73" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I73" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B74" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C74" t="s">
         <v>367</v>
       </c>
       <c r="D74" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>368</v>
       </c>
       <c r="I74" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>370</v>
       </c>
       <c r="B75" t="s">
         <v>371</v>
       </c>
+      <c r="C75" t="s">
+        <v>372</v>
+      </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I75" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B76" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C76" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D76" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>39</v>
+        <v>378</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>358</v>
+        <v>379</v>
       </c>
       <c r="I76" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B77" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C77" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I77" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B78" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C78" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="I78" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B79" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I79" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B80" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C80" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E80" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>397</v>
+        <v>354</v>
       </c>
       <c r="I80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B81" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C81" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I81" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B82" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D82" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E82" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B83" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>230</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>220</v>
+        <v>413</v>
       </c>
       <c r="I83" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B84" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C84" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
+      <c r="E84" t="s">
+        <v>308</v>
+      </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>416</v>
+        <v>206</v>
       </c>
       <c r="I84" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B85" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F85" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C86" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>427</v>
+        <v>25</v>
       </c>
       <c r="I86" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>429</v>
       </c>
       <c r="B87" t="s">
         <v>430</v>
       </c>
       <c r="C87" t="s">
         <v>431</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>432</v>
       </c>
       <c r="I87" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>434</v>
       </c>
       <c r="B88" t="s">
         <v>435</v>
       </c>
       <c r="C88" t="s">
         <v>436</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>437</v>
       </c>
       <c r="I88" t="s">
         <v>438</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>