--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -12,297 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="405">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
+    <t>Eugen Olegovich Demenev</t>
+  </si>
+  <si>
+    <t>1 ottobre 1988</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.11.2024: 3 anni di reclusione in una colonia del regime generale. Appello 17.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:29:44</t>
+  </si>
+  <si>
     <t>Oleg Vladimirovich Kulpanovich</t>
   </si>
   <si>
     <t>1 ottobre 1965</t>
   </si>
   <si>
     <t>Oleg è stato arrestato per alcuni commenti sui social media nella città agricola di Kolodishchi, nella regione di Minsk.</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...1 lines deleted...]
-  <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
-    <t>In custodia</t>
-[...4 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 17.06.2025: 1 anno di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
-  </si>
-[...45 lines deleted...]
-    <t>2022-11-03 21:04:56</t>
   </si>
   <si>
     <t>Paul Valerievich Makarenko</t>
   </si>
   <si>
     <t>3 ottobre 1980</t>
   </si>
   <si>
     <t>L'uomo non ha ammesso la colpa. Oltre alla pena detentiva, il giudice ha deciso di confiscare a beneficio dello Stato il cellulare di Makarenko, utilizzato “come mezzo per commettere un crimine”.
 È noto che il 7 maggio 2024 si è svolto l'appello: ha confermato la sentenza.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.03.2024: 2 anni di reclusione in una colonia del regime generale. Appello 07.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
+    <t>Yuri Olegovich Zаlаtukhin</t>
+  </si>
+  <si>
+    <t>4 ottobre 1989</t>
+  </si>
+  <si>
+    <t>Yuri è stato probabilmente arrestato alla fine di settembre 2024. Poi è stato condannato ai sensi dell'art. 19.11 Codice degli illeciti amministrativi (distribuzione di materiale estremista). Dopo 15 giorni, si è svolto nuovamente un processo ai sensi dello stesso articolo, quindi, molto probabilmente, è stato arrestato due volte, dopo di che è stato nuovamente arrestato come parte di un procedimento penale.
+A giudicare dai social network, la moglie di Yuri è ucraina. È noto che Yuri ha lavorato per qualche tempo in un cantiere edile, ma non ci sono informazioni sul suo ultimo luogo di lavoro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-01-27 15:48:38</t>
+  </si>
+  <si>
+    <t>Novel Anatolyevich Kantsavy</t>
+  </si>
+  <si>
+    <t>4 ottobre 1975</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-25 16:40:11</t>
+  </si>
+  <si>
     <t>Sergey Fedorovich Petrushenko</t>
   </si>
   <si>
     <t>4 ottobre 1986</t>
   </si>
   <si>
     <t>Sergei, ex capo del dipartimento dell'Agenzia per il Catasto Statale e la Registrazione Terrestre della Città di Minsk (RUE), è stato arrestato nel giugno 2021 per aver pubblicato dati personali di dipendenti del Dipartimento degli Interni del distretto di Smorgon su un canale Telegram. Secondo l'accusa, dall'autunno 2020 al febbraio 2021, ha trasferito i dati personali di oltre dieci dipendenti del Ministero degli Interni e funzionari governativi agli amministratori dei canali Telegram.
 Nell'agosto 2022, Sergei è stato riconosciuto colpevole di diverse accuse penali, tra cui "abuso di potere o di autorità ufficiale", e condannato alla reclusione con privazione del diritto a ricoprire posizioni legate allo svolgimento di compiti organizzativi e amministrativi per un periodo di 5 anni.</t>
   </si>
   <si>
     <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.08.2022: 6 anni 6 mesi di reclusione in una colonia del regime generale, privazione del diritto di ricoprire determinate posizioni o di impegnarsi in determinate attività. Appello 14.10.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-06-11 20:30:00</t>
-  </si>
-[...29 lines deleted...]
-    <t>2024-09-09 20:10:37</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gruk</t>
   </si>
   <si>
     <t>6 ottobre 1991</t>
   </si>
   <si>
     <t>Secondo il KGB, Yevhen Gruk e Viktor Yaskich sono stati condannati ai sensi dell'articolo 289 del Codice Penale (atto di terrorismo) e dell'articolo 295 del Codice Penale (azioni illegali con armi da fuoco, munizioni ed esplosivi). Il loro arresto è stato annunciato all'inizio di aprile 2024 in un rapporto dell'ONT. Secondo i propagandisti, le forze di sicurezza hanno arrestato almeno 12 persone, tra cui Gruk e Yaskich, accusate di contrabbando di esplosivi e pianificazione di attacchi terroristici. Secondo il giornalista, Gruk era un informatore dell'SBU: fotografava equipaggiamento militare e ne trasmetteva le coordinate. A Gruk è stato quindi ordinato di recuperare degli esplosivi da un nascondiglio. Yaskich lo ha accompagnato al nascondiglio. Successivamente, i due avrebbero dovuto distribuire gli esplosivi dal nascondiglio a nuovi nascondigli. Il rapporto non spiega le motivazioni alla base di questa azione. Anche la moglie di Yevhen, Lidiya Gruk, è stata arrestata, ma la sua sorte è sconosciuta. Gli autori dell'articolo hanno affermato che nella famiglia erano rimasti quattro bambini piccoli.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 24 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-09 15:11:24</t>
   </si>
   <si>
     <t>Tatiana Fedorovna Staseva</t>
   </si>
   <si>
     <t>6 ottobre 1966</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
   </si>
   <si>
     <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Evgeny Genrikhovich Blokhinskiy</t>
   </si>
   <si>
     <t>6 ottobre 1997</t>
   </si>
   <si>
     <t>Evgeniy è stato arrestato il 18 gennaio 2022, al suo arrivo a Grodno dalla Germania.
 Evgeny ha dichiarato alle forze di sicurezza, davanti alle telecamere, che nel 2020 era membro di chat room considerate estremiste, dove incitava a rivolte di massa, all'uccisione di agenti di polizia e all'incendio dei negozi Tabakerok.
 Evgeniy ha parenti in Danimarca.</t>
   </si>
   <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 04.05.2022: 7 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
-  </si>
-[...15 lines deleted...]
-    <t>2025-07-01 11:35:46</t>
   </si>
   <si>
     <t>Andrey Mikhailovich Bakurenko</t>
   </si>
   <si>
     <t>8 ottobre 1981</t>
   </si>
   <si>
     <t>Arrestato nel 2025 per motivi politici.
 Nell'ottobre 2020, quattro ufficiali della riserva si sono rivolti al personale delle forze dell'ordine, esortandoli a riflettere, a mantenere l'onore e a proteggere il popolo. La registrazione includeva gli ufficiali della riserva, il maggiore Andrei Dichko, il tenente colonnello Sergei Bend, il tenente colonnello Sergei Shpak e il maggiore Andrei Bakurenko .</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 21.10.2025: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa.</t>
+    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.10.2025: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 31.12.2025: inviato per la revisione.</t>
   </si>
   <si>
     <t>2025-11-03 13:49:43</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Zaitsev</t>
   </si>
   <si>
     <t>8 ottobre 1982</t>
   </si>
   <si>
     <t>Detenuto il 22 agosto 2021 vicino alla dacia del presidente della Corte suprema della Repubblica di Bielorussia Sukalo V.O. per tentato incendio doloso. Forse è stato provocato da un ufficiale del KGB.</t>
   </si>
   <si>
     <t>10 anni di carcere in regime rafforzato.</t>
   </si>
   <si>
     <t>2021-12-22 19:23:43</t>
   </si>
   <si>
     <t>Yuri Selivestrovich Khlebovets</t>
   </si>
   <si>
     <t>9 ottobre 1982</t>
   </si>
@@ -317,1124 +271,1084 @@
     <t>2023-05-10 22:56:00</t>
   </si>
   <si>
     <t>Vadim Andreevich Patsenko</t>
   </si>
   <si>
     <t>9 ottobre 2000</t>
   </si>
   <si>
     <t>Il ragazzo ha 22 anni, viene da Svisloch, una cittadina nella regione di Grodno. Prestò servizio nell'esercito e poi si trasferì a vivere a Grodno. Ha praticato sport, ad esempio, ha rappresentato la sua città natale alle competizioni sportive junior a tutto tondo.
 Ora il ragazzo è stato arrestato e collocato in un centro di custodia cautelare . È accusato di aver preparato un atto di terrorismo.
 Secondo la leggenda, il KGB, espresso in un film filogovernativo su ONT, avrebbe dovuto commettere un sabotaggio a Grodno.
 Nel filmato dell'interrogatorio afferma che gli sarebbe stato affidato il compito di far saltare in aria un deposito petrolifero utilizzando un drone ed esplosivi.
 Il 28 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
   </si>
   <si>
     <t>21 anni di reclusione in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
+    <t>Viktor Egorovich Kuprik</t>
+  </si>
+  <si>
+    <t>9 ottobre 1962</t>
+  </si>
+  <si>
+    <t>È stato condannato per aver lanciato una bottiglia Molotov contro le forze di sicurezza durante una protesta avvenuta il 10 agosto 2020 a Baranavichy.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.11.2020: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2021-02-27 19:14:13</t>
+  </si>
+  <si>
     <t>Maret Akhmetovna Valiuk</t>
   </si>
   <si>
     <t>9 ottobre 1967</t>
   </si>
   <si>
     <t>Maret è stato arrestato alla fine di ottobre 2024 a Smorgon. In totale, circa 12 persone furono sottoposte alla "purificazione" a Smorgon, la maggior parte delle quali fu rilasciata dopo "24 ore".
 Rappresenta il 2° gruppo di disabilità non lavorativa.</t>
   </si>
   <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-11-12 20:11:39</t>
   </si>
   <si>
-    <t>Viktor Egorovich Kuprik</t>
-[...14 lines deleted...]
-    <t>2021-02-27 19:14:13</t>
+    <t>Sergey Vasilevich Gunya</t>
+  </si>
+  <si>
+    <t>11 ottobre 2001</t>
+  </si>
+  <si>
+    <t>L'11 agosto 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-05-20 00:59:23</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Barkun</t>
+  </si>
+  <si>
+    <t>11 ottobre 1978</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.09.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
+    <t>Roman Sergeevich Shcherbakov</t>
+  </si>
+  <si>
+    <t>11 ottobre 1997</t>
+  </si>
+  <si>
+    <t>Il 18 luglio 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Ivanchikov</t>
+  </si>
+  <si>
+    <t>11 ottobre 1991</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.01.2025: 1 anno di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:40:52</t>
   </si>
   <si>
     <t>Sergei Grigorievich Nikitin</t>
   </si>
   <si>
     <t>11 ottobre 1975</t>
   </si>
   <si>
     <t>Militare (forse anche KGB).
 Il 14 ottobre 2022 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
-    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
-[...1 lines deleted...]
-  <si>
     <t>6 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-06-29 15:22:35</t>
   </si>
   <si>
-    <t>Sergey Vasilevich Gunya</t>
-[...28 lines deleted...]
-  <si>
     <t>Alexander Anatolevich Goncharov</t>
   </si>
   <si>
     <t>11 ottobre 1973</t>
   </si>
   <si>
     <t>Secondo l’accusa , Alexander Goncharov ha trasferito fondi tramite bonifico bancario per finanziare le attività del “Reggimento Kastus Kalinovsky”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.12.2023: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-12-04 02:34:04</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-08-19 19:22:20</t>
   </si>
   <si>
     <t>Yegor Alexandrovich Dudnikov</t>
   </si>
   <si>
     <t>11 ottobre 2000</t>
   </si>
   <si>
     <t>Egor, cittadino russo, è stato arrestato il 4 maggio 2021 dagli agenti del GUBOPiK in un appartamento in affitto dopo una perquisizione ed è stato brutalmente picchiato. È stato tenuto in custodia cautelare per sette mesi con l'accusa di "organizzazione di azioni che violano gravemente l'ordine pubblico" - per aver diffuso video e messaggi audio sul canale Telegram "OGSB". Tuttavia, nel dicembre dello stesso anno, è stato condannato ai sensi degli articoli "incitamento all'odio o alla discordia" e "incitamento ad azioni volte a danneggiare la sicurezza nazionale della Bielorussia", e condannato alla pena detentiva massima.
 Nel giugno 2022 le condizioni di detenzione furono inasprite e Yegor fu trasferito al regime carcerario.</t>
   </si>
   <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 27.12.2021: 11 anni di reclusione in una colonia del regime potenziato. Appello 25.02.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 15.06.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
-  </si>
-[...38 lines deleted...]
-    <t>2021-02-26 22:41:35</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Ignatyuk</t>
   </si>
   <si>
     <t>12 ottobre 1971</t>
   </si>
   <si>
     <t>Giornalista freelance di Pinsk, proprietario del sito web e della pagina TikTok “about Stolin”.
 Alexander ha vissuto a lungo da solo in Polesie, quindi la sua detenzione è diventata nota per caso. Le persone preoccupate si sono preoccupate del fatto che non si fosse fatto vivo per molto tempo. Si è scoperto che Alexander è stato rinchiuso nel centro di custodia cautelare di Brest-7. Secondo informazioni non verificate, è accusato di “aiuto ad attività estremiste”.
 Alexander è anche il padre del ragazzo che ha “smantellato” il cannone ad acqua a Minsk durante le proteste del 2020.
 Secondo il Ministero degli Interni , l’uomo ha realizzato video con prove incriminanti, li ha mostrati a imprenditori locali e ha chiesto soldi per il “silenzio”. Inoltre avrebbe “promosso le attività di un canale telegrafico estremista i cui amministratori si trovano all’estero”.
 Il 28 maggio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.04.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 28.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
+    <t>Alexander Sergeevich Reznik</t>
+  </si>
+  <si>
+    <t>12 ottobre 1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander è stato arrestato il 29 settembre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali” e di aver intenzione di danneggiare o distruggere tre chioschi di Tabakerka.
+</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:41:35</t>
+  </si>
+  <si>
+    <t>Olga Vladimirovna Mironenko</t>
+  </si>
+  <si>
+    <t>13 ottobre 1970</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:26:29</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Muraviev</t>
+  </si>
+  <si>
+    <t>13 ottobre 1989</t>
+  </si>
+  <si>
+    <t>Alexander, un autista, è stato arrestato nel novembre 2021 in un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.09.2022: 12 anni di reclusione in una colonia del regime potenziato. Appello 28.02.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:16:13</t>
+  </si>
+  <si>
     <t>Oleg Petrovich Slabuho</t>
   </si>
   <si>
     <t>13 ottobre 1986</t>
   </si>
   <si>
     <t>Oleg è un ingegnere di formazione. Ama viaggiare e dedicarsi al tempo libero.
 Oleg lavora come videografo da oltre 10 anni. Nel 2015 ha fondato la sua attività. Oleg è specializzato in fotografia di matrimoni e famiglie, ma realizza anche foto personali e video narrativi.</t>
   </si>
   <si>
-    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 01.07.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
-  </si>
-[...69 lines deleted...]
-    <t>2023-01-23 20:19:33</t>
   </si>
   <si>
     <t>Valentin Konstantinovich Stefanovich</t>
   </si>
   <si>
     <t>14 ottobre 1972</t>
   </si>
   <si>
     <t>Valentyn, membro del Consiglio di Viasna e vicepresidente della Federazione Internazionale per i Diritti Umani (FIDH), è uno dei più rinomati esperti e analisti in materia di diritti umani. Si batte attivamente per la non discriminazione e contro la pena di morte e ha partecipato a conferenze internazionali, missioni per i diritti umani e missioni di osservazione elettorale nei paesi dell'OSCE.
 Il 14 luglio 2021, dopo una perquisizione del suo appartamento, è stato portato via per essere interrogato e poi rinviato in custodia cautelare nell'ambito di un procedimento penale ai sensi degli articoli "evasione fiscale" e "organizzazione di azioni che violano gravemente l'ordine pubblico".
 Nel settembre 2022, il caso di evasione fiscale è stato archiviato, ma sono state presentate nuove accuse contro Valentin: contrabbando e finanziamento di attività di gruppo che violano gravemente l'ordine pubblico.
 Il 27 ottobre 2022, durante il 41° Congresso della Federazione Internazionale per i Diritti Umani (FIDH), Valentin Stefanovic è stato rieletto vicepresidente dell'organizzazione.
 Nel marzo 2023, è stato riconosciuto colpevole e condannato alla reclusione e al pagamento di un ingente risarcimento. Valentin si è dichiarato non colpevole in tribunale.
 Secondo le informazioni disponibili, le condizioni di detenzione sono state inasprite e l'uomo è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.03.2023: 9 anni di reclusione in una colonia del regime potenziato, 3000 unità di base di multa, circa 188110 rubli di risarcimento. Protesta del pubblico ministero 21.04.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-07-16 14:42:08</t>
   </si>
   <si>
+    <t>Alexander Sergeevich Sergeev</t>
+  </si>
+  <si>
+    <t>14 ottobre 1985</t>
+  </si>
+  <si>
+    <t>Detenuto per aver partecipato alle proteste.
+Il 17 ottobre 2022 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:19:45</t>
+  </si>
+  <si>
+    <t>Nikolai Sergeevich Roy</t>
+  </si>
+  <si>
+    <t>14 ottobre 1981</t>
+  </si>
+  <si>
+    <t>Nikolai, ingegnere di sistema ed ex dipendente di RUE Beltelecom, è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo". Nel giugno 2023 è stato riconosciuto colpevole di diversi capi d'imputazione penali e condannato a una lunga pena detentiva.
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, ufficiali delle forze dell'ordine, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente". Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 12 anni di reclusione in una colonia del regime potenziato. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-01-23 20:19:33</t>
+  </si>
+  <si>
+    <t>Sergey Konstantinovich Romashov</t>
+  </si>
+  <si>
+    <t>14 ottobre 1960</t>
+  </si>
+  <si>
+    <t>Sergey ha lavorato come medico specialista in ecografia presso il Policlinico n. 4 della città di Grodno e presso il Centro Medico Rosmed. La sua esperienza professionale è di oltre 30 anni. È anche noto per la sua passione per gli scacchi: nel 2022 ha vinto il torneo regionale di scacchi tra operatori sanitari. La sostanza delle accuse e la specifica condanna inflitta a Romashov rimangono sconosciute. Finora, si sa solo che è stato condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-16 17:46:23</t>
+  </si>
+  <si>
     <t>Yaroslava Valentinovna Khromchenkova</t>
   </si>
   <si>
     <t>15 ottobre 1997</t>
   </si>
   <si>
     <t>Possiede la cittadinanza russa. È stata arrestata il 23 aprile 2025 e la sua abitazione è stata perquisita lo stesso giorno. È stata arrestata nell'ambito di un'indagine penale sui messaggi pubblicati sul bot "Belarusian Gayun ".
 Yaroslava è originaria di Rogachev. A un certo punto si è trasferita a Mozyr, probabilmente subito dopo la laurea.
 Negli ultimi anni ha lavorato come insegnante in una scuola di villaggio. Ha insegnato tedesco alla scuola elementare Moiseevskaya nell'omonima cittadina agricola. Ha anche svolto il ruolo di organizzatrice degli insegnanti.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.09.2025: 3 anni di reclusione in una colonia del regime generale. Appello 04.11.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-06-08 19:18:36</t>
   </si>
   <si>
+    <t>Alexander Alexandrovich Kozlyanko</t>
+  </si>
+  <si>
+    <t>15 ottobre 1983</t>
+  </si>
+  <si>
+    <t>Alexander, attivista anarchico e membro del Sindacato libero, è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale avviato contro gli anarchici della regione di Brest. È stato condannato per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e per "partecipazione a un'organizzazione criminale". È noto che le accuse si basano su un episodio di blocco stradale a Brest nel 2018, quando ebbe luogo una protesta contro la costruzione di una fabbrica di batterie.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.09.2022: 6 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:12:06</t>
+  </si>
+  <si>
+    <t>Dmitriy Vladimirovich Kubarev</t>
+  </si>
+  <si>
+    <t>15 ottobre 1995</t>
+  </si>
+  <si>
+    <t>È stato arrestato l'11 agosto 2020 con l'accusa di aver organizzato rivolte di massa e condannato tre volte nel 2021.
+Nel marzo 2023, la punizione di Dmitry è stata inasprita ed è stato trasferito in prigione per tre anni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.03.2021: 7 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato. Sentenza del tribunale 15.09.2021: circa 47440 rubli di risarcimento. Sentenza del tribunale 27.09.2021: 3 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 04.10.2021: 1340 rubli di risarcimento. Tribunale per il cambio di regime 06.03.2023: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-25 11:25:08</t>
+  </si>
+  <si>
     <t>Alexander Dmitrievich Komlenok</t>
   </si>
   <si>
     <t>15 ottobre 1981</t>
   </si>
   <si>
     <t>È stato arrestato a febbraio quando è tornato in Bielorussia dal lavoro. In precedenza, Alexander lavorava in un deposito di locomotive, ma dopo il 2020 è stato licenziato o si è dimesso: sembra che il licenziamento sia stato motivato politicamente. Successivamente, Kamlenok ha lavorato come camionista nei paesi occidentali. E quando è tornato a casa dal lavoro, è stato arrestato. È stato accusato di aver insultato un funzionario governativo.
 Il tribunale distrettuale di Verkhnedvinsky ha riconosciuto come estremista la pagina di Alexander su Odnoklassniki.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.08.2024: 3 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-23 20:19:37</t>
   </si>
   <si>
-    <t>Dmitriy Vladimirovich Kubarev</t>
-[...32 lines deleted...]
-  <si>
     <t>Anatoly Anatolyevich Matsulevich</t>
   </si>
   <si>
     <t>16 ottobre 1969</t>
   </si>
   <si>
     <t>Condannato per la creazione e l'amministrazione del canale Telegram "Polotsk Novopolotsk Country For Life Chat Freedom to Sergei Tikhanovsky".</t>
   </si>
   <si>
     <t>7,5 anni di carcere.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
   </si>
   <si>
-    <t>Maria Batalionak</t>
-[...32 lines deleted...]
-    <t>2022-12-26 18:00:30</t>
+    <t>Ksenia Viktorovna Susha</t>
+  </si>
+  <si>
+    <t>18 ottobre 1982</t>
+  </si>
+  <si>
+    <t>worked as the chief bibliographer of the research department of book science of the National Library of Belarus until November 2021. Then she went into IT.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 12.11.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-06-17 23:16:24</t>
   </si>
   <si>
     <t>Vyacheslav Evgenievich Ilyich</t>
   </si>
   <si>
     <t>18 ottobre 1963</t>
   </si>
   <si>
     <t>Ex vice capo del dipartimento di polizia della città di Zhodino, era a capo della polizia criminale e si è ritirato nel 2008 con il grado di tenente colonnello. Successivamente è stato direttore del Centro culturale e di intrattenimento della città di Zhodino.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia.
 Vyacheslav nel suo discorso afferma di comprendere che i dipendenti prestano servizio in condizioni molto difficili, ma li invita a svolgere “il loro dovere ufficiale come vorreste che fosse svolto [in relazione a] voi e ai vostri cari guardare la gente negli occhi sia adesso, durante il servizio, sia poi, durante il meritato riposo”.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 14:36:11</t>
   </si>
   <si>
-    <t>Alexander Yurievich Voronin</t>
-[...28 lines deleted...]
-  <si>
     <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
   </si>
   <si>
     <t>18 ottobre 2002</t>
   </si>
   <si>
     <t>Margarita, la figlia maggiore di Tina Palynskaya, è stata arrestata insieme alla madre alla fine di maggio 2025. Entrambe sono in custodia cautelare con accuse penali.
 I dettagli delle accuse non sono stati resi pubblici. Sulla base di prove circostanziali, si presume che il caso possa essere collegato alla decisione del KGB di riconoscere il "Laboratorio Analitico Bielorusso" del professor Andrei Vardomatsky come organizzazione estremista. Questa organizzazione ha condotto sondaggi sociologici tra i cittadini bielorussi. Al momento, non vi è alcuna conferma che Tina o sua figlia abbiano effettivamente partecipato alla ricerca del BAM. Tuttavia, anche se tale partecipazione fosse avvenuta, non avrebbe violato la legge: al momento del possibile contatto con il laboratorio, quest'ultimo non era ancora stato riconosciuto come organizzazione estremista.</t>
   </si>
   <si>
-    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-06-04 16:10:13</t>
+  </si>
+  <si>
+    <t>Alexander Yurievich Voronin</t>
+  </si>
+  <si>
+    <t>18 ottobre 1985</t>
+  </si>
+  <si>
+    <t>Residente a Brest, videomaker. Ha figli minorenni. Il 7 giugno 2023 è stato arrestato con accuse amministrative (Parte 2 dell'articolo 19.11 del Codice degli illeciti amministrativi) e condannato a 10 giorni di arresto per essersi iscritto a "Zerkalo" su Instagram. È stato rilasciato, ma due settimane dopo è stato arrestato con accuse penali.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.10.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 01.12.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 17:36:51</t>
+  </si>
+  <si>
+    <t>Alexander Valentinovich Aranovich</t>
+  </si>
+  <si>
+    <t>19 ottobre 1982</t>
+  </si>
+  <si>
+    <t>Un membro del team del canale YouTube di «Country for Life», autista di camper, viveva a Starye Dorogi, nella regione di Minsk.
+Zatrzymany podczas pikietowania w celu zbierania podpisów na rzecz Swietłany Cichanouskiej w Grodnie 29 maja 2020 roku.
+Il 13 luglio 2023 si è saputo che il prigioniero politico era stato trasferito in un regime carcerario per un periodo di 2 anni. Ad Alexander è stato offerto più volte di scrivere una domanda di grazia, ma ha rifiutato.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.04.2021: 6 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 07.07.2023: 2 anni di regime carcerario. Sentenza del tribunale 14.11.2024: 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-02-25 02:33:36</t>
   </si>
   <si>
     <t>Yuri Petrovich Lagodyuk</t>
   </si>
   <si>
     <t>19 ottobre 1960</t>
   </si>
   <si>
     <t>Da più di trent'anni lavora come allenatore di ping pong. Yuri è l'unico giudice internazionale di questa disciplina nella regione di Brest. In precedenza è stato membro del consiglio direttivo della Federazione bielorussa di tennis da tavolo.
 Logodyuk è anche conosciuto come uno dei migliori allenatori sportivi della Bielorussia. Allena persone con problemi muscolo-scheletrici. I suoi studenti vincono spesso campionati sia in Bielorussia che in altri paesi. L'uomo ha aiutato centinaia di persone con disabilità a vivere una vita normale.
 È sotto processo per “promozione di attività estremiste”. Potrebbe trattarsi di un commento alla risorsa “sbagliata” o, ad esempio, di un trasferimento di denaro a un prigioniero politico.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.07.2024: 2 anni di reclusione in una colonia del regime generale. Appello 11.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
-    <t>Alexander Valentinovich Aranovich</t>
-[...33 lines deleted...]
-    <t>2021-02-28 00:54:39</t>
+    <t>Alexander Viktorovich Sysoev</t>
+  </si>
+  <si>
+    <t>20 ottobre 1984</t>
+  </si>
+  <si>
+    <t>Sysoev viene da Bronnaya Gora, negli ultimi anni ha vissuto a Bereza (regione di Brest). Secondo i dati di un profilo già cancellato su Vkontakte, nel 2008 si è laureato in Intelligenza Artificiale alla BSUIR. Al momento del suo arresto stava sviluppando un gioco per computer. L'uomo è stato arrestato il 5 luglio 2023 e da allora è in custodia.L'uomo è stato accusato di aver trasferito denaro al reggimento di Kalinovsky attraverso il social network Facebook utilizzando il sistema di pagamento PayPal. Il trasferimento dell'importo di 12,91 dollari USA è avvenuto da una carta bielorussa.Il 12 febbraio il procuratore Bogush ha chiesto per Sysoev 5 anni di carcere di massima sicurezza. La sentenza è stata annunciata il 14 febbraio. Il verdetto esatto è attualmente sconosciuto, ma nella stragrande maggioranza dei casi politici, i giudici di Brest assegnano esattamente ciò che chiedono i pubblici ministeri.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.02.2024: 5 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2024-02-08 00:49:54</t>
+  </si>
+  <si>
+    <t>Vladimir Viktorovich Melikaev</t>
+  </si>
+  <si>
+    <t>20 ottobre 1967</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:10:35</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sautin</t>
   </si>
   <si>
     <t>20 ottobre 1978</t>
   </si>
   <si>
     <t>Ivan, attivista di Gomel e volontario di “Paese per la vita”, membro del Partito socialdemocratico bielorusso, è partito per la Russia dopo diverse detenzioni, arresti amministrativi e l’avvio di due procedimenti penali nel 2020.
 Nell'aprile 2021, mentre si trovava a Kaliningrad, Ivan è stato arrestato mentre tentava di attraversare il confine con la Polonia. Su richiesta delle forze dell'ordine bielorusse, è stato accusato di un procedimento penale basato su quattro articoli, tra cui quello di "terrorismo". Tuttavia, dopo le indagini, la parte russa ha ritirato tre delle quattro accuse. Un anno dopo, il 26 aprile 2022, Ivan è stato rilasciato su cauzione.
 Il 27 maggio 2022 è stato nuovamente arrestato ed estradato in Bielorussia a fine giugno. Secondo i documenti processuali, nel 2018 avrebbe sottratto più di 68 mila rubli. L'indagine ha inoltre evidenziato che nel 2020 Ivan ha partecipato a proteste, girato video e contattato agenzie governative.
 Nel dicembre 2022 è stato condannato per "frode". Nell'aprile 2024, Ivan è stato nuovamente condannato ai sensi dell'articolo "disobbedienza dolosa alle richieste dell'amministrazione della colonia".</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 9 anni di reclusione in una colonia del regime potenziato. Appello 29.03.2023: il verdetto è stato confermato. Sentenza del tribunale 16.05.2024: sconosciuto. Appello 08.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-04-29 16:58:20</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Sysoev</t>
-[...11 lines deleted...]
-    <t>2024-02-08 00:49:54</t>
+    <t>Alexey Yurievich Melnikau</t>
+  </si>
+  <si>
+    <t>20 ottobre 1993</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato e condannato per possesso di armi e per presunta preparazione a rivolte di massa utilizzandole. In un'intervista, ha dichiarato di essersi dichiarato colpevole solo di possesso di armi e di non capire perché il processo si sia svolto a porte chiuse. Alexey ha definito l'accusa di aver preparato rivolte una "caccia alle streghe".
+Alla fine di dicembre 2021, si è saputo che la punizione per Alexey era stata inasprita e che era stato trasferito in prigione.
+Nell’inverno del 2024, il prigioniero politico è stato processato in un nuovo procedimento penale per “disobbedienza dolosa ai requisiti dell’amministrazione dell’istituto correzionale”. Secondo questo articolo, i prigionieri che rifiutano di collaborare con l'amministrazione vengono processati per violazioni fittizie.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato, 50 unità di base di multa. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:54:39</t>
   </si>
   <si>
     <t>Leonid Viktorovich Kovalev</t>
   </si>
   <si>
     <t>20 ottobre 1991</t>
   </si>
   <si>
     <t>Leonid è stato arrestato e condannato per il fatto che, secondo gli investigatori, ha preparato due bombe molotov, le ha trasportate nel centro di Gomel e le ha nascoste. La sera del 10 agosto 2020, avrebbe trovato due autori - Dmitry Korneev e Nikita Zolotorev - e consegnò loro delle bottiglie, offrendosi di dare fuoco a un edificio, un autobus o un carro di risaia. Leonid non ha ammesso la colpa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.02.2021: 6 anni di reclusione in una colonia del regime rigoroso. Appello 23.04.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-28 02:12:24</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-10-26 19:09:48</t>
   </si>
   <si>
     <t>Evgeny Klimov</t>
   </si>
   <si>
     <t>21 ottobre 1996</t>
   </si>
   <si>
     <t>Condannato per amministrazione del canale Petrikov 97%.
 Il canale ha discusso questioni elettorali, il luogo e l'ora delle manifestazioni pacifiche per coloro che non sono d'accordo con i risultati del conteggio dei voti alle elezioni e altre questioni.
 Yevgeny Klimov è stato anche accusato di incitamento all'odio sociale per aver ripubblicato un messaggio sulla polizia antisommossa dal canale Telegram Nexta.</t>
   </si>
   <si>
     <t>5 anni di reclusione in condizioni di regime rafforzato .</t>
   </si>
   <si>
     <t>2022-03-27 02:15:25</t>
   </si>
   <si>
+    <t>Igor Leontievich Karpitsky</t>
+  </si>
+  <si>
+    <t>21 ottobre 1969</t>
+  </si>
+  <si>
+    <t>Secondo i materiali del caso, Igor, utilizzando un laptop, ha inviato diverse e-mail alla casella di posta elettronica del portale Internet ufficiale del Presidente della Repubblica di Bielorussia, dove ha espresso minacce di violenza contro il Presidente. Ha anche inviato un'e-mail, disponibile per la visualizzazione a terzi, compresi i dipendenti dell'amministrazione presidenziale della Repubblica di Bielorussia, nel cui testo ha espresso insulti contro funzionari governativi in relazione allo svolgimento delle loro funzioni ufficiali - dipendenti di gli organi degli affari interni della Repubblica di Bielorussia Ivan Kubrakov e Dmitry Balaba. L'uomo ha anche inviato un messaggio simile con minacce di violenza, distruzione e danni alla proprietà ai dipendenti del Comitato investigativo della Repubblica di Bielorussia. Igor ha anche partecipato alle proteste durante le proteste post-elettorali a Minsk nel 2020.
+Secondo la conclusione della visita medica, durante il periodo di commissione dei crimini, Karpitsky soffriva di una malattia mentale, ma poteva rendersi conto dell'effettiva natura e del pericolo sociale delle sue azioni e gestirle. Non ha bisogno di misure di sicurezza e cure obbligatorie. Ha un figlio minorenne.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:09:48</t>
+  </si>
+  <si>
     <t>Maksim Nikolaevich Kurovsky</t>
   </si>
   <si>
     <t>21 ottobre 1981</t>
   </si>
   <si>
     <t>Secondo i materiali dell'accusa , Maxim Kurovsky in una delle chat del messaggero di Telegram ha deliberatamente pubblicato messaggi sul presidente Lukashenko, osceni nella forma e offensivi nei contenuti.
 L'esame ha stabilito che i messaggi contenevano una valutazione negativa del capo dello stato, umiliando il suo onore e la sua dignità. Inoltre, ha usato la lingua bielorussa. Ex investigatore del dipartimento regionale di Pruzhany del Regno Unito. Ritirato dal servizio nel 2020.
 12/06/2024 rilasciato dopo scadenza di pena.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
   </si>
   <si>
-    <t xml:space="preserve"> Sentenza del tribunale 17.10.2022: 2 anni di reclusione in una colonia del regime generale. Appello 09.12.2022: il verdetto è stato confermato.</t>
+    <t>Sentenza del tribunale 17.10.2022: 2 anni di reclusione in una colonia del regime generale. Appello 09.12.2022: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2022-10-18 22:14:36</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Labkovich</t>
-[...16 lines deleted...]
-    <t>2021-07-16 14:40:34</t>
+    <t>Denis Valerievich Sokolov</t>
+  </si>
+  <si>
+    <t>21 ottobre 1980</t>
+  </si>
+  <si>
+    <t>è stato detenuto nell'ambito di un procedimento penale aperto dal KGB per il "tentativo di commettere un atto di terrorismo" a Machulishchi.
+La persona principale coinvolta nel caso e, secondo funzionari e propagandisti, l'autore del sabotaggio, Nikolai Shvets, è stato rilasciato a giugno in uno scambio con l'Ucraina. Ma nonostante ciò, il caso verrà processato e i suoi complici in Bielorussia dovranno affrontare lunghe pene detentive. Lo stesso Shvets è processato in contumacia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.10.2024: 13 anni di reclusione in una colonia del regime potenziato. Appello 27.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-13 13:00:42</t>
+  </si>
+  <si>
+    <t>Ivan Petrovich Polevikov</t>
+  </si>
+  <si>
+    <t>22 ottobre 2002</t>
+  </si>
+  <si>
+    <t>First, Ivan was arrested for 15 days , then placed in a pretrial detention facility on a criminal case.</t>
+  </si>
+  <si>
+    <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gurinovich</t>
   </si>
   <si>
     <t>22 ottobre 1992</t>
   </si>
   <si>
-    <t>Ispettore capo alla dogana.
-[...4 lines deleted...]
-    <t>Sentenza del tribunale 17.04.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 24.05.2024: il verdetto è stato confermato. Appello 16.08.2024: sconosciuto.</t>
+    <t>Ispettore capo della dogana.
+Il 10 ottobre 2023, il Tribunale della città di Minsk ha avviato un processo a porte chiuse contro tre funzionari doganali: Yevgeny Gurinovich, Viktor Novik e Vladimir Zhuromsky. Sono stati accusati ai sensi di otto articoli del Codice penale. Gli attivisti per i diritti umani hanno ora appreso che solo l'ispettore doganale trentunenne Yevgeny Gurinovich sarà processato in questo caso, il 27 febbraio 2024. Il luogo del processo è il Centro di detenzione preventiva n. 1. Non è noto se ciò possa essere dovuto alle condizioni di salute dell'uomo. Il suo caso è stato probabilmente suddiviso in procedimenti separati, ma il processo per gli altri non è ancora stato fissato.
+Dopo il suo arresto, gli agenti delle forze dell'ordine hanno ferito gravemente la schiena di Evgeny, costringendolo a usare le stampelle .
+Il 24 maggio 2024, Evgeniy ha esaminato il suo appello.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.04.2024: 13 anni 6 mesi di reclusione in una colonia del regime generale. Appello 24.05.2024: il verdetto è stato confermato. Appello 16.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
-  </si>
-[...45 lines deleted...]
-    <t>2022-05-11 01:06:30</t>
   </si>
   <si>
     <t>Gennady Fedorovich Vasilyuk</t>
   </si>
   <si>
     <t>23 ottobre 1966</t>
   </si>
   <si>
     <t>Il 15 settembre 2023, Gennady Vasilyuk, 57 anni, è stato multato per “aver distribuito materiale estremista”. Abbonamenti a materiali “estremisti” sono stati trovati sulla pagina Odnoklassniki di Gennady. Inoltre, Vasilyuk è stato licenziato dal deposito delle locomotive “previo accordo delle parti”.
 Il 7 dicembre 2023, Gennady è stato arrestato nell'ambito di un procedimento penale per “calunnia nei confronti di Lukashenko” (parte 1 dell'articolo 367 del codice penale) e messo in custodia in un centro di custodia cautelare. Il caso è stato esaminato il 22 e 26 febbraio 2024.
 L'uomo è stato accusato di aver inserito la reazione "di classe" sul social network Odnoklassniki sotto tre video dell'economista Yaroslav Romanchuk l'8, 9 e 17 giugno 2022.
 Gennady ha ammesso la sua colpa e ha detto che nei giorni indicati nel mese di giugno si è recato in un villaggio nel distretto di Zhabinkovsikm, come conferma un estratto dell'operatore di telefonia mobile. L'uomo usa un telefono a pulsanti, quindi nel villaggio non può accedere a Odnoklassniki.
 Il pubblico ministero Yegor Kronda ha ritenuto pienamente provata la colpevolezza di Gennady e ha chiesto per lui un anno e sei mesi di reclusione.
 Gennady è stato condannato per la seconda volta il 16 settembre 2024 per aver partecipato alle proteste. Insieme a lui furono condannati anche sua moglie e altre tre persone. Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “gridava slogan, fischiava, batteva le mani, mostrava tele bianco-rosse-bianche e usciva sulla carreggiata”. In tal modo avrebbero gravemente violato l’ordine pubblico.
 La corte ha condannato Gennady a un anno e mezzo di prigione, ma tenendo conto del precedente mandato (politico) non scontato, la pena finale è stata di soli 2 anni in una colonia del regime generale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.02.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 19.04.2024: il verdetto è stato confermato. Sentenza del tribunale 16.09.2024: 2 anni di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-19 19:05:43</t>
   </si>
   <si>
+    <t>Sergei Mikhailovich Shametko</t>
+  </si>
+  <si>
+    <t>23 ottobre</t>
+  </si>
+  <si>
+    <t>Convenuto nel caso di "Worker Rukh".</t>
+  </si>
+  <si>
+    <t>12 anni in una colonia in condizioni di regime rafforzato</t>
+  </si>
+  <si>
+    <t>2022-08-23 00:03:24</t>
+  </si>
+  <si>
+    <t>Mikhail Aleksandrovich Laban</t>
+  </si>
+  <si>
+    <t>23 ottobre 1983</t>
+  </si>
+  <si>
+    <t>Mikhail, il proprietario del laboratorio di gioielli Samorodok, realizzava gioielli per i membri dei club di rievocazione storica e studiava la storia medievale. Nel febbraio 2022 è stato arrestato e successivamente condannato con l'accusa di "calunnia e insulto a Lukashenko" e "insulto a un funzionario governativo".
+Nel maggio 2024 si tenne una nuova udienza in tribunale, a seguito della quale le condizioni di detenzione di Mikhail vennero inasprite, trasferendolo in regime carcerario.
+Nel febbraio 2025 è stato nuovamente condannato ai sensi dell'articolo sul "finanziamento delle attività di un gruppo estremista".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2022: 4 anni di reclusione in una colonia del regime generale, 100 unità di base di multa. Tribunale per il cambio di regime 18.05.2024: regime carcerario fino alla fine della pena. Sentenza del tribunale 12.02.2025: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2022-05-11 01:06:30</t>
+  </si>
+  <si>
+    <t>Maxim Igorevich Mnatsakanov</t>
+  </si>
+  <si>
+    <t>24 ottobre 1988</t>
+  </si>
+  <si>
+    <t>È stato arrestato per commenti sui social network. Maxim ha un figlio di 10 anni che aspetta a casa.
+Il 17 novembre 2023 si è tenuta l'udienza della corte d'appello.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia.</t>
+  </si>
+  <si>
+    <t>2023-02-27 01:16:43</t>
+  </si>
+  <si>
     <t>Oksana Mikhailovna Shalyapina</t>
   </si>
   <si>
     <t>24 ottobre 1977</t>
   </si>
   <si>
     <t>Laureato presso la Facoltà di Architettura. Artista. Direzione artistica: espressionismo. Tecnica: pittura a impasto. Opere presenti in collezioni private in America, Germania, Kazakistan, Russia, Georgia, Bielorussia, Lussemburgo, Finlandia, Italia e anche nella Galleria Larus (USA). Ha esposto tre mostre personali. Membro dell'Unione degli Artisti "Master-Peacemaker".
 Presumibilmente detenuto per aver aiutato prigionieri politici.</t>
   </si>
   <si>
+    <t>Sentenza del tribunale 28.11.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
     <t>2025-07-22 18:12:39</t>
   </si>
   <si>
     <t>Valery Vasilevich Ivchin</t>
   </si>
   <si>
     <t>24 ottobre 1975</t>
   </si>
   <si>
     <t>Secondo il tribunale, Valery è stato condannato per aver partecipato alle marce post-elettorali a Minsk nell'agosto e nel settembre 2020, in particolare per aver "messo piede sulla carreggiata" e "bloccato il traffico".</t>
   </si>
   <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.06.2024: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 15.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-10 19:32:30</t>
   </si>
   <si>
-    <t>Maxim Igorevich Mnatsakanov</t>
-[...12 lines deleted...]
-    <t>2023-02-27 01:16:43</t>
+    <t>Valery Leonidovich Romanovsky</t>
+  </si>
+  <si>
+    <t>25 ottobre 1978</t>
+  </si>
+  <si>
+    <t>Valery è accusato di tradimento contro lo stato. Nel dicembre 2022, il canale televisivo Belarus 1 ha pubblicato un film sul controspionaggio del KGB, che raccontava di bielorussi e cittadini di altri paesi accusati di lavorare per servizi di intelligence stranieri. Valery Romanovsky è stato chiamato nel film "l'ex capo del servizio di ricognizione aerea". La storia della Bielorussia 1 dice che durante il servizio, un parente lituano ha "portato" il sospetto agli agenti del dipartimento per la sicurezza dello stato del Paese. Per loro, Romanovsky ha fotografato documenti ufficiali e una volta consegnato ai servizi speciali i dati sulla costruzione del BelNPP, dice il film.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione nella colonia</t>
+  </si>
+  <si>
+    <t>2023-05-05 00:12:29</t>
   </si>
   <si>
     <t>Sergei Anatolievich Shpak</t>
   </si>
   <si>
     <t>25 ottobre 1971</t>
   </si>
   <si>
     <t>Sergei, tenente colonnello in pensione che aveva partecipato a un videomessaggio degli ufficiali di riserva all'esercito bielorusso, è stato arrestato il 16 luglio 2021, in seguito a una perquisizione della sua abitazione.
 Secondo il decreto di Lukashenko, è stato privato del suo grado militare dopo 28 anni di impeccabile servizio nelle Forze Armate. Sergei è padre di quattro figli, due dei quali minorenni.
 Nel dicembre 2021, è stato accusato di aver organizzato, preparato o partecipato attivamente ad azioni che violavano gravemente l'ordine pubblico. Sergei è stato condannato alla libertà limitata senza essere trasferito in un istituto penitenziario e rilasciato in aula.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 14.12.2021: 3 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 21.10.2025: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa.</t>
+    <t>Sentenza del tribunale 14.12.2021: 3 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 21.10.2025: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
   </si>
   <si>
-    <t>Valery Leonidovich Romanovsky</t>
-[...28 lines deleted...]
-    <t>2023-03-30 19:19:51</t>
+    <t>Larisa Arkadyevna Kotovich</t>
+  </si>
+  <si>
+    <t>26 ottobre 1968</t>
+  </si>
+  <si>
+    <t>Larisa, un'insegnante di inglese, è stata arrestata a fine agosto 2023. Inizialmente è stata condannata in base a un procedimento amministrativo per "distribuzione, produzione e stoccaggio di materiali estremisti", ma in seguito è stato aperto un procedimento penale, in cui è stata condannata per "assistenza ad attività estremiste".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.04.2024: 3 anni di reclusione in una colonia del regime generale. Appello 07.06.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-12-22 17:34:26</t>
+  </si>
+  <si>
+    <t>Robert Evgenievich Kuznetsov</t>
+  </si>
+  <si>
+    <t>26 ottobre 1983</t>
+  </si>
+  <si>
+    <t>Condannato per aver pubblicato su Internet nel novembre 2021 fotografie “offensive” della bandiera nazionale della Repubblica di Bielorussia e commenti sulla stessa.
+Ha scontato la pena nell'IK-22 e nel dicembre 2023 è stato trasferito nell'IK-2.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.08.2022: 5 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-07-27 15:51:49</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Borodiy</t>
   </si>
   <si>
     <t>26 ottobre 1978</t>
   </si>
   <si>
     <t>Cittadino ucraino.
 I dettagli della persecuzione del ranger ucraino sono diventati noti dal film di propaganda dell'11 settembre 2023, trasmesso contemporaneamente su tutti i canali statali. In esso, Vyacheslav è stato condotto su una catena durante le azioni investigative. Il Comitato per la Sicurezza dello Stato ha riferito di aver arrestato sei persone in Bielorussia con l’accusa di collaborazione con il “Servizio di sicurezza dell’Ucraina” e “preparazione di attacchi terroristici”. Nel video, alcuni di loro sembrano picchiati, altri sono condotti in catene durante le azioni investigative, uno dei detenuti è stato portato in un centro di detenzione preventiva del KGB. Di conseguenza, tre persone sono state immediatamente accusate ai sensi di sei articoli del codice penale, tra cui “tradimento dello Stato” e “attività sotto copertura”.
 Il cacciatore ucraino Vyacheslav Borodiya è stato arrestato il 1 settembre 2023 nel distretto di Elsky in Bielorussia, al confine con la regione di Zhytomyr in Ucraina. È noto che Vyacheslav è nato nella regione di Zhytomyr, ha vissuto per qualche tempo a Mozyr, quindi è tornato in Ucraina e ha lavorato come cacciatore, allevando tre figli. Il film afferma che dopo lo scoppio di una guerra su vasta scala, Borodii avrebbe seguito un addestramento presso il centro di addestramento della direzione principale dell'intelligence del Ministero della difesa dell'Ucraina e che “dal marzo 2023, oltre alla direzione principale dell'intelligence dell'Ucraina Ministero della Difesa, ha anche iniziato a collaborare con il Servizio di Sicurezza dell’Ucraina”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.12.2024: 10 anni di reclusione in una colonia del regime potenziato, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:15:03</t>
   </si>
   <si>
-    <t>Robert Evgenievich Kuznetsov</t>
-[...14 lines deleted...]
-  <si>
     <t>Anton Nikolaevich Stankevich</t>
   </si>
   <si>
     <t>26 ottobre 1998</t>
   </si>
   <si>
     <t>Detenuto e condannato per aver donato 100 euro.
 Laureato presso la Facoltà di Filologia della BSU. È stato volontario ai II Giochi Europei. Ha lavorato presso Valuta.com, ha trascorso quasi un anno in Georgia lavorando nel supporto da remoto. Poi è tornato in Bielorussia.Si interessa di lingue, ricostruzione storica e musica pesante.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.07.2024: sconosciuto. Appello 20.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-15 12:21:19</t>
   </si>
   <si>
     <t>Igor Andreevich Fedorenko</t>
   </si>
   <si>
     <t>26 ottobre 1992</t>
   </si>
   <si>
-    <t xml:space="preserve"> Sentenza del tribunale 05.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.04.2024: il verdetto è stato confermato.</t>
+    <t>Sentenza del tribunale 05.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.04.2024: il verdetto è stato confermato. Sentenza del tribunale 03.06.2024: 5 anni 6 mesi di reclusione in una colonia del regime rigoroso. Appello 27.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-08 18:58:42</t>
-  </si>
-[...13 lines deleted...]
-    <t>2023-12-22 17:34:26</t>
   </si>
   <si>
     <t>Dmitry Borisovich Gulin</t>
   </si>
   <si>
     <t>27 ottobre 1969</t>
   </si>
   <si>
     <t>Ex militare, topografo. Presumibilmente detenuto per aver partecipato a chat di protesta. Il film, girato dal canale televisivo filogovernativo, afferma che Dmitry avrebbe girato un video appello alle forze militari e di sicurezza nel 2020 e un anno dopo avrebbe contattato l'organizzazione Busly Lyatsyats. Inoltre, secondo il canale televisivo, quest'anno Gulin ha monitorato le chat di Brest-97, Gomel-97, Kalinkovichi, Luninets e ha lasciato attivamente commenti lì.
 Presumibilmente detenuto nel centro di detenzione preventiva del KGB.</t>
   </si>
   <si>
     <t>14 anni di reclusione in una colonia di massima sicurezza</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
     <t>Victor Viktorovich Gladkov</t>
   </si>
   <si>
     <t>28 ottobre 1977</t>
   </si>
   <si>
     <t>2022-04-28 01:02:40</t>
   </si>
   <si>
     <t>Vladimir Aleksandrovich Chmurov</t>
   </si>
   <si>
     <t>28 ottobre 1979</t>
   </si>
   <si>
     <t>2022-04-28 02:16:41</t>
   </si>
   <si>
     <t>Eduard Aleksandrovich Palchis</t>
   </si>
   <si>
     <t>28 ottobre 1990</t>
   </si>
   <si>
     <t>Noto blogger politico e personaggio pubblico bielorusso, autore del canale Telegram Palchys. È stato l'organizzatore di eventi e concerti "BNR-100", "BNR-101". È stato arrestato il 27 settembre 2020 nell'ambito di un procedimento penale riguardante rivolte di massa.
 Nell'agosto 2022 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.12.2021: 13 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 10.06.2022: circa 575000 rubli di risarcimento. Tribunale per il cambio di regime 11.08.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Bigel</t>
+  </si>
+  <si>
+    <t>28 ottobre 1981</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
   </si>
   <si>
     <t>Artyom Mikhailovich Lapikov</t>
   </si>
   <si>
     <t>28 ottobre 1992</t>
   </si>
   <si>
     <t>Si è saputo che, dopo le elezioni dell'agosto 2020, Lapikov ha pubblicato sulla sua pagina Instagram un post con la fotografia di Alexander Lukashenko in uniforme delle SS (una formazione paramilitare dei nazisti, responsabile, tra l'altro, di crimini contro l'umanità ). La pubblicazione era accompagnata da una poesia, il cui testo è attualmente sconosciuto.
 Il 5 dicembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia a regime generale.</t>
   </si>
   <si>
     <t>2023-09-04 14:12:23</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Gulevich</t>
   </si>
   <si>
     <t>29 ottobre 1987</t>
   </si>
   <si>
     <t>Vadim ha scontato arresti amministrativi nell'agosto e nell'ottobre 2020. Il suo ultimo arresto è avvenuto il 28 giugno 2021, nell'ambito di un procedimento penale relativo a un incidente avvenuto in una struttura di comunicazione della Marina russa vicino a Vileika.
 Secondo la versione dell'accusa presentata in tribunale, Vadim e Alexey Glotov, "vestiti in mimetica e armati di armi da fuoco, sono entrati nella struttura militare e hanno piazzato ordigni esplosivi con un raggio d'azione fino a 11 metri". Uno di essi non è esploso ed è stato disinnescato. Un esame peritale ha rivelato che gli ordigni sono stati innescati con un meccanismo ad azione ritardata.
 I danni sono stati stimati in oltre 26.000 rubli. È stato anche riferito che Vadim "aveva in programma di recarsi in Ucraina per un addestramento militare".
 Nel dicembre 2022 è stato riconosciuto colpevole e condannato alla reclusione in una colonia penale di massima sicurezza e a una multa salata.
 Nel 2025 si tenne un'udienza in tribunale per discutere la questione del cambiamento del regime carcerario, in seguito alla quale Vadim venne trasferito in un regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2022: 18 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
-    <t>Andrey Timofeevich Volosach</t>
-[...17 lines deleted...]
-    <t>Dzmitry Alexandrovich Kovach</t>
+    <t>Maxim Sergeevich Fedorovich</t>
+  </si>
+  <si>
+    <t>30 ottobre 1991</t>
+  </si>
+  <si>
+    <t>Maxim è il coordinatore del team di ricerca "Angel ". In precedenza ha lavorato come tecnologo presso Minsk -Kristall , ma ha cambiato completamente vita dopo essersi unito al movimento nel 2017, in seguito all'intensa ricerca di Maxim Markhaliuk a Belovezhskaya Pushcha.
+È stato condannato per nove capi d'imputazione nel "caso Gayun". Ha problemi di salute.
+Al momento dell'arresto, il figlio di Maxim aveva 1 anno e 3 mesi.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.10.2025: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 28.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-10-07 18:28:18</t>
+  </si>
+  <si>
+    <t>Dzmitry Mikhailovich Kovach</t>
   </si>
   <si>
     <t>30 ottobre 1984</t>
   </si>
   <si>
     <t>Nel 2007 si è laureato presso l'Università tecnica nazionale bielorussa.
 Dal 2009, Kovács lavora nel settore turistico. Più recentemente, ha lavorato come addetto ai visti per un'agenzia di viaggi privata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-11-21 13:57:34</t>
   </si>
   <si>
     <t>Alexander Igorevich Randarenko</t>
   </si>
   <si>
     <t>31 ottobre 1986</t>
   </si>
   <si>
     <t>Alexander è finito in tribunale dopo aver partecipato alla chat roulette. Lui e un amico sono diventati interlocutori del provocatore “Conversazioni con Palych” e durante la conversazione, mentre erano ubriachi, hanno parlato degli eventi nel municipio di Crocus, hanno espresso sostegno all'Ucraina e hanno permesso il picchettamento.
 Durante il suo arresto, Alexander è stato duramente picchiato dalle forze di sicurezza. L'uomo è stato condannato per accuse amministrative 5 volte di seguito e probabilmente ha scontato almeno 75 giorni di carcere. Allo stesso tempo, gli sono stati concessi alcuni giorni semplicemente per aver avuto uno stendardo ucraino sul tavolo e aver gridato "Gloria all'Ucraina" durante una trasmissione sulla chat roulette.
 Ma dopo 24 ore non è stato rilasciato. Contro di lui è stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.12.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 28.02.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
   </si>
   <si>
+    <t>Vladimir Vladimirovich Zinovenko</t>
+  </si>
+  <si>
+    <t>31 ottobre 1976</t>
+  </si>
+  <si>
+    <t>Vladimir fu inizialmente condannato per violenza domestica, ma dopo qualche tempo il caso fu riaperto in seguito alle proteste del pubblico ministero, l'accusa fu riclassificata come Parte 1 dell'articolo 130 e lui fu condannato a quattro anni di prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.12.2024: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Protesta del pubblico ministero data sconosciuta: 4 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
+  </si>
+  <si>
     <t>Valery Viktorovich Khatskevich</t>
   </si>
   <si>
     <t>31 ottobre 1994</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.10.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-11-13 17:22:56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1741,2393 +1655,2254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H9" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
         <v>58</v>
       </c>
       <c r="I10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>60</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H15" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I17" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I18" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I19" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B24" t="s">
-        <v>129</v>
+        <v>131</v>
+      </c>
+      <c r="C24" t="s">
+        <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I24" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C25" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I25" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E26" t="s">
+        <v>91</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>92</v>
       </c>
       <c r="I26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>144</v>
+      </c>
+      <c r="C27" t="s">
+        <v>145</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I29" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C30" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>130</v>
+        <v>35</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>169</v>
+      </c>
+      <c r="C32" t="s">
+        <v>170</v>
       </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>99</v>
+        <v>171</v>
       </c>
       <c r="I32" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C33" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E33" t="s">
-        <v>130</v>
+        <v>176</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="I33" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B34" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C34" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>182</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B35" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C35" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C36" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="I36" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B37" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D37" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C39" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>93</v>
+        <v>35</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>63</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D42" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H42" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="I42" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D43" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B45" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I45" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B46" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D46" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H47" t="s">
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>41</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="H48" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>256</v>
+        <v>25</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I49" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C51" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>102</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B53" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C53" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>277</v>
+        <v>237</v>
       </c>
       <c r="I53" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B54" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>130</v>
+        <v>57</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I54" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I55" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I56" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B57" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>63</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H57" t="s">
         <v>298</v>
       </c>
       <c r="I57" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>300</v>
       </c>
       <c r="B58" t="s">
         <v>301</v>
       </c>
       <c r="C58" t="s">
         <v>302</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H58" t="s">
         <v>303</v>
       </c>
       <c r="I58" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>305</v>
       </c>
       <c r="B59" t="s">
         <v>306</v>
       </c>
       <c r="C59" t="s">
         <v>307</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
         <v>308</v>
       </c>
       <c r="I59" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>310</v>
       </c>
       <c r="B60" t="s">
         <v>311</v>
       </c>
       <c r="C60" t="s">
         <v>312</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>63</v>
+        <v>313</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>314</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="I60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>246</v>
+        <v>127</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>51</v>
+      </c>
+      <c r="E63" t="s">
+        <v>91</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D64" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="H64" t="s">
+        <v>335</v>
       </c>
       <c r="I64" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B65" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C65" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>337</v>
+        <v>176</v>
       </c>
       <c r="F65" t="s">
-        <v>338</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I65" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B66" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C66" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H66" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="I66" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B67" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="C67" t="s">
         <v>348</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H67" t="s">
         <v>349</v>
       </c>
       <c r="I67" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>351</v>
       </c>
       <c r="B68" t="s">
         <v>352</v>
       </c>
       <c r="C68" t="s">
         <v>353</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>97</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H68" t="s">
         <v>354</v>
       </c>
       <c r="I68" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>356</v>
       </c>
       <c r="B69" t="s">
         <v>357</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>85</v>
+      </c>
+      <c r="H69" t="s">
+        <v>161</v>
+      </c>
+      <c r="I69" t="s">
         <v>358</v>
-      </c>
-[...16 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>359</v>
+      </c>
+      <c r="B70" t="s">
+        <v>360</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" t="s">
+        <v>161</v>
+      </c>
+      <c r="I70" t="s">
         <v>361</v>
-      </c>
-[...22 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>362</v>
+      </c>
+      <c r="B71" t="s">
+        <v>363</v>
+      </c>
+      <c r="C71" t="s">
+        <v>364</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>25</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" t="s">
+        <v>365</v>
+      </c>
+      <c r="I71" t="s">
         <v>366</v>
-      </c>
-[...22 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B72" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H72" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="I72" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B73" t="s">
-        <v>377</v>
+        <v>372</v>
+      </c>
+      <c r="C73" t="s">
+        <v>373</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H73" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="I73" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>376</v>
+      </c>
+      <c r="B74" t="s">
+        <v>377</v>
+      </c>
+      <c r="C74" t="s">
+        <v>378</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>127</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
+        <v>379</v>
+      </c>
+      <c r="I74" t="s">
         <v>380</v>
-      </c>
-[...22 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>381</v>
+      </c>
+      <c r="B75" t="s">
+        <v>382</v>
+      </c>
+      <c r="C75" t="s">
+        <v>383</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>127</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" t="s">
+        <v>384</v>
+      </c>
+      <c r="I75" t="s">
         <v>385</v>
-      </c>
-[...22 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>386</v>
+      </c>
+      <c r="B76" t="s">
+        <v>387</v>
+      </c>
+      <c r="C76" t="s">
+        <v>388</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>313</v>
+      </c>
+      <c r="F76" t="s">
+        <v>314</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
+        <v>389</v>
+      </c>
+      <c r="I76" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>391</v>
+      </c>
+      <c r="B77" t="s">
+        <v>392</v>
+      </c>
+      <c r="C77" t="s">
         <v>393</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I77" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>396</v>
       </c>
       <c r="B78" t="s">
         <v>397</v>
       </c>
       <c r="C78" t="s">
         <v>398</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H78" t="s">
         <v>399</v>
       </c>
       <c r="I78" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>401</v>
       </c>
       <c r="B79" t="s">
         <v>402</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>127</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" t="s">
         <v>403</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>404</v>
-      </c>
-[...137 lines deleted...]
-        <v>428</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">