--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="405">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -99,655 +99,703 @@
     <t>Sentenza del tribunale 17.06.2025: 1 anno di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-30 17:01:45</t>
   </si>
   <si>
     <t>Paul Valerievich Makarenko</t>
   </si>
   <si>
     <t>3 ottobre 1980</t>
   </si>
   <si>
     <t>L'uomo non ha ammesso la colpa. Oltre alla pena detentiva, il giudice ha deciso di confiscare a beneficio dello Stato il cellulare di Makarenko, utilizzato “come mezzo per commettere un crimine”.
 È noto che il 7 maggio 2024 si è svolto l'appello: ha confermato la sentenza.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.03.2024: 2 anni di reclusione in una colonia del regime generale. Appello 07.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-23 21:33:52</t>
   </si>
   <si>
+    <t>Piotr Yarmashuk</t>
+  </si>
+  <si>
+    <t>4 ottobre 1987</t>
+  </si>
+  <si>
+    <t>Yarmoshuk è stato arrestato per la prima volta in questo caso il 23 marzo 2023 ed è stato trattenuto per tre giorni. Poi lo hanno rilasciato, ma l'11 giugno 2023 lo hanno nuovamente arrestato e preso in custodia.
+Secondo l'accusa, il 1 marzo 2022, Yarmoshuk ha scaricato diversi file dal sito web ItArmy of Ukraine che consentono attacchi DDoS. Poi ha lanciato il programma sul suo computer “almeno 8 volte”, che “ha rotto il sistema di protezione contro gli attacchi DDoS” e “il funzionamento delle risorse Internet non identificate della Federazione Russa è stato interrotto”. Pertanto, secondo l’accusa di stato, Yarmoshuk “ha utilizzato programmi dannosi e potenzialmente pericolosi”. Sempre il 19 agosto 2020, Yarmoshuk ha trasferito circa 60 dollari all'iniziativa BySOL tramite Facebook. 7 mesi dopo (12 marzo 2021), le autorità bielorusse hanno riconosciuto la Fondazione BySOL come una “formazione estremista”. Il fatto che al momento del trasferimento di denaro BySOL non fosse una “formazione estremista” non preoccupa la Procura di Stato.
+Il 12 gennaio 2024 si è tenuta in tribunale un'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>4 anni di reclusione in una colonia a regime generale.</t>
+  </si>
+  <si>
+    <t>2023-11-21 13:11:16</t>
+  </si>
+  <si>
+    <t>Siarhei Piatrushenka</t>
+  </si>
+  <si>
+    <t>4 ottobre 1986</t>
+  </si>
+  <si>
+    <t>Sergei, ex capo del dipartimento dell'Agenzia per il Catasto Statale e la Registrazione Terrestre della Città di Minsk (RUE), è stato arrestato nel giugno 2021 per aver pubblicato dati personali di dipendenti del Dipartimento degli Interni del distretto di Smorgon su un canale Telegram. Secondo l'accusa, dall'autunno 2020 al febbraio 2021, ha trasferito i dati personali di oltre dieci dipendenti del Ministero degli Interni e funzionari governativi agli amministratori dei canali Telegram.
+Nell'agosto 2022, Sergei è stato riconosciuto colpevole di diverse accuse penali, tra cui "abuso di potere o di autorità ufficiale", e condannato alla reclusione con privazione del diritto a ricoprire posizioni legate allo svolgimento di compiti organizzativi e amministrativi per un periodo di 5 anni.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.08.2022: 6 anni 6 mesi di reclusione in una colonia del regime generale, privazione del diritto di ricoprire determinate posizioni o di impegnarsi in determinate attività. Appello 14.10.2022: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-06-11 20:30:00</t>
+  </si>
+  <si>
     <t>Yuri Olegovich Zаlаtukhin</t>
   </si>
   <si>
     <t>4 ottobre 1989</t>
   </si>
   <si>
     <t>Yuri è stato probabilmente arrestato alla fine di settembre 2024. Poi è stato condannato ai sensi dell'art. 19.11 Codice degli illeciti amministrativi (distribuzione di materiale estremista). Dopo 15 giorni, si è svolto nuovamente un processo ai sensi dello stesso articolo, quindi, molto probabilmente, è stato arrestato due volte, dopo di che è stato nuovamente arrestato come parte di un procedimento penale.
 A giudicare dai social network, la moglie di Yuri è ucraina. È noto che Yuri ha lavorato per qualche tempo in un cantiere edile, ma non ci sono informazioni sul suo ultimo luogo di lavoro.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-01-27 15:48:38</t>
   </si>
   <si>
     <t>Novel Anatolyevich Kantsavy</t>
   </si>
   <si>
     <t>4 ottobre 1975</t>
   </si>
   <si>
     <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-25 16:40:11</t>
-  </si>
-[...47 lines deleted...]
-    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Evgeny Genrikhovich Blokhinskiy</t>
   </si>
   <si>
     <t>6 ottobre 1997</t>
   </si>
   <si>
     <t>Evgeniy è stato arrestato il 18 gennaio 2022, al suo arrivo a Grodno dalla Germania.
 Evgeny ha dichiarato alle forze di sicurezza, davanti alle telecamere, che nel 2020 era membro di chat room considerate estremiste, dove incitava a rivolte di massa, all'uccisione di agenti di polizia e all'incendio dei negozi Tabakerok.
 Evgeniy ha parenti in Danimarca.</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.05.2022: 7 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-05-02 14:33:00</t>
   </si>
   <si>
-    <t>Andrey Mikhailovich Bakurenko</t>
-[...15 lines deleted...]
-    <t>2025-11-03 13:49:43</t>
+    <t>Eugene Ivanovich Gruk</t>
+  </si>
+  <si>
+    <t>6 ottobre 1991</t>
+  </si>
+  <si>
+    <t>Secondo il KGB, Yevhen Gruk e Viktor Yaskich sono stati condannati ai sensi dell'articolo 289 del Codice Penale (atto di terrorismo) e dell'articolo 295 del Codice Penale (azioni illegali con armi da fuoco, munizioni ed esplosivi). Il loro arresto è stato annunciato all'inizio di aprile 2024 in un rapporto dell'ONT. Secondo i propagandisti, le forze di sicurezza hanno arrestato almeno 12 persone, tra cui Gruk e Yaskich, accusate di contrabbando di esplosivi e pianificazione di attacchi terroristici. Secondo il giornalista, Gruk era un informatore dell'SBU: fotografava equipaggiamento militare e ne trasmetteva le coordinate. A Gruk è stato quindi ordinato di recuperare degli esplosivi da un nascondiglio. Yaskich lo ha accompagnato al nascondiglio. Successivamente, i due avrebbero dovuto distribuire gli esplosivi dal nascondiglio a nuovi nascondigli. Il rapporto non spiega le motivazioni alla base di questa azione. Anche la moglie di Yevhen, Lidiya Gruk, è stata arrestata, ma la sua sorte è sconosciuta. Gli autori dell'articolo hanno affermato che nella famiglia erano rimasti quattro bambini piccoli.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 24 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-09 15:11:24</t>
+  </si>
+  <si>
+    <t>Tatiana Fedorovna Staseva</t>
+  </si>
+  <si>
+    <t>6 ottobre 1966</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>2025-09-05 17:24:42</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Zaitsev</t>
   </si>
   <si>
     <t>8 ottobre 1982</t>
   </si>
   <si>
     <t>Detenuto il 22 agosto 2021 vicino alla dacia del presidente della Corte suprema della Repubblica di Bielorussia Sukalo V.O. per tentato incendio doloso. Forse è stato provocato da un ufficiale del KGB.</t>
   </si>
   <si>
     <t>10 anni di carcere in regime rafforzato.</t>
   </si>
   <si>
     <t>2021-12-22 19:23:43</t>
   </si>
   <si>
     <t>Yuri Selivestrovich Khlebovets</t>
   </si>
   <si>
     <t>9 ottobre 1982</t>
   </si>
   <si>
     <t>Il motivo del procedimento penale sono stati i commenti nella chat di "Grodno 97".
 Nell'ottobre 2023, si è saputo che allo IUOT-39 Yuri era sotto pressione da parte dell'amministrazione dell'istituto e gli sono state inflitte 4 sanzioni. Il 25 ottobre 2023, il tribunale distrettuale di Krupsky ha deciso di inasprire il regime. Yuri della IUOT è stato mandato a scontare il resto della pena in una colonia.</t>
   </si>
   <si>
     <t>1,5 anni di restrizione della libert&amp;agrave; con rinvio a un istituto aperto.</t>
   </si>
   <si>
     <t>2023-05-10 22:56:00</t>
+  </si>
+  <si>
+    <t>Maret Akhmetauna Valiuk</t>
+  </si>
+  <si>
+    <t>9 ottobre 1967</t>
+  </si>
+  <si>
+    <t>Maret è stato arrestato alla fine di ottobre 2024 a Smorgon. In totale, circa 12 persone furono sottoposte alla "purificazione" a Smorgon, la maggior parte delle quali fu rilasciata dopo "24 ore".
+Rappresenta il 2° gruppo di disabilità non lavorativa.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-11-12 20:11:39</t>
   </si>
   <si>
     <t>Vadim Andreevich Patsenko</t>
   </si>
   <si>
     <t>9 ottobre 2000</t>
   </si>
   <si>
     <t>Il ragazzo ha 22 anni, viene da Svisloch, una cittadina nella regione di Grodno. Prestò servizio nell'esercito e poi si trasferì a vivere a Grodno. Ha praticato sport, ad esempio, ha rappresentato la sua città natale alle competizioni sportive junior a tutto tondo.
 Ora il ragazzo è stato arrestato e collocato in un centro di custodia cautelare . È accusato di aver preparato un atto di terrorismo.
 Secondo la leggenda, il KGB, espresso in un film filogovernativo su ONT, avrebbe dovuto commettere un sabotaggio a Grodno.
 Nel filmato dell'interrogatorio afferma che gli sarebbe stato affidato il compito di far saltare in aria un deposito petrolifero utilizzando un drone ed esplosivi.
 Il 28 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
   </si>
   <si>
     <t>21 anni di reclusione in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-04-06 14:47:36</t>
   </si>
   <si>
     <t>Viktor Egorovich Kuprik</t>
   </si>
   <si>
     <t>9 ottobre 1962</t>
   </si>
   <si>
     <t>È stato condannato per aver lanciato una bottiglia Molotov contro le forze di sicurezza durante una protesta avvenuta il 10 agosto 2020 a Baranavichy.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.11.2020: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2021-02-27 19:14:13</t>
   </si>
   <si>
-    <t>Maret Akhmetovna Valiuk</t>
-[...77 lines deleted...]
-  <si>
     <t>Sergei Grigorievich Nikitin</t>
   </si>
   <si>
     <t>11 ottobre 1975</t>
   </si>
   <si>
     <t>Militare (forse anche KGB).
 Il 14 ottobre 2022 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-06-29 15:22:35</t>
   </si>
   <si>
     <t>Alexander Anatolevich Goncharov</t>
   </si>
   <si>
     <t>11 ottobre 1973</t>
   </si>
   <si>
     <t>Secondo l’accusa , Alexander Goncharov ha trasferito fondi tramite bonifico bancario per finanziare le attività del “Reggimento Kastus Kalinovsky”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.12.2023: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-12-04 02:34:04</t>
   </si>
   <si>
+    <t>Roman Sergeevich Shcherbakov</t>
+  </si>
+  <si>
+    <t>11 ottobre 1997</t>
+  </si>
+  <si>
+    <t>Il 18 luglio 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
+  </si>
+  <si>
+    <t>2023-07-12 16:30:13</t>
+  </si>
+  <si>
+    <t>Sergey Vasilevich Gunya</t>
+  </si>
+  <si>
+    <t>11 ottobre 2001</t>
+  </si>
+  <si>
+    <t>L'11 agosto 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-05-20 00:59:23</t>
+  </si>
+  <si>
+    <t>Dmitry Ivanovich Ivanchikov</t>
+  </si>
+  <si>
+    <t>11 ottobre 1991</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.01.2025: 1 anno di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-01-15 19:40:52</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Barkun</t>
+  </si>
+  <si>
+    <t>11 ottobre 1978</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.09.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:22:20</t>
+  </si>
+  <si>
     <t>Yegor Alexandrovich Dudnikov</t>
   </si>
   <si>
     <t>11 ottobre 2000</t>
   </si>
   <si>
     <t>Egor, cittadino russo, è stato arrestato il 4 maggio 2021 dagli agenti del GUBOPiK in un appartamento in affitto dopo una perquisizione ed è stato brutalmente picchiato. È stato tenuto in custodia cautelare per sette mesi con l'accusa di "organizzazione di azioni che violano gravemente l'ordine pubblico" - per aver diffuso video e messaggi audio sul canale Telegram "OGSB". Tuttavia, nel dicembre dello stesso anno, è stato condannato ai sensi degli articoli "incitamento all'odio o alla discordia" e "incitamento ad azioni volte a danneggiare la sicurezza nazionale della Bielorussia", e condannato alla pena detentiva massima.
 Nel giugno 2022 le condizioni di detenzione furono inasprite e Yegor fu trasferito al regime carcerario.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.12.2021: 11 anni di reclusione in una colonia del regime potenziato. Appello 25.02.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 15.06.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-05-29 23:01:41</t>
+  </si>
+  <si>
+    <t>Artsiom Andreyevich Shmanouski</t>
+  </si>
+  <si>
+    <t>11 ottobre 1994</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-03-16 21:59:34</t>
   </si>
   <si>
     <t>Alexander Aleksandrovich Ignatyuk</t>
   </si>
   <si>
     <t>12 ottobre 1971</t>
   </si>
   <si>
     <t>Giornalista freelance di Pinsk, proprietario del sito web e della pagina TikTok “about Stolin”.
 Alexander ha vissuto a lungo da solo in Polesie, quindi la sua detenzione è diventata nota per caso. Le persone preoccupate si sono preoccupate del fatto che non si fosse fatto vivo per molto tempo. Si è scoperto che Alexander è stato rinchiuso nel centro di custodia cautelare di Brest-7. Secondo informazioni non verificate, è accusato di “aiuto ad attività estremiste”.
 Alexander è anche il padre del ragazzo che ha “smantellato” il cannone ad acqua a Minsk durante le proteste del 2020.
 Secondo il Ministero degli Interni , l’uomo ha realizzato video con prove incriminanti, li ha mostrati a imprenditori locali e ha chiesto soldi per il “silenzio”. Inoltre avrebbe “promosso le attività di un canale telegrafico estremista i cui amministratori si trovano all’estero”.
 Il 28 maggio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.04.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 28.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-08-10 19:05:31</t>
   </si>
   <si>
     <t>Alexander Sergeevich Reznik</t>
   </si>
   <si>
     <t>12 ottobre 1997</t>
   </si>
   <si>
     <t xml:space="preserve">Alexander è stato arrestato il 29 settembre 2020 in relazione a disordini di massa e accusato di aver partecipato a canali di telegrammi “radicali” e di aver intenzione di danneggiare o distruggere tre chioschi di Tabakerka.
 </t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:41:35</t>
   </si>
   <si>
-    <t>Olga Vladimirovna Mironenko</t>
+    <t>Volha Uladzimirauna Mironenka</t>
   </si>
   <si>
     <t>13 ottobre 1970</t>
   </si>
   <si>
     <t>2025-01-21 13:26:29</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Muraviev</t>
   </si>
   <si>
     <t>13 ottobre 1989</t>
   </si>
   <si>
     <t>Alexander, un autista, è stato arrestato nel novembre 2021 in un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.09.2022: 12 anni di reclusione in una colonia del regime potenziato. Appello 28.02.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-05-26 01:16:13</t>
   </si>
   <si>
     <t>Oleg Petrovich Slabuho</t>
   </si>
   <si>
     <t>13 ottobre 1986</t>
   </si>
   <si>
     <t>Oleg è un ingegnere di formazione. Ama viaggiare e dedicarsi al tempo libero.
 Oleg lavora come videografo da oltre 10 anni. Nel 2015 ha fondato la sua attività. Oleg è specializzato in fotografia di matrimoni e famiglie, ma realizza anche foto personali e video narrativi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.07.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-08 00:42:26</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Sergeev</t>
+  </si>
+  <si>
+    <t>14 ottobre 1985</t>
+  </si>
+  <si>
+    <t>Detenuto per aver partecipato alle proteste.
+Il 17 ottobre 2022 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2022-04-28 01:19:45</t>
   </si>
   <si>
     <t>Valentin Konstantinovich Stefanovich</t>
   </si>
   <si>
     <t>14 ottobre 1972</t>
   </si>
   <si>
     <t>Valentyn, membro del Consiglio di Viasna e vicepresidente della Federazione Internazionale per i Diritti Umani (FIDH), è uno dei più rinomati esperti e analisti in materia di diritti umani. Si batte attivamente per la non discriminazione e contro la pena di morte e ha partecipato a conferenze internazionali, missioni per i diritti umani e missioni di osservazione elettorale nei paesi dell'OSCE.
 Il 14 luglio 2021, dopo una perquisizione del suo appartamento, è stato portato via per essere interrogato e poi rinviato in custodia cautelare nell'ambito di un procedimento penale ai sensi degli articoli "evasione fiscale" e "organizzazione di azioni che violano gravemente l'ordine pubblico".
 Nel settembre 2022, il caso di evasione fiscale è stato archiviato, ma sono state presentate nuove accuse contro Valentin: contrabbando e finanziamento di attività di gruppo che violano gravemente l'ordine pubblico.
 Il 27 ottobre 2022, durante il 41° Congresso della Federazione Internazionale per i Diritti Umani (FIDH), Valentin Stefanovic è stato rieletto vicepresidente dell'organizzazione.
 Nel marzo 2023, è stato riconosciuto colpevole e condannato alla reclusione e al pagamento di un ingente risarcimento. Valentin si è dichiarato non colpevole in tribunale.
 Secondo le informazioni disponibili, le condizioni di detenzione sono state inasprite e l'uomo è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.03.2023: 9 anni di reclusione in una colonia del regime potenziato, 3000 unità di base di multa, circa 188110 rubli di risarcimento. Protesta del pubblico ministero 21.04.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-07-16 14:42:08</t>
   </si>
   <si>
-    <t>Alexander Sergeevich Sergeev</t>
-[...14 lines deleted...]
-  <si>
     <t>Nikolai Sergeevich Roy</t>
   </si>
   <si>
     <t>14 ottobre 1981</t>
   </si>
   <si>
     <t>Nikolai, ingegnere di sistema ed ex dipendente di RUE Beltelecom, è stato arrestato nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo". Nel giugno 2023 è stato riconosciuto colpevole di diversi capi d'imputazione penali e condannato a una lunga pena detentiva.
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, ufficiali delle forze dell'ordine, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente". Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.06.2023: 12 anni di reclusione in una colonia del regime potenziato. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-01-23 20:19:33</t>
   </si>
   <si>
     <t>Sergey Konstantinovich Romashov</t>
   </si>
   <si>
     <t>14 ottobre 1960</t>
   </si>
   <si>
     <t>Sergey ha lavorato come medico specialista in ecografia presso il Policlinico n. 4 della città di Grodno e presso il Centro Medico Rosmed. La sua esperienza professionale è di oltre 30 anni. È anche noto per la sua passione per gli scacchi: nel 2022 ha vinto il torneo regionale di scacchi tra operatori sanitari. La sostanza delle accuse e la specifica condanna inflitta a Romashov rimangono sconosciute. Finora, si sa solo che è stato condannato alla reclusione.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-08-16 17:46:23</t>
+  </si>
+  <si>
+    <t>Vitali Fiodaravich Tsishchanka</t>
+  </si>
+  <si>
+    <t>15 ottobre 1976</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 7. 225136, Pružany district, Kuplina</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-03-15 15:51:19</t>
   </si>
   <si>
     <t>Yaroslava Valentinovna Khromchenkova</t>
   </si>
   <si>
     <t>15 ottobre 1997</t>
   </si>
   <si>
     <t>Possiede la cittadinanza russa. È stata arrestata il 23 aprile 2025 e la sua abitazione è stata perquisita lo stesso giorno. È stata arrestata nell'ambito di un'indagine penale sui messaggi pubblicati sul bot "Belarusian Gayun ".
 Yaroslava è originaria di Rogachev. A un certo punto si è trasferita a Mozyr, probabilmente subito dopo la laurea.
 Negli ultimi anni ha lavorato come insegnante in una scuola di villaggio. Ha insegnato tedesco alla scuola elementare Moiseevskaya nell'omonima cittadina agricola. Ha anche svolto il ruolo di organizzatrice degli insegnanti.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.09.2025: 3 anni di reclusione in una colonia del regime generale. Appello 04.11.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-06-08 19:18:36</t>
   </si>
   <si>
-    <t>Alexander Alexandrovich Kozlyanko</t>
-[...14 lines deleted...]
-    <t>2021-03-07 16:12:06</t>
+    <t>Alexander Dmitrievich Komlenok</t>
+  </si>
+  <si>
+    <t>15 ottobre 1981</t>
+  </si>
+  <si>
+    <t>È stato arrestato a febbraio quando è tornato in Bielorussia dal lavoro. In precedenza, Alexander lavorava in un deposito di locomotive, ma dopo il 2020 è stato licenziato o si è dimesso: sembra che il licenziamento sia stato motivato politicamente. Successivamente, Kamlenok ha lavorato come camionista nei paesi occidentali. E quando è tornato a casa dal lavoro, è stato arrestato. È stato accusato di aver insultato un funzionario governativo.
+Il tribunale distrettuale di Verkhnedvinsky ha riconosciuto come estremista la pagina di Alexander su Odnoklassniki.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.08.2024: 3 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2024-05-23 20:19:37</t>
   </si>
   <si>
     <t>Dmitriy Vladimirovich Kubarev</t>
   </si>
   <si>
     <t>15 ottobre 1995</t>
   </si>
   <si>
     <t>È stato arrestato l'11 agosto 2020 con l'accusa di aver organizzato rivolte di massa e condannato tre volte nel 2021.
 Nel marzo 2023, la punizione di Dmitry è stata inasprita ed è stato trasferito in prigione per tre anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 24.03.2021: 7 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato. Sentenza del tribunale 15.09.2021: circa 47440 rubli di risarcimento. Sentenza del tribunale 27.09.2021: 3 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 04.10.2021: 1340 rubli di risarcimento. Tribunale per il cambio di regime 06.03.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-25 11:25:08</t>
   </si>
   <si>
-    <t>Alexander Dmitrievich Komlenok</t>
-[...12 lines deleted...]
-    <t>2024-05-23 20:19:37</t>
+    <t>Alexander Alexandrovich Kozlyanko</t>
+  </si>
+  <si>
+    <t>15 ottobre 1983</t>
+  </si>
+  <si>
+    <t>Alexander, attivista anarchico e membro del Sindacato libero, è stato arrestato nel marzo 2021 nell'ambito di un procedimento penale avviato contro gli anarchici della regione di Brest. È stato condannato per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e per "partecipazione a un'organizzazione criminale". È noto che le accuse si basano su un episodio di blocco stradale a Brest nel 2018, quando ebbe luogo una protesta contro la costruzione di una fabbrica di batterie.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.09.2022: 6 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-03-07 16:12:06</t>
   </si>
   <si>
     <t>Anatoly Anatolyevich Matsulevich</t>
   </si>
   <si>
     <t>16 ottobre 1969</t>
   </si>
   <si>
     <t>Condannato per la creazione e l'amministrazione del canale Telegram "Polotsk Novopolotsk Country For Life Chat Freedom to Sergei Tikhanovsky".</t>
   </si>
   <si>
     <t>7,5 anni di carcere.</t>
   </si>
   <si>
     <t>2022-04-21 12:24:10</t>
   </si>
   <si>
-    <t>Ksenia Viktorovna Susha</t>
-[...11 lines deleted...]
-    <t>2024-06-17 23:16:24</t>
+    <t>Aliaksandr Anatolyevich Yaudakha</t>
+  </si>
+  <si>
+    <t>17 ottobre 1975</t>
+  </si>
+  <si>
+    <t>Alexander Evdakha è un distributore di libri che gestisce il sito web KNIHI.BY, attualmente non disponibile.
+Il 3 marzo 2026, una coalizione di editori cartacei, tra cui la Fondazione Kamunikat.org, la casa editrice Lohvinau e la casa editrice Andrei Yanushkevich, è stata aggiunta all'elenco aggiornato dei "gruppi estremisti" del Ministero degli Interni. L'elenco menziona Yaroslav Ivanyuk, Dmitry Kolos, Igor Logvinov, Vaclav Bogdanovich, Andrei Yanushkevich e Alexander Yevdakha in relazione a questo gruppo. Sono stati aggiunti anche i siti web e gli account social media degli editori.
+Non è la prima volta che Yevdakha subisce repressioni da parte del regime. Nel 2017, è stato implicato nel caso della "Legione Bianca" e ha trascorso oltre tre mesi in custodia cautelare. Il caso è fallito prima di arrivare al processo. In precedenza, nel 2012, era stato condannato a un anno di arresti domiciliari per vendita illegale di libri. Nel 2021, è stato arrestato per essere interrogato.</t>
+  </si>
+  <si>
+    <t>2026-03-09 13:12:20</t>
+  </si>
+  <si>
+    <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
+  </si>
+  <si>
+    <t>18 ottobre 2002</t>
+  </si>
+  <si>
+    <t>Margarita, la figlia maggiore di Tina Palynskaya, è stata arrestata insieme alla madre alla fine di maggio 2025. Entrambe sono in custodia cautelare con accuse penali.
+I dettagli delle accuse non sono stati resi pubblici. Sulla base di prove circostanziali, si presume che il caso possa essere collegato alla decisione del KGB di riconoscere il "Laboratorio Analitico Bielorusso" del professor Andrei Vardomatsky come organizzazione estremista. Questa organizzazione ha condotto sondaggi sociologici tra i cittadini bielorussi. Al momento, non vi è alcuna conferma che Tina o sua figlia abbiano effettivamente partecipato alla ricerca del BAM. Tuttavia, anche se tale partecipazione fosse avvenuta, non avrebbe violato la legge: al momento del possibile contatto con il laboratorio, quest'ultimo non era ancora stato riconosciuto come organizzazione estremista.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-06-04 16:10:13</t>
+  </si>
+  <si>
+    <t>Alexander Yurievich Voronin</t>
+  </si>
+  <si>
+    <t>18 ottobre 1985</t>
+  </si>
+  <si>
+    <t>Residente a Brest, videomaker. Ha figli minorenni. Il 7 giugno 2023 è stato arrestato con accuse amministrative (Parte 2 dell'articolo 19.11 del Codice degli illeciti amministrativi) e condannato a 10 giorni di arresto per essersi iscritto a "Zerkalo" su Instagram. È stato rilasciato, ma due settimane dopo è stato arrestato con accuse penali.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.10.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 01.12.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 17:36:51</t>
   </si>
   <si>
     <t>Vyacheslav Evgenievich Ilyich</t>
   </si>
   <si>
     <t>18 ottobre 1963</t>
   </si>
   <si>
     <t>Ex vice capo del dipartimento di polizia della città di Zhodino, era a capo della polizia criminale e si è ritirato nel 2008 con il grado di tenente colonnello. Successivamente è stato direttore del Centro culturale e di intrattenimento della città di Zhodino.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia.
 Vyacheslav nel suo discorso afferma di comprendere che i dipendenti prestano servizio in condizioni molto difficili, ma li invita a svolgere “il loro dovere ufficiale come vorreste che fosse svolto [in relazione a] voi e ai vostri cari guardare la gente negli occhi sia adesso, durante il servizio, sia poi, durante il meritato riposo”.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 14:36:11</t>
   </si>
   <si>
-    <t>Margarita Yakovlevna Rabinovich (Esepkina)</t>
-[...24 lines deleted...]
-    <t>2023-10-31 17:36:51</t>
+    <t>Ksenia Viktorovna Susha</t>
+  </si>
+  <si>
+    <t>18 ottobre 1982</t>
+  </si>
+  <si>
+    <t>worked as the chief bibliographer of the research department of book science of the National Library of Belarus until November 2021. Then she went into IT.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 12.11.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-06-17 23:16:24</t>
   </si>
   <si>
     <t>Alexander Valentinovich Aranovich</t>
   </si>
   <si>
     <t>19 ottobre 1982</t>
   </si>
   <si>
     <t>Un membro del team del canale YouTube di «Country for Life», autista di camper, viveva a Starye Dorogi, nella regione di Minsk.
 Zatrzymany podczas pikietowania w celu zbierania podpisów na rzecz Swietłany Cichanouskiej w Grodnie 29 maja 2020 roku.
 Il 13 luglio 2023 si è saputo che il prigioniero politico era stato trasferito in un regime carcerario per un periodo di 2 anni. Ad Alexander è stato offerto più volte di scrivere una domanda di grazia, ma ha rifiutato.</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.04.2021: 6 anni di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 07.07.2023: 2 anni di regime carcerario. Sentenza del tribunale 14.11.2024: 6 mesi di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-02-25 02:33:36</t>
   </si>
   <si>
     <t>Yuri Petrovich Lagodyuk</t>
   </si>
   <si>
@@ -764,482 +812,477 @@
   <si>
     <t>2024-07-17 19:38:44</t>
   </si>
   <si>
     <t>Alexander Viktorovich Sysoev</t>
   </si>
   <si>
     <t>20 ottobre 1984</t>
   </si>
   <si>
     <t>Sysoev viene da Bronnaya Gora, negli ultimi anni ha vissuto a Bereza (regione di Brest). Secondo i dati di un profilo già cancellato su Vkontakte, nel 2008 si è laureato in Intelligenza Artificiale alla BSUIR. Al momento del suo arresto stava sviluppando un gioco per computer. L'uomo è stato arrestato il 5 luglio 2023 e da allora è in custodia.L'uomo è stato accusato di aver trasferito denaro al reggimento di Kalinovsky attraverso il social network Facebook utilizzando il sistema di pagamento PayPal. Il trasferimento dell'importo di 12,91 dollari USA è avvenuto da una carta bielorussa.Il 12 febbraio il procuratore Bogush ha chiesto per Sysoev 5 anni di carcere di massima sicurezza. La sentenza è stata annunciata il 14 febbraio. Il verdetto esatto è attualmente sconosciuto, ma nella stragrande maggioranza dei casi politici, i giudici di Brest assegnano esattamente ciò che chiedono i pubblici ministeri.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.02.2024: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-02-08 00:49:54</t>
   </si>
   <si>
     <t>Vladimir Viktorovich Melikaev</t>
   </si>
   <si>
     <t>20 ottobre 1967</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-21 10:10:35</t>
+  </si>
+  <si>
+    <t>Alexey Yurievich Melnikau</t>
+  </si>
+  <si>
+    <t>20 ottobre 1993</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato e condannato per possesso di armi e per presunta preparazione a rivolte di massa utilizzandole. In un'intervista, ha dichiarato di essersi dichiarato colpevole solo di possesso di armi e di non capire perché il processo si sia svolto a porte chiuse. Alexey ha definito l'accusa di aver preparato rivolte una "caccia alle streghe".
+Alla fine di dicembre 2021, si è saputo che la punizione per Alexey era stata inasprita e che era stato trasferito in prigione.
+Nell’inverno del 2024, il prigioniero politico è stato processato in un nuovo procedimento penale per “disobbedienza dolosa ai requisiti dell’amministrazione dell’istituto correzionale”. Secondo questo articolo, i prigionieri che rifiutano di collaborare con l'amministrazione vengono processati per violazioni fittizie.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 7 anni di reclusione in una colonia del regime potenziato, 50 unità di base di multa. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:54:39</t>
+  </si>
+  <si>
+    <t>Leonid Viktorovich Kovalev</t>
+  </si>
+  <si>
+    <t>20 ottobre 1991</t>
+  </si>
+  <si>
+    <t>Leonid è stato arrestato e condannato per il fatto che, secondo gli investigatori, ha preparato due bombe molotov, le ha trasportate nel centro di Gomel e le ha nascoste. La sera del 10 agosto 2020, avrebbe trovato due autori - Dmitry Korneev e Nikita Zolotorev - e consegnò loro delle bottiglie, offrendosi di dare fuoco a un edificio, un autobus o un carro di risaia. Leonid non ha ammesso la colpa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.02.2021: 6 anni di reclusione in una colonia del regime rigoroso. Appello 23.04.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:12:24</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Sautin</t>
   </si>
   <si>
     <t>20 ottobre 1978</t>
   </si>
   <si>
     <t>Ivan, attivista di Gomel e volontario di “Paese per la vita”, membro del Partito socialdemocratico bielorusso, è partito per la Russia dopo diverse detenzioni, arresti amministrativi e l’avvio di due procedimenti penali nel 2020.
 Nell'aprile 2021, mentre si trovava a Kaliningrad, Ivan è stato arrestato mentre tentava di attraversare il confine con la Polonia. Su richiesta delle forze dell'ordine bielorusse, è stato accusato di un procedimento penale basato su quattro articoli, tra cui quello di "terrorismo". Tuttavia, dopo le indagini, la parte russa ha ritirato tre delle quattro accuse. Un anno dopo, il 26 aprile 2022, Ivan è stato rilasciato su cauzione.
 Il 27 maggio 2022 è stato nuovamente arrestato ed estradato in Bielorussia a fine giugno. Secondo i documenti processuali, nel 2018 avrebbe sottratto più di 68 mila rubli. L'indagine ha inoltre evidenziato che nel 2020 Ivan ha partecipato a proteste, girato video e contattato agenzie governative.
 Nel dicembre 2022 è stato condannato per "frode". Nell'aprile 2024, Ivan è stato nuovamente condannato ai sensi dell'articolo "disobbedienza dolosa alle richieste dell'amministrazione della colonia".</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 9 anni di reclusione in una colonia del regime potenziato. Appello 29.03.2023: il verdetto è stato confermato. Sentenza del tribunale 16.05.2024: sconosciuto. Appello 08.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2021-04-29 16:58:20</t>
   </si>
   <si>
-    <t>Alexey Yurievich Melnikau</t>
-[...31 lines deleted...]
-    <t>2021-02-28 02:12:24</t>
+    <t>Denis Valerievich Sokolov</t>
+  </si>
+  <si>
+    <t>21 ottobre 1980</t>
+  </si>
+  <si>
+    <t>è stato detenuto nell'ambito di un procedimento penale aperto dal KGB per il "tentativo di commettere un atto di terrorismo" a Machulishchi.
+La persona principale coinvolta nel caso e, secondo funzionari e propagandisti, l'autore del sabotaggio, Nikolai Shvets, è stato rilasciato a giugno in uno scambio con l'Ucraina. Ma nonostante ciò, il caso verrà processato e i suoi complici in Bielorussia dovranno affrontare lunghe pene detentive. Lo stesso Shvets è processato in contumacia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.10.2024: 13 anni di reclusione in una colonia del regime potenziato. Appello 27.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-13 13:00:42</t>
+  </si>
+  <si>
+    <t>Igor Leontievich Karpitsky</t>
+  </si>
+  <si>
+    <t>21 ottobre 1969</t>
+  </si>
+  <si>
+    <t>Secondo i materiali del caso, Igor, utilizzando un laptop, ha inviato diverse e-mail alla casella di posta elettronica del portale Internet ufficiale del Presidente della Repubblica di Bielorussia, dove ha espresso minacce di violenza contro il Presidente. Ha anche inviato un'e-mail, disponibile per la visualizzazione a terzi, compresi i dipendenti dell'amministrazione presidenziale della Repubblica di Bielorussia, nel cui testo ha espresso insulti contro funzionari governativi in relazione allo svolgimento delle loro funzioni ufficiali - dipendenti di gli organi degli affari interni della Repubblica di Bielorussia Ivan Kubrakov e Dmitry Balaba. L'uomo ha anche inviato un messaggio simile con minacce di violenza, distruzione e danni alla proprietà ai dipendenti del Comitato investigativo della Repubblica di Bielorussia. Igor ha anche partecipato alle proteste durante le proteste post-elettorali a Minsk nel 2020.
+Secondo la conclusione della visita medica, durante il periodo di commissione dei crimini, Karpitsky soffriva di una malattia mentale, ma poteva rendersi conto dell'effettiva natura e del pericolo sociale delle sue azioni e gestirle. Non ha bisogno di misure di sicurezza e cure obbligatorie. Ha un figlio minorenne.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2021-10-26 19:09:48</t>
   </si>
   <si>
     <t>Evgeny Klimov</t>
   </si>
   <si>
     <t>21 ottobre 1996</t>
   </si>
   <si>
     <t>Condannato per amministrazione del canale Petrikov 97%.
 Il canale ha discusso questioni elettorali, il luogo e l'ora delle manifestazioni pacifiche per coloro che non sono d'accordo con i risultati del conteggio dei voti alle elezioni e altre questioni.
 Yevgeny Klimov è stato anche accusato di incitamento all'odio sociale per aver ripubblicato un messaggio sulla polizia antisommossa dal canale Telegram Nexta.</t>
   </si>
   <si>
     <t>5 anni di reclusione in condizioni di regime rafforzato .</t>
   </si>
   <si>
     <t>2022-03-27 02:15:25</t>
   </si>
   <si>
-    <t>Igor Leontievich Karpitsky</t>
-[...14 lines deleted...]
-  <si>
     <t>Maksim Nikolaevich Kurovsky</t>
   </si>
   <si>
     <t>21 ottobre 1981</t>
   </si>
   <si>
     <t>Secondo i materiali dell'accusa , Maxim Kurovsky in una delle chat del messaggero di Telegram ha deliberatamente pubblicato messaggi sul presidente Lukashenko, osceni nella forma e offensivi nei contenuti.
 L'esame ha stabilito che i messaggi contenevano una valutazione negativa del capo dello stato, umiliando il suo onore e la sua dignità. Inoltre, ha usato la lingua bielorussa. Ex investigatore del dipartimento regionale di Pruzhany del Regno Unito. Ritirato dal servizio nel 2020.
 12/06/2024 rilasciato dopo scadenza di pena.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 2 anni di reclusione in una colonia del regime generale. Appello 09.12.2022: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2022-10-18 22:14:36</t>
-  </si>
-[...26 lines deleted...]
-    <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Eugene Ivanovich Gurinovich</t>
   </si>
   <si>
     <t>22 ottobre 1992</t>
   </si>
   <si>
     <t>Ispettore capo della dogana.
 Il 10 ottobre 2023, il Tribunale della città di Minsk ha avviato un processo a porte chiuse contro tre funzionari doganali: Yevgeny Gurinovich, Viktor Novik e Vladimir Zhuromsky. Sono stati accusati ai sensi di otto articoli del Codice penale. Gli attivisti per i diritti umani hanno ora appreso che solo l'ispettore doganale trentunenne Yevgeny Gurinovich sarà processato in questo caso, il 27 febbraio 2024. Il luogo del processo è il Centro di detenzione preventiva n. 1. Non è noto se ciò possa essere dovuto alle condizioni di salute dell'uomo. Il suo caso è stato probabilmente suddiviso in procedimenti separati, ma il processo per gli altri non è ancora stato fissato.
 Dopo il suo arresto, gli agenti delle forze dell'ordine hanno ferito gravemente la schiena di Evgeny, costringendolo a usare le stampelle .
 Il 24 maggio 2024, Evgeniy ha esaminato il suo appello.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.04.2024: 13 anni 6 mesi di reclusione in una colonia del regime generale. Appello 24.05.2024: il verdetto è stato confermato. Appello 16.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-10-10 00:23:21</t>
+  </si>
+  <si>
+    <t>Ivan Petrovich Polevikov</t>
+  </si>
+  <si>
+    <t>22 ottobre 2002</t>
+  </si>
+  <si>
+    <t>First, Ivan was arrested for 15 days , then placed in a pretrial detention facility on a criminal case.</t>
+  </si>
+  <si>
+    <t>2025-03-04 20:10:16</t>
   </si>
   <si>
     <t>Gennady Fedorovich Vasilyuk</t>
   </si>
   <si>
     <t>23 ottobre 1966</t>
   </si>
   <si>
     <t>Il 15 settembre 2023, Gennady Vasilyuk, 57 anni, è stato multato per “aver distribuito materiale estremista”. Abbonamenti a materiali “estremisti” sono stati trovati sulla pagina Odnoklassniki di Gennady. Inoltre, Vasilyuk è stato licenziato dal deposito delle locomotive “previo accordo delle parti”.
 Il 7 dicembre 2023, Gennady è stato arrestato nell'ambito di un procedimento penale per “calunnia nei confronti di Lukashenko” (parte 1 dell'articolo 367 del codice penale) e messo in custodia in un centro di custodia cautelare. Il caso è stato esaminato il 22 e 26 febbraio 2024.
 L'uomo è stato accusato di aver inserito la reazione "di classe" sul social network Odnoklassniki sotto tre video dell'economista Yaroslav Romanchuk l'8, 9 e 17 giugno 2022.
 Gennady ha ammesso la sua colpa e ha detto che nei giorni indicati nel mese di giugno si è recato in un villaggio nel distretto di Zhabinkovsikm, come conferma un estratto dell'operatore di telefonia mobile. L'uomo usa un telefono a pulsanti, quindi nel villaggio non può accedere a Odnoklassniki.
 Il pubblico ministero Yegor Kronda ha ritenuto pienamente provata la colpevolezza di Gennady e ha chiesto per lui un anno e sei mesi di reclusione.
 Gennady è stato condannato per la seconda volta il 16 settembre 2024 per aver partecipato alle proteste. Insieme a lui furono condannati anche sua moglie e altre tre persone. Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “gridava slogan, fischiava, batteva le mani, mostrava tele bianco-rosse-bianche e usciva sulla carreggiata”. In tal modo avrebbero gravemente violato l’ordine pubblico.
 La corte ha condannato Gennady a un anno e mezzo di prigione, ma tenendo conto del precedente mandato (politico) non scontato, la pena finale è stata di soli 2 anni in una colonia del regime generale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.02.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 19.04.2024: il verdetto è stato confermato. Sentenza del tribunale 16.09.2024: 2 anni di reclusione in una colonia del regime generale. Appello 15.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-19 19:05:43</t>
   </si>
   <si>
-    <t>Sergei Mikhailovich Shametko</t>
-[...8 lines deleted...]
-    <t>12 anni in una colonia in condizioni di regime rafforzato</t>
+    <t>Siarhei Mikhajlavich Shametska</t>
+  </si>
+  <si>
+    <t>23 ottobre 1992</t>
+  </si>
+  <si>
+    <t>Sergei, un dipendente della JSC Atlant , è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti della fabbrica che avevano sostenuto lo sciopero e facevano parte dell'iniziativa "Rabochy Rukh" (Movimento dei Lavoratori). Il 21 settembre 2021, questa iniziativa è stata definita un'organizzazione estremista, a seguito della quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Sergei è stato riconosciuto colpevole di tradimento e di creazione e partecipazione a un gruppo estremista e condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 12 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-08-23 00:03:24</t>
   </si>
   <si>
     <t>Mikhail Aleksandrovich Laban</t>
   </si>
   <si>
     <t>23 ottobre 1983</t>
   </si>
   <si>
     <t>Mikhail, il proprietario del laboratorio di gioielli Samorodok, realizzava gioielli per i membri dei club di rievocazione storica e studiava la storia medievale. Nel febbraio 2022 è stato arrestato e successivamente condannato con l'accusa di "calunnia e insulto a Lukashenko" e "insulto a un funzionario governativo".
 Nel maggio 2024 si tenne una nuova udienza in tribunale, a seguito della quale le condizioni di detenzione di Mikhail vennero inasprite, trasferendolo in regime carcerario.
 Nel febbraio 2025 è stato nuovamente condannato ai sensi dell'articolo sul "finanziamento delle attività di un gruppo estremista".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.05.2022: 4 anni di reclusione in una colonia del regime generale, 100 unità di base di multa. Tribunale per il cambio di regime 18.05.2024: regime carcerario fino alla fine della pena. Sentenza del tribunale 12.02.2025: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2022-05-11 01:06:30</t>
   </si>
   <si>
+    <t>Valery Vasilevich Ivchin</t>
+  </si>
+  <si>
+    <t>24 ottobre 1975</t>
+  </si>
+  <si>
+    <t>Secondo il tribunale, Valery è stato condannato per aver partecipato alle marce post-elettorali a Minsk nell'agosto e nel settembre 2020, in particolare per aver "messo piede sulla carreggiata" e "bloccato il traffico".</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.06.2024: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 15.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:32:30</t>
+  </si>
+  <si>
     <t>Maxim Igorevich Mnatsakanov</t>
   </si>
   <si>
     <t>24 ottobre 1988</t>
   </si>
   <si>
     <t>È stato arrestato per commenti sui social network. Maxim ha un figlio di 10 anni che aspetta a casa.
 Il 17 novembre 2023 si è tenuta l'udienza della corte d'appello.</t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2023-02-27 01:16:43</t>
   </si>
   <si>
     <t>Oksana Mikhailovna Shalyapina</t>
   </si>
   <si>
     <t>24 ottobre 1977</t>
   </si>
   <si>
     <t>Laureato presso la Facoltà di Architettura. Artista. Direzione artistica: espressionismo. Tecnica: pittura a impasto. Opere presenti in collezioni private in America, Germania, Kazakistan, Russia, Georgia, Bielorussia, Lussemburgo, Finlandia, Italia e anche nella Galleria Larus (USA). Ha esposto tre mostre personali. Membro dell'Unione degli Artisti "Master-Peacemaker".
 Presumibilmente detenuto per aver aiutato prigionieri politici.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.11.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-07-22 18:12:39</t>
-  </si>
-[...19 lines deleted...]
-    <t>2024-06-10 19:32:30</t>
   </si>
   <si>
     <t>Valery Leonidovich Romanovsky</t>
   </si>
   <si>
     <t>25 ottobre 1978</t>
   </si>
   <si>
     <t>Valery è accusato di tradimento contro lo stato. Nel dicembre 2022, il canale televisivo Belarus 1 ha pubblicato un film sul controspionaggio del KGB, che raccontava di bielorussi e cittadini di altri paesi accusati di lavorare per servizi di intelligence stranieri. Valery Romanovsky è stato chiamato nel film "l'ex capo del servizio di ricognizione aerea". La storia della Bielorussia 1 dice che durante il servizio, un parente lituano ha "portato" il sospetto agli agenti del dipartimento per la sicurezza dello stato del Paese. Per loro, Romanovsky ha fotografato documenti ufficiali e una volta consegnato ai servizi speciali i dati sulla costruzione del BelNPP, dice il film.</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione nella colonia</t>
   </si>
   <si>
     <t>2023-05-05 00:12:29</t>
   </si>
   <si>
     <t>Sergei Anatolievich Shpak</t>
   </si>
   <si>
     <t>25 ottobre 1971</t>
   </si>
   <si>
     <t>Sergei, tenente colonnello in pensione che aveva partecipato a un videomessaggio degli ufficiali di riserva all'esercito bielorusso, è stato arrestato il 16 luglio 2021, in seguito a una perquisizione della sua abitazione.
 Secondo il decreto di Lukashenko, è stato privato del suo grado militare dopo 28 anni di impeccabile servizio nelle Forze Armate. Sergei è padre di quattro figli, due dei quali minorenni.
 Nel dicembre 2021, è stato accusato di aver organizzato, preparato o partecipato attivamente ad azioni che violavano gravemente l'ordine pubblico. Sergei è stato condannato alla libertà limitata senza essere trasferito in un istituto penitenziario e rilasciato in aula.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.12.2021: 3 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 21.10.2025: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2021-07-19 20:11:32</t>
   </si>
   <si>
-    <t>Larisa Arkadyevna Kotovich</t>
-[...11 lines deleted...]
-    <t>2023-12-22 17:34:26</t>
+    <t>Igor Andreevich Fedorenko</t>
+  </si>
+  <si>
+    <t>26 ottobre 1992</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.04.2024: il verdetto è stato confermato. Sentenza del tribunale 03.06.2024: 5 anni 6 mesi di reclusione in una colonia del regime rigoroso. Appello 27.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-01-08 18:58:42</t>
   </si>
   <si>
     <t>Robert Evgenievich Kuznetsov</t>
   </si>
   <si>
     <t>26 ottobre 1983</t>
   </si>
   <si>
     <t>Condannato per aver pubblicato su Internet nel novembre 2021 fotografie “offensive” della bandiera nazionale della Repubblica di Bielorussia e commenti sulla stessa.
 Ha scontato la pena nell'IK-22 e nel dicembre 2023 è stato trasferito nell'IK-2.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.08.2022: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-07-27 15:51:49</t>
+  </si>
+  <si>
+    <t>Anton Nikolaevich Stankevich</t>
+  </si>
+  <si>
+    <t>26 ottobre 1998</t>
+  </si>
+  <si>
+    <t>Detenuto e condannato per aver donato 100 euro.
+Laureato presso la Facoltà di Filologia della BSU. È stato volontario ai II Giochi Europei. Ha lavorato presso Valuta.com, ha trascorso quasi un anno in Georgia lavorando nel supporto da remoto. Poi è tornato in Bielorussia.Si interessa di lingue, ricostruzione storica e musica pesante.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.07.2024: sconosciuto. Appello 20.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-15 12:21:19</t>
+  </si>
+  <si>
+    <t>Larisa Arkadyevna Kotovich</t>
+  </si>
+  <si>
+    <t>26 ottobre 1968</t>
+  </si>
+  <si>
+    <t>Larisa, un'insegnante di inglese, è stata arrestata a fine agosto 2023. Inizialmente è stata condannata in base a un procedimento amministrativo per "distribuzione, produzione e stoccaggio di materiali estremisti", ma in seguito è stato aperto un procedimento penale, in cui è stata condannata per "assistenza ad attività estremiste".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.04.2024: 3 anni di reclusione in una colonia del regime generale. Appello 07.06.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-12-22 17:34:26</t>
   </si>
   <si>
     <t>Vyacheslav Alexandrovich Borodiy</t>
   </si>
   <si>
     <t>26 ottobre 1978</t>
   </si>
   <si>
     <t>Cittadino ucraino.
 I dettagli della persecuzione del ranger ucraino sono diventati noti dal film di propaganda dell'11 settembre 2023, trasmesso contemporaneamente su tutti i canali statali. In esso, Vyacheslav è stato condotto su una catena durante le azioni investigative. Il Comitato per la Sicurezza dello Stato ha riferito di aver arrestato sei persone in Bielorussia con l’accusa di collaborazione con il “Servizio di sicurezza dell’Ucraina” e “preparazione di attacchi terroristici”. Nel video, alcuni di loro sembrano picchiati, altri sono condotti in catene durante le azioni investigative, uno dei detenuti è stato portato in un centro di detenzione preventiva del KGB. Di conseguenza, tre persone sono state immediatamente accusate ai sensi di sei articoli del codice penale, tra cui “tradimento dello Stato” e “attività sotto copertura”.
 Il cacciatore ucraino Vyacheslav Borodiya è stato arrestato il 1 settembre 2023 nel distretto di Elsky in Bielorussia, al confine con la regione di Zhytomyr in Ucraina. È noto che Vyacheslav è nato nella regione di Zhytomyr, ha vissuto per qualche tempo a Mozyr, quindi è tornato in Ucraina e ha lavorato come cacciatore, allevando tre figli. Il film afferma che dopo lo scoppio di una guerra su vasta scala, Borodii avrebbe seguito un addestramento presso il centro di addestramento della direzione principale dell'intelligence del Ministero della difesa dell'Ucraina e che “dal marzo 2023, oltre alla direzione principale dell'intelligence dell'Ucraina Ministero della Difesa, ha anche iniziato a collaborare con il Servizio di Sicurezza dell’Ucraina”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.12.2024: 10 anni di reclusione in una colonia del regime potenziato, 550 unità di base di multa. Appello 25.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:15:03</t>
   </si>
   <si>
-    <t>Anton Nikolaevich Stankevich</t>
-[...26 lines deleted...]
-  <si>
     <t>Dmitry Borisovich Gulin</t>
   </si>
   <si>
     <t>27 ottobre 1969</t>
   </si>
   <si>
     <t>Ex militare, topografo. Presumibilmente detenuto per aver partecipato a chat di protesta. Il film, girato dal canale televisivo filogovernativo, afferma che Dmitry avrebbe girato un video appello alle forze militari e di sicurezza nel 2020 e un anno dopo avrebbe contattato l'organizzazione Busly Lyatsyats. Inoltre, secondo il canale televisivo, quest'anno Gulin ha monitorato le chat di Brest-97, Gomel-97, Kalinkovichi, Luninets e ha lasciato attivamente commenti lì.
 Presumibilmente detenuto nel centro di detenzione preventiva del KGB.</t>
   </si>
   <si>
     <t>14 anni di reclusione in una colonia di massima sicurezza</t>
   </si>
   <si>
     <t>2022-12-26 23:44:28</t>
   </si>
   <si>
+    <t>Alexander Vladimirovich Bigel</t>
+  </si>
+  <si>
+    <t>28 ottobre 1981</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-12-19 22:48:57</t>
+  </si>
+  <si>
     <t>Victor Viktorovich Gladkov</t>
   </si>
   <si>
     <t>28 ottobre 1977</t>
   </si>
   <si>
     <t>2022-04-28 01:02:40</t>
-  </si>
-[...7 lines deleted...]
-    <t>2022-04-28 02:16:41</t>
   </si>
   <si>
     <t>Eduard Aleksandrovich Palchis</t>
   </si>
   <si>
     <t>28 ottobre 1990</t>
   </si>
   <si>
     <t>Noto blogger politico e personaggio pubblico bielorusso, autore del canale Telegram Palchys. È stato l'organizzatore di eventi e concerti "BNR-100", "BNR-101". È stato arrestato il 27 settembre 2020 nell'ambito di un procedimento penale riguardante rivolte di massa.
 Nell'agosto 2022 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.12.2021: 13 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 10.06.2022: circa 575000 rubli di risarcimento. Tribunale per il cambio di regime 11.08.2022: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-25 11:31:09</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Bigel</t>
-[...8 lines deleted...]
-    <t>2025-12-19 22:48:57</t>
+    <t>Vladimir Aleksandrovich Chmurov</t>
+  </si>
+  <si>
+    <t>28 ottobre 1979</t>
+  </si>
+  <si>
+    <t>2022-04-28 02:16:41</t>
   </si>
   <si>
     <t>Artyom Mikhailovich Lapikov</t>
   </si>
   <si>
     <t>28 ottobre 1992</t>
   </si>
   <si>
     <t>Si è saputo che, dopo le elezioni dell'agosto 2020, Lapikov ha pubblicato sulla sua pagina Instagram un post con la fotografia di Alexander Lukashenko in uniforme delle SS (una formazione paramilitare dei nazisti, responsabile, tra l'altro, di crimini contro l'umanità ). La pubblicazione era accompagnata da una poesia, il cui testo è attualmente sconosciuto.
 Il 5 dicembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia a regime generale.</t>
   </si>
   <si>
     <t>2023-09-04 14:12:23</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Gulevich</t>
   </si>
   <si>
     <t>29 ottobre 1987</t>
   </si>
   <si>
     <t>Vadim ha scontato arresti amministrativi nell'agosto e nell'ottobre 2020. Il suo ultimo arresto è avvenuto il 28 giugno 2021, nell'ambito di un procedimento penale relativo a un incidente avvenuto in una struttura di comunicazione della Marina russa vicino a Vileika.
@@ -1250,108 +1293,151 @@
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2022: 18 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-07-20 22:30:23</t>
   </si>
   <si>
     <t>Maxim Sergeevich Fedorovich</t>
   </si>
   <si>
     <t>30 ottobre 1991</t>
   </si>
   <si>
     <t>Maxim è il coordinatore del team di ricerca "Angel ". In precedenza ha lavorato come tecnologo presso Minsk -Kristall , ma ha cambiato completamente vita dopo essersi unito al movimento nel 2017, in seguito all'intensa ricerca di Maxim Markhaliuk a Belovezhskaya Pushcha.
 È stato condannato per nove capi d'imputazione nel "caso Gayun". Ha problemi di salute.
 Al momento dell'arresto, il figlio di Maxim aveva 1 anno e 3 mesi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.10.2025: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 28.11.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-10-07 18:28:18</t>
   </si>
   <si>
+    <t>Vasili Prakopavich Krauchuk</t>
+  </si>
+  <si>
+    <t>30 ottobre 1973</t>
+  </si>
+  <si>
+    <t>Il 20 dicembre 2020, Vasily ha visto un servizio su Telegram su un agente di polizia che urlava contro i bambini di una scuola bielorussa, usando un linguaggio osceno. In risposta, un abitante di Pinsk ha pubblicato una barzelletta nella sezione commenti del canale Telegram "Punisher Belarus", precedentemente trasmesso sul programma KVN (Club of the Funny and Inventive). Era una parafrasi di una famosa canzone per bambini, "Let Them Run Clumsily", dal cartone animato su Cheburashka e il coccodrillo Gena. La versione KVN aveva un ritornello diverso. Il commento recitava: "Lera è una stronza al lavoro, ed è una stronza anche a casa, perché Lera fa sesso solo una volta all'anno".
+Subito dopo il verdetto, Vasily lasciò il Paese. Il 16 ottobre 2025, Vasily fu arrestato a San Pietroburgo. È nella lista dei ricercati internazionali.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.02.2022: 2 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Tribunale per il cambio di regime 17.12.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2022-02-07 22:09:27</t>
+  </si>
+  <si>
+    <t>Dmitry Vladimirovich Barsukov</t>
+  </si>
+  <si>
+    <t>30 ottobre 2002</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.12.2024: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2024-12-16 21:47:47</t>
+  </si>
+  <si>
     <t>Dzmitry Mikhailovich Kovach</t>
   </si>
   <si>
     <t>30 ottobre 1984</t>
   </si>
   <si>
     <t>Nel 2007 si è laureato presso l'Università tecnica nazionale bielorussa.
 Dal 2009, Kovács lavora nel settore turistico. Più recentemente, ha lavorato come addetto ai visti per un'agenzia di viaggi privata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-11-21 13:57:34</t>
+  </si>
+  <si>
+    <t>Valery Viktaravich Khatskevich</t>
+  </si>
+  <si>
+    <t>31 ottobre 1994</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.10.2025: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-13 17:22:56</t>
+  </si>
+  <si>
+    <t>Uladzimir Mikalayevich Mahronau</t>
+  </si>
+  <si>
+    <t>31 ottobre 2001</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2026-03-02 20:14:30</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Zinovenko</t>
+  </si>
+  <si>
+    <t>31 ottobre 1976</t>
+  </si>
+  <si>
+    <t>Vladimir fu inizialmente condannato per violenza domestica, ma dopo qualche tempo il caso fu riaperto in seguito alle proteste del pubblico ministero, l'accusa fu riclassificata come Parte 1 dell'articolo 130 e lui fu condannato a quattro anni di prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.12.2024: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Protesta del pubblico ministero data sconosciuta: 4 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:05:45</t>
   </si>
   <si>
     <t>Alexander Igorevich Randarenko</t>
   </si>
   <si>
     <t>31 ottobre 1986</t>
   </si>
   <si>
     <t>Alexander è finito in tribunale dopo aver partecipato alla chat roulette. Lui e un amico sono diventati interlocutori del provocatore “Conversazioni con Palych” e durante la conversazione, mentre erano ubriachi, hanno parlato degli eventi nel municipio di Crocus, hanno espresso sostegno all'Ucraina e hanno permesso il picchettamento.
 Durante il suo arresto, Alexander è stato duramente picchiato dalle forze di sicurezza. L'uomo è stato condannato per accuse amministrative 5 volte di seguito e probabilmente ha scontato almeno 75 giorni di carcere. Allo stesso tempo, gli sono stati concessi alcuni giorni semplicemente per aver avuto uno stendardo ucraino sul tavolo e aver gridato "Gloria all'Ucraina" durante una trasmissione sulla chat roulette.
 Ma dopo 24 ore non è stato rilasciato. Contro di lui è stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.12.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 28.02.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-12-16 17:40:19</t>
-  </si>
-[...25 lines deleted...]
-    <t>2025-11-13 17:22:56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1655,51 +1741,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I79"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1786,240 +1872,240 @@
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>13</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>69</v>
       </c>
       <c r="I12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
@@ -2027,1882 +2113,2032 @@
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
         <v>74</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="E14" t="s">
         <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
       <c r="I14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
       </c>
       <c r="I15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H16" t="s">
         <v>92</v>
       </c>
       <c r="I16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>94</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
       <c r="C17" t="s">
         <v>96</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
+        <v>31</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" t="s">
         <v>97</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
         <v>100</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" t="s">
         <v>102</v>
       </c>
-      <c r="F18" t="s">
-[...5 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>106</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" t="s">
         <v>107</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>109</v>
+      </c>
+      <c r="B20" t="s">
         <v>110</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>111</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
         <v>112</v>
       </c>
       <c r="I20" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>114</v>
       </c>
       <c r="B21" t="s">
         <v>115</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" t="s">
         <v>116</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
         <v>119</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>120</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" t="s">
         <v>121</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>123</v>
+      </c>
+      <c r="B23" t="s">
         <v>124</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>125</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>126</v>
       </c>
-      <c r="D23" t="s">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" t="s">
         <v>127</v>
       </c>
-      <c r="F23" t="s">
-[...5 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>129</v>
+      </c>
+      <c r="B24" t="s">
         <v>130</v>
       </c>
-      <c r="B24" t="s">
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>91</v>
+      </c>
+      <c r="H24" t="s">
         <v>131</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>132</v>
-      </c>
-[...16 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B25" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" t="s">
         <v>135</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>25</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" t="s">
         <v>136</v>
       </c>
-      <c r="C25" t="s">
+      <c r="I25" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>138</v>
+      </c>
+      <c r="B26" t="s">
+        <v>139</v>
+      </c>
+      <c r="C26" t="s">
         <v>140</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I26" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>143</v>
       </c>
       <c r="B27" t="s">
         <v>144</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" t="s">
+        <v>80</v>
+      </c>
+      <c r="I27" t="s">
         <v>145</v>
-      </c>
-[...16 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
         <v>148</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" t="s">
         <v>149</v>
       </c>
-      <c r="C28" t="s">
+      <c r="I28" t="s">
         <v>150</v>
-      </c>
-[...16 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B29" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" t="s">
         <v>153</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>47</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" t="s">
         <v>154</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>155</v>
-      </c>
-[...16 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>156</v>
+      </c>
+      <c r="B30" t="s">
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
         <v>158</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="I30" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>161</v>
+      </c>
+      <c r="B31" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
         <v>163</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" t="s">
         <v>164</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>165</v>
-      </c>
-[...16 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>166</v>
+      </c>
+      <c r="B32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" t="s">
         <v>168</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>47</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" t="s">
         <v>169</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>171</v>
+      </c>
+      <c r="B33" t="s">
+        <v>172</v>
+      </c>
+      <c r="C33" t="s">
         <v>173</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>120</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" t="s">
         <v>174</v>
       </c>
-      <c r="C33" t="s">
+      <c r="I33" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>176</v>
+      </c>
+      <c r="B34" t="s">
+        <v>177</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>178</v>
+      </c>
+      <c r="F34" t="s">
         <v>179</v>
       </c>
-      <c r="B34" t="s">
+      <c r="G34" t="s">
+        <v>91</v>
+      </c>
+      <c r="H34" t="s">
         <v>180</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>181</v>
-      </c>
-[...16 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>182</v>
+      </c>
+      <c r="B35" t="s">
+        <v>183</v>
+      </c>
+      <c r="C35" t="s">
+        <v>184</v>
+      </c>
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
         <v>185</v>
       </c>
-      <c r="B35" t="s">
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" t="s">
         <v>186</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>188</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
         <v>190</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>126</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" t="s">
         <v>191</v>
       </c>
-      <c r="C36" t="s">
+      <c r="I36" t="s">
         <v>192</v>
-      </c>
-[...16 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>193</v>
+      </c>
+      <c r="B37" t="s">
+        <v>194</v>
+      </c>
+      <c r="C37" t="s">
         <v>195</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>85</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" t="s">
         <v>196</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>198</v>
+      </c>
+      <c r="B38" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" t="s">
         <v>200</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>201</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" t="s">
         <v>202</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>204</v>
+      </c>
+      <c r="B39" t="s">
         <v>205</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>206</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" t="s">
         <v>207</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>209</v>
+      </c>
+      <c r="B40" t="s">
         <v>210</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>211</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>64</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>213</v>
+      </c>
+      <c r="B41" t="s">
         <v>214</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>215</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>13</v>
       </c>
       <c r="H41" t="s">
         <v>217</v>
       </c>
       <c r="I41" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>219</v>
       </c>
       <c r="B42" t="s">
         <v>220</v>
       </c>
       <c r="C42" t="s">
         <v>221</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
+        <v>25</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" t="s">
         <v>222</v>
       </c>
-      <c r="F42" t="s">
-[...5 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>224</v>
+      </c>
+      <c r="B43" t="s">
         <v>225</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>226</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>47</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" t="s">
         <v>227</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>229</v>
+      </c>
+      <c r="B44" t="s">
         <v>230</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>231</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" t="s">
+        <v>79</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" t="s">
         <v>232</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>236</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
+      <c r="E45" t="s">
+        <v>237</v>
+      </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="H46" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C47" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>13</v>
       </c>
       <c r="H47" t="s">
         <v>248</v>
       </c>
       <c r="I47" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>250</v>
       </c>
       <c r="B48" t="s">
         <v>251</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" t="s">
+        <v>131</v>
+      </c>
+      <c r="I48" t="s">
         <v>252</v>
-      </c>
-[...16 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>253</v>
+      </c>
+      <c r="B49" t="s">
+        <v>254</v>
+      </c>
+      <c r="C49" t="s">
         <v>255</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
         <v>256</v>
       </c>
-      <c r="C49" t="s">
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" t="s">
         <v>257</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
         <v>260</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>261</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>37</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>91</v>
+      </c>
+      <c r="H50" t="s">
         <v>262</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>264</v>
+      </c>
+      <c r="B51" t="s">
         <v>265</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>266</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>237</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>91</v>
+      </c>
+      <c r="H51" t="s">
         <v>267</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="I51" t="s">
         <v>268</v>
-      </c>
-[...10 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>269</v>
+      </c>
+      <c r="B52" t="s">
+        <v>270</v>
+      </c>
+      <c r="C52" t="s">
         <v>271</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>120</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" t="s">
         <v>272</v>
       </c>
-      <c r="C52" t="s">
+      <c r="I52" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>274</v>
+      </c>
+      <c r="B53" t="s">
+        <v>275</v>
+      </c>
+      <c r="C53" t="s">
         <v>276</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>53</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" t="s">
         <v>277</v>
       </c>
-      <c r="C53" t="s">
+      <c r="I53" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>279</v>
+      </c>
+      <c r="B54" t="s">
         <v>280</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>281</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>25</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" t="s">
         <v>282</v>
       </c>
-      <c r="D54" t="s">
-[...11 lines deleted...]
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>284</v>
+      </c>
+      <c r="B55" t="s">
         <v>285</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>286</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
         <v>13</v>
       </c>
       <c r="H55" t="s">
         <v>288</v>
       </c>
       <c r="I55" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>290</v>
       </c>
       <c r="B56" t="s">
         <v>291</v>
       </c>
       <c r="C56" t="s">
         <v>292</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" t="s">
         <v>13</v>
       </c>
       <c r="H56" t="s">
         <v>293</v>
       </c>
       <c r="I56" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>295</v>
       </c>
       <c r="B57" t="s">
         <v>296</v>
       </c>
       <c r="C57" t="s">
         <v>297</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
         <v>13</v>
       </c>
       <c r="H57" t="s">
+        <v>131</v>
+      </c>
+      <c r="I57" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>299</v>
+      </c>
+      <c r="B58" t="s">
         <v>300</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>301</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" t="s">
         <v>302</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>306</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" t="s">
         <v>307</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
         <v>310</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>311</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>216</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" t="s">
         <v>312</v>
       </c>
-      <c r="D60" t="s">
-[...2 lines deleted...]
-      <c r="E60" t="s">
+      <c r="I60" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>314</v>
+      </c>
+      <c r="B61" t="s">
+        <v>315</v>
+      </c>
+      <c r="C61" t="s">
+        <v>316</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
         <v>317</v>
       </c>
-      <c r="B61" t="s">
+      <c r="F61" t="s">
+        <v>179</v>
+      </c>
+      <c r="G61" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" t="s">
         <v>318</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>319</v>
-      </c>
-[...13 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>320</v>
+      </c>
+      <c r="B62" t="s">
+        <v>321</v>
+      </c>
+      <c r="C62" t="s">
         <v>322</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>53</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" t="s">
         <v>323</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>325</v>
+      </c>
+      <c r="B63" t="s">
+        <v>326</v>
+      </c>
+      <c r="C63" t="s">
         <v>327</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>63</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" t="s">
         <v>328</v>
       </c>
-      <c r="C63" t="s">
+      <c r="I63" t="s">
         <v>329</v>
-      </c>
-[...16 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>330</v>
+      </c>
+      <c r="B64" t="s">
+        <v>331</v>
+      </c>
+      <c r="C64" t="s">
         <v>332</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" t="s">
         <v>333</v>
       </c>
-      <c r="C64" t="s">
+      <c r="I64" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>335</v>
+      </c>
+      <c r="B65" t="s">
+        <v>336</v>
+      </c>
+      <c r="C65" t="s">
         <v>337</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>126</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" t="s">
         <v>338</v>
       </c>
-      <c r="C65" t="s">
+      <c r="I65" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>340</v>
+      </c>
+      <c r="B66" t="s">
+        <v>341</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>237</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" t="s">
         <v>342</v>
       </c>
-      <c r="B66" t="s">
+      <c r="I66" t="s">
         <v>343</v>
-      </c>
-[...19 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>344</v>
+      </c>
+      <c r="B67" t="s">
+        <v>345</v>
+      </c>
+      <c r="C67" t="s">
+        <v>346</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>47</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" t="s">
         <v>347</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>348</v>
-      </c>
-[...16 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>349</v>
+      </c>
+      <c r="B68" t="s">
+        <v>350</v>
+      </c>
+      <c r="C68" t="s">
         <v>351</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>37</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" t="s">
         <v>352</v>
       </c>
-      <c r="C68" t="s">
+      <c r="I68" t="s">
         <v>353</v>
-      </c>
-[...16 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>354</v>
+      </c>
+      <c r="B69" t="s">
+        <v>355</v>
+      </c>
+      <c r="C69" t="s">
         <v>356</v>
       </c>
-      <c r="B69" t="s">
+      <c r="D69" t="s">
+        <v>63</v>
+      </c>
+      <c r="E69" t="s">
+        <v>79</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" t="s">
         <v>357</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
       <c r="I69" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>359</v>
       </c>
       <c r="B70" t="s">
         <v>360</v>
       </c>
+      <c r="C70" t="s">
+        <v>361</v>
+      </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
+      <c r="E70" t="s">
+        <v>120</v>
+      </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
         <v>13</v>
       </c>
       <c r="H70" t="s">
-        <v>161</v>
+        <v>362</v>
       </c>
       <c r="I70" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B71" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C71" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
         <v>13</v>
       </c>
       <c r="H71" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="I71" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B72" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
         <v>13</v>
       </c>
       <c r="H72" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I72" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B73" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="H73" t="s">
-        <v>374</v>
+        <v>159</v>
       </c>
       <c r="I73" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>376</v>
       </c>
       <c r="B74" t="s">
         <v>377</v>
       </c>
       <c r="C74" t="s">
         <v>378</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>127</v>
+        <v>25</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
         <v>13</v>
       </c>
       <c r="H74" t="s">
         <v>379</v>
       </c>
       <c r="I74" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>381</v>
       </c>
       <c r="B75" t="s">
         <v>382</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" t="s">
+        <v>159</v>
+      </c>
+      <c r="I75" t="s">
         <v>383</v>
-      </c>
-[...16 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>384</v>
+      </c>
+      <c r="B76" t="s">
+        <v>385</v>
+      </c>
+      <c r="C76" t="s">
         <v>386</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" t="s">
         <v>387</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>388</v>
-      </c>
-[...16 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>389</v>
+      </c>
+      <c r="B77" t="s">
+        <v>390</v>
+      </c>
+      <c r="C77" t="s">
         <v>391</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>126</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" t="s">
         <v>392</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>394</v>
+      </c>
+      <c r="B78" t="s">
+        <v>395</v>
+      </c>
+      <c r="C78" t="s">
         <v>396</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>126</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" t="s">
         <v>397</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>398</v>
-      </c>
-[...16 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>399</v>
+      </c>
+      <c r="B79" t="s">
+        <v>400</v>
+      </c>
+      <c r="C79" t="s">
         <v>401</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" t="s">
         <v>402</v>
       </c>
-      <c r="D79" t="s">
-[...11 lines deleted...]
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>403</v>
       </c>
-      <c r="I79" t="s">
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
         <v>404</v>
+      </c>
+      <c r="B80" t="s">
+        <v>405</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>406</v>
+      </c>
+      <c r="F80" t="s">
+        <v>179</v>
+      </c>
+      <c r="G80" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" t="s">
+        <v>407</v>
+      </c>
+      <c r="I80" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>409</v>
+      </c>
+      <c r="B81" t="s">
+        <v>410</v>
+      </c>
+      <c r="C81" t="s">
+        <v>411</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>317</v>
+      </c>
+      <c r="F81" t="s">
+        <v>179</v>
+      </c>
+      <c r="G81" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" t="s">
+        <v>412</v>
+      </c>
+      <c r="I81" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>414</v>
+      </c>
+      <c r="B82" t="s">
+        <v>415</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>13</v>
+      </c>
+      <c r="H82" t="s">
+        <v>416</v>
+      </c>
+      <c r="I82" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>418</v>
+      </c>
+      <c r="B83" t="s">
+        <v>419</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
+        <v>13</v>
+      </c>
+      <c r="H83" t="s">
+        <v>420</v>
+      </c>
+      <c r="I83" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>422</v>
+      </c>
+      <c r="B84" t="s">
+        <v>423</v>
+      </c>
+      <c r="C84" t="s">
+        <v>424</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>25</v>
+      </c>
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
+        <v>13</v>
+      </c>
+      <c r="H84" t="s">
+        <v>425</v>
+      </c>
+      <c r="I84" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>427</v>
+      </c>
+      <c r="B85" t="s">
+        <v>428</v>
+      </c>
+      <c r="C85" t="s">
+        <v>429</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" t="s">
+        <v>13</v>
+      </c>
+      <c r="H85" t="s">
+        <v>430</v>
+      </c>
+      <c r="I85" t="s">
+        <v>431</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">