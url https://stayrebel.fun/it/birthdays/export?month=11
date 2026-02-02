--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -87,625 +87,537 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
   </si>
   <si>
     <t>2 novembre 1993</t>
   </si>
   <si>
     <t>Ekaterina, giornalista del canale televisivo Belsat, ha riferito in diretta dal cortile della Piazza dei Cambiamenti, dove manifestanti pacifici si sono riuniti per una manifestazione di protesta che ha avuto luogo a Minsk il 15 novembre 2020 con lo slogan "Sto uscendo". Queste sono state le ultime parole di Roman Bondarenko, ucciso dalle forze di sicurezza, e i presenti sono accorsi per onorare la sua memoria. Ekaterina è stata arrestata insieme alla sua collega Daria Chultsova durante una dura repressione della protesta e successivamente condannata per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico".
 Nell'aprile 2022 è stato aperto un nuovo procedimento penale contro Ekaterina, e già nel luglio dello stesso anno è stata nuovamente condannata, accusata di “tradimento” e condannata a otto anni di carcere tre mesi prima della fine della prima sentenza.</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.02.2021: 2 anni di reclusione in una colonia del regime generale. Appello 23.04.2021: il verdetto è stato confermato. Sentenza del tribunale 13.07.2022: 8 anni di reclusione in una colonia del regime potenziato. Appello 20.09.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
-    <t>Tatiana Alexandrovna Shimko</t>
-[...8 lines deleted...]
-    <t>2024-11-11 21:48:21</t>
+    <t>Vadim Vladimirovich Saskovets</t>
+  </si>
+  <si>
+    <t>3 novembre 1986</t>
+  </si>
+  <si>
+    <t>Il 30 giugno 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
+  </si>
+  <si>
+    <t>2023-04-24 21:53:59</t>
+  </si>
+  <si>
+    <t>Andrey Valerievich Fomin</t>
+  </si>
+  <si>
+    <t>3 novembre 1993</t>
+  </si>
+  <si>
+    <t>Andrei Fomin ha 29 anni, è di Mogilev, ma viveva a Minsk. Il ragazzo si è laureato all'Accademia delle arti statale bielorussa. In un video penitenziale, afferma di essere stato un editore e autore di articoli per la rete di giornali Vestniki. Secondo le informazioni degli attivisti dell'iniziativa ByProsvet, Andrei non aveva accesso agli account dei giornali e non conosceva chi li distribuiva in Bielorussia.
+Di conseguenza, il ragazzo è stato accusato di aver partecipato alla marcia del 30 agosto 2020 e trasferito a SIZO-1. Andrey fondamentalmente non voleva lasciare il suo paese, sta scrivendo un libro, sei gatti lo stanno aspettando a casa.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-10-27 23:30:20</t>
   </si>
   <si>
     <t>Eugene Aleksandrovich Tikhonov</t>
   </si>
   <si>
     <t>3 novembre 1982</t>
   </si>
   <si>
     <t>Evgeniy ha 40 anni, si è laureato all'Accademia del Ministero degli affari interni più di 15 anni fa ed è riuscito a lavorare come agente di polizia distrettuale, ma ha lasciato di sua spontanea volontà. Successivamente Alexey è passato all'IT. Successivamente visse per qualche tempo in Europa, in Italia. È stato arrestato mentre cercava di entrare in Bielorussia: l'uomo voleva venire al compleanno di sua madre e rilasciare una procura. Secondo quanto riferito, è stato aperto un procedimento penale contro Yevgeny Tikhonov per commenti in un telegramma sulle forze di sicurezza e Lukashenko in tre articoli.
 Il 28 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>sconosciuto</t>
   </si>
   <si>
     <t>2023-05-24 01:03:59</t>
   </si>
   <si>
-    <t>Vadim Vladimirovich Saskovets</t>
-[...67 lines deleted...]
-  <si>
     <t>Alexander Ivanovich Piskunov</t>
   </si>
   <si>
     <t>4 novembre 1980</t>
   </si>
   <si>
     <t>Il 26 gennaio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.01.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-11-13 21:12:53</t>
-  </si>
-[...18 lines deleted...]
-    <t>2023-11-21 13:11:16</t>
   </si>
   <si>
     <t>Denis Aleksandrovich Kravchuk</t>
   </si>
   <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.05.2024: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2024-05-27 18:26:45</t>
   </si>
   <si>
     <t>Olga Igorevna Britikova</t>
   </si>
   <si>
     <t>4 novembre 1971</t>
   </si>
   <si>
     <t>Leader del sindacato indipendente "Naftan". Olga ha lavorato in azienda per 16 anni ed è stata licenziata a causa della sua posizione. Nel maggio 2022 è stata rilasciata dopo 75 giorni di arresto per aver parlato contro la guerra. È stata nuovamente detenuta il 1° novembre sotto accuse amministrative.
 Due giorni dopo, il tribunale l'ha ritenuta colpevole di distribuzione di “materiale estremista” e l'ha condannata a 15 giorni di arresto. L’11 novembre è stata nuovamente condannata a 15 giorni per “picchettaggio non autorizzato”. Il motivo dell'indagine è stato un disegno con la scritta “No alla guerra”, che Olga ha pubblicato sui social network. Il 21 novembre 2022 si è saputo che Olga era stata trasferita in un centro di custodia cautelare a Vitebsk.
 In meno del 2022, Britikova ha trascorso 105 giorni dietro le sbarre, di cui 75 consecutivi in primavera.
 È stata nuovamente detenuta ai sensi dell'articolo 361 parte 2 del codice penale della Repubblica di Bielorussia nell'agosto 2023. Tuttavia, nella primavera del 2024, Olga è stata processata ai sensi dell'articolo 130 del codice penale della Repubblica di Bielorussia.
 L'11 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.
 Il 20 agosto 2024 si è svolto un altro processo a porte chiuse contro Olga. Evgeniy Burunov è stato incaricato di esaminare il suo caso presso il tribunale regionale di Vitebsk. Il prigioniero politico è accusato di tre capi d'imputazione. È noto che Olga ha ricevuto altri tre anni di prigione.
 Il 20 dicembre 2024 il ricorso è stato esaminato in Corte Suprema. Presidente del Collegio giudiziario Vladimir Davydov. Secondo la decisione del consiglio, la durata della seconda condanna di Olga è stata ridotta di 1 anno. Pertanto, la durata totale di un prigioniero politico è di 5 anni di reclusione in una colonia del regime generale. All'inizio di gennaio 2025, Olga si trovava in un centro di custodia cautelare, ma alla fine del mese è stata trasferita nella colonia correzionale n. 4.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.04.2024: 3 anni di reclusione in una colonia del regime generale. Appello 11.06.2024: sconosciuto. Sentenza del tribunale 20.08.2024: 3 anni di reclusione in una colonia del regime generale. Appello 20.12.2024: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
     <t>Alexey Gennadievich Mayevsky</t>
   </si>
   <si>
     <t>4 novembre 1981</t>
   </si>
   <si>
     <t>La sentenza del tribunale regionale di Grodno è entrata in vigore.</t>
   </si>
   <si>
     <t>2022-05-24 15:05:54</t>
   </si>
   <si>
+    <t>Peter Nikolaevich Yarmoshuk</t>
+  </si>
+  <si>
+    <t>4 novembre 1987</t>
+  </si>
+  <si>
+    <t>Yarmoshuk è stato arrestato per la prima volta in questo caso il 23 marzo 2023 ed è stato trattenuto per tre giorni. Poi lo hanno rilasciato, ma l'11 giugno 2023 lo hanno nuovamente arrestato e preso in custodia.
+Secondo l'accusa, il 1 marzo 2022, Yarmoshuk ha scaricato diversi file dal sito web ItArmy of Ukraine che consentono attacchi DDoS. Poi ha lanciato il programma sul suo computer “almeno 8 volte”, che “ha rotto il sistema di protezione contro gli attacchi DDoS” e “il funzionamento delle risorse Internet non identificate della Federazione Russa è stato interrotto”. Pertanto, secondo l’accusa di stato, Yarmoshuk “ha utilizzato programmi dannosi e potenzialmente pericolosi”. Sempre il 19 agosto 2020, Yarmoshuk ha trasferito circa 60 dollari all'iniziativa BySOL tramite Facebook. 7 mesi dopo (12 marzo 2021), le autorità bielorusse hanno riconosciuto la Fondazione BySOL come una “formazione estremista”. Il fatto che al momento del trasferimento di denaro BySOL non fosse una “formazione estremista” non preoccupa la Procura di Stato.
+Il 12 gennaio 2024 si è tenuta in tribunale un'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>4 anni di reclusione in una colonia a regime generale.</t>
+  </si>
+  <si>
+    <t>2023-11-21 13:11:16</t>
+  </si>
+  <si>
     <t>Anton Mikhailovich Bykovsky</t>
   </si>
   <si>
     <t>Anton è stato arrestato, picchiato duramente e successivamente condannato per aver danneggiato l’auto della moglie di un poliziotto a Novaya Borovaya.
 Sua moglie e i suoi figli sono riusciti a lasciare la Bielorussia.</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1845 rubli di risarcimento.</t>
   </si>
   <si>
     <t>2021-02-28 00:34:11</t>
   </si>
   <si>
     <t>Valentin Vyacheslavovich Samosyuk</t>
   </si>
   <si>
     <t>5 novembre 1992</t>
   </si>
   <si>
     <t>Secondo i canali filogovernativi, è stato arrestato per aver scattato una foto del trasporto ferroviario. In precedenza, era stato arrestato ai sensi di un articolo amministrativo. Cittadino della Moldavia.</t>
   </si>
   <si>
     <t>2022-04-08 19:08:45</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Burdenya</t>
   </si>
   <si>
     <t>5 novembre 1981</t>
   </si>
   <si>
     <t>La data prevista per la detenzione di Andrey è il 20 settembre 2023. In questo giorno è apparso un video di “pentimento”, in cui un uomo afferma di aver scritto commenti negativi su Lukashenko, funzionari, agenti di polizia, militari russi e ha anche minacciato persone che sostengono l'attuale governo.
 Andrei Burdenya, 44 anni, è stato arrestato per commenti nelle chat di Telegram, di cui ha lasciato più di trecento. Andrey ha studiato alla scuola n. 6 e poi ha prestato servizio nell'esercito. È noto che ora non lavora temporaneamente, ma in precedenza ha lavorato per qualche tempo nel campo IT, e anche prima era impegnato nella produzione di mobili da cucina e aveva il proprio imprenditore individuale</t>
   </si>
   <si>
-    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
-[...2 lines deleted...]
-    <t>Sentenza del tribunale 08.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
   </si>
   <si>
     <t>Mikhail Alexandrovich Fando</t>
   </si>
   <si>
     <t>5 novembre 1988</t>
   </si>
   <si>
     <t>Mikhail è di Borisov. ma viveva a Minsk. Ha studiato alla BSU per diventare manager. È noto che Mikhail giocava a poker con il soprannome di Rattly. Si è distinto per la sua partecipazione a numerosi campionati. Tra questi c'è il campionato bielorusso.
 Il processo contro Mikhail è iniziato il 17 ottobre presso il tribunale della città di Minsk. Le accuse contro di lui probabilmente sono sorte a causa del sostegno dell'Ucraina. È accusato della parte 2 dell'art. 361-3 del codice penale (Aiuti o altro sostegno materiale per la guerra). La sanzione dell'articolo prevede la reclusione da cinque a dieci anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.10.2024: 5 anni di reclusione in una colonia del regime generale. Appello 14.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-25 19:38:56</t>
   </si>
   <si>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 novembre 1970</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
+  </si>
+  <si>
     <t>Michael Leonidovich Galinsky</t>
   </si>
   <si>
     <t>5 novembre 1965</t>
   </si>
   <si>
     <t>L'allenatore 59enne è stato arrestato nel giugno 2024. In primo luogo, è stato processato in un procedimento amministrativo per "disobbedienza agli agenti di polizia", e poi è stato aperto un procedimento penale ai sensi della Parte 1 dell'articolo 361-3 del Codice penale della Repubblica di Bielorussia. Secondo questa parte dell'articolo, possono essere giudicati coloro che hanno preso parte alle ostilità in Ucraina, ma di solito vengono giudicati coloro che intendevano unirsi alle forze armate ucraine .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.12.2024: 2 anni di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-22 00:24:14</t>
   </si>
   <si>
     <t>Maksim Vladimirovich Khvaschinsky</t>
   </si>
   <si>
     <t>6 novembre 1995</t>
   </si>
   <si>
     <t>Un residente di Bobruisk è stato arrestato il 26 febbraio 2024, il giorno dopo il ritorno dalla Polonia.
 In primo luogo, è stato condannato ai sensi dell'articolo amministrativo 19.11 (distribuzione di materiale estremista), quindi è stato aperto un procedimento penale ai sensi dell'articolo 361-1 del Codice penale della Repubblica di Bielorussia (creazione di un gruppo estremista). Maxim sarebbe considerato coinvolto nella creazione del gruppo estremista “Bobruisk 375”.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.09.2024: 7 anni di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Marina Vasilievna Zolotova</t>
-[...15 lines deleted...]
-    <t>2021-05-21 18:29:20</t>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 novembre 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
   </si>
   <si>
     <t>Oksana Viktorovna Molochko</t>
   </si>
   <si>
     <t>7 novembre 1978</t>
   </si>
   <si>
-    <t>Il 27 novembre 2023, Oksana è stata portata alla responsabilità amministrativa ai sensi della Parte 2 dell'Art. 19.11 Codice degli illeciti amministrativi. Successivamente è stata rinchiusa nel centro di custodia cautelare n. 7.
-Nell'estate del 2024, i coniugi sono stati condannati per "tradimento" (parte 1 dell'articolo 356 del codice penale). Dmitry è stato condannato a dodici anni di prigione e Oksana a otto anni. La natura delle accuse è sconosciuta.</t>
+    <t>Il 27 novembre 2023, Oksana è stata accusata di illeciti amministrativi ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi. Successivamente è stata trasferita nel Centro di detenzione preventiva n. 7.
+Nell'estate del 2024, la coppia fu condannata per "tradimento" (Parte 1 dell'articolo 356 del Codice penale). Furono condannati a 12 e 8 anni di carcere per "tradimento", ma in realtà per aver fotografato un treno con equipaggiamento militare sul binario senza alcun intento di spionaggio.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 8 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
-    <t>Igor Ivanovich Satsyuk</t>
-[...12 lines deleted...]
-    <t>2023-07-24 21:29:58</t>
+    <t>Anton Olegovich Ogiy</t>
+  </si>
+  <si>
+    <t>8 novembre 1985</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.12.2022: 4 anni di reclusione in una colonia del regime generale. Appello 07.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Afanasiy Nikolaevich Afanasenkov</t>
   </si>
   <si>
     <t>8 novembre 1989</t>
   </si>
   <si>
     <t>Il 23 agosto 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.06.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 23.08.2023: sconosciuto. Sentenza del tribunale 11.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
-  </si>
-[...10 lines deleted...]
-    <t>2022-08-22 16:16:34</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Zubryakov</t>
   </si>
   <si>
     <t>9 novembre 1990</t>
   </si>
   <si>
     <t>Artem Zubryakov è un dipendente di Belagro che è stato arrestato alla fine di settembre 2022 insieme ai suoi colleghi. È stato riferito che in quattro di essi sono stati aperti procedimenti penali e ne sono stati arrestati circa 20. Fonti filogovernative hanno scritto che i dipendenti dell'impresa hanno protestato attivamente dal 2020.
 Durante una perquisizione nell'autunno del 2022, da loro sono stati recuperati accessori e mobili nei colori bianco e bianco.
 Artem Zubryakov ha notato di essere stato arrestato per essersi iscritto a canali di telegrammi "vietati" e aver inviato materiale "estremista".
 Il processo si è svolto a porte chiuse.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.01.2023: 5 anni di reclusione in una colonia del regime generale. Appello 04.04.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Victor Dmitrievich Babariko</t>
-[...16 lines deleted...]
-  <si>
     <t>Natalia Georgievna Doronina</t>
   </si>
   <si>
     <t>10 novembre 1973</t>
   </si>
   <si>
     <t>Natalia ha problemi alle gambe. Le norme del carcere preventivo le proibiscono di sdraiarsi durante il giorno, quindi soffre di un forte gonfiore.</t>
   </si>
   <si>
-    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-20 22:34:02</t>
-  </si>
-[...30 lines deleted...]
-    <t>2024-08-28 13:15:47</t>
   </si>
   <si>
     <t>Eugene Vitalievich Boyko</t>
   </si>
   <si>
     <t>10 novembre 1987</t>
   </si>
   <si>
     <t>Evgeniy è un ex responsabile IT di Mogilev. Dopo le elezioni del 2006 e diversi anni di attivismo politico, è stato espulso dal dipartimento di storia dell'Università di Mogilev. Si è laureato presso il dipartimento di storia di Poznan e ha lavorato come manager presso un'azienda IT, fornitrice di prodotti lattiero-caseari. Nel 2013, Evgeniy è tornato in Bielorussia, si è sposato subito e ha iniziato a lavorare. Mentre in precedenza si era concentrato principalmente su attività pubbliche e accademiche (nella società etnografica studentesca e nell'archivio di storia orale), ora si è dedicato al mondo degli affari.
 E dall'inizio del 2017 ha intrapreso una nuova attività: su richiesta dei clienti, registra interviste con i nonni del loro villaggio e monta documentari.
 È accusato di aver favorito attività estremiste.
 Evgeniya ha una moglie e due bambini piccoli che la aspettano a casa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.06.2025: 5 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 11.09.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
-    <t>Christina Alexandrovna Lapkovskaya</t>
-[...11 lines deleted...]
-    <t>2025-05-26 11:51:54</t>
+    <t>Alexander Ivanovich Malkov</t>
+  </si>
+  <si>
+    <t>10 novembre 1969</t>
+  </si>
+  <si>
+    <t>Condannato per una protesta avvenuta dal 10 all'11 agosto 2020 a Bereza.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 28.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 18.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-28 13:15:47</t>
+  </si>
+  <si>
+    <t>Violetta Gennadievna Verbitskaya</t>
+  </si>
+  <si>
+    <t>10 novembre 2001</t>
+  </si>
+  <si>
+    <t>Violeta si è diplomata a Minsk ed è entrata all'Accademia delle Arti di Varsavia. La ragazza è interessata alla fotografia e ama viaggiare.
+Tre anni fa si è sposata e ha cambiato cognome. La coppia è diventata famosa perché il ragazzo, l'ex calciatore Fedor Verbitsky, ha chiesto alla ragazza di sposarlo proprio allo stadio dopo la fine della partita.
+L'avvio del procedimento penale è stato innescato da un video realizzato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Padre Gennady ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati consultati online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha ideato il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso in video i suoi desideri per il futuro del Paese e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.11.2024: 4 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-01 18:10:18</t>
   </si>
   <si>
     <t>Lyubov Alexandrovna Rezanovich</t>
   </si>
   <si>
     <t>11 novembre 1964</t>
   </si>
   <si>
     <t>Lyubov, la moglie di un prete ortodosso, è stata arrestata il 1° dicembre 2020 insieme al marito e al figlio nell’ambito del criminale “caso Autukhovich”. Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Secondo le indagini, ha aiutato Autukhovich a raccogliere informazioni sulle forze dell'ordine e ha fornito alloggi dove i partecipanti al "caso" tenevano le armi. Lyubov è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo”, “tentato sequestro del potere” e “azioni illegali riguardanti le armi da fuoco”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 15 anni di reclusione in una colonia del regime generale, 600 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:12</t>
   </si>
   <si>
     <t>Stanislav Alexandrovich Pugachiov</t>
   </si>
   <si>
     <t>11 novembre 1992</t>
   </si>
   <si>
     <t>Prima degli eventi del 2020, ha lavorato come investigatore a Minsk. Le sessioni giudiziarie si sono svolte a porte chiuse.</t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
-    <t>Artyom Mikhailovich Kolosov</t>
-[...26 lines deleted...]
-    <t>2023-10-09 23:58:50</t>
+    <t>Andrey Viktorovich Valakhanovich</t>
+  </si>
+  <si>
+    <t>12 novembre 1989</t>
+  </si>
+  <si>
+    <t>È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.07.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-29 19:28:55</t>
   </si>
   <si>
     <t>Andrey Viktorovich Shklyar</t>
   </si>
   <si>
     <t>12 novembre 1984</t>
   </si>
   <si>
     <t>Ha lavorato come ispettore del sistema penitenziario del Dipartimento degli affari interni del distretto di Oktyabrsky a Grodno, poco prima del suo arresto ha presentato una lettera di dimissioni per disaccordo sul funzionamento del sistema. Detenuto ai sensi dell'articolo: "Tradimento allo stato".</t>
   </si>
   <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
     <t>10 anni di carcere in una colonia.</t>
   </si>
   <si>
     <t>2022-04-27 00:34:48</t>
   </si>
   <si>
     <t>Dmitry Grigorievich Rezanovich</t>
-  </si>
-[...1 lines deleted...]
-    <t>12 novembre 1989</t>
   </si>
   <si>
     <t>Un attivista del movimento anarchico è stato arrestato nella notte tra il 28 e il 29 ottobre 2020 mentre attraversava il confine con la Bielorussia insieme al gruppo partigiano Black Banner. È stato accusato di aver appiccato il fuoco alle auto dei funzionari, nonché al dipartimento di polizia stradale e alla commissione statale per l'esame forense.
 Nell’aprile 2024, Dmitry è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”. Secondo questo articolo, i prigionieri che rifiutano di collaborare con l'amministrazione vengono processati per violazioni fittizie. Di conseguenza, alla sua condanna a 19 anni si sono aggiunti altri 9 mesi di reclusione.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2021: 19 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 26.04.2024: 9 mesi di reclusione in una colonia del regime potenziato. Appello 28.06.2024: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:39:13</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Valakhanovich</t>
-[...8 lines deleted...]
-    <t>2024-05-29 19:28:55</t>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 novembre 1981</t>
+  </si>
+  <si>
+    <t>Il 22 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Kolosov</t>
+  </si>
+  <si>
+    <t>12 novembre 1997</t>
+  </si>
+  <si>
+    <t>Il 27 febbraio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.12.2023: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:52:53</t>
   </si>
   <si>
     <t>Richard Richardovich Logvinov</t>
   </si>
   <si>
     <t>14 novembre 1991</t>
   </si>
   <si>
     <t>Ingegnere e tecnico in uno stabilimento. La madre di Richard è disabile.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-08-04 19:16:26</t>
   </si>
   <si>
     <t>Pavel Mikhailovich Khitryk</t>
   </si>
   <si>
     <t>14 novembre 1987</t>
   </si>
@@ -742,219 +654,222 @@
   <si>
     <t>2022-10-26 22:38:17</t>
   </si>
   <si>
     <t>Elisey Sergeevich Kuznetsov</t>
   </si>
   <si>
     <t>14 novembre 2003</t>
   </si>
   <si>
     <t>Elisey, 17 anni, è stata accusata di aver lanciato una bottiglia di miscela infiammabile contro un'auto della polizia. Per violazioni di "prodotti chimici domestici", la punizione di Eliseo è stata aumentata fino alla reclusione ed Eliseo è stato preso in custodia il 20 aprile 2022 e dal 27 maggio il giovane è in prigione.
 Il 17 dicembre 2022 è stato rilasciato dopo aver scontato integralmente la pena inflitta dal tribunale.
 È stato nuovamente arrestato nel maggio 2023 e condannato in agosto per aver abbattuto, insieme a un amico, tre bandiere nazionali installate sulle facciate di un istituto scolastico, di un centro commerciale e di un ufficio postale nella città agricola di Voyskaya, nella regione di Kamenets.
 Il 18 dicembre 2024 , il tribunale distrettuale di Borisov esaminerà il caso di Eliseo ai sensi della parte 1 dell'art. 411 ( disobbedienza dolosa alle prescrizioni dell'amministrazione di un istituto penitenziario ).</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.11.2020: 2 anni 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Tribunale per il cambio di regime 20.04.2022: 7 mesi 15 giorni di reclusione in una colonia del regime generale. Sentenza del tribunale 01.08.2023: 2 anni 6 mesi di reclusione in una colonia del regime generale. Sentenza del tribunale 18.12.2024: 1 anno di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Rita Yuryevna Naumova</t>
-[...8 lines deleted...]
-    <t>2025-01-21 13:31:49</t>
+    <t>Vitaly Tsinkel</t>
+  </si>
+  <si>
+    <t>15 novembre 1974</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 10 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
   </si>
   <si>
     <t>Veronika Nikolaevna Kazak</t>
   </si>
   <si>
     <t>15 novembre 1990</t>
   </si>
   <si>
     <t>Si sa che la donna è stata trattenuta al rientro dall'Italia.
 Il 15 marzo 2024 il ricorso è stato esaminato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.12.2023: 4 anni di reclusione in una colonia del regime generale. Appello 15.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-12-21 00:52:48</t>
   </si>
   <si>
-    <t>Vitaly Tsinkel</t>
-[...8 lines deleted...]
-    <t>2025-09-17 17:12:07</t>
+    <t>Alexei Aleksandrovich Orlov</t>
+  </si>
+  <si>
+    <t>15 novembre 1992</t>
+  </si>
+  <si>
+    <t>È stato arrestato il 15 maggio 2023 con l'accusa di finanziamento di attività estremiste - per donazioni di un'organizzazione riconosciuta come formazione estremista. Prima di questo, ad aprile, Aleksey è stato arrestato dal GUBOPiK, e poi è stato condannato all'arresto ai sensi di un articolo amministrativo.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia a regime generale.</t>
+  </si>
+  <si>
+    <t>2023-06-22 00:54:50</t>
   </si>
   <si>
     <t>Igor Valerievich Kozubov</t>
   </si>
   <si>
     <t>15 novembre 1968</t>
   </si>
   <si>
     <t>Cook, residente a Novobelitsa.
 Ci sono molti post e messaggi sulle forze di sicurezza bielorusse e sui funzionari governativi sui social network di Igor. Era anche tra i 500 sottoscrittori nel 2019 di un appello all'allora presidente lituano Dalia Grybauskaite, che riguardava la sepoltura dei resti dei ribelli del 1863-1864 impiccati dalle autorità zariste.
 Non si sa quale punizione sia stata inflitta all'uomo. Ma è associato alla reclusione.
 Il 26 aprile 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Alexei Aleksandrovich Orlov</t>
-[...11 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
+    <t>Rita Yuryevna Naumova</t>
+  </si>
+  <si>
+    <t>15 novembre 1967</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
+  </si>
+  <si>
+    <t>Vitaly Valerievich Savko</t>
+  </si>
+  <si>
+    <t>16 novembre 1990</t>
+  </si>
+  <si>
+    <t>Presumibilmente si tratta dell'ex procuratore del distretto di Voronovsky. Il procuratore Savko ha 33 anni. Viene dalla città di Dyatlovo, nella regione di Grodno. Successivamente andò a studiare a Grodno e lavorò nell'ufficio del pubblico ministero. Nel 2022-2023, l'uomo ha ricoperto la carica di procuratore del distretto di Voronovsky, quindi ha lavorato come procuratore senior in uno dei dipartimenti della procura della regione di Grodno. Nasha Niva non ha trovato prove che Savko fosse coinvolto in repressioni nella sua posizione. Vitaly ha rilasciato attivamente interviste ai media statali. L'ultimo è stato pubblicato nel luglio 2023, anche se prima venivano pubblicati regolarmente, una volta ogni uno o due mesi. I social network dell'uomo sono stati cancellati.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 11.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-30 19:28:10</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Gudeev</t>
   </si>
   <si>
     <t>16 novembre 2001</t>
   </si>
   <si>
     <t>Dmitry ha 21 anni e, a giudicare dai suoi social network, lo scorso maggio ha completato il servizio militare nell'unità militare 3214 a Minsk. A maggio il ragazzo è stato aggiunto alla “lista dei terroristi” del KGB e rischia da 8 a 12 anni di carcere.
 Durante la brutale detenzione, Dmitry è stato duramente picchiato .</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
-    <t>Vitaly Valerievich Savko</t>
-[...25 lines deleted...]
-  <si>
     <t>Artem Vitalievich Semenov</t>
   </si>
   <si>
     <t>17 novembre 1990</t>
   </si>
   <si>
     <t>Dipendente della società Peleng. Ha lavorato come consulente legale presso l'Ufficio delle Dogane, delle Licenze e del Controllo delle Esportazioni.
 L'ultima volta che è stato online sui social media è stato nel novembre 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-07 00:18:46</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-08-11 22:52:15</t>
   </si>
   <si>
     <t>Sergei Vladimirovich Bely</t>
   </si>
   <si>
     <t>18 novembre 1972</t>
   </si>
   <si>
     <t>Sergey è originario di Kherson, in Ucraina, ma ha vissuto in Bielorussia quasi tutta la vita. Ha svolto diversi lavori manuali per tutta la vita. Ha due figli minorenni.
 L'uomo è stato arrestato nel febbraio 2023. In un video filogovernativo, afferma di aver lasciato commenti su Telegram e di essersi registrato al chatbot Plan Peramoga. È stato condannato per la prima volta nell'ottobre 2023 per "incitamento all'odio sociale" (Parte 1 dell'articolo 130 del Codice penale).
 L'8.12.2023 è stato esaminato il ricorso e la sentenza è entrata in vigore.
 Il prossimo processo a Sergei inizierà il 27 settembre 2024 presso il Tribunale della città di Minsk. È accusato di quattro articoli: "partecipazione a un gruppo estremista" (Parte 3 dell'articolo 361-1 del Codice penale), "incitamento all'odio sociale" (Parte 1 dell'articolo 130 del Codice penale), "offesa a un funzionario governativo" (Parte 1 dell'articolo 369 del Codice penale) e "offesa a Lukashenko" (Parte 1 dell'articolo 368 del Codice penale). Sergei rischia fino a cinque anni di carcere, oltre alla pena precedente.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.10.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 08.12.2023: il verdetto è stato confermato. Sentenza del tribunale 27.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto. Sentenza del tribunale 04.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 novembre 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
+  </si>
+  <si>
+    <t>Yevgeny Vladimirovich Strielchien</t>
+  </si>
+  <si>
+    <t>18 novembre 1985</t>
+  </si>
+  <si>
+    <t>Un residente di Grodno è stato arrestato per aver distribuito materiale estremista e dati personali di oltre 2.000 agenti di polizia nel 2020. Ha partecipato alle proteste dopo le elezioni. Gestito la pagina Instagram di Grodno for Life.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
+  </si>
+  <si>
+    <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Ilya Anatolyevich Boriskevich</t>
+  </si>
+  <si>
+    <t>19 novembre 1987</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
+  </si>
+  <si>
     <t>Alexander Timofeevich Maryasov</t>
-  </si>
-[...1 lines deleted...]
-    <t>19 novembre 1987</t>
   </si>
   <si>
     <t>Alexander è stato arrestato e condannato per aver fermato un treno merci, dipinto strisce rosse su cartelloni pubblicitari luminosi, forato le gomme dell'auto di un agente di polizia, dato fuoco a un chiosco di Tabakerka e maneggiato materiali infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel Paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e le torture di persone da parte delle forze di sicurezza.
 Cittadino della Federazione Russa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.06.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
   </si>
   <si>
     <t>Dmitry Vasilievich Zagolovets</t>
   </si>
   <si>
     <t>19 novembre 1982</t>
   </si>
   <si>
     <t>Secondo i canali Telegram filogovernativi, è stato arrestato per numerosi commenti sui social network.
 Il 31 ottobre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>3,5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
@@ -962,232 +877,236 @@
   </si>
   <si>
     <t>Basil Mikhailovich Yakimov</t>
   </si>
   <si>
     <t>19 novembre 1999</t>
   </si>
   <si>
     <t>Prima dell'arresto, il giovane lavorava come camionista, si era precedentemente diplomato come autista in una scuola professionale di Oshmyany.
 Secondo il sito web dell'ufficio del procuratore generale, da aprile a novembre 2022, Yakimov ha espresso il desiderio, quindi ha indicato la sua intenzione di unirsi a una delle unità del battaglione (reggimento) intitolato a Kastus Kalinouski.
 A tal fine avrebbe fornito i propri dati personali per l'ammissione ad una formazione armata. Allo stesso tempo, ha raccolto informazioni sui luoghi di acquisto di munizioni militari, uniformi e altre attrezzature da utilizzare in condizioni di combattimento.</t>
   </si>
   <si>
     <t>2 anni di reclusione in una colonia in condizioni generali di regime.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
     <t>Irina Mikhailovna Shumeiko</t>
   </si>
   <si>
     <t>20 novembre 1989</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-02 14:00:41</t>
   </si>
   <si>
     <t>Vadim Vyacheslavovich Navtsenya</t>
   </si>
   <si>
     <t>20 novembre 1986</t>
   </si>
   <si>
     <t>E, come risulta dal comunicato stampa della corte , Navtsena è stato accusato dell'articolo 342 per aver partecipato alle proteste che hanno avuto luogo a Pinsk dal 9 al 10 agosto 2020. Inoltre, è stato accusato di aver scritto commenti offensivi online su A. Lukashenko nel 2022. , su un certo "funzionario che ricopre una posizione di responsabilità", e anche che nel 2022 ha scritto commenti "incitanti all'ostilità" nei confronti delle forze di sicurezza. Il “screditamento della Bielorussia” è avvenuto anche online: nel novembre 2022, un uomo “ha pubblicato un commento negativo che ha creato una percezione negativa della legge marziale” in Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.09.2024: 3 anni di reclusione in una colonia del regime generale, 200 unità di base di multa. Appello 03.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-23 23:25:00</t>
   </si>
   <si>
     <t>Alexander Svetoslavovich Pimoshenko</t>
   </si>
   <si>
     <t>20 novembre 1984</t>
   </si>
   <si>
     <t>Alexander è stato condannato ai sensi dell'articolo "Organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva alle stesse" per aver preso parte alle proteste avvenute a Minsk nel 2020 ed è stato condannato a libertà limitata e al ricovero in un istituto di tipo aperto.</t>
   </si>
   <si>
     <t>Open correctional facility No. 47. 213470, Mogilev region, Mstislavl, Kalinina str., 31</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.02.2023: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 12.05.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-03-02 18:47:45</t>
   </si>
   <si>
-    <t>Maxim Vitalievich Myslivets</t>
-[...8 lines deleted...]
-    <t>2024-09-23 20:30:12</t>
+    <t>Alexey Igorevich Kerdol</t>
+  </si>
+  <si>
+    <t>21 novembre 1991</t>
+  </si>
+  <si>
+    <t>Negli ultimi anni, Alexey ha lavorato come barista a Grodno. Dal 2020 gestisce anche una piccola impresa il cui ambito di attività è "fornitura di alloggi sul territorio di campeggi e campeggi".
+Trattenuto per commenti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-30 10:29:58</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Darakupec</t>
+  </si>
+  <si>
+    <t>22 novembre 1980</t>
+  </si>
+  <si>
+    <t>Alexander Dorogupets, 44 anni, residente a Ivanovo , è stato accusato di aver trasferito almeno 11 mila rubli in contanti e criptovaluta a "gruppi estremisti", tra cui il reggimento Kalinovsky.
+Nel corso delle indagini del caso penale, l'uomo ha "trasferito volontariamente" 600 mila dollari USA al collegio Cherven per bambini disabili con particolari esigenze di sviluppo psicofisico, al collegio Ivenets per bambini disabili con particolari esigenze di sviluppo fisico e al Centro repubblicano per l'organizzazione della risposta medica.
+Il 2 aprile 2025, l'ONT mandò in onda un altro servizio di propaganda, "Ombre. Il prezzo del terrore", che raccontava della persecuzione di persone che facevano donazioni e di persone arrestate per aver finanziato organizzazioni riconosciute dalle autorità come "estremiste" o "terroriste". Nel film sono mostrate diverse persone condannate e altre ancora in attesa di processo. Secondo la trama, Alexander fu condannato, tra le altre cose, per le donazioni al reggimento di Kalinovsky, BySol e varie risorse informative. I propagandisti citano 18 donazioni per un totale di almeno tremila euro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.01.2025: 5 anni 5 mesi di reclusione in una colonia del regime potenziato, 50000 unità di base di multa. Appello 18.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:38:24</t>
   </si>
   <si>
     <t>Sergey Ivanovich Salazhentsau</t>
   </si>
   <si>
     <t>22 novembre 1982</t>
   </si>
   <si>
     <t>Dopo aver terminato gli studi, si è iscritto alla Facoltà di Matematica Applicata e Informatica della BSU. Dal 2005 lavora nel settore IT.
 Alla fine del 2021, Solozhentsev si è trasferito a Varsavia. Lì ha aperto un'attività imprenditoriale individuale e ha trovato lavoro presso RunMyLease, dove ricopre il ruolo di responsabile tecnico.
 L'hobby principale di Sergey è il ballo da sala. Nel 2024, lui e la sua compagna hanno vinto due ori e un argento alle gare di ballo in Polonia nella categoria 40+.
 Poi Sergei è tornato in Bielorussia. Non si sa esattamente quando ciò sia accaduto, ma l'ultima volta che ha contattato è stato alla fine di ottobre 2024. Il processo all'esperto informatico si è svolto presso il Tribunale regionale di Grodno. A giudicare dal fatto che dopo il processo Solozhentsev non è mai apparso online, è stato condannato a una pena detentiva in una colonia penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
-    <t>Alexander Alexandrovich Darakupec</t>
-[...13 lines deleted...]
-    <t>2024-12-12 12:38:24</t>
+    <t>Maxim Vitalievich Myslivets</t>
+  </si>
+  <si>
+    <t>22 novembre 1997</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Nikitin</t>
   </si>
   <si>
     <t>23 novembre 1977</t>
   </si>
   <si>
     <t>Vladimir ha condotto corsi di formazione e formazione sulla gestione finanziaria per le aziende. Il suo ultimo lavoro conosciuto è stato quello di controllore finanziario per il Gruppo Belkanton, una grande società di distribuzione di forniture per ufficio che, tra le altre cose, possiede la catena di negozi Afiston e la rivista Office Life. A giudicare da Linkedin, Vladimir ha lasciato il lavoro entro luglio 2023. Presumibilmente è stato arrestato al suo ritorno in Bielorussia dopo una vacanza. Le attività dell'imprenditore individuale sono state sospese il 5 novembre 2023.
 Il figlio di Vladimir (12 anni) aspetta a casa.
 Il 19 luglio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 19.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Dmitry Anatolyevich Vdovin</t>
   </si>
   <si>
     <t>23 novembre 1969</t>
   </si>
   <si>
     <t>Dmitry ha iniziato negli anni '90 a Borisov. Dopo il 1998 è passato al dipartimento investigativo del dipartimento degli affari interni della città di Zhodino e dal 2004 al 2012 ne è stato a capo. Poi ha lavorato nel comitato investigativo e da lì si è ritirato. Dopo il pensionamento, ha lavorato presso il caseificio Smolevichi ed è stato deputato della città di Zhodino.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia.
 “Seguendo gli ordini impartiti dai tuoi capi, potresti diventare complice di crimini. Non puoi picchiare persone che semplicemente tornavano dal lavoro durante il turno di notte &lt;…&gt; Conosco casi in cui le persone sono state detenute senza motivo e si sono mostrate inutili crudeltà – non fatelo”, ha detto Vdovin in un appello.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Ivan Ivanovich Kovalenko</t>
-[...7 lines deleted...]
-  <si>
     <t>Alexander Vyacheslavovich Khmyl</t>
   </si>
   <si>
     <t>24 novembre 1982</t>
   </si>
   <si>
     <t>Alexander è stato condannato il 13 maggio 2023 per aver donato ad iniziative riconosciute come estremiste. La frase esatta non è nota.
 L'11 agosto 2023 il ricorso è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>3,5 anni di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2023-07-24 19:06:47</t>
   </si>
   <si>
     <t>Alexander Gennadievich Kanash</t>
   </si>
   <si>
     <t>24 novembre 1999</t>
   </si>
   <si>
     <t>Non &amp;egrave; noto</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
+  </si>
+  <si>
+    <t>Andrey Viktorovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>25 novembre 1983</t>
+  </si>
+  <si>
+    <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Vladimir Nikolaevich Romanovsky</t>
   </si>
   <si>
     <t>25 novembre 1975</t>
   </si>
   <si>
     <t>A causa della natura chiusa del processo, l'essenza del caso è ancora sconosciuta. Si sa solo che Vladimir Romanovsky è stato arrestato a Bobruisk durante l'evento “dare da mangiare ai piccioni” il 9 maggio 2020. Poi la polizia antisommossa ha arrestato circa 15 persone in città.
 Secondo il verdetto , Romanovsky è stato ora riconosciuto colpevole di aver insultato pubblicamente Lukashenko sui social network ed è stato condannato alla reclusione.
 Il 02/06/2024 è stato preso in considerazione il ricorso della corte e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>2 anni di reclusione in una colonia a regime generale.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Eugene Semenovich Kladov</t>
   </si>
   <si>
     <t>26 novembre 1982</t>
   </si>
   <si>
     <t>Secondo l'accusa, Evgenij Kladov, sul social network Odnoklassniki, sulla bacheca del suo profilo, visibile ad altri utenti, “contando sulla successiva percezione da parte di altri di informazioni offensive”, rendendosi conto del carattere pubblico e umiliante della sua pubblicazione, ha deliberatamente ha pubblicato un’immagine contraria alla moralità universale e alle norme di comportamento accettate nella società, umiliando così pubblicamente deliberatamente l’onore e la dignità della personalità di Lukashenko in relazione all’esercizio dei suoi poteri, espressi in una forma indecente”.
 Nel caso ci sono due episodi simili.
 All'udienza in tribunale, Kladov in realtà non ha ammesso la colpa e ha indicato di aver accidentalmente pubblicato sulla sua pagina, di dominio pubblico per tutti gli utenti, le foto di Lukashenko che aveva precedentemente visto su Internet e di averlo fatto involontariamente, non lo sapeva; che queste immagini sarebbero state salvate nel feed della sua pagina, dopo il suo voto di "classe".
 Il 12 luglio 2024 si è saputo che Evgeniy era incluso nell'elenco delle persone coinvolte in attività terroristiche come accusate ai sensi di altri tre articoli: gli articoli 130, 361 e 293 del codice penale della Repubblica di Bielorussia. Apparentemente, Evgeniy è stato accusato di uno nuovo.</t>
   </si>
   <si>
     <t>1 anno di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
     <t>Sergey Viktorovich Lyakhnovich</t>
   </si>
   <si>
     <t>27 novembre 1978</t>
   </si>
@@ -1195,246 +1114,217 @@
     <t>Direttore di una società di logistica. Sotto processo per un attacco al sito web della BSMU nell'autunno del 2020.
 "Non lo so! Alla mia lanterna, giudicano - giudicano correttamente e io non voglio saperlo! ", - ha detto il padre di Sergei, Viktor Lyakhnovich.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 24.03.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.06.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2022-03-18 19:47:24</t>
   </si>
   <si>
     <t>Ilya Vladimirovich Sobko</t>
   </si>
   <si>
     <t>27 novembre 1995</t>
   </si>
   <si>
     <t>Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “ha gridato slogan, ha mostrato tele bianco-rosse-bianche ed è scesa in strada”. In tal modo avrebbero gravemente violato l’ordine pubblico.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-28 20:19:30</t>
   </si>
   <si>
-    <t>Irina Vasilievna Krolikova</t>
-[...11 lines deleted...]
-  <si>
     <t>Andrey Kudik</t>
   </si>
   <si>
     <t>27 novembre 1984</t>
   </si>
   <si>
     <t>Attivista di Vileika. Dal 9 agosto 2021 è trattenuto per “24 ore” nei reparti di isolamento di Smolevich e Vileika. Il 20/10/2021 si è saputo che era stato rinchiuso in un centro di detenzione temporanea ad Akrestsin e contro di lui è stato aperto un procedimento penale.
 Il 18 luglio 2023 è stato rilasciato dopo aver scontato integralmente la pena inflitta dal tribunale.
 Il 15 febbraio 2024 l'attivista ha smesso di comunicare. Successivamente si è saputo che Kudik si trova in un centro di detenzione temporanea locale, dove sta scontando 15 giorni di arresto amministrativo. Ma non è stato rilasciato dopo la fine della pena; è stato detenuto nell'ambito di un procedimento penale.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>4 anni di reclusione in una colonia in severe condizioni di sicurezza</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
   </si>
   <si>
     <t>Gennady Stanislavovich Savritsky</t>
   </si>
   <si>
     <t>28 novembre 1963</t>
   </si>
   <si>
     <t>Imprenditore. La sua azienda è la JSC Anastan, una grande azienda impegnata nella produzione di polistirolo espanso.
 L'avvio del procedimento penale è stato innescato da un video girato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Gennady ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati visti online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha scritto il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso i suoi desideri per il futuro del Paese in un video e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.11.2024: 5 anni di reclusione in una colonia del regime potenziato. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:18</t>
-  </si>
-[...61 lines deleted...]
-    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Sergey Sergeevich Pleshkun</t>
   </si>
   <si>
     <t>28 novembre 1987</t>
   </si>
   <si>
     <t>Il 17 marzo, il KGB ha annunciato l'arresto di un gruppo di bielorussi che stavano preparando un attacco terroristico contro le truppe russe nella regione di Mozyr.
 Secondo il fascicolo , nel periodo da agosto 2020 a febbraio 2022, Pleskun e Selvich hanno acquistato componenti per la realizzazione di molotov e un prodotto pirotecnico, che hanno immagazzinato e trasportato in vari veicoli e luoghi con l'obiettivo del loro successivo utilizzo nella commissione di un atto di terrorismo, attacco a edifici, istituzioni, veicoli, nonché forze dell'ordine.
 Inoltre, Pleshkun avrebbe preparato lui stesso "cocktail molotov" e, insieme a Selvich, si sarebbe preparato alla distruzione deliberata di veicoli e mezzi di comunicazione, che potrebbe portare alla morte di una persona, a un incidente oa un incidente.
 Sergei Pleshkun ha due bambini piccoli.</t>
   </si>
   <si>
     <t>16 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Igor Petrovich Simashkovich</t>
-[...8 lines deleted...]
-    <t>2025-03-29 01:26:41</t>
+    <t>Arthur Vladimirovich Pedko</t>
+  </si>
+  <si>
+    <t>28 novembre 1979</t>
+  </si>
+  <si>
+    <t>Per molto tempo Artur ha lavorato nelle reti elettriche, prima come ingegnere presso Belenergosetproekt e poi presso Minskenergo. Artur è accusato di aver trasferito i dati personali di oltre 500 funzionari tramite un canale Telegram.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
+  </si>
+  <si>
+    <t>Arthur Andreevich Radivanovich</t>
+  </si>
+  <si>
+    <t>28 novembre 1992</t>
+  </si>
+  <si>
+    <t>Dall’indagine è emerso che Artur Radzivanovich “di propria iniziativa è entrato in corrispondenza con i rappresentanti della formazione armata “Reggimento K Kalinovsky” tramite Telegram”. Durante la conversazione ha chiarito la procedura e le condizioni per l'arruolamento nel reggimento, quindi ha pianificato l'attraversamento del confine di stato della Repubblica di Bielorussia con la Repubblica di Polonia e l'ulteriore percorso verso l'Ucraina. Arrivato il 30 dicembre 2023 al posto di blocco internazionale “Brest” per recarsi in Ucraina attraverso il territorio della Polonia, l'imputato è stato arrestato dagli ufficiali degli affari interni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.05.2024: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 06.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:10:11</t>
+  </si>
+  <si>
+    <t>Georgiy Adamovich Cherevako</t>
+  </si>
+  <si>
+    <t>28 novembre 1968</t>
+  </si>
+  <si>
+    <t>Georgy Cherevako è stato arrestato ad agosto mentre tornava dagli Stati Uniti. È stato condannato per una donazione di 21,29 dollari, che ha inviato dal suo conto PayPal a sostegno del reggimento Kalinowski. Al conto era collegata una carta bielorussa su cui venivano addebitati i fondi. Le autorità hanno ritenuto che si trattasse di azioni deliberate “allo scopo di finanziare attività di reclutamento, formazione e altra preparazione” di persone per il conflitto armato in Ucraina.
+Al processo, ha affermato di aver detto volontariamente agli agenti che lo hanno detenuto di essere iscritto a numerosi canali di telegrammi "estremisti" e ha ammesso di aver effettuato un bonifico sul conto di Polk Kalinovsky.
+Lui stesso ha fornito ai dipendenti le password per accedere al sistema di pagamento. Ha detto di aver fatto una donazione perché spera che questi fondi vengano utilizzati per acquistare elmetti, giubbotti antiproiettile e medicinali, ma ha capito che li useranno secondo la loro comprensione e, tra le altre cose, compreranno armi e munizioni con loro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.12.2023: 5 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2023-12-22 01:24:42</t>
   </si>
   <si>
     <t>Evgeniy Alexeyevich Verkhovodkin</t>
   </si>
   <si>
     <t>29 novembre 1988</t>
   </si>
   <si>
     <t>Ci sono state almeno nove udienze nel caso. Ci sono stati molti testimoni al processo che hanno testimoniato contro di lui. Yevgeny è stato accusato di amministrare il canale e di aver esortato i bielorussi a prendere parte a proteste, modificare post, ecc.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.07.2023: 7 anni di reclusione in una colonia del regime potenziato. Appello 21.11.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-12-26 20:32:52</t>
   </si>
   <si>
     <t>Sergey Leonidovich Tsvikevich</t>
   </si>
   <si>
     <t>29 novembre 1980</t>
   </si>
   <si>
     <t>L'uomo è stato coinvolto nel mondo degli affari per tutta la vita. Nel 2002 ha aperto la sua prima ditta individuale. Uno dei settori di attività dell'impresa individuale era l'affitto di immobili. Più recentemente, Tsvikevich ha ricoperto il ruolo di amministratore della propria azienda.
 Sergei ha due figli minorenni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.10.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
   </si>
   <si>
-    <t>Vasily Vadimovich Bachko</t>
-[...5 lines deleted...]
-    <t>2025-08-18 23:08:15</t>
+    <t>Nikolai Ivanovich Galaluk</t>
+  </si>
+  <si>
+    <t>29 novembre 1992</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.01.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-01-02 18:07:24</t>
   </si>
   <si>
     <t>Alexander Stanislavovich Danilevich</t>
   </si>
   <si>
     <t>30 novembre 1974</t>
   </si>
   <si>
     <t>Avvocato. È specializzato nel rappresentare gli interessi dei clienti nell'arbitrato commerciale internazionale. Padre di molti figli.
 Poco prima del suo arresto, ha firmato un appello contro la guerra da parte di avvocati e giuristi riguardo alle azioni in Ucraina. Immediatamente dopo aver firmato la lettera contro la guerra, Danilevich ha iniziato ad avere problemi al foro: è stato avviato un procedimento disciplinare. È stato anche licenziato dalla BSU, dove ha insegnato alla Facoltà di Relazioni Internazionali per più di 20 anni. La corte ha comminato una condanna a 10 anni in una colonia penale di massima sicurezza . Tuttavia, dopo il ricorso, il termine è stato ridotto a 6 anni.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia penale di massima sicurezza.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
+  </si>
+  <si>
+    <t>Vasily Vadimovich Bachko</t>
+  </si>
+  <si>
+    <t>30 novembre 1996</t>
+  </si>
+  <si>
+    <t>2025-08-18 23:08:15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1738,51 +1628,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1837,2346 +1727,2178 @@
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
       <c r="D4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" t="s">
         <v>58</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
         <v>68</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" t="s">
         <v>73</v>
-      </c>
-[...16 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
         <v>76</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>83</v>
       </c>
       <c r="I15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>85</v>
       </c>
       <c r="B16" t="s">
         <v>86</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>98</v>
       </c>
       <c r="I18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>100</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>43</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
         <v>116</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>117</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>118</v>
       </c>
-      <c r="D22" t="s">
-[...11 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>120</v>
+      </c>
+      <c r="B23" t="s">
         <v>121</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>32</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>123</v>
       </c>
-      <c r="D23" t="s">
-[...11 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>125</v>
+      </c>
+      <c r="B24" t="s">
         <v>126</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>127</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...16 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>77</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>132</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>134</v>
+      </c>
+      <c r="B26" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" t="s">
         <v>136</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>137</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
         <v>141</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B28" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C28" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>150</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>82</v>
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>147</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>77</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="C31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>166</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>162</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="B32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>172</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" t="s">
+        <v>176</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>177</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>178</v>
-      </c>
-[...19 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>179</v>
+      </c>
+      <c r="B35" t="s">
+        <v>180</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>182</v>
       </c>
-      <c r="B35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>183</v>
       </c>
-      <c r="C35" t="s">
+      <c r="I35" t="s">
         <v>184</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
         <v>187</v>
       </c>
-      <c r="B36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>188</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>190</v>
       </c>
       <c r="I36" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>192</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>92</v>
+        <v>195</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>92</v>
+        <v>201</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>216</v>
       </c>
-      <c r="G41" t="s">
-[...2 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
         <v>219</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>220</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>221</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>223</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>225</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>226</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>227</v>
+      </c>
+      <c r="B44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
+        <v>229</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
+        <v>230</v>
+      </c>
+      <c r="I44" t="s">
         <v>231</v>
-      </c>
-[...19 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>232</v>
+      </c>
+      <c r="B45" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>62</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>235</v>
       </c>
-      <c r="B45" t="s">
+      <c r="I45" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>239</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>240</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" t="s">
         <v>244</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>32</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>245</v>
       </c>
-      <c r="C47" t="s">
+      <c r="I47" t="s">
         <v>246</v>
-      </c>
-[...16 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
+        <v>87</v>
+      </c>
+      <c r="I48" t="s">
         <v>249</v>
-      </c>
-[...22 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>250</v>
+      </c>
+      <c r="B49" t="s">
+        <v>251</v>
+      </c>
+      <c r="C49" t="s">
+        <v>252</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
+        <v>253</v>
+      </c>
+      <c r="I49" t="s">
         <v>254</v>
-      </c>
-[...22 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
+      <c r="E50" t="s">
+        <v>102</v>
+      </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="I50" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="B51" t="s">
-        <v>265</v>
+        <v>256</v>
+      </c>
+      <c r="C51" t="s">
+        <v>259</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>228</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="I51" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B52" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C52" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
+      <c r="E52" t="s">
+        <v>43</v>
+      </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="I53" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="B54" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>281</v>
+        <v>103</v>
       </c>
       <c r="I54" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="B55" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="C55" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
-      <c r="E55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="I55" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B56" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="C56" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>58</v>
+        <v>283</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="I56" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C57" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>92</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="I57" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="B58" t="s">
-        <v>299</v>
+        <v>292</v>
+      </c>
+      <c r="C58" t="s">
+        <v>293</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B59" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C59" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
-      <c r="E60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="I60" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B61" t="s">
-        <v>314</v>
+        <v>306</v>
+      </c>
+      <c r="C61" t="s">
+        <v>307</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="C62" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="I62" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B63" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C63" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>222</v>
+        <v>77</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="I63" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="B64" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
-      <c r="E64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="H64" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="I64" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B65" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
+      <c r="E65" t="s">
+        <v>102</v>
+      </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
-      <c r="H65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I65" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B66" t="s">
-        <v>338</v>
+        <v>328</v>
+      </c>
+      <c r="C66" t="s">
+        <v>329</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
+      <c r="E66" t="s">
+        <v>62</v>
+      </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>271</v>
+        <v>330</v>
       </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>338</v>
+      </c>
+      <c r="C68" t="s">
+        <v>339</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
+      <c r="E68" t="s">
+        <v>32</v>
+      </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="I68" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="B69" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="C69" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="I69" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B70" t="s">
-        <v>355</v>
+        <v>348</v>
+      </c>
+      <c r="C70" t="s">
+        <v>349</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
+      <c r="H70" t="s">
+        <v>351</v>
+      </c>
       <c r="I70" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>353</v>
+      </c>
+      <c r="B71" t="s">
+        <v>354</v>
+      </c>
+      <c r="C71" t="s">
+        <v>355</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
+        <v>356</v>
+      </c>
+      <c r="I71" t="s">
         <v>357</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>358</v>
+      </c>
+      <c r="B72" t="s">
+        <v>359</v>
+      </c>
+      <c r="C72" t="s">
+        <v>360</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>77</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>361</v>
+      </c>
+      <c r="I72" t="s">
         <v>362</v>
-      </c>
-[...22 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B73" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C73" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>370</v>
+        <v>235</v>
       </c>
       <c r="I73" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C74" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>300</v>
+        <v>370</v>
       </c>
       <c r="I74" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>372</v>
+      </c>
+      <c r="B75" t="s">
+        <v>373</v>
+      </c>
+      <c r="C75" t="s">
+        <v>374</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>32</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>375</v>
+      </c>
+      <c r="I75" t="s">
         <v>376</v>
-      </c>
-[...22 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B76" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C76" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="I76" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C77" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="I77" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="B78" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>389</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>257</v>
+        <v>390</v>
       </c>
       <c r="I78" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>392</v>
+      </c>
+      <c r="B79" t="s">
+        <v>393</v>
+      </c>
+      <c r="C79" t="s">
+        <v>394</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>32</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>395</v>
+      </c>
+      <c r="I79" t="s">
         <v>396</v>
-      </c>
-[...22 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B80" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>404</v>
+        <v>240</v>
       </c>
       <c r="I80" t="s">
-        <v>405</v>
-[...158 lines deleted...]
-        <v>432</v>
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">