--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -87,401 +87,435 @@
     <t>2022-09-14 14:54:03</t>
   </si>
   <si>
     <t>Ekaterina Andreevna Bakhvalova (Andreeva)</t>
   </si>
   <si>
     <t>2 novembre 1993</t>
   </si>
   <si>
     <t>Ekaterina, giornalista del canale televisivo Belsat, ha riferito in diretta dal cortile della Piazza dei Cambiamenti, dove manifestanti pacifici si sono riuniti per una manifestazione di protesta che ha avuto luogo a Minsk il 15 novembre 2020 con lo slogan "Sto uscendo". Queste sono state le ultime parole di Roman Bondarenko, ucciso dalle forze di sicurezza, e i presenti sono accorsi per onorare la sua memoria. Ekaterina è stata arrestata insieme alla sua collega Daria Chultsova durante una dura repressione della protesta e successivamente condannata per "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico".
 Nell'aprile 2022 è stato aperto un nuovo procedimento penale contro Ekaterina, e già nel luglio dello stesso anno è stata nuovamente condannata, accusata di “tradimento” e condannata a otto anni di carcere tre mesi prima della fine della prima sentenza.</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.02.2021: 2 anni di reclusione in una colonia del regime generale. Appello 23.04.2021: il verdetto è stato confermato. Sentenza del tribunale 13.07.2022: 8 anni di reclusione in una colonia del regime potenziato. Appello 20.09.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-28 01:37:45</t>
   </si>
   <si>
+    <t>Yauheni Tsikhanau</t>
+  </si>
+  <si>
+    <t>3 novembre 1982</t>
+  </si>
+  <si>
+    <t>Evgeniy ha 40 anni, si è laureato all'Accademia del Ministero degli affari interni più di 15 anni fa ed è riuscito a lavorare come agente di polizia distrettuale, ma ha lasciato di sua spontanea volontà. Successivamente Alexey è passato all'IT. Successivamente visse per qualche tempo in Europa, in Italia. È stato arrestato mentre cercava di entrare in Bielorussia: l'uomo voleva venire al compleanno di sua madre e rilasciare una procura. Secondo quanto riferito, è stato aperto un procedimento penale contro Yevgeny Tikhonov per commenti in un telegramma sulle forze di sicurezza e Lukashenko in tre articoli.
+Il 28 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2023-05-24 01:03:59</t>
+  </si>
+  <si>
     <t>Vadim Vladimirovich Saskovets</t>
   </si>
   <si>
     <t>3 novembre 1986</t>
   </si>
   <si>
     <t>Il 30 giugno 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2023-04-24 21:53:59</t>
   </si>
   <si>
-    <t>Andrey Valerievich Fomin</t>
+    <t>Andrei Valeryevich Famin</t>
   </si>
   <si>
     <t>3 novembre 1993</t>
   </si>
   <si>
     <t>Andrei Fomin ha 29 anni, è di Mogilev, ma viveva a Minsk. Il ragazzo si è laureato all'Accademia delle arti statale bielorussa. In un video penitenziale, afferma di essere stato un editore e autore di articoli per la rete di giornali Vestniki. Secondo le informazioni degli attivisti dell'iniziativa ByProsvet, Andrei non aveva accesso agli account dei giornali e non conosceva chi li distribuiva in Bielorussia.
 Di conseguenza, il ragazzo è stato accusato di aver partecipato alla marcia del 30 agosto 2020 e trasferito a SIZO-1. Andrey fondamentalmente non voleva lasciare il suo paese, sta scrivendo un libro, sei gatti lo stanno aspettando a casa.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-10-27 23:30:20</t>
   </si>
   <si>
-    <t>Eugene Aleksandrovich Tikhonov</t>
-[...15 lines deleted...]
-    <t>Alexander Ivanovich Piskunov</t>
+    <t>Boris Nikolaevich Kritsky</t>
+  </si>
+  <si>
+    <t>3 novembre 1968</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.11.2024: 7 anni di reclusione in una colonia del regime generale. Appello 17.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:35:08</t>
+  </si>
+  <si>
+    <t>Denis Aleksandrovich Kravchuk</t>
   </si>
   <si>
     <t>4 novembre 1980</t>
   </si>
   <si>
-    <t>Il 26 gennaio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
-[...13 lines deleted...]
-  <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.05.2024: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2024-05-27 18:26:45</t>
+  </si>
+  <si>
+    <t>Anton Mikhailovich Bykovsky</t>
+  </si>
+  <si>
+    <t>4 novembre 1981</t>
+  </si>
+  <si>
+    <t>Anton è stato arrestato, picchiato duramente e successivamente condannato per aver danneggiato l’auto della moglie di un poliziotto a Novaya Borovaya.
+Sua moglie e i suoi figli sono riusciti a lasciare la Bielorussia.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.02.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 1845 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-28 00:34:11</t>
   </si>
   <si>
     <t>Olga Igorevna Britikova</t>
   </si>
   <si>
     <t>4 novembre 1971</t>
   </si>
   <si>
     <t>Leader del sindacato indipendente "Naftan". Olga ha lavorato in azienda per 16 anni ed è stata licenziata a causa della sua posizione. Nel maggio 2022 è stata rilasciata dopo 75 giorni di arresto per aver parlato contro la guerra. È stata nuovamente detenuta il 1° novembre sotto accuse amministrative.
 Due giorni dopo, il tribunale l'ha ritenuta colpevole di distribuzione di “materiale estremista” e l'ha condannata a 15 giorni di arresto. L’11 novembre è stata nuovamente condannata a 15 giorni per “picchettaggio non autorizzato”. Il motivo dell'indagine è stato un disegno con la scritta “No alla guerra”, che Olga ha pubblicato sui social network. Il 21 novembre 2022 si è saputo che Olga era stata trasferita in un centro di custodia cautelare a Vitebsk.
 In meno del 2022, Britikova ha trascorso 105 giorni dietro le sbarre, di cui 75 consecutivi in primavera.
 È stata nuovamente detenuta ai sensi dell'articolo 361 parte 2 del codice penale della Repubblica di Bielorussia nell'agosto 2023. Tuttavia, nella primavera del 2024, Olga è stata processata ai sensi dell'articolo 130 del codice penale della Repubblica di Bielorussia.
 L'11 giugno 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.
 Il 20 agosto 2024 si è svolto un altro processo a porte chiuse contro Olga. Evgeniy Burunov è stato incaricato di esaminare il suo caso presso il tribunale regionale di Vitebsk. Il prigioniero politico è accusato di tre capi d'imputazione. È noto che Olga ha ricevuto altri tre anni di prigione.
 Il 20 dicembre 2024 il ricorso è stato esaminato in Corte Suprema. Presidente del Collegio giudiziario Vladimir Davydov. Secondo la decisione del consiglio, la durata della seconda condanna di Olga è stata ridotta di 1 anno. Pertanto, la durata totale di un prigioniero politico è di 5 anni di reclusione in una colonia del regime generale. All'inizio di gennaio 2025, Olga si trovava in un centro di custodia cautelare, ma alla fine del mese è stata trasferita nella colonia correzionale n. 4.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.04.2024: 3 anni di reclusione in una colonia del regime generale. Appello 11.06.2024: sconosciuto. Sentenza del tribunale 20.08.2024: 3 anni di reclusione in una colonia del regime generale. Appello 20.12.2024: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-11-21 14:40:55</t>
   </si>
   <si>
+    <t>Alexander Ivanovich Piskunov</t>
+  </si>
+  <si>
+    <t>Il 26 gennaio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 26.01.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-11-13 21:12:53</t>
+  </si>
+  <si>
     <t>Alexey Gennadievich Mayevsky</t>
   </si>
   <si>
-    <t>4 novembre 1981</t>
-[...1 lines deleted...]
-  <si>
     <t>La sentenza del tribunale regionale di Grodno è entrata in vigore.</t>
   </si>
   <si>
     <t>2022-05-24 15:05:54</t>
-  </si>
-[...46 lines deleted...]
-    <t>2022-04-08 19:08:45</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Burdenya</t>
   </si>
   <si>
     <t>5 novembre 1981</t>
   </si>
   <si>
     <t>La data prevista per la detenzione di Andrey è il 20 settembre 2023. In questo giorno è apparso un video di “pentimento”, in cui un uomo afferma di aver scritto commenti negativi su Lukashenko, funzionari, agenti di polizia, militari russi e ha anche minacciato persone che sostengono l'attuale governo.
 Andrei Burdenya, 44 anni, è stato arrestato per commenti nelle chat di Telegram, di cui ha lasciato più di trecento. Andrey ha studiato alla scuola n. 6 e poi ha prestato servizio nell'esercito. È noto che ora non lavora temporaneamente, ma in precedenza ha lavorato per qualche tempo nel campo IT, e anche prima era impegnato nella produzione di mobili da cucina e aveva il proprio imprenditore individuale</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 20:04:05</t>
   </si>
   <si>
+    <t>Michael Leonidovich Galinsky</t>
+  </si>
+  <si>
+    <t>5 novembre 1965</t>
+  </si>
+  <si>
+    <t>L'allenatore 59enne è stato arrestato nel giugno 2024. In primo luogo, è stato processato in un procedimento amministrativo per "disobbedienza agli agenti di polizia", e poi è stato aperto un procedimento penale ai sensi della Parte 1 dell'articolo 361-3 del Codice penale della Repubblica di Bielorussia. Secondo questa parte dell'articolo, possono essere giudicati coloro che hanno preso parte alle ostilità in Ucraina, ma di solito vengono giudicati coloro che intendevano unirsi alle forze armate ucraine .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 06.12.2024: 3 anni di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:24:14</t>
+  </si>
+  <si>
+    <t>Sergey Vladimirovich Savchkov</t>
+  </si>
+  <si>
+    <t>5 novembre 1970</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-18 22:37:54</t>
+  </si>
+  <si>
     <t>Mikhail Alexandrovich Fando</t>
   </si>
   <si>
     <t>5 novembre 1988</t>
   </si>
   <si>
     <t>Mikhail è di Borisov. ma viveva a Minsk. Ha studiato alla BSU per diventare manager. È noto che Mikhail giocava a poker con il soprannome di Rattly. Si è distinto per la sua partecipazione a numerosi campionati. Tra questi c'è il campionato bielorusso.
 Il processo contro Mikhail è iniziato il 17 ottobre presso il tribunale della città di Minsk. Le accuse contro di lui probabilmente sono sorte a causa del sostegno dell'Ucraina. È accusato della parte 2 dell'art. 361-3 del codice penale (Aiuti o altro sostegno materiale per la guerra). La sanzione dell'articolo prevede la reclusione da cinque a dieci anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.10.2024: 5 anni di reclusione in una colonia del regime generale. Appello 14.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-25 19:38:56</t>
   </si>
   <si>
-    <t>Sergey Vladimirovich Savchkov</t>
-[...23 lines deleted...]
-    <t>2024-11-22 00:24:14</t>
+    <t>Valentin Vyacheslavovich Samosyuk</t>
+  </si>
+  <si>
+    <t>5 novembre 1992</t>
+  </si>
+  <si>
+    <t>Secondo i canali filogovernativi, è stato arrestato per aver scattato una foto del trasporto ferroviario. In precedenza, era stato arrestato ai sensi di un articolo amministrativo. Cittadino della Moldavia.</t>
+  </si>
+  <si>
+    <t>2022-04-08 19:08:45</t>
+  </si>
+  <si>
+    <t>Alexey Vladimirovich Shilovich</t>
+  </si>
+  <si>
+    <t>6 novembre 1975</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2026-01-19 20:15:26</t>
   </si>
   <si>
     <t>Maksim Vladimirovich Khvaschinsky</t>
   </si>
   <si>
     <t>6 novembre 1995</t>
   </si>
   <si>
     <t>Un residente di Bobruisk è stato arrestato il 26 febbraio 2024, il giorno dopo il ritorno dalla Polonia.
 In primo luogo, è stato condannato ai sensi dell'articolo amministrativo 19.11 (distribuzione di materiale estremista), quindi è stato aperto un procedimento penale ai sensi dell'articolo 361-1 del Codice penale della Repubblica di Bielorussia (creazione di un gruppo estremista). Maxim sarebbe considerato coinvolto nella creazione del gruppo estremista “Bobruisk 375”.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.09.2024: 7 anni di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 12:19:19</t>
   </si>
   <si>
-    <t>Alexey Vladimirovich Shilovich</t>
-[...13 lines deleted...]
-  <si>
     <t>Oksana Viktorovna Molochko</t>
   </si>
   <si>
     <t>7 novembre 1978</t>
   </si>
   <si>
     <t>Il 27 novembre 2023, Oksana è stata accusata di illeciti amministrativi ai sensi della Parte 2 dell'Articolo 19.11 del Codice degli illeciti amministrativi. Successivamente è stata trasferita nel Centro di detenzione preventiva n. 7.
 Nell'estate del 2024, la coppia fu condannata per "tradimento" (Parte 1 dell'articolo 356 del Codice penale). Furono condannati a 12 e 8 anni di carcere per "tradimento", ma in realtà per aver fotografato un treno con equipaggiamento militare sul binario senza alcun intento di spionaggio.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 8 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-09-27 22:46:39</t>
   </si>
   <si>
+    <t>Sergey Sergeevich Logvinovich</t>
+  </si>
+  <si>
+    <t>7 novembre 1986</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 46. 213188, Kruhlaje, vulica Savieckaja, 96</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-01-19 21:00:56</t>
+  </si>
+  <si>
     <t>Anton Olegovich Ogiy</t>
   </si>
   <si>
     <t>8 novembre 1985</t>
   </si>
   <si>
     <t>Sentenza del tribunale 23.12.2022: 4 anni di reclusione in una colonia del regime generale. Appello 07.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-08-22 16:16:34</t>
+  </si>
+  <si>
+    <t>Sergey Anatolyevich Kardash</t>
+  </si>
+  <si>
+    <t>8 novembre 1969</t>
+  </si>
+  <si>
+    <t>Detenuto nell'ambito di un procedimento penale legato ad "attività estremiste".
+Anche la sua compagna, Vera Kanonenko , è in custodia cautelare .
+Secondo l'inchiesta , gli imputati nel caso erano corrieri per l'iniziativa BYSOL, "i loro compiti includevano la ricezione e il trasferimento di denaro ad altri membri dell'organizzazione, distribuendolo per soddisfare le esigenze dei partecipanti a proteste illegali e attività estremiste".
+Si prevede che verrà rilasciato tra febbraio e marzo 2026.</t>
+  </si>
+  <si>
+    <t>Penal colony #5. 225295, Ivacevičy, vul. Dziaržynskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 12.02.2026: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-04-22 19:01:01</t>
   </si>
   <si>
     <t>Afanasiy Nikolaevich Afanasenkov</t>
   </si>
   <si>
     <t>8 novembre 1989</t>
   </si>
   <si>
     <t>Il 23 agosto 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.06.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 23.08.2023: sconosciuto. Sentenza del tribunale 11.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-06-15 14:26:19</t>
   </si>
   <si>
     <t>Artem Aleksandrovich Zubryakov</t>
   </si>
   <si>
     <t>9 novembre 1990</t>
   </si>
   <si>
     <t>Artem Zubryakov è un dipendente di Belagro che è stato arrestato alla fine di settembre 2022 insieme ai suoi colleghi. È stato riferito che in quattro di essi sono stati aperti procedimenti penali e ne sono stati arrestati circa 20. Fonti filogovernative hanno scritto che i dipendenti dell'impresa hanno protestato attivamente dal 2020.
 Durante una perquisizione nell'autunno del 2022, da loro sono stati recuperati accessori e mobili nei colori bianco e bianco.
 Artem Zubryakov ha notato di essere stato arrestato per essersi iscritto a canali di telegrammi "vietati" e aver inviato materiale "estremista".
 Il processo si è svolto a porte chiuse.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.01.2023: 5 anni di reclusione in una colonia del regime generale. Appello 04.04.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-04-05 13:55:40</t>
   </si>
   <si>
-    <t>Natalia Georgievna Doronina</t>
-[...10 lines deleted...]
-  <si>
     <t>Eugene Vitalievich Boyko</t>
   </si>
   <si>
     <t>10 novembre 1987</t>
   </si>
   <si>
     <t>Evgeniy è un ex responsabile IT di Mogilev. Dopo le elezioni del 2006 e diversi anni di attivismo politico, è stato espulso dal dipartimento di storia dell'Università di Mogilev. Si è laureato presso il dipartimento di storia di Poznan e ha lavorato come manager presso un'azienda IT, fornitrice di prodotti lattiero-caseari. Nel 2013, Evgeniy è tornato in Bielorussia, si è sposato subito e ha iniziato a lavorare. Mentre in precedenza si era concentrato principalmente su attività pubbliche e accademiche (nella società etnografica studentesca e nell'archivio di storia orale), ora si è dedicato al mondo degli affari.
 E dall'inizio del 2017 ha intrapreso una nuova attività: su richiesta dei clienti, registra interviste con i nonni del loro villaggio e monta documentari.
 È accusato di aver favorito attività estremiste.
 Evgeniya ha una moglie e due bambini piccoli che la aspettano a casa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.06.2025: 5 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 11.09.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-10-08 21:34:11</t>
   </si>
   <si>
+    <t>Natalia Georgievna Doronina</t>
+  </si>
+  <si>
+    <t>10 novembre 1973</t>
+  </si>
+  <si>
+    <t>Natalia ha problemi alle gambe. Le norme del carcere preventivo le proibiscono di sdraiarsi durante il giorno, quindi soffre di un forte gonfiore.</t>
+  </si>
+  <si>
+    <t>2025-11-20 22:34:02</t>
+  </si>
+  <si>
     <t>Alexander Ivanovich Malkov</t>
   </si>
   <si>
     <t>10 novembre 1969</t>
   </si>
   <si>
     <t>Condannato per una protesta avvenuta dal 10 all'11 agosto 2020 a Bereza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 18.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-28 13:15:47</t>
   </si>
   <si>
     <t>Violetta Gennadievna Verbitskaya</t>
   </si>
   <si>
     <t>10 novembre 2001</t>
   </si>
   <si>
     <t>Violeta si è diplomata a Minsk ed è entrata all'Accademia delle Arti di Varsavia. La ragazza è interessata alla fotografia e ama viaggiare.
 Tre anni fa si è sposata e ha cambiato cognome. La coppia è diventata famosa perché il ragazzo, l'ex calciatore Fedor Verbitsky, ha chiesto alla ragazza di sposarlo proprio allo stadio dopo la fine della partita.
 L'avvio del procedimento penale è stato innescato da un video realizzato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Padre Gennady ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati consultati online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha ideato il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso in video i suoi desideri per il futuro del Paese e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
   </si>
@@ -515,791 +549,779 @@
   <si>
     <t>Prima degli eventi del 2020, ha lavorato come investigatore a Minsk. Le sessioni giudiziarie si sono svolte a porte chiuse.</t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia.</t>
   </si>
   <si>
     <t>2022-08-17 21:06:41</t>
   </si>
   <si>
     <t>Andrey Viktorovich Valakhanovich</t>
   </si>
   <si>
     <t>12 novembre 1989</t>
   </si>
   <si>
     <t>È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.07.2024: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-29 19:28:55</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Shklyar</t>
-[...14 lines deleted...]
-    <t>2022-04-27 00:34:48</t>
+    <t>Vladislav Viktorovich Novozhentsev</t>
+  </si>
+  <si>
+    <t>12 novembre 1981</t>
+  </si>
+  <si>
+    <t>Il 22 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2023-10-09 23:58:50</t>
+  </si>
+  <si>
+    <t>Artyom Mikhailovich Kolosov</t>
+  </si>
+  <si>
+    <t>12 novembre 1997</t>
+  </si>
+  <si>
+    <t>Il 27 febbraio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.12.2023: 3 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:52:53</t>
   </si>
   <si>
     <t>Dmitry Grigorievich Rezanovich</t>
   </si>
   <si>
     <t>Un attivista del movimento anarchico è stato arrestato nella notte tra il 28 e il 29 ottobre 2020 mentre attraversava il confine con la Bielorussia insieme al gruppo partigiano Black Banner. È stato accusato di aver appiccato il fuoco alle auto dei funzionari, nonché al dipartimento di polizia stradale e alla commissione statale per l'esame forense.
 Nell’aprile 2024, Dmitry è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”. Secondo questo articolo, i prigionieri che rifiutano di collaborare con l'amministrazione vengono processati per violazioni fittizie. Di conseguenza, alla sua condanna a 19 anni si sono aggiunti altri 9 mesi di reclusione.</t>
   </si>
   <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 22.12.2021: 19 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 26.04.2024: 9 mesi di reclusione in una colonia del regime potenziato. Appello 28.06.2024: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:39:13</t>
   </si>
   <si>
-    <t>Vladislav Viktorovich Novozhentsev</t>
-[...68 lines deleted...]
-    <t>Sergey Leontievich Botvich</t>
+    <t>Andrey Viktorovich Shklyar</t>
+  </si>
+  <si>
+    <t>12 novembre 1984</t>
+  </si>
+  <si>
+    <t>Ha lavorato come ispettore del sistema penitenziario del Dipartimento degli affari interni del distretto di Oktyabrsky a Grodno, poco prima del suo arresto ha presentato una lettera di dimissioni per disaccordo sul funzionamento del sistema. Detenuto ai sensi dell'articolo: "Tradimento allo stato".</t>
+  </si>
+  <si>
+    <t>10 anni di carcere in una colonia.</t>
+  </si>
+  <si>
+    <t>2022-04-27 00:34:48</t>
+  </si>
+  <si>
+    <t>Dzmitry Yauhenavich Kondrus</t>
   </si>
   <si>
     <t>14 novembre 1990</t>
   </si>
   <si>
-    <t>All'inizio di gennaio 2023, in uno dei canali telegrafici filogovernativi, è apparso un video con la detenzione di Sergei da parte degli agenti del GUBOP e dell'AMON, che presumibilmente gestivano le chat nel cortile, tra cui "Grodno Center 97%"; hanno partecipato a manifestazioni di protesta e hanno invitato gli altri a parteciparvi, nonché a usare la violenza contro gli agenti di polizia, letteralmente, "bruciare i carri di risaia".</t>
-[...8 lines deleted...]
-    <t>2022-10-26 22:38:17</t>
+    <t>Presumibilmente detenuto per motivi politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-10-17 20:41:33</t>
   </si>
   <si>
     <t>Elisey Sergeevich Kuznetsov</t>
   </si>
   <si>
     <t>14 novembre 2003</t>
   </si>
   <si>
     <t>Elisey, 17 anni, è stata accusata di aver lanciato una bottiglia di miscela infiammabile contro un'auto della polizia. Per violazioni di "prodotti chimici domestici", la punizione di Eliseo è stata aumentata fino alla reclusione ed Eliseo è stato preso in custodia il 20 aprile 2022 e dal 27 maggio il giovane è in prigione.
 Il 17 dicembre 2022 è stato rilasciato dopo aver scontato integralmente la pena inflitta dal tribunale.
 È stato nuovamente arrestato nel maggio 2023 e condannato in agosto per aver abbattuto, insieme a un amico, tre bandiere nazionali installate sulle facciate di un istituto scolastico, di un centro commerciale e di un ufficio postale nella città agricola di Voyskaya, nella regione di Kamenets.
 Il 18 dicembre 2024 , il tribunale distrettuale di Borisov esaminerà il caso di Eliseo ai sensi della parte 1 dell'art. 411 ( disobbedienza dolosa alle prescrizioni dell'amministrazione di un istituto penitenziario ).</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.11.2020: 2 anni 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Tribunale per il cambio di regime 20.04.2022: 7 mesi 15 giorni di reclusione in una colonia del regime generale. Sentenza del tribunale 01.08.2023: 2 anni 6 mesi di reclusione in una colonia del regime generale. Sentenza del tribunale 18.12.2024: 1 anno di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2022-01-30 00:16:38</t>
   </si>
   <si>
-    <t>Vitaly Tsinkel</t>
-[...39 lines deleted...]
-    <t>2023-06-22 00:54:50</t>
+    <t>Pavel Mikhailovich Khitryk</t>
+  </si>
+  <si>
+    <t>14 novembre 1987</t>
+  </si>
+  <si>
+    <t>Il 20 dicembre 2024, Pavel è stato condannato per il reato amministrativo di "Distribuzione, produzione, archiviazione e trasporto di prodotti informativi contenenti inviti ad attività estremiste o che promuovono tali attività". Successivamente, è stato avviato un procedimento penale contro di lui per aver inviato dati sullo spostamento di attrezzature in Russia durante un viaggio d'affari al chatbot "Charter-97" nel 2022. Nel 2025, è stato condannato per "Aiuto ad attività estremiste".</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 39. 222002, Krupki district, Krupki-2</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.05.2025: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-06-03 13:49:33</t>
+  </si>
+  <si>
+    <t>Sergey Leontievich Botvich</t>
+  </si>
+  <si>
+    <t>All'inizio di gennaio 2023, in uno dei canali telegrafici filogovernativi, è apparso un video con la detenzione di Sergei da parte degli agenti del GUBOP e dell'AMON, che presumibilmente gestivano le chat nel cortile, tra cui "Grodno Center 97%"; hanno partecipato a manifestazioni di protesta e hanno invitato gli altri a parteciparvi, nonché a usare la violenza contro gli agenti di polizia, letteralmente, "bruciare i carri di risaia".</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione con scontazione della pena in una colonia correttiva in condizioni di maggiore sicurezza.</t>
+  </si>
+  <si>
+    <t>2022-10-26 22:38:17</t>
+  </si>
+  <si>
+    <t>Rychard Rychardavich Lohvinau</t>
+  </si>
+  <si>
+    <t>14 novembre 1991</t>
+  </si>
+  <si>
+    <t>Ingegnere e tecnico in uno stabilimento. La madre di Richard è disabile.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-04 19:16:26</t>
+  </si>
+  <si>
+    <t>Ryta Yuryeuna Naumava</t>
+  </si>
+  <si>
+    <t>15 novembre 1967</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-01-21 13:31:49</t>
   </si>
   <si>
     <t>Igor Valerievich Kozubov</t>
   </si>
   <si>
     <t>15 novembre 1968</t>
   </si>
   <si>
     <t>Cook, residente a Novobelitsa.
 Ci sono molti post e messaggi sulle forze di sicurezza bielorusse e sui funzionari governativi sui social network di Igor. Era anche tra i 500 sottoscrittori nel 2019 di un appello all'allora presidente lituano Dalia Grybauskaite, che riguardava la sepoltura dei resti dei ribelli del 1863-1864 impiccati dalle autorità zariste.
 Non si sa quale punizione sia stata inflitta all'uomo. Ma è associato alla reclusione.
 Il 26 aprile 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2024-01-09 22:27:06</t>
   </si>
   <si>
-    <t>Rita Yuryevna Naumova</t>
-[...8 lines deleted...]
-    <t>2025-01-21 13:31:49</t>
+    <t>Veronika Nikolaevna Kazak</t>
+  </si>
+  <si>
+    <t>15 novembre 1990</t>
+  </si>
+  <si>
+    <t>Si sa che la donna è stata trattenuta al rientro dall'Italia.
+Il 15 marzo 2024 il ricorso è stato esaminato.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.12.2023: 4 anni di reclusione in una colonia del regime generale. Appello 15.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-21 00:52:48</t>
+  </si>
+  <si>
+    <t>Vitaly Nikolaevich Tsynkel</t>
+  </si>
+  <si>
+    <t>15 novembre 1974</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 10 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-17 17:12:07</t>
   </si>
   <si>
     <t>Vitaly Valerievich Savko</t>
   </si>
   <si>
     <t>16 novembre 1990</t>
   </si>
   <si>
     <t>Presumibilmente si tratta dell'ex procuratore del distretto di Voronovsky. Il procuratore Savko ha 33 anni. Viene dalla città di Dyatlovo, nella regione di Grodno. Successivamente andò a studiare a Grodno e lavorò nell'ufficio del pubblico ministero. Nel 2022-2023, l'uomo ha ricoperto la carica di procuratore del distretto di Voronovsky, quindi ha lavorato come procuratore senior in uno dei dipartimenti della procura della regione di Grodno. Nasha Niva non ha trovato prove che Savko fosse coinvolto in repressioni nella sua posizione. Vitaly ha rilasciato attivamente interviste ai media statali. L'ultimo è stato pubblicato nel luglio 2023, anche se prima venivano pubblicati regolarmente, una volta ogni uno o due mesi. I social network dell'uomo sono stati cancellati.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 11.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-30 19:28:10</t>
+  </si>
+  <si>
+    <t>Karyna Alehauna Bardukhai</t>
+  </si>
+  <si>
+    <t>16 novembre 1995</t>
+  </si>
+  <si>
+    <t>Mentre era ancora studentessa alla BSUIR, Karina ha iniziato a lavorare come operatrice presso MAZ nel 2013. In seguito ha lavorato come merchandiser e web editor, perfezionando anche la contabilità. Nel 2018, Bardukhai è passata ad Armtek, uno dei maggiori fornitori di ricambi auto del Paese. In cinque anni, è passata da semplice economista a specialista leader ed esperta SAP.
+Karina Bordukhai è una nota attivista per i diritti degli animali a Minsk. Aiuta a salvare gli animali randagi e raccoglie fondi per nutrire gli animali nei rifugi e nelle case famiglia. È anche membro del club equestre Prodyus. Si occupa anche di fotografia, concentrandosi sugli animali e sulla natura.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-02-13 18:44:03</t>
   </si>
   <si>
     <t>Dmitriy Olegovych Gudeev</t>
   </si>
   <si>
     <t>16 novembre 2001</t>
   </si>
   <si>
     <t>Dmitry ha 21 anni e, a giudicare dai suoi social network, lo scorso maggio ha completato il servizio militare nell'unità militare 3214 a Minsk. A maggio il ragazzo è stato aggiunto alla “lista dei terroristi” del KGB e rischia da 8 a 12 anni di carcere.
 Durante la brutale detenzione, Dmitry è stato duramente picchiato .</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2023-05-19 22:37:52</t>
   </si>
   <si>
     <t>Artem Vitalievich Semenov</t>
   </si>
   <si>
     <t>17 novembre 1990</t>
   </si>
   <si>
     <t>Dipendente della società Peleng. Ha lavorato come consulente legale presso l'Ufficio delle Dogane, delle Licenze e del Controllo delle Esportazioni.
 L'ultima volta che è stato online sui social media è stato nel novembre 2024.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-09-07 00:18:46</t>
+  </si>
+  <si>
+    <t>Yevgeny Vladimirovich Strielchien</t>
+  </si>
+  <si>
+    <t>18 novembre 1985</t>
+  </si>
+  <si>
+    <t>Un residente di Grodno è stato arrestato per aver distribuito materiale estremista e dati personali di oltre 2.000 agenti di polizia nel 2020. Ha partecipato alle proteste dopo le elezioni. Gestito la pagina Instagram di Grodno for Life.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di prigionia in colonia</t>
+  </si>
+  <si>
+    <t>2022-08-11 22:52:15</t>
+  </si>
+  <si>
+    <t>Nikolay Sergeevich Bunevich</t>
+  </si>
+  <si>
+    <t>18 novembre 1981</t>
+  </si>
+  <si>
+    <t>2025-03-18 22:09:32</t>
   </si>
   <si>
     <t>Sergei Vladimirovich Bely</t>
   </si>
   <si>
     <t>18 novembre 1972</t>
   </si>
   <si>
     <t>Sergey è originario di Kherson, in Ucraina, ma ha vissuto in Bielorussia quasi tutta la vita. Ha svolto diversi lavori manuali per tutta la vita. Ha due figli minorenni.
 L'uomo è stato arrestato nel febbraio 2023. In un video filogovernativo, afferma di aver lasciato commenti su Telegram e di essersi registrato al chatbot Plan Peramoga. È stato condannato per la prima volta nell'ottobre 2023 per "incitamento all'odio sociale" (Parte 1 dell'articolo 130 del Codice penale).
 L'8.12.2023 è stato esaminato il ricorso e la sentenza è entrata in vigore.
 Il prossimo processo a Sergei inizierà il 27 settembre 2024 presso il Tribunale della città di Minsk. È accusato di quattro articoli: "partecipazione a un gruppo estremista" (Parte 3 dell'articolo 361-1 del Codice penale), "incitamento all'odio sociale" (Parte 1 dell'articolo 130 del Codice penale), "offesa a un funzionario governativo" (Parte 1 dell'articolo 369 del Codice penale) e "offesa a Lukashenko" (Parte 1 dell'articolo 368 del Codice penale). Sergei rischia fino a cinque anni di carcere, oltre alla pena precedente.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.10.2023: sconosciuto anni di reclusione in una colonia del regime generale. Appello 08.12.2023: il verdetto è stato confermato. Sentenza del tribunale 27.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 06.12.2024: sconosciuto. Sentenza del tribunale 04.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2023-02-15 02:16:28</t>
   </si>
   <si>
-    <t>Nikolay Sergeevich Bunevich</t>
-[...23 lines deleted...]
-    <t>Ilya Anatolyevich Boriskevich</t>
+    <t>Alexander Timofeevich Maryasov</t>
   </si>
   <si>
     <t>19 novembre 1987</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alexander Timofeevich Maryasov</t>
   </si>
   <si>
     <t>Alexander è stato arrestato e condannato per aver fermato un treno merci, dipinto strisce rosse su cartelloni pubblicitari luminosi, forato le gomme dell'auto di un agente di polizia, dato fuoco a un chiosco di Tabakerka e maneggiato materiali infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel Paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e le torture di persone da parte delle forze di sicurezza.
 Cittadino della Federazione Russa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.06.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 01:26:23</t>
+  </si>
+  <si>
+    <t>Ilya Anatolyevich Boriskevich</t>
+  </si>
+  <si>
+    <t>2026-01-03 16:36:01</t>
   </si>
   <si>
     <t>Dmitry Vasilievich Zagolovets</t>
   </si>
   <si>
     <t>19 novembre 1982</t>
   </si>
   <si>
     <t>Secondo i canali Telegram filogovernativi, è stato arrestato per numerosi commenti sui social network.
 Il 31 ottobre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>3,5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-01-24 02:22:31</t>
   </si>
   <si>
     <t>Basil Mikhailovich Yakimov</t>
   </si>
   <si>
     <t>19 novembre 1999</t>
   </si>
   <si>
     <t>Prima dell'arresto, il giovane lavorava come camionista, si era precedentemente diplomato come autista in una scuola professionale di Oshmyany.
 Secondo il sito web dell'ufficio del procuratore generale, da aprile a novembre 2022, Yakimov ha espresso il desiderio, quindi ha indicato la sua intenzione di unirsi a una delle unità del battaglione (reggimento) intitolato a Kastus Kalinouski.
 A tal fine avrebbe fornito i propri dati personali per l'ammissione ad una formazione armata. Allo stesso tempo, ha raccolto informazioni sui luoghi di acquisto di munizioni militari, uniformi e altre attrezzature da utilizzare in condizioni di combattimento.</t>
   </si>
   <si>
     <t>2 anni di reclusione in una colonia in condizioni generali di regime.</t>
   </si>
   <si>
     <t>2023-07-05 01:19:59</t>
   </si>
   <si>
+    <t>Alexander Svetoslavovich Pimoshenko</t>
+  </si>
+  <si>
+    <t>20 novembre 1984</t>
+  </si>
+  <si>
+    <t>Alexander è stato condannato ai sensi dell'articolo "Organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva alle stesse" per aver preso parte alle proteste avvenute a Minsk nel 2020 ed è stato condannato a libertà limitata e al ricovero in un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 47. 213470, Mogilev region, Mstislavl, Kalinina str., 31</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.02.2023: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 12.05.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-03-02 18:47:45</t>
+  </si>
+  <si>
+    <t>Vadim Vyacheslavovich Navtsenya</t>
+  </si>
+  <si>
+    <t>20 novembre 1986</t>
+  </si>
+  <si>
+    <t>E, come risulta dal comunicato stampa della corte , Navtsena è stato accusato dell'articolo 342 per aver partecipato alle proteste che hanno avuto luogo a Pinsk dal 9 al 10 agosto 2020. Inoltre, è stato accusato di aver scritto commenti offensivi online su A. Lukashenko nel 2022. , su un certo "funzionario che ricopre una posizione di responsabilità", e anche che nel 2022 ha scritto commenti "incitanti all'ostilità" nei confronti delle forze di sicurezza. Il “screditamento della Bielorussia” è avvenuto anche online: nel novembre 2022, un uomo “ha pubblicato un commento negativo che ha creato una percezione negativa della legge marziale” in Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.09.2024: 3 anni di reclusione in una colonia del regime generale, 200 unità di base di multa. Appello 03.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-23 23:25:00</t>
+  </si>
+  <si>
     <t>Irina Mikhailovna Shumeiko</t>
   </si>
   <si>
     <t>20 novembre 1989</t>
   </si>
   <si>
     <t>2025-08-02 14:00:41</t>
-  </si>
-[...31 lines deleted...]
-    <t>2023-03-02 18:47:45</t>
   </si>
   <si>
     <t>Alexey Igorevich Kerdol</t>
   </si>
   <si>
     <t>21 novembre 1991</t>
   </si>
   <si>
     <t>Negli ultimi anni, Alexey ha lavorato come barista a Grodno. Dal 2020 gestisce anche una piccola impresa il cui ambito di attività è "fornitura di alloggi sul territorio di campeggi e campeggi".
 Trattenuto per commenti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-30 10:29:58</t>
-  </si>
-[...15 lines deleted...]
-    <t>2024-12-12 12:38:24</t>
   </si>
   <si>
     <t>Sergey Ivanovich Salazhentsau</t>
   </si>
   <si>
     <t>22 novembre 1982</t>
   </si>
   <si>
     <t>Dopo aver terminato gli studi, si è iscritto alla Facoltà di Matematica Applicata e Informatica della BSU. Dal 2005 lavora nel settore IT.
 Alla fine del 2021, Solozhentsev si è trasferito a Varsavia. Lì ha aperto un'attività imprenditoriale individuale e ha trovato lavoro presso RunMyLease, dove ricopre il ruolo di responsabile tecnico.
 L'hobby principale di Sergey è il ballo da sala. Nel 2024, lui e la sua compagna hanno vinto due ori e un argento alle gare di ballo in Polonia nella categoria 40+.
 Poi Sergei è tornato in Bielorussia. Non si sa esattamente quando ciò sia accaduto, ma l'ultima volta che ha contattato è stato alla fine di ottobre 2024. Il processo all'esperto informatico si è svolto presso il Tribunale regionale di Grodno. A giudicare dal fatto che dopo il processo Solozhentsev non è mai apparso online, è stato condannato a una pena detentiva in una colonia penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-06-15 16:41:12</t>
   </si>
   <si>
+    <t>Alexander Alexandrovich Darakupec</t>
+  </si>
+  <si>
+    <t>22 novembre 1980</t>
+  </si>
+  <si>
+    <t>Alexander Dorogupets, 44 anni, residente a Ivanovo , è stato accusato di aver trasferito almeno 11 mila rubli in contanti e criptovaluta a "gruppi estremisti", tra cui il reggimento Kalinovsky.
+Nel corso delle indagini del caso penale, l'uomo ha "trasferito volontariamente" 600 mila dollari USA al collegio Cherven per bambini disabili con particolari esigenze di sviluppo psicofisico, al collegio Ivenets per bambini disabili con particolari esigenze di sviluppo fisico e al Centro repubblicano per l'organizzazione della risposta medica.
+Il 2 aprile 2025, l'ONT mandò in onda un altro servizio di propaganda, "Ombre. Il prezzo del terrore", che raccontava della persecuzione di persone che facevano donazioni e di persone arrestate per aver finanziato organizzazioni riconosciute dalle autorità come "estremiste" o "terroriste". Nel film sono mostrate diverse persone condannate e altre ancora in attesa di processo. Secondo la trama, Alexander fu condannato, tra le altre cose, per le donazioni al reggimento di Kalinovsky, BySol e varie risorse informative. I propagandisti citano 18 donazioni per un totale di almeno tremila euro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.01.2025: 5 anni 5 mesi di reclusione in una colonia del regime potenziato, 50000 unità di base di multa. Appello 18.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-12-12 12:38:24</t>
+  </si>
+  <si>
     <t>Maxim Vitalievich Myslivets</t>
   </si>
   <si>
     <t>22 novembre 1997</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 17.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-23 20:30:12</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Nikitin</t>
   </si>
   <si>
     <t>23 novembre 1977</t>
   </si>
   <si>
     <t>Vladimir ha condotto corsi di formazione e formazione sulla gestione finanziaria per le aziende. Il suo ultimo lavoro conosciuto è stato quello di controllore finanziario per il Gruppo Belkanton, una grande società di distribuzione di forniture per ufficio che, tra le altre cose, possiede la catena di negozi Afiston e la rivista Office Life. A giudicare da Linkedin, Vladimir ha lasciato il lavoro entro luglio 2023. Presumibilmente è stato arrestato al suo ritorno in Bielorussia dopo una vacanza. Le attività dell'imprenditore individuale sono state sospese il 5 novembre 2023.
 Il figlio di Vladimir (12 anni) aspetta a casa.
 Il 19 luglio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.05.2024: 3 anni di reclusione in una colonia del regime generale. Appello 19.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-24 22:55:43</t>
   </si>
   <si>
     <t>Dmitry Anatolyevich Vdovin</t>
   </si>
   <si>
     <t>23 novembre 1969</t>
   </si>
   <si>
     <t>Dmitry ha iniziato negli anni '90 a Borisov. Dopo il 1998 è passato al dipartimento investigativo del dipartimento degli affari interni della città di Zhodino e dal 2004 al 2012 ne è stato a capo. Poi ha lavorato nel comitato investigativo e da lì si è ritirato. Dopo il pensionamento, ha lavorato presso il caseificio Smolevichi ed è stato deputato della città di Zhodino.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia.
 “Seguendo gli ordini impartiti dai tuoi capi, potresti diventare complice di crimini. Non puoi picchiare persone che semplicemente tornavano dal lavoro durante il turno di notte &lt;…&gt; Conosco casi in cui le persone sono state detenute senza motivo e si sono mostrate inutili crudeltà – non fatelo”, ha detto Vdovin in un appello.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 16:55:25</t>
   </si>
   <si>
-    <t>Alexander Vyacheslavovich Khmyl</t>
-[...18 lines deleted...]
-    <t>24 novembre 1999</t>
+    <t>Aliaksandr Kanash</t>
+  </si>
+  <si>
+    <t>24 novembre 2001</t>
   </si>
   <si>
     <t>Non &amp;egrave; noto</t>
   </si>
   <si>
     <t>2022-03-23 03:04:36</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-09-23 14:58:07</t>
   </si>
   <si>
     <t>Vladimir Nikolaevich Romanovsky</t>
   </si>
   <si>
     <t>25 novembre 1975</t>
   </si>
   <si>
     <t>A causa della natura chiusa del processo, l'essenza del caso è ancora sconosciuta. Si sa solo che Vladimir Romanovsky è stato arrestato a Bobruisk durante l'evento “dare da mangiare ai piccioni” il 9 maggio 2020. Poi la polizia antisommossa ha arrestato circa 15 persone in città.
 Secondo il verdetto , Romanovsky è stato ora riconosciuto colpevole di aver insultato pubblicamente Lukashenko sui social network ed è stato condannato alla reclusione.
 Il 02/06/2024 è stato preso in considerazione il ricorso della corte e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>2 anni di reclusione in una colonia a regime generale.</t>
   </si>
   <si>
     <t>2023-11-14 19:10:00</t>
   </si>
   <si>
-    <t>Eugene Semenovich Kladov</t>
+    <t>Andrey Viktorovich Yaroshevich</t>
+  </si>
+  <si>
+    <t>25 novembre 1983</t>
+  </si>
+  <si>
+    <t>2025-09-23 14:58:07</t>
+  </si>
+  <si>
+    <t>Yauheni Kladau</t>
   </si>
   <si>
     <t>26 novembre 1982</t>
   </si>
   <si>
     <t>Secondo l'accusa, Evgenij Kladov, sul social network Odnoklassniki, sulla bacheca del suo profilo, visibile ad altri utenti, “contando sulla successiva percezione da parte di altri di informazioni offensive”, rendendosi conto del carattere pubblico e umiliante della sua pubblicazione, ha deliberatamente ha pubblicato un’immagine contraria alla moralità universale e alle norme di comportamento accettate nella società, umiliando così pubblicamente deliberatamente l’onore e la dignità della personalità di Lukashenko in relazione all’esercizio dei suoi poteri, espressi in una forma indecente”.
 Nel caso ci sono due episodi simili.
 All'udienza in tribunale, Kladov in realtà non ha ammesso la colpa e ha indicato di aver accidentalmente pubblicato sulla sua pagina, di dominio pubblico per tutti gli utenti, le foto di Lukashenko che aveva precedentemente visto su Internet e di averlo fatto involontariamente, non lo sapeva; che queste immagini sarebbero state salvate nel feed della sua pagina, dopo il suo voto di "classe".
 Il 12 luglio 2024 si è saputo che Evgeniy era incluso nell'elenco delle persone coinvolte in attività terroristiche come accusate ai sensi di altri tre articoli: gli articoli 130, 361 e 293 del codice penale della Repubblica di Bielorussia. Apparentemente, Evgeniy è stato accusato di uno nuovo.</t>
   </si>
   <si>
     <t>1 anno di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2023-12-08 00:30:31</t>
   </si>
   <si>
-    <t>Sergey Viktorovich Lyakhnovich</t>
-[...29 lines deleted...]
-  <si>
     <t>Andrey Kudik</t>
   </si>
   <si>
     <t>27 novembre 1984</t>
   </si>
   <si>
     <t>Attivista di Vileika. Dal 9 agosto 2021 è trattenuto per “24 ore” nei reparti di isolamento di Smolevich e Vileika. Il 20/10/2021 si è saputo che era stato rinchiuso in un centro di detenzione temporanea ad Akrestsin e contro di lui è stato aperto un procedimento penale.
 Il 18 luglio 2023 è stato rilasciato dopo aver scontato integralmente la pena inflitta dal tribunale.
 Il 15 febbraio 2024 l'attivista ha smesso di comunicare. Successivamente si è saputo che Kudik si trova in un centro di detenzione temporanea locale, dove sta scontando 15 giorni di arresto amministrativo. Ma non è stato rilasciato dopo la fine della pena; è stato detenuto nell'ambito di un procedimento penale.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>4 anni di reclusione in una colonia in severe condizioni di sicurezza</t>
   </si>
   <si>
     <t>2021-10-20 18:14:57</t>
+  </si>
+  <si>
+    <t>Sergey Viktorovich Lyakhnovich</t>
+  </si>
+  <si>
+    <t>27 novembre 1978</t>
+  </si>
+  <si>
+    <t>Direttore di una società di logistica. Sotto processo per un attacco al sito web della BSMU nell'autunno del 2020.
+"Non lo so! Alla mia lanterna, giudicano - giudicano correttamente e io non voglio saperlo! ", - ha detto il padre di Sergei, Viktor Lyakhnovich.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.03.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.06.2022: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-03-18 19:47:24</t>
+  </si>
+  <si>
+    <t>Ilya Vladimirovich Sobko</t>
+  </si>
+  <si>
+    <t>27 novembre 1995</t>
+  </si>
+  <si>
+    <t>Secondo la corte, l’essenza dell’accusa contro tutti era che il 10 agosto 2020 la gente di Brest “ha gridato slogan, ha mostrato tele bianco-rosse-bianche ed è scesa in strada”. In tal modo avrebbero gravemente violato l’ordine pubblico.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-28 20:19:30</t>
   </si>
   <si>
     <t>Gennady Stanislavovich Savritsky</t>
   </si>
   <si>
     <t>28 novembre 1963</t>
   </si>
   <si>
     <t>Imprenditore. La sua azienda è la JSC Anastan, una grande azienda impegnata nella produzione di polistirolo espanso.
 L'avvio del procedimento penale è stato innescato da un video girato dalla famiglia nell'estate del 2020 in cui si chiedeva la fine della violenza. Gennady ha testimoniato in tribunale che un giorno dell'estate del 2020, emotivamente colpito dai dati visti online sulla violenza usata dagli agenti contro i manifestanti, ha deciso di registrare un video in cui si rivolgeva agli agenti chiedendo un uso giustificato della forza. Ha scritto il testo del discorso e poi ha chiesto alla figlia di leggerlo. Ha anche chiesto alla moglie di parlare delle elezioni. Lo stesso giorno, ha espresso i suoi desideri per il futuro del Paese in un video e, alla fine del discorso, ha mostrato anche un cuore. Successivamente, ha trovato dei video su Internet e ha modificato il video. Lo stesso giorno, lo ha inviato ad alcuni suoi amici e parenti.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.11.2024: 5 anni di reclusione in una colonia del regime potenziato. Appello 07.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-01 18:09:18</t>
   </si>
   <si>
     <t>Sergey Sergeevich Pleshkun</t>
   </si>
   <si>
     <t>28 novembre 1987</t>
   </si>
   <si>
     <t>Il 17 marzo, il KGB ha annunciato l'arresto di un gruppo di bielorussi che stavano preparando un attacco terroristico contro le truppe russe nella regione di Mozyr.
 Secondo il fascicolo , nel periodo da agosto 2020 a febbraio 2022, Pleskun e Selvich hanno acquistato componenti per la realizzazione di molotov e un prodotto pirotecnico, che hanno immagazzinato e trasportato in vari veicoli e luoghi con l'obiettivo del loro successivo utilizzo nella commissione di un atto di terrorismo, attacco a edifici, istituzioni, veicoli, nonché forze dell'ordine.
 Inoltre, Pleshkun avrebbe preparato lui stesso "cocktail molotov" e, insieme a Selvich, si sarebbe preparato alla distruzione deliberata di veicoli e mezzi di comunicazione, che potrebbe portare alla morte di una persona, a un incidente oa un incidente.
 Sergei Pleshkun ha due bambini piccoli.</t>
   </si>
   <si>
     <t>16 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-03-18 19:52:28</t>
   </si>
   <si>
-    <t>Arthur Vladimirovich Pedko</t>
-[...10 lines deleted...]
-  <si>
     <t>Arthur Andreevich Radivanovich</t>
   </si>
   <si>
     <t>28 novembre 1992</t>
   </si>
   <si>
     <t>Dall’indagine è emerso che Artur Radzivanovich “di propria iniziativa è entrato in corrispondenza con i rappresentanti della formazione armata “Reggimento K Kalinovsky” tramite Telegram”. Durante la conversazione ha chiarito la procedura e le condizioni per l'arruolamento nel reggimento, quindi ha pianificato l'attraversamento del confine di stato della Repubblica di Bielorussia con la Repubblica di Polonia e l'ulteriore percorso verso l'Ucraina. Arrivato il 30 dicembre 2023 al posto di blocco internazionale “Brest” per recarsi in Ucraina attraverso il territorio della Polonia, l'imputato è stato arrestato dagli ufficiali degli affari interni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.05.2024: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 06.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-02 19:10:11</t>
   </si>
   <si>
     <t>Georgiy Adamovich Cherevako</t>
   </si>
   <si>
     <t>28 novembre 1968</t>
   </si>
   <si>
     <t>Georgy Cherevako è stato arrestato ad agosto mentre tornava dagli Stati Uniti. È stato condannato per una donazione di 21,29 dollari, che ha inviato dal suo conto PayPal a sostegno del reggimento Kalinowski. Al conto era collegata una carta bielorussa su cui venivano addebitati i fondi. Le autorità hanno ritenuto che si trattasse di azioni deliberate “allo scopo di finanziare attività di reclutamento, formazione e altra preparazione” di persone per il conflitto armato in Ucraina.
 Al processo, ha affermato di aver detto volontariamente agli agenti che lo hanno detenuto di essere iscritto a numerosi canali di telegrammi "estremisti" e ha ammesso di aver effettuato un bonifico sul conto di Polk Kalinovsky.
 Lui stesso ha fornito ai dipendenti le password per accedere al sistema di pagamento. Ha detto di aver fatto una donazione perché spera che questi fondi vengano utilizzati per acquistare elmetti, giubbotti antiproiettile e medicinali, ma ha capito che li useranno secondo la loro comprensione e, tra le altre cose, compreranno armi e munizioni con loro.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.12.2023: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2023-12-22 01:24:42</t>
   </si>
   <si>
-    <t>Evgeniy Alexeyevich Verkhovodkin</t>
-[...11 lines deleted...]
-    <t>2022-12-26 20:32:52</t>
+    <t>Arthur Vladimirovich Pedko</t>
+  </si>
+  <si>
+    <t>28 novembre 1979</t>
+  </si>
+  <si>
+    <t>Per molto tempo Artur ha lavorato nelle reti elettriche, prima come ingegnere presso Belenergosetproekt e poi presso Minskenergo. Artur è accusato di aver trasferito i dati personali di oltre 500 funzionari tramite un canale Telegram.</t>
+  </si>
+  <si>
+    <t>2022-11-28 23:42:54</t>
   </si>
   <si>
     <t>Sergey Leonidovich Tsvikevich</t>
   </si>
   <si>
     <t>29 novembre 1980</t>
   </si>
   <si>
     <t>L'uomo è stato coinvolto nel mondo degli affari per tutta la vita. Nel 2002 ha aperto la sua prima ditta individuale. Uno dei settori di attività dell'impresa individuale era l'affitto di immobili. Più recentemente, Tsvikevich ha ricoperto il ruolo di amministratore della propria azienda.
 Sergei ha due figli minorenni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.10.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-11-24 22:01:29</t>
   </si>
   <si>
     <t>Nikolai Ivanovich Galaluk</t>
   </si>
   <si>
     <t>29 novembre 1992</t>
   </si>
   <si>
     <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.01.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-01-02 18:07:24</t>
+  </si>
+  <si>
+    <t>Evgeniy Alexeyevich Verkhovodkin</t>
+  </si>
+  <si>
+    <t>29 novembre 1988</t>
+  </si>
+  <si>
+    <t>Ci sono state almeno nove udienze nel caso. Ci sono stati molti testimoni al processo che hanno testimoniato contro di lui. Yevgeny è stato accusato di amministrare il canale e di aver esortato i bielorussi a prendere parte a proteste, modificare post, ecc.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.07.2023: 7 anni di reclusione in una colonia del regime potenziato. Appello 21.11.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-12-26 20:32:52</t>
   </si>
   <si>
     <t>Alexander Stanislavovich Danilevich</t>
   </si>
   <si>
     <t>30 novembre 1974</t>
   </si>
   <si>
     <t>Avvocato. È specializzato nel rappresentare gli interessi dei clienti nell'arbitrato commerciale internazionale. Padre di molti figli.
 Poco prima del suo arresto, ha firmato un appello contro la guerra da parte di avvocati e giuristi riguardo alle azioni in Ucraina. Immediatamente dopo aver firmato la lettera contro la guerra, Danilevich ha iniziato ad avere problemi al foro: è stato avviato un procedimento disciplinare. È stato anche licenziato dalla BSU, dove ha insegnato alla Facoltà di Relazioni Internazionali per più di 20 anni. La corte ha comminato una condanna a 10 anni in una colonia penale di massima sicurezza . Tuttavia, dopo il ricorso, il termine è stato ridotto a 6 anni.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia penale di massima sicurezza.</t>
   </si>
   <si>
     <t>2022-06-17 23:18:52</t>
   </si>
   <si>
     <t>Vasily Vadimovich Bachko</t>
   </si>
   <si>
     <t>30 novembre 1996</t>
   </si>
   <si>
     <t>2025-08-18 23:08:15</t>
@@ -1628,51 +1650,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1759,2146 +1781,2192 @@
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s">
         <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
         <v>70</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>72</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="I13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>78</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
         <v>82</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
+        <v>27</v>
+      </c>
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
         <v>94</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>102</v>
       </c>
-      <c r="F19" t="s">
-[...5 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
         <v>110</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>111</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C22" t="s">
         <v>116</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
+        <v>63</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>117</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
         <v>120</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>121</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>123</v>
       </c>
       <c r="I23" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>125</v>
       </c>
       <c r="B24" t="s">
         <v>126</v>
       </c>
       <c r="C24" t="s">
         <v>127</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>102</v>
+        <v>128</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
       <c r="I24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I25" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B26" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C26" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
+      <c r="E26" t="s">
+        <v>72</v>
+      </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B30" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>162</v>
+        <v>53</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>163</v>
       </c>
       <c r="I31" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>165</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="C32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>162</v>
+        <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B35" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="C35" t="s">
         <v>181</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>182</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>183</v>
       </c>
       <c r="I35" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>185</v>
       </c>
       <c r="B36" t="s">
         <v>186</v>
       </c>
       <c r="C36" t="s">
         <v>187</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
+        <v>182</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>188</v>
       </c>
-      <c r="F36" t="s">
+      <c r="I36" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>190</v>
+      </c>
+      <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>193</v>
       </c>
-      <c r="C37" t="s">
+      <c r="I37" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>195</v>
+      </c>
+      <c r="B38" t="s">
+        <v>196</v>
+      </c>
+      <c r="C38" t="s">
+        <v>197</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>198</v>
       </c>
-      <c r="B38" t="s">
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>199</v>
       </c>
-      <c r="C38" t="s">
+      <c r="I38" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>201</v>
+      </c>
+      <c r="B39" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" t="s">
+        <v>203</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>204</v>
       </c>
-      <c r="B39" t="s">
+      <c r="F39" t="s">
+        <v>112</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>205</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>207</v>
+      </c>
+      <c r="B40" t="s">
+        <v>191</v>
+      </c>
+      <c r="C40" t="s">
         <v>208</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>209</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>210</v>
       </c>
-      <c r="D40" t="s">
-[...11 lines deleted...]
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>212</v>
+      </c>
+      <c r="B41" t="s">
         <v>213</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>214</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>215</v>
       </c>
-      <c r="D41" t="s">
-[...11 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B42" t="s">
         <v>218</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>21</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>219</v>
       </c>
-      <c r="C42" t="s">
+      <c r="I42" t="s">
         <v>220</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
         <v>223</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
         <v>227</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>228</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>21</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>229</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
         <v>232</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>233</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>234</v>
-      </c>
-[...16 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>235</v>
+      </c>
+      <c r="B46" t="s">
+        <v>236</v>
+      </c>
+      <c r="C46" t="s">
         <v>237</v>
       </c>
-      <c r="B46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" t="s">
         <v>238</v>
       </c>
-      <c r="C46" t="s">
+      <c r="I46" t="s">
         <v>239</v>
-      </c>
-[...13 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>240</v>
+      </c>
+      <c r="B47" t="s">
+        <v>241</v>
+      </c>
+      <c r="C47" t="s">
         <v>242</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>112</v>
+      </c>
+      <c r="G47" t="s">
+        <v>42</v>
+      </c>
+      <c r="H47" t="s">
         <v>243</v>
       </c>
-      <c r="C47" t="s">
+      <c r="I47" t="s">
         <v>244</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>245</v>
+      </c>
+      <c r="B48" t="s">
+        <v>246</v>
+      </c>
+      <c r="C48" t="s">
         <v>247</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I48" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>250</v>
       </c>
       <c r="B49" t="s">
         <v>251</v>
       </c>
       <c r="C49" t="s">
         <v>252</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
-      <c r="E49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
+        <v>193</v>
+      </c>
+      <c r="I49" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>254</v>
+      </c>
+      <c r="B50" t="s">
         <v>255</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>256</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="I50" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B51" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>260</v>
+        <v>82</v>
       </c>
       <c r="I51" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>262</v>
       </c>
       <c r="B52" t="s">
         <v>263</v>
       </c>
       <c r="C52" t="s">
         <v>264</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>265</v>
       </c>
       <c r="I52" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>267</v>
       </c>
       <c r="B53" t="s">
         <v>268</v>
       </c>
       <c r="C53" t="s">
         <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>162</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>270</v>
       </c>
       <c r="I53" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>272</v>
       </c>
       <c r="B54" t="s">
+        <v>268</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>95</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>193</v>
+      </c>
+      <c r="I54" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>274</v>
+      </c>
+      <c r="B55" t="s">
         <v>275</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>276</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>63</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>277</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
         <v>280</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>281</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>182</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
+        <v>285</v>
+      </c>
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
         <v>287</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>112</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="D57" t="s">
-[...11 lines deleted...]
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
         <v>291</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>292</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="D58" t="s">
-[...11 lines deleted...]
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
         <v>296</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
+        <v>96</v>
+      </c>
+      <c r="I59" t="s">
         <v>297</v>
-      </c>
-[...16 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>298</v>
+      </c>
+      <c r="B60" t="s">
+        <v>299</v>
+      </c>
+      <c r="C60" t="s">
+        <v>300</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>209</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>301</v>
       </c>
-      <c r="B60" t="s">
+      <c r="I60" t="s">
         <v>302</v>
-      </c>
-[...13 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>303</v>
+      </c>
+      <c r="B61" t="s">
+        <v>304</v>
+      </c>
+      <c r="C61" t="s">
         <v>305</v>
       </c>
-      <c r="B61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>306</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>307</v>
-      </c>
-[...16 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>308</v>
+      </c>
+      <c r="B62" t="s">
+        <v>309</v>
+      </c>
+      <c r="C62" t="s">
         <v>310</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>209</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>311</v>
       </c>
-      <c r="C62" t="s">
+      <c r="I62" t="s">
         <v>312</v>
-      </c>
-[...13 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>313</v>
+      </c>
+      <c r="B63" t="s">
+        <v>314</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>37</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>315</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>316</v>
-      </c>
-[...19 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>317</v>
+      </c>
+      <c r="B64" t="s">
+        <v>318</v>
+      </c>
+      <c r="C64" t="s">
+        <v>319</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>320</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>321</v>
-      </c>
-[...13 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>322</v>
+      </c>
+      <c r="B65" t="s">
+        <v>323</v>
+      </c>
+      <c r="C65" t="s">
         <v>324</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>325</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I65" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>327</v>
       </c>
       <c r="B66" t="s">
         <v>328</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>42</v>
+      </c>
+      <c r="H66" t="s">
         <v>329</v>
       </c>
-      <c r="D66" t="s">
-[...11 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>331</v>
+      </c>
+      <c r="B67" t="s">
         <v>332</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>333</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>53</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>334</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>336</v>
+      </c>
+      <c r="B68" t="s">
         <v>337</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>95</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="I68" t="s">
         <v>338</v>
-      </c>
-[...19 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>339</v>
+      </c>
+      <c r="B69" t="s">
+        <v>340</v>
+      </c>
+      <c r="C69" t="s">
+        <v>341</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>342</v>
       </c>
-      <c r="B69" t="s">
+      <c r="I69" t="s">
         <v>343</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>344</v>
+      </c>
+      <c r="B70" t="s">
+        <v>345</v>
+      </c>
+      <c r="C70" t="s">
+        <v>346</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
         <v>347</v>
       </c>
-      <c r="B70" t="s">
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>348</v>
       </c>
-      <c r="C70" t="s">
+      <c r="I70" t="s">
         <v>349</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>350</v>
+      </c>
+      <c r="B71" t="s">
+        <v>351</v>
+      </c>
+      <c r="C71" t="s">
+        <v>352</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>353</v>
       </c>
-      <c r="B71" t="s">
+      <c r="I71" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>355</v>
+      </c>
+      <c r="B72" t="s">
+        <v>356</v>
+      </c>
+      <c r="C72" t="s">
+        <v>357</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>358</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>359</v>
-      </c>
-[...19 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="B73" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C73" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>235</v>
+        <v>363</v>
       </c>
       <c r="I73" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>365</v>
+      </c>
+      <c r="B74" t="s">
+        <v>366</v>
+      </c>
+      <c r="C74" t="s">
         <v>367</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>72</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
         <v>368</v>
       </c>
-      <c r="C74" t="s">
+      <c r="I74" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>370</v>
+      </c>
+      <c r="B75" t="s">
+        <v>371</v>
+      </c>
+      <c r="C75" t="s">
         <v>372</v>
       </c>
-      <c r="B75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>53</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>373</v>
       </c>
-      <c r="C75" t="s">
+      <c r="I75" t="s">
         <v>374</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>375</v>
+      </c>
+      <c r="B76" t="s">
+        <v>376</v>
+      </c>
+      <c r="C76" t="s">
         <v>377</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>378</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>379</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>380</v>
+      </c>
+      <c r="B77" t="s">
+        <v>381</v>
+      </c>
+      <c r="C77" t="s">
         <v>382</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>248</v>
+      </c>
+      <c r="I77" t="s">
         <v>383</v>
-      </c>
-[...16 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>384</v>
+      </c>
+      <c r="B78" t="s">
+        <v>385</v>
+      </c>
+      <c r="C78" t="s">
+        <v>386</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
         <v>387</v>
       </c>
-      <c r="B78" t="s">
+      <c r="I78" t="s">
         <v>388</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>389</v>
+      </c>
+      <c r="B79" t="s">
+        <v>390</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>391</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
         <v>392</v>
       </c>
-      <c r="B79" t="s">
+      <c r="I79" t="s">
         <v>393</v>
-      </c>
-[...19 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>394</v>
+      </c>
+      <c r="B80" t="s">
+        <v>395</v>
+      </c>
+      <c r="C80" t="s">
+        <v>396</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
         <v>397</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>398</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="I80" t="s">
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
         <v>399</v>
+      </c>
+      <c r="B81" t="s">
+        <v>400</v>
+      </c>
+      <c r="C81" t="s">
+        <v>401</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
+        <v>402</v>
+      </c>
+      <c r="I81" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>404</v>
+      </c>
+      <c r="B82" t="s">
+        <v>405</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" t="s">
+        <v>193</v>
+      </c>
+      <c r="I82" t="s">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">