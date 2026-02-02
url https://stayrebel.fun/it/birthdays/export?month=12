--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
@@ -81,523 +81,513 @@
     <t>In custodia</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:00</t>
   </si>
   <si>
     <t>Victor Viktorovich Sachkovsky</t>
   </si>
   <si>
     <t>2 dicembre 1989</t>
   </si>
   <si>
     <t>Secondo i documenti del caso , il 27 febbraio 2022, l'uomo ha filmato i voli di aerei militari e ha inviato il video ai cosiddetti. "formazione estremista". Non è stato specificato dove sia stato inviato esattamente il video.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.03.2024: 2 anni di reclusione in una colonia del regime generale. Appello 02.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
-  </si>
-[...34 lines deleted...]
-    <t>2021-02-28 00:25:35</t>
   </si>
   <si>
     <t>Nikolay Vladimirovich Vasilevich</t>
   </si>
   <si>
     <t>3 dicembre 1978</t>
   </si>
   <si>
     <t>Nikolai è accusato di "finanziamento di attività terroristiche", secondo questo articolo rischia da 8 a 12 anni di carcere.
 L'ultimo luogo di lavoro conosciuto dell'uomo era il Centro repubblicano per la preparazione olimpica di atletica leggera.
 Il 6 giugno 2023 è stato condannato ai sensi dell'art. 361-2 del codice penale per 6 anni in colonia di massima sicurezza e una pesante multa. Altri dettagli del caso non sono noti.
 Il 1 settembre 2023, presso la Corte Suprema, il giudice V. Cherevach avrebbe dovuto esaminare il ricorso del prigioniero politico. Al momento è entrata in vigore la prima sentenza, quindi, al momento della seconda, Vasilevich era considerato già condannato.
 Il 12 settembre 2023, presso il tribunale distrettuale di Pervomaisky si è svolto un altro processo contro Nikolai. Questa volta è stato accusato di "finanziamento di attività terroristiche". In totale, per le donazioni, Svetlana Cherepovich lo ha condannato a 9 anni e 6 mesi in una colonia di massima sicurezza, oltre a una multa di 600 unità base. Nel filmato filogovernativo si dice che abbia fatto almeno 54 donazioni a fondi di solidarietà.
 Il 14 novembre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>9,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
+    <t>Pavel Yurievich Lukashevich</t>
+  </si>
+  <si>
+    <t>3 dicembre 1987</t>
+  </si>
+  <si>
+    <t>La detenzione del residente di Lidchan è diventata nota il 22 settembre. In un video della polizia, ha affermato di essere stato “registrato nel Piano Peramoga” e di aver lasciato “minacce” alle forze di sicurezza in un telegramma. Secondo il canale telegrafico “Detenzioni, tribunali in Lida”, l'uomo è stato arrestato per 15 giorni in base ad un articolo amministrativo anonimo.</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.05.2024: 4 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:38:03</t>
+  </si>
+  <si>
     <t>Victor Alexandrovich Savchits</t>
   </si>
   <si>
     <t>4 dicembre 1981</t>
   </si>
   <si>
     <t>Il giudice Evgeny Pisarevich ha esaminato il caso dal 28 agosto al 4 settembre 2024. Viktor sarà inoltre condannato a pagare 1.000 rubli a titolo di risarcimento per danni morali all'agente di polizia di Logoisk.
 Il 7 ottobre 2025 è stato pronunciato il verdetto del secondo processo: tenendo conto del primo processo, 6 anni di reclusione in un carcere di massima sicurezza, una multa di 600 unità base, nonché il risarcimento dei danni morali a Chemodanova - 5.000 rubli bielorussi, Karpenkov - 2.000 rubli bielorussi e Nikitenko - 5.000 rubli bielorussi.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.09.2024: 6 anni di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Appello 05.11.2024: sconosciuto. Sentenza del tribunale 07.10.2025: 6 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-08-19 19:21:31</t>
   </si>
   <si>
     <t>Alexander Sergeevich Veresovich</t>
   </si>
   <si>
     <t>4 dicembre 1966</t>
   </si>
   <si>
     <t>Il nome di Alexander è apparso nel programma del tribunale. L’uomo è accusato di aver fatto donazioni a favore dell’Ucraina e di un “gruppo estremista”.
 È interessante notare che l’uomo ha fatto una donazione a sostegno della “formazione estremista” prima del maggio 2021, quando in Bielorussia non esistevano affatto formazioni estremiste. Ora l'uomo rischia dai cinque ai dieci anni di carcere. Il processo inizierà il 19 marzo presso il tribunale della città di Minsk.
 Alexander ha una piccola impresa a Molodechno: come imprenditore individuale si occupa del trasporto merci con il proprio autobus. Sta crescendo due figli: una giovane figlia che sta finendo la prima media e un figlio che ora dovrebbe frequentare la scuola superiore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
-    <t>Andrey Edwardovich Krot</t>
-[...19 lines deleted...]
-  <si>
     <t>Alexander Yurievich Volchok</t>
   </si>
   <si>
     <t>5 dicembre 1986</t>
   </si>
   <si>
     <t>È stato arrestato il 28 giugno 2021, ha scontato 7 giorni di arresto amministrativo. È stato rilasciato il 5 luglio, dopodiché è stato nuovamente arrestato dalla commissione investigativa, ma questa volta nell'ambito di un procedimento penale.
 Secondo l'accusa, Alexander a Odnoklassniki da novembre a dicembre 2020, da maggio a dicembre 2021 ha pubblicato pubblicazioni che insultavano Lukashenka.
 A dicembre 2020 e marzo 2021, ha pubblicato un commento testuale e un video sul social network Vkontakte, parlando con Lukashenka.</t>
   </si>
   <si>
     <t>2,5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
     <t>Marina Viktorovna Mazovka</t>
   </si>
   <si>
     <t>5 dicembre 1972</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-02 15:14:31</t>
-  </si>
-[...36 lines deleted...]
-    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Viktor Lameko</t>
   </si>
   <si>
     <t>6 dicembre 1968</t>
   </si>
   <si>
     <t>Victor Lameko, un imprenditore di Zelva, è stato brutalmente detenuto e picchiato durante il suo arresto. Inizialmente, è stato redatto un protocollo contro di lui ai sensi dell'articolo amministrativo 19.11 del Codice dei reati amministrativi della Repubblica di Bielorussia (diffusione di materiale estremista). Senza nemmeno permettere a Lameko di lasciare il tribunale, le forze di sicurezza lo hanno nuovamente arrestato e hanno redatto nuovamente un protocollo ai sensi dell'art. 19.11 Codice amministrativo della Repubblica di Bielorussia. Quando l'uomo si trovava nel centro di custodia cautelare, contro di lui è stato redatto un terzo verbale.
 Come si è saputo , l'uomo d'affari si trova in un centro di custodia cautelare, è già stato accusato ai sensi di un articolo penale per diffamazione contro A.G. Lukashenka.
 Mentre l'uomo era in carcere, sua madre è morta.
 Viktor ha citato in giudizio le autorità fiscali e ha difeso gli imprenditori della regione di Grodno in tribunale.</t>
   </si>
   <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
     <t>3 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
+  </si>
+  <si>
+    <t>Inna Viktorovna Korbut</t>
+  </si>
+  <si>
+    <t>6 dicembre 1993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Si è laureata in psicologia infantile presso l'Università Statale Kuleshov di Mogilev. Ha vissuto anche a Mozyr e Mogilev. Negli ultimi tre anni ha lavorato come imprenditrice, specializzandosi in fotografia.
+Inna è stato arrestato e condannato nel 2025 per "favoreggiamento di attività estremiste". L'accusa è legata al caso Gayun. È noto che Inna è stato condannato a una colonia penale , ma la sentenza, così come l'esatta natura delle accuse, sono sconosciute.
+</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-11-01 18:11:07</t>
   </si>
   <si>
     <t>Vladimir Anatolyevich Trifonov</t>
   </si>
   <si>
     <t>6 dicembre 1964</t>
   </si>
   <si>
     <t>Non si conoscono i dettagli del caso, poiché il processo si è svolto a porte chiuse, e infatti il procedimento penale è classificato.
 I dettagli della detenzione dei detenuti sono noti dal film di propaganda “Operazione del KGB “Mankurt””, proiettato da ONT nel 2021.
 Secondo il film, Vladimir Trifonov è una guida attraverso il confine bielorusso-lituano, attraverso il quale avrebbe dovuto trasferire illegalmente Alexei Khralovich .
 Ha iniziato a scontare la pena.</t>
   </si>
   <si>
     <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
   </si>
   <si>
     <t>14 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-11-04 17:52:25</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
+    <t>Igor Vasilievich Cherpakov</t>
+  </si>
+  <si>
+    <t>7 dicembre 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Alexander Stanislavovich Yushkevich</t>
+  </si>
+  <si>
+    <t>7 dicembre 1987</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia di massima sicurezza.</t>
+  </si>
+  <si>
+    <t>2023-09-04 22:43:02</t>
+  </si>
+  <si>
+    <t>Vladimir Leonidovich Leosevich</t>
   </si>
   <si>
     <t>7 dicembre 1981</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
-[...14 lines deleted...]
-    <t>2023-09-04 22:43:02</t>
+    <t>L'udienza in tribunale si è tenuta il 30 ottobre 2023.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.10.2023: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Egor Aleksandrovich Michailov</t>
   </si>
   <si>
     <t>7 dicembre 1994</t>
   </si>
   <si>
     <t>Yegor è stato arrestato nel febbraio 2021 e successivamente condannato per aver appiccato il fuoco a un carro armato T-72 a bordo di un treno militare alla stazione ferroviaria di Stepyanka. Secondo il fascicolo, la notte del 31 gennaio 2021, ha lanciato una molotov con la scritta "OGSB" contro il carro armato. Le sue azioni sono state classificate come "atto di terrorismo". Secondo l'accusa, Yegor ha commesso l'incendio doloso sulla base delle sue opinioni politiche.
 All'inizio di ottobre 2023, è stato annunciato che Yegor era stato trasferito al Centro di detenzione preventiva n. 1 in relazione a un nuovo procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni". In questo caso, è stato condannato a ulteriori sei mesi di carcere.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.07.2021: 10 anni di reclusione in una colonia del regime potenziato, 685 rubli di risarcimento. Sentenza del tribunale 05.10.2023: 6 mesi di reclusione in una colonia del regime potenziato. Appello 12.12.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
+  </si>
+  <si>
+    <t>Marina Vladimirovna Leonovich</t>
+  </si>
+  <si>
+    <t>8 dicembre 1995</t>
+  </si>
+  <si>
+    <t>Marina è una specialista IT di lingua bielorussa che lavora presso l'EPAM e si occupa anche di lavori creativi. Scrive articoli per la Wikipedia bielorussa, realizza illustrazioni, traduce in bielorusso e scrive poesie. Dopo l'inizio dell'aggressione russa su vasta scala contro l'Ucraina, si trasferì in Georgia, ma poi, per ragioni sconosciute, tornò in Bielorussia. Fu presto arrestata nell'ambito di un procedimento penale e condannata ai sensi degli articoli "finanziamento di attività estremiste" e "finanziamento o altro sostegno finanziario alla guerra".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.01.2025: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-03-14 18:44:29</t>
+  </si>
+  <si>
     <t>Lily Vitoldovna Yurut</t>
   </si>
   <si>
     <t>8 dicembre 1976</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2025-09-17 18:20:13</t>
-  </si>
-[...28 lines deleted...]
-    <t>2024-05-02 19:06:36</t>
   </si>
   <si>
     <t>Natalia Sergeevna Saluk</t>
   </si>
   <si>
     <t>8 dicembre 1999</t>
   </si>
   <si>
     <t>Un canale Telegram filogovernativo ha pubblicato un video sulla detenzione di una donna bielorussa che ha preso parte alle proteste del 2020 e ha “ostruito il passaggio” di un'auto della polizia stradale. Come scrivono gli autori del canale, è stato aperto un procedimento penale contro la ragazza. Non è specificato in quale articolo.
 È noto che Natalya si è laureata alla BSTU nel 2022.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
+    <t>Kirill Kuokovic Nguyen</t>
+  </si>
+  <si>
+    <t>8 dicembre 1993</t>
+  </si>
+  <si>
+    <t>Il 12 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.04.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.07.2024: il verdetto è stato confermato. Sentenza del tribunale 25.03.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 20.06.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 dicembre 1992</t>
+  </si>
+  <si>
+    <t>Condannato per aver partecipato a proteste, oltre che per commenti sui social network.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
+  </si>
+  <si>
     <t>Anna Valentinovna Korneenko</t>
   </si>
   <si>
     <t>8 dicembre 1985</t>
   </si>
   <si>
-    <t>Ex contabile dell'impianto elettrotecnico di Minsk intitolato a Vavilov . Il processo è iniziato il 19 maggio e si è svolto a porte chiuse, quindi si hanno poche informazioni sulla natura delle accuse . È noto che Anna è stata licenziata dal suo lavoro dopo "People's Ultimatum" nel 2020, poi ha citato in giudizio l'azienda per licenziamento illegale.</t>
+    <t>Ex contabile presso lo stabilimento elettrotecnico Vavilov di Minsk . Il processo è iniziato il 19 maggio e si è svolto a porte chiuse, quindi sono disponibili poche informazioni sulle accuse . È noto che Anna è stata licenziata dal suo lavoro in seguito all'"Ultimatum del Popolo" nel 2020 e ha poi fatto causa all'azienda per licenziamento ingiusto.
+La figlia più piccola di Anna aveva solo 5 mesi quando lei venne arrestata.</t>
   </si>
   <si>
     <t xml:space="preserve"> Sentenza del tribunale 24.05.2023: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
-  </si>
-[...41 lines deleted...]
-    <t>2025-07-11 11:15:23</t>
   </si>
   <si>
     <t>Tatiana Ivanovna Palubok</t>
   </si>
   <si>
     <t>9 dicembre 1978</t>
   </si>
   <si>
     <t>È noto che i dipendenti della GUBOPiK stanno indagando su un caso contro persone presumibilmente coinvolte nella chat telegrafica "Partigiani di Novogrudk". Contro di loro sono stati aperti procedimenti penali ai sensi dell'articolo di estremismo. Tutti coloro che sono stati interrogati nel caso sono tenuti a firmare un accordo di non divulgazione.
 I media riferiscono che almeno sei persone tra quelle arrestate dalle forze di sicurezza 15 giorni fa non sono uscite dopo aver scontato l'arresto amministrativo, inclusa Tatyana.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
   </si>
   <si>
     <t>Artem Anatolevich Lebedko</t>
   </si>
   <si>
     <t>9 dicembre 1985</t>
   </si>
   <si>
     <t>Secondo gli attivisti per i diritti umani , il figlio del politico Anatoly Lebedko è accusato di finanziamento di attività estremiste. Artyom è stato arrestato alla fine di marzo e poi condannato due volte a 15 giorni di arresto, dopodiché è stato accusato e trasferito al centro di detenzione preventiva-1.
 Secondo l’accusa, nel 2020, “sulla base dell’ostilità ideologica”, Lyabedzko ha effettuato diversi trasferimenti di denaro telefonicamente a tre fondi riconosciuti come “formazioni estremiste” utilizzando il conto corrente di una delle banche. È stato riferito che i fondi sono stati trasferiti tramite il sistema di pagamento del popolare social network Facebook. Presumibilmente stiamo parlando dei fondi BY_help e del Fondo di solidarietà sportiva bielorusso.
 Al processo, il prigioniero politico non ha ammesso la sua colpa e ha dichiarato di non comprendere affatto l'essenza delle accuse mosse contro di lui e di non capire perché fosse sul banco degli imputati.
 Il 31 ottobre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
     <t>3,5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
+  </si>
+  <si>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 dicembre 1969</t>
+  </si>
+  <si>
+    <t>Valentin è accusato di aver fatto commenti offensivi su Lukashenko, Karanik e i soldati russi che combattono in Ucraina. Valery ha lavorato come guardia d'asilo.
+Il 13 ottobre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
+  </si>
+  <si>
+    <t>Daniel-Landsay Keita</t>
+  </si>
+  <si>
+    <t>10 dicembre 1999</t>
+  </si>
+  <si>
+    <t>Il canale telegrafico filogovernativo “Pulse of Grodno” ha pubblicato il video di un residente di Minsk arrestato per aver partecipato alle proteste.
+Nel video il bielorusso afferma di aver preso parte nel 2020 a proteste e di aver lasciato commenti negativi nei confronti delle autorità e degli agenti di polizia. Il detenuto ha anche affermato di avere un atteggiamento negativo nei confronti dell'esercito russo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.01.2025: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Alina Valentinovna Khmelevskaya</t>
   </si>
   <si>
     <t>10 dicembre 1984</t>
   </si>
   <si>
     <t>Alina è stata condannata nel luglio 2024 per i reati di "partecipazione a un gruppo armato o a un conflitto armato sul territorio di uno Stato straniero" e "finanziamento delle attività di un gruppo estremista".
 Gli attivisti per i diritti umani non sono a conoscenza della pena o della natura delle accuse, ma in Bielorussia il primo articolo è solitamente utilizzato per i procedimenti penali per aver sostenuto l'Ucraina nella guerra. Per una simile donazione, avrebbe potuto essere condannata a cinque-dieci anni di carcere.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 30.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
+    <t>Sentenza del tribunale 30.07.2024: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
   </si>
   <si>
-    <t>Sergey Petrovich Zabelich</t>
-[...14 lines deleted...]
-    <t>2024-04-02 13:51:41</t>
+    <t>Maxim Vladimirovich Ralko</t>
+  </si>
+  <si>
+    <t>11 dicembre 2001</t>
+  </si>
+  <si>
+    <t>Maxim è apparso in un film di propaganda girato in prigione.
+Nella primavera del 2022 si unì al reggimento di volontari di Kalinovsky, formato nel febbraio di quell'anno per difendere l'Ucraina da un'invasione russa.
+Secondo un canale televisivo filogovernativo, Ralko avrebbe preso parte a operazioni militari.
+All'inizio del 2024, Ralko si dimise da Polk e tornò a Varsavia. Iniziò a studiare test informatici, partecipò alle proteste e lavorò come guardia di sicurezza a Biedronka. Ottenne lo status di protezione sussidiaria. Un paio di mesi dopo il ritorno dall'Ucraina in Polonia, Maksym ebbe un litigio con i suoi amici e scomparve. Accusò uno di loro di spionaggio. Riprese poi i contatti nel maggio 2024, affermando di essere in Germania e di voler presentare domanda di asilo lì. Maksym in seguito riferì di essere fuggito dal campo profughi e di aver lasciato tutti i suoi documenti, compreso il passaporto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 10 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Vilen Sergeevich Turgunov</t>
   </si>
   <si>
     <t>11 dicembre 1968</t>
   </si>
   <si>
     <t>Il motivo della detenzione di Vilen Turgunov, residente a Gomel, sono stati i commenti su Internet, compresi quelli negativi nei confronti della polizia.
 Vilen Turgunov ha 55 anni. Suo padre è dell'Uzbekistan, sua madre è bielorussa. Vilen si è laureato in giurisprudenza presso l'università russa di Novozybkov (regione di Bryansk). Vilen Turgunov ha lavorato presso il Dipartimento degli affari interni del distretto di Zheleznodorozhny del centro regionale. Lì c'erano seri problemi. Nel 2001, ha ricevuto un rimprovero per "atteggiamento irresponsabile nei confronti del servizio", nel 2002 ha ricevuto "incoerenza ufficiale incompleta" e nel 2004 ha ricevuto un rimprovero per "grave violazione della disciplina ufficiale, violazione di un ordine del Ministero dell'Interno" Affari."
 Successivamente, l'ex poliziotto ha lavorato presso un'impresa di costruzioni e installazioni a Gomel.
 Il detenuto ha mantenuto attivamente pagine su vari social network, dove ha parlato di eventi politici e sociali. Per il suo sostegno all’Ucraina, altri netizen lo hanno definito un “Banderita”.
 Anche il parente di Vilen Turgunov, Igor Kazubov, sta scontando una pena.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2024: sconosciuto. Appello 25.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
+    <t>Sergey Petrovich Zabelich</t>
+  </si>
+  <si>
+    <t>11 dicembre 1972</t>
+  </si>
+  <si>
+    <t>Sergei Zabelich, 51 anni, di Minsk, si è laureato all'Università statale bielorussa di informatica e radioelettronica. A giudicare da Linkedin, ha lavorato come programmatore per almeno vent'anni. Nel settembre 2022 è passato da Nikta Technologies a Intrahealth, una società HTP residente che opera nel mercato canadese.
+È noto che Sergei è stato arrestato il 13 dicembre 2020, quando le persone sono andate insieme per le marce di strada. Quel giorno furono arrestati altri 300 bielorussi.
+È accusato di due capi d'imputazione: “finanziamento di attività estremiste, commesse ripetutamente” e “finanziamento delle attività di una formazione estremista”. Rischia fino a otto anni di carcere.
+Il 7 giugno 2024 l'appello è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.04.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
+  </si>
+  <si>
     <t>Eugene Aleksandrovich Glushkov</t>
   </si>
   <si>
     <t>Evgeny Glushkov è un ex giornalista di Mogilev, negli anni '90 e 2000 ha lavorato alla televisione cittadina, dopo di che ha collaborato con diversi portali cittadini.
 Glushkov è stato arrestato all'inizio di gennaio per aggressione perché l'uomo non ha aperto la porta alle forze di sicurezza. È stato trascinato in strada con gli stessi vestiti che indossava a casa.
 Secondo alcuni rapporti è stato accertato che contro Glushkov è stato aperto un procedimento penale per attività giornalistica. L'articolo presunto è 361-1 del Codice penale della Repubblica di Bielorussia (creazione o partecipazione ad una formazione estremista).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Alla Ivanovna Puchinskaya</t>
   </si>
   <si>
     <t>11 dicembre 1981</t>
   </si>
   <si>
     <t>Il 21 febbraio 2024, presso il tribunale distrettuale di Pinsk, il giudice Andrey Bychilo ha esaminato il caso ai sensi della Parte 2 dell'art. 19.11 del Codice degli illeciti amministrativi (Distribuzione di prodotti informativi inclusi nell'elenco repubblicano di materiali estremisti, nonché produzione, pubblicazione, archiviazione o trasporto ai fini della distribuzione di tali prodotti informativi).
 A quanto pare, in seguito è stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.02.2024: 5 anni di reclusione in una colonia del regime generale.</t>
@@ -617,881 +607,855 @@
   </si>
   <si>
     <t>Sentenza del tribunale 08.07.2024: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-01 19:56:24</t>
   </si>
   <si>
     <t>Igor Evstafievich Sidarovich</t>
   </si>
   <si>
     <t>12 dicembre 1972</t>
   </si>
   <si>
     <t>Igor è stato condannato per la prima volta per aver srotolato uno striscione con la scritta "Finché nel Paese regna l'illegalità, resistere è nostro dovere", bloccando il traffico. Gli è stata inflitta una multa salata.
 Successivamente, è stato nuovamente condannato per aver insultato le autorità tramite un commento sulla chat "Molodechno for Life" e gli è stata assegnata una misura preventiva sotto forma di "arresti domiciliari". Igor è disabile, poiché gli manca una gamba.
 Alla fine del 2024, si è saputo che Igor era stato nuovamente arrestato e posto in custodia cautelare. Nel luglio 2025, è stato condannato a pene detentive e a una multa elevata per "Aiuto ad attività estremiste".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.03.2021: 140 unità di base di multa. Sentenza del tribunale 02.06.2021: 1 anno 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto, 1500 rubli di risarcimento. Sentenza del tribunale 22.07.2025: 4 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 dicembre 1980</t>
+  </si>
+  <si>
+    <t>Il 19 marzo 2024 è stato esaminato il ricorso della corte. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
     <t>Leonid Valerievich Raichenok</t>
   </si>
   <si>
     <t>12 dicembre 1986</t>
   </si>
   <si>
     <t>Secondo l'accusa , il 17 maggio 2022 Leonid Raichonok ha trasferito 400 dollari per giubbotti antiproiettile ai volontari bielorussi che combattevano a fianco dell'Ucraina. Ha fatto una seconda donazione di 150 dollari a beneficio del “Prague Support Team” (un’associazione di bielorussi a Praga che raccoglie donazioni e le usa per acquistare uniformi, a volte accessori per armi, per i volontari bielorussi che combattono a fianco del Ucraina). Le azioni del residente di Brest sono state qualificate come "finanziamenti ai cittadini della Repubblica di Bielorussia per partecipare sul territorio di uno stato straniero alla formazione armata di una delle parti in guerra, ai conflitti armati, alle operazioni militari".
 Il 12 dicembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.12.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Olga Viktorovna Kolpakova</t>
   </si>
   <si>
     <t>13 dicembre 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.08.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
-  </si>
-[...14 lines deleted...]
-    <t>2023-10-31 18:01:01</t>
   </si>
   <si>
     <t>Konstantin Sergeevich Pritulenko</t>
   </si>
   <si>
     <t>14 dicembre 1979</t>
   </si>
   <si>
     <t>Ex procuratore aggiunto del distretto di Glusk.
 Nel video pubblicato dal comitato investigativo, Prytulenko ha affermato di aver inviato i dati di un dipendente dell'ufficio del procuratore del distretto di Glusk e di un medico al chatbot del Libro nero della Bielorussia.
 Secondo Nasha Niva, nel 2005 Konstantin Prytulenko era un investigatore e successivamente assistente del procuratore distrettuale. Non si sa dove lavorasse Prytulenko prima del suo arresto.
 Inizialmente il processo era aperto, ma, su richiesta degli ufficiali feriti e delle forze di sicurezza, è stato chiuso.In totale, più di una dozzina di persone passano come vittime, tra cui l'ex vicepresidente del consiglio comunale di Mogilev, "il principale ideologo della città" Alla Galushko. Altre vittime includono membri di commissioni elettorali, pubblici ministeri, forze dell'ordine e altri funzionari governativi.</t>
   </si>
   <si>
     <t>6 anni di carcere in una colonia a regime rigoroso.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
+    <t>Andrey Yurievich Savinsky</t>
+  </si>
+  <si>
+    <t>14 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Secondo gli atti , Savinskij nel corso di un anno e mezzo avrebbe trasferito sui conti di fondi riconosciuti come “estremisti” l'equivalente di 50 dollari americani. Allo stesso tempo, ha utilizzato più volte il suo account Facebook. Ha anche creato e pubblicato 4 messaggi di testo in una delle chat di Telegram, presumibilmente volti a “incitare all’ostilità sociale nella società”.
+Il 12 gennaio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.11.2023: 5 anni di reclusione in una colonia del regime generale, 200 unità di base di multa. Appello 12.01.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
     <t>Vladislav Vadimovich Brouwer</t>
   </si>
   <si>
     <t>14 dicembre 1995</t>
   </si>
   <si>
     <t>2025-07-20 12:14:16</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Filimonov</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Evgenyevich Sobolevsky</t>
   </si>
   <si>
     <t>15 dicembre 1967</t>
   </si>
   <si>
     <t>A Mogilev, Sobolevskij è conosciuto come uno dei liberi professionisti che ha collaborato con le pubblicazioni online della città fino al 2020. Ales è stato condannato due volte per violazione amministrativa della durata di un giorno, dopodiché non è stato rilasciato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
-    <t>Armen Alexandrovich Arzumanyan</t>
-[...12 lines deleted...]
-    <t>2024-12-05 15:42:31</t>
+    <t>Olga Vladimirovna Lotsmanova</t>
+  </si>
+  <si>
+    <t>15 dicembre 1972</t>
+  </si>
+  <si>
+    <t>È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.10.2024: 4 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 10.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Stanislav Valentinovich Kuzmitsky</t>
   </si>
   <si>
     <t>15 dicembre 1986</t>
   </si>
   <si>
     <t>Secondo i materiali dell'indagine , Kuzmitsky, "avendo valori perversi e un fraintendimento della parola" patriottismo ", si unì intenzionalmente a un'organizzazione terroristica e diresse alcune risorse della rete"...97". Ha amministrato più di 30 chat room che, sotto brutale controllo e guida dall'estero, si sono riempite di materiale estremista. L'uomo ha formato la composizione di comunità estremiste, assegnato ruoli e organizzato la partecipazione dei loro membri alle proteste. Inoltre, ha adottato misure per unire e aumentare il numero delle comunità: le ha sostenute moralmente in conversazioni private, ha organizzato attività ricreative congiunte, ha distribuito prodotti di propaganda, ha disegnato disegni e iscrizioni di carattere estremista sulle facciate degli edifici.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>15 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
-    <t>Anna Gennadievna Kuris</t>
-[...31 lines deleted...]
-  <si>
     <t>Victor Vasilevich Barket</t>
   </si>
   <si>
     <t>16 dicembre 1973</t>
   </si>
   <si>
     <t>Il 10 maggio 2024 si è tenuta un'udienza di appello e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.02.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Elena Nikolaevna Verbitskaya</t>
   </si>
   <si>
     <t>16 dicembre 1955</t>
   </si>
   <si>
     <t>È stata detenuta per aver aiutato prigionieri politici il 23 gennaio 2024, dopodiché Elena è stata rilasciata, ma è stata nuovamente detenuta nell'aprile dello stesso anno e collocata in un centro di custodia cautelare.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 26.09.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 22.11.2024: sconosciuto.</t>
+    <t>Sentenza del tribunale 26.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
     <t>Pavel Vladimirovich Kuntsevich</t>
   </si>
   <si>
     <t>17 dicembre 1985</t>
   </si>
   <si>
     <t>Pavel Kuntsevich ha 39 anni. È residente a Minsk, ha studiato presso l'Istituto statale di ecologia di Minsk intitolato a Sakharov come psicologo. Ha lavorato al mercato Chervensky, dove aveva il suo punto vendita, e recentemente ha realizzato serre per soldi.
 A giudicare dai social network, è stato arrestato nell'autunno del 2023. È stato accusato ai sensi della parte 3 dell'art. 361 del codice penale della Bielorussia - "richiede sanzioni o altre azioni volte a danneggiare la sicurezza nazionale della Bielorussia". Secondo l'articolo, ha rischiato fino a 12 anni di carcere.Pavel ha una famiglia numerosa: moglie e quattro figli.</t>
   </si>
   <si>
-    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
-[...1 lines deleted...]
-  <si>
     <t>4 anni di reclusione in una colonia</t>
   </si>
   <si>
     <t>2024-01-15 21:41:51</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Maxim Valerievich Solop</t>
+  </si>
+  <si>
+    <t>17 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Maxim Solop ha 36 anni. È originario di Brest. Nel 2012 si è laureato presso il Dipartimento di Fisica dell'Università statale Francisk Skaryna Gomel. Ha lavorato come ingegnere presso il Centro informatico di Brest per i trasporti import-export delle ferrovie bielorusse.
+Maxim ama viaggiare e le attività ricreative attive, pratica inoltre vari sport e conduce uno stile di vita sano.
+Il processo inizierà il 24 febbraio 2025 presso il tribunale della città di Brest. Maxim è accusato di “incitamento ad azioni volte a danneggiare la sicurezza nazionale della Bielorussia” (Parte 3 dell’articolo 361 del Codice penale).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
   </si>
   <si>
     <t>Natalia Sergeevna Matveeva</t>
   </si>
   <si>
     <t>17 dicembre 1983</t>
   </si>
   <si>
     <t>Natalia è stata arrestata nel giugno 2021 con l'accusa di aver pianificato di appiccare il fuoco a un'attrezzatura per il disboscamento. L'arresto è avvenuto la sera stessa, proprio nei terreni dell'azienda forestale, dove sarebbe arrivata con il suo complice, Gordeyev, che in realtà era in missione per conto delle agenzie di sicurezza dello Stato.
 Secondo l'accusa, la sera dell'8 giugno 2021, Natalia e quest'uomo prepararono delle molotov, che intendevano usare per appiccare il fuoco all'attrezzatura. Tuttavia, il crimine non fu portato a termine: Natalia fu arrestata prima che l'incendio doloso potesse essere perpetrato.
 In tribunale, Natalia ha testimoniato di essersi trovata in una situazione difficile: nell'agosto 2020, un suo conoscente è stato arrestato, aveva perso il padre e stava attraversando difficoltà sul lavoro. Ha anche confermato di essere stata effettivamente membro del gruppo di chat "OGSB" e di aver avuto intenzione di distruggere le attrezzature per il disboscamento presso l'azienda forestale.
 Nel dicembre 2022 è stata dichiarata colpevole e condannata alla reclusione in una colonia penale di regime generale con una multa elevata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2022: 14 anni di reclusione in una colonia del regime generale, 400 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Maxim Valerievich Solop</t>
-[...13 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Ex medico legale. Programmazione studiata.</t>
+  </si>
+  <si>
+    <t>5,5 anni di carcere in una colonia penale</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Arthur Igorevich Syrokvasha</t>
   </si>
   <si>
     <t>18 dicembre 1993</t>
   </si>
   <si>
     <t>Artur Syrokvasha ha ricoperto il ruolo di vice capo dell'avamposto di frontiera di Khoiniki, istituito nel 2020. Ciò significa che Artur ha lavorato al valico di frontiera attraverso il quale le attrezzature russe entravano in Ucraina.
 Era il segretario del sindacato giovanile locale BRSM. Il profilo VKontakte di Artur indica che è originario di Minsk e si è laureato alla BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
-    <t>Ekaterina Vladimirovna Zaretskaya</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexander Nikolaevich Trotsenko</t>
   </si>
   <si>
     <t>19 dicembre 1971</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.09.2024: 5 anni di reclusione in una colonia del regime generale. Appello 10.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Vitaly Vladimirovich Leskovets</t>
+  </si>
+  <si>
+    <t>20 dicembre 1975</t>
+  </si>
+  <si>
+    <t>Vitaly è un programmatore. Ha lavorato presso lo stabilimento metallurgico di Mogilev e ha amministrato il sito web dell'azienda, in un ufficio di progettazione specializzato e come ingegnere informatico presso il Centro dei sistemi informativi della città di Mogilev.
+L'hobby dell'uomo è la fotografia. Scatta fotografie sia con fotocamere a nastro che digitali. Alexey filma regolarmente vari eventi cittadini e condivide foto sui social network. Ama anche viaggiare, sia in Bielorussia che all'estero.
+È sotto processo per donazioni in aiuto dell'Ucraina.</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-08-19 18:56:57</t>
   </si>
   <si>
     <t>Evgeniy Vladimirovich Propolskiy</t>
   </si>
   <si>
     <t>20 dicembre 1994</t>
   </si>
   <si>
     <t>Evgeniy è stato arrestato in relazione a rivolte di massa e accusato di aver partecipato a canali di telegrammi “radicali”.
 Nel maggio 2023 è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”.</t>
   </si>
   <si>
     <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 03.05.2023: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-26 22:08:25</t>
   </si>
   <si>
+    <t>Vladimir Anatolevich Baslyk</t>
+  </si>
+  <si>
+    <t>20 dicembre 1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Il giudice Anzhelika Danilova inizia a esaminare il caso il 29 luglio 2024 presso il tribunale regionale di Minsk.
+</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.08.2024: sconosciuto. Appello 18.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-09 23:16:04</t>
+  </si>
+  <si>
     <t>Leonid Valentinovich Kozyr</t>
-  </si>
-[...1 lines deleted...]
-    <t>20 dicembre 1981</t>
   </si>
   <si>
     <t>Il primo processo contro Leonid si è svolto nell'autunno del 2022, è stato accusato ai sensi dell'articolo 369 e condannato alla restrizione della libertà senza direzione.
 Il secondo processo è diventato noto nell'agosto 2024. Leonid è accusato di “finanziamento delle attività di una formazione estremista” (articolo 361-2 del codice penale) e di “reclutamento, formazione o preparazione per la partecipazione alla guerra, nonché sostegno materiale per tali attività” (parte 2 dell’articolo 361 -3 del codice penale). Apparentemente si è scoperto che l'uomo aveva una donazione per le forze armate ucraine. La pena rischia probabilmente la reclusione.
 Leonid ha un'istruzione superiore , il suo ultimo posto di lavoro è l' impresa privata Gomelstalstandart .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.10.2022: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 22.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Vitaly Vladimirovich Leskovets</t>
-[...18 lines deleted...]
-  <si>
     <t>Igor Mikhailovich Sushko</t>
   </si>
   <si>
     <t>21 dicembre 1978</t>
   </si>
   <si>
     <t>Igor è stato arrestato il 23 novembre 2023. Da un video pubblicato dalle forze di sicurezza su un canale filogovernativo si sa che era cofondatore di un'azienda di trasporti urbani.
 Alla telecamera, Igor afferma di essere stato arrestato per commenti nei canali Telegram sull'esercito bielorusso e russo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Dmitry Sergeevich Osiyuk</t>
   </si>
   <si>
     <t>21 dicembre 1987</t>
   </si>
   <si>
-    <t>Di cosa sia accusato esattamente Osiuk non è noto. Rischia una lunga pena detentiva.
-[...3 lines deleted...]
-    <t>Sentenza del tribunale 14.08.2024: sconosciuto. Appello 16.01.2025: sconosciuto.</t>
+    <t>È noto che il caso di Dmitry è stato in gran parte inventato e che alcune delle sue azioni sono state deliberatamente provocate da agenti dei servizi segreti.
+Gli attivisti per i diritti umani sanno che l'uomo è in custodia cautelare da circa dicembre 2023. Inizialmente è stato trattenuto nel Centro di detenzione preventiva n. 1 di Minsk e poi trasferito al Centro di detenzione preventiva di Brest. È stato condannato a 20 anni di carcere, i primi cinque dei quali in una colonia penale.
+Si sa che Osiyuk viveva a Bereza e aveva una figlia.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.08.2024: 20 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario). Appello 16.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
     <t>Vyacheslav Nikolaevich Rogashchuk</t>
   </si>
   <si>
     <t>22 dicembre 1985</t>
   </si>
   <si>
     <t>Vyacheslav è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. Dopo il suo arresto, è stato picchiato per tre giorni e non gli è stata fornita assistenza medica, motivo per cui ha avuto un mini-ictus. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
   </si>
   <si>
     <t>2021-02-27 01:38:50</t>
+  </si>
+  <si>
+    <t>Michael Yuryevich Neznanov</t>
+  </si>
+  <si>
+    <t>22 dicembre 1982</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 23.07.2024: 5 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-24 23:50:24</t>
   </si>
   <si>
     <t>Victoria Alexandrovna Veras</t>
   </si>
   <si>
     <t>22 dicembre 1994</t>
   </si>
   <si>
     <t>Victoria è di Minsk, laureata in medicina. Prima ha lavorato nelle cliniche statali, poi al centro medico Sinevo.
 Una persona che conosce Svetlana dal college ha detto che durante i suoi anni da studente non era interessata alla politica e non è mai stata un'attivista pubblica. Tuttavia, gli eventi del 2020 hanno cambiato in modo irriconoscibile la vita di decine di migliaia, se non centinaia di migliaia di bielorussi. E Veras non ha fatto eccezione.
 Non è noto quando Victoria sia stata arrestata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.11.2024: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-11-01 18:08:08</t>
   </si>
   <si>
-    <t>Michael Yuryevich Neznanov</t>
-[...10 lines deleted...]
-  <si>
     <t>Igor Mikhailovich Klochko</t>
   </si>
   <si>
     <t>23 dicembre 1997</t>
   </si>
   <si>
     <t>Igor è stato condannato per aver partecipato a una protesta avvenuta l'11 agosto 2020 nella città di Brest.</t>
   </si>
   <si>
     <t>Open correctional facility No. 46. 213188, Kruhlaje, vulica Savieckaja, 96</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.06.2025: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-09-12 20:21:20</t>
   </si>
   <si>
     <t>Sergei Alexandrovich Chernetsky</t>
   </si>
   <si>
     <t>23 dicembre 1985</t>
   </si>
   <si>
     <t>Secondo l'accusa contro Sergei Chernetsky, ha lasciato un commento offensivo sotto un post con una foto di Filatov nel canale Telegram "Shame Board".</t>
   </si>
   <si>
     <t>2 years of restriction of freedom without referral. Replacement of punishment with imprisonment.</t>
   </si>
   <si>
     <t>2022-06-20 18:02:33</t>
   </si>
   <si>
     <t>Dmitriy Viktorovich Trukhan</t>
   </si>
   <si>
     <t>23 dicembre 1981</t>
   </si>
   <si>
     <t>L'8 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello 12.08.2023: sconosciuto. Protesta del pubblico ministero 08.12.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Maksim Ivanovich Sobolev</t>
+  </si>
+  <si>
+    <t>23 dicembre 1998</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa , dal 10 all'11 agosto 2020, in quel momento sulla carreggiata si trovavano i minorenni Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, nonché Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev di Masherov Avenue, Cosmonauts Boulevards e Shevchenko, st. Sovietici a Brest, “ hanno gridato slogan, mostrato tele bianco-rosse-bianche, violando gravemente l’ordine pubblico, impedendo deliberatamente la circolazione dei veicoli e il normale funzionamento delle imprese e delle organizzazioni”.
+All'udienza in tribunale, tutti hanno ammesso pienamente la propria colpevolezza.
+È anche noto che Maxim Sobolev, Gleb Klimovich, Yulia Sharanova sono stati condannati, anche con l'accusa di "narcotici".
+Maxim Sobolev ai sensi della parte 1 dell'art. 342 cp è stato condannato a due anni di reclusione. Ma poiché Maxim era già stato condannato per “narcotici” parte 4 dell'art. 328 del codice penale, con l'aggiunta parziale delle pene principali e l'aggiunta completa di una punizione aggiuntiva, 12 anni di carcere sono stati condannati a prestare servizio in una colonia correzionale in regime di massima sicurezza con una multa di 3.200 rubli.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 12 anni di reclusione in una colonia del regime potenziato. Appello 23.07.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:07:55</t>
+  </si>
+  <si>
+    <t>Alexander Viktorovich Konovalchik</t>
+  </si>
+  <si>
+    <t>24 dicembre 1979</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
   </si>
   <si>
     <t>Anatoly Viktorovich Latushka</t>
   </si>
   <si>
     <t>24 dicembre 1976</t>
   </si>
   <si>
     <t>Arrestato per aver disegnato con gli stencil "Chase".
 Anatoly Latushka è cugino del politico Pavel Latushko.
 Il 22 marzo 2024 è stato trasferito al regime carcerario fino al termine della pena.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 20.09.2022: 6 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: sconosciuto. Tribunale per il cambio di regime 22.03.2024: sconosciuto.</t>
+    <t>Sentenza del tribunale 20.09.2022: 6 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: sconosciuto. Tribunale per il cambio di regime 22.03.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Shablyko</t>
   </si>
   <si>
     <t>24 dicembre 1996</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
     <t>Anatoly Vladimirovich Volodko</t>
   </si>
   <si>
     <t>25 dicembre 1967</t>
   </si>
   <si>
     <t>Anatolij Volodko ha 56 anni. Viene da Minsk. L'uomo ha una moglie, una figlia adulta e un figlio che presto compirà diciotto anni. Volodko ha lavorato come programmatore presso Top Soft per più di 20 anni. Sta creando un ecosistema di prodotti Galaktika necessari per la digitalizzazione aziendale. L'ufficio centrale dell'azienda si trova in Russia e Anatoly ha lavorato lì per parte del tempo.
 La data esatta dell'arresto dell'uomo non è nota, ma è probabile il 15 o 16 gennaio 2024. Dopotutto, il 17 gennaio, lui e sua moglie sono stati condannati per “piccolo teppismo” - è stato condannato a 15 giorni, la condanna a sua moglie è sconosciuta. Secondo la testimonianza delle forze di sicurezza, Anatoly Volodko “era in un luogo pubblico e, per motivi di teppismo, ha gridato ad alta voce, ha usato un linguaggio osceno, ha agitato le braccia e si è comportato in modo aggressivo “L'uomo non ha ammesso la sua colpa e ha detto che a metà giornata è stato trattenuto a casa sua, non ha fatto nulla che gli hanno detto i testimoni.Secondo il compagno di cella Anatoly Volodko, si è rifiutato di pagare le “donazioni” che gli agenti del KGB hanno minacciato di pagare a coloro che hanno fatto donazioni. In generale, l'uomo non ha ammesso la sua colpa. Il compagno di cella di Anatoly afferma che questo è stato il motivo di ulteriori procedimenti giudiziari: amministrativi e penali.
 Il 27 agosto 2024 è stato preso in considerazione l’appello di Anatoly e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.06.2024: 8 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
+    <t>Anastasia Yuryevna Gritskevich</t>
+  </si>
+  <si>
+    <t>25 dicembre 1993</t>
+  </si>
+  <si>
+    <t>Anastasia, originaria di Mozyr, si è laureata in turismo e ospitalità presso l'Università Statale Bielorussa di Cultura Fisica e Sport (BSUPhK) e ha lavorato alla Minsk Arena. Ha viaggiato molto e ha amato gli sport, tra cui l'hockey e il ciclismo.
+La data dell'arresto di Anastasia è sconosciuta. L'ultimo post su Telegram risale a febbraio 2025. Fu in quel mese che gli arresti nel caso Gayun erano in pieno svolgimento.
+Gritskevich non è più online dal suo arresto. Questo suggerisce che sia stata condannata al carcere.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
     <t>Dmitry Nikolaevich Khaltsov</t>
   </si>
   <si>
     <t>25 dicembre 1987</t>
   </si>
   <si>
     <t>Dmitry Khaltsov è un imprenditore individuale. Nel 2020, la Komsomolskaya Pravda ha scritto di lui in un articolo sulle proteste a Gomel in seguito al funerale di Alexander Vikhor, ucciso dalla polizia. Ha comprato un megafono con i suoi soldi e ha scritto in una chat room locale suggerendo di riunirsi e di presentarsi al comitato esecutivo regionale. I manifestanti hanno poi convocato il governatore regionale per un incontro.
 A causa della natura chiusa del sistema giudiziario, la natura delle accuse mosse contro Dmitry Khaltsov e la sua specifica condanna sono ancora sconosciute. Si sa solo che è stato condannato a una pena detentiva.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>2025-10-18 15:04:38</t>
   </si>
   <si>
     <t>Igor Nikolaevich Kozlov</t>
   </si>
   <si>
     <t>25 dicembre 1975</t>
   </si>
   <si>
     <t>Residente nella regione di Mogilev . Un dipendente dello stabilimento Bobruisk di parti e assiemi di trattori.
 Detenuto per sabotaggio della ferrovia vicino alle stazioni di Bobruisk, nonché incendio doloso di un poligono di tiro dell'unità militare 5527. Detenuto insieme alla moglie.</t>
   </si>
   <si>
-    <t>14 anni di reclusione in una colonia sotto regime rafforzato</t>
+    <t>Sentenza del tribunale 10.08.2022: 14 anni di reclusione in una colonia del regime potenziato. Appello 25.10.2022: sconosciuto.</t>
   </si>
   <si>
     <t>2022-05-23 12:43:25</t>
   </si>
   <si>
     <t>Artem Shirinovich Nasanovich</t>
   </si>
   <si>
     <t>25 dicembre 1994</t>
   </si>
   <si>
     <t>La ragione di una punizione così severa, così come le circostanze dell'avvio di un procedimento penale, sono ancora sconosciute.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 25.03.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 14.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-16 16:55:57</t>
   </si>
   <si>
     <t>Artyom Evgenyevich Parkhamovich</t>
   </si>
   <si>
     <t>26 dicembre 1995</t>
   </si>
   <si>
     <t>Artem, un dipendente di Beltelecom, è stato arrestato il 22 ottobre 2020 e condannato per aver trasmesso dati di agenti delle forze dell'ordine a Telegram.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.02.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 29.04.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
-  </si>
-[...29 lines deleted...]
-    <t>2025-02-02 16:04:21</t>
   </si>
   <si>
     <t>Vera Mikhailovna Kanonenko</t>
   </si>
   <si>
     <t>27 dicembre 1974</t>
   </si>
   <si>
     <t>È stato arrestato alla fine di ottobre 2024, durante un altro "raid" contro i sospettati di solidarietà con i prigionieri politici.
 È accusato ai sensi di diversi articoli del Codice penale per interazione con "gruppi estremisti".</t>
   </si>
   <si>
-    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
-    <t>Paul Dmitrievich Yasny</t>
-[...7 lines deleted...]
-  <si>
     <t>Olga Dmitrievna Alekseeva</t>
   </si>
   <si>
     <t>27 dicembre 1982</t>
   </si>
   <si>
     <t>Presumibilmente detenuto per aver aiutato i prigionieri politici.</t>
   </si>
   <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
+    <t>Andrey Viktorovich Velikoselets</t>
+  </si>
+  <si>
+    <t>27 dicembre 1984</t>
+  </si>
+  <si>
+    <t>Il 14 giugno 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.03.2024: 3 anni di reclusione in una colonia del regime generale. Appello 14.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-16 18:17:37</t>
+  </si>
+  <si>
     <t>Vyacheslav Yuryevich Malyshev</t>
   </si>
   <si>
     <t>29 dicembre 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...13 lines deleted...]
-  <si>
     <t>Olga Anatolyevna Osipchik</t>
   </si>
   <si>
     <t>30 dicembre 1977</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
   </si>
   <si>
+    <t>Joseph (Yazep) Iosifovich Dulebo</t>
+  </si>
+  <si>
+    <t>30 dicembre 1967</t>
+  </si>
+  <si>
+    <t>Il 3 maggio 2024, il Comitato per la Sicurezza dello Stato della Bielorussia ha aggiunto una serie di risorse mediatiche del progetto FreeInfoBel all'elenco delle cosiddette "formazioni estremiste" e sono state incluse anche persone specifiche che, a loro avviso, sono legate al progetto indicato: Olga Pashkevich e Iosif Dulebo. Inoltre, l'introduzione di FreeInfoBel è diventata infatti nota solo 5 giorni dopo, l'8 maggio.
+Al momento non è noto per quale specifico procedimento penale l’uomo sia detenuto, ma si può presumere che sia legato all’”estremismo”. Siamo riusciti a scoprire che Dulebo era stato inizialmente detenuto per una questione amministrativa. Tuttavia, quando è arrivato il momento del rilascio dal centro di detenzione temporanea, Dulebo non è stato rilasciato: è stato trasferito in un centro di custodia cautelare.
+L'uomo era a capo della sezione di Vitebsk del Fronte popolare bielorusso, ma all'inizio degli anni 2000 si ritirò dagli affari del partito.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 04.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-22 19:29:24</t>
+  </si>
+  <si>
     <t>Valeriya Borisovna Kostyugova</t>
-  </si>
-[...1 lines deleted...]
-    <t>30 dicembre 1967</t>
   </si>
   <si>
     <t>Valeria è una politologa, fondatrice e curatrice del sito web della comunità di esperti "La nostra opinione", autrice e curatrice dell'"Annuario bielorusso", responsabile del gruppo di esperti per il monitoraggio "Bielorussia in Focus".
 Il 30 giugno 2021, dopo una perquisizione della sua abitazione da parte degli agenti del KGB, Valeria è stata arrestata e messa in isolamento, per poi essere trasferita in un centro di detenzione preventiva.
 Il 6 febbraio 2023, il tribunale ha iniziato a esaminare il suo caso con le accuse di "favoreggiamento di azioni volte a prendere il potere", "istigazione ad azioni che danneggiano la sicurezza nazionale" e "incitamento all'odio sociale". Il 17 marzo 2023, il tribunale ha condannato Valeria in una sessione a porte chiuse a 10 anni di reclusione in una colonia penale di regime generale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.03.2023: 10 anni di reclusione in una colonia del regime generale. Appello 25.07.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Pavel Konstantinovich Severinets</t>
-[...13 lines deleted...]
-    <t>2021-02-26 21:15:58</t>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 dicembre 1974</t>
+  </si>
+  <si>
+    <t>È stato condannato per un commento sull'Ucraina fatto nel 2022. Il caso è stato discusso presso il tribunale della città di Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.08.2025: 2 anni di reclusione in una colonia del regime generale. Appello 14.10.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
+  </si>
+  <si>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Programmatore presso SamSolutions.
+Il 15 settembre 2023 è stata discussa la causa di appello.
+Nell'estate del 2025 si ammalò di polmonite e fu ricoverata nel reparto di medicina.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.06.2023: 5 anni di reclusione in una colonia del regime generale. Appello 30.06.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
   </si>
   <si>
     <t>Alexander Fedorovich Borovik</t>
   </si>
   <si>
     <t>30 dicembre 1981</t>
   </si>
   <si>
     <t>L'uomo è stato accusato di aver lasciato, secondo la corte, un commento offensivo in un telegramma nei confronti del ministro degli Interni Ivan Kubrakov e del vice capo della direzione degli Affari interni dell'amministrazione del distretto centrale di Minsk, capo della polizia criminale, Vladimir Kubrakov. Alexander ha ammesso pienamente la sua colpa e si è pentito delle sue azioni. Prima del processo l’uomo era in garanzia personale. Dopo l'annuncio del verdetto, è stato preso in custodia in aula.
 Alexander Borovik ha un figlio minorenne a carico. Lavora come operatore di macchine falegname.
 Nel gennaio 2024 si è saputo che Pavel era stato nuovamente accusato, ma questa volta ai sensi dell'articolo 130 del codice penale della Repubblica di Bielorussia.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.05.2023: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 25.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2023-05-02 13:34:46</t>
   </si>
   <si>
-    <t>Olesya Vyacheslavovna Shapkina</t>
-[...23 lines deleted...]
-    <t>2024-05-22 19:29:24</t>
+    <t>Alexey Alexandrovich Kubrakov</t>
+  </si>
+  <si>
+    <t>31 dicembre 1981</t>
+  </si>
+  <si>
+    <t>2025-10-20 21:23:33</t>
+  </si>
+  <si>
+    <t>Nadzeya Alexandrovna Leskovets</t>
+  </si>
+  <si>
+    <t>31 dicembre 1978</t>
+  </si>
+  <si>
+    <t>È stata arrestata il 23 gennaio 2024 durante un massiccio raid delle forze di sicurezza contro i parenti dei prigionieri politici e le persone che li aiutavano.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-03-13 22:04:59</t>
+  </si>
+  <si>
+    <t>Olga Grigorievna Stroeva</t>
+  </si>
+  <si>
+    <t>31 dicembre 1959</t>
+  </si>
+  <si>
+    <t>2025-12-11 16:57:27</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Vasiliev</t>
   </si>
   <si>
     <t>31 dicembre 1994</t>
   </si>
   <si>
     <t>Arrestato per aver amministrato le chat room "Vitebsk -97%" e "Orsha -97%".
 Lighting designer per la TZU al teatro bielorusso "Lyalka".</t>
   </si>
   <si>
     <t>12 anni di carcere in regime rafforzato</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...22 lines deleted...]
-    <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Maxim Valerievich Sandracula</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.11.2024: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 14.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1804,51 +1768,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1968,2417 +1932,2353 @@
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
         <v>51</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
+        <v>78</v>
+      </c>
+      <c r="I14" t="s">
         <v>79</v>
-      </c>
-[...22 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
+      <c r="I15" t="s">
         <v>85</v>
-      </c>
-[...19 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="B16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>98</v>
       </c>
-      <c r="B18" t="s">
+      <c r="I18" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I19" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
         <v>108</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" t="s">
+        <v>112</v>
+      </c>
+      <c r="I21" t="s">
         <v>113</v>
-      </c>
-[...22 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
+      </c>
+      <c r="I22" t="s">
         <v>118</v>
-      </c>
-[...22 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
+        <v>122</v>
+      </c>
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...22 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I24" t="s">
         <v>128</v>
-      </c>
-[...22 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>132</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>142</v>
       </c>
-      <c r="B27" t="s">
+      <c r="I27" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="B28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>150</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="B29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="B30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
+        <v>160</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>162</v>
       </c>
-      <c r="B31" t="s">
+      <c r="I31" t="s">
         <v>163</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
+        <v>166</v>
+      </c>
+      <c r="I32" t="s">
         <v>167</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="B33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="B34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" t="s">
         <v>181</v>
       </c>
-      <c r="B35" t="s">
+      <c r="I35" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>183</v>
+      </c>
+      <c r="B36" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" t="s">
+        <v>185</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
+      <c r="I36" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>190</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" t="s">
         <v>191</v>
       </c>
-      <c r="B37" t="s">
+      <c r="I37" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B38" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" t="s">
+        <v>199</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" t="s">
         <v>200</v>
       </c>
-      <c r="B39" t="s">
+      <c r="I39" t="s">
         <v>201</v>
-      </c>
-[...16 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
+        <v>203</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
       </c>
-      <c r="B40" t="s">
+      <c r="I40" t="s">
         <v>206</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I41" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" t="s">
+        <v>212</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="I42" t="s">
         <v>214</v>
-      </c>
-[...19 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" t="s">
         <v>218</v>
       </c>
-      <c r="B43" t="s">
+      <c r="I43" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>223</v>
       </c>
-      <c r="B44" t="s">
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" t="s">
         <v>224</v>
       </c>
-      <c r="C44" t="s">
+      <c r="I44" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
         <v>228</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" t="s">
         <v>229</v>
       </c>
-      <c r="C45" t="s">
+      <c r="I45" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>233</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>53</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>234</v>
       </c>
-      <c r="B46" t="s">
+      <c r="I46" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>83</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>239</v>
       </c>
-      <c r="B47" t="s">
+      <c r="I47" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>243</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>132</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="I48" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>246</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>53</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="B49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
+        <v>252</v>
+      </c>
+      <c r="C50" t="s">
+        <v>253</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>223</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="B50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B51" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C51" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>65</v>
       </c>
       <c r="I51" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B52" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D52" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I52" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="B53" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="C53" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>32</v>
+        <v>267</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I53" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>273</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
+        <v>274</v>
+      </c>
+      <c r="I54" t="s">
         <v>275</v>
-      </c>
-[...19 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>276</v>
+      </c>
+      <c r="B55" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>279</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>281</v>
+      </c>
+      <c r="B56" t="s">
+        <v>277</v>
+      </c>
+      <c r="C56" t="s">
+        <v>282</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
+        <v>283</v>
+      </c>
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...19 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="B57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
+        <v>292</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>293</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>294</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>298</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>132</v>
+      </c>
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" t="s">
         <v>299</v>
-      </c>
-[...22 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B60" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="I60" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="B61" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C61" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E61" t="s">
+        <v>53</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="I61" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>309</v>
+      </c>
+      <c r="B62" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" t="s">
+        <v>311</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>312</v>
+      </c>
+      <c r="F62" t="s">
+        <v>313</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>314</v>
+      </c>
+      <c r="I62" t="s">
         <v>315</v>
-      </c>
-[...22 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>316</v>
+      </c>
+      <c r="B63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
         <v>319</v>
       </c>
-      <c r="B63" t="s">
+      <c r="I63" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>321</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>323</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>324</v>
       </c>
-      <c r="B64" t="s">
+      <c r="I64" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
         <v>328</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>329</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" t="s">
         <v>330</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>331</v>
       </c>
-      <c r="F65" t="s">
+      <c r="I65" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>334</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>335</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" t="s">
+        <v>65</v>
+      </c>
+      <c r="I66" t="s">
         <v>336</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>337</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>339</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="F67" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" t="s">
         <v>340</v>
       </c>
-      <c r="B67" t="s">
+      <c r="I67" t="s">
         <v>341</v>
-      </c>
-[...19 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
+        <v>342</v>
+      </c>
+      <c r="B68" t="s">
+        <v>343</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>344</v>
+      </c>
+      <c r="I68" t="s">
         <v>345</v>
-      </c>
-[...22 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>346</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>348</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>349</v>
+      </c>
+      <c r="I69" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>351</v>
+      </c>
+      <c r="B70" t="s">
+        <v>352</v>
+      </c>
+      <c r="C70" t="s">
+        <v>353</v>
+      </c>
+      <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>53</v>
+      </c>
+      <c r="F70" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" t="s">
         <v>354</v>
       </c>
-      <c r="B70" t="s">
+      <c r="I70" t="s">
         <v>355</v>
-      </c>
-[...19 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>356</v>
+      </c>
+      <c r="B71" t="s">
+        <v>357</v>
+      </c>
+      <c r="C71" t="s">
+        <v>358</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
         <v>359</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" t="s">
+        <v>93</v>
+      </c>
+      <c r="I71" t="s">
         <v>360</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>361</v>
+      </c>
+      <c r="B72" t="s">
+        <v>362</v>
+      </c>
+      <c r="C72" t="s">
+        <v>363</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>329</v>
+      </c>
+      <c r="F72" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" t="s">
         <v>364</v>
       </c>
-      <c r="B72" t="s">
+      <c r="I72" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>366</v>
+      </c>
+      <c r="B73" t="s">
+        <v>367</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" t="s">
         <v>369</v>
       </c>
-      <c r="B73" t="s">
+      <c r="I73" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>373</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>89</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" t="s">
         <v>374</v>
       </c>
-      <c r="B74" t="s">
+      <c r="I74" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>376</v>
+      </c>
+      <c r="B75" t="s">
+        <v>377</v>
+      </c>
+      <c r="C75" t="s">
+        <v>378</v>
+      </c>
+      <c r="D75" t="s">
+        <v>52</v>
+      </c>
+      <c r="E75" t="s">
+        <v>359</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="I75" t="s">
         <v>379</v>
-      </c>
-[...22 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>380</v>
+      </c>
+      <c r="B76" t="s">
+        <v>381</v>
+      </c>
+      <c r="C76" t="s">
+        <v>382</v>
+      </c>
+      <c r="D76" t="s">
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>53</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
+        <v>383</v>
+      </c>
+      <c r="I76" t="s">
         <v>384</v>
-      </c>
-[...22 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>385</v>
+      </c>
+      <c r="B77" t="s">
+        <v>386</v>
+      </c>
+      <c r="C77" t="s">
+        <v>387</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>388</v>
+      </c>
+      <c r="I77" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B78" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>77</v>
+        <v>392</v>
       </c>
       <c r="I78" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B79" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E79" t="s">
-        <v>66</v>
+        <v>335</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I79" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>397</v>
+      </c>
+      <c r="B80" t="s">
+        <v>398</v>
+      </c>
+      <c r="C80" t="s">
+        <v>399</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
+        <v>400</v>
+      </c>
+      <c r="I80" t="s">
         <v>401</v>
-      </c>
-[...19 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>402</v>
+      </c>
+      <c r="B81" t="s">
+        <v>398</v>
+      </c>
+      <c r="C81" t="s">
+        <v>403</v>
+      </c>
+      <c r="D81" t="s">
+        <v>52</v>
+      </c>
+      <c r="E81" t="s">
+        <v>53</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>404</v>
+      </c>
+      <c r="I81" t="s">
         <v>405</v>
-      </c>
-[...22 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>406</v>
+      </c>
+      <c r="B82" t="s">
+        <v>407</v>
+      </c>
+      <c r="C82" t="s">
+        <v>408</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>273</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>409</v>
+      </c>
+      <c r="I82" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>411</v>
+      </c>
+      <c r="B83" t="s">
+        <v>412</v>
+      </c>
+      <c r="C83" t="s">
         <v>413</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
+        <v>52</v>
+      </c>
+      <c r="E83" t="s">
+        <v>53</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" t="s">
         <v>414</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>415</v>
-      </c>
-[...16 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>416</v>
+      </c>
+      <c r="B84" t="s">
+        <v>417</v>
+      </c>
+      <c r="C84" t="s">
         <v>418</v>
       </c>
-      <c r="B84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" t="s">
         <v>419</v>
       </c>
-      <c r="C84" t="s">
+      <c r="I84" t="s">
         <v>420</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>421</v>
+      </c>
+      <c r="B85" t="s">
+        <v>422</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>335</v>
+      </c>
+      <c r="F85" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" t="s">
+        <v>15</v>
+      </c>
+      <c r="I85" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>424</v>
+      </c>
+      <c r="B86" t="s">
+        <v>425</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
+      </c>
+      <c r="D86" t="s">
+        <v>52</v>
+      </c>
+      <c r="E86" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>427</v>
+      </c>
+      <c r="I86" t="s">
         <v>428</v>
-      </c>
-[...22 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B87" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="E87" t="s">
+        <v>359</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
-      <c r="H87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I87" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>432</v>
+      </c>
+      <c r="B88" t="s">
+        <v>433</v>
+      </c>
+      <c r="C88" t="s">
+        <v>434</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>70</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
+        <v>435</v>
+      </c>
+      <c r="I88" t="s">
         <v>436</v>
-      </c>
-[...22 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>392</v>
+        <v>70</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
+      <c r="H89" t="s">
+        <v>438</v>
+      </c>
       <c r="I89" t="s">
-        <v>443</v>
-[...54 lines deleted...]
-        <v>451</v>
+        <v>439</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">