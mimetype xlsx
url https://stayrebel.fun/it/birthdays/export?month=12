--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,1459 +12,1526 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
-    <t>Stanislav Aleksandrovich Mikhailov</t>
-[...5 lines deleted...]
-    <t>Stanislav è stato arrestato il 9 agosto 2020 in un bar nel centro di Pinsk mentre beveva caffè ed è stato duramente picchiato. È stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
+    <t>Victor Viktorovich Sachkovsky</t>
+  </si>
+  <si>
+    <t>2 dicembre 1989</t>
+  </si>
+  <si>
+    <t>Secondo i documenti del caso , il 27 febbraio 2022, l'uomo ha filmato i voli di aerei militari e ha inviato il video ai cosiddetti. "formazione estremista". Non è stato specificato dove sia stato inviato esattamente il video.</t>
   </si>
   <si>
     <t>Uomo</t>
   </si>
   <si>
-    <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
-[...1 lines deleted...]
-  <si>
     <t>In custodia</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
-[...13 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 11.03.2024: 2 anni di reclusione in una colonia del regime generale. Appello 02.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-06 14:01:44</t>
   </si>
   <si>
-    <t>Nikolay Vladimirovich Vasilevich</t>
+    <t>Nikolai Uladzimiravich Vasilevich</t>
   </si>
   <si>
     <t>3 dicembre 1978</t>
   </si>
   <si>
     <t>Nikolai è accusato di "finanziamento di attività terroristiche", secondo questo articolo rischia da 8 a 12 anni di carcere.
 L'ultimo luogo di lavoro conosciuto dell'uomo era il Centro repubblicano per la preparazione olimpica di atletica leggera.
 Il 6 giugno 2023 è stato condannato ai sensi dell'art. 361-2 del codice penale per 6 anni in colonia di massima sicurezza e una pesante multa. Altri dettagli del caso non sono noti.
 Il 1 settembre 2023, presso la Corte Suprema, il giudice V. Cherevach avrebbe dovuto esaminare il ricorso del prigioniero politico. Al momento è entrata in vigore la prima sentenza, quindi, al momento della seconda, Vasilevich era considerato già condannato.
 Il 12 settembre 2023, presso il tribunale distrettuale di Pervomaisky si è svolto un altro processo contro Nikolai. Questa volta è stato accusato di "finanziamento di attività terroristiche". In totale, per le donazioni, Svetlana Cherepovich lo ha condannato a 9 anni e 6 mesi in una colonia di massima sicurezza, oltre a una multa di 600 unità base. Nel filmato filogovernativo si dice che abbia fatto almeno 54 donazioni a fondi di solidarietà.
 Il 14 novembre 2023 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>9,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-01-03 16:08:31</t>
   </si>
   <si>
     <t>Pavel Yurievich Lukashevich</t>
   </si>
   <si>
     <t>3 dicembre 1987</t>
   </si>
   <si>
     <t>La detenzione del residente di Lidchan è diventata nota il 22 settembre. In un video della polizia, ha affermato di essere stato “registrato nel Piano Peramoga” e di aver lasciato “minacce” alle forze di sicurezza in un telegramma. Secondo il canale telegrafico “Detenzioni, tribunali in Lida”, l'uomo è stato arrestato per 15 giorni in base ad un articolo amministrativo anonimo.</t>
   </si>
   <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.05.2024: 4 anni di reclusione in una colonia del regime generale. Appello 23.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-02 18:38:03</t>
   </si>
   <si>
-    <t>Victor Alexandrovich Savchits</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexander Sergeevich Veresovich</t>
   </si>
   <si>
     <t>4 dicembre 1966</t>
   </si>
   <si>
     <t>Il nome di Alexander è apparso nel programma del tribunale. L’uomo è accusato di aver fatto donazioni a favore dell’Ucraina e di un “gruppo estremista”.
 È interessante notare che l’uomo ha fatto una donazione a sostegno della “formazione estremista” prima del maggio 2021, quando in Bielorussia non esistevano affatto formazioni estremiste. Ora l'uomo rischia dai cinque ai dieci anni di carcere. Il processo inizierà il 19 marzo presso il tribunale della città di Minsk.
 Alexander ha una piccola impresa a Molodechno: come imprenditore individuale si occupa del trasporto merci con il proprio autobus. Sta crescendo due figli: una giovane figlia che sta finendo la prima media e un figlio che ora dovrebbe frequentare la scuola superiore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2024-03-18 10:47:34</t>
   </si>
   <si>
+    <t>Victor Alexandrovich Savchits</t>
+  </si>
+  <si>
+    <t>4 dicembre 1981</t>
+  </si>
+  <si>
+    <t>Il giudice Evgeny Pisarevich ha esaminato il caso dal 28 agosto al 4 settembre 2024. Viktor sarà inoltre condannato a pagare 1.000 rubli a titolo di risarcimento per danni morali all'agente di polizia di Logoisk.
+Il 7 ottobre 2025 è stato pronunciato il verdetto del secondo processo: tenendo conto del primo processo, 6 anni di reclusione in un carcere di massima sicurezza, una multa di 600 unità base, nonché il risarcimento dei danni morali a Chemodanova - 5.000 rubli bielorussi, Karpenkov - 2.000 rubli bielorussi e Nikitenko - 5.000 rubli bielorussi.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.09.2024: 6 anni di reclusione in una colonia del regime generale, 1000 rubli di risarcimento. Appello 05.11.2024: sconosciuto. Sentenza del tribunale 07.10.2025: 6 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-08-19 19:21:31</t>
+  </si>
+  <si>
+    <t>Marina Viktorovna Mazovka</t>
+  </si>
+  <si>
+    <t>5 dicembre 1972</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-02 15:14:31</t>
+  </si>
+  <si>
     <t>Alexander Yurievich Volchok</t>
   </si>
   <si>
     <t>5 dicembre 1986</t>
   </si>
   <si>
     <t>È stato arrestato il 28 giugno 2021, ha scontato 7 giorni di arresto amministrativo. È stato rilasciato il 5 luglio, dopodiché è stato nuovamente arrestato dalla commissione investigativa, ma questa volta nell'ambito di un procedimento penale.
 Secondo l'accusa, Alexander a Odnoklassniki da novembre a dicembre 2020, da maggio a dicembre 2021 ha pubblicato pubblicazioni che insultavano Lukashenka.
 A dicembre 2020 e marzo 2021, ha pubblicato un commento testuale e un video sul social network Vkontakte, parlando con Lukashenka.</t>
   </si>
   <si>
     <t>2,5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2022-06-29 17:36:43</t>
   </si>
   <si>
-    <t>Marina Viktorovna Mazovka</t>
-[...14 lines deleted...]
-    <t>2025-08-02 15:14:31</t>
+    <t>Vladimir Anatolyevich Trifonov</t>
+  </si>
+  <si>
+    <t>6 dicembre 1964</t>
+  </si>
+  <si>
+    <t>Non si conoscono i dettagli del caso, poiché il processo si è svolto a porte chiuse, e infatti il procedimento penale è classificato.
+I dettagli della detenzione dei detenuti sono noti dal film di propaganda “Operazione del KGB “Mankurt””, proiettato da ONT nel 2021.
+Secondo il film, Vladimir Trifonov è una guida attraverso il confine bielorusso-lituano, attraverso il quale avrebbe dovuto trasferire illegalmente Alexei Khralovich .
+Ha iniziato a scontare la pena.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>14 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:52:25</t>
   </si>
   <si>
     <t>Viktor Lameko</t>
   </si>
   <si>
     <t>6 dicembre 1968</t>
   </si>
   <si>
     <t>Victor Lameko, un imprenditore di Zelva, è stato brutalmente detenuto e picchiato durante il suo arresto. Inizialmente, è stato redatto un protocollo contro di lui ai sensi dell'articolo amministrativo 19.11 del Codice dei reati amministrativi della Repubblica di Bielorussia (diffusione di materiale estremista). Senza nemmeno permettere a Lameko di lasciare il tribunale, le forze di sicurezza lo hanno nuovamente arrestato e hanno redatto nuovamente un protocollo ai sensi dell'art. 19.11 Codice amministrativo della Repubblica di Bielorussia. Quando l'uomo si trovava nel centro di custodia cautelare, contro di lui è stato redatto un terzo verbale.
 Come si è saputo , l'uomo d'affari si trova in un centro di custodia cautelare, è già stato accusato ai sensi di un articolo penale per diffamazione contro A.G. Lukashenka.
 Mentre l'uomo era in carcere, sua madre è morta.
 Viktor ha citato in giudizio le autorità fiscali e ha difeso gli imprenditori della regione di Grodno in tribunale.</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>3 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2023-04-18 15:03:41</t>
   </si>
   <si>
     <t>Inna Viktorovna Korbut</t>
   </si>
   <si>
     <t>6 dicembre 1993</t>
   </si>
   <si>
     <t xml:space="preserve">Si è laureata in psicologia infantile presso l'Università Statale Kuleshov di Mogilev. Ha vissuto anche a Mozyr e Mogilev. Negli ultimi tre anni ha lavorato come imprenditrice, specializzandosi in fotografia.
 Inna è stato arrestato e condannato nel 2025 per "favoreggiamento di attività estremiste". L'accusa è legata al caso Gayun. È noto che Inna è stato condannato a una colonia penale , ma la sentenza, così come l'esatta natura delle accuse, sono sconosciute.
 </t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-11-01 18:11:07</t>
   </si>
   <si>
-    <t>Vladimir Anatolyevich Trifonov</t>
-[...26 lines deleted...]
-    <t>2025-11-15 23:37:00</t>
+    <t>Vladimir Leonidovich Leosevich</t>
+  </si>
+  <si>
+    <t>7 dicembre 1981</t>
+  </si>
+  <si>
+    <t>L'udienza in tribunale si è tenuta il 30 ottobre 2023.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.10.2023: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2023-10-24 18:51:06</t>
+  </si>
+  <si>
+    <t>Anna Vladimirovna Vlasenko</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-01 22:19:38</t>
   </si>
   <si>
     <t>Alexander Stanislavovich Yushkevich</t>
   </si>
   <si>
     <t>7 dicembre 1987</t>
   </si>
   <si>
     <t>8 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2023-09-04 22:43:02</t>
-  </si>
-[...16 lines deleted...]
-    <t>2023-10-24 18:51:06</t>
   </si>
   <si>
     <t>Egor Aleksandrovich Michailov</t>
   </si>
   <si>
     <t>7 dicembre 1994</t>
   </si>
   <si>
     <t>Yegor è stato arrestato nel febbraio 2021 e successivamente condannato per aver appiccato il fuoco a un carro armato T-72 a bordo di un treno militare alla stazione ferroviaria di Stepyanka. Secondo il fascicolo, la notte del 31 gennaio 2021, ha lanciato una molotov con la scritta "OGSB" contro il carro armato. Le sue azioni sono state classificate come "atto di terrorismo". Secondo l'accusa, Yegor ha commesso l'incendio doloso sulla base delle sue opinioni politiche.
 All'inizio di ottobre 2023, è stato annunciato che Yegor era stato trasferito al Centro di detenzione preventiva n. 1 in relazione a un nuovo procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni". In questo caso, è stato condannato a ulteriori sei mesi di carcere.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.07.2021: 10 anni di reclusione in una colonia del regime potenziato, 685 rubli di risarcimento. Sentenza del tribunale 05.10.2023: 6 mesi di reclusione in una colonia del regime potenziato. Appello 12.12.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-16 14:53:21</t>
   </si>
   <si>
-    <t>Anna Vladimirovna Vlasenko</t>
-[...5 lines deleted...]
-    <t>2025-11-01 22:19:38</t>
+    <t>Igor Vasilievich Cherpakov</t>
+  </si>
+  <si>
+    <t>7 dicembre 1975</t>
+  </si>
+  <si>
+    <t>2025-11-15 23:37:00</t>
+  </si>
+  <si>
+    <t>Liliya Yuruts</t>
+  </si>
+  <si>
+    <t>8 dicembre 1976</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.11.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-17 18:20:13</t>
   </si>
   <si>
     <t>Marina Vladimirovna Leonovich</t>
   </si>
   <si>
     <t>8 dicembre 1995</t>
   </si>
   <si>
     <t>Marina è una specialista IT di lingua bielorussa che lavora presso l'EPAM e si occupa anche di lavori creativi. Scrive articoli per la Wikipedia bielorussa, realizza illustrazioni, traduce in bielorusso e scrive poesie. Dopo l'inizio dell'aggressione russa su vasta scala contro l'Ucraina, si trasferì in Georgia, ma poi, per ragioni sconosciute, tornò in Bielorussia. Fu presto arrestata nell'ambito di un procedimento penale e condannata ai sensi degli articoli "finanziamento di attività estremiste" e "finanziamento o altro sostegno finanziario alla guerra".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.01.2025: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-03-14 18:44:29</t>
   </si>
   <si>
-    <t>Lily Vitoldovna Yurut</t>
-[...8 lines deleted...]
-    <t>2025-09-17 18:20:13</t>
+    <t>Kirill Kuokovic Nguyen</t>
+  </si>
+  <si>
+    <t>8 dicembre 1993</t>
+  </si>
+  <si>
+    <t>Il 12 luglio 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.04.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 12.07.2024: il verdetto è stato confermato. Sentenza del tribunale 25.03.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 20.06.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-02 19:06:36</t>
+  </si>
+  <si>
+    <t>Egor Andreevich Zakharchuk</t>
+  </si>
+  <si>
+    <t>8 dicembre 1992</t>
+  </si>
+  <si>
+    <t>Condannato per aver partecipato a proteste, oltre che per commenti sui social network.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:24:21</t>
   </si>
   <si>
     <t>Natalia Sergeevna Saluk</t>
   </si>
   <si>
     <t>8 dicembre 1999</t>
   </si>
   <si>
     <t>Un canale Telegram filogovernativo ha pubblicato un video sulla detenzione di una donna bielorussa che ha preso parte alle proteste del 2020 e ha “ostruito il passaggio” di un'auto della polizia stradale. Come scrivono gli autori del canale, è stato aperto un procedimento penale contro la ragazza. Non è specificato in quale articolo.
 È noto che Natalya si è laureata alla BSTU nel 2022.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-11 02:04:25</t>
   </si>
   <si>
-    <t>Kirill Kuokovic Nguyen</t>
-[...28 lines deleted...]
-  <si>
     <t>Anna Valentinovna Korneenko</t>
   </si>
   <si>
     <t>8 dicembre 1985</t>
   </si>
   <si>
     <t>Ex contabile presso lo stabilimento elettrotecnico Vavilov di Minsk . Il processo è iniziato il 19 maggio e si è svolto a porte chiuse, quindi sono disponibili poche informazioni sulle accuse . È noto che Anna è stata licenziata dal suo lavoro in seguito all'"Ultimatum del Popolo" nel 2020 e ha poi fatto causa all'azienda per licenziamento ingiusto.
 La figlia più piccola di Anna aveva solo 5 mesi quando lei venne arrestata.</t>
   </si>
   <si>
     <t xml:space="preserve"> Sentenza del tribunale 24.05.2023: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-05-31 22:42:36</t>
   </si>
   <si>
-    <t>Tatiana Ivanovna Palubok</t>
+    <t>Yauhen Kholadau</t>
+  </si>
+  <si>
+    <t>8 dicembre 1982</t>
+  </si>
+  <si>
+    <t>Il 17 agosto 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2023-08-11 19:13:51</t>
+  </si>
+  <si>
+    <t>Tatsiana Palubok</t>
   </si>
   <si>
     <t>9 dicembre 1978</t>
   </si>
   <si>
     <t>È noto che i dipendenti della GUBOPiK stanno indagando su un caso contro persone presumibilmente coinvolte nella chat telegrafica "Partigiani di Novogrudk". Contro di loro sono stati aperti procedimenti penali ai sensi dell'articolo di estremismo. Tutti coloro che sono stati interrogati nel caso sono tenuti a firmare un accordo di non divulgazione.
 I media riferiscono che almeno sei persone tra quelle arrestate dalle forze di sicurezza 15 giorni fa non sono uscite dopo aver scontato l'arresto amministrativo, inclusa Tatyana.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa.</t>
+    <t>Sentenza del tribunale 21.10.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-18 23:01:53</t>
+  </si>
+  <si>
+    <t>Valentin Vladimirovich Dubrovshchik</t>
+  </si>
+  <si>
+    <t>9 dicembre 1969</t>
+  </si>
+  <si>
+    <t>Valentin è accusato di aver fatto commenti offensivi su Lukashenko, Karanik e i soldati russi che combattono in Ucraina. Valery ha lavorato come guardia d'asilo.
+Il 13 ottobre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Artem Anatolevich Lebedko</t>
   </si>
   <si>
     <t>9 dicembre 1985</t>
   </si>
   <si>
     <t>Secondo gli attivisti per i diritti umani , il figlio del politico Anatoly Lebedko è accusato di finanziamento di attività estremiste. Artyom è stato arrestato alla fine di marzo e poi condannato due volte a 15 giorni di arresto, dopodiché è stato accusato e trasferito al centro di detenzione preventiva-1.
 Secondo l’accusa, nel 2020, “sulla base dell’ostilità ideologica”, Lyabedzko ha effettuato diversi trasferimenti di denaro telefonicamente a tre fondi riconosciuti come “formazioni estremiste” utilizzando il conto corrente di una delle banche. È stato riferito che i fondi sono stati trasferiti tramite il sistema di pagamento del popolare social network Facebook. Presumibilmente stiamo parlando dei fondi BY_help e del Fondo di solidarietà sportiva bielorusso.
 Al processo, il prigioniero politico non ha ammesso la sua colpa e ha dichiarato di non comprendere affatto l'essenza delle accuse mosse contro di lui e di non capire perché fosse sul banco degli imputati.
 Il 31 ottobre 2023 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
-    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
-[...1 lines deleted...]
-  <si>
     <t>3,5 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2023-04-30 23:13:43</t>
-  </si>
-[...11 lines deleted...]
-    <t>2022-09-02 19:37:13</t>
   </si>
   <si>
     <t>Daniel-Landsay Keita</t>
   </si>
   <si>
     <t>10 dicembre 1999</t>
   </si>
   <si>
     <t>Il canale telegrafico filogovernativo “Pulse of Grodno” ha pubblicato il video di un residente di Minsk arrestato per aver partecipato alle proteste.
 Nel video il bielorusso afferma di aver preso parte nel 2020 a proteste e di aver lasciato commenti negativi nei confronti delle autorità e degli agenti di polizia. Il detenuto ha anche affermato di avere un atteggiamento negativo nei confronti dell'esercito russo.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.01.2025: 2 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-06-21 16:37:39</t>
   </si>
   <si>
     <t>Alina Valentinovna Khmelevskaya</t>
   </si>
   <si>
     <t>10 dicembre 1984</t>
   </si>
   <si>
     <t>Alina è stata condannata nel luglio 2024 per i reati di "partecipazione a un gruppo armato o a un conflitto armato sul territorio di uno Stato straniero" e "finanziamento delle attività di un gruppo estremista".
 Gli attivisti per i diritti umani non sono a conoscenza della pena o della natura delle accuse, ma in Bielorussia il primo articolo è solitamente utilizzato per i procedimenti penali per aver sostenuto l'Ucraina nella guerra. Per una simile donazione, avrebbe potuto essere condannata a cinque-dieci anni di carcere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.07.2024: 5 anni 6 mesi di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-30 19:27:11</t>
+  </si>
+  <si>
+    <t>Sergey Petrovich Zabelich</t>
+  </si>
+  <si>
+    <t>11 dicembre 1972</t>
+  </si>
+  <si>
+    <t>Sergei Zabelich, 51 anni, di Minsk, si è laureato all'Università statale bielorussa di informatica e radioelettronica. A giudicare da Linkedin, ha lavorato come programmatore per almeno vent'anni. Nel settembre 2022 è passato da Nikta Technologies a Intrahealth, una società HTP residente che opera nel mercato canadese.
+È noto che Sergei è stato arrestato il 13 dicembre 2020, quando le persone sono andate insieme per le marce di strada. Quel giorno furono arrestati altri 300 bielorussi.
+È accusato di due capi d'imputazione: “finanziamento di attività estremiste, commesse ripetutamente” e “finanziamento delle attività di una formazione estremista”. Rischia fino a otto anni di carcere.
+Il 7 giugno 2024 l'appello è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.04.2024: 5 anni di reclusione in una colonia del regime generale. Appello 07.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-02 13:51:41</t>
   </si>
   <si>
     <t>Maxim Vladimirovich Ralko</t>
   </si>
   <si>
     <t>11 dicembre 2001</t>
   </si>
   <si>
     <t>Maxim è apparso in un film di propaganda girato in prigione.
 Nella primavera del 2022 si unì al reggimento di volontari di Kalinovsky, formato nel febbraio di quell'anno per difendere l'Ucraina da un'invasione russa.
 Secondo un canale televisivo filogovernativo, Ralko avrebbe preso parte a operazioni militari.
 All'inizio del 2024, Ralko si dimise da Polk e tornò a Varsavia. Iniziò a studiare test informatici, partecipò alle proteste e lavorò come guardia di sicurezza a Biedronka. Ottenne lo status di protezione sussidiaria. Un paio di mesi dopo il ritorno dall'Ucraina in Polonia, Maksym ebbe un litigio con i suoi amici e scomparve. Accusò uno di loro di spionaggio. Riprese poi i contatti nel maggio 2024, affermando di essere in Germania e di voler presentare domanda di asilo lì. Maksym in seguito riferì di essere fuggito dal campo profughi e di aver lasciato tutti i suoi documenti, compreso il passaporto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 10 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-11-21 23:40:33</t>
   </si>
   <si>
     <t>Vilen Sergeevich Turgunov</t>
   </si>
   <si>
     <t>11 dicembre 1968</t>
   </si>
   <si>
     <t>Il motivo della detenzione di Vilen Turgunov, residente a Gomel, sono stati i commenti su Internet, compresi quelli negativi nei confronti della polizia.
 Vilen Turgunov ha 55 anni. Suo padre è dell'Uzbekistan, sua madre è bielorussa. Vilen si è laureato in giurisprudenza presso l'università russa di Novozybkov (regione di Bryansk). Vilen Turgunov ha lavorato presso il Dipartimento degli affari interni del distretto di Zheleznodorozhny del centro regionale. Lì c'erano seri problemi. Nel 2001, ha ricevuto un rimprovero per "atteggiamento irresponsabile nei confronti del servizio", nel 2002 ha ricevuto "incoerenza ufficiale incompleta" e nel 2004 ha ricevuto un rimprovero per "grave violazione della disciplina ufficiale, violazione di un ordine del Ministero dell'Interno" Affari."
 Successivamente, l'ex poliziotto ha lavorato presso un'impresa di costruzioni e installazioni a Gomel.
 Il detenuto ha mantenuto attivamente pagine su vari social network, dove ha parlato di eventi politici e sociali. Per il suo sostegno all’Ucraina, altri netizen lo hanno definito un “Banderita”.
 Anche il parente di Vilen Turgunov, Igor Kazubov, sta scontando una pena.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2024: sconosciuto. Appello 25.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-24 11:26:49</t>
   </si>
   <si>
-    <t>Sergey Petrovich Zabelich</t>
-[...16 lines deleted...]
-  <si>
     <t>Eugene Aleksandrovich Glushkov</t>
   </si>
   <si>
     <t>Evgeny Glushkov è un ex giornalista di Mogilev, negli anni '90 e 2000 ha lavorato alla televisione cittadina, dopo di che ha collaborato con diversi portali cittadini.
 Glushkov è stato arrestato all'inizio di gennaio per aggressione perché l'uomo non ha aperto la porta alle forze di sicurezza. È stato trascinato in strada con gli stessi vestiti che indossava a casa.
 Secondo alcuni rapporti è stato accertato che contro Glushkov è stato aperto un procedimento penale per attività giornalistica. L'articolo presunto è 361-1 del Codice penale della Repubblica di Bielorussia (creazione o partecipazione ad una formazione estremista).</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-12 16:40:41</t>
   </si>
   <si>
     <t>Alla Ivanovna Puchinskaya</t>
   </si>
   <si>
     <t>11 dicembre 1981</t>
   </si>
   <si>
     <t>Il 21 febbraio 2024, presso il tribunale distrettuale di Pinsk, il giudice Andrey Bychilo ha esaminato il caso ai sensi della Parte 2 dell'art. 19.11 del Codice degli illeciti amministrativi (Distribuzione di prodotti informativi inclusi nell'elenco repubblicano di materiali estremisti, nonché produzione, pubblicazione, archiviazione o trasporto ai fini della distribuzione di tali prodotti informativi).
 A quanto pare, in seguito è stato aperto un procedimento penale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.02.2024: 5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-01-31 18:44:06</t>
   </si>
   <si>
-    <t>Ilya Slavomirovich Gumbar</t>
-[...14 lines deleted...]
-  <si>
     <t>Igor Evstafievich Sidarovich</t>
   </si>
   <si>
     <t>12 dicembre 1972</t>
   </si>
   <si>
     <t>Igor è stato condannato per la prima volta per aver srotolato uno striscione con la scritta "Finché nel Paese regna l'illegalità, resistere è nostro dovere", bloccando il traffico. Gli è stata inflitta una multa salata.
 Successivamente, è stato nuovamente condannato per aver insultato le autorità tramite un commento sulla chat "Molodechno for Life" e gli è stata assegnata una misura preventiva sotto forma di "arresti domiciliari". Igor è disabile, poiché gli manca una gamba.
 Alla fine del 2024, si è saputo che Igor era stato nuovamente arrestato e posto in custodia cautelare. Nel luglio 2025, è stato condannato a pene detentive e a una multa elevata per "Aiuto ad attività estremiste".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.03.2021: 140 unità di base di multa. Sentenza del tribunale 02.06.2021: 1 anno 6 mesi di restrizione della libertà senza trasferimento in un istituto penitenziario aperto, 1500 rubli di risarcimento. Sentenza del tribunale 22.07.2025: 4 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa.</t>
   </si>
   <si>
     <t>2021-07-02 21:03:36</t>
   </si>
   <si>
-    <t>Vladimir Nikolaevich Martsinkevich</t>
-[...13 lines deleted...]
-  <si>
     <t>Leonid Valerievich Raichenok</t>
   </si>
   <si>
     <t>12 dicembre 1986</t>
   </si>
   <si>
     <t>Secondo l'accusa , il 17 maggio 2022 Leonid Raichonok ha trasferito 400 dollari per giubbotti antiproiettile ai volontari bielorussi che combattevano a fianco dell'Ucraina. Ha fatto una seconda donazione di 150 dollari a beneficio del “Prague Support Team” (un’associazione di bielorussi a Praga che raccoglie donazioni e le usa per acquistare uniformi, a volte accessori per armi, per i volontari bielorussi che combattono a fianco del Ucraina). Le azioni del residente di Brest sono state qualificate come "finanziamenti ai cittadini della Repubblica di Bielorussia per partecipare sul territorio di uno stato straniero alla formazione armata di una delle parti in guerra, ai conflitti armati, alle operazioni militari".
 Il 12 dicembre 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2023: 6 anni di reclusione in una colonia del regime potenziato. Appello 12.12.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2023-10-19 23:13:30</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Martsinkevich</t>
+  </si>
+  <si>
+    <t>12 dicembre 1980</t>
+  </si>
+  <si>
+    <t>Il 19 marzo 2024 è stato esaminato il ricorso della corte. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.01.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-11-28 21:27:07</t>
+  </si>
+  <si>
+    <t>Ilya Slavomirovich Gumbar</t>
+  </si>
+  <si>
+    <t>12 dicembre 1989</t>
+  </si>
+  <si>
+    <t>Ilya lavora per la società informatica iTechArt da più di dodici anni. Questa è una grande azienda con più di mille e mezzo dipendenti. Ilya - Ingegnere informatico senior. Gumbar ha due hobby molto conosciuti: il turismo sportivo e il trail running. Il trail running consiste nella corsa su lunghe distanze su terreni accidentati, foreste spesso impraticabili o alte montagne (il dislivello all'interno del percorso può raggiungere migliaia di metri). Secondo la classifica UTMB, è al secondo posto in Bielorussia tra gli uomini in questa disciplina.
+Il 3 settembre 2024 si è tenuta un'udienza di appello e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2024: 5 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 03.09.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-07-01 19:56:24</t>
+  </si>
+  <si>
     <t>Olga Viktorovna Kolpakova</t>
   </si>
   <si>
     <t>13 dicembre 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.08.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-08-06 16:11:35</t>
   </si>
   <si>
-    <t>Konstantin Sergeevich Pritulenko</t>
+    <t>Andrei Yuryevich Savinski</t>
+  </si>
+  <si>
+    <t>14 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Secondo gli atti , Savinskij nel corso di un anno e mezzo avrebbe trasferito sui conti di fondi riconosciuti come “estremisti” l'equivalente di 50 dollari americani. Allo stesso tempo, ha utilizzato più volte il suo account Facebook. Ha anche creato e pubblicato 4 messaggi di testo in una delle chat di Telegram, presumibilmente volti a “incitare all’ostilità sociale nella società”.
+Il 12 gennaio 2024 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.11.2023: 5 anni di reclusione in una colonia del regime generale, 200 unità di base di multa. Appello 12.01.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-10-31 18:01:01</t>
+  </si>
+  <si>
+    <t>Vladislav Vadimovich Brouwer</t>
+  </si>
+  <si>
+    <t>14 dicembre 1995</t>
+  </si>
+  <si>
+    <t>2025-07-20 12:14:16</t>
+  </si>
+  <si>
+    <t>Kanstantsin Siarheyevich Prytulenka</t>
   </si>
   <si>
     <t>14 dicembre 1979</t>
   </si>
   <si>
     <t>Ex procuratore aggiunto del distretto di Glusk.
 Nel video pubblicato dal comitato investigativo, Prytulenko ha affermato di aver inviato i dati di un dipendente dell'ufficio del procuratore del distretto di Glusk e di un medico al chatbot del Libro nero della Bielorussia.
 Secondo Nasha Niva, nel 2005 Konstantin Prytulenko era un investigatore e successivamente assistente del procuratore distrettuale. Non si sa dove lavorasse Prytulenko prima del suo arresto.
 Inizialmente il processo era aperto, ma, su richiesta degli ufficiali feriti e delle forze di sicurezza, è stato chiuso.In totale, più di una dozzina di persone passano come vittime, tra cui l'ex vicepresidente del consiglio comunale di Mogilev, "il principale ideologo della città" Alla Galushko. Altre vittime includono membri di commissioni elettorali, pubblici ministeri, forze dell'ordine e altri funzionari governativi.</t>
   </si>
   <si>
     <t>6 anni di carcere in una colonia a regime rigoroso.</t>
   </si>
   <si>
     <t>2023-06-29 16:38:29</t>
   </si>
   <si>
-    <t>Andrey Yurievich Savinsky</t>
-[...23 lines deleted...]
-  <si>
     <t>Alexander Evgenyevich Sobolevsky</t>
   </si>
   <si>
     <t>15 dicembre 1967</t>
   </si>
   <si>
     <t>A Mogilev, Sobolevskij è conosciuto come uno dei liberi professionisti che ha collaborato con le pubblicazioni online della città fino al 2020. Ales è stato condannato due volte per violazione amministrativa della durata di un giorno, dopodiché non è stato rilasciato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-08 17:12:54</t>
   </si>
   <si>
     <t>Olga Vladimirovna Lotsmanova</t>
   </si>
   <si>
     <t>15 dicembre 1972</t>
   </si>
   <si>
     <t>È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.10.2024: 4 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 10.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-04 10:51:54</t>
   </si>
   <si>
     <t>Stanislav Valentinovich Kuzmitsky</t>
   </si>
   <si>
     <t>15 dicembre 1986</t>
   </si>
   <si>
     <t>Secondo i materiali dell'indagine , Kuzmitsky, "avendo valori perversi e un fraintendimento della parola" patriottismo ", si unì intenzionalmente a un'organizzazione terroristica e diresse alcune risorse della rete"...97". Ha amministrato più di 30 chat room che, sotto brutale controllo e guida dall'estero, si sono riempite di materiale estremista. L'uomo ha formato la composizione di comunità estremiste, assegnato ruoli e organizzato la partecipazione dei loro membri alle proteste. Inoltre, ha adottato misure per unire e aumentare il numero delle comunità: le ha sostenute moralmente in conversazioni private, ha organizzato attività ricreative congiunte, ha distribuito prodotti di propaganda, ha disegnato disegni e iscrizioni di carattere estremista sulle facciate degli edifici.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>15 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2021-12-28 13:36:42</t>
   </si>
   <si>
+    <t>Aliaksandr Frantskevich</t>
+  </si>
+  <si>
+    <t>15 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Il comitato investigativo lo definisce un partecipante attivo a canali di telegrammi distruttivi e un rappresentante delle "truppe del divano". C'erano 26 vittime nel caso. Frantskevich è stato tenuto in custodia fino al processo.</t>
+  </si>
+  <si>
+    <t>4,5 anni di carcere.</t>
+  </si>
+  <si>
+    <t>2022-06-28 16:49:54</t>
+  </si>
+  <si>
     <t>Victor Vasilevich Barket</t>
   </si>
   <si>
     <t>16 dicembre 1973</t>
   </si>
   <si>
     <t>Il 10 maggio 2024 si è tenuta un'udienza di appello e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.02.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.05.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-19 00:42:26</t>
   </si>
   <si>
     <t>Elena Nikolaevna Verbitskaya</t>
   </si>
   <si>
     <t>16 dicembre 1955</t>
   </si>
   <si>
     <t>È stata detenuta per aver aiutato prigionieri politici il 23 gennaio 2024, dopodiché Elena è stata rilasciata, ma è stata nuovamente detenuta nell'aprile dello stesso anno e collocata in un centro di custodia cautelare.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-03 23:02:53</t>
   </si>
   <si>
-    <t>Pavel Vladimirovich Kuntsevich</t>
-[...29 lines deleted...]
-    <t>2025-02-24 17:46:36</t>
+    <t>Yauheni Aliakseyevich Zbarouski</t>
+  </si>
+  <si>
+    <t>17 dicembre 1981</t>
+  </si>
+  <si>
+    <t>Yevgeny è stato accusato immediatamente ai sensi di 9 articoli del codice penale. La ragione di ciò sono stati i commenti su Telegram e l'invio di 0,28 e 0,004 bitcoin agli amministratori dei canali Telegram.
+Inoltre, da dicembre 2019 a gennaio 2020, ha acquistato "sostanze psicotrope particolarmente pericolose" e in Russia (nella regione di Bryansk) ha acquistato un'arma da fuoco: una pistola Makarov (PM) e almeno 46 cartucce.
+Il processo è durato dal 14 febbraio al 2 giugno, quasi quattro mesi.
+Yevgeny ha parzialmente ammesso la sua colpa, ha spiegato di non essere d'accordo con i risultati delle elezioni presidenziali in Bielorussia, ed è per questo che ha deciso di agire attivamente.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-02-14 21:25:55</t>
+  </si>
+  <si>
+    <t>Pavel Viktorovich Myakish</t>
+  </si>
+  <si>
+    <t>17 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Ex medico legale. Programmazione studiata.</t>
+  </si>
+  <si>
+    <t>5,5 anni di carcere in una colonia penale</t>
+  </si>
+  <si>
+    <t>2022-06-09 00:04:39</t>
   </si>
   <si>
     <t>Natalia Sergeevna Matveeva</t>
   </si>
   <si>
     <t>17 dicembre 1983</t>
   </si>
   <si>
     <t>Natalia è stata arrestata nel giugno 2021 con l'accusa di aver pianificato di appiccare il fuoco a un'attrezzatura per il disboscamento. L'arresto è avvenuto la sera stessa, proprio nei terreni dell'azienda forestale, dove sarebbe arrivata con il suo complice, Gordeyev, che in realtà era in missione per conto delle agenzie di sicurezza dello Stato.
 Secondo l'accusa, la sera dell'8 giugno 2021, Natalia e quest'uomo prepararono delle molotov, che intendevano usare per appiccare il fuoco all'attrezzatura. Tuttavia, il crimine non fu portato a termine: Natalia fu arrestata prima che l'incendio doloso potesse essere perpetrato.
 In tribunale, Natalia ha testimoniato di essersi trovata in una situazione difficile: nell'agosto 2020, un suo conoscente è stato arrestato, aveva perso il padre e stava attraversando difficoltà sul lavoro. Ha anche confermato di essere stata effettivamente membro del gruppo di chat "OGSB" e di aver avuto intenzione di distruggere le attrezzature per il disboscamento presso l'azienda forestale.
 Nel dicembre 2022 è stata dichiarata colpevole e condannata alla reclusione in una colonia penale di regime generale con una multa elevata.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.12.2022: 14 anni di reclusione in una colonia del regime generale, 400 unità di base di multa. Appello 03.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-09-01 17:30:07</t>
   </si>
   <si>
-    <t>Pavel Viktorovich Myakish</t>
-[...11 lines deleted...]
-    <t>2022-06-09 00:04:39</t>
+    <t>Maxim Valerievich Solop</t>
+  </si>
+  <si>
+    <t>17 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Maxim Solop ha 36 anni. È originario di Brest. Nel 2012 si è laureato presso il Dipartimento di Fisica dell'Università statale Francisk Skaryna Gomel. Ha lavorato come ingegnere presso il Centro informatico di Brest per i trasporti import-export delle ferrovie bielorusse.
+Maxim ama viaggiare e le attività ricreative attive, pratica inoltre vari sport e conduce uno stile di vita sano.
+Il processo inizierà il 24 febbraio 2025 presso il tribunale della città di Brest. Maxim è accusato di “incitamento ad azioni volte a danneggiare la sicurezza nazionale della Bielorussia” (Parte 3 dell’articolo 361 del Codice penale).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-02-24 17:46:36</t>
+  </si>
+  <si>
+    <t>Pavel Vladimirovich Kuntsevich</t>
+  </si>
+  <si>
+    <t>17 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Pavel Kuntsevich ha 39 anni. È residente a Minsk, ha studiato presso l'Istituto statale di ecologia di Minsk intitolato a Sakharov come psicologo. Ha lavorato al mercato Chervensky, dove aveva il suo punto vendita, e recentemente ha realizzato serre per soldi.
+A giudicare dai social network, è stato arrestato nell'autunno del 2023. È stato accusato ai sensi della parte 3 dell'art. 361 del codice penale della Bielorussia - "richiede sanzioni o altre azioni volte a danneggiare la sicurezza nazionale della Bielorussia". Secondo l'articolo, ha rischiato fino a 12 anni di carcere.Pavel ha una famiglia numerosa: moglie e quattro figli.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.01.2024: 4 anni di reclusione in una colonia del regime generale. Appello 01.03.2024: sconosciuto. Sentenza del tribunale data sconosciuta: 8 mesi di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2024-01-15 21:41:51</t>
   </si>
   <si>
     <t>Arthur Igorevich Syrokvasha</t>
   </si>
   <si>
     <t>18 dicembre 1993</t>
   </si>
   <si>
     <t>Artur Syrokvasha ha ricoperto il ruolo di vice capo dell'avamposto di frontiera di Khoiniki, istituito nel 2020. Ciò significa che Artur ha lavorato al valico di frontiera attraverso il quale le attrezzature russe entravano in Ucraina.
 Era il segretario del sindacato giovanile locale BRSM. Il profilo VKontakte di Artur indica che è originario di Minsk e si è laureato alla BSU.</t>
   </si>
   <si>
     <t>2025-10-10 22:45:12</t>
   </si>
   <si>
+    <t>Vitali Alehavich Vyprazhkin</t>
+  </si>
+  <si>
+    <t>18 dicembre 1985</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>2026-01-20 22:41:31</t>
+  </si>
+  <si>
     <t>Alexander Nikolaevich Trotsenko</t>
   </si>
   <si>
     <t>19 dicembre 1971</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.09.2024: 5 anni di reclusione in una colonia del regime generale. Appello 10.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-03 23:25:56</t>
+  </si>
+  <si>
+    <t>Yauheni Anatolyevich Dorakhau</t>
+  </si>
+  <si>
+    <t>19 dicembre 1980</t>
+  </si>
+  <si>
+    <t>Trattenuto per commenti.
+Ha lavorato come ingegnere energetico presso Belgro.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-09-12 14:21:44</t>
+  </si>
+  <si>
+    <t>Evgeniy Vladimirovich Propolskiy</t>
+  </si>
+  <si>
+    <t>20 dicembre 1994</t>
+  </si>
+  <si>
+    <t>Evgeniy è stato arrestato in relazione a rivolte di massa e accusato di aver partecipato a canali di telegrammi “radicali”.
+Nel maggio 2023 è stato nuovamente condannato per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato. Sentenza del tribunale 03.05.2023: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:08:25</t>
   </si>
   <si>
     <t>Vitaly Vladimirovich Leskovets</t>
   </si>
   <si>
     <t>20 dicembre 1975</t>
   </si>
   <si>
     <t>Vitaly è un programmatore. Ha lavorato presso lo stabilimento metallurgico di Mogilev e ha amministrato il sito web dell'azienda, in un ufficio di progettazione specializzato e come ingegnere informatico presso il Centro dei sistemi informativi della città di Mogilev.
 L'hobby dell'uomo è la fotografia. Scatta fotografie sia con fotocamere a nastro che digitali. Alexey filma regolarmente vari eventi cittadini e condivide foto sui social network. Ama anche viaggiare, sia in Bielorussia che all'estero.
 È sotto processo per donazioni in aiuto dell'Ucraina.</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-19 18:56:57</t>
   </si>
   <si>
-    <t>Evgeniy Vladimirovich Propolskiy</t>
-[...17 lines deleted...]
-  <si>
     <t>Vladimir Anatolevich Baslyk</t>
   </si>
   <si>
     <t>20 dicembre 1981</t>
   </si>
   <si>
     <t xml:space="preserve">
 Il giudice Anzhelika Danilova inizia a esaminare il caso il 29 luglio 2024 presso il tribunale regionale di Minsk.
 </t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.08.2024: sconosciuto. Appello 18.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-09 23:16:04</t>
   </si>
   <si>
+    <t>Maksim Paulavich Sobaleu</t>
+  </si>
+  <si>
+    <t>20 dicembre 1996</t>
+  </si>
+  <si>
+    <t>Arrestato per aver creato una chat nel 2020, successivamente riconosciuta come estremista.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.01.2023: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 09.06.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2022-06-13 01:05:25</t>
+  </si>
+  <si>
     <t>Leonid Valentinovich Kozyr</t>
   </si>
   <si>
     <t>Il primo processo contro Leonid si è svolto nell'autunno del 2022, è stato accusato ai sensi dell'articolo 369 e condannato alla restrizione della libertà senza direzione.
 Il secondo processo è diventato noto nell'agosto 2024. Leonid è accusato di “finanziamento delle attività di una formazione estremista” (articolo 361-2 del codice penale) e di “reclutamento, formazione o preparazione per la partecipazione alla guerra, nonché sostegno materiale per tali attività” (parte 2 dell’articolo 361 -3 del codice penale). Apparentemente si è scoperto che l'uomo aveva una donazione per le forze armate ucraine. La pena rischia probabilmente la reclusione.
 Leonid ha un'istruzione superiore , il suo ultimo posto di lavoro è l' impresa privata Gomelstalstandart .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 12.10.2022: sconosciuto anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 22.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-09-30 23:02:21</t>
   </si>
   <si>
-    <t>Igor Mikhailovich Sushko</t>
-[...14 lines deleted...]
-  <si>
     <t>Dmitry Sergeevich Osiyuk</t>
   </si>
   <si>
     <t>21 dicembre 1987</t>
   </si>
   <si>
     <t>È noto che il caso di Dmitry è stato in gran parte inventato e che alcune delle sue azioni sono state deliberatamente provocate da agenti dei servizi segreti.
 Gli attivisti per i diritti umani sanno che l'uomo è in custodia cautelare da circa dicembre 2023. Inizialmente è stato trattenuto nel Centro di detenzione preventiva n. 1 di Minsk e poi trasferito al Centro di detenzione preventiva di Brest. È stato condannato a 20 anni di carcere, i primi cinque dei quali in una colonia penale.
 Si sa che Osiyuk viveva a Bereza e aveva una figlia.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.08.2024: 20 anni di reclusione in una colonia del regime potenziato (di loro 5 anni di regime carcerario). Appello 16.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-23 11:44:01</t>
   </si>
   <si>
-    <t>Vyacheslav Nikolaevich Rogashchuk</t>
-[...8 lines deleted...]
-    <t>2021-02-27 01:38:50</t>
+    <t>Igor Mikhailovich Sushko</t>
+  </si>
+  <si>
+    <t>21 dicembre 1978</t>
+  </si>
+  <si>
+    <t>Igor è stato arrestato il 23 novembre 2023. Da un video pubblicato dalle forze di sicurezza su un canale filogovernativo si sa che era cofondatore di un'azienda di trasporti urbani.
+Alla telecamera, Igor afferma di essere stato arrestato per commenti nei canali Telegram sull'esercito bielorusso e russo.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 10.09.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-01 10:59:51</t>
   </si>
   <si>
     <t>Michael Yuryevich Neznanov</t>
   </si>
   <si>
     <t>22 dicembre 1982</t>
   </si>
   <si>
     <t>Sentenza del tribunale 23.07.2024: 5 anni di reclusione in una colonia del regime generale. Appello 27.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-24 23:50:24</t>
-  </si>
-[...66 lines deleted...]
-    <t>2023-09-27 17:29:24</t>
   </si>
   <si>
     <t>Maksim Ivanovich Sobolev</t>
   </si>
   <si>
     <t>23 dicembre 1998</t>
   </si>
   <si>
     <t>Secondo l'accusa , dal 10 all'11 agosto 2020, in quel momento sulla carreggiata si trovavano i minorenni Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, nonché Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev di Masherov Avenue, Cosmonauts Boulevards e Shevchenko, st. Sovietici a Brest, “ hanno gridato slogan, mostrato tele bianco-rosse-bianche, violando gravemente l’ordine pubblico, impedendo deliberatamente la circolazione dei veicoli e il normale funzionamento delle imprese e delle organizzazioni”.
 All'udienza in tribunale, tutti hanno ammesso pienamente la propria colpevolezza.
 È anche noto che Maxim Sobolev, Gleb Klimovich, Yulia Sharanova sono stati condannati, anche con l'accusa di "narcotici".
 Maxim Sobolev ai sensi della parte 1 dell'art. 342 cp è stato condannato a due anni di reclusione. Ma poiché Maxim era già stato condannato per “narcotici” parte 4 dell'art. 328 del codice penale, con l'aggiunta parziale delle pene principali e l'aggiunta completa di una punizione aggiuntiva, 12 anni di carcere sono stati condannati a prestare servizio in una colonia correzionale in regime di massima sicurezza con una multa di 3.200 rubli.</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 20.05.2024: 12 anni di reclusione in una colonia del regime potenziato. Appello 23.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-08 18:07:55</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Konovalchik</t>
-[...8 lines deleted...]
-    <t>2026-01-17 00:05:19</t>
+    <t>Sergei Alexandrovich Chernetsky</t>
+  </si>
+  <si>
+    <t>23 dicembre 1985</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa contro Sergei Chernetsky, ha lasciato un commento offensivo sotto un post con una foto di Filatov nel canale Telegram "Shame Board".</t>
+  </si>
+  <si>
+    <t>2 years of restriction of freedom without referral. Replacement of punishment with imprisonment.</t>
+  </si>
+  <si>
+    <t>2022-06-20 18:02:33</t>
+  </si>
+  <si>
+    <t>Igor Mikhailovich Klochko</t>
+  </si>
+  <si>
+    <t>23 dicembre 1997</t>
+  </si>
+  <si>
+    <t>Igor è stato condannato per aver partecipato a una protesta avvenuta l'11 agosto 2020 nella città di Brest.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 46. 213188, Kruhlaje, vulica Savieckaja, 96</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.06.2025: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-09-12 20:21:20</t>
+  </si>
+  <si>
+    <t>Dmitriy Viktorovich Trukhan</t>
+  </si>
+  <si>
+    <t>23 dicembre 1981</t>
+  </si>
+  <si>
+    <t>L'8 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime generale. Appello 12.08.2023: sconosciuto. Protesta del pubblico ministero 08.12.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-09-27 17:29:24</t>
+  </si>
+  <si>
+    <t>Aliaksei Iharavich Chareshniau</t>
+  </si>
+  <si>
+    <t>24 dicembre 1999</t>
+  </si>
+  <si>
+    <t>2026-03-02 10:59:22</t>
   </si>
   <si>
     <t>Anatoly Viktorovich Latushka</t>
   </si>
   <si>
     <t>24 dicembre 1976</t>
   </si>
   <si>
     <t>Arrestato per aver disegnato con gli stencil "Chase".
 Anatoly Latushka è cugino del politico Pavel Latushko.
 Il 22 marzo 2024 è stato trasferito al regime carcerario fino al termine della pena.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.09.2022: 6 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: sconosciuto. Tribunale per il cambio di regime 22.03.2024: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-02-03 18:53:15</t>
   </si>
   <si>
     <t>Dmitry Ivanovich Shablyko</t>
   </si>
   <si>
     <t>24 dicembre 1996</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.08.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-03 22:09:53</t>
   </si>
   <si>
+    <t>Aliaksandr Kanavalchyk</t>
+  </si>
+  <si>
+    <t>24 dicembre 1979</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:05:19</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Khaltsov</t>
+  </si>
+  <si>
+    <t>25 dicembre 1987</t>
+  </si>
+  <si>
+    <t>Dmitry Khaltsov è un imprenditore individuale. Nel 2020, la Komsomolskaya Pravda ha scritto di lui in un articolo sulle proteste a Gomel in seguito al funerale di Alexander Vikhor, ucciso dalla polizia. Ha comprato un megafono con i suoi soldi e ha scritto in una chat room locale suggerendo di riunirsi e di presentarsi al comitato esecutivo regionale. I manifestanti hanno poi convocato il governatore regionale per un incontro.
+A causa della natura chiusa del sistema giudiziario, la natura delle accuse mosse contro Dmitry Khaltsov e la sua specifica condanna sono ancora sconosciute. Si sa solo che è stato condannato a una pena detentiva.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>2025-10-18 15:04:38</t>
+  </si>
+  <si>
+    <t>Anastasia Yuryevna Gritskevich</t>
+  </si>
+  <si>
+    <t>25 dicembre 1993</t>
+  </si>
+  <si>
+    <t>Anastasia, originaria di Mozyr, si è laureata in turismo e ospitalità presso l'Università Statale Bielorussa di Cultura Fisica e Sport (BSUPhK) e ha lavorato alla Minsk Arena. Ha viaggiato molto e ha amato gli sport, tra cui l'hockey e il ciclismo.
+La data dell'arresto di Anastasia è sconosciuta. L'ultimo post su Telegram risale a febbraio 2025. Fu in quel mese che gli arresti nel caso Gayun erano in pieno svolgimento.
+Gritskevich non è più online dal suo arresto. Questo suggerisce che sia stata condannata al carcere.</t>
+  </si>
+  <si>
+    <t>2025-11-07 20:59:21</t>
+  </si>
+  <si>
+    <t>Artem Shirinovich Nasanovich</t>
+  </si>
+  <si>
+    <t>25 dicembre 1994</t>
+  </si>
+  <si>
+    <t>La ragione di una punizione così severa, così come le circostanze dell'avvio di un procedimento penale, sono ancora sconosciute.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.03.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 14.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-16 16:55:57</t>
+  </si>
+  <si>
+    <t>Igor Nikolaevich Kozlov</t>
+  </si>
+  <si>
+    <t>25 dicembre 1975</t>
+  </si>
+  <si>
+    <t>Residente nella regione di Mogilev . Un dipendente dello stabilimento Bobruisk di parti e assiemi di trattori.
+Detenuto per sabotaggio della ferrovia vicino alle stazioni di Bobruisk, nonché incendio doloso di un poligono di tiro dell'unità militare 5527. Detenuto insieme alla moglie.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.08.2022: 14 anni di reclusione in una colonia del regime potenziato. Appello 25.10.2022: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-05-23 12:43:25</t>
+  </si>
+  <si>
     <t>Anatoly Vladimirovich Volodko</t>
   </si>
   <si>
     <t>25 dicembre 1967</t>
   </si>
   <si>
     <t>Anatolij Volodko ha 56 anni. Viene da Minsk. L'uomo ha una moglie, una figlia adulta e un figlio che presto compirà diciotto anni. Volodko ha lavorato come programmatore presso Top Soft per più di 20 anni. Sta creando un ecosistema di prodotti Galaktika necessari per la digitalizzazione aziendale. L'ufficio centrale dell'azienda si trova in Russia e Anatoly ha lavorato lì per parte del tempo.
 La data esatta dell'arresto dell'uomo non è nota, ma è probabile il 15 o 16 gennaio 2024. Dopotutto, il 17 gennaio, lui e sua moglie sono stati condannati per “piccolo teppismo” - è stato condannato a 15 giorni, la condanna a sua moglie è sconosciuta. Secondo la testimonianza delle forze di sicurezza, Anatoly Volodko “era in un luogo pubblico e, per motivi di teppismo, ha gridato ad alta voce, ha usato un linguaggio osceno, ha agitato le braccia e si è comportato in modo aggressivo “L'uomo non ha ammesso la sua colpa e ha detto che a metà giornata è stato trattenuto a casa sua, non ha fatto nulla che gli hanno detto i testimoni.Secondo il compagno di cella Anatoly Volodko, si è rifiutato di pagare le “donazioni” che gli agenti del KGB hanno minacciato di pagare a coloro che hanno fatto donazioni. In generale, l'uomo non ha ammesso la sua colpa. Il compagno di cella di Anatoly afferma che questo è stato il motivo di ulteriori procedimenti giudiziari: amministrativi e penali.
 Il 27 agosto 2024 è stato preso in considerazione l’appello di Anatoly e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.06.2024: 8 anni 6 mesi di reclusione in una colonia del regime generale. Appello 27.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-10 19:30:21</t>
   </si>
   <si>
-    <t>Anastasia Yuryevna Gritskevich</t>
-[...63 lines deleted...]
-    <t>Artyom Evgenyevich Parkhamovich</t>
+    <t>Anton Uladzimiravich Kazachenka</t>
+  </si>
+  <si>
+    <t>26 dicembre 1994</t>
+  </si>
+  <si>
+    <t>Anton ha lavorato per un'azienda di riparazioni auto a Minsk. Ha lavorato anche per un periodo in Russia, presso l'Elektrostal, vicino a Mosca.
+Negli ultimi anni, Anton si è interessato al settore IT e ha seguito diversi corsi online.
+Fuori dal lavoro, la passione principale di Anton era la tecnologia: ama le moto sportive e le auto veloci ed è iscritto a community tematiche.
+Molto probabilmente Anton è in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-02-24 03:13:21</t>
+  </si>
+  <si>
+    <t>Artsiom Yauhenavich Parkhamovich</t>
   </si>
   <si>
     <t>26 dicembre 1995</t>
   </si>
   <si>
-    <t>Artem, un dipendente di Beltelecom, è stato arrestato il 22 ottobre 2020 e condannato per aver trasmesso dati di agenti delle forze dell'ordine a Telegram.</t>
-[...2 lines deleted...]
-    <t>Sentenza del tribunale 08.02.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 29.04.2022: il verdetto è stato confermato.</t>
+    <t>Artyom, ex dipendente di Beltelecom, è stato arrestato nell'ottobre 2020 nell'ambito di un procedimento penale avviato ai sensi di otto articoli, tra cui "azioni illegali contro informazioni private e dati personali" e "interferenza con le attività di un agente delle forze dell'ordine". Secondo quanto riferito, Artyom è stato anche brutalmente picchiato durante l'arresto.
+Nel febbraio 2022 è stato condannato per "aver trasferito dati personali e altri dati personali di oltre 150 individui a canali Telegram considerati estremisti" e condannato a una lunga pena detentiva, nonché al pagamento di un ingente risarcimento alle "vittime".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.02.2022: 11 anni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 29.04.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:04:01</t>
   </si>
   <si>
-    <t>Vera Mikhailovna Kanonenko</t>
+    <t>Vera Mikhajlauna Kananenka</t>
   </si>
   <si>
     <t>27 dicembre 1974</t>
   </si>
   <si>
-    <t>È stato arrestato alla fine di ottobre 2024, durante un altro "raid" contro i sospettati di solidarietà con i prigionieri politici.
-È accusato ai sensi di diversi articoli del Codice penale per interazione con "gruppi estremisti".</t>
+    <t>È stato arrestato   alla fine di ottobre 2024, durante un altro "raid" contro i sospettati di solidarietà con i prigionieri politici.
+È accusato, ai sensi di diversi articoli del Codice penale, di collaborazione con "gruppi estremisti". Secondo l'indagine, gli imputati erano corrieri dell'iniziativa BYSOL; "i loro compiti includevano la ricezione e il trasferimento di denaro ad altri membri del gruppo, distribuendolo per sostenere coloro che erano coinvolti in proteste illegali e attività estremiste".
+Anche il suo convivente, Sergei Kardash, è stato arrestato.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 12.02.2026: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2025-04-22 18:48:19</t>
   </si>
   <si>
     <t>Olga Dmitrievna Alekseeva</t>
   </si>
   <si>
     <t>27 dicembre 1982</t>
   </si>
   <si>
     <t>Presumibilmente detenuto per aver aiutato i prigionieri politici.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-15 21:15:27</t>
   </si>
   <si>
-    <t>Andrey Viktorovich Velikoselets</t>
-[...13 lines deleted...]
-  <si>
     <t>Vyacheslav Yuryevich Malyshev</t>
   </si>
   <si>
     <t>29 dicembre 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 13.06.2025: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-06-25 10:45:12</t>
   </si>
   <si>
     <t>Olga Anatolyevna Osipchik</t>
   </si>
   <si>
     <t>30 dicembre 1977</t>
   </si>
   <si>
     <t>2025-10-21 21:23:23</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Kushner</t>
+  </si>
+  <si>
+    <t>30 dicembre 1974</t>
+  </si>
+  <si>
+    <t>È stato condannato per un commento sull'Ucraina fatto nel 2022. Il caso è stato discusso presso il tribunale della città di Minsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.08.2025: 2 anni di reclusione in una colonia del regime generale. Appello 14.10.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-10-30 16:47:03</t>
   </si>
   <si>
     <t>Joseph (Yazep) Iosifovich Dulebo</t>
   </si>
   <si>
     <t>30 dicembre 1967</t>
   </si>
   <si>
     <t>Il 3 maggio 2024, il Comitato per la Sicurezza dello Stato della Bielorussia ha aggiunto una serie di risorse mediatiche del progetto FreeInfoBel all'elenco delle cosiddette "formazioni estremiste" e sono state incluse anche persone specifiche che, a loro avviso, sono legate al progetto indicato: Olga Pashkevich e Iosif Dulebo. Inoltre, l'introduzione di FreeInfoBel è diventata infatti nota solo 5 giorni dopo, l'8 maggio.
 Al momento non è noto per quale specifico procedimento penale l’uomo sia detenuto, ma si può presumere che sia legato all’”estremismo”. Siamo riusciti a scoprire che Dulebo era stato inizialmente detenuto per una questione amministrativa. Tuttavia, quando è arrivato il momento del rilascio dal centro di detenzione temporanea, Dulebo non è stato rilasciato: è stato trasferito in un centro di custodia cautelare.
 L'uomo era a capo della sezione di Vitebsk del Fronte popolare bielorusso, ma all'inizio degli anni 2000 si ritirò dagli affari del partito.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.11.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 04.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-22 19:29:24</t>
   </si>
   <si>
+    <t>Olesya Vyacheslavovna Shapkina</t>
+  </si>
+  <si>
+    <t>30 dicembre 1988</t>
+  </si>
+  <si>
+    <t>Programmatore presso SamSolutions.
+Il 15 settembre 2023 è stata discussa la causa di appello.
+Nell'estate del 2025 si ammalò di polmonite e fu ricoverata nel reparto di medicina.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.06.2023: 5 anni di reclusione in una colonia del regime generale. Appello 30.06.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-06-22 01:45:27</t>
+  </si>
+  <si>
+    <t>Aliaksandr Baravik</t>
+  </si>
+  <si>
+    <t>30 dicembre 1981</t>
+  </si>
+  <si>
+    <t>L'uomo è stato accusato di aver lasciato, secondo la corte, un commento offensivo in un telegramma nei confronti del ministro degli Interni Ivan Kubrakov e del vice capo della direzione degli Affari interni dell'amministrazione del distretto centrale di Minsk, capo della polizia criminale, Vladimir Kubrakov. Alexander ha ammesso pienamente la sua colpa e si è pentito delle sue azioni. Prima del processo l’uomo era in garanzia personale. Dopo l'annuncio del verdetto, è stato preso in custodia in aula.
+Alexander Borovik ha un figlio minorenne a carico. Lavora come operatore di macchine falegname.
+Nel gennaio 2024 si è saputo che Pavel era stato nuovamente accusato, ma questa volta ai sensi dell'articolo 130 del codice penale della Repubblica di Bielorussia.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.05.2023: 1 anno di reclusione in una colonia del regime generale. Sentenza del tribunale 29.03.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 25.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-05-02 13:34:46</t>
+  </si>
+  <si>
     <t>Valeriya Borisovna Kostyugova</t>
   </si>
   <si>
     <t>Valeria è una politologa, fondatrice e curatrice del sito web della comunità di esperti "La nostra opinione", autrice e curatrice dell'"Annuario bielorusso", responsabile del gruppo di esperti per il monitoraggio "Bielorussia in Focus".
 Il 30 giugno 2021, dopo una perquisizione della sua abitazione da parte degli agenti del KGB, Valeria è stata arrestata e messa in isolamento, per poi essere trasferita in un centro di detenzione preventiva.
 Il 6 febbraio 2023, il tribunale ha iniziato a esaminare il suo caso con le accuse di "favoreggiamento di azioni volte a prendere il potere", "istigazione ad azioni che danneggiano la sicurezza nazionale" e "incitamento all'odio sociale". Il 17 marzo 2023, il tribunale ha condannato Valeria in una sessione a porte chiuse a 10 anni di reclusione in una colonia penale di regime generale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.03.2023: 10 anni di reclusione in una colonia del regime generale. Appello 25.07.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-02 15:40:50</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Kushner</t>
-[...54 lines deleted...]
-    <t>2025-10-20 21:23:33</t>
+    <t>Maxim Valerievich Sandracula</t>
+  </si>
+  <si>
+    <t>31 dicembre 1978</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.11.2024: 3 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 14.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:59:06</t>
   </si>
   <si>
     <t>Nadzeya Alexandrovna Leskovets</t>
   </si>
   <si>
-    <t>31 dicembre 1978</t>
-[...1 lines deleted...]
-  <si>
     <t>È stata arrestata il 23 gennaio 2024 durante un massiccio raid delle forze di sicurezza contro i parenti dei prigionieri politici e le persone che li aiutavano.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.07.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-13 22:04:59</t>
   </si>
   <si>
     <t>Olga Grigorievna Stroeva</t>
   </si>
   <si>
     <t>31 dicembre 1959</t>
   </si>
   <si>
     <t>2025-12-11 16:57:27</t>
+  </si>
+  <si>
+    <t>Aliaksandr Sulzhyts</t>
+  </si>
+  <si>
+    <t>31 dicembre 1980</t>
+  </si>
+  <si>
+    <t>La carriera di Alexander è iniziata nella logistica, lavorando come responsabile dei trasporti presso Pinskdrev, per poi ricoprire incarichi presso Belinterlogistik ed ElektroEra. In seguito, ha lavorato come responsabile degli acquisti presso l'azienda internazionale Exide Technologies.
+Dal 2019 al 2022, Sulzhyts ha lavorato presso Rozum Robotics, dove è passato dal ruolo di responsabile della supply chain a quello di responsabile del reparto di automazione robotica. Il suo incarico più recente è stato presso 4RM Systems (da maggio 2023 a maggio 2025), dove ha sviluppato la soluzione Stemma basata sull'intelligenza artificiale per l'automazione delle casse automatiche nel settore retail: le casse automatiche di 4RM Systems sono ora installate in molti negozi bielorussi.
+L'uomo era un membro attivo della comunità automobilistica.
+Ha una moglie e due figli.</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:47:20</t>
   </si>
   <si>
     <t>Vadim Nikolaevich Vasiliev</t>
   </si>
   <si>
     <t>31 dicembre 1994</t>
   </si>
   <si>
     <t>Arrestato per aver amministrato le chat room "Vitebsk -97%" e "Orsha -97%".
 Lighting designer per la TZU al teatro bielorusso "Lyalka".</t>
   </si>
   <si>
     <t>12 anni di carcere in regime rafforzato</t>
   </si>
   <si>
     <t>2022-05-22 14:26:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>2024-10-10 22:59:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1768,2517 +1835,2621 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>65</v>
       </c>
       <c r="I11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>67</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
       <c r="I13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>78</v>
       </c>
       <c r="I14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>84</v>
       </c>
       <c r="I15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="I16" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>91</v>
+      </c>
+      <c r="I17" t="s">
         <v>92</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>101</v>
       </c>
-      <c r="D19" t="s">
-[...11 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
         <v>104</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>105</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>106</v>
       </c>
-      <c r="D20" t="s">
-[...11 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" t="s">
         <v>109</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>110</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>111</v>
       </c>
-      <c r="D21" t="s">
-[...11 lines deleted...]
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
         <v>114</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>115</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>116</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
         <v>119</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>120</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>121</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>122</v>
       </c>
       <c r="I23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>124</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>106</v>
+      </c>
+      <c r="I25" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>133</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
         <v>135</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>121</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>136</v>
       </c>
-      <c r="C26" t="s">
+      <c r="I26" t="s">
         <v>137</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
         <v>139</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>140</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>83</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="D27" t="s">
-[...11 lines deleted...]
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
         <v>144</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>145</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
         <v>146</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B29" t="s">
         <v>149</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>150</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>153</v>
+      </c>
+      <c r="B30" t="s">
         <v>154</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>155</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" t="s">
         <v>159</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>160</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
         <v>161</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" t="s">
         <v>164</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
         <v>165</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>167</v>
+      </c>
+      <c r="B33" t="s">
         <v>168</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>169</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
         <v>170</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>172</v>
+      </c>
+      <c r="B34" t="s">
         <v>173</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>174</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
         <v>175</v>
       </c>
-      <c r="D34" t="s">
-[...11 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
         <v>178</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>179</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="D35" t="s">
-[...11 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
         <v>183</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>184</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>83</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
         <v>188</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>189</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>190</v>
       </c>
-      <c r="D37" t="s">
-[...11 lines deleted...]
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B38" t="s">
         <v>193</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
         <v>194</v>
       </c>
-      <c r="D38" t="s">
-[...11 lines deleted...]
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>196</v>
+      </c>
+      <c r="B39" t="s">
         <v>197</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>198</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
         <v>199</v>
       </c>
-      <c r="D39" t="s">
-[...11 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>201</v>
+      </c>
+      <c r="B40" t="s">
         <v>202</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>43</v>
+      </c>
+      <c r="I40" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>204</v>
+      </c>
+      <c r="B41" t="s">
+        <v>205</v>
+      </c>
+      <c r="C41" t="s">
+        <v>206</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>207</v>
       </c>
-      <c r="B41" t="s">
+      <c r="I41" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
         <v>210</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>211</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>212</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
         <v>215</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>216</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>217</v>
       </c>
-      <c r="D43" t="s">
-[...11 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>219</v>
+      </c>
+      <c r="B44" t="s">
         <v>220</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>221</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>222</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>223</v>
       </c>
-      <c r="F44" t="s">
-[...5 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
         <v>226</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>228</v>
       </c>
-      <c r="D45" t="s">
-[...11 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>230</v>
+      </c>
+      <c r="B46" t="s">
         <v>231</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>232</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>53</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
+        <v>233</v>
+      </c>
+      <c r="I46" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>235</v>
+      </c>
+      <c r="B47" t="s">
         <v>236</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>237</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" t="s">
         <v>238</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
         <v>241</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>242</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>243</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>244</v>
       </c>
       <c r="I48" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>246</v>
       </c>
       <c r="B49" t="s">
         <v>247</v>
       </c>
       <c r="C49" t="s">
         <v>248</v>
       </c>
       <c r="D49" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>53</v>
+        <v>222</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>249</v>
       </c>
       <c r="I49" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>251</v>
       </c>
       <c r="B50" t="s">
         <v>252</v>
       </c>
       <c r="C50" t="s">
         <v>253</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>223</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>254</v>
       </c>
       <c r="I50" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>256</v>
       </c>
       <c r="B51" t="s">
         <v>257</v>
       </c>
       <c r="C51" t="s">
         <v>258</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
+      <c r="E51" t="s">
+        <v>121</v>
+      </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="I51" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B52" t="s">
-        <v>261</v>
+        <v>262</v>
+      </c>
+      <c r="C52" t="s">
+        <v>263</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="I52" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B53" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C53" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
-      <c r="E53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>268</v>
+        <v>65</v>
       </c>
       <c r="I53" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B54" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="C54" t="s">
         <v>272</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>273</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H54" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="I55" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
+        <v>280</v>
+      </c>
+      <c r="C56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>282</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="H56" t="s">
+      <c r="I56" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>284</v>
+      </c>
+      <c r="B57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
         <v>287</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>288</v>
       </c>
       <c r="I57" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>290</v>
       </c>
       <c r="B58" t="s">
         <v>291</v>
       </c>
       <c r="C58" t="s">
         <v>292</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>293</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>294</v>
       </c>
       <c r="I58" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>296</v>
       </c>
       <c r="B59" t="s">
         <v>297</v>
       </c>
       <c r="C59" t="s">
         <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>16</v>
+        <v>299</v>
       </c>
       <c r="I59" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B60" t="s">
-        <v>301</v>
+        <v>302</v>
+      </c>
+      <c r="C60" t="s">
+        <v>303</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I60" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B61" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C61" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B62" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C62" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F62" t="s">
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>314</v>
       </c>
       <c r="I62" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>316</v>
       </c>
       <c r="B63" t="s">
         <v>317</v>
       </c>
       <c r="C63" t="s">
         <v>318</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H63" t="s">
         <v>319</v>
       </c>
       <c r="I63" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>321</v>
       </c>
       <c r="B64" t="s">
         <v>322</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>323</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
+        <v>325</v>
+      </c>
+      <c r="B65" t="s">
         <v>326</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>327</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
         <v>328</v>
       </c>
-      <c r="D65" t="s">
-[...2 lines deleted...]
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>243</v>
+      </c>
+      <c r="H65" t="s">
         <v>329</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>331</v>
+      </c>
+      <c r="B66" t="s">
+        <v>332</v>
+      </c>
+      <c r="C66" t="s">
         <v>333</v>
       </c>
-      <c r="B66" t="s">
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>334</v>
       </c>
-      <c r="D66" t="s">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="I66" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>336</v>
+      </c>
+      <c r="B67" t="s">
         <v>337</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>338</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
         <v>339</v>
       </c>
-      <c r="D67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>340</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I67" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B68" t="s">
-        <v>343</v>
+        <v>344</v>
+      </c>
+      <c r="C68" t="s">
+        <v>345</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B69" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>349</v>
+        <v>43</v>
       </c>
       <c r="I69" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>351</v>
       </c>
       <c r="B70" t="s">
         <v>352</v>
       </c>
       <c r="C70" t="s">
         <v>353</v>
       </c>
       <c r="D70" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>354</v>
       </c>
       <c r="I70" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>356</v>
       </c>
       <c r="B71" t="s">
         <v>357</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>358</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="I71" t="s">
         <v>359</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>360</v>
+      </c>
+      <c r="B72" t="s">
         <v>361</v>
       </c>
-      <c r="B72" t="s">
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
         <v>362</v>
       </c>
-      <c r="C72" t="s">
+      <c r="I72" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>364</v>
+      </c>
+      <c r="B73" t="s">
+        <v>365</v>
+      </c>
+      <c r="C73" t="s">
         <v>366</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
         <v>367</v>
       </c>
-      <c r="C73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" t="s">
         <v>368</v>
-      </c>
-[...13 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>369</v>
+      </c>
+      <c r="B74" t="s">
+        <v>370</v>
+      </c>
+      <c r="C74" t="s">
         <v>371</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>41</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>362</v>
+      </c>
+      <c r="I74" t="s">
         <v>372</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>373</v>
+      </c>
+      <c r="B75" t="s">
+        <v>374</v>
+      </c>
+      <c r="C75" t="s">
+        <v>375</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
         <v>376</v>
       </c>
-      <c r="B75" t="s">
+      <c r="I75" t="s">
         <v>377</v>
-      </c>
-[...16 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>378</v>
+      </c>
+      <c r="B76" t="s">
+        <v>379</v>
+      </c>
+      <c r="C76" t="s">
         <v>380</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>328</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
         <v>381</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>382</v>
-      </c>
-[...16 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>383</v>
+      </c>
+      <c r="B77" t="s">
+        <v>384</v>
+      </c>
+      <c r="C77" t="s">
         <v>385</v>
       </c>
-      <c r="B77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
         <v>386</v>
       </c>
-      <c r="C77" t="s">
+      <c r="I77" t="s">
         <v>387</v>
-      </c>
-[...16 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>388</v>
+      </c>
+      <c r="B78" t="s">
+        <v>389</v>
+      </c>
+      <c r="C78" t="s">
         <v>390</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>340</v>
+      </c>
+      <c r="G78" t="s">
+        <v>243</v>
+      </c>
+      <c r="H78" t="s">
         <v>391</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>393</v>
+      </c>
+      <c r="B79" t="s">
         <v>394</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>395</v>
       </c>
       <c r="D79" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>335</v>
+        <v>83</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>396</v>
       </c>
       <c r="I79" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C80" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>41</v>
+      </c>
+      <c r="E80" t="s">
+        <v>367</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I80" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C81" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="I81" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B82" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>273</v>
+        <v>53</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="I82" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B83" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E83" t="s">
-        <v>53</v>
+        <v>273</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="H83" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>415</v>
+      </c>
+      <c r="B84" t="s">
         <v>416</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>417</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>287</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
         <v>418</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="H84" t="s">
+      <c r="I84" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>420</v>
+      </c>
+      <c r="B85" t="s">
         <v>421</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
+        <v>423</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C86" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I86" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B87" t="s">
-        <v>430</v>
+        <v>431</v>
+      </c>
+      <c r="C87" t="s">
+        <v>432</v>
       </c>
       <c r="D87" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>433</v>
       </c>
       <c r="I87" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B88" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="C88" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E88" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I88" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B89" t="s">
-        <v>425</v>
+        <v>440</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="I89" t="s">
-        <v>439</v>
+        <v>442</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>443</v>
+      </c>
+      <c r="B90" t="s">
+        <v>440</v>
+      </c>
+      <c r="C90" t="s">
+        <v>444</v>
+      </c>
+      <c r="D90" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>445</v>
+      </c>
+      <c r="I90" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>447</v>
+      </c>
+      <c r="B91" t="s">
+        <v>448</v>
+      </c>
+      <c r="D91" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" t="s">
+        <v>367</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>450</v>
+      </c>
+      <c r="B92" t="s">
+        <v>451</v>
+      </c>
+      <c r="C92" t="s">
+        <v>452</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>454</v>
+      </c>
+      <c r="B93" t="s">
+        <v>455</v>
+      </c>
+      <c r="C93" t="s">
+        <v>456</v>
+      </c>
+      <c r="D93" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>53</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>457</v>
+      </c>
+      <c r="I93" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">