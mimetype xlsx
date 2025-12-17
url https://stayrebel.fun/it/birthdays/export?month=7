--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -12,465 +12,440 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
-    <t>Diana Valentinovna Mikhailina</t>
-[...9 lines deleted...]
-    <t>Donna</t>
+    <t>Alexey Borisovich Ivanisov</t>
+  </si>
+  <si>
+    <t>1 luglio 1968</t>
+  </si>
+  <si>
+    <t>Alexey, ex militare, specialista in comunicazioni e direttore di un'azienda che installa e ripara porte da garage e barriere elettriche, è stato arrestato nel settembre 2021 nell'ambito di un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva e a una multa.
+Alexey ha tre figli, uno dei quali è minorenne.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>In custodia</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
-[...2 lines deleted...]
-    <t>2025-10-07 16:30:33</t>
+    <t>Sentenza del tribunale 28.09.2022: 14 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-11-15 15:51:15</t>
   </si>
   <si>
     <t>Denis Viktorovich Boltut</t>
   </si>
   <si>
     <t>1 luglio 1990</t>
   </si>
   <si>
     <t>È stato arrestato il 25 settembre 2020 e condannato per aver partecipato alle proteste.</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...1 lines deleted...]
-  <si>
     <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.07.2021: 6 anni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 24.09.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:00</t>
+  </si>
+  <si>
+    <t>Daniel Yurievich Garasim</t>
+  </si>
+  <si>
+    <t>1 luglio 2005</t>
+  </si>
+  <si>
+    <t>Secondo gli autori del film filogovernativo, Daniil Garasim, nato nel 2005, nel dicembre 2023, su indicazione del “curatore ucraino”, con il quale è stato stabilito un contatto in una chat estremista di Telegram, ha filmato la posizione della brigata missilistica di le Forze Armate della Bielorussia nella città di Osipovichi, nella regione di Mogilev. Ma è interessante notare che le forze di sicurezza hanno effettuato riprese operative fin dal primo compito, sorge la domanda da chi provenisse il compito;</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.09.2024: 10 anni di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 03.12.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-04-30 00:32:30</t>
   </si>
   <si>
     <t>Irina Igorevna Poznyakevich</t>
   </si>
   <si>
     <t>1 luglio 1998</t>
   </si>
   <si>
     <t xml:space="preserve">
 Nell'autunno del 2024, il nome di Irina Poznyakevich è apparso nella lista dei ricercati in Russia. Successivamente venne processata e deportata in Bielorussia.
 Irina Poznyakevich (Shulga) ha 26 anni. È originaria di Baranovichi e ha vissuto anche a Ivatsevichi. Secondo i dati dei social network, la ragazza lavorava in diversi settori, ad esempio era un'infermiera. E nel 2019 aveva un bambino piccolo.
 Nell'ottobre 2020, Irina si trovava in un centro di detenzione a Zhodino: la ragazza è stata arrestata presumibilmente per aver partecipato alle proteste. Non si sa se all'epoca fosse realmente coinvolta in qualcosa o se fosse una delle persone arrestate per caso.
 Nel febbraio 2021 si è trasferita in Russia. Il suo periodo di legalizzazione è scaduto il 14 gennaio 2024, ma lei non ha lasciato Mosca per tornare in patria, ma vi è rimasta. Nell'ottobre 2024, Irina è stata processata presso il tribunale distrettuale Mikulinsky di Mosca. Fu condannata a una multa di 5.000 rubli russi (circa 50 dollari) e all'espulsione dalla Russia.
 </t>
   </si>
   <si>
+    <t>Donna</t>
+  </si>
+  <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.03.2025: sconosciuto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-01-02 19:57:46</t>
   </si>
   <si>
     <t>Pavel Sergeevich Rezanovich</t>
   </si>
   <si>
     <t>1 luglio 1993</t>
   </si>
   <si>
     <t>Pavel, figlio di un prete ortodosso e impiegato del dipartimento di esecuzione forzata del distretto Leninsky della città di Brest, è stato arrestato il 1 dicembre 2020 insieme ai suoi genitori nell'ambito del criminale “caso Autukhovich”. Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Pavel è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo”, “tentato sequestro di potere” e “azioni illegali riguardanti le armi da fuoco”.
 Nell'ottobre 2023 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 30.10.2023: 2 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Birulya</t>
-[...53 lines deleted...]
-    <t>2021-11-15 15:51:15</t>
+    <t>Arthur Igorevich Golubev</t>
+  </si>
+  <si>
+    <t>3 luglio 1990</t>
+  </si>
+  <si>
+    <t>Il 16 gennaio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
+  </si>
+  <si>
+    <t>2023-10-31 14:49:43</t>
   </si>
   <si>
     <t>Alexander Vasilyevich Sumar</t>
   </si>
   <si>
     <t>3 luglio 1982</t>
   </si>
   <si>
     <t>Nel periodo dall'agosto 2020 al 26 luglio 2022, Alexander ha amministrato la chat telegrafica "Lunga vita a Luninets!", Per la quale è stato arrestato il 27 luglio 2022. Il 24 novembre 2022, per decisione del Ministero dell'Interno, i telegrammi chattano "Lunga vita a Luninets!" è stata riconosciuta come "formazione estremista" sul territorio della Repubblica di Bielorussia. Il processo contro Alexander si è svolto il 9 febbraio 2023, dove è stato accusato ai sensi di 5 articoli del codice penale della Repubblica di Bielorussia: parte 1 dell'art. 361-1, parte 1 dell'art. 342, comma 2 dell'art. 367, dell'art. 369, parte 3 dell'art. 361. Si sa di Alexander Sumar che nel 2006 ha lavorato presso il dipartimento degli affari interni del distretto di Luninets come esperto forense. Negli ultimi anni ha vissuto a Mosca (Russia).</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2023-01-10 15:05:51</t>
   </si>
   <si>
     <t>Vitaly Alexandrovich Vasilevich</t>
   </si>
   <si>
     <t>3 luglio 1993</t>
   </si>
   <si>
     <t>Vitaly è stato arrestato e condannato per aver fermato un treno merci, aver messo strisce rosse sui pannelli luminosi pubblicitari, aver forato i pneumatici di un agente di polizia, aver dato fuoco al chiosco Tabakerka e maneggiato oggetti contenenti sostanze infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e la tortura di persone da parte delle forze di sicurezza.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.06.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 01:27:10</t>
   </si>
   <si>
-    <t>Arthur Igorevich Golubev</t>
-[...11 lines deleted...]
-    <t>2023-10-31 14:49:43</t>
+    <t>Jeanne Petrovna Volkova</t>
+  </si>
+  <si>
+    <t>4 luglio 1979</t>
+  </si>
+  <si>
+    <t>Zhanna è stata arrestata l'11 maggio 2023, proprio nella scuola n. 63, dove si era recata per incontrare l'insegnante di suo figlio. Nell'ottobre di quell'anno venne condannata per diverse accuse penali, tra cui quella di "incitamento all'odio".
+Secondo quanto riportato dai media, durante le proteste del 2020, la polizia l'ha arrestata con accuse amministrative.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.10.2023: 3 anni di reclusione in una colonia del regime generale. Appello 05.01.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-05-14 23:47:55</t>
+  </si>
+  <si>
+    <t>Sergey Anatolyievich Rezanovich</t>
+  </si>
+  <si>
+    <t>4 luglio 1968</t>
+  </si>
+  <si>
+    <t>Un prete ortodosso, rettore della chiesa di San Michele Arcangelo nella cittadina agricola di Stepanka, distretto di Zhabinka, regione di Brest, è stato arrestato il 1° dicembre 2020 insieme alla moglie e al figlio nell'ambito del caso criminale “Autukhovich. " Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Sergei è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo” e “tentativo di prendere il potere”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 16 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:42:21</t>
   </si>
   <si>
     <t>Andrey Romualdovich Severtoka</t>
   </si>
   <si>
     <t>4 luglio 1971</t>
   </si>
   <si>
     <t>Andrei è stato arrestato il 27 settembre 2020 durante una protesta a Grodno dopo aver tentato di coprire e aiutare un uomo disteso a terra. Di conseguenza, è stato condannato per “violenza contro un agente di polizia”.
 Alla fine di dicembre 2021, Andrei è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.03.2021: 5 anni 6 mesi di reclusione in una colonia del regime rigoroso, circa 1000 rubli di risarcimento. Appello 17.06.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 23:04:31</t>
   </si>
   <si>
-    <t>Alexander Viktorovich Akakiyev</t>
-[...41 lines deleted...]
-  <si>
     <t>Alexander Vladimirovich Bliznets</t>
   </si>
   <si>
     <t>5 luglio 1988</t>
   </si>
   <si>
     <t>Alexander ha lavorato come ingegnere in una delle imprese della città. È stato condannato a porte chiuse dal tribunale regionale di Gomel.
 Il 2 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 02.05.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 02.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-04-24 22:36:28</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-12-06 01:16:36</t>
   </si>
   <si>
     <t>Dmitry Igorevich Khomenkov</t>
   </si>
   <si>
     <t>5 luglio 1989</t>
   </si>
   <si>
     <t>Residente a Gomel, 39 anni. Lui è un programmatore. L'ultimo lavoro di Khamenkov su Linkedin è elencato come Expert Software Development. Non voleva trasferirsi nel 2022.
 Secondo il filmato dell'ONT , Khamenkov è accusato di "finanziamento di attività estremiste". Ha effettuato trasferimenti in criptovaluta. Si dice che sia stato arrestato alla fine del 2024 e che, mentre era dietro le sbarre, sua nonna sia morta.</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-04-03 17:39:10</t>
   </si>
   <si>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 luglio 1978</t>
+  </si>
+  <si>
+    <t>Condannato per una donazione di 20 dollari a una delle iniziative, poi riconosciuta come “formazione estremista”. La donazione per aiutare le presunte vittime della repressione è stata effettuata nel 2021, quando l’iniziativa non era ancora riconosciuta come “gruppo estremista”. Ci sono state solo otto udienze sul caso; è stato esaminato per due mesi, da novembre a gennaio. Il 28 aprile 2023 la sentenza è entrata in vigore dopo la corte d'appello.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
+  </si>
+  <si>
+    <t>Yuri Alexandrovich Khrameev</t>
+  </si>
+  <si>
+    <t>5 luglio 1990</t>
+  </si>
+  <si>
+    <t>Nel 2016, Yuri ha conseguito la laurea in programmazione presso l'Università statale bielorussa di informatica e radioelettronica.
+Nel 2011 è entrato in XB Software come programmatore, per poi lavorare presso ActiveCloud. Nel 2014 è entrato a far parte della startup ActivePlatform, dove ha scalato i ranghi, passando da sviluppatore a business analyst e product manager.
+Fuori dal lavoro, Yuri ama viaggiare. Sui social media ha pubblicato foto di vacanze attive in montagna e di viaggi in diverse città.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.11.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-12-08 16:53:51</t>
+  </si>
+  <si>
+    <t>Ivan Yurievich Yasnikov</t>
+  </si>
+  <si>
+    <t>6 luglio 1989</t>
+  </si>
+  <si>
+    <t>È stato riferito che l'uomo è stato arrestato per gli eventi dell'agosto 2020, tuttavia, le forze di sicurezza hanno trovato fotografie di equipaggiamento militare sul suo telefono, che ha caricato il 23 febbraio sul canale Telegram Kalinkovichi for Life.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2022-04-05 00:52:53</t>
+  </si>
+  <si>
     <t>Ivan Grigorievich Omrejcik</t>
   </si>
   <si>
     <t>6 luglio 2001</t>
   </si>
   <si>
     <t>Arrestato per aver partecipato a una protesta il 10 agosto 2020 a Brest.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.08.2024: 2 anni 3 mesi di reclusione in una colonia del regime generale. Appello 08.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Korolev</t>
   </si>
   <si>
     <t>7 luglio 1963</t>
   </si>
   <si>
     <t>Il 30 maggio 2023 si è tenuta l'udienza di appello ed è entrata in vigore la sentenza.</t>
   </si>
   <si>
     <t>1,5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-02-27 23:21:22</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Yanchuk</t>
   </si>
   <si>
     <t>7 luglio 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Ivan prima ha ricoperto la posizione di investigatore a Malorita, poi è stato trasferito come investigatore al Dipartimento degli affari interni del distretto di Kobryn. Aveva il grado di tenente.
 Secondo le informazioni del video GUBOPiK, si è dimesso dalle forze dell'ordine e ha iniziato a estrarre criptovalute. Secondo gli agenti della sicurezza, Ivan ha trasmesso informazioni sui suoi colleghi a vari canali di telegrammi.
 Il 28 novembre 2023 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.
 </t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Lubetski</t>
+  </si>
+  <si>
+    <t>7 luglio 1975</t>
+  </si>
+  <si>
+    <t>Andrei, chirurgo maxillo-facciale presso un ospedale pediatrico, è stato arrestato nel maggio 2021 dopo una perquisizione nell'ambito di un procedimento penale avviato ai sensi dell'articolo per "insulto al presidente". La moglie e i figli furono costretti a lasciare il Paese. Andrei è stato successivamente accusato di "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e di "partecipazione a rivolte di massa".
+Nell'aprile 2022, Andrei è stato condannato per quattro capi d'imputazione penali per aver partecipato alle proteste avvenute a Minsk nel 2020 e per pubblicazioni sui social network classificate come insulti e incitamento all'odio.
+Nel giugno 2024 la sua pena è stata aumentata ed è stato trasferito in carcere fino al termine della pena.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 18.04.2022: 5 anni di reclusione in una colonia del regime generale. Appello 21.06.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 26.06.2024: regime carcerario fino alla fine della pena.</t>
+  </si>
+  <si>
+    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Oleg Anatolevich Konovalov (Shutov)</t>
   </si>
   <si>
     <t>8 luglio 1995</t>
   </si>
   <si>
     <t>Oleg, il proprietario del canale YouTube "Terza Regione Bielorussia", è stato arrestato nel gennaio 2022, al suo ritorno in Bielorussia per le vacanze di Capodanno.
 Oleg è stato accusato di aver de-anonimizzato funzionari della sicurezza e, mentre era all'estero, di aver continuato a "pubblicare informazioni anti-statali sui social media e a promuovere la resistenza contro i funzionari governativi". Sul suo canale, ha pubblicato video di proteste di solidarietà con la Bielorussia a Kiev, dove viveva dal 2020. È stato anche accusato di aver rilasciato "commenti cinici" sul defunto agente del KGB Dmitry Fedosyuk.
 Nel settembre 2022 è stato condannato ai sensi di diversi articoli del Codice penale, tra cui "incitamento all'odio o alla discordia razziale, nazionale, religiosa o di altro tipo". Il tribunale lo ha condannato alla reclusione in una colonia penale di massima sicurezza e gli ha imposto un ingente risarcimento.
 Nel luglio 2023, Oleg fu nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione penitenziaria", un'accusa spesso applicata ai prigionieri politici che si rifiutano di collaborare con l'amministrazione penitenziaria. Nel settembre dello stesso anno, fu reso noto il suo trasferimento in regime carcerario.
 È stato rivelato che Oleg avrebbe dovuto affrontare un'altra udienza in tribunale nella prima metà dell'estate del 2025 con la stessa accusa di "insubordinazione". L'udienza di appello era prevista per metà luglio.</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.09.2022: 5 anni di reclusione in una colonia del regime potenziato, 5000 rubli di risarcimento, 100 unità di base di multa. Sentenza del tribunale 18.07.2023: 1 anno di reclusione in una colonia del regime potenziato. Appello 26.09.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
     <t>Ivan Vladimirovich Morozov</t>
@@ -547,1098 +522,1020 @@
   </si>
   <si>
     <t>Andrey Alexeyevich Burak</t>
   </si>
   <si>
     <t>10 luglio 1972</t>
   </si>
   <si>
     <t>Camionista. L'uomo è stato inizialmente accusato di teppismo (parte 3 dell'articolo 339 del codice penale) e di creazione di un gruppo estremista o partecipazione ad esso (parte 3 dell'articolo 361-1 del codice penale).
 Il tribunale della città di Minsk ha completato l'esame del procedimento penale il 29 febbraio 2024. Burako è stato giudicato colpevole e condannato alla reclusione per un periodo di cinque anni ai sensi della parte 3 dell'art. 361-1 CC. L'accusa di teppismo è stata ritirata.
 Secondo l'indagine , la sera dell'11 maggio 2023, sull'autostrada M-5 Minsk-Gomel vicino al villaggio di Yasen, vicino a Bobruisk, “il conducente di un veicolo DAF, passando davanti a un convoglio di trasporto militare fermo, ha fatto esplodere un dispositivo non identificato, costituito autonomamente da prodotti pirotecnici, lanciandolo verso il personale militare e attrezzature militari e poi tentando di nascondersi.
 Tuttavia, durante l'inseguimento, la sua macchina è stata bloccata dai militari e lui stesso è stato arrestato."
 È stato accertato che nell'abitacolo dell'auto erano affissi simboli "estremisti" e sul cellulare erano presenti diversi abbonamenti a canali radicali riconosciuti come estremisti, compreso il Piano "Vittoria".
 Il 12 aprile 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia alle condizioni del regime generale.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
+    <t>Sergey Grigorievich Juncic</t>
+  </si>
+  <si>
+    <t>10 luglio 1974</t>
+  </si>
+  <si>
+    <t>Sergei è stato arrestato per solidarietà con i repressi.
+Yunchits ha 50 anni, è nato nel villaggio di Podvosye, distretto di Zhitkovichi. Si occupa di affari dagli anni '90. Secondo il Mirror, fino al 2023 l'uomo ha gestito l'azienda di famiglia Unico-Dental, che fornisce materiali, strumenti e attrezzature odontoiatriche.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.10.2024: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 10.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
+  </si>
+  <si>
     <t>Tamaz Vazhevich Pipiya</t>
   </si>
   <si>
     <t>10 luglio 1994</t>
   </si>
   <si>
     <t>Un tifoso del club MTZ-RIPO è stato arrestato il 26 settembre 2020 e condannato per aver partecipato alle proteste.
 Le guardie della Colonia n. 1 hanno ripetutamente punito Tomaz con la punizione e il trasferimento in una stanza tipo cella (PKT). In totale, l’antifascista ha ricevuto almeno nove sanzioni, anche per essersi rifiutato di “pulire i bagni”. Sulla base di ciò, contro di lui è stato aperto un nuovo procedimento penale ai sensi dell'articolo di "disobbedienza dolosa ai requisiti dell'amministrazione" e nel settembre 2024 è stato condannato a un ulteriore periodo di reclusione.</t>
   </si>
   <si>
     <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
   </si>
   <si>
     <t>Sentenza del tribunale 02.07.2021: 5 anni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 24.09.2021: il verdetto è stato confermato. Sentenza del tribunale 05.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-26 21:06:12</t>
   </si>
   <si>
-    <t>Sergey Grigorievich Juncic</t>
-[...12 lines deleted...]
-    <t>2024-06-19 23:22:29</t>
+    <t>Evgeniy Sergeevich Glushkov</t>
+  </si>
+  <si>
+    <t>11 luglio 1990</t>
+  </si>
+  <si>
+    <t>Si è saputo della detenzione di un residente del villaggio di Zyabrovka, distretto di Gomel, Yevgeny Glushkov. Secondo alcuni resoconti dei media, nella notte tra il 10 e l'11 agosto si è verificato un incidente all'aeroporto di Zyabrovka, di cui i media hanno scritto molto, quindi sono iniziati i controlli locali.
+Hanno trovato una vecchia foto dell'aeroporto sul telefono di Evgeny, che ha preso da un drone. E hanno anche trovato contatti di vari ucraini. Questo è stato sufficiente per fermarlo. Il ragazzo prima della detenzione lavorava come veterinario in una delle cliniche di Homel, ha solo caratteristiche positive da parte dei datori di lavoro. Prima dell'inizio dell'aggressione russa contro l'Ucraina, Evgeny ha vissuto a lungo all'estero. Negli ultimi anni - in Cina, dove ha studiato musica e ha programmato di restare. Ma a causa dell'epidemia di coronavirus, è rimasto senza fonti di reddito ed è stato costretto a tornare in patria.</t>
+  </si>
+  <si>
+    <t>9 anni di reclusione con servizio in una colonia correzionale sotto regime rafforzato.</t>
+  </si>
+  <si>
+    <t>2022-11-14 15:40:33</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Yatsukevich</t>
+  </si>
+  <si>
+    <t>11 luglio 1986</t>
+  </si>
+  <si>
+    <t>Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.01.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.03.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-01-11 17:15:20</t>
   </si>
   <si>
     <t>Igor Olegovych Zhuk</t>
   </si>
   <si>
     <t>11 luglio 1989</t>
   </si>
   <si>
     <t>Igor è stato accusato di aver lasciato un commento su YouTube rivolto a Lukashenko sotto il video "Bielorussia: Mobilitazione nascosta e introduzione di truppe dalla Russia | Ucraina, Lukashenko e NATO" del blogger russo Ilya Varlamov. Secondo il fascicolo, l'app di YouTube è stata trovata sul suo telefono, dove il post in questione è stato trovato nella sezione "Commenti". È rimasto in custodia in attesa della sentenza.</t>
   </si>
   <si>
     <t>Open correctional facility No. 55. 220021, Minsk, vulica Sacyjalistyčnaja, 7</t>
   </si>
   <si>
     <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.11.2023: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2023-11-06 21:02:37</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-01-11 17:15:20</t>
   </si>
   <si>
     <t>Dmitry Dmitrievich Mostovoy</t>
   </si>
   <si>
     <t>11 luglio 1977</t>
   </si>
   <si>
     <t>Dmitry Mostovoy ha 45 anni. Viene da Senitsa, ha studiato al Politecnico di Minsk ed è un programmatore professionista.
 È stato arrestato durante le proteste dell'ottobre 2020 ed è stato imprigionato per "un giorno".
 Dmitry è stato arrestato all'inizio di marzo 2023. Nel film filogovernativo "Gaspar non si è messo in contatto" sul canale ONT TV, pubblicato il 04/05/2023, si dice che Dmitry avrebbe offerto a "Belarusian Guyun" di far trapelare informazioni sull'aeroporto: ha organizzato una trasmissione da un computer che è andato avanti per due settimane senza interruzioni.
 Ora l'uomo si trova in un centro di custodia cautelare con l'accusa di “tradimento contro lo Stato” e “assistenza ad attività estremiste”.</t>
   </si>
   <si>
     <t>10 anni di prigione.</t>
   </si>
   <si>
     <t>2023-04-06 15:04:01</t>
   </si>
   <si>
-    <t>Evgeniy Sergeevich Glushkov</t>
-[...14 lines deleted...]
-  <si>
     <t>Tatyana Vasilievna Kanevskaya</t>
   </si>
   <si>
     <t>12 luglio 1966</t>
   </si>
   <si>
     <t>Noto attivista e confidente della candidata presidenziale Svetlana Tikhanovskaya a Gomel. Tatyana si è battuta per diversi anni per la modifica della legislazione antidroga nell'ambito dell'iniziativa del Movimento delle Madri 328. Il 6 agosto 2020 è stata detenuta nella sua stessa casa, accusata di “rivolte di massa” e di intenzione di “sequestrare edifici”.
 Nel gennaio 2022 si è saputo che Tatyana era stata trasferita in regime carcerario.
 Secondo gli attivisti per i diritti umani, le viene tolto il diritto alle visite e le è consentito ricevere solo un piccolo pacco all'anno. Le lettere di Tatyana arrivano estremamente raramente. Inoltre, aveva problemi alla colonna vertebrale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.05.2021: 6 anni di reclusione in una colonia del regime generale. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 2 anni di regime carcerario. Tribunale per il cambio di regime data sconosciuta: 1 anno di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-25 11:20:37</t>
   </si>
   <si>
-    <t>Alexander Eduardovich Masevich</t>
-[...8 lines deleted...]
-    <t>2022-11-17 18:32:49</t>
+    <t>Dmitry Sergeevich Neverkevich</t>
+  </si>
+  <si>
+    <t>13 luglio 1982</t>
+  </si>
+  <si>
+    <t>Dmitry, direttore di Europcar, partner di Uber a Minsk, è stato arrestato per la prima volta nel novembre 2020 ai sensi di un provvedimento amministrativo per aver partecipato alle proteste contro i risultati delle elezioni presidenziali. È stato arrestato per la seconda volta nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, funzionari della sicurezza, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente".
+Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
+Dmitry è stato condannato per diversi capi d'imputazione penali, gli è stata inflitta una lunga pena detentiva e una multa, ed è stato inoltre privato del diritto di ricoprire posizioni legate a compiti organizzativi e amministrativi per cinque anni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 11 anni di reclusione in una colonia del regime potenziato, privazione del diritto di ricoprire determinate posizioni o di impegnarsi in determinate attività, 3000 unità di base di multa. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 luglio 1996</t>
+  </si>
+  <si>
+    <t>È stato arrestato insieme a tutta la sua famiglia (madre, padre, sorella) con l'accusa di "tradimento". Apparentemente la sorella è stata successivamente rilasciata. Paolo ha 27 anni. È nato a Grabovka. Ha lavorato nel settore edile.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
+La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 8 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Lyudmila Yurievna Chekina</t>
   </si>
   <si>
     <t>13 luglio 1973</t>
   </si>
   <si>
     <t>Lyudmila è l'ex CEO di TUT.BY. Lavora presso TUT.BY dal 2008: prima come consulente legale, poi come direttrice. Nel 2017 è diventata responsabile di Tut By Media.
 Nel maggio 2021 è stata arrestata nell'ambito di un procedimento penale avviato per evasione fiscale.
 Nell'ottobre 2022, il KGB ha aggiunto Lyudmila alla lista di coloro “coinvolti in attività terroristiche”. Successivamente è stata accusata anche di "incitamento all'odio" e di "invito ad agire contro la sicurezza nazionale".
 Il processo si è svolto a porte chiuse ed è durato più di due mesi: in totale si sono svolte 37 sessioni. Nel marzo 2023, Lyudmila è stata condannata a una lunga pena detentiva e a una pesante multa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.03.2023: 12 anni di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 31.07.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Paul Vasilevich Prokhorov</t>
-[...61 lines deleted...]
-  <si>
     <t>Vyacheslav Alexandrovich Berezovets</t>
   </si>
   <si>
     <t>13 luglio 1991</t>
   </si>
   <si>
     <t>La coppia (Vyacheslav Berezovets e Tatyana Danilyuk) è stata messa in custodia perché il 10 agosto 2020 hanno preso parte alle proteste a Kobryn, la donna “ha mostrato gesti indecenti alla polizia” e suo marito “ha abbassato i pantaloni e ha mostrato i pantaloni nudi natiche."
 Allo stesso tempo, Vyacheslav è già stato condannato per l'episodio di "mostrare le natiche" alla polizia. Il processo si è svolto nel 2020, quando l'uomo è stato accusato di un illecito amministrativo per questo.
 La coppia ha ancora tre figli piccoli in libertà.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.03.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-04 11:35:32</t>
   </si>
   <si>
     <t>Dmitry Sluk</t>
   </si>
   <si>
     <t>13 luglio 1988</t>
   </si>
   <si>
     <t>Residente a Bobruisk, 34 anni. Dopo 10 giorni nel centro di detenzione in via Akrestsin, è stato trasferito al centro di custodia cautelare n. 1.
 L'uomo è stato accusato di aver fatto donazioni a un'organizzazione riconosciuta come terroristica in Bielorussia. Rischia da 8 a 12 anni di carcere.
 Dmitry Sluk non ha presentato ricorso contro il verdetto ed è stato trasferito per scontare la pena in una delle colonie bielorusse.
 Il 24 giugno 2024, le condizioni di detenzione sono state inasprite, Dmitry è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>8,5 anni di carcere</t>
   </si>
   <si>
     <t>2023-02-22 15:31:31</t>
   </si>
   <si>
-    <t>Sergei Vitalievich Ivantsov</t>
-[...24 lines deleted...]
-    <t>2023-06-29 09:53:27</t>
+    <t>Vladimir Vladimirovich Tsybulsky</t>
+  </si>
+  <si>
+    <t>13 luglio 1970</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.01.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-04-19 14:47:08</t>
+  </si>
+  <si>
+    <t>Alexander Eduardovich Masevich</t>
+  </si>
+  <si>
+    <t>13 luglio 1989</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.12.2022: 7 anni di reclusione in una colonia del regime potenziato. Appello 21.03.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Arthur Grigorievich Tarasov</t>
+  </si>
+  <si>
+    <t>13 luglio 1987</t>
+  </si>
+  <si>
+    <t>Artur è stato arrestato nel maggio 2025, presumibilmente in relazione a un procedimento penale relativo al progetto di monitoraggio OSINT "Belarusian Gayun".
+Nel luglio 2025 nacque la seconda figlia di Arthur.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t>2025-05-11 15:43:26</t>
+  </si>
+  <si>
+    <t>Natalia Sergeevna Romanenko</t>
+  </si>
+  <si>
+    <t>14 luglio 1981</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-27 18:07:44</t>
   </si>
   <si>
     <t>Ruslan Teimurazovich Zubkov</t>
   </si>
   <si>
     <t>14 luglio 1998</t>
   </si>
   <si>
     <t>Ruslan Zubkov ha 26 anni. A giudicare dai social network, negli ultimi anni ha vissuto e lavorato in Polonia.
 Nel dicembre 2023, Zubkov è stato aggiunto all'elenco dei partecipanti al gruppo estremista "La Russia è malvagia". Questa è una piccola chat di Telegram per 135 persone, in cui al momento sono attive solo tre persone. Nel febbraio 2024, Ruslan è stato inserito nella lista dei ricercati in Bielorussia e Russia, il che significa che a quel tempo era ancora latitante.
 Non si sa nemmeno quando Ruslan sia stato arrestato. È stato processato per la prima volta nel giugno 2024 per "aver insultato Lukashenko" presso il tribunale distrettuale di Kamenets. La sentenza è sconosciuta.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.06.2024: sconosciuto. Sentenza del tribunale 17.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Natalia Sergeevna Romanenko</t>
-[...27 lines deleted...]
-    <t>2022-09-04 00:31:06</t>
+    <t>Paul Andreevich Sologub</t>
+  </si>
+  <si>
+    <t>14 luglio 1989</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
+  </si>
+  <si>
+    <t>2023-06-29 09:53:27</t>
+  </si>
+  <si>
+    <t>Nikolay Gennadievich Gmyrak</t>
+  </si>
+  <si>
+    <t>15 luglio 1979</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 08.10.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 18.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-26 00:31:52</t>
+  </si>
+  <si>
+    <t>Maxim Alexandrovich Levsha</t>
+  </si>
+  <si>
+    <t>15 luglio 1983</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.11.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 21.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
   </si>
   <si>
     <t>Pavel Yurievich Nedelin</t>
   </si>
   <si>
     <t>15 luglio 1975</t>
   </si>
   <si>
     <t>Il 31 marzo 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>non si conoscono gli anni di prigionia nella colonia.</t>
   </si>
   <si>
     <t>2022-09-07 18:30:18</t>
   </si>
   <si>
-    <t>Nikolay Gennadievich Gmyrak</t>
-[...13 lines deleted...]
-  <si>
     <t>Konstantin Vladimirovich Glotov</t>
   </si>
   <si>
     <t>16 luglio 1975</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.08.2024: sconosciuto. Appello 18.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
+  </si>
+  <si>
+    <t>Kirill Viktorovich Gnezdilov</t>
+  </si>
+  <si>
+    <t>17 luglio 1983</t>
+  </si>
+  <si>
+    <t>Kirill presta servizio nella polizia dal 2007. Agente investigativo, ha lasciato le autorità nell'agosto 2020 e si è trasferito all'IT. Si sa che è stato arrestato il 19 febbraio 2023, proprio alla frontiera: ha vissuto in Polonia per sei mesi ed è venuto a Brest per visitare la moglie e il bambino piccolo.Del procedimento penale contro Kirill si sa poco: il processo si è svolto a porte chiuse. Si sa solo che il caso era collegato al “Libro nero della Bielorussia”.
+L'udienza in tribunale d'appello si terrà il 10 ottobre 2023.</t>
+  </si>
+  <si>
+    <t>8 anni in una colonia di massima sicurezza...</t>
+  </si>
+  <si>
+    <t>2023-07-14 11:30:32</t>
   </si>
   <si>
     <t>Ivan Frantsevich Verbitsky</t>
   </si>
   <si>
     <t>17 luglio 1965</t>
   </si>
   <si>
     <t>Ivan, che ha due studi superiori, in precedenza ha lavorato come artista-designer, per poi diventare animatore, regista e montatore video. È anche artista e scrittore di racconti. Il 21 ottobre 2020 è stato arrestato e condannato secondo l'accusa per aver pubblicato sul canale Telegram appelli volti a destabilizzare l'ordine pubblico, compreso l'incendio doloso degli edifici del KGB e dell'ufficio del procuratore distrettuale di Oshmyany.
 Nel dicembre 2022 è stato processato nuovamente per “disobbedienza alle richieste dell’amministrazione”. Nel maggio 2024, Ivan è stato nuovamente condannato per “disobbedienza dolosa” e inoltre incarcerato per 2 anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.03.2021: 8 anni 1 mese di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 30.09.2021: sconosciuto anni di regime carcerario. Sentenza del tribunale 20.12.2022: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 14.03.2023: sconosciuto. Sentenza del tribunale 08.05.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 26.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 23:12:05</t>
   </si>
   <si>
-    <t>Kirill Viktorovich Gnezdilov</t>
-[...26 lines deleted...]
-  <si>
     <t>Vitaly Viktorovich Chopik</t>
   </si>
   <si>
     <t>Secondo dati pervenuti in tempi diversi da fonti , è noto che l'uomo è stato perquisito il 1° dicembre 2021. E nel settembre 2022, Chopik è stato arrestato per la prima volta ai sensi dell'articolo 19.11 del Codice degli illeciti amministrativi, ma quando si è scoperto che l'uomo semplicemente non aveva un telefono dove potevano esserci dei "materiali estremisti", hanno redatto un rapporto ai sensi dell'articolo 24.23 del Codice degli illeciti amministrativi. Il pretesto per il protocollo era una bandiera in bianco e nero attaccata dall'interno alla finestra della casa - solo l'uomo stesso ha affermato che la bandiera è apparsa dopo essere stato arrestato e portato al centro di detenzione temporanea.L’ultima escalation tra Chopik e le forze di sicurezza è avvenuta all’inizio di marzo 2024: il residente di Brest è stato nuovamente arrestato. Dopo l’arresto, l’uomo è stato portato in ambulanza con segni di forti percosse e la carnagione di Chopik era gialla (il che potrebbe indicare danni al fegato dovuti alle percosse). Il 28 marzo 2024, il Ministero degli Affari Interni ha annunciato di aver collocato il residente di Brest in un centro di custodia cautelare. In base all’età e alla storia dell’uomo (“frequentava sistematicamente i tribunali penali”), possiamo concludere che stiamo parlando di Vitaly Chopik. È sospettato di “promuovere attività estremiste”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.11.2024: 7 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa. Appello 04.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-07-26 17:49:11</t>
   </si>
   <si>
     <t>Igor Vladimirovich Ilyash</t>
   </si>
   <si>
     <t>18 luglio 1988</t>
   </si>
   <si>
     <t>Igor è un giornalista di Belsat TV. In precedenza ha lavorato per il quotidiano "Belorusy i Rynok" (Bielorussi e il Mercato) e per la rubrica bielorussa di Radio Svaboda. Ha pubblicato anche su riviste russe e ucraine. Insieme alla moglie, la giornalista Ekaterina Andreyeva, ha scritto il libro "Donbass bielorusso", uno studio sul ruolo dei bielorussi nella guerra nell'Ucraina orientale.
 È stato arrestato per la prima volta il 16 luglio 2021, durante perquisizioni di massa di giornalisti indipendenti, con l'accusa di "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico o di avervi partecipato attivamente". Il suo appartamento è stato perquisito, la sua attrezzatura e i suoi libri sono stati sequestrati, ed è stato poi trasferito in un centro di detenzione temporanea. È stato rilasciato il 26 luglio.
 Nell'ottobre 2024, si diffuse la notizia del suo secondo arresto . I canali Telegram filogovernativi pubblicarono una foto di Igor in manette e un video in cui affermava di essere perseguitato per un'intervista rilasciata a organi di stampa considerati "estremisti" in Bielorussia. Poco prima del suo arresto, in un commento al canale televisivo Dozhd, osservò che "Putin ha intrapreso una brusca escalation e sta conducendo il Paese verso una guerra totale", mentre Lukashenko, a suo avviso, "molto probabilmente non vuole parteciparvi direttamente, ma è costretto a subire crescenti pressioni da parte del Cremlino".
 Nel febbraio 2025, Igor fu accusato di "screditare la Bielorussia" e di "favorire attività estremiste". Il processo iniziò il 21 febbraio a Minsk. Il tribunale respinse la richiesta di una perizia indipendente e il 5 settembre dello stesso anno il giornalista fu dichiarato colpevole e condannato al carcere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.09.2025: 4 anni di reclusione in una colonia del regime generale. Appello 05.11.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-20 20:49:54</t>
   </si>
   <si>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 luglio 1999</t>
+  </si>
+  <si>
+    <t>Anton ha 25 anni. Dai social network del ragazzo risulta che si è diplomato nel 2016 e ha prestato servizio nell'esercito nel 2019.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.08.2024: sconosciuto. Appello 08.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 luglio 1990</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato il 4 novembre 2020 a Minsk insieme ai batteristi. Durante il suo arresto è stato picchiato e poi condannato a 15 giorni di arresto amministrativo. Successivamente è stato accusato di essersi preparato a partecipare a “rivolte di massa” e di aver partecipato a proteste. Anche la sua auto è stata sequestrata.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.05.2021: 6 anni di reclusione in una colonia del regime potenziato, 161900 rubli di risarcimento. Appello 13.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
     <t>Daria Alekseevna Puchyla</t>
   </si>
   <si>
     <t>18 luglio 1998</t>
   </si>
   <si>
     <t>Darya Puchilo si è laureata presso la Facoltà di Giurisprudenza dell'Università dell'Innovazione di Minsk nel 2019. Durante gli studi universitari, ha partecipato alle Olimpiadi legali studentesche.
 Daria Puchylo è una fotografa. A gennaio e febbraio 2024, Daria era alla ricerca di lavoro come web designer. Su un sito web, ha pubblicato un post in cui affermava di essere una principiante, di cercare lavoro a Varsavia, di essere disposta a trasferirsi e di valutare qualsiasi offerta.
 Daria ha pubblicato il suo ultimo post su Instagram nel dicembre 2024. Il suo ultimo post su VKontakte risale al 7 febbraio 2025, il giorno in cui sono iniziati gli arresti nel caso Gayun.</t>
   </si>
   <si>
     <t>2025-11-07 18:09:13</t>
   </si>
   <si>
-    <t>Alexey Igorevich Sanchuk</t>
-[...42 lines deleted...]
-    <t>2025-01-30 18:35:53</t>
+    <t>Valentin Ivanovich Tolkach</t>
+  </si>
+  <si>
+    <t>19 luglio 1996</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.10.2025: 3 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:07:20</t>
   </si>
   <si>
     <t>Igor Yurievich Solovey</t>
   </si>
   <si>
     <t>19 luglio 1983</t>
   </si>
   <si>
     <t>Igor, un attivista del movimento For Freedom, è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.
 Nel gennaio 2022 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 26.01.2022: 2 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
+  </si>
+  <si>
+    <t>Sergey Dmitrievich Zhigalev</t>
+  </si>
+  <si>
+    <t>19 luglio 2005</t>
+  </si>
+  <si>
+    <t>Sergei fu arrestato proprio al college durante le lezioni alla fine di dicembre 2023. Un film filogovernativo (aprile 2024) riportava che sei adolescenti si sarebbero uniti in una "cellula anarchica chiamata 'Usignoli neri'", creata "sotto la guida dell'Esercito di liberazione nazionale dell'Ucraina" dalla cittadina ucraina sedicenne Maria Misiuk.
+Il personale dell'ONT sostiene che gli adolescenti si siano uniti per compiere atti di sabotaggio, a seguito di una soffiata, in Bielorussia e poi in Russia. Maria è accusata ai sensi della Parte 2 dell'Articolo 289 del Codice Penale (atto di terrorismo). Secondo il rapporto, la sedicenne Maria Misyuk si è trasferita con la famiglia dall'Ucraina in Bielorussia nel 2022, dove ha creato una "cellula anarchica per preparare attacchi terroristici". Tra gli arrestati ci sono studenti universitari di Baranovichi, Nesvizh, Mir, Minsk e Luninets. Si tratta di Trofim Borisov, Sergey Zhigalyov , Dmitry Zakhoroshko, Anastasia Klimenko e Alexandra Pulinovich. Secondo il personale dell'ONT, i giovani si sono riuniti in un appartamento di Baranovichi per prepararsi alla loro prima azione importante: assemblare esplosivi e far saltare in aria la stazione di polizia o l'ufficio del procuratore di Baranovichi. Le accuse contro i restanti cinque partecipanti sono sconosciute, così come il loro status e la loro ubicazione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.10.2025: 12 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:23:41</t>
   </si>
   <si>
     <t>Elena Nikolaevna Lazarchik</t>
   </si>
   <si>
     <t>19 luglio 1974</t>
   </si>
   <si>
     <t>L'attivista della "Bielorussia europea" è stato arrestato il 30 dicembre 2021 nell'ambito di un procedimento penale per azioni di gruppo che violano gravemente l'ordine pubblico.
 Il 7 gennaio 2022 la donna è stata trasferita in un centro di custodia cautelare.
 Elena ha un figlio piccolo.
 Nel gennaio 2023, Elena è stata trasferita alla colonia femminile n. 4 di Gomel. Per molto tempo, un avvocato non è riuscito ad avere accesso al prigioniero politico; venne messa in una cella di punizione.
 Nell'ottobre 2023 si è saputo che il trasferimento di Elena effettuato ad agosto non era stato accettato. Ciò indica molto probabilmente che le sono state tolte le trasmissioni. L'ultima lettera di Elena è arrivata all'inizio di settembre e da allora non ne abbiamo più avute. Da quando Lazarchik è stata trasferita nella colonia, non ha mai ricevuto il permesso dall’amministrazione dell’istituto di incontrare un avvocato. Non si sa cosa stia succedendo adesso a Elena né in quali condizioni si trovi. Elena ha problemi ai denti nella colonia e ha perso peso.
 A metà novembre 2023, gli attivisti per i diritti umani hanno appreso che Elena era stata nuovamente posta in isolamento.
 Secondo la testimonianza dell'ex prigioniera politica, Elena ha trascorso più di 90 giorni in una cella di punizione e più di 60 giorni in un PKT .
 Nella primavera del 2025, Elena è stata condannata ai sensi della Parte 2 dell'Articolo 411 del Codice penale (disobbedienza dolosa alle richieste legali dell'amministrazione della colonia) e condannata a un altro anno e mezzo di carcere, oltre agli otto anni di reclusione. Non si sa quando sia stato emesso il verdetto. È noto che al processo Elena ha rifiutato i servizi di un avvocato.</t>
   </si>
   <si>
     <t>Penal colony No. 24. 247526, vulica Vytvorčaja, 44, Zarečča, Rečyca district, Homieĺ region</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.09.2022: 8 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
-    <t>Valentin Ivanovich Tolkach</t>
-[...23 lines deleted...]
-    <t>2024-02-02 14:35:39</t>
+    <t>Svetlana Olegovna Metelskaya</t>
+  </si>
+  <si>
+    <t>20 luglio 1982</t>
+  </si>
+  <si>
+    <t>2024-11-20 16:54:12</t>
+  </si>
+  <si>
+    <t>Alexey Leonidovich Shpakovsky</t>
+  </si>
+  <si>
+    <t>20 luglio 1996</t>
+  </si>
+  <si>
+    <t>A giudicare dall'articolo, Alexey è sotto processo per le proteste avvenute dopo le elezioni del 9 agosto 2020 a Pinsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 11.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
   </si>
   <si>
     <t>Victor Adamovich Snegur</t>
   </si>
   <si>
     <t>20 luglio 1988</t>
   </si>
   <si>
     <t>Viktor è stato arrestato il 4 gennaio 2020 nell'ambito del caso penale "Autukhovich" e accusato di aver partecipato a un'"organizzazione terroristica" coinvolta in attacchi incendiari contro proprietà della polizia. È stato condannato per "partecipazione a un'organizzazione criminale", "tentativo di presa del potere", "azioni illegali relative alle armi da fuoco" e "movimento illegale di armi da fuoco attraverso la frontiera doganale".
 Nel 2024, Viktor fu nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione della colonia". Dal febbraio 2025 fu trattenuto in una struttura di tipo cella (PKT) e, nel maggio dello stesso anno, si seppe di una nuova condanna ai sensi dello stesso articolo, spesso applicato ai detenuti che si rifiutano di collaborare con l'amministrazione. Di conseguenza, la pena detentiva complessiva fu di 22 anni e 6 mesi.
 Il 3 luglio 2025 venne esaminato il ricorso di Victor .</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso. Appello 11.10.2024: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime rigoroso. Appello 01.07.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
-    <t>Alexey Leonidovich Shpakovsky</t>
-[...20 lines deleted...]
-    <t>2024-11-20 16:54:12</t>
+    <t>Victor Yurievich Nikiforov</t>
+  </si>
+  <si>
+    <t>20 luglio 1980</t>
+  </si>
+  <si>
+    <t>Il 6 febbraio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.12.2023: 5 anni di reclusione in una colonia del regime generale. Appello 06.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
   </si>
   <si>
     <t>Evgeny Mikhailovich Yushkevich</t>
   </si>
   <si>
     <t>21 luglio 1989</t>
   </si>
   <si>
     <t>Evgeny, ex investigatore del Comitato investigativo e ideatore del progetto bychange.me, è stato arrestato per la prima volta la sera del 24 novembre 2020 a Minsk nell'ambito di un procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico o partecipazione attiva a esse". È stato rilasciato 10 giorni dopo, ma è stato nuovamente arrestato nell'aprile 2021 e in seguito condannato per sei capi d'imputazione penali, tra cui "organizzazione di rivolte di massa" nel 2020, "incitamento all'odio sociale" in interviste e testi sui social network e "minacce di violenza" contro il capo del centro di detenzione temporanea di Okrestina tramite tweet.
 Secondo la Procura generale, Yevgeny era “un partecipante attivo alla chat di Telegram ‘KHATA’, le cui attività sono volte a organizzare crimini di natura estremista”. Il processo si è svolto a porte chiuse ed Evgeny ha firmato un accordo di non divulgazione riguardante i materiali del caso.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.12.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 10.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-04-19 23:04:33</t>
   </si>
   <si>
     <t>Eduard Ashotovich Koshetsyan</t>
   </si>
   <si>
     <t>21 luglio 1991</t>
   </si>
   <si>
     <t>Residente a Minsk con radici armene , cittadino della Federazione Russa . È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale. Durante il suo arresto è stato duramente picchiato.
 Specialità: chirurgo maxillo-facciale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
   </si>
   <si>
     <t>Igor Yurievich Shumilov</t>
   </si>
   <si>
     <t>21 luglio 1986</t>
   </si>
   <si>
     <t>Attivista di Baranovichi. Igor ha una disabilità del 3 ° gruppo, perché. 10 anni fa ha avuto un incidente e gli è stata amputata una gamba. È stato arrestato il 23 febbraio 2023, condannato a 15 giorni, quindi trasferito in un centro di custodia cautelare ai sensi di un articolo penale.
 Secondo l'indagine, in diversi periodi di tempo dal 1 maggio 2020 al 23 maggio 2022, Shumilov ha pubblicato quattro post su Odnoklassniki con immagini satiriche, in cui l'indagine considerava insulti a Lukashenka e funzionari governativi, oltre a calunniare Lukashenka. È noto che su una delle immagini Lukashenka, insieme alle persone elencate, è raffigurato come prigionieri che sono tenuti in una cella di prigione... Al processo, Igor ha ammesso pienamente la sua colpevolezza. Ha spiegato che le pubblicazioni sulla sua pagina sono apparse solo dopo aver "apprezzato" questi post. Lui stesso in quel momento non capiva che questi disegni potessero essere considerati un insulto.</t>
   </si>
   <si>
     <t>4,5 anni di carcere in una colonia penale.</t>
   </si>
   <si>
     <t>2023-03-27 22:37:53</t>
-  </si>
-[...15 lines deleted...]
-    <t>2025-01-06 14:45:59</t>
   </si>
   <si>
     <t>Yuri Ivanovich Bondarenko</t>
   </si>
   <si>
     <t>22 luglio 1969</t>
   </si>
   <si>
     <t>Cittadino ucraino.
 Secondo le accuse, la mattina del 4 maggio Bondarenko avrebbe parlato in modo indecente di Lukashenko in presenza di altri cittadini nei pressi del supermercato Transit . Secondo l'accusa, il movente dell'ucraino era "il sostegno a idee di intolleranza sociale nei confronti dei rappresentanti delle autorità della Repubblica di Bielorussia e l'aperta espressione di ostilità nei loro confronti". Uno dei presenti ha contattato la polizia e ha persino fornito una fotografia dell'auto con cui Yuri Bondarenko e il suo amico erano partiti. Il giorno dopo, l'ucraino è stato arrestato con l'accusa di aver insultato Lukashenko .
 Dopo l'arresto, è stato immediatamente posto in custodia cautelare presso il carcere preventivo n. 4 di Mogilev.
 Al processo, Bondarenko ammise la sua colpevolezza.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.07.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 19.09.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-08 23:36:11</t>
   </si>
   <si>
+    <t>Andrey Vasilievich Doroshko</t>
+  </si>
+  <si>
+    <t>22 luglio 1970</t>
+  </si>
+  <si>
+    <t>Tenente colonnello, ex vice capo del dipartimento degli affari interni della città di Zhodino per il lavoro ideologico e il sostegno del personale.
+Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia. Doroshko chiede agli agenti di polizia di trattare le persone nello stesso modo in cui tratterebbero i loro cari. "Non creare panico inutile in città, viviamo qui e alleviamo figli, dovremmo vergognarci del nostro comportamento in città", dice Andrey nel video.
+Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-01-06 14:45:59</t>
+  </si>
+  <si>
+    <t>Sergey Ivanovich Khlystov</t>
+  </si>
+  <si>
+    <t>23 luglio 1967</t>
+  </si>
+  <si>
+    <t>Avvocato dell'Ordine degli Avvocati Regionali di Gomel. È stato arrestato insieme a due colleghi, tra cui il responsabile della consulenza legale. Successivamente, i due avvocati sono stati rilasciati, ma il responsabile della consulenza legale è stato licenziato dal suo incarico. È stato inoltre avviato un procedimento penale contro Sergei Khlystov.
+La sostanza delle accuse e la sentenza pronunciata sono sconosciute. Si sa solo che Sergej Khlystov è stato privato della libertà.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
     <t>Vladimir Olegovich Sitkovich</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 luglio 1967</t>
   </si>
   <si>
     <t>Vladimir Sitkovich ha 57 anni. Viene dal piccolo villaggio di Pushcha, distretto di Sharkovshchinsky, regione di Vitebsk. Nel 1991 si è laureato all'Università statale di Polotsk. Per molto tempo, Vladimir ha lavorato e vissuto a Vitebsk e negli ultimi anni ha diretto il locale caldaia dell'impianto di estrazione del petrolio di Vitebsk.
 Vladimir è un motociclista, ha partecipato a gare motociclistiche locali.
 Nel 2016, 2018 e 2019 è stato osservatore alle elezioni locali e parlamentari. Le altre attività politiche di Vladimir sono sconosciute; anche i social network dell’uomo sono neutrali.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.10.2024: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Khlystov</t>
-[...21 lines deleted...]
-    <t>2022-03-12 23:28:02</t>
+    <t>Sergey Sergeevich Shelest</t>
+  </si>
+  <si>
+    <t>24 luglio 1992</t>
+  </si>
+  <si>
+    <t>Ex operatore dell'officina Ammonia-3. Secondo le informazioni preliminari, è stato arrestato ai sensi degli articoli 356 e 357 del codice penale della Repubblica di Bielorussia (“tradimento dello Stato” e “cospirazione o altre azioni commesse con l'obiettivo di prendere il potere statale”).
+Nell'autunno del 2024 si è svolto un processo contro il prigioniero politico per sostituire il regime di detenzione con quello carcerario .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-09-26 12:37:03</t>
   </si>
   <si>
     <t>Sergei Evgenievich Zakharenko</t>
   </si>
   <si>
     <t>24 luglio 1980</t>
   </si>
   <si>
     <t>Imprenditore individuale. L'essenza dell'accusa è ancora sconosciuta.
 Il 17 gennaio 2023 l'appello è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 27.10.2022: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 17.01.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Shelest</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexey Vitalievich Gorin</t>
   </si>
   <si>
     <t>26 luglio 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.01.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
+    <t>Vladislav Gennadievich Gorsky</t>
+  </si>
+  <si>
+    <t>27 luglio 2005</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 48. 213765, Asipovičy, vulica Sumchanki 38</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.09.2025: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
     <t>Alexander Nikolaevich Rudkovsky</t>
   </si>
   <si>
     <t>27 luglio 1986</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.10.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-07 20:49:33</t>
   </si>
   <si>
     <t>Vladimir Vladimirovich Ivashkevich</t>
   </si>
   <si>
     <t>27 luglio 1988</t>
   </si>
   <si>
     <t>Vladimir è stato condannato nell'estate del 2024 per "Oltraggio a un funzionario governativo" e condannato alla reclusione.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.06.2024: 2 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-10 19:03:38</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Tikhonov</t>
-[...27 lines deleted...]
-    <t>2022-03-15 02:10:15</t>
+    <t>Kirill Alexandrovich Kazei</t>
+  </si>
+  <si>
+    <t>28 luglio 1983</t>
+  </si>
+  <si>
+    <t>Kirill è stato arrestato il 28 ottobre 2020 ed è stato sottoposto a maltrattamenti, minacce e bullismo da parte delle forze dell’ordine. Successivamente è stato condannato per diverse accuse penali, incluso il possesso illegale di munizioni, che sarebbero state piazzate nella sua auto dopo il suo arresto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.03.2021: 7 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:22:11</t>
   </si>
   <si>
     <t>Vasily Nikolaevich Grachykha</t>
   </si>
   <si>
     <t>28 luglio 1981</t>
   </si>
   <si>
     <t>Ex soldato del reggimento Kalinovsky. La notizia del suo arresto è stata trasmessa dal telegiornale della televisione di stato "Belarus 1" il 5 maggio 2025.
 Secondo le informazioni provenienti dai social network, si è laureato presso l'Accademia statale agricola bielorussa (BSAA). La sua specializzazione è la rilevazione catastale e il diritto fondiario.
 Prestò servizio nella 38a brigata di difesa motorizzata separata della Bielorussia, un'unità paracadutisti a Brest, un tempo guidata da Valery Sakhashchik. Una foto pubblicata sui social network mostra che nell'appartamento di Grechikha era appeso un gagliardetto della brigata.
 Secondo l'ufficio stampa del reggimento Kalinovsky, Vasily si unì a loro nel maggio 2022, ma lasciò l'unità nel giugno dello stesso anno su sua richiesta.
 Secondo il video, l'uomo sarebbe stato arrestato in una zona paludosa fuori città da diversi agenti del KGB armati di mitragliatrici. L'uomo è stato trasportato in elicottero. Durante il trasporto, aveva un sacco nero in testa e le sue mani erano legate davanti con una fascetta di plastica.
 Come riportato nel video, Vasily è nato il 28 luglio 1981. Nel febbraio 2022 è partito per la Polonia per guadagnare denaro e tre mesi dopo si è arruolato nel reggimento Kalinowski. L'addestramento ha avuto luogo a Kiev. Le circostanze del suo arresto sono sconosciute.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
-    <t>Kirill Alexandrovich Kazei</t>
-[...47 lines deleted...]
-    <t>Lydia Vladimirovna Gorohova</t>
+    <t>Sergey Sergeevich Tikhonov</t>
+  </si>
+  <si>
+    <t>28 luglio 1992</t>
+  </si>
+  <si>
+    <t>Viene dalla città di Slavgorod, nella regione di Mogilev. Dopo la scuola, ha prestato servizio nell'esercito e si è diplomato al liceo professionale n. 3 con una laurea in Supporto tecnico per la produzione agricola. Ho lavorato nell'edilizia per tutta la vita.
+Il residente di Mogilev rischia da dieci a venti anni di prigione. Non si conoscono la data dell'arresto e la natura delle accuse.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.10.2024: 11 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Sergei Mikhailovich Gribovich</t>
+  </si>
+  <si>
+    <t>28 luglio 1969</t>
+  </si>
+  <si>
+    <t>Sarebbe stato arrestato per essersi registrato come volontario nel marzo 2022, la detenzione è stata resa nota il 14 marzo dai canali TG filogovernativi.</t>
+  </si>
+  <si>
+    <t>4,5 anni di reclusione in una colonia in condizioni di regime generale.</t>
+  </si>
+  <si>
+    <t>2022-03-15 02:10:15</t>
+  </si>
+  <si>
+    <t>Olga Ivanovna Solomenik</t>
+  </si>
+  <si>
+    <t>29 luglio 1967</t>
+  </si>
+  <si>
+    <t>Detenuto nel caso di A. Khralovich . Non si conoscono i dettagli del caso, poiché il processo si è svolto a porte chiuse, e infatti il procedimento penale è classificato. I dettagli della detenzione del condannato sono noti dal film di propaganda "Operazione del KGB "Mankurt"", mostrato da ONT nel 2021. È noto che Olga è stata trattenuta per un anno nel centro di custodia cautelare del KGB, dove ha fatto uno sciopero della fame. Quindi è stata trasferita a SIZO-1. “Era completamente dai capelli grigi. Ha fatto uno sciopero della fame per molto tempo - è stata persino nutrita attraverso le vene delle sue braccia, quindi erano gonfie come ceppi di legno. Ha iniziato a scontare la pena.</t>
+  </si>
+  <si>
+    <t>7,5 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:54:31</t>
+  </si>
+  <si>
+    <t>Dmitry Nikolaevich Dubovsky</t>
+  </si>
+  <si>
+    <t>29 luglio 1986</t>
+  </si>
+  <si>
+    <t>Un attivista del movimento anarchico è stato arrestato mentre attraversava il confine con la Bielorussia nella notte tra il 28 e il 29 ottobre 2020 ed è stato accusato di “incendio doloso” e “terrorismo”.
+Nel settembre 2022 è stato aperto un nuovo procedimento penale contro Dmitry ed è stato condannato a cinque anni di prigione. Tenuto conto della sentenza precedente, è stato infine condannato a 20 anni in una colonia di massima sicurezza.
+Nell’agosto 2023, Dmitrij è stato trasferito in regime carcerario per “violazione delle regole dell’ordine”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.12.2021: 18 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 25.11.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello 07.02.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 28.07.2023: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:38:30</t>
+  </si>
+  <si>
+    <t>Andrey Vladislavovich Grigoriev</t>
   </si>
   <si>
     <t>29 luglio 1994</t>
-  </si>
-[...12 lines deleted...]
-    <t>Andrey Vladislavovich Grigoriev</t>
   </si>
   <si>
     <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
 Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.
 Andrey ha 29 anni, nato a Minsk. Si è laureato al liceo e alla facoltà di medicina della capitale. Prima del suo arresto lavorava ufficiosamente come odontotecnico in un centro odontoiatrico privato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
-    <t>Dmitry Nikolaevich Dubovsky</t>
-[...13 lines deleted...]
-    <t>2021-02-27 00:38:30</t>
+    <t>Ruslan Andreevich Prokhorenko</t>
+  </si>
+  <si>
+    <t>29 luglio 1972</t>
+  </si>
+  <si>
+    <t>È coinvolto in un caso di tradimento insieme alla famiglia Prokhorov di Grabovka.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 10 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
   </si>
   <si>
     <t>Vyacheslav Vitalievich Semenov</t>
   </si>
   <si>
     <t>29 luglio 2005</t>
   </si>
   <si>
     <t>2025-09-14 23:56:38</t>
   </si>
   <si>
     <t>Alexander Fedorovich Bindei</t>
   </si>
   <si>
     <t>29 luglio 1966</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.11.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 28.02.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
-    <t>Olga Ivanovna Solomenik</t>
-[...11 lines deleted...]
-    <t>2022-11-04 17:54:31</t>
+    <t>Andrey Yuryevich Besau</t>
+  </si>
+  <si>
+    <t>30 luglio 1973</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-08-13 19:35:18</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Syritsa</t>
+  </si>
+  <si>
+    <t>30 luglio 1985</t>
+  </si>
+  <si>
+    <t>Nell'aprile 2024 si è svolto un processo "Sulla modifica delle misure di sicurezza obbligatorie e del trattamento". In seguito, Alexander, a quanto pare, è stato inviato in una colonia. Sta scontando la pena nel carcere IK-1.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.05.2022: trattamento obbligatorio in un ospedale psichiatrico. Tribunale per il cambio di regime 29.04.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
   </si>
   <si>
     <t>Alexander Ivanovich Kalin</t>
   </si>
   <si>
     <t>30 luglio 1969</t>
   </si>
   <si>
     <t>È stato arrestato per aver partecipato alle proteste del 2020 e per aver criticato attivamente in pubblico le azioni illegali delle agenzie governative e del regime nel suo complesso. Successivamente, sua figlia e suo figlio sono stati arrestati per aver partecipato alle proteste; in seguito sono riusciti a viaggiare all'estero. Ad Alexander sono state detenute insieme anche altre tre persone , condannate alla fine di maggio per aver partecipato alle proteste.</t>
   </si>
   <si>
     <t>6,5 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2023-08-28 16:09:45</t>
-  </si>
-[...25 lines deleted...]
-    <t>2022-06-21 17:42:22</t>
   </si>
   <si>
     <t>Valery Stepanovich Mefodienko</t>
   </si>
   <si>
     <t>30 luglio 1976</t>
   </si>
   <si>
     <t>Come imprenditore individuale, ha riparato e mantenuto le apparecchiature informatiche.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
     <t>Volha Valerievna Chukareva</t>
   </si>
   <si>
     <t>31 luglio 1975</t>
   </si>
   <si>
     <t>Fu condannata per diverse accuse politiche. Durante la custodia cautelare, fu colpita da un ictus dovuto allo stress, che la lasciò quasi completamente cieca. Nonostante ciò, Olga fu condannata a quattro anni di carcere.</t>
   </si>
@@ -1972,2804 +1869,2616 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I99"/>
+  <dimension ref="A1:I92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
+      <c r="E2" t="s">
+        <v>13</v>
+      </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>48</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
       <c r="I8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>55</v>
       </c>
       <c r="C9" t="s">
         <v>56</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H9" t="s">
         <v>58</v>
       </c>
       <c r="I9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>63</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
         <v>66</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>67</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>68</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
         <v>71</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>72</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>73</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>74</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
         <v>77</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I14" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C16" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="H16" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="I16" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C17" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="I17" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I18" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I19" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B20" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C20" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="I20" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="I21" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C22" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>127</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="I22" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B23" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="I23" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>135</v>
+        <v>27</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I24" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>146</v>
+      </c>
+      <c r="C26" t="s">
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>45</v>
+        <v>148</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="I26" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B27" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="I27" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C28" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="I28" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B29" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C29" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="I29" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G30" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="I30" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="I31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D32" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G32" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="I32" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B33" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G33" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="I33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B34" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I34" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I35" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B36" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C36" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I36" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>206</v>
+      </c>
+      <c r="C37" t="s">
+        <v>207</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="I37" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C38" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
-      <c r="E38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="I38" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B39" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C39" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D39" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="I39" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B40" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="I40" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B41" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D41" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="H41" t="s">
+        <v>226</v>
       </c>
       <c r="I41" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B42" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C42" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>231</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>15</v>
       </c>
       <c r="I42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B43" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I43" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C44" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>148</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>243</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>244</v>
       </c>
       <c r="I45" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>246</v>
       </c>
       <c r="B46" t="s">
         <v>247</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="H46" t="s">
         <v>248</v>
       </c>
       <c r="I46" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>250</v>
       </c>
       <c r="B47" t="s">
         <v>251</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>96</v>
+      </c>
+      <c r="H47" t="s">
         <v>252</v>
       </c>
-      <c r="D47" t="s">
-[...11 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>254</v>
+      </c>
+      <c r="B48" t="s">
         <v>255</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>256</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G48" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>257</v>
       </c>
       <c r="I48" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>259</v>
       </c>
       <c r="B49" t="s">
         <v>260</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>261</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
         <v>264</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>265</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>266</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
         <v>269</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>270</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>271</v>
       </c>
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B52" t="s">
+        <v>264</v>
+      </c>
+      <c r="C52" t="s">
         <v>274</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>275</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
         <v>278</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>279</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>85</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
         <v>280</v>
       </c>
-      <c r="D53" t="s">
-[...11 lines deleted...]
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>282</v>
+      </c>
+      <c r="B54" t="s">
         <v>283</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>284</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>57</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G54" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H54" t="s">
+        <v>285</v>
+      </c>
+      <c r="I54" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>287</v>
+      </c>
+      <c r="B55" t="s">
         <v>288</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>289</v>
       </c>
       <c r="D55" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>290</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G55" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I55" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B56" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="C56" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>33</v>
+      </c>
+      <c r="E56" t="s">
+        <v>231</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G56" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>294</v>
+        <v>86</v>
       </c>
       <c r="I56" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B57" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="C57" t="s">
         <v>298</v>
       </c>
       <c r="D57" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G57" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>299</v>
       </c>
       <c r="I57" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>301</v>
       </c>
       <c r="B58" t="s">
         <v>302</v>
       </c>
       <c r="C58" t="s">
         <v>303</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G58" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H58" t="s">
         <v>304</v>
       </c>
       <c r="I58" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>306</v>
       </c>
       <c r="B59" t="s">
         <v>307</v>
       </c>
       <c r="C59" t="s">
         <v>308</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>224</v>
+        <v>148</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>105</v>
+        <v>309</v>
       </c>
       <c r="I59" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B60" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C60" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E60" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G60" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I60" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B61" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="C61" t="s">
         <v>318</v>
       </c>
       <c r="D61" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E61" t="s">
-        <v>156</v>
+        <v>85</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="H61" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>320</v>
+      </c>
+      <c r="B62" t="s">
         <v>321</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>322</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G62" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>323</v>
       </c>
       <c r="I62" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>325</v>
       </c>
       <c r="B63" t="s">
         <v>326</v>
       </c>
       <c r="C63" t="s">
         <v>327</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>74</v>
+        <v>328</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I63" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B64" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C64" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H64" t="s">
         <v>334</v>
       </c>
       <c r="I64" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>336</v>
       </c>
       <c r="B65" t="s">
         <v>337</v>
       </c>
+      <c r="C65" t="s">
+        <v>338</v>
+      </c>
       <c r="D65" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G65" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I65" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B66" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C66" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D66" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I66" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B67" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C67" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D67" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>348</v>
+        <v>290</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G67" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>349</v>
       </c>
       <c r="I67" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>351</v>
       </c>
       <c r="B68" t="s">
         <v>352</v>
       </c>
       <c r="C68" t="s">
         <v>353</v>
       </c>
       <c r="D68" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H68" t="s">
         <v>354</v>
       </c>
       <c r="I68" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>356</v>
       </c>
       <c r="B69" t="s">
         <v>357</v>
       </c>
+      <c r="C69" t="s">
+        <v>358</v>
+      </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="H69" t="s">
+        <v>359</v>
       </c>
       <c r="I69" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B70" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C70" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>57</v>
+        <v>231</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B71" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C71" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>21</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I71" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B72" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C72" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D72" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>313</v>
+        <v>27</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I72" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B73" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C73" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D73" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I73" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B74" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="C74" t="s">
         <v>381</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>13</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G74" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>382</v>
       </c>
       <c r="I74" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>384</v>
       </c>
       <c r="B75" t="s">
         <v>385</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
         <v>386</v>
       </c>
-      <c r="D75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="H75" t="s">
         <v>387</v>
       </c>
       <c r="I75" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>389</v>
       </c>
       <c r="B76" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="C76" t="s">
         <v>390</v>
       </c>
       <c r="D76" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G76" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>15</v>
+        <v>391</v>
       </c>
       <c r="I76" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B77" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C77" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="H77" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I77" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B78" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C78" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G78" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I78" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B79" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C79" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D79" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G79" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I79" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B80" t="s">
-        <v>408</v>
+        <v>409</v>
+      </c>
+      <c r="C80" t="s">
+        <v>410</v>
       </c>
       <c r="D80" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>51</v>
+        <v>290</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="I80" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B81" t="s">
-        <v>412</v>
+        <v>414</v>
+      </c>
+      <c r="C81" t="s">
+        <v>415</v>
       </c>
       <c r="D81" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>162</v>
+        <v>51</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G81" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="I81" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B82" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D82" t="s">
-        <v>20</v>
+        <v>33</v>
+      </c>
+      <c r="E82" t="s">
+        <v>34</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>271</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="I82" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B83" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D83" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>313</v>
+        <v>27</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="I83" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B84" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C84" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D84" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="I84" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B85" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C85" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D85" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="I85" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B86" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D86" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>438</v>
+        <v>364</v>
       </c>
       <c r="I86" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B87" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="C87" t="s">
         <v>442</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>290</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>443</v>
       </c>
       <c r="I87" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>445</v>
       </c>
       <c r="B88" t="s">
         <v>446</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>21</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" t="s">
         <v>447</v>
       </c>
-      <c r="D88" t="s">
-[...11 lines deleted...]
-      <c r="H88" t="s">
+      <c r="I88" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>449</v>
+      </c>
+      <c r="B89" t="s">
         <v>450</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>451</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>57</v>
+      </c>
+      <c r="F89" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
         <v>452</v>
       </c>
-      <c r="D89" t="s">
-[...11 lines deleted...]
-      <c r="H89" t="s">
+      <c r="I89" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>454</v>
+      </c>
+      <c r="B90" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="C90" t="s">
         <v>456</v>
       </c>
       <c r="D90" t="s">
-        <v>20</v>
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>79</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G90" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H90" t="s">
         <v>457</v>
       </c>
       <c r="I90" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>459</v>
       </c>
       <c r="B91" t="s">
         <v>460</v>
       </c>
       <c r="C91" t="s">
         <v>461</v>
       </c>
       <c r="D91" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G91" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H91" t="s">
         <v>462</v>
       </c>
       <c r="I91" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>464</v>
       </c>
       <c r="B92" t="s">
         <v>465</v>
       </c>
+      <c r="C92" t="s">
+        <v>466</v>
+      </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>33</v>
+      </c>
+      <c r="E92" t="s">
+        <v>34</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G92" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>15</v>
+        <v>467</v>
       </c>
       <c r="I92" t="s">
-        <v>466</v>
-[...6 lines deleted...]
-      <c r="B93" t="s">
         <v>468</v>
-      </c>
-[...184 lines deleted...]
-        <v>499</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">