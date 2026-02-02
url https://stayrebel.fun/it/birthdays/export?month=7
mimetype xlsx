--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -41,411 +41,372 @@
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
+    <t>Pavel Sergeevich Rezanovich</t>
+  </si>
+  <si>
+    <t>1 luglio 1993</t>
+  </si>
+  <si>
+    <t>Pavel, figlio di un prete ortodosso e impiegato del dipartimento di esecuzione forzata del distretto Leninsky della città di Brest, è stato arrestato il 1 dicembre 2020 insieme ai suoi genitori nell'ambito del criminale “caso Autukhovich”. Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Pavel è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo”, “tentato sequestro di potere” e “azioni illegali riguardanti le armi da fuoco”.
+Nell'ottobre 2023 è stato trasferito in regime carcerario.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 30.10.2023: 3 anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:43:54</t>
+  </si>
+  <si>
     <t>Alexey Borisovich Ivanisov</t>
   </si>
   <si>
     <t>1 luglio 1968</t>
   </si>
   <si>
     <t>Alexey, ex militare, specialista in comunicazioni e direttore di un'azienda che installa e ripara porte da garage e barriere elettriche, è stato arrestato nel settembre 2021 nell'ambito di un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva e a una multa.
 Alexey ha tre figli, uno dei quali è minorenne.</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...1 lines deleted...]
-  <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
-    <t>In custodia</t>
-[...4 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 28.09.2022: 14 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
-    <t>Denis Viktorovich Boltut</t>
-[...16 lines deleted...]
-  <si>
     <t>Daniel Yurievich Garasim</t>
   </si>
   <si>
     <t>1 luglio 2005</t>
   </si>
   <si>
     <t>Secondo gli autori del film filogovernativo, Daniil Garasim, nato nel 2005, nel dicembre 2023, su indicazione del “curatore ucraino”, con il quale è stato stabilito un contatto in una chat estremista di Telegram, ha filmato la posizione della brigata missilistica di le Forze Armate della Bielorussia nella città di Osipovichi, nella regione di Mogilev. Ma è interessante notare che le forze di sicurezza hanno effettuato riprese operative fin dal primo compito, sorge la domanda da chi provenisse il compito;</t>
   </si>
   <si>
     <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.09.2024: 10 anni di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 03.12.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-04-30 00:32:30</t>
   </si>
   <si>
-    <t>Irina Igorevna Poznyakevich</t>
-[...43 lines deleted...]
-  <si>
     <t>Arthur Igorevich Golubev</t>
   </si>
   <si>
     <t>3 luglio 1990</t>
   </si>
   <si>
     <t>Il 16 gennaio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
   </si>
   <si>
+    <t>Vitaly Alexandrovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 luglio 1993</t>
+  </si>
+  <si>
+    <t>Vitaly è stato arrestato e condannato per aver fermato un treno merci, aver messo strisce rosse sui pannelli luminosi pubblicitari, aver forato i pneumatici di un agente di polizia, aver dato fuoco al chiosco Tabakerka e maneggiato oggetti contenenti sostanze infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e la tortura di persone da parte delle forze di sicurezza.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.06.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:27:10</t>
+  </si>
+  <si>
     <t>Alexander Vasilyevich Sumar</t>
   </si>
   <si>
     <t>3 luglio 1982</t>
   </si>
   <si>
     <t>Nel periodo dall'agosto 2020 al 26 luglio 2022, Alexander ha amministrato la chat telegrafica "Lunga vita a Luninets!", Per la quale è stato arrestato il 27 luglio 2022. Il 24 novembre 2022, per decisione del Ministero dell'Interno, i telegrammi chattano "Lunga vita a Luninets!" è stata riconosciuta come "formazione estremista" sul territorio della Repubblica di Bielorussia. Il processo contro Alexander si è svolto il 9 febbraio 2023, dove è stato accusato ai sensi di 5 articoli del codice penale della Repubblica di Bielorussia: parte 1 dell'art. 361-1, parte 1 dell'art. 342, comma 2 dell'art. 367, dell'art. 369, parte 3 dell'art. 361. Si sa di Alexander Sumar che nel 2006 ha lavorato presso il dipartimento degli affari interni del distretto di Luninets come esperto forense. Negli ultimi anni ha vissuto a Mosca (Russia).</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>9 anni di reclusione in una colonia penale.</t>
   </si>
   <si>
     <t>2023-01-10 15:05:51</t>
-  </si>
-[...47 lines deleted...]
-    <t>2021-02-27 00:42:21</t>
   </si>
   <si>
     <t>Andrey Romualdovich Severtoka</t>
   </si>
   <si>
     <t>4 luglio 1971</t>
   </si>
   <si>
     <t>Andrei è stato arrestato il 27 settembre 2020 durante una protesta a Grodno dopo aver tentato di coprire e aiutare un uomo disteso a terra. Di conseguenza, è stato condannato per “violenza contro un agente di polizia”.
 Alla fine di dicembre 2021, Andrei è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.03.2021: 5 anni 6 mesi di reclusione in una colonia del regime rigoroso, circa 1000 rubli di risarcimento. Appello 17.06.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 23:04:31</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Bliznets</t>
-[...49 lines deleted...]
-    <t>2022-12-06 01:16:36</t>
+    <t>Sergey Anatolyievich Rezanovich</t>
+  </si>
+  <si>
+    <t>4 luglio 1968</t>
+  </si>
+  <si>
+    <t>Un prete ortodosso, rettore della chiesa di San Michele Arcangelo nella cittadina agricola di Stepanka, distretto di Zhabinka, regione di Brest, è stato arrestato il 1° dicembre 2020 insieme alla moglie e al figlio nell'ambito del caso criminale “Autukhovich. " Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Sergei è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo” e “tentativo di prendere il potere”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2022: 16 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 00:42:21</t>
+  </si>
+  <si>
+    <t>Eugene Aleksandrovich Malyugin</t>
+  </si>
+  <si>
+    <t>5 luglio 1980</t>
+  </si>
+  <si>
+    <t>Evgeny è stato condannato nella primavera del 2024 in un procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni", e condannato alla libertà limitata con rinvio.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 29. 230415, Vaŭkavysk, vulica Rakasouskaha 118</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.05.2024: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 07.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:25:36</t>
   </si>
   <si>
     <t>Yuri Alexandrovich Khrameev</t>
   </si>
   <si>
     <t>5 luglio 1990</t>
   </si>
   <si>
     <t>Nel 2016, Yuri ha conseguito la laurea in programmazione presso l'Università statale bielorussa di informatica e radioelettronica.
 Nel 2011 è entrato in XB Software come programmatore, per poi lavorare presso ActiveCloud. Nel 2014 è entrato a far parte della startup ActivePlatform, dove ha scalato i ranghi, passando da sviluppatore a business analyst e product manager.
 Fuori dal lavoro, Yuri ama viaggiare. Sui social media ha pubblicato foto di vacanze attive in montagna e di viaggi in diverse città.</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 18.11.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-12-08 16:53:51</t>
   </si>
   <si>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 luglio 1978</t>
+  </si>
+  <si>
+    <t>Condannato per una donazione di 20 dollari a una delle iniziative, poi riconosciuta come “formazione estremista”. La donazione per aiutare le presunte vittime della repressione è stata effettuata nel 2021, quando l’iniziativa non era ancora riconosciuta come “gruppo estremista”. Ci sono state solo otto udienze sul caso; è stato esaminato per due mesi, da novembre a gennaio. Il 28 aprile 2023 la sentenza è entrata in vigore dopo la corte d'appello.</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
+  </si>
+  <si>
+    <t>Dmitry Igorevich Khomenkov</t>
+  </si>
+  <si>
+    <t>5 luglio 1989</t>
+  </si>
+  <si>
+    <t>Residente a Gomel, 39 anni. Lui è un programmatore. L'ultimo lavoro di Khamenkov su Linkedin è elencato come Expert Software Development. Non voleva trasferirsi nel 2022.
+Secondo il filmato dell'ONT , Khamenkov è accusato di "finanziamento di attività estremiste". Ha effettuato trasferimenti in criptovaluta. Si dice che sia stato arrestato alla fine del 2024 e che, mentre era dietro le sbarre, sua nonna sia morta.</t>
+  </si>
+  <si>
+    <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-04-03 17:39:10</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Bliznets</t>
+  </si>
+  <si>
+    <t>5 luglio 1988</t>
+  </si>
+  <si>
+    <t>Alexander ha lavorato come ingegnere in una delle imprese della città. È stato condannato a porte chiuse dal tribunale regionale di Gomel.
+Il 2 agosto 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.05.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 02.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-24 22:36:28</t>
+  </si>
+  <si>
+    <t>Ivan Grigorievich Omrejcik</t>
+  </si>
+  <si>
+    <t>6 luglio 2001</t>
+  </si>
+  <si>
+    <t>Arrestato per aver partecipato a una protesta il 10 agosto 2020 a Brest.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.08.2024: 2 anni 3 mesi di reclusione in una colonia del regime generale. Appello 08.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-24 00:13:42</t>
+  </si>
+  <si>
     <t>Ivan Yurievich Yasnikov</t>
   </si>
   <si>
     <t>6 luglio 1989</t>
   </si>
   <si>
     <t>È stato riferito che l'uomo è stato arrestato per gli eventi dell'agosto 2020, tuttavia, le forze di sicurezza hanno trovato fotografie di equipaggiamento militare sul suo telefono, che ha caricato il 23 febbraio sul canale Telegram Kalinkovichi for Life.</t>
   </si>
   <si>
     <t>sconosciuto</t>
   </si>
   <si>
     <t>2022-04-05 00:52:53</t>
   </si>
   <si>
-    <t>Ivan Grigorievich Omrejcik</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Vladimirovich Korolev</t>
   </si>
   <si>
     <t>7 luglio 1963</t>
   </si>
   <si>
     <t>Il 30 maggio 2023 si è tenuta l'udienza di appello ed è entrata in vigore la sentenza.</t>
   </si>
   <si>
     <t>1,5 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-02-27 23:21:22</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Lubetski</t>
+  </si>
+  <si>
+    <t>7 luglio 1975</t>
+  </si>
+  <si>
+    <t>Andrei, chirurgo maxillo-facciale presso un ospedale pediatrico, è stato arrestato nel maggio 2021 dopo una perquisizione nell'ambito di un procedimento penale avviato ai sensi dell'articolo per "insulto al presidente". La moglie e i figli furono costretti a lasciare il Paese. Andrei è stato successivamente accusato di "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e di "partecipazione a rivolte di massa".
+Nell'aprile 2022, Andrei è stato condannato per quattro capi d'imputazione penali per aver partecipato alle proteste avvenute a Minsk nel 2020 e per pubblicazioni sui social network classificate come insulti e incitamento all'odio.
+Nel giugno 2024 la sua pena è stata aumentata ed è stato trasferito in carcere fino al termine della pena.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.04.2022: 5 anni di reclusione in una colonia del regime generale. Appello 21.06.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 26.06.2024: regime carcerario fino alla fine della pena. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Yanchuk</t>
   </si>
   <si>
     <t>7 luglio 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Ivan prima ha ricoperto la posizione di investigatore a Malorita, poi è stato trasferito come investigatore al Dipartimento degli affari interni del distretto di Kobryn. Aveva il grado di tenente.
 Secondo le informazioni del video GUBOPiK, si è dimesso dalle forze dell'ordine e ha iniziato a estrarre criptovalute. Secondo gli agenti della sicurezza, Ivan ha trasmesso informazioni sui suoi colleghi a vari canali di telegrammi.
 Il 28 novembre 2023 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.
 </t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
-  </si>
-[...15 lines deleted...]
-    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Oleg Anatolevich Konovalov (Shutov)</t>
   </si>
   <si>
     <t>8 luglio 1995</t>
   </si>
   <si>
     <t>Oleg, il proprietario del canale YouTube "Terza Regione Bielorussia", è stato arrestato nel gennaio 2022, al suo ritorno in Bielorussia per le vacanze di Capodanno.
 Oleg è stato accusato di aver de-anonimizzato funzionari della sicurezza e, mentre era all'estero, di aver continuato a "pubblicare informazioni anti-statali sui social media e a promuovere la resistenza contro i funzionari governativi". Sul suo canale, ha pubblicato video di proteste di solidarietà con la Bielorussia a Kiev, dove viveva dal 2020. È stato anche accusato di aver rilasciato "commenti cinici" sul defunto agente del KGB Dmitry Fedosyuk.
 Nel settembre 2022 è stato condannato ai sensi di diversi articoli del Codice penale, tra cui "incitamento all'odio o alla discordia razziale, nazionale, religiosa o di altro tipo". Il tribunale lo ha condannato alla reclusione in una colonia penale di massima sicurezza e gli ha imposto un ingente risarcimento.
 Nel luglio 2023, Oleg fu nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione penitenziaria", un'accusa spesso applicata ai prigionieri politici che si rifiutano di collaborare con l'amministrazione penitenziaria. Nel settembre dello stesso anno, fu reso noto il suo trasferimento in regime carcerario.
 È stato rivelato che Oleg avrebbe dovuto affrontare un'altra udienza in tribunale nella prima metà dell'estate del 2025 con la stessa accusa di "insubordinazione". L'udienza di appello era prevista per metà luglio.</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.09.2022: 5 anni di reclusione in una colonia del regime potenziato, 5000 rubli di risarcimento, 100 unità di base di multa. Sentenza del tribunale 18.07.2023: 1 anno di reclusione in una colonia del regime potenziato. Appello 26.09.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
     <t>Ivan Vladimirovich Morozov</t>
@@ -453,414 +414,434 @@
   <si>
     <t>8 luglio 1983</t>
   </si>
   <si>
     <t>Uno dei più famosi blogger in lingua bielorussa degli anni 2000 ed ex attivista. Arrestato per aver partecipato alle proteste del 2020.
 Ivan è stato arrestato il 5 gennaio 2023, ha ricevuto 13 giorni di arresto amministrativo ed è stato accusato di un reato penale il 18 gennaio.
 17/04/2024 rilasciato, avendo scontato integralmente la pena inflitta dal tribunale.
 Nel giugno 2025 si è saputo che Ivan era stato nuovamente arrestato, questa volta per un commento ai sensi dell'articolo 368 del Codice penale della Repubblica di Bielorussia.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.04.2023: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 25.07.2023: sconosciuto. Sentenza del tribunale 25.08.2025: 2 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2023-01-10 02:10:13</t>
   </si>
   <si>
     <t>Ivan Leonidovich Folitar</t>
   </si>
   <si>
     <t>8 luglio 1977</t>
   </si>
   <si>
+    <t>Ivan si è laureato presso l'Istituto Statale di Costruzione di Macchine di Minsk nel 1996. Per molti anni, Ivan si è occupato di organizzazione e conduzione di eventi ed è stato il fondatore dello studio "MiF" con sede a Minsk. Ha organizzato centinaia di matrimoni, lauree ed eventi aziendali. Era anche proprietario di un'attività fotografica privata, in fase di liquidazione dal 2018.
+In seguito, Ivan si dedicò all'agricoltura. Iniziò ad allevare pollame e a vendere carne di tacchino nel quartiere Komarovka di Minsk.
+Fa anche musica: compone e registra brani lui stesso, oltre a creare arrangiamenti e beat per altri musicisti. Ha partecipato al progetto musicale "White and Quarantine".</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 17.10.2025: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-11 11:27:00</t>
   </si>
   <si>
     <t>Evgeny Aleksandrovich Rubashko</t>
   </si>
   <si>
     <t>9 luglio 1989</t>
   </si>
   <si>
-    <t>Anarchico. Detenuto il 29 luglio 2021. Il suo appartamento è stato perquisito ed è stato picchiato durante l'arresto. Chiedendo l'accesso al telefono e al computer, il ragazzo si è messo una borsa sopra la testa. Durante il trasferimento al centro di custodia cautelare, tutti i libri sono stati prelevati da Yevgeny Rubashko e inseriti in un registro preventivo come incline all'estremismo, il che significa prendere nota in un fascicolo personale, trattamento speciale e lavoro aggiuntivo con uno psicologo.
-[...5 lines deleted...]
-    <t>Sentenza del tribunale 22.04.2022: 5 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 19.04.2023: 3 anni di regime carcerario. Sentenza del tribunale data sconosciuta: 1 anno di reclusione in una colonia del regime rigoroso.</t>
+    <t>Evgeny è un attivista anarchico. È stato arrestato il 29 luglio 2021 a Minsk. Il suo appartamento è stato perquisito e lui è stato picchiato durante l'arresto. Per accedere al suo telefono e al suo computer, gli hanno messo un sacchetto sulla testa.
+Durante il suo trasferimento al centro di detenzione preventiva, tutti i suoi libri sono stati confiscati e lui è stato inserito in un registro preventivo come persona incline all'estremismo, il che comporta una nota nel suo fascicolo personale, un trattamento speciale e un lavoro aggiuntivo con uno psicologo.
+Evgeny è stato inizialmente accusato di "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico, o di avervi partecipato attivamente". Nel gennaio 2022, lui e altri imputati nel procedimento penale sono stati inoltre accusati di aver partecipato a un gruppo estremista per essersi iscritti al canale Telegram "Pramen". Al momento del suo arresto, il canale non era ancora stato aggiunto all'elenco dei gruppi estremisti; ciò è avvenuto solo nel novembre 2021.
+Nell'aprile 2022, Yevgeny è stato dichiarato colpevole e condannato alla reclusione in una colonia penale. Nell'aprile 2023, il suo regime di detenzione è stato inasprito ed è stato trasferito in un regime carcerario. Nell'ottobre 2025, il tribunale ha aggiunto un altro anno alla sua pena detentiva per "disobbedienza dolosa alle richieste dell'amministrazione".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.04.2022: 5 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 19.04.2023: 3 anni di regime carcerario. Sentenza del tribunale 09.10.2025: 1 anno di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
     <t>Boris Mikhailovich Vitko</t>
   </si>
   <si>
     <t>9 luglio 1954</t>
   </si>
   <si>
     <t>Boris Vitko, 68 anni, è stato accusato di aver scritto un commento offensivo nei confronti del giudice Nikolai Kmita il 30 settembre 2021 sul canale Telegram Lyakhovichi 97.
 Sentenza della Corte 20/01/2023: 2 anni di restrizione della libertà senza direzione.
 Alla fine di maggio 2023 si è saputo che Boris era stato nuovamente arrestato. Lo riferisce il canale telegram filogovernativo. Gli agenti di polizia antisommossa con giubbotti antiproiettile e fucili da caccia hanno arrestato un uomo sul territorio di una casa privata. Nel video pubblicato, Boris afferma di essere stato arrestato con l'accusa di aver insultato Lukashenko (articolo 368 del codice penale). È stata effettuata una perquisizione nel luogo di residenza nel villaggio di Medvedichi, distretto di Lyakhovichi.
 Successivamente, gli attivisti per i diritti umani hanno appreso che per qualche tempo Boris Vitko è stato trattenuto nel centro di detenzione temporanea di Lyakhovichi, quindi trasferito nel centro di detenzione preventiva di Baranovichi. Ora si trova nel centro di custodia cautelare n. 7 di Brest in attesa del processo. Nel novembre 2023 Boris è stato aggiunto all'elenco dei terroristi. Il processo è iniziato all'inizio di gennaio 2024. Al primo processo, Boris Vitko è stato accusato di aver scritto un commento offensivo nei confronti del giudice Nikolai Kmita il 30 settembre 2021 sul canale telegram "Lyakhovichi 97". Sulla base della totalità delle sentenze, con l'aggiunta parziale della parte non scontata della pena, l'imputato finale Boris Vitko è stato condannato a una pena detentiva di sette anni e tre mesi, da scontare in una colonia correttiva in regime di massima sicurezza, con una multa allo Stato di 300 unità base per un importo di 12.000 rubli.
 Boris ha problemi cardiaci e deve assumere costantemente farmaci.</t>
   </si>
   <si>
-    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
-[...2 lines deleted...]
-    <t>7 anni e 3 mesi di reclusione in una colonia in condizioni di sicurezza rafforzata.</t>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.01.2022: 2 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 20.05.2024: 7 anni 3 mesi di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 06.08.2024: sconosciuto. Appello 02.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
   </si>
   <si>
     <t>Andrey Alexeyevich Burak</t>
   </si>
   <si>
     <t>10 luglio 1972</t>
   </si>
   <si>
     <t>Camionista. L'uomo è stato inizialmente accusato di teppismo (parte 3 dell'articolo 339 del codice penale) e di creazione di un gruppo estremista o partecipazione ad esso (parte 3 dell'articolo 361-1 del codice penale).
 Il tribunale della città di Minsk ha completato l'esame del procedimento penale il 29 febbraio 2024. Burako è stato giudicato colpevole e condannato alla reclusione per un periodo di cinque anni ai sensi della parte 3 dell'art. 361-1 CC. L'accusa di teppismo è stata ritirata.
 Secondo l'indagine , la sera dell'11 maggio 2023, sull'autostrada M-5 Minsk-Gomel vicino al villaggio di Yasen, vicino a Bobruisk, “il conducente di un veicolo DAF, passando davanti a un convoglio di trasporto militare fermo, ha fatto esplodere un dispositivo non identificato, costituito autonomamente da prodotti pirotecnici, lanciandolo verso il personale militare e attrezzature militari e poi tentando di nascondersi.
 Tuttavia, durante l'inseguimento, la sua macchina è stata bloccata dai militari e lui stesso è stato arrestato."
 È stato accertato che nell'abitacolo dell'auto erano affissi simboli "estremisti" e sul cellulare erano presenti diversi abbonamenti a canali radicali riconosciuti come estremisti, compreso il Piano "Vittoria".
 Il 12 aprile 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia alle condizioni del regime generale.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
+    <t>Tamaz Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>10 luglio 1994</t>
+  </si>
+  <si>
+    <t>Un tifoso del club MTZ-RIPO è stato arrestato il 26 settembre 2020 e condannato per aver partecipato alle proteste.
+Le guardie della Colonia n. 1 hanno ripetutamente punito Tomaz con la punizione e il trasferimento in una stanza tipo cella (PKT). In totale, l’antifascista ha ricevuto almeno nove sanzioni, anche per essersi rifiutato di “pulire i bagni”. Sulla base di ciò, contro di lui è stato aperto un nuovo procedimento penale ai sensi dell'articolo di "disobbedienza dolosa ai requisiti dell'amministrazione" e nel settembre 2024 è stato condannato a un ulteriore periodo di reclusione.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.07.2021: 5 anni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 24.09.2021: il verdetto è stato confermato. Sentenza del tribunale 05.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
+  </si>
+  <si>
     <t>Sergey Grigorievich Juncic</t>
   </si>
   <si>
     <t>10 luglio 1974</t>
   </si>
   <si>
     <t>Sergei è stato arrestato per solidarietà con i repressi.
 Yunchits ha 50 anni, è nato nel villaggio di Podvosye, distretto di Zhitkovichi. Si occupa di affari dagli anni '90. Secondo il Mirror, fino al 2023 l'uomo ha gestito l'azienda di famiglia Unico-Dental, che fornisce materiali, strumenti e attrezzature odontoiatriche.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 09.10.2024: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 10.01.2025: sconosciuto.</t>
+    <t>Sentenza del tribunale 09.10.2024: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 10.01.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-19 23:22:29</t>
   </si>
   <si>
-    <t>Tamaz Vazhevich Pipiya</t>
-[...15 lines deleted...]
-    <t>2021-02-26 21:06:12</t>
+    <t>Alexey Vladislavovich Isaev</t>
+  </si>
+  <si>
+    <t>10 luglio 1978</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-10-18 16:40:13</t>
   </si>
   <si>
     <t>Evgeniy Sergeevich Glushkov</t>
   </si>
   <si>
     <t>11 luglio 1990</t>
   </si>
   <si>
     <t>Si è saputo della detenzione di un residente del villaggio di Zyabrovka, distretto di Gomel, Yevgeny Glushkov. Secondo alcuni resoconti dei media, nella notte tra il 10 e l'11 agosto si è verificato un incidente all'aeroporto di Zyabrovka, di cui i media hanno scritto molto, quindi sono iniziati i controlli locali.
 Hanno trovato una vecchia foto dell'aeroporto sul telefono di Evgeny, che ha preso da un drone. E hanno anche trovato contatti di vari ucraini. Questo è stato sufficiente per fermarlo. Il ragazzo prima della detenzione lavorava come veterinario in una delle cliniche di Homel, ha solo caratteristiche positive da parte dei datori di lavoro. Prima dell'inizio dell'aggressione russa contro l'Ucraina, Evgeny ha vissuto a lungo all'estero. Negli ultimi anni - in Cina, dove ha studiato musica e ha programmato di restare. Ma a causa dell'epidemia di coronavirus, è rimasto senza fonti di reddito ed è stato costretto a tornare in patria.</t>
   </si>
   <si>
     <t>9 anni di reclusione con servizio in una colonia correzionale sotto regime rafforzato.</t>
   </si>
   <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
+    <t>Igor Olegovych Zhuk</t>
+  </si>
+  <si>
+    <t>11 luglio 1989</t>
+  </si>
+  <si>
+    <t>Igor è stato accusato di aver lasciato un commento su YouTube rivolto a Lukashenko sotto il video "Bielorussia: Mobilitazione nascosta e introduzione di truppe dalla Russia | Ucraina, Lukashenko e NATO" del blogger russo Ilya Varlamov. Secondo il fascicolo, l'app di YouTube è stata trovata sul suo telefono, dove il post in questione è stato trovato nella sezione "Commenti". È rimasto in custodia in attesa della sentenza.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 55. 220021, Minsk, vulica Sacyjalistyčnaja, 7</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.11.2023: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
+  </si>
+  <si>
     <t>Alexander Nikolaevich Yatsukevich</t>
   </si>
   <si>
     <t>11 luglio 1986</t>
   </si>
   <si>
     <t>Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.01.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-11 17:15:20</t>
-  </si>
-[...19 lines deleted...]
-    <t>2023-11-06 21:02:37</t>
   </si>
   <si>
     <t>Dmitry Dmitrievich Mostovoy</t>
   </si>
   <si>
     <t>11 luglio 1977</t>
   </si>
   <si>
     <t>Dmitry Mostovoy ha 45 anni. Viene da Senitsa, ha studiato al Politecnico di Minsk ed è un programmatore professionista.
 È stato arrestato durante le proteste dell'ottobre 2020 ed è stato imprigionato per "un giorno".
 Dmitry è stato arrestato all'inizio di marzo 2023. Nel film filogovernativo "Gaspar non si è messo in contatto" sul canale ONT TV, pubblicato il 04/05/2023, si dice che Dmitry avrebbe offerto a "Belarusian Guyun" di far trapelare informazioni sull'aeroporto: ha organizzato una trasmissione da un computer che è andato avanti per due settimane senza interruzioni.
 Ora l'uomo si trova in un centro di custodia cautelare con l'accusa di “tradimento contro lo Stato” e “assistenza ad attività estremiste”.</t>
   </si>
   <si>
-    <t>10 anni di prigione.</t>
+    <t>Sentenza del tribunale 18.09.2023: 10 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 24.12.2025: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2023-04-06 15:04:01</t>
   </si>
   <si>
     <t>Tatyana Vasilievna Kanevskaya</t>
   </si>
   <si>
     <t>12 luglio 1966</t>
   </si>
   <si>
     <t>Noto attivista e confidente della candidata presidenziale Svetlana Tikhanovskaya a Gomel. Tatyana si è battuta per diversi anni per la modifica della legislazione antidroga nell'ambito dell'iniziativa del Movimento delle Madri 328. Il 6 agosto 2020 è stata detenuta nella sua stessa casa, accusata di “rivolte di massa” e di intenzione di “sequestrare edifici”.
 Nel gennaio 2022 si è saputo che Tatyana era stata trasferita in regime carcerario.
 Secondo gli attivisti per i diritti umani, le viene tolto il diritto alle visite e le è consentito ricevere solo un piccolo pacco all'anno. Le lettere di Tatyana arrivano estremamente raramente. Inoltre, aveva problemi alla colonna vertebrale.</t>
   </si>
   <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 04.05.2021: 6 anni di reclusione in una colonia del regime generale. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 2 anni di regime carcerario. Tribunale per il cambio di regime data sconosciuta: 1 anno di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-25 11:20:37</t>
+  </si>
+  <si>
+    <t>Alexander Eduardovich Masevich</t>
+  </si>
+  <si>
+    <t>13 luglio 1989</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.12.2022: 7 anni di reclusione in una colonia del regime potenziato. Appello 21.03.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Lyudmila Yurievna Chekina</t>
+  </si>
+  <si>
+    <t>13 luglio 1973</t>
+  </si>
+  <si>
+    <t>Lyudmila è l'ex CEO di TUT.BY. Lavora presso TUT.BY dal 2008: prima come consulente legale, poi come direttrice. Nel 2017 è diventata responsabile di Tut By Media.
+Nel maggio 2021 è stata arrestata nell'ambito di un procedimento penale avviato per evasione fiscale.
+Nell'ottobre 2022, il KGB ha aggiunto Lyudmila alla lista di coloro “coinvolti in attività terroristiche”. Successivamente è stata accusata anche di "incitamento all'odio" e di "invito ad agire contro la sicurezza nazionale".
+Il processo si è svolto a porte chiuse ed è durato più di due mesi: in totale si sono svolte 37 sessioni. Nel marzo 2023, Lyudmila è stata condannata a una lunga pena detentiva e a una pesante multa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.03.2023: 12 anni di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 31.07.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-05-24 13:42:27</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Berezovets</t>
+  </si>
+  <si>
+    <t>13 luglio 1991</t>
+  </si>
+  <si>
+    <t>La coppia (Vyacheslav Berezovets e Tatyana Danilyuk) è stata messa in custodia perché il 10 agosto 2020 hanno preso parte alle proteste a Kobryn, la donna “ha mostrato gesti indecenti alla polizia” e suo marito “ha abbassato i pantaloni e ha mostrato i pantaloni nudi natiche."
+Allo stesso tempo, Vyacheslav è già stato condannato per l'episodio di "mostrare le natiche" alla polizia. Il processo si è svolto nel 2020, quando l'uomo è stato accusato di un illecito amministrativo per questo.
+La coppia ha ancora tre figli piccoli in libertà.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.03.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
   </si>
   <si>
     <t>Dmitry Sergeevich Neverkevich</t>
   </si>
   <si>
     <t>13 luglio 1982</t>
   </si>
   <si>
     <t>Dmitry, direttore di Europcar, partner di Uber a Minsk, è stato arrestato per la prima volta nel novembre 2020 ai sensi di un provvedimento amministrativo per aver partecipato alle proteste contro i risultati delle elezioni presidenziali. È stato arrestato per la seconda volta nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
 Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, funzionari della sicurezza, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente".
 Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
 Dmitry è stato condannato per diversi capi d'imputazione penali, gli è stata inflitta una lunga pena detentiva e una multa, ed è stato inoltre privato del diritto di ricoprire posizioni legate a compiti organizzativi e amministrativi per cinque anni.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 21.06.2023: 11 anni di reclusione in una colonia del regime potenziato, privazione del diritto di ricoprire determinate posizioni o di impegnarsi in determinate attività, 3000 unità di base di multa. Appello 04.10.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-01-23 17:13:44</t>
   </si>
   <si>
-    <t>Paul Vasilevich Prokhorov</t>
-[...50 lines deleted...]
-  <si>
     <t>Dmitry Sluk</t>
   </si>
   <si>
     <t>13 luglio 1988</t>
   </si>
   <si>
     <t>Residente a Bobruisk, 34 anni. Dopo 10 giorni nel centro di detenzione in via Akrestsin, è stato trasferito al centro di custodia cautelare n. 1.
 L'uomo è stato accusato di aver fatto donazioni a un'organizzazione riconosciuta come terroristica in Bielorussia. Rischia da 8 a 12 anni di carcere.
 Dmitry Sluk non ha presentato ricorso contro il verdetto ed è stato trasferito per scontare la pena in una delle colonie bielorusse.
 Il 24 giugno 2024, le condizioni di detenzione sono state inasprite, Dmitry è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>8,5 anni di carcere</t>
   </si>
   <si>
     <t>2023-02-22 15:31:31</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Tsybulsky</t>
-[...20 lines deleted...]
-    <t>2022-11-17 18:32:49</t>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 luglio 1996</t>
+  </si>
+  <si>
+    <t>È stato arrestato insieme a tutta la sua famiglia (madre, padre, sorella) con l'accusa di "tradimento". Apparentemente la sorella è stata successivamente rilasciata. Paolo ha 27 anni. È nato a Grabovka. Ha lavorato nel settore edile.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
+La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 8 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Arthur Grigorievich Tarasov</t>
   </si>
   <si>
     <t>13 luglio 1987</t>
   </si>
   <si>
     <t>Artur è stato arrestato nel maggio 2025, presumibilmente in relazione a un procedimento penale relativo al progetto di monitoraggio OSINT "Belarusian Gayun".
 Nel luglio 2025 nacque la seconda figlia di Arthur.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
   </si>
   <si>
     <t>2025-05-11 15:43:26</t>
   </si>
   <si>
     <t>Natalia Sergeevna Romanenko</t>
   </si>
   <si>
     <t>14 luglio 1981</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
     <t>Ruslan Teimurazovich Zubkov</t>
   </si>
   <si>
     <t>14 luglio 1998</t>
   </si>
   <si>
     <t>Ruslan Zubkov ha 26 anni. A giudicare dai social network, negli ultimi anni ha vissuto e lavorato in Polonia.
 Nel dicembre 2023, Zubkov è stato aggiunto all'elenco dei partecipanti al gruppo estremista "La Russia è malvagia". Questa è una piccola chat di Telegram per 135 persone, in cui al momento sono attive solo tre persone. Nel febbraio 2024, Ruslan è stato inserito nella lista dei ricercati in Bielorussia e Russia, il che significa che a quel tempo era ancora latitante.
 Non si sa nemmeno quando Ruslan sia stato arrestato. È stato processato per la prima volta nel giugno 2024 per "aver insultato Lukashenko" presso il tribunale distrettuale di Kamenets. La sentenza è sconosciuta.</t>
   </si>
   <si>
+    <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 19.06.2024: sconosciuto. Sentenza del tribunale 17.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
     <t>Paul Andreevich Sologub</t>
   </si>
   <si>
     <t>14 luglio 1989</t>
   </si>
   <si>
     <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2023-06-29 09:53:27</t>
   </si>
   <si>
     <t>Nikolay Gennadievich Gmyrak</t>
   </si>
   <si>
     <t>15 luglio 1979</t>
+  </si>
+  <si>
+    <t>No</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.10.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 18.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-26 00:31:52</t>
   </si>
   <si>
     <t>Maxim Alexandrovich Levsha</t>
   </si>
   <si>
     <t>15 luglio 1983</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.11.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 21.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-02 16:18:30</t>
   </si>
   <si>
     <t>Pavel Yurievich Nedelin</t>
   </si>
   <si>
     <t>15 luglio 1975</t>
   </si>
@@ -926,631 +907,654 @@
   <si>
     <t>Sentenza del tribunale 15.11.2024: 7 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa. Appello 04.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-28 21:57:44</t>
   </si>
   <si>
     <t>Igor Vladimirovich Ilyash</t>
   </si>
   <si>
     <t>18 luglio 1988</t>
   </si>
   <si>
     <t>Igor è un giornalista di Belsat TV. In precedenza ha lavorato per il quotidiano "Belorusy i Rynok" (Bielorussi e il Mercato) e per la rubrica bielorussa di Radio Svaboda. Ha pubblicato anche su riviste russe e ucraine. Insieme alla moglie, la giornalista Ekaterina Andreyeva, ha scritto il libro "Donbass bielorusso", uno studio sul ruolo dei bielorussi nella guerra nell'Ucraina orientale.
 È stato arrestato per la prima volta il 16 luglio 2021, durante perquisizioni di massa di giornalisti indipendenti, con l'accusa di "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico o di avervi partecipato attivamente". Il suo appartamento è stato perquisito, la sua attrezzatura e i suoi libri sono stati sequestrati, ed è stato poi trasferito in un centro di detenzione temporanea. È stato rilasciato il 26 luglio.
 Nell'ottobre 2024, si diffuse la notizia del suo secondo arresto . I canali Telegram filogovernativi pubblicarono una foto di Igor in manette e un video in cui affermava di essere perseguitato per un'intervista rilasciata a organi di stampa considerati "estremisti" in Bielorussia. Poco prima del suo arresto, in un commento al canale televisivo Dozhd, osservò che "Putin ha intrapreso una brusca escalation e sta conducendo il Paese verso una guerra totale", mentre Lukashenko, a suo avviso, "molto probabilmente non vuole parteciparvi direttamente, ma è costretto a subire crescenti pressioni da parte del Cremlino".
 Nel febbraio 2025, Igor fu accusato di "screditare la Bielorussia" e di "favorire attività estremiste". Il processo iniziò il 21 febbraio a Minsk. Il tribunale respinse la richiesta di una perizia indipendente e il 5 settembre dello stesso anno il giornalista fu dichiarato colpevole e condannato al carcere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.09.2025: 4 anni di reclusione in una colonia del regime generale. Appello 05.11.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-07-20 20:49:54</t>
   </si>
   <si>
-    <t>Anton Vasilevich Lisichkin</t>
-[...31 lines deleted...]
-  <si>
     <t>Daria Alekseevna Puchyla</t>
   </si>
   <si>
     <t>18 luglio 1998</t>
   </si>
   <si>
     <t>Darya Puchilo si è laureata presso la Facoltà di Giurisprudenza dell'Università dell'Innovazione di Minsk nel 2019. Durante gli studi universitari, ha partecipato alle Olimpiadi legali studentesche.
 Daria Puchylo è una fotografa. A gennaio e febbraio 2024, Daria era alla ricerca di lavoro come web designer. Su un sito web, ha pubblicato un post in cui affermava di essere una principiante, di cercare lavoro a Varsavia, di essere disposta a trasferirsi e di valutare qualsiasi offerta.
 Daria ha pubblicato il suo ultimo post su Instagram nel dicembre 2024. Il suo ultimo post su VKontakte risale al 7 febbraio 2025, il giorno in cui sono iniziati gli arresti nel caso Gayun.</t>
   </si>
   <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: il verdetto è stato confermato.</t>
+  </si>
+  <si>
     <t>2025-11-07 18:09:13</t>
   </si>
   <si>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 luglio 1999</t>
+  </si>
+  <si>
+    <t>Anton ha 25 anni. Dai social network del ragazzo risulta che si è diplomato nel 2016 e ha prestato servizio nell'esercito nel 2019.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.08.2024: sconosciuto. Appello 08.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 luglio 1990</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato il 4 novembre 2020 a Minsk insieme ai batteristi. Durante il suo arresto è stato picchiato e poi condannato a 15 giorni di arresto amministrativo. Successivamente è stato accusato di essersi preparato a partecipare a “rivolte di massa” e di aver partecipato a proteste. Anche la sua auto è stata sequestrata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.05.2021: 6 anni di reclusione in una colonia del regime potenziato, 161900 rubli di risarcimento. Appello 13.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
     <t>Valentin Ivanovich Tolkach</t>
   </si>
   <si>
     <t>19 luglio 1996</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 10.10.2025: 3 anni di reclusione in una colonia del regime potenziato.</t>
+    <t>Valentin si è laureato presso la Facoltà di Giurisprudenza dell'Università statale bielorussa, dove ha studiato diritto commerciale, e ha poi conseguito un master presso l'Università Jagellonica di Cracovia, specializzandosi in Proprietà intellettuale e Nuove tecnologie.
+Ha iniziato la sua carriera presso il National Intellectual Property Center, dove ha rappresentato gli interessi dell'organizzazione presso la Corte Suprema. In seguito ha lavorato come avvocato presso l'azienda informatica Brightum, fornendo supporto legale a progetti fintech e startup di criptovalute.
+Dopo un po' di tempo, Valentin decise di cambiare radicalmente carriera . Nel suo profilo, scrisse di essere un videogiocatore da oltre 20 anni e di aver deciso di trasformare il suo hobby in una professione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.10.2025: 3 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-30 00:07:20</t>
   </si>
   <si>
     <t>Igor Yurievich Solovey</t>
   </si>
   <si>
     <t>19 luglio 1983</t>
   </si>
   <si>
     <t>Igor, un attivista del movimento For Freedom, è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.
 Nel gennaio 2022 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 26.01.2022: 2 anni di regime carcerario.</t>
+    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 26.01.2022: 2 anni di regime carcerario. Tribunale per il cambio di regime data sconosciuta: regime carcerario fino alla fine della pena.</t>
   </si>
   <si>
     <t>2021-02-27 01:41:03</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-04-30 23:23:41</t>
   </si>
   <si>
     <t>Elena Nikolaevna Lazarchik</t>
   </si>
   <si>
     <t>19 luglio 1974</t>
   </si>
   <si>
     <t>L'attivista della "Bielorussia europea" è stato arrestato il 30 dicembre 2021 nell'ambito di un procedimento penale per azioni di gruppo che violano gravemente l'ordine pubblico.
 Il 7 gennaio 2022 la donna è stata trasferita in un centro di custodia cautelare.
 Elena ha un figlio piccolo.
 Nel gennaio 2023, Elena è stata trasferita alla colonia femminile n. 4 di Gomel. Per molto tempo, un avvocato non è riuscito ad avere accesso al prigioniero politico; venne messa in una cella di punizione.
 Nell'ottobre 2023 si è saputo che il trasferimento di Elena effettuato ad agosto non era stato accettato. Ciò indica molto probabilmente che le sono state tolte le trasmissioni. L'ultima lettera di Elena è arrivata all'inizio di settembre e da allora non ne abbiamo più avute. Da quando Lazarchik è stata trasferita nella colonia, non ha mai ricevuto il permesso dall’amministrazione dell’istituto di incontrare un avvocato. Non si sa cosa stia succedendo adesso a Elena né in quali condizioni si trovi. Elena ha problemi ai denti nella colonia e ha perso peso.
 A metà novembre 2023, gli attivisti per i diritti umani hanno appreso che Elena era stata nuovamente posta in isolamento.
 Secondo la testimonianza dell'ex prigioniera politica, Elena ha trascorso più di 90 giorni in una cella di punizione e più di 60 giorni in un PKT .
 Nella primavera del 2025, Elena è stata condannata ai sensi della Parte 2 dell'Articolo 411 del Codice penale (disobbedienza dolosa alle richieste legali dell'amministrazione della colonia) e condannata a un altro anno e mezzo di carcere, oltre agli otto anni di reclusione. Non si sa quando sia stato emesso il verdetto. È noto che al processo Elena ha rifiutato i servizi di un avvocato.</t>
   </si>
   <si>
     <t>Penal colony No. 24. 247526, vulica Vytvorčaja, 44, Zarečča, Rečyca district, Homieĺ region</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.09.2022: 8 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
+    <t>Sergey Dmitrievich Zhigalev</t>
+  </si>
+  <si>
+    <t>19 luglio 2005</t>
+  </si>
+  <si>
+    <t>Sergei fu arrestato proprio al college durante le lezioni alla fine di dicembre 2023. Un film filogovernativo (aprile 2024) riportava che sei adolescenti si sarebbero uniti in una "cellula anarchica chiamata 'Usignoli neri'", creata "sotto la guida dell'Esercito di liberazione nazionale dell'Ucraina" dalla cittadina ucraina sedicenne Maria Misiuk.
+Il personale dell'ONT sostiene che gli adolescenti si siano uniti per compiere atti di sabotaggio, a seguito di una soffiata, in Bielorussia e poi in Russia. Maria è accusata ai sensi della Parte 2 dell'Articolo 289 del Codice Penale (atto di terrorismo). Secondo il rapporto, la sedicenne Maria Misyuk si è trasferita con la famiglia dall'Ucraina in Bielorussia nel 2022, dove ha creato una "cellula anarchica per preparare attacchi terroristici". Tra gli arrestati ci sono studenti universitari di Baranovichi, Nesvizh, Mir, Minsk e Luninets. Si tratta di Trofim Borisov, Sergey Zhigalyov , Dmitry Zakhoroshko, Anastasia Klimenko e Alexandra Pulinovich. Secondo il personale dell'ONT, i giovani si sono riuniti in un appartamento di Baranovichi per prepararsi alla loro prima azione importante: assemblare esplosivi e far saltare in aria la stazione di polizia o l'ufficio del procuratore di Baranovichi. Le accuse contro i restanti cinque partecipanti sono sconosciute, così come il loro status e la loro ubicazione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.10.2025: 12 anni di reclusione in una colonia del regime potenziato. Appello 06.02.2026: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-30 23:23:41</t>
+  </si>
+  <si>
+    <t>Alexey Leonidovich Shpakovsky</t>
+  </si>
+  <si>
+    <t>20 luglio 1996</t>
+  </si>
+  <si>
+    <t>A giudicare dall'articolo, Alexey è sotto processo per le proteste avvenute dopo le elezioni del 9 agosto 2020 a Pinsk.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 11.03.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-28 23:26:50</t>
+  </si>
+  <si>
     <t>Svetlana Olegovna Metelskaya</t>
   </si>
   <si>
     <t>20 luglio 1982</t>
   </si>
   <si>
     <t>2024-11-20 16:54:12</t>
   </si>
   <si>
-    <t>Alexey Leonidovich Shpakovsky</t>
-[...11 lines deleted...]
-    <t>2024-11-28 23:26:50</t>
+    <t>Victor Yurievich Nikiforov</t>
+  </si>
+  <si>
+    <t>20 luglio 1980</t>
+  </si>
+  <si>
+    <t>Il 6 febbraio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.12.2023: 5 anni di reclusione in una colonia del regime generale. Appello 06.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
   </si>
   <si>
     <t>Victor Adamovich Snegur</t>
   </si>
   <si>
     <t>20 luglio 1988</t>
   </si>
   <si>
-    <t>Viktor è stato arrestato il 4 gennaio 2020 nell'ambito del caso penale "Autukhovich" e accusato di aver partecipato a un'"organizzazione terroristica" coinvolta in attacchi incendiari contro proprietà della polizia. È stato condannato per "partecipazione a un'organizzazione criminale", "tentativo di presa del potere", "azioni illegali relative alle armi da fuoco" e "movimento illegale di armi da fuoco attraverso la frontiera doganale".
-[...1 lines deleted...]
-Il 3 luglio 2025 venne esaminato il ricorso di Victor .</t>
+    <t>Viktor è stato arrestato il 4 gennaio 2020 nell'ambito del "caso Avtukhovich" e accusato di aver partecipato a un'"organizzazione terroristica" coinvolta in attacchi incendiari contro proprietà della polizia. È stato condannato per "partecipazione a un'organizzazione criminale", "tentativo di presa del potere", "azioni illegali con armi da fuoco" e "trasporto illegale di armi da fuoco attraverso la frontiera doganale".
+Nel 2024, Viktor fu nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione penitenziaria". Dal febbraio 2025 fu detenuto in una struttura di tipo cella (PKT) e, nel maggio dello stesso anno, fu annunciata una nuova condanna ai sensi dello stesso articolo, spesso utilizzato contro i detenuti che si rifiutavano di collaborare con l'amministrazione. Di conseguenza, la sua pena detentiva complessiva fu di 22 anni e 6 mesi.
+Il 3 luglio 2025 venne esaminato il ricorso di Victor .
+Nel dicembre 2025, Viktor fu molto probabilmente condannato nuovamente ai sensi dell'articolo 411.</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso. Appello 11.10.2024: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime rigoroso. Appello 01.07.2025: il verdetto è stato confermato.</t>
+    <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso. Appello 11.10.2024: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime rigoroso. Appello 01.07.2025: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
-    <t>Victor Yurievich Nikiforov</t>
-[...11 lines deleted...]
-    <t>2024-02-02 14:35:39</t>
+    <t>Eduard Ashotovich Koshetsyan</t>
+  </si>
+  <si>
+    <t>21 luglio 1991</t>
+  </si>
+  <si>
+    <t>Residente a Minsk con radici armene , cittadino della Federazione Russa . È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale. Durante il suo arresto è stato duramente picchiato.
+Specialità: chirurgo maxillo-facciale.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-12 22:35:54</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Shumilov</t>
+  </si>
+  <si>
+    <t>21 luglio 1986</t>
+  </si>
+  <si>
+    <t>Attivista di Baranovichi. Igor ha una disabilità del 3 ° gruppo, perché. 10 anni fa ha avuto un incidente e gli è stata amputata una gamba. È stato arrestato il 23 febbraio 2023, condannato a 15 giorni, quindi trasferito in un centro di custodia cautelare ai sensi di un articolo penale.
+Secondo l'indagine, in diversi periodi di tempo dal 1 maggio 2020 al 23 maggio 2022, Shumilov ha pubblicato quattro post su Odnoklassniki con immagini satiriche, in cui l'indagine considerava insulti a Lukashenka e funzionari governativi, oltre a calunniare Lukashenka. È noto che su una delle immagini Lukashenka, insieme alle persone elencate, è raffigurato come prigionieri che sono tenuti in una cella di prigione... Al processo, Igor ha ammesso pienamente la sua colpevolezza. Ha spiegato che le pubblicazioni sulla sua pagina sono apparse solo dopo aver "apprezzato" questi post. Lui stesso in quel momento non capiva che questi disegni potessero essere considerati un insulto.</t>
+  </si>
+  <si>
+    <t>4,5 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
   </si>
   <si>
     <t>Evgeny Mikhailovich Yushkevich</t>
   </si>
   <si>
     <t>21 luglio 1989</t>
   </si>
   <si>
     <t>Evgeny, ex investigatore del Comitato investigativo e ideatore del progetto bychange.me, è stato arrestato per la prima volta la sera del 24 novembre 2020 a Minsk nell'ambito di un procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico o partecipazione attiva a esse". È stato rilasciato 10 giorni dopo, ma è stato nuovamente arrestato nell'aprile 2021 e in seguito condannato per sei capi d'imputazione penali, tra cui "organizzazione di rivolte di massa" nel 2020, "incitamento all'odio sociale" in interviste e testi sui social network e "minacce di violenza" contro il capo del centro di detenzione temporanea di Okrestina tramite tweet.
 Secondo la Procura generale, Yevgeny era “un partecipante attivo alla chat di Telegram ‘KHATA’, le cui attività sono volte a organizzare crimini di natura estremista”. Il processo si è svolto a porte chiuse ed Evgeny ha firmato un accordo di non divulgazione riguardante i materiali del caso.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.12.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 10.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-04-19 23:04:33</t>
-  </si>
-[...48 lines deleted...]
-    <t>2024-07-08 23:36:11</t>
   </si>
   <si>
     <t>Andrey Vasilievich Doroshko</t>
   </si>
   <si>
     <t>22 luglio 1970</t>
   </si>
   <si>
     <t>Tenente colonnello, ex vice capo del dipartimento degli affari interni della città di Zhodino per il lavoro ideologico e il sostegno del personale.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia. Doroshko chiede agli agenti di polizia di trattare le persone nello stesso modo in cui tratterebbero i loro cari. "Non creare panico inutile in città, viviamo qui e alleviamo figli, dovremmo vergognarci del nostro comportamento in città", dice Andrey nel video.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Khlystov</t>
+    <t>Vladimir Olegovich Sitkovich</t>
   </si>
   <si>
     <t>23 luglio 1967</t>
-  </si>
-[...11 lines deleted...]
-    <t>Vladimir Olegovich Sitkovich</t>
   </si>
   <si>
     <t>Vladimir Sitkovich ha 57 anni. Viene dal piccolo villaggio di Pushcha, distretto di Sharkovshchinsky, regione di Vitebsk. Nel 1991 si è laureato all'Università statale di Polotsk. Per molto tempo, Vladimir ha lavorato e vissuto a Vitebsk e negli ultimi anni ha diretto il locale caldaia dell'impianto di estrazione del petrolio di Vitebsk.
 Vladimir è un motociclista, ha partecipato a gare motociclistiche locali.
 Nel 2016, 2018 e 2019 è stato osservatore alle elezioni locali e parlamentari. Le altre attività politiche di Vladimir sono sconosciute; anche i social network dell’uomo sono neutrali.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.10.2024: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
+    <t>Sergey Ivanovich Khlystov</t>
+  </si>
+  <si>
+    <t>Avvocato dell'Ordine degli Avvocati Regionali di Gomel. È stato arrestato insieme a due colleghi, tra cui il responsabile della consulenza legale. Successivamente, i due avvocati sono stati rilasciati, ma il responsabile della consulenza legale è stato licenziato dal suo incarico. È stato inoltre avviato un procedimento penale contro Sergei Khlystov.
+La sostanza delle accuse e la sentenza pronunciata sono sconosciute. Si sa solo che Sergej Khlystov è stato privato della libertà.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
+    <t>Sergei Evgenievich Zakharenko</t>
+  </si>
+  <si>
+    <t>24 luglio 1980</t>
+  </si>
+  <si>
+    <t>Imprenditore individuale. L'essenza dell'accusa è ancora sconosciuta.
+Il 17 gennaio 2023 l'appello è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.10.2022: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 17.01.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2022-10-13 20:47:32</t>
+  </si>
+  <si>
     <t>Sergey Sergeevich Shelest</t>
   </si>
   <si>
     <t>24 luglio 1992</t>
   </si>
   <si>
     <t>Ex operatore dell'officina Ammonia-3. Secondo le informazioni preliminari, è stato arrestato ai sensi degli articoli 356 e 357 del codice penale della Repubblica di Bielorussia (“tradimento dello Stato” e “cospirazione o altre azioni commesse con l'obiettivo di prendere il potere statale”).
 Nell'autunno del 2024 si è svolto un processo contro il prigioniero politico per sostituire il regime di detenzione con quello carcerario .</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
-    <t>Sergei Evgenievich Zakharenko</t>
-[...14 lines deleted...]
-  <si>
     <t>Alexey Vitalievich Gorin</t>
   </si>
   <si>
     <t>26 luglio 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.01.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
   </si>
   <si>
+    <t>Vladimir Vladimirovich Ivashkevich</t>
+  </si>
+  <si>
+    <t>27 luglio 1988</t>
+  </si>
+  <si>
+    <t>Vladimir è stato condannato nell'estate del 2024 per "Oltraggio a un funzionario governativo" e condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.06.2024: 2 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:03:38</t>
+  </si>
+  <si>
     <t>Vladislav Gennadievich Gorsky</t>
   </si>
   <si>
     <t>27 luglio 2005</t>
   </si>
   <si>
     <t>Open correctional facility No. 48. 213765, Asipovičy, vulica Sumchanki 38</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.09.2025: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-10-07 15:49:21</t>
   </si>
   <si>
     <t>Alexander Nikolaevich Rudkovsky</t>
   </si>
   <si>
     <t>27 luglio 1986</t>
   </si>
   <si>
     <t>Sentenza del tribunale 10.10.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-07 20:49:33</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Ivashkevich</t>
-[...26 lines deleted...]
-    <t>2021-02-26 22:22:11</t>
+    <t>Julia Nikolaevna Sharonova</t>
+  </si>
+  <si>
+    <t>27 luglio 2004</t>
+  </si>
+  <si>
+    <t>Secondo l'accusa , dal 10 all'11 agosto 2020, in quel momento sulla carreggiata si trovavano i minorenni Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, nonché Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev di Masherov Avenue, Cosmonauts Boulevards e Shevchenko, st. Sovietici a Brest, “ hanno gridato slogan, mostrato tele bianco-rosse-bianche, violando gravemente l’ordine pubblico, impedendo deliberatamente la circolazione dei veicoli e il normale funzionamento delle imprese e delle organizzazioni”.
+All'udienza in tribunale, tutti hanno ammesso pienamente la propria colpevolezza.
+È stato riferito che Yulia Sharanova ha partecipato alle proteste quando aveva 16 anni. È anche noto che Maxim Sobolev, Gleb Klimovich, Yulia Sharanova sono stati condannati, anche con l'accusa di "narcotici".
+Yulia Sharanova è stata condannata a un anno e mezzo di prigione per aver partecipato alla protesta di agosto. Ma a causa del fatto che è stata condannata ai sensi della parte 4 dell'art. 328 del codice penale, è stata infine condannata a 13 anni di reclusione in regime generale con una multa di 3.700 rubli.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 13 anni di reclusione in una colonia del regime generale. Appello 23.07.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:06:37</t>
+  </si>
+  <si>
+    <t>Sergey Sergeevich Tikhonov</t>
+  </si>
+  <si>
+    <t>28 luglio 1992</t>
+  </si>
+  <si>
+    <t>Viene dalla città di Slavgorod, nella regione di Mogilev. Dopo la scuola, ha prestato servizio nell'esercito e si è diplomato al liceo professionale n. 3 con una laurea in Supporto tecnico per la produzione agricola. Ho lavorato nell'edilizia per tutta la vita.
+Il residente di Mogilev rischia da dieci a venti anni di prigione. Non si conoscono la data dell'arresto e la natura delle accuse.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.10.2024: 11 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:20:00</t>
   </si>
   <si>
     <t>Vasily Nikolaevich Grachykha</t>
   </si>
   <si>
     <t>28 luglio 1981</t>
   </si>
   <si>
     <t>Ex soldato del reggimento Kalinovsky. La notizia del suo arresto è stata trasmessa dal telegiornale della televisione di stato "Belarus 1" il 5 maggio 2025.
 Secondo le informazioni provenienti dai social network, si è laureato presso l'Accademia statale agricola bielorussa (BSAA). La sua specializzazione è la rilevazione catastale e il diritto fondiario.
 Prestò servizio nella 38a brigata di difesa motorizzata separata della Bielorussia, un'unità paracadutisti a Brest, un tempo guidata da Valery Sakhashchik. Una foto pubblicata sui social network mostra che nell'appartamento di Grechikha era appeso un gagliardetto della brigata.
 Secondo l'ufficio stampa del reggimento Kalinovsky, Vasily si unì a loro nel maggio 2022, ma lasciò l'unità nel giugno dello stesso anno su sua richiesta.
 Secondo il video, l'uomo sarebbe stato arrestato in una zona paludosa fuori città da diversi agenti del KGB armati di mitragliatrici. L'uomo è stato trasportato in elicottero. Durante il trasporto, aveva un sacco nero in testa e le sue mani erano legate davanti con una fascetta di plastica.
 Come riportato nel video, Vasily è nato il 28 luglio 1981. Nel febbraio 2022 è partito per la Polonia per guadagnare denaro e tre mesi dopo si è arruolato nel reggimento Kalinowski. L'addestramento ha avuto luogo a Kiev. Le circostanze del suo arresto sono sconosciute.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Tikhonov</t>
-[...14 lines deleted...]
-  <si>
     <t>Sergei Mikhailovich Gribovich</t>
   </si>
   <si>
     <t>28 luglio 1969</t>
   </si>
   <si>
     <t>Sarebbe stato arrestato per essersi registrato come volontario nel marzo 2022, la detenzione è stata resa nota il 14 marzo dai canali TG filogovernativi.</t>
   </si>
   <si>
     <t>4,5 anni di reclusione in una colonia in condizioni di regime generale.</t>
   </si>
   <si>
     <t>2022-03-15 02:10:15</t>
   </si>
   <si>
-    <t>Olga Ivanovna Solomenik</t>
-[...11 lines deleted...]
-    <t>2022-11-04 17:54:31</t>
+    <t>Kirill Alexandrovich Kazei</t>
+  </si>
+  <si>
+    <t>28 luglio 1983</t>
+  </si>
+  <si>
+    <t>Kirill è stato arrestato il 28 ottobre 2020 ed è stato sottoposto a maltrattamenti, minacce e bullismo da parte delle forze dell’ordine. Successivamente è stato condannato per diverse accuse penali, incluso il possesso illegale di munizioni, che sarebbero state piazzate nella sua auto dopo il suo arresto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.03.2021: 7 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:22:11</t>
+  </si>
+  <si>
+    <t>Vasily Nikolaevich Hrechykha</t>
+  </si>
+  <si>
+    <t>28 luglio 1985</t>
+  </si>
+  <si>
+    <t>Ex soldato del reggimento Kalinovsky. Il suo arresto è stato annunciato in un telegiornale trasmesso dalla televisione di stato Bielorussia 1 il 5 maggio 2025.
+Secondo quanto riportato sui social media, si è laureato presso l'Accademia Statale di Agricoltura della Bielorussia (BSAA), dove ha studiato presso il dipartimento di gestione del territorio. La sua specializzazione è la topografia catastale e il diritto fondiario.
+Ha prestato servizio nella 38ª Brigata di Difesa Motorizzata Separata della Bielorussia, un'unità di paracadutisti a Brest, un tempo comandata da Valery Sakhashchik. Una foto sui social media mostra il gagliardetto della brigata appeso nell'appartamento di Grechikha.
+Secondo l'ufficio stampa del reggimento Kalinovsky, Vasily si unì a loro nel maggio 2022, ma lasciò l'unità nel giugno dello stesso anno su sua richiesta.
+Secondo il video, è stato fermato da qualche parte in una zona paludosa fuori città da diversi agenti del KGB armati di mitragliatrici. È stato trasportato in elicottero. Durante il trasferimento, aveva un sacco nero in testa e le mani erano legate davanti a lui con una fascetta di plastica. Kalinovets è stato trasportato in elicottero all'aeroporto.
+Secondo il video, Vasily è nato il 28 luglio 1981. Nel febbraio 2022 è partito per la Polonia per lavorare e tre mesi dopo si è arruolato nel Reggimento Kalinovsky. Ha seguito un addestramento a Kiev. Le circostanze del suo arresto sono sconosciute.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
   </si>
   <si>
     <t>Dmitry Nikolaevich Dubovsky</t>
   </si>
   <si>
     <t>29 luglio 1986</t>
   </si>
   <si>
     <t>Un attivista del movimento anarchico è stato arrestato mentre attraversava il confine con la Bielorussia nella notte tra il 28 e il 29 ottobre 2020 ed è stato accusato di “incendio doloso” e “terrorismo”.
 Nel settembre 2022 è stato aperto un nuovo procedimento penale contro Dmitry ed è stato condannato a cinque anni di prigione. Tenuto conto della sentenza precedente, è stato infine condannato a 20 anni in una colonia di massima sicurezza.
 Nell’agosto 2023, Dmitrij è stato trasferito in regime carcerario per “violazione delle regole dell’ordine”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2021: 18 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 25.11.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello 07.02.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 28.07.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:38:30</t>
   </si>
   <si>
+    <t>Olga Ivanovna Solomenik</t>
+  </si>
+  <si>
+    <t>29 luglio 1967</t>
+  </si>
+  <si>
+    <t>Detenuto nel caso di A. Khralovich . Non si conoscono i dettagli del caso, poiché il processo si è svolto a porte chiuse, e infatti il procedimento penale è classificato. I dettagli della detenzione del condannato sono noti dal film di propaganda "Operazione del KGB "Mankurt"", mostrato da ONT nel 2021. È noto che Olga è stata trattenuta per un anno nel centro di custodia cautelare del KGB, dove ha fatto uno sciopero della fame. Quindi è stata trasferita a SIZO-1. “Era completamente dai capelli grigi. Ha fatto uno sciopero della fame per molto tempo - è stata persino nutrita attraverso le vene delle sue braccia, quindi erano gonfie come ceppi di legno. Ha iniziato a scontare la pena.</t>
+  </si>
+  <si>
+    <t>7,5 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:54:31</t>
+  </si>
+  <si>
+    <t>Ruslan Andreevich Prokhorenko</t>
+  </si>
+  <si>
+    <t>29 luglio 1972</t>
+  </si>
+  <si>
+    <t>È coinvolto in un caso di tradimento insieme alla famiglia Prokhorov di Grabovka.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 10 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
     <t>Andrey Vladislavovich Grigoriev</t>
   </si>
   <si>
     <t>29 luglio 1994</t>
   </si>
   <si>
     <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
 Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.
 Andrey ha 29 anni, nato a Minsk. Si è laureato al liceo e alla facoltà di medicina della capitale. Prima del suo arresto lavorava ufficiosamente come odontotecnico in un centro odontoiatrico privato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
-    <t>Ruslan Andreevich Prokhorenko</t>
-[...14 lines deleted...]
-  <si>
     <t>Vyacheslav Vitalievich Semenov</t>
   </si>
   <si>
     <t>29 luglio 2005</t>
   </si>
   <si>
     <t>2025-09-14 23:56:38</t>
   </si>
   <si>
     <t>Alexander Fedorovich Bindei</t>
   </si>
   <si>
     <t>29 luglio 1966</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.11.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 28.02.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
+    <t>Valery Stepanovich Mefodienko</t>
+  </si>
+  <si>
+    <t>30 luglio 1976</t>
+  </si>
+  <si>
+    <t>Come imprenditore individuale, ha riparato e mantenuto le apparecchiature informatiche.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 22.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-10 22:56:59</t>
+  </si>
+  <si>
+    <t>Alexander Alexandrovich Syritsa</t>
+  </si>
+  <si>
+    <t>30 luglio 1985</t>
+  </si>
+  <si>
+    <t>Nell'aprile 2024 si è svolto un processo "Sulla modifica delle misure di sicurezza obbligatorie e del trattamento". In seguito, Alexander, a quanto pare, è stato inviato in una colonia. Sta scontando la pena nel carcere IK-1.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.05.2022: trattamento obbligatorio in un ospedale psichiatrico. Tribunale per il cambio di regime 29.04.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2022-06-21 17:42:22</t>
+  </si>
+  <si>
     <t>Andrey Yuryevich Besau</t>
   </si>
   <si>
     <t>30 luglio 1973</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2025-08-13 19:35:18</t>
   </si>
   <si>
-    <t>Alexander Alexandrovich Syritsa</t>
-[...13 lines deleted...]
-  <si>
     <t>Alexander Ivanovich Kalin</t>
   </si>
   <si>
     <t>30 luglio 1969</t>
   </si>
   <si>
     <t>È stato arrestato per aver partecipato alle proteste del 2020 e per aver criticato attivamente in pubblico le azioni illegali delle agenzie governative e del regime nel suo complesso. Successivamente, sua figlia e suo figlio sono stati arrestati per aver partecipato alle proteste; in seguito sono riusciti a viaggiare all'estero. Ad Alexander sono state detenute insieme anche altre tre persone , condannate alla fine di maggio per aver partecipato alle proteste.</t>
   </si>
   <si>
     <t>6,5 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2023-08-28 16:09:45</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-10-10 22:56:59</t>
   </si>
   <si>
     <t>Volha Valerievna Chukareva</t>
   </si>
   <si>
     <t>31 luglio 1975</t>
   </si>
   <si>
     <t>Fu condannata per diverse accuse politiche. Durante la custodia cautelare, fu colpita da un ictus dovuto allo stress, che la lasciò quasi completamente cieca. Nonostante ciò, Olga fu condannata a quattro anni di carcere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1869,51 +1873,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:I91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2004,2480 +2008,2466 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
         <v>43</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>45</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>50</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>51</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
         <v>54</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>55</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>56</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
       <c r="I10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
         <v>68</v>
       </c>
       <c r="I11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>70</v>
       </c>
       <c r="B12" t="s">
         <v>71</v>
       </c>
       <c r="C12" t="s">
         <v>72</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>73</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" t="s">
         <v>76</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>77</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>78</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
-[...5 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>83</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>84</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...5 lines deleted...]
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" t="s">
         <v>90</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>94</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>95</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
         <v>99</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>100</v>
       </c>
-      <c r="C17" t="s">
+      <c r="I17" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>106</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" t="s">
         <v>109</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>110</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" t="s">
         <v>111</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
         <v>114</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>115</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>117</v>
       </c>
       <c r="I20" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>119</v>
       </c>
       <c r="B21" t="s">
         <v>120</v>
       </c>
       <c r="C21" t="s">
         <v>121</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>133</v>
+        <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>134</v>
       </c>
       <c r="I23" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>136</v>
       </c>
       <c r="B24" t="s">
         <v>137</v>
       </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>27</v>
+        <v>139</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="I24" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B25" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>73</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I25" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B26" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C26" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I26" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B27" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C27" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B29" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C29" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>165</v>
+        <v>38</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="I30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B31" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I31" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B32" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="F32" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>183</v>
       </c>
       <c r="I32" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>185</v>
       </c>
       <c r="B33" t="s">
         <v>186</v>
       </c>
       <c r="C33" t="s">
         <v>187</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I33" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D34" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
       <c r="H34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E35" t="s">
-        <v>57</v>
+        <v>189</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I35" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I36" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B37" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I37" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
+      <c r="E38" t="s">
+        <v>27</v>
+      </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I38" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I39" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B40" t="s">
-        <v>221</v>
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>223</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
+      <c r="E40" t="s">
+        <v>224</v>
+      </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B41" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
+      <c r="H42" t="s">
+        <v>234</v>
+      </c>
       <c r="I42" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B43" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D43" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="I43" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B44" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
       <c r="H44" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I44" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B45" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
+      <c r="E45" t="s">
+        <v>21</v>
+      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="I45" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B46" t="s">
-        <v>247</v>
+        <v>250</v>
+      </c>
+      <c r="C46" t="s">
+        <v>251</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
+      <c r="E46" t="s">
+        <v>44</v>
+      </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="I46" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I47" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B48" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C48" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I48" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B49" t="s">
-        <v>260</v>
+        <v>264</v>
+      </c>
+      <c r="C49" t="s">
+        <v>265</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="I49" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B50" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C50" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="I50" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C51" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="I51" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B52" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>188</v>
+      </c>
+      <c r="E52" t="s">
+        <v>189</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="I52" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B53" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C53" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="I53" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B54" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C54" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>57</v>
+        <v>139</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="I54" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B55" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C55" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>290</v>
+        <v>21</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="I55" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B56" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C56" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D56" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>231</v>
+        <v>50</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>86</v>
+        <v>300</v>
       </c>
       <c r="I56" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B57" t="s">
-        <v>298</v>
+        <v>303</v>
+      </c>
+      <c r="C57" t="s">
+        <v>304</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E57" t="s">
-        <v>27</v>
+        <v>305</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="I57" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="B58" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="C58" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>73</v>
+        <v>233</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="I58" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="B59" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C59" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="I59" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B60" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="D60" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="E60" t="s">
-        <v>314</v>
+        <v>78</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
-      <c r="H60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I60" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B61" t="s">
-        <v>318</v>
+        <v>322</v>
+      </c>
+      <c r="C61" t="s">
+        <v>323</v>
       </c>
       <c r="D61" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
+      <c r="H61" t="s">
+        <v>324</v>
+      </c>
       <c r="I61" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B62" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C62" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
+      <c r="E62" t="s">
+        <v>329</v>
+      </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="I62" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B63" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="I63" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B64" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C64" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="I64" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="B65" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C65" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="I65" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B66" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C66" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="I66" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B67" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C67" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>290</v>
+        <v>128</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="I67" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B68" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C68" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
+      <c r="E68" t="s">
+        <v>224</v>
+      </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="I68" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B69" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C69" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="I69" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B70" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C70" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>231</v>
+        <v>27</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="I70" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B71" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
         <v>21</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="I71" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B72" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C72" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
-      <c r="E72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="I72" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B73" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>79</v>
+        <v>382</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="I73" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B74" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="I74" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B75" t="s">
-        <v>385</v>
+        <v>390</v>
+      </c>
+      <c r="C75" t="s">
+        <v>391</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="E75" t="s">
-        <v>386</v>
+        <v>189</v>
       </c>
       <c r="F75" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>96</v>
+        <v>242</v>
       </c>
       <c r="H75" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="I75" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B76" t="s">
-        <v>390</v>
+        <v>395</v>
+      </c>
+      <c r="C76" t="s">
+        <v>396</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="I76" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B77" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C77" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
+      <c r="E77" t="s">
+        <v>78</v>
+      </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="I77" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="B78" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="C78" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="I78" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B79" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C79" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="F79" t="s">
         <v>14</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="I79" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="B80" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C80" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>290</v>
+        <v>128</v>
       </c>
       <c r="F80" t="s">
         <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="I80" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="B81" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="C81" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="F81" t="s">
         <v>14</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="I81" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B82" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C82" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D82" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="E82" t="s">
-        <v>34</v>
+        <v>189</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="I82" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B83" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C83" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
-      <c r="E83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="I83" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B84" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C84" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="I84" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="B85" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>14</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>436</v>
+        <v>359</v>
       </c>
       <c r="I85" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B86" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
+      <c r="E86" t="s">
+        <v>139</v>
+      </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>364</v>
+        <v>443</v>
       </c>
       <c r="I86" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B87" t="s">
-        <v>442</v>
+        <v>446</v>
+      </c>
+      <c r="C87" t="s">
+        <v>447</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
-      <c r="E87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="I87" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B88" t="s">
-        <v>446</v>
+        <v>451</v>
+      </c>
+      <c r="C88" t="s">
+        <v>452</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="I88" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="B89" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>57</v>
+        <v>128</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="I89" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B90" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C90" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F90" t="s">
         <v>14</v>
       </c>
       <c r="G90" t="s">
         <v>15</v>
       </c>
       <c r="H90" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="I90" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="B91" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C91" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D91" t="s">
-        <v>12</v>
+        <v>188</v>
+      </c>
+      <c r="E91" t="s">
+        <v>189</v>
       </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="I91" t="s">
-        <v>463</v>
-[...27 lines deleted...]
-      <c r="I92" t="s">
         <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>