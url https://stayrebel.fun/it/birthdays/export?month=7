--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -12,212 +12,184 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
+  </si>
+  <si>
+    <t>Vital Vasilyevich Novikau</t>
+  </si>
+  <si>
+    <t>1 luglio 1983</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>2026-02-16 13:34:53</t>
   </si>
   <si>
     <t>Pavel Sergeevich Rezanovich</t>
   </si>
   <si>
     <t>1 luglio 1993</t>
   </si>
   <si>
     <t>Pavel, figlio di un prete ortodosso e impiegato del dipartimento di esecuzione forzata del distretto Leninsky della città di Brest, è stato arrestato il 1 dicembre 2020 insieme ai suoi genitori nell'ambito del criminale “caso Autukhovich”. Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Pavel è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo”, “tentato sequestro di potere” e “azioni illegali riguardanti le armi da fuoco”.
 Nell'ottobre 2023 è stato trasferito in regime carcerario.</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...1 lines deleted...]
-  <si>
     <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
-  </si>
-[...4 lines deleted...]
-    <t>Si</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 30.10.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
     <t>Alexey Borisovich Ivanisov</t>
   </si>
   <si>
     <t>1 luglio 1968</t>
   </si>
   <si>
     <t>Alexey, ex militare, specialista in comunicazioni e direttore di un'azienda che installa e ripara porte da garage e barriere elettriche, è stato arrestato nel settembre 2021 nell'ambito di un procedimento penale relativo all'iniziativa "Busly Lyatsyats". Alcune delle accuse riguardavano danni all'auto di un giudice distrettuale di Borisov. Di conseguenza, è stato condannato a una lunga pena detentiva e a una multa.
 Alexey ha tre figli, uno dei quali è minorenne.</t>
   </si>
   <si>
     <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.09.2022: 14 anni di reclusione in una colonia del regime potenziato, 500 unità di base di multa. Appello 28.02.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
     <t>Daniel Yurievich Garasim</t>
   </si>
   <si>
     <t>1 luglio 2005</t>
   </si>
   <si>
     <t>Secondo gli autori del film filogovernativo, Daniil Garasim, nato nel 2005, nel dicembre 2023, su indicazione del “curatore ucraino”, con il quale è stato stabilito un contatto in una chat estremista di Telegram, ha filmato la posizione della brigata missilistica di le Forze Armate della Bielorussia nella città di Osipovichi, nella regione di Mogilev. Ma è interessante notare che le forze di sicurezza hanno effettuato riprese operative fin dal primo compito, sorge la domanda da chi provenisse il compito;</t>
   </si>
   <si>
-    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 19.09.2024: 10 anni di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 03.12.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-04-30 00:32:30</t>
   </si>
   <si>
+    <t>Vitaly Alexandrovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 luglio 1993</t>
+  </si>
+  <si>
+    <t>Vitaly è stato arrestato e condannato per aver fermato un treno merci, aver messo strisce rosse sui pannelli luminosi pubblicitari, aver forato i pneumatici di un agente di polizia, aver dato fuoco al chiosco Tabakerka e maneggiato oggetti contenenti sostanze infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e la tortura di persone da parte delle forze di sicurezza.</t>
+  </si>
+  <si>
+    <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.06.2021: 7 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:27:10</t>
+  </si>
+  <si>
     <t>Arthur Igorevich Golubev</t>
   </si>
   <si>
     <t>3 luglio 1990</t>
   </si>
   <si>
     <t>Il 16 gennaio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
-  </si>
-[...53 lines deleted...]
-    <t>2021-02-26 23:04:31</t>
   </si>
   <si>
     <t>Sergey Anatolyievich Rezanovich</t>
   </si>
   <si>
     <t>4 luglio 1968</t>
   </si>
   <si>
     <t>Un prete ortodosso, rettore della chiesa di San Michele Arcangelo nella cittadina agricola di Stepanka, distretto di Zhabinka, regione di Brest, è stato arrestato il 1° dicembre 2020 insieme alla moglie e al figlio nell'ambito del caso criminale “Autukhovich. " Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. Sergei è stato condannato per “partecipazione a un’organizzazione criminale”, “atto di terrorismo” e “tentativo di prendere il potere”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 16 anni di reclusione in una colonia del regime potenziato, 600 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:42:21</t>
   </si>
   <si>
     <t>Eugene Aleksandrovich Malyugin</t>
   </si>
   <si>
     <t>5 luglio 1980</t>
   </si>
   <si>
     <t>Evgeny è stato condannato nella primavera del 2024 in un procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione attiva a tali azioni", e condannato alla libertà limitata con rinvio.</t>
   </si>
@@ -229,1341 +201,1342 @@
   </si>
   <si>
     <t>Sentenza del tribunale 21.05.2024: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello 07.08.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-07-30 20:25:36</t>
   </si>
   <si>
     <t>Yuri Alexandrovich Khrameev</t>
   </si>
   <si>
     <t>5 luglio 1990</t>
   </si>
   <si>
     <t>Nel 2016, Yuri ha conseguito la laurea in programmazione presso l'Università statale bielorussa di informatica e radioelettronica.
 Nel 2011 è entrato in XB Software come programmatore, per poi lavorare presso ActiveCloud. Nel 2014 è entrato a far parte della startup ActivePlatform, dove ha scalato i ranghi, passando da sviluppatore a business analyst e product manager.
 Fuori dal lavoro, Yuri ama viaggiare. Sui social media ha pubblicato foto di vacanze attive in montagna e di viaggi in diverse città.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.11.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-12-08 16:53:51</t>
   </si>
   <si>
-    <t>Pavel Vladimirovich Kharitonov</t>
-[...13 lines deleted...]
-  <si>
     <t>Dmitry Igorevich Khomenkov</t>
   </si>
   <si>
     <t>5 luglio 1989</t>
   </si>
   <si>
     <t>Residente a Gomel, 39 anni. Lui è un programmatore. L'ultimo lavoro di Khamenkov su Linkedin è elencato come Expert Software Development. Non voleva trasferirsi nel 2022.
 Secondo il filmato dell'ONT , Khamenkov è accusato di "finanziamento di attività estremiste". Ha effettuato trasferimenti in criptovaluta. Si dice che sia stato arrestato alla fine del 2024 e che, mentre era dietro le sbarre, sua nonna sia morta.</t>
   </si>
   <si>
     <t>SIZO-1 Novodvorsky s/s, 143/4, villaggio di Pashkovichi, distretto di Minsk, regione di Minsk 223016</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-04-03 17:39:10</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Bliznets</t>
-[...15 lines deleted...]
-    <t>2024-04-24 22:36:28</t>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 luglio 1978</t>
+  </si>
+  <si>
+    <t>Condannato per una donazione di 20 dollari a una delle iniziative, poi riconosciuta come “formazione estremista”. La donazione per aiutare le presunte vittime della repressione è stata effettuata nel 2021, quando l’iniziativa non era ancora riconosciuta come “gruppo estremista”. Ci sono state solo otto udienze sul caso; è stato esaminato per due mesi, da novembre a gennaio. Il 28 aprile 2023 la sentenza è entrata in vigore dopo la corte d'appello.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
+  </si>
+  <si>
+    <t>5 anni di reclusione in una colonia</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
   </si>
   <si>
     <t>Ivan Grigorievich Omrejcik</t>
   </si>
   <si>
     <t>6 luglio 2001</t>
   </si>
   <si>
     <t>Arrestato per aver partecipato a una protesta il 10 agosto 2020 a Brest.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.08.2024: 2 anni 3 mesi di reclusione in una colonia del regime generale. Appello 08.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
     <t>Ivan Yurievich Yasnikov</t>
   </si>
   <si>
     <t>6 luglio 1989</t>
   </si>
   <si>
     <t>È stato riferito che l'uomo è stato arrestato per gli eventi dell'agosto 2020, tuttavia, le forze di sicurezza hanno trovato fotografie di equipaggiamento militare sul suo telefono, che ha caricato il 23 febbraio sul canale Telegram Kalinkovichi for Life.</t>
   </si>
   <si>
     <t>sconosciuto</t>
   </si>
   <si>
     <t>2022-04-05 00:52:53</t>
-  </si>
-[...33 lines deleted...]
-    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Yanchuk</t>
   </si>
   <si>
     <t>7 luglio 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Ivan prima ha ricoperto la posizione di investigatore a Malorita, poi è stato trasferito come investigatore al Dipartimento degli affari interni del distretto di Kobryn. Aveva il grado di tenente.
 Secondo le informazioni del video GUBOPiK, si è dimesso dalle forze dell'ordine e ha iniziato a estrarre criptovalute. Secondo gli agenti della sicurezza, Ivan ha trasmesso informazioni sui suoi colleghi a vari canali di telegrammi.
 Il 28 novembre 2023 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.
 </t>
   </si>
   <si>
     <t>7 anni di reclusione in una colonia di massima sicurezza.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Korolev</t>
+  </si>
+  <si>
+    <t>7 luglio 1963</t>
+  </si>
+  <si>
+    <t>Il 30 maggio 2023 si è tenuta l'udienza di appello ed è entrata in vigore la sentenza.</t>
+  </si>
+  <si>
+    <t>1,5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Lubetski</t>
+  </si>
+  <si>
+    <t>7 luglio 1975</t>
+  </si>
+  <si>
+    <t>Andrei, chirurgo maxillo-facciale presso un ospedale pediatrico, è stato arrestato nel maggio 2021 dopo una perquisizione nell'ambito di un procedimento penale avviato ai sensi dell'articolo per "insulto al presidente". La moglie e i figli furono costretti a lasciare il Paese. Andrei è stato successivamente accusato di "partecipazione ad azioni di gruppo che violano gravemente l'ordine pubblico" e di "partecipazione a rivolte di massa".
+Nell'aprile 2022, Andrei è stato condannato per quattro capi d'imputazione penali per aver partecipato alle proteste avvenute a Minsk nel 2020 e per pubblicazioni sui social network classificate come insulti e incitamento all'odio.
+Nel giugno 2024 la sua pena è stata aumentata ed è stato trasferito in carcere fino al termine della pena.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 9. 213410, Horki, vulica Dabraliubava 16</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.04.2022: 5 anni di reclusione in una colonia del regime generale. Appello 21.06.2022: il verdetto è stato confermato. Tribunale per il cambio di regime 26.06.2024: regime carcerario fino alla fine della pena. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime rigoroso.</t>
+  </si>
+  <si>
+    <t>2021-05-15 15:10:59</t>
+  </si>
+  <si>
+    <t>Ivan Leonidovich Folitar</t>
+  </si>
+  <si>
+    <t>8 luglio 1977</t>
+  </si>
+  <si>
+    <t>Ivan si è laureato presso l'Istituto Statale di Costruzione di Macchine di Minsk nel 1996. Per molti anni, Ivan si è occupato di organizzazione e conduzione di eventi ed è stato il fondatore dello studio "MiF" con sede a Minsk. Ha organizzato centinaia di matrimoni, lauree ed eventi aziendali. Era anche proprietario di un'attività fotografica privata, in fase di liquidazione dal 2018.
+In seguito, Ivan si dedicò all'agricoltura. Iniziò ad allevare pollame e a vendere carne di tacchino nel quartiere Komarovka di Minsk.
+Fa anche musica: compone e registra brani lui stesso, oltre a creare arrangiamenti e beat per altri musicisti. Ha partecipato al progetto musicale "White and Quarantine".</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.10.2025: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-11 11:27:00</t>
   </si>
   <si>
     <t>Oleg Anatolevich Konovalov (Shutov)</t>
   </si>
   <si>
     <t>8 luglio 1995</t>
   </si>
   <si>
     <t>Oleg, il proprietario del canale YouTube "Terza Regione Bielorussia", è stato arrestato nel gennaio 2022, al suo ritorno in Bielorussia per le vacanze di Capodanno.
 Oleg è stato accusato di aver de-anonimizzato funzionari della sicurezza e, mentre era all'estero, di aver continuato a "pubblicare informazioni anti-statali sui social media e a promuovere la resistenza contro i funzionari governativi". Sul suo canale, ha pubblicato video di proteste di solidarietà con la Bielorussia a Kiev, dove viveva dal 2020. È stato anche accusato di aver rilasciato "commenti cinici" sul defunto agente del KGB Dmitry Fedosyuk.
 Nel settembre 2022 è stato condannato ai sensi di diversi articoli del Codice penale, tra cui "incitamento all'odio o alla discordia razziale, nazionale, religiosa o di altro tipo". Il tribunale lo ha condannato alla reclusione in una colonia penale di massima sicurezza e gli ha imposto un ingente risarcimento.
 Nel luglio 2023, Oleg fu nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione penitenziaria", un'accusa spesso applicata ai prigionieri politici che si rifiutano di collaborare con l'amministrazione penitenziaria. Nel settembre dello stesso anno, fu reso noto il suo trasferimento in regime carcerario.
 È stato rivelato che Oleg avrebbe dovuto affrontare un'altra udienza in tribunale nella prima metà dell'estate del 2025 con la stessa accusa di "insubordinazione". L'udienza di appello era prevista per metà luglio.</t>
   </si>
   <si>
     <t>Penal colony No. 14. 222125, Minsk region, Barysaŭ district, s.n.p. Navasady, vulica Miru 1a</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.09.2022: 5 anni di reclusione in una colonia del regime potenziato, 5000 rubli di risarcimento, 100 unità di base di multa. Sentenza del tribunale 18.07.2023: 1 anno di reclusione in una colonia del regime potenziato. Appello 26.09.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Morozov</t>
-[...39 lines deleted...]
-  <si>
     <t>Evgeny Aleksandrovich Rubashko</t>
   </si>
   <si>
     <t>9 luglio 1989</t>
   </si>
   <si>
     <t>Evgeny è un attivista anarchico. È stato arrestato il 29 luglio 2021 a Minsk. Il suo appartamento è stato perquisito e lui è stato picchiato durante l'arresto. Per accedere al suo telefono e al suo computer, gli hanno messo un sacchetto sulla testa.
 Durante il suo trasferimento al centro di detenzione preventiva, tutti i suoi libri sono stati confiscati e lui è stato inserito in un registro preventivo come persona incline all'estremismo, il che comporta una nota nel suo fascicolo personale, un trattamento speciale e un lavoro aggiuntivo con uno psicologo.
 Evgeny è stato inizialmente accusato di "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico, o di avervi partecipato attivamente". Nel gennaio 2022, lui e altri imputati nel procedimento penale sono stati inoltre accusati di aver partecipato a un gruppo estremista per essersi iscritti al canale Telegram "Pramen". Al momento del suo arresto, il canale non era ancora stato aggiunto all'elenco dei gruppi estremisti; ciò è avvenuto solo nel novembre 2021.
 Nell'aprile 2022, Yevgeny è stato dichiarato colpevole e condannato alla reclusione in una colonia penale. Nell'aprile 2023, il suo regime di detenzione è stato inasprito ed è stato trasferito in un regime carcerario. Nell'ottobre 2025, il tribunale ha aggiunto un altro anno alla sua pena detentiva per "disobbedienza dolosa alle richieste dell'amministrazione".</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.04.2022: 5 anni di reclusione in una colonia del regime generale. Tribunale per il cambio di regime 19.04.2023: 3 anni di regime carcerario. Sentenza del tribunale 09.10.2025: 1 anno di reclusione in una colonia del regime rigoroso.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
     <t>Boris Mikhailovich Vitko</t>
   </si>
   <si>
     <t>9 luglio 1954</t>
   </si>
   <si>
     <t>Boris Vitko, 68 anni, è stato accusato di aver scritto un commento offensivo nei confronti del giudice Nikolai Kmita il 30 settembre 2021 sul canale Telegram Lyakhovichi 97.
 Sentenza della Corte 20/01/2023: 2 anni di restrizione della libertà senza direzione.
 Alla fine di maggio 2023 si è saputo che Boris era stato nuovamente arrestato. Lo riferisce il canale telegram filogovernativo. Gli agenti di polizia antisommossa con giubbotti antiproiettile e fucili da caccia hanno arrestato un uomo sul territorio di una casa privata. Nel video pubblicato, Boris afferma di essere stato arrestato con l'accusa di aver insultato Lukashenko (articolo 368 del codice penale). È stata effettuata una perquisizione nel luogo di residenza nel villaggio di Medvedichi, distretto di Lyakhovichi.
 Successivamente, gli attivisti per i diritti umani hanno appreso che per qualche tempo Boris Vitko è stato trattenuto nel centro di detenzione temporanea di Lyakhovichi, quindi trasferito nel centro di detenzione preventiva di Baranovichi. Ora si trova nel centro di custodia cautelare n. 7 di Brest in attesa del processo. Nel novembre 2023 Boris è stato aggiunto all'elenco dei terroristi. Il processo è iniziato all'inizio di gennaio 2024. Al primo processo, Boris Vitko è stato accusato di aver scritto un commento offensivo nei confronti del giudice Nikolai Kmita il 30 settembre 2021 sul canale telegram "Lyakhovichi 97". Sulla base della totalità delle sentenze, con l'aggiunta parziale della parte non scontata della pena, l'imputato finale Boris Vitko è stato condannato a una pena detentiva di sette anni e tre mesi, da scontare in una colonia correttiva in regime di massima sicurezza, con una multa allo Stato di 300 unità base per un importo di 12.000 rubli.
 Boris ha problemi cardiaci e deve assumere costantemente farmaci.</t>
   </si>
   <si>
     <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.01.2022: 2 anni di restrizione della libertà senza trasferimento in un istituto penitenziario aperto. Sentenza del tribunale 20.05.2024: 7 anni 3 mesi di reclusione in una colonia del regime potenziato, 300 unità di base di multa. Appello 06.08.2024: sconosciuto. Appello 02.09.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
+  </si>
+  <si>
+    <t>Sergey Grigorievich Juncic</t>
+  </si>
+  <si>
+    <t>10 luglio 1974</t>
+  </si>
+  <si>
+    <t>Sergei è stato arrestato per solidarietà con i repressi.
+Yunchits ha 50 anni, è nato nel villaggio di Podvosye, distretto di Zhitkovichi. Si occupa di affari dagli anni '90. Secondo il Mirror, fino al 2023 l'uomo ha gestito l'azienda di famiglia Unico-Dental, che fornisce materiali, strumenti e attrezzature odontoiatriche.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.10.2024: 5 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 10.01.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
+  </si>
+  <si>
+    <t>Tamaz Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>10 luglio 1994</t>
+  </si>
+  <si>
+    <t>Un tifoso del club MTZ-RIPO è stato arrestato il 26 settembre 2020 e condannato per aver partecipato alle proteste.
+Le guardie della Colonia n. 1 hanno ripetutamente punito Tomaz con la punizione e il trasferimento in una stanza tipo cella (PKT). In totale, l’antifascista ha ricevuto almeno nove sanzioni, anche per essersi rifiutato di “pulire i bagni”. Sulla base di ciò, contro di lui è stato aperto un nuovo procedimento penale ai sensi dell'articolo di "disobbedienza dolosa ai requisiti dell'amministrazione" e nel settembre 2024 è stato condannato a un ulteriore periodo di reclusione.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 20. 247755, Homieĺ region, Mazyr district, Michalkoŭski sieĺsaviet, 70</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.07.2021: 5 anni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 24.09.2021: il verdetto è stato confermato. Sentenza del tribunale 05.09.2024: 1 anno 6 mesi di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
   </si>
   <si>
     <t>Andrey Alexeyevich Burak</t>
   </si>
   <si>
     <t>10 luglio 1972</t>
   </si>
   <si>
     <t>Camionista. L'uomo è stato inizialmente accusato di teppismo (parte 3 dell'articolo 339 del codice penale) e di creazione di un gruppo estremista o partecipazione ad esso (parte 3 dell'articolo 361-1 del codice penale).
 Il tribunale della città di Minsk ha completato l'esame del procedimento penale il 29 febbraio 2024. Burako è stato giudicato colpevole e condannato alla reclusione per un periodo di cinque anni ai sensi della parte 3 dell'art. 361-1 CC. L'accusa di teppismo è stata ritirata.
 Secondo l'indagine , la sera dell'11 maggio 2023, sull'autostrada M-5 Minsk-Gomel vicino al villaggio di Yasen, vicino a Bobruisk, “il conducente di un veicolo DAF, passando davanti a un convoglio di trasporto militare fermo, ha fatto esplodere un dispositivo non identificato, costituito autonomamente da prodotti pirotecnici, lanciandolo verso il personale militare e attrezzature militari e poi tentando di nascondersi.
 Tuttavia, durante l'inseguimento, la sua macchina è stata bloccata dai militari e lui stesso è stato arrestato."
 È stato accertato che nell'abitacolo dell'auto erano affissi simboli "estremisti" e sul cellulare erano presenti diversi abbonamenti a canali radicali riconosciuti come estremisti, compreso il Piano "Vittoria".
 Il 12 aprile 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 8. 211388, Viciebskaja vobl., Orša, vul. Lienina, 195A</t>
   </si>
   <si>
     <t>5 anni di reclusione in una colonia alle condizioni del regime generale.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Tamaz Vazhevich Pipiya</t>
-[...33 lines deleted...]
-  <si>
     <t>Alexey Vladislavovich Isaev</t>
   </si>
   <si>
     <t>10 luglio 1978</t>
   </si>
   <si>
     <t>Open correctional facility No. 24. 230025, Grodno, Lidskaya str. 29 b</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 5 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-10-18 16:40:13</t>
+  </si>
+  <si>
+    <t>Igor Olegovych Zhuk</t>
+  </si>
+  <si>
+    <t>11 luglio 1989</t>
+  </si>
+  <si>
+    <t>Igor è stato accusato di aver lasciato un commento su YouTube rivolto a Lukashenko sotto il video "Bielorussia: Mobilitazione nascosta e introduzione di truppe dalla Russia | Ucraina, Lukashenko e NATO" del blogger russo Ilya Varlamov. Secondo il fascicolo, l'app di YouTube è stata trovata sul suo telefono, dove il post in questione è stato trovato nella sezione "Commenti". È rimasto in custodia in attesa della sentenza.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 55. 220021, Minsk, vulica Sacyjalistyčnaja, 7</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.11.2023: 2 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
   </si>
   <si>
     <t>Evgeniy Sergeevich Glushkov</t>
   </si>
   <si>
     <t>11 luglio 1990</t>
   </si>
   <si>
     <t>Si è saputo della detenzione di un residente del villaggio di Zyabrovka, distretto di Gomel, Yevgeny Glushkov. Secondo alcuni resoconti dei media, nella notte tra il 10 e l'11 agosto si è verificato un incidente all'aeroporto di Zyabrovka, di cui i media hanno scritto molto, quindi sono iniziati i controlli locali.
 Hanno trovato una vecchia foto dell'aeroporto sul telefono di Evgeny, che ha preso da un drone. E hanno anche trovato contatti di vari ucraini. Questo è stato sufficiente per fermarlo. Il ragazzo prima della detenzione lavorava come veterinario in una delle cliniche di Homel, ha solo caratteristiche positive da parte dei datori di lavoro. Prima dell'inizio dell'aggressione russa contro l'Ucraina, Evgeny ha vissuto a lungo all'estero. Negli ultimi anni - in Cina, dove ha studiato musica e ha programmato di restare. Ma a causa dell'epidemia di coronavirus, è rimasto senza fonti di reddito ed è stato costretto a tornare in patria.</t>
   </si>
   <si>
     <t>9 anni di reclusione con servizio in una colonia correzionale sotto regime rafforzato.</t>
   </si>
   <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
-    <t>Igor Olegovych Zhuk</t>
-[...16 lines deleted...]
-  <si>
     <t>Alexander Nikolaevich Yatsukevich</t>
   </si>
   <si>
     <t>11 luglio 1986</t>
   </si>
   <si>
     <t>Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.01.2024: 3 anni di reclusione in una colonia del regime generale. Appello 01.03.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-01-11 17:15:20</t>
   </si>
   <si>
-    <t>Dmitry Dmitrievich Mostovoy</t>
-[...25 lines deleted...]
-Secondo gli attivisti per i diritti umani, le viene tolto il diritto alle visite e le è consentito ricevere solo un piccolo pacco all'anno. Le lettere di Tatyana arrivano estremamente raramente. Inoltre, aveva problemi alla colonna vertebrale.</t>
+    <t>Volha Vaitsiakhovich</t>
+  </si>
+  <si>
+    <t>12 luglio 1974</t>
+  </si>
+  <si>
+    <t>Olga è stata arrestata nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo" e condannata nel giugno 2023 ai sensi di diversi articoli penali.
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un "gruppo criminale organizzato" ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi, presumibilmente preparando crimini estremisti. Tra loro c'erano militari radicali, funzionari della sicurezza, atleti e uomini d'affari che cercavano di prendere il potere illegalmente. Questo caso è legato al tentato incendio doloso della casa del deputato Oleg Gaidukevich nel giugno 2021 e all'“organizzazione di rivolte di massa”.</t>
   </si>
   <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 04.05.2021: 6 anni di reclusione in una colonia del regime generale. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: 2 anni di regime carcerario. Tribunale per il cambio di regime data sconosciuta: 1 anno di regime carcerario.</t>
-[...5 lines deleted...]
-    <t>Alexander Eduardovich Masevich</t>
+    <t>Sentenza del tribunale 21.06.2023: 11 anni di reclusione in una colonia del regime generale. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Artur Ryhoravich Tarasau</t>
+  </si>
+  <si>
+    <t>13 luglio 1987</t>
+  </si>
+  <si>
+    <t>Artur è stato arrestato nel maggio 2025, presumibilmente in relazione a un procedimento penale relativo al progetto di monitoraggio OSINT "Belarusian Gayun".
+Nel luglio 2025 nacque la seconda figlia di Arthur.</t>
+  </si>
+  <si>
+    <t>2025-05-11 15:43:26</t>
+  </si>
+  <si>
+    <t>Aliaksandr Eduardavich Masevich</t>
   </si>
   <si>
     <t>13 luglio 1989</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2022: 7 anni di reclusione in una colonia del regime potenziato. Appello 21.03.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Berezovets</t>
+  </si>
+  <si>
+    <t>13 luglio 1991</t>
+  </si>
+  <si>
+    <t>La coppia (Vyacheslav Berezovets e Tatyana Danilyuk) è stata messa in custodia perché il 10 agosto 2020 hanno preso parte alle proteste a Kobryn, la donna “ha mostrato gesti indecenti alla polizia” e suo marito “ha abbassato i pantaloni e ha mostrato i pantaloni nudi natiche."
+Allo stesso tempo, Vyacheslav è già stato condannato per l'episodio di "mostrare le natiche" alla polizia. Il processo si è svolto nel 2020, quando l'uomo è stato accusato di un illecito amministrativo per questo.
+La coppia ha ancora tre figli piccoli in libertà.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.03.2025: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Dmitry Sergeevich Neverkevich</t>
+  </si>
+  <si>
+    <t>13 luglio 1982</t>
+  </si>
+  <si>
+    <t>Dmitry, direttore di Europcar, partner di Uber a Minsk, è stato arrestato per la prima volta nel novembre 2020 ai sensi di un provvedimento amministrativo per aver partecipato alle proteste contro i risultati delle elezioni presidenziali. È stato arrestato per la seconda volta nell'agosto 2021 nell'ambito di un procedimento penale avviato ai sensi dell'articolo "atto di terrorismo".
+Secondo l'atto d'accusa, da luglio 2020 a gennaio 2022, un gruppo criminale organizzato ha operato in Bielorussia, Turchia, Polonia, Ucraina e altri paesi con l'obiettivo di commettere crimini estremisti. Il gruppo comprendeva individui dalle idee radicali, tra cui ex e attuali militari, funzionari della sicurezza, atleti e uomini d'affari, che cercavano di prendere il potere illegalmente".
+Il caso riguarda le accuse di tentato incendio doloso dell'abitazione del parlamentare Oleg Gaidukevich nel giugno 2021 e di "organizzazione di rivolte di massa".
+Dmitry è stato condannato per diversi capi d'imputazione penali, gli è stata inflitta una lunga pena detentiva e una multa, ed è stato inoltre privato del diritto di ricoprire posizioni legate a compiti organizzativi e amministrativi per cinque anni.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 21.06.2023: 11 anni di reclusione in una colonia del regime potenziato, privazione del diritto di ricoprire determinate posizioni o di impegnarsi in determinate attività, 3000 unità di base di multa. Appello 04.10.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Dmitry Sluk</t>
+  </si>
+  <si>
+    <t>13 luglio 1988</t>
+  </si>
+  <si>
+    <t>Residente a Bobruisk, 34 anni. Dopo 10 giorni nel centro di detenzione in via Akrestsin, è stato trasferito al centro di custodia cautelare n. 1.
+L'uomo è stato accusato di aver fatto donazioni a un'organizzazione riconosciuta come terroristica in Bielorussia. Rischia da 8 a 12 anni di carcere.
+Dmitry Sluk non ha presentato ricorso contro il verdetto ed è stato trasferito per scontare la pena in una delle colonie bielorusse.
+Il 24 giugno 2024, le condizioni di detenzione sono state inasprite, Dmitry è stato trasferito in regime carcerario.</t>
+  </si>
+  <si>
+    <t>8,5 anni di carcere</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 luglio 1996</t>
+  </si>
+  <si>
+    <t>È stato arrestato insieme a tutta la sua famiglia (madre, padre, sorella) con l'accusa di "tradimento". Apparentemente la sorella è stata successivamente rilasciata. Paolo ha 27 anni. È nato a Grabovka. Ha lavorato nel settore edile.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.
+La famiglia Prokhorov ha vissuto a lungo nel villaggio di Grabovka, nella regione di Gomel. Al momento del loro arresto, vivevano nel villaggio di Uza, nella regione di Gomel, dove si erano trasferiti due anni fa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 8 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Lyudmila Yurievna Chekina</t>
   </si>
   <si>
     <t>13 luglio 1973</t>
   </si>
   <si>
     <t>Lyudmila è l'ex CEO di TUT.BY. Lavora presso TUT.BY dal 2008: prima come consulente legale, poi come direttrice. Nel 2017 è diventata responsabile di Tut By Media.
 Nel maggio 2021 è stata arrestata nell'ambito di un procedimento penale avviato per evasione fiscale.
 Nell'ottobre 2022, il KGB ha aggiunto Lyudmila alla lista di coloro “coinvolti in attività terroristiche”. Successivamente è stata accusata anche di "incitamento all'odio" e di "invito ad agire contro la sicurezza nazionale".
 Il processo si è svolto a porte chiuse ed è durato più di due mesi: in totale si sono svolte 37 sessioni. Nel marzo 2023, Lyudmila è stata condannata a una lunga pena detentiva e a una pesante multa.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.03.2023: 12 anni di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 31.07.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Vyacheslav Alexandrovich Berezovets</t>
-[...82 lines deleted...]
-    <t>2025-05-11 15:43:26</t>
+    <t>Paul Andreevich Sologub</t>
+  </si>
+  <si>
+    <t>14 luglio 1989</t>
+  </si>
+  <si>
+    <t>3 anni di reclusione in una colonia alle condizioni del regime generale</t>
+  </si>
+  <si>
+    <t>2023-06-29 09:53:27</t>
   </si>
   <si>
     <t>Natalia Sergeevna Romanenko</t>
   </si>
   <si>
     <t>14 luglio 1981</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.06.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
     <t>Ruslan Teimurazovich Zubkov</t>
   </si>
   <si>
     <t>14 luglio 1998</t>
   </si>
   <si>
     <t>Ruslan Zubkov ha 26 anni. A giudicare dai social network, negli ultimi anni ha vissuto e lavorato in Polonia.
 Nel dicembre 2023, Zubkov è stato aggiunto all'elenco dei partecipanti al gruppo estremista "La Russia è malvagia". Questa è una piccola chat di Telegram per 135 persone, in cui al momento sono attive solo tre persone. Nel febbraio 2024, Ruslan è stato inserito nella lista dei ricercati in Bielorussia e Russia, il che significa che a quel tempo era ancora latitante.
 Non si sa nemmeno quando Ruslan sia stato arrestato. È stato processato per la prima volta nel giugno 2024 per "aver insultato Lukashenko" presso il tribunale distrettuale di Kamenets. La sentenza è sconosciuta.</t>
   </si>
   <si>
     <t>Pre-trial detention center No. 7. 224030, Brest, vulica Savieckich pamiežnikaŭ 37</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.06.2024: sconosciuto. Sentenza del tribunale 17.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Paul Andreevich Sologub</t>
-[...8 lines deleted...]
-    <t>2023-06-29 09:53:27</t>
+    <t>Pavel Yurievich Nedelin</t>
+  </si>
+  <si>
+    <t>15 luglio 1975</t>
+  </si>
+  <si>
+    <t>Il 31 marzo 2023 si è tenuta l'udienza di appello. La sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>non si conoscono gli anni di prigionia nella colonia.</t>
+  </si>
+  <si>
+    <t>2022-09-07 18:30:18</t>
+  </si>
+  <si>
+    <t>Maxim Alexandrovich Levsha</t>
+  </si>
+  <si>
+    <t>15 luglio 1983</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.11.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 21.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
   </si>
   <si>
     <t>Nikolay Gennadievich Gmyrak</t>
   </si>
   <si>
     <t>15 luglio 1979</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Sentenza del tribunale 08.10.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 18.02.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-26 00:31:52</t>
-  </si>
-[...25 lines deleted...]
-    <t>2022-09-07 18:30:18</t>
   </si>
   <si>
     <t>Konstantin Vladimirovich Glotov</t>
   </si>
   <si>
     <t>16 luglio 1975</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.08.2024: sconosciuto. Appello 18.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
   </si>
   <si>
     <t>Kirill Viktorovich Gnezdilov</t>
   </si>
   <si>
     <t>17 luglio 1983</t>
   </si>
   <si>
     <t>Kirill presta servizio nella polizia dal 2007. Agente investigativo, ha lasciato le autorità nell'agosto 2020 e si è trasferito all'IT. Si sa che è stato arrestato il 19 febbraio 2023, proprio alla frontiera: ha vissuto in Polonia per sei mesi ed è venuto a Brest per visitare la moglie e il bambino piccolo.Del procedimento penale contro Kirill si sa poco: il processo si è svolto a porte chiuse. Si sa solo che il caso era collegato al “Libro nero della Bielorussia”.
 L'udienza in tribunale d'appello si terrà il 10 ottobre 2023.</t>
   </si>
   <si>
     <t>8 anni in una colonia di massima sicurezza...</t>
   </si>
   <si>
     <t>2023-07-14 11:30:32</t>
   </si>
   <si>
-    <t>Ivan Frantsevich Verbitsky</t>
-[...128 lines deleted...]
-    <t>19 luglio 1974</t>
+    <t>Alena Mikalayeuna Lazarchyk</t>
+  </si>
+  <si>
+    <t>17 luglio 1974</t>
   </si>
   <si>
     <t>L'attivista della "Bielorussia europea" è stato arrestato il 30 dicembre 2021 nell'ambito di un procedimento penale per azioni di gruppo che violano gravemente l'ordine pubblico.
 Il 7 gennaio 2022 la donna è stata trasferita in un centro di custodia cautelare.
 Elena ha un figlio piccolo.
 Nel gennaio 2023, Elena è stata trasferita alla colonia femminile n. 4 di Gomel. Per molto tempo, un avvocato non è riuscito ad avere accesso al prigioniero politico; venne messa in una cella di punizione.
 Nell'ottobre 2023 si è saputo che il trasferimento di Elena effettuato ad agosto non era stato accettato. Ciò indica molto probabilmente che le sono state tolte le trasmissioni. L'ultima lettera di Elena è arrivata all'inizio di settembre e da allora non ne abbiamo più avute. Da quando Lazarchik è stata trasferita nella colonia, non ha mai ricevuto il permesso dall’amministrazione dell’istituto di incontrare un avvocato. Non si sa cosa stia succedendo adesso a Elena né in quali condizioni si trovi. Elena ha problemi ai denti nella colonia e ha perso peso.
 A metà novembre 2023, gli attivisti per i diritti umani hanno appreso che Elena era stata nuovamente posta in isolamento.
 Secondo la testimonianza dell'ex prigioniera politica, Elena ha trascorso più di 90 giorni in una cella di punizione e più di 60 giorni in un PKT .
 Nella primavera del 2025, Elena è stata condannata ai sensi della Parte 2 dell'Articolo 411 del Codice penale (disobbedienza dolosa alle richieste legali dell'amministrazione della colonia) e condannata a un altro anno e mezzo di carcere, oltre agli otto anni di reclusione. Non si sa quando sia stato emesso il verdetto. È noto che al processo Elena ha rifiutato i servizi di un avvocato.</t>
   </si>
   <si>
     <t>Penal colony No. 24. 247526, vulica Vytvorčaja, 44, Zarečča, Rečyca district, Homieĺ region</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.09.2022: 8 anni di reclusione in una colonia del regime generale. Appello 02.12.2022: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
-    <t>Sergey Dmitrievich Zhigalev</t>
+    <t>Vitaly Viktorovich Chopik</t>
+  </si>
+  <si>
+    <t>Secondo dati pervenuti in tempi diversi da fonti , è noto che l'uomo è stato perquisito il 1° dicembre 2021. E nel settembre 2022, Chopik è stato arrestato per la prima volta ai sensi dell'articolo 19.11 del Codice degli illeciti amministrativi, ma quando si è scoperto che l'uomo semplicemente non aveva un telefono dove potevano esserci dei "materiali estremisti", hanno redatto un rapporto ai sensi dell'articolo 24.23 del Codice degli illeciti amministrativi. Il pretesto per il protocollo era una bandiera in bianco e nero attaccata dall'interno alla finestra della casa - solo l'uomo stesso ha affermato che la bandiera è apparsa dopo essere stato arrestato e portato al centro di detenzione temporanea.L’ultima escalation tra Chopik e le forze di sicurezza è avvenuta all’inizio di marzo 2024: il residente di Brest è stato nuovamente arrestato. Dopo l’arresto, l’uomo è stato portato in ambulanza con segni di forti percosse e la carnagione di Chopik era gialla (il che potrebbe indicare danni al fegato dovuti alle percosse). Il 28 marzo 2024, il Ministero degli Affari Interni ha annunciato di aver collocato il residente di Brest in un centro di custodia cautelare. In base all’età e alla storia dell’uomo (“frequentava sistematicamente i tribunali penali”), possiamo concludere che stiamo parlando di Vitaly Chopik. È sospettato di “promuovere attività estremiste”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.11.2024: 7 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa. Appello 04.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-03-28 21:57:44</t>
+  </si>
+  <si>
+    <t>Ivan Frantsevich Verbitsky</t>
+  </si>
+  <si>
+    <t>17 luglio 1965</t>
+  </si>
+  <si>
+    <t>Ivan, che ha due studi superiori, in precedenza ha lavorato come artista-designer, per poi diventare animatore, regista e montatore video. È anche artista e scrittore di racconti. Il 21 ottobre 2020 è stato arrestato e condannato secondo l'accusa per aver pubblicato sul canale Telegram appelli volti a destabilizzare l'ordine pubblico, compreso l'incendio doloso degli edifici del KGB e dell'ufficio del procuratore distrettuale di Oshmyany.
+Nel dicembre 2022 è stato processato nuovamente per “disobbedienza alle richieste dell’amministrazione”. Nel maggio 2024, Ivan è stato nuovamente condannato per “disobbedienza dolosa” e inoltre incarcerato per 2 anni.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 8. 222163, Žodzina, vulica Savieckaja 22A</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.03.2021: 8 anni 1 mese di reclusione in una colonia del regime potenziato. Tribunale per il cambio di regime 30.09.2021: sconosciuto anni di regime carcerario. Sentenza del tribunale 20.12.2022: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello 14.03.2023: sconosciuto. Sentenza del tribunale 08.05.2024: 2 anni di reclusione in una colonia del regime rigoroso. Appello 26.07.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 23:12:05</t>
+  </si>
+  <si>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 luglio 1999</t>
+  </si>
+  <si>
+    <t>Anton ha 25 anni. Dai social network del ragazzo risulta che si è diplomato nel 2016 e ha prestato servizio nell'esercito nel 2019.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 01.08.2024: sconosciuto. Appello 08.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 luglio 1990</t>
+  </si>
+  <si>
+    <t>Alexey è stato arrestato il 4 novembre 2020 a Minsk insieme ai batteristi. Durante il suo arresto è stato picchiato e poi condannato a 15 giorni di arresto amministrativo. Successivamente è stato accusato di essersi preparato a partecipare a “rivolte di massa” e di aver partecipato a proteste. Anche la sua auto è stata sequestrata.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.05.2021: 6 anni di reclusione in una colonia del regime potenziato, 161900 rubli di risarcimento. Appello 13.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
+    <t>Daria Alekseevna Puchyla</t>
+  </si>
+  <si>
+    <t>18 luglio 1998</t>
+  </si>
+  <si>
+    <t>Darya Puchilo si è laureata presso la Facoltà di Giurisprudenza dell'Università dell'Innovazione di Minsk nel 2019. Durante gli studi universitari, ha partecipato alle Olimpiadi legali studentesche.
+Daria Puchylo è una fotografa. A gennaio e febbraio 2024, Daria era alla ricerca di lavoro come web designer. Su un sito web, ha pubblicato un post in cui affermava di essere una principiante, di cercare lavoro a Varsavia, di essere disposta a trasferirsi e di valutare qualsiasi offerta.
+Daria ha pubblicato il suo ultimo post su Instagram nel dicembre 2024. Il suo ultimo post su VKontakte risale al 7 febbraio 2025, il giorno in cui sono iniziati gli arresti nel caso Gayun.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-11-07 18:09:13</t>
+  </si>
+  <si>
+    <t>Igor Vladimirovich Ilyash</t>
+  </si>
+  <si>
+    <t>18 luglio 1988</t>
+  </si>
+  <si>
+    <t>Igor è un giornalista di Belsat TV. In precedenza ha lavorato per il quotidiano "Belorusy i Rynok" (Bielorussi e il Mercato) e per la rubrica bielorussa di Radio Svaboda. Ha pubblicato anche su riviste russe e ucraine. Insieme alla moglie, la giornalista Ekaterina Andreyeva, ha scritto il libro "Donbass bielorusso", uno studio sul ruolo dei bielorussi nella guerra nell'Ucraina orientale.
+È stato arrestato per la prima volta il 16 luglio 2021, durante perquisizioni di massa di giornalisti indipendenti, con l'accusa di "aver organizzato e preparato azioni che violano gravemente l'ordine pubblico o di avervi partecipato attivamente". Il suo appartamento è stato perquisito, la sua attrezzatura e i suoi libri sono stati sequestrati, ed è stato poi trasferito in un centro di detenzione temporanea. È stato rilasciato il 26 luglio.
+Nell'ottobre 2024, si diffuse la notizia del suo secondo arresto . I canali Telegram filogovernativi pubblicarono una foto di Igor in manette e un video in cui affermava di essere perseguitato per un'intervista rilasciata a organi di stampa considerati "estremisti" in Bielorussia. Poco prima del suo arresto, in un commento al canale televisivo Dozhd, osservò che "Putin ha intrapreso una brusca escalation e sta conducendo il Paese verso una guerra totale", mentre Lukashenko, a suo avviso, "molto probabilmente non vuole parteciparvi direttamente, ma è costretto a subire crescenti pressioni da parte del Cremlino".
+Nel febbraio 2025, Igor fu accusato di "screditare la Bielorussia" e di "favorire attività estremiste". Il processo iniziò il 21 febbraio a Minsk. Il tribunale respinse la richiesta di una perizia indipendente e il 5 settembre dello stesso anno il giornalista fu dichiarato colpevole e condannato al carcere.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.09.2025: 4 anni di reclusione in una colonia del regime generale. Appello 05.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:49:54</t>
+  </si>
+  <si>
+    <t>Igor Konstantinovich Gubarevich</t>
+  </si>
+  <si>
+    <t>18 luglio 1968</t>
+  </si>
+  <si>
+    <t>Probabilmente Igor Konstantinovich è un docente senior presso l'Università statale di Grodno da cui prende il nome. Yanka Kupala.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 43. 212003, Mahilioŭ, vulica Čaliuskincaŭ 76a</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.11.2024: 2 anni 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:26:09</t>
+  </si>
+  <si>
+    <t>Siarhei Dzmitryyevich Zhyhaliou</t>
   </si>
   <si>
     <t>19 luglio 2005</t>
   </si>
   <si>
     <t>Sergei fu arrestato proprio al college durante le lezioni alla fine di dicembre 2023. Un film filogovernativo (aprile 2024) riportava che sei adolescenti si sarebbero uniti in una "cellula anarchica chiamata 'Usignoli neri'", creata "sotto la guida dell'Esercito di liberazione nazionale dell'Ucraina" dalla cittadina ucraina sedicenne Maria Misiuk.
 Il personale dell'ONT sostiene che gli adolescenti si siano uniti per compiere atti di sabotaggio, a seguito di una soffiata, in Bielorussia e poi in Russia. Maria è accusata ai sensi della Parte 2 dell'Articolo 289 del Codice Penale (atto di terrorismo). Secondo il rapporto, la sedicenne Maria Misyuk si è trasferita con la famiglia dall'Ucraina in Bielorussia nel 2022, dove ha creato una "cellula anarchica per preparare attacchi terroristici". Tra gli arrestati ci sono studenti universitari di Baranovichi, Nesvizh, Mir, Minsk e Luninets. Si tratta di Trofim Borisov, Sergey Zhigalyov , Dmitry Zakhoroshko, Anastasia Klimenko e Alexandra Pulinovich. Secondo il personale dell'ONT, i giovani si sono riuniti in un appartamento di Baranovichi per prepararsi alla loro prima azione importante: assemblare esplosivi e far saltare in aria la stazione di polizia o l'ufficio del procuratore di Baranovichi. Le accuse contro i restanti cinque partecipanti sono sconosciute, così come il loro status e la loro ubicazione.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 09.10.2025: 12 anni di reclusione in una colonia del regime potenziato. Appello 06.02.2026: sconosciuto.</t>
+    <t>Sentenza del tribunale 09.10.2025: 12 anni di reclusione in una colonia del regime potenziato. Appello 09.02.2026: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-04-30 23:23:41</t>
   </si>
   <si>
+    <t>Valentin Ivanovich Tolkach</t>
+  </si>
+  <si>
+    <t>19 luglio 1996</t>
+  </si>
+  <si>
+    <t>Valentin si è laureato presso la Facoltà di Giurisprudenza dell'Università statale bielorussa, dove ha studiato diritto commerciale, e ha poi conseguito un master presso l'Università Jagellonica di Cracovia, specializzandosi in Proprietà intellettuale e Nuove tecnologie.
+Ha iniziato la sua carriera presso il National Intellectual Property Center, dove ha rappresentato gli interessi dell'organizzazione presso la Corte Suprema. In seguito ha lavorato come avvocato presso l'azienda informatica Brightum, fornendo supporto legale a progetti fintech e startup di criptovalute.
+Dopo un po' di tempo, Valentin decise di cambiare radicalmente carriera . Nel suo profilo, scrisse di essere un videogiocatore da oltre 20 anni e di aver deciso di trasformare il suo hobby in una professione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.10.2025: 3 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:07:20</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Solovey</t>
+  </si>
+  <si>
+    <t>19 luglio 1983</t>
+  </si>
+  <si>
+    <t>Igor, un attivista del movimento For Freedom, è stato arrestato nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.
+Nel gennaio 2022 è stato trasferito in regime carcerario.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 26.01.2022: 2 anni di regime carcerario. Tribunale per il cambio di regime data sconosciuta: regime carcerario fino alla fine della pena.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:41:03</t>
+  </si>
+  <si>
     <t>Alexey Leonidovich Shpakovsky</t>
   </si>
   <si>
     <t>20 luglio 1996</t>
   </si>
   <si>
     <t>A giudicare dall'articolo, Alexey è sotto processo per le proteste avvenute dopo le elezioni del 9 agosto 2020 a Pinsk.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 11.03.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-11-28 23:26:50</t>
   </si>
   <si>
     <t>Svetlana Olegovna Metelskaya</t>
   </si>
   <si>
     <t>20 luglio 1982</t>
   </si>
   <si>
     <t>2024-11-20 16:54:12</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-02-02 14:35:39</t>
   </si>
   <si>
     <t>Victor Adamovich Snegur</t>
   </si>
   <si>
     <t>20 luglio 1988</t>
   </si>
   <si>
     <t>Viktor è stato arrestato il 4 gennaio 2020 nell'ambito del "caso Avtukhovich" e accusato di aver partecipato a un'"organizzazione terroristica" coinvolta in attacchi incendiari contro proprietà della polizia. È stato condannato per "partecipazione a un'organizzazione criminale", "tentativo di presa del potere", "azioni illegali con armi da fuoco" e "trasporto illegale di armi da fuoco attraverso la frontiera doganale".
 Nel 2024, Viktor fu nuovamente condannato per "disobbedienza dolosa alle richieste dell'amministrazione penitenziaria". Dal febbraio 2025 fu detenuto in una struttura di tipo cella (PKT) e, nel maggio dello stesso anno, fu annunciata una nuova condanna ai sensi dello stesso articolo, spesso utilizzato contro i detenuti che si rifiutavano di collaborare con l'amministrazione. Di conseguenza, la sua pena detentiva complessiva fu di 22 anni e 6 mesi.
 Il 3 luglio 2025 venne esaminato il ricorso di Victor .
 Nel dicembre 2025, Viktor fu molto probabilmente condannato nuovamente ai sensi dell'articolo 411.</t>
   </si>
   <si>
     <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 19 anni di reclusione in una colonia del regime rigoroso, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 1 anno 6 mesi di reclusione in una colonia del regime rigoroso. Appello 11.10.2024: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime rigoroso. Appello 01.07.2025: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
+    <t>Victor Yurievich Nikiforov</t>
+  </si>
+  <si>
+    <t>20 luglio 1980</t>
+  </si>
+  <si>
+    <t>Il 6 febbraio 2024 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 04.12.2023: 5 anni di reclusione in una colonia del regime generale. Appello 06.02.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
+  </si>
+  <si>
+    <t>Evgeny Mikhailovich Yushkevich</t>
+  </si>
+  <si>
+    <t>21 luglio 1989</t>
+  </si>
+  <si>
+    <t>Evgeny, ex investigatore del Comitato investigativo e ideatore del progetto bychange.me, è stato arrestato per la prima volta la sera del 24 novembre 2020 a Minsk nell'ambito di un procedimento penale avviato ai sensi dell'articolo "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico o partecipazione attiva a esse". È stato rilasciato 10 giorni dopo, ma è stato nuovamente arrestato nell'aprile 2021 e in seguito condannato per sei capi d'imputazione penali, tra cui "organizzazione di rivolte di massa" nel 2020, "incitamento all'odio sociale" in interviste e testi sui social network e "minacce di violenza" contro il capo del centro di detenzione temporanea di Okrestina tramite tweet.
+Secondo la Procura generale, Yevgeny era “un partecipante attivo alla chat di Telegram ‘KHATA’, le cui attività sono volte a organizzare crimini di natura estremista”. Il processo si è svolto a porte chiuse ed Evgeny ha firmato un accordo di non divulgazione riguardante i materiali del caso.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.12.2022: 11 anni di reclusione in una colonia del regime potenziato. Appello 10.03.2023: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-04-19 23:04:33</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Shumilov</t>
+  </si>
+  <si>
+    <t>21 luglio 1986</t>
+  </si>
+  <si>
+    <t>Attivista di Baranovichi. Igor ha una disabilità del 3 ° gruppo, perché. 10 anni fa ha avuto un incidente e gli è stata amputata una gamba. È stato arrestato il 23 febbraio 2023, condannato a 15 giorni, quindi trasferito in un centro di custodia cautelare ai sensi di un articolo penale.
+Secondo l'indagine, in diversi periodi di tempo dal 1 maggio 2020 al 23 maggio 2022, Shumilov ha pubblicato quattro post su Odnoklassniki con immagini satiriche, in cui l'indagine considerava insulti a Lukashenka e funzionari governativi, oltre a calunniare Lukashenka. È noto che su una delle immagini Lukashenka, insieme alle persone elencate, è raffigurato come prigionieri che sono tenuti in una cella di prigione... Al processo, Igor ha ammesso pienamente la sua colpevolezza. Ha spiegato che le pubblicazioni sulla sua pagina sono apparse solo dopo aver "apprezzato" questi post. Lui stesso in quel momento non capiva che questi disegni potessero essere considerati un insulto.</t>
+  </si>
+  <si>
+    <t>4,5 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
+  </si>
+  <si>
     <t>Eduard Ashotovich Koshetsyan</t>
   </si>
   <si>
     <t>21 luglio 1991</t>
   </si>
   <si>
     <t>Residente a Minsk con radici armene , cittadino della Federazione Russa . È stato arrestato nel settembre 2023, presumibilmente per aver chiacchierato con gli amici. È stato aperto un procedimento penale. Durante il suo arresto è stato duramente picchiato.
 Specialità: chirurgo maxillo-facciale.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 26.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 12.11.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-04-19 23:04:33</t>
   </si>
   <si>
     <t>Andrey Vasilievich Doroshko</t>
   </si>
   <si>
     <t>22 luglio 1970</t>
   </si>
   <si>
     <t>Tenente colonnello, ex vice capo del dipartimento degli affari interni della città di Zhodino per il lavoro ideologico e il sostegno del personale.
 Nel 2020, lui e altri 4 ex dipendenti del dipartimento di polizia della città di Zhodino hanno registrato un appello ai colleghi che hanno lavorato nelle forze di polizia di Zhodino durante le proteste e a tutte le forze dell'ordine in Bielorussia. Doroshko chiede agli agenti di polizia di trattare le persone nello stesso modo in cui tratterebbero i loro cari. "Non creare panico inutile in città, viviamo qui e alleviamo figli, dovremmo vergognarci del nostro comportamento in città", dice Andrey nel video.
 Secondo i media , tutti e cinque sono stati arrestati all’inizio di febbraio 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
+    <t>Sergey Ivanovich Khlystov</t>
+  </si>
+  <si>
+    <t>23 luglio 1967</t>
+  </si>
+  <si>
+    <t>Avvocato dell'Ordine degli Avvocati Regionali di Gomel. È stato arrestato insieme a due colleghi, tra cui il responsabile della consulenza legale. Successivamente, i due avvocati sono stati rilasciati, ma il responsabile della consulenza legale è stato licenziato dal suo incarico. È stato inoltre avviato un procedimento penale contro Sergei Khlystov.
+La sostanza delle accuse e la sentenza pronunciata sono sconosciute. Si sa solo che Sergej Khlystov è stato privato della libertà.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
     <t>Vladimir Olegovich Sitkovich</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 luglio 1967</t>
   </si>
   <si>
     <t>Vladimir Sitkovich ha 57 anni. Viene dal piccolo villaggio di Pushcha, distretto di Sharkovshchinsky, regione di Vitebsk. Nel 1991 si è laureato all'Università statale di Polotsk. Per molto tempo, Vladimir ha lavorato e vissuto a Vitebsk e negli ultimi anni ha diretto il locale caldaia dell'impianto di estrazione del petrolio di Vitebsk.
 Vladimir è un motociclista, ha partecipato a gare motociclistiche locali.
 Nel 2016, 2018 e 2019 è stato osservatore alle elezioni locali e parlamentari. Le altre attività politiche di Vladimir sono sconosciute; anche i social network dell’uomo sono neutrali.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.10.2024: 3 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Khlystov</t>
-[...11 lines deleted...]
-  <si>
     <t>Sergei Evgenievich Zakharenko</t>
   </si>
   <si>
     <t>24 luglio 1980</t>
   </si>
   <si>
     <t>Imprenditore individuale. L'essenza dell'accusa è ancora sconosciuta.
 Il 17 gennaio 2023 l'appello è stato esaminato e la sentenza è entrata in vigore.</t>
   </si>
   <si>
+    <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale 27.10.2022: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 17.01.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Shelest</t>
+    <t>Siarhei Siarheyevich Shelest</t>
   </si>
   <si>
     <t>24 luglio 1992</t>
   </si>
   <si>
-    <t>Ex operatore dell'officina Ammonia-3. Secondo le informazioni preliminari, è stato arrestato ai sensi degli articoli 356 e 357 del codice penale della Repubblica di Bielorussia (“tradimento dello Stato” e “cospirazione o altre azioni commesse con l'obiettivo di prendere il potere statale”).
-[...3 lines deleted...]
-    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: sconosciuto. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
+    <t>Sergei, ex operatore dell'officina Ammonia-3 dello stabilimento Azot di Grodno , è stato arrestato nell'autunno del 2021 nell'ambito di un procedimento penale intentato contro i dipendenti dello stabilimento che avevano sostenuto lo sciopero e facevano parte dell'iniziativa "Rabochy Rukh" (Movimento dei lavoratori), che è stata designata come organizzazione estremista il 21 settembre 2021, in seguito alla quale si sono verificati arresti di massa di lavoratori in tutto il Paese.
+Nel febbraio 2023, Sergei è stato riconosciuto colpevole di diffamazione, tradimento e creazione e partecipazione a un gruppo estremista e condannato alla reclusione.
+Nell'autunno del 2024 si tenne un'altra udienza in tribunale, in seguito alla quale Sergei venne trasferito in prigione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 17.02.2023: 14 anni di reclusione in una colonia del regime potenziato. Appello 02.08.2023: il verdetto è stato confermato. Tribunale per il cambio di regime data sconosciuta: sconosciuto anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
+    <t>Yury Aliaksandravich Minin</t>
+  </si>
+  <si>
+    <t>26 luglio 1993</t>
+  </si>
+  <si>
+    <t>Detenuto per i commenti del 2020 nelle chat di Telegram.
+Il 22 dicembre 2023 si è tenuta l'udienza della corte d'appello. La sentenza è entrata in vigore.
+Molto probabilmente la sentenza prevede la reclusione.</t>
+  </si>
+  <si>
+    <t>2023-10-08 20:07:26</t>
+  </si>
+  <si>
     <t>Alexey Vitalievich Gorin</t>
   </si>
   <si>
     <t>26 luglio 1979</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.01.2025: 1 anno 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
-  </si>
-[...40 lines deleted...]
-    <t>2024-10-07 20:49:33</t>
   </si>
   <si>
     <t>Julia Nikolaevna Sharonova</t>
   </si>
   <si>
     <t>27 luglio 2004</t>
   </si>
   <si>
     <t>Secondo l'accusa , dal 10 all'11 agosto 2020, in quel momento sulla carreggiata si trovavano i minorenni Yulia Sharanova, Nikita Voytyuk, Nikolay Nikityuk, nonché Vasily Alekseyuk, Gleb Klimovich, Vitaly Varfalameev, Alexander Tysevich, Maxim Sobolev di Masherov Avenue, Cosmonauts Boulevards e Shevchenko, st. Sovietici a Brest, “ hanno gridato slogan, mostrato tele bianco-rosse-bianche, violando gravemente l’ordine pubblico, impedendo deliberatamente la circolazione dei veicoli e il normale funzionamento delle imprese e delle organizzazioni”.
 All'udienza in tribunale, tutti hanno ammesso pienamente la propria colpevolezza.
 È stato riferito che Yulia Sharanova ha partecipato alle proteste quando aveva 16 anni. È anche noto che Maxim Sobolev, Gleb Klimovich, Yulia Sharanova sono stati condannati, anche con l'accusa di "narcotici".
 Yulia Sharanova è stata condannata a un anno e mezzo di prigione per aver partecipato alla protesta di agosto. Ma a causa del fatto che è stata condannata ai sensi della parte 4 dell'art. 328 del codice penale, è stata infine condannata a 13 anni di reclusione in regime generale con una multa di 3.700 rubli.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.05.2024: 13 anni di reclusione in una colonia del regime generale. Appello 23.07.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-05-08 18:06:37</t>
   </si>
   <si>
+    <t>Vladislav Gennadievich Gorsky</t>
+  </si>
+  <si>
+    <t>27 luglio 2005</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 48. 213765, Asipovičy, vulica Sumchanki 38</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.09.2025: sconosciuto anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Rudkovsky</t>
+  </si>
+  <si>
+    <t>27 luglio 1986</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.10.2024: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-10-07 20:49:33</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Ivashkevich</t>
+  </si>
+  <si>
+    <t>27 luglio 1988</t>
+  </si>
+  <si>
+    <t>Vladimir è stato condannato nell'estate del 2024 per "Oltraggio a un funzionario governativo" e condannato alla reclusione.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 11.06.2024: 2 anni di reclusione in una colonia del regime generale. Appello 13.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:03:38</t>
+  </si>
+  <si>
     <t>Sergey Sergeevich Tikhonov</t>
   </si>
   <si>
     <t>28 luglio 1992</t>
   </si>
   <si>
     <t>Viene dalla città di Slavgorod, nella regione di Mogilev. Dopo la scuola, ha prestato servizio nell'esercito e si è diplomato al liceo professionale n. 3 con una laurea in Supporto tecnico per la produzione agricola. Ho lavorato nell'edilizia per tutta la vita.
 Il residente di Mogilev rischia da dieci a venti anni di prigione. Non si conoscono la data dell'arresto e la natura delle accuse.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.10.2024: 11 anni di reclusione in una colonia del regime potenziato. Appello 27.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Vasily Nikolaevich Hrechykha</t>
+  </si>
+  <si>
+    <t>28 luglio 1985</t>
+  </si>
+  <si>
+    <t>Ex soldato del reggimento Kalinovsky. Il suo arresto è stato annunciato in un telegiornale trasmesso dalla televisione di stato Bielorussia 1 il 5 maggio 2025.
+Secondo quanto riportato sui social media, si è laureato presso l'Accademia Statale di Agricoltura della Bielorussia (BSAA), dove ha studiato presso il dipartimento di gestione del territorio. La sua specializzazione è la topografia catastale e il diritto fondiario.
+Ha prestato servizio nella 38ª Brigata di Difesa Motorizzata Separata della Bielorussia, un'unità di paracadutisti a Brest, un tempo comandata da Valery Sakhashchik. Una foto sui social media mostra il gagliardetto della brigata appeso nell'appartamento di Grechikha.
+Secondo l'ufficio stampa del reggimento Kalinovsky, Vasily si unì a loro nel maggio 2022, ma lasciò l'unità nel giugno dello stesso anno su sua richiesta.
+Secondo il video, è stato fermato da qualche parte in una zona paludosa fuori città da diversi agenti del KGB armati di mitragliatrici. È stato trasportato in elicottero. Durante il trasferimento, aveva un sacco nero in testa e le mani erano legate davanti a lui con una fascetta di plastica. Kalinovets è stato trasportato in elicottero all'aeroporto.
+Secondo il video, Vasily è nato il 28 luglio 1981. Nel febbraio 2022 è partito per la Polonia per lavorare e tre mesi dopo si è arruolato nel Reggimento Kalinovsky. Ha seguito un addestramento a Kiev. Le circostanze del suo arresto sono sconosciute.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
   </si>
   <si>
     <t>Vasily Nikolaevich Grachykha</t>
   </si>
   <si>
     <t>28 luglio 1981</t>
   </si>
   <si>
     <t>Ex soldato del reggimento Kalinovsky. La notizia del suo arresto è stata trasmessa dal telegiornale della televisione di stato "Belarus 1" il 5 maggio 2025.
 Secondo le informazioni provenienti dai social network, si è laureato presso l'Accademia statale agricola bielorussa (BSAA). La sua specializzazione è la rilevazione catastale e il diritto fondiario.
 Prestò servizio nella 38a brigata di difesa motorizzata separata della Bielorussia, un'unità paracadutisti a Brest, un tempo guidata da Valery Sakhashchik. Una foto pubblicata sui social network mostra che nell'appartamento di Grechikha era appeso un gagliardetto della brigata.
 Secondo l'ufficio stampa del reggimento Kalinovsky, Vasily si unì a loro nel maggio 2022, ma lasciò l'unità nel giugno dello stesso anno su sua richiesta.
 Secondo il video, l'uomo sarebbe stato arrestato in una zona paludosa fuori città da diversi agenti del KGB armati di mitragliatrici. L'uomo è stato trasportato in elicottero. Durante il trasporto, aveva un sacco nero in testa e le sue mani erano legate davanti con una fascetta di plastica.
 Come riportato nel video, Vasily è nato il 28 luglio 1981. Nel febbraio 2022 è partito per la Polonia per guadagnare denaro e tre mesi dopo si è arruolato nel reggimento Kalinowski. L'addestramento ha avuto luogo a Kiev. Le circostanze del suo arresto sono sconosciute.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: 5 anni di reclusione in una colonia del regime potenziato.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
     <t>Sergei Mikhailovich Gribovich</t>
   </si>
   <si>
     <t>28 luglio 1969</t>
   </si>
   <si>
     <t>Sarebbe stato arrestato per essersi registrato come volontario nel marzo 2022, la detenzione è stata resa nota il 14 marzo dai canali TG filogovernativi.</t>
   </si>
   <si>
     <t>4,5 anni di reclusione in una colonia in condizioni di regime generale.</t>
   </si>
   <si>
     <t>2022-03-15 02:10:15</t>
   </si>
   <si>
     <t>Kirill Alexandrovich Kazei</t>
   </si>
   <si>
     <t>28 luglio 1983</t>
   </si>
   <si>
     <t>Kirill è stato arrestato il 28 ottobre 2020 ed è stato sottoposto a maltrattamenti, minacce e bullismo da parte delle forze dell’ordine. Successivamente è stato condannato per diverse accuse penali, incluso il possesso illegale di munizioni, che sarebbero state piazzate nella sua auto dopo il suo arresto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 31.03.2021: 7 anni di reclusione in una colonia del regime potenziato, 150 unità di base di multa. Appello 20.07.2021: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:22:11</t>
-  </si>
-[...15 lines deleted...]
-    <t>2025-12-30 13:25:40</t>
   </si>
   <si>
     <t>Dmitry Nikolaevich Dubovsky</t>
   </si>
   <si>
     <t>29 luglio 1986</t>
   </si>
   <si>
     <t>Un attivista del movimento anarchico è stato arrestato mentre attraversava il confine con la Bielorussia nella notte tra il 28 e il 29 ottobre 2020 ed è stato accusato di “incendio doloso” e “terrorismo”.
 Nel settembre 2022 è stato aperto un nuovo procedimento penale contro Dmitry ed è stato condannato a cinque anni di prigione. Tenuto conto della sentenza precedente, è stato infine condannato a 20 anni in una colonia di massima sicurezza.
 Nell’agosto 2023, Dmitrij è stato trasferito in regime carcerario per “violazione delle regole dell’ordine”.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.12.2021: 18 anni di reclusione in una colonia del regime potenziato, circa 11000 rubli di risarcimento. Appello 22.04.2022: il verdetto è stato confermato. Sentenza del tribunale 25.11.2022: 5 anni di reclusione in una colonia del regime potenziato. Appello 07.02.2023: il verdetto è stato confermato. Tribunale per il cambio di regime 28.07.2023: 3 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-27 00:38:30</t>
   </si>
   <si>
-    <t>Olga Ivanovna Solomenik</t>
-[...29 lines deleted...]
-  <si>
     <t>Andrey Vladislavovich Grigoriev</t>
   </si>
   <si>
     <t>29 luglio 1994</t>
   </si>
   <si>
     <t>Il 15 maggio 2023, l’ONT ha pubblicato il film di propaganda “Killer Package” of Death: Who and How Wanted to Commit a Terrorist Attack on Victory Day”, che raccontava i dettagli del caso alla vigilia del Giorno della Vittoria, il 9 maggio 2023, "ha impedito un attacco terroristico sotto la supervisione di Kiev". Hanno detto che gli esplosivi erano in stufe elettriche, che sono state inviate ai detenuti tramite pacchi. L'organizzatore dell'azione è stato nominato 23 Valery Vodin, ventisettenne bielorusso, che ha combattuto in Ucraina.
 Il video afferma che pacchi con stufe elettriche contenenti esplosivi sono stati consegnati al punto SDEK di Minsk a Kamennaya Gorka il 21 marzo 2023 da Kiev attraverso l'Italia. Victoria Volchek, 29 anni, durante l'interrogatorio ha confermato di aver ricevuto il pacco: Valery Vodin le ha chiesto di ricevere il pacco. La studentessa della BSU Anna Savochkina e sua madre Tatyana Rusak presero la piastrella da Volchek e la seppellirono nel cimitero di Kolodishchi. La seconda piastrella è stata ritirata dall'odontotecnico Andrei Grigoriev e portata all'associazione di giardinaggio "Avtoremontnik 124" vicino a Olekhnovichi.
 Andrey ha 29 anni, nato a Minsk. Si è laureato al liceo e alla facoltà di medicina della capitale. Prima del suo arresto lavorava ufficiosamente come odontotecnico in un centro odontoiatrico privato.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 09.08.2024: 7 anni di reclusione in una colonia del regime generale. Appello 29.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
     <t>Vyacheslav Vitalievich Semenov</t>
   </si>
   <si>
     <t>29 luglio 2005</t>
   </si>
   <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
     <t>2025-09-14 23:56:38</t>
   </si>
   <si>
+    <t>Ruslan Andreevich Prokhorenko</t>
+  </si>
+  <si>
+    <t>29 luglio 1972</t>
+  </si>
+  <si>
+    <t>È coinvolto in un caso di tradimento insieme alla famiglia Prokhorov di Grabovka.
+I partecipanti a un processo chiuso hanno accordi di non divulgazione. È noto da una fonte non ufficiale che il procedimento penale riguarda la fotografia di vari oggetti sul territorio della Bielorussia e che le persone coinvolte nel caso sono state monitorate dai servizi speciali per qualche tempo prima del loro arresto.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.05.2024: 10 anni di reclusione in una colonia del regime generale. Appello 30.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
+    <t>Dzmitry Filipovich</t>
+  </si>
+  <si>
+    <t>29 luglio 1997</t>
+  </si>
+  <si>
+    <t>Detenuto insieme ad altri giovani a Baranavichy (fine dicembre 2023).
+E il servizio stampa del tribunale ha annunciato il verdetto (senza fare nomi, ma le circostanze si adattano a questo gruppo di persone). L’essenza delle accuse è brevemente espressa: erano sulla carreggiata di Baranavichy, gridando slogan, esponendo bandiere bianco-rosse-bianche, “ostacolando deliberatamente la circolazione del traffico e il normale funzionamento delle imprese e delle organizzazioni”. Non è nemmeno indicata la data esatta in cui hanno avuto luogo le proteste, si chiama semplicemente “agosto 2020”.
+Così, nel 2024, 25 residenti di Baranavichy sono già stati condannati per le proteste dell'agosto 2020. Tutti sono stati condannati a una colonia carceraria per un periodo da 1 a 3 anni (l'unica eccezione è stata che una donna con un bambino di età inferiore a 3 anni è stata condannata a una pena sospesa).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 31.05.2024: 2 anni 6 mesi di reclusione in una colonia del regime generale. Appello 09.08.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:58:11</t>
+  </si>
+  <si>
     <t>Alexander Fedorovich Bindei</t>
   </si>
   <si>
     <t>29 luglio 1966</t>
   </si>
   <si>
     <t>Sentenza del tribunale 28.11.2022: sconosciuto anni di reclusione in una colonia del regime generale. Appello 28.02.2023: sconosciuto.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
+    <t>Olga Ivanovna Solomenik</t>
+  </si>
+  <si>
+    <t>29 luglio 1967</t>
+  </si>
+  <si>
+    <t>Detenuto nel caso di A. Khralovich . Non si conoscono i dettagli del caso, poiché il processo si è svolto a porte chiuse, e infatti il procedimento penale è classificato. I dettagli della detenzione del condannato sono noti dal film di propaganda "Operazione del KGB "Mankurt"", mostrato da ONT nel 2021. È noto che Olga è stata trattenuta per un anno nel centro di custodia cautelare del KGB, dove ha fatto uno sciopero della fame. Quindi è stata trasferita a SIZO-1. “Era completamente dai capelli grigi. Ha fatto uno sciopero della fame per molto tempo - è stata persino nutrita attraverso le vene delle sue braccia, quindi erano gonfie come ceppi di legno. Ha iniziato a scontare la pena.</t>
+  </si>
+  <si>
+    <t>7,5 anni di carcere in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:54:31</t>
+  </si>
+  <si>
+    <t>Andrey Yuryevich Besau</t>
+  </si>
+  <si>
+    <t>30 luglio 1973</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-08-13 19:35:18</t>
+  </si>
+  <si>
     <t>Valery Stepanovich Mefodienko</t>
   </si>
   <si>
     <t>30 luglio 1976</t>
   </si>
   <si>
     <t>Come imprenditore individuale, ha riparato e mantenuto le apparecchiature informatiche.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 22.10.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 03.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
+    <t>Alexander Ivanovich Kalin</t>
+  </si>
+  <si>
+    <t>30 luglio 1969</t>
+  </si>
+  <si>
+    <t>È stato arrestato per aver partecipato alle proteste del 2020 e per aver criticato attivamente in pubblico le azioni illegali delle agenzie governative e del regime nel suo complesso. Successivamente, sua figlia e suo figlio sono stati arrestati per aver partecipato alle proteste; in seguito sono riusciti a viaggiare all'estero. Ad Alexander sono state detenute insieme anche altre tre persone , condannate alla fine di maggio per aver partecipato alle proteste.</t>
+  </si>
+  <si>
+    <t>6,5 anni di reclusione in una colonia di massima sicurezza.</t>
+  </si>
+  <si>
+    <t>2023-08-28 16:09:45</t>
+  </si>
+  <si>
     <t>Alexander Alexandrovich Syritsa</t>
   </si>
   <si>
     <t>30 luglio 1985</t>
   </si>
   <si>
     <t>Nell'aprile 2024 si è svolto un processo "Sulla modifica delle misure di sicurezza obbligatorie e del trattamento". In seguito, Alexander, a quanto pare, è stato inviato in una colonia. Sta scontando la pena nel carcere IK-1.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 01.05.2022: trattamento obbligatorio in un ospedale psichiatrico. Tribunale per il cambio di regime 29.04.2024: sconosciuto anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2022-06-21 17:42:22</t>
   </si>
   <si>
-    <t>Andrey Yuryevich Besau</t>
-[...25 lines deleted...]
-  <si>
     <t>Volha Valerievna Chukareva</t>
   </si>
   <si>
     <t>31 luglio 1975</t>
   </si>
   <si>
-    <t>Fu condannata per diverse accuse politiche. Durante la custodia cautelare, fu colpita da un ictus dovuto allo stress, che la lasciò quasi completamente cieca. Nonostante ciò, Olga fu condannata a quattro anni di carcere.</t>
+    <t>Fu condannata per diverse accuse politiche. Durante la custodia cautelare, fu colpita da un ictus dovuto allo stress, che la lasciò quasi completamente cieca. Nonostante ciò, Olga fu condannata a quattro anni di carcere.
+Olga ha una figlia adolescente che è stata mandata in collegio, il figlio maggiore è nell'esercito e anche la madre è una persona disabile di gruppo 1 ed è costretta a letto.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1873,2602 +1846,2564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>81</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...22 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+      <c r="I16" t="s">
         <v>92</v>
-      </c>
-[...19 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="I17" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>102</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...16 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>124</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="I23" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>141</v>
+      </c>
+      <c r="F25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
+        <v>53</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="B26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>36</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>153</v>
+      </c>
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...22 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>36</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>158</v>
+      </c>
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" t="s">
+        <v>163</v>
+      </c>
+      <c r="E29" t="s">
         <v>164</v>
       </c>
-      <c r="B29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>165</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>166</v>
-      </c>
-[...16 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
         <v>169</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" t="s">
         <v>170</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="I31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C32" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>187</v>
       </c>
       <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>12</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C35" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>189</v>
+        <v>70</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="I35" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E36" t="s">
+        <v>164</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="I36" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="I37" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>211</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>224</v>
+        <v>70</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>188</v>
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>25</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="I41" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H42" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="I42" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>25</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="I43" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B44" t="s">
-        <v>241</v>
+        <v>233</v>
+      </c>
+      <c r="C44" t="s">
+        <v>234</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>70</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>242</v>
+        <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="I44" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B45" t="s">
-        <v>246</v>
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
+        <v>239</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="C46" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="I46" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B47" t="s">
-        <v>255</v>
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
+        <v>249</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>21</v>
+        <v>250</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="I47" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B48" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C48" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="I48" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B49" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C49" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E50" t="s">
+        <v>164</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="I50" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" t="s">
+        <v>270</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>271</v>
+      </c>
+      <c r="I51" t="s">
         <v>272</v>
-      </c>
-[...22 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B52" t="s">
+        <v>274</v>
+      </c>
+      <c r="C52" t="s">
+        <v>275</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>276</v>
+      </c>
+      <c r="F52" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
         <v>277</v>
       </c>
-      <c r="B52" t="s">
+      <c r="I52" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>279</v>
+      </c>
+      <c r="B53" t="s">
+        <v>280</v>
+      </c>
+      <c r="C53" t="s">
+        <v>281</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>102</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
         <v>282</v>
       </c>
-      <c r="B53" t="s">
+      <c r="I53" t="s">
         <v>283</v>
-      </c>
-[...19 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>284</v>
+      </c>
+      <c r="B54" t="s">
+        <v>285</v>
+      </c>
+      <c r="C54" t="s">
+        <v>286</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>25</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
         <v>287</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>288</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>289</v>
+      </c>
+      <c r="B55" t="s">
+        <v>290</v>
+      </c>
+      <c r="C55" t="s">
+        <v>291</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>250</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>292</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>293</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>294</v>
+      </c>
+      <c r="B56" t="s">
+        <v>295</v>
+      </c>
+      <c r="C56" t="s">
+        <v>296</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>297</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D57" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="E57" t="s">
-        <v>305</v>
+        <v>64</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>14</v>
       </c>
       <c r="I57" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="B58" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="C58" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>233</v>
+        <v>305</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="I58" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B59" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C59" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>25</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="I59" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B60" t="s">
-        <v>319</v>
+        <v>314</v>
+      </c>
+      <c r="C60" t="s">
+        <v>315</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>316</v>
       </c>
       <c r="I60" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
+        <v>319</v>
+      </c>
+      <c r="C61" t="s">
+        <v>320</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>119</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
+        <v>324</v>
+      </c>
+      <c r="C62" t="s">
+        <v>325</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
+        <v>329</v>
+      </c>
+      <c r="C63" t="s">
+        <v>330</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>331</v>
+      </c>
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>334</v>
+      </c>
+      <c r="C64" t="s">
+        <v>335</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>119</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>336</v>
+      </c>
+      <c r="I64" t="s">
         <v>337</v>
-      </c>
-[...22 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B65" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="C65" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="I65" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
+        <v>344</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>345</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>346</v>
+      </c>
+      <c r="I66" t="s">
         <v>347</v>
-      </c>
-[...22 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>348</v>
+      </c>
+      <c r="B67" t="s">
+        <v>349</v>
+      </c>
+      <c r="C67" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>351</v>
+      </c>
+      <c r="I67" t="s">
         <v>352</v>
-      </c>
-[...22 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C68" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>224</v>
+        <v>19</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>359</v>
+        <v>81</v>
       </c>
       <c r="I68" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B69" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I69" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B70" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C70" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H70" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B71" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>21</v>
+        <v>368</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="I71" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B72" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>136</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="I72" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B73" t="s">
-        <v>381</v>
+        <v>376</v>
+      </c>
+      <c r="C73" t="s">
+        <v>377</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="I73" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B74" t="s">
-        <v>386</v>
+        <v>381</v>
+      </c>
+      <c r="C74" t="s">
+        <v>382</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="I74" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>385</v>
+      </c>
+      <c r="B75" t="s">
+        <v>386</v>
+      </c>
+      <c r="C75" t="s">
+        <v>387</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>102</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>388</v>
+      </c>
+      <c r="I75" t="s">
         <v>389</v>
-      </c>
-[...22 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="I76" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B77" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="I77" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="B78" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C78" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="I78" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B79" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C79" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
         <v>12</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="I79" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B80" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C80" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="I80" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B81" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="I81" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B82" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="D82" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="I82" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="B83" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="I83" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B84" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>119</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="I84" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B85" t="s">
-        <v>439</v>
+        <v>433</v>
+      </c>
+      <c r="C85" t="s">
+        <v>434</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E85" t="s">
+        <v>164</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>359</v>
+        <v>435</v>
       </c>
       <c r="I85" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>139</v>
+        <v>102</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="I86" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>441</v>
+      </c>
+      <c r="B87" t="s">
+        <v>442</v>
+      </c>
+      <c r="C87" t="s">
+        <v>443</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>444</v>
+      </c>
+      <c r="I87" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>446</v>
+      </c>
+      <c r="B88" t="s">
+        <v>447</v>
+      </c>
+      <c r="C88" t="s">
+        <v>448</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>345</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
+        <v>449</v>
+      </c>
+      <c r="I88" t="s">
         <v>450</v>
-      </c>
-[...22 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>451</v>
+      </c>
+      <c r="B89" t="s">
+        <v>452</v>
+      </c>
+      <c r="C89" t="s">
+        <v>453</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>36</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
+        <v>454</v>
+      </c>
+      <c r="I89" t="s">
         <v>455</v>
-      </c>
-[...19 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>456</v>
+      </c>
+      <c r="B90" t="s">
+        <v>457</v>
+      </c>
+      <c r="C90" t="s">
+        <v>458</v>
+      </c>
+      <c r="D90" t="s">
+        <v>163</v>
+      </c>
+      <c r="E90" t="s">
+        <v>164</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
         <v>459</v>
       </c>
-      <c r="B90" t="s">
+      <c r="I90" t="s">
         <v>460</v>
-      </c>
-[...48 lines deleted...]
-        <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">