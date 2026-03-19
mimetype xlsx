--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -12,1450 +12,1440 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="445">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Cognome e nome</t>
   </si>
   <si>
     <t>Compleanno</t>
   </si>
   <si>
     <t>Descrizione</t>
   </si>
   <si>
     <t>Genere</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>L'ONG "Viasna"</t>
   </si>
   <si>
     <t>Frase</t>
   </si>
   <si>
     <t>Data di inserimento sul sito</t>
   </si>
   <si>
+    <t>Ilya Alexandrovich Vieriemieyev</t>
+  </si>
+  <si>
+    <t>1 agosto 2003</t>
+  </si>
+  <si>
+    <t>Un ragazzo di 19 anni è stato condannato per i messaggi nelle chat di Telegram che ha lasciato nel febbraio di quest'anno. Presumibilmente, tali messaggi nella chat di gruppo erano la reazione del ragazzo alla guerra iniziata con le forze armate della Russia in Ucraina, anche dal territorio della Bielorussia.</t>
+  </si>
+  <si>
+    <t>Uomo</t>
+  </si>
+  <si>
+    <t>Penal colony No. 2. 213800, Babrujsk, vulica Sikorskaha 1</t>
+  </si>
+  <si>
+    <t>In custodia</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>6,5 anni di carcere</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:24:07</t>
+  </si>
+  <si>
     <t>Sergey Alexandrovich Govsha</t>
   </si>
   <si>
     <t>1 agosto 1981</t>
   </si>
   <si>
     <t>Condannato per un'azione di protesta avvenuta dal 10 all'11 agosto 2020 a Bereza a 2 anni di carcere (infine, tenendo conto di alcune condanne precedenti, a 3 anni di carcere).</t>
   </si>
   <si>
-    <t>Uomo</t>
-[...7 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 28.08.2024: 2 anni di reclusione in una colonia del regime generale. Appello 18.10.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-08-28 13:16:53</t>
   </si>
   <si>
-    <t>Roman Anatolyevich Bagnovets</t>
-[...5 lines deleted...]
-    <t>Roman è stato arrestato la notte del 10 agosto 2020 nell'ambito di un procedimento penale avviato a causa delle proteste e degli scontri tra i residenti di Pinsk e le forze di sicurezza nella notte tra il 9 e il 10 agosto 2020. È stato condannato per aver partecipato a “rivolte di massa”. Le vittime del caso furono 109 agenti di polizia e funzionari che, oltre alla punizione sotto forma di reclusione, chiesero all'accusato un risarcimento di circa 530mila rubli.</t>
+    <t>Aliaksandr Alexandrovich Khazeyeu</t>
+  </si>
+  <si>
+    <t>3 agosto 2000</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2026-02-03 10:40:08</t>
+  </si>
+  <si>
+    <t>Leonid Ivanovich Terebey</t>
+  </si>
+  <si>
+    <t>4 agosto 1985</t>
+  </si>
+  <si>
+    <t>Il motivo della detenzione di Leonid e di sua moglie Antonina sono state le proteste del 2020. Canali filogovernativi hanno riferito che Antonina è stata lasciata con il bambino, probabilmente con la scusa di non andarsene. È probabile che riceva anche una pena non detentiva.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 24.02.2025: 3 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-06-28 10:09:13</t>
+  </si>
+  <si>
+    <t>Irina Gennadievna Tokarczuk</t>
+  </si>
+  <si>
+    <t>4 agosto 1960</t>
+  </si>
+  <si>
+    <t>Madre della blogger prigioniera politica Olga Tokarczuk (è stata rilasciata nel giugno 2022 dopo aver scontato la pena). È stata detenuta a seguito di un massiccio raid delle forze di sicurezza il 23 e 24 gennaio 2024 contro parenti di prigionieri politici e persone che inviavano pacchi e lettere a prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Penal colony No. 4. 246035, Homieĺ, vulica Antoshkina 3</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.08.2024: 3 anni di reclusione in una colonia del regime generale. Appello 15.10.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-06 12:36:40</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Trotskij</t>
+  </si>
+  <si>
+    <t>5 agosto 1975</t>
+  </si>
+  <si>
+    <t>Il 12 agosto 2020, Alexander è stato arrestato quando la sua macchina è stata fermata da persone armate. Si è rifiutato di andarsene e, dopo aver ricevuto minacce di sparatoria, ha cercato di scappare. Durante il suo arresto, è stato picchiato e portato in ospedale con una lesione cerebrale traumatica, quindi trasferito in un centro di custodia cautelare. Secondo gli investigatori avrebbe investito la gamba del poliziotto. La corte lo ha ritenuto colpevole di tentato omicidio.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 17. 213004, Škloŭ, vulica 1-ja Zavodskaja 8</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 05.03.2021: 10 anni di reclusione in una colonia del regime potenziato, 10000 rubli di risarcimento.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:54</t>
+  </si>
+  <si>
+    <t>Sergey Semenovich Timashenko</t>
+  </si>
+  <si>
+    <t>5 agosto 1966</t>
+  </si>
+  <si>
+    <t>Sergei Timoshenko ha combattuto in Afghanistan dal 1986 al 1988. Ha prestato servizio nel 2° avamposto d'assalto aviotrasportato del gruppo manovrabile d'assalto aviotrasportato Kerki, comandando il gruppo di combattimento.
+Sergei, a giudicare dai suoi post sui social media, sostiene l'Ucraina nella sua guerra contro la Russia. Questo sembra essere il motivo delle accuse. È improvvisamente scomparso da tutti i social media alla fine del 2024, è stato arrestato e posto in custodia cautelare.</t>
   </si>
   <si>
     <t>IK n. 1, 211445, Novopolotsk, st. tecnico, 8</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 30.04.2021: 6 anni di reclusione in una colonia del regime potenziato, circa 38000 rubli di risarcimento. Appello 06.07.2021: il verdetto è stato confermato.</t>
-[...93 lines deleted...]
-    <t>2021-02-26 22:37:54</t>
+    <t>Sentenza del tribunale 10.09.2025: 12 anni di reclusione in una colonia del regime potenziato, 1000 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Julia Victorovna Kostyuchenko</t>
+  </si>
+  <si>
+    <t>5 agosto 1995</t>
+  </si>
+  <si>
+    <t>Il tribunale distrettuale di Rogachev ha scoperto che Yulia ha pubblicato messaggi e video sulla sua pagina pubblica sul social network Instagram che "contenevano insulti al presidente".
+02.12.2023 rilasciato dopo aver scontato l'intera pena imposta dal tribunale.
+A gennaio, durante i raid pre-elettorali, Yulia Kostyuchenko è stata nuovamente arrestata e il 22 gennaio è stata processata ai sensi della Parte 2 dell'Articolo 19.11 del Codice dei reati amministrativi per presunta distribuzione di "materiale estremista". Il 5 febbraio si è svolto il secondo processo a Yulia Kostyuchenko, ai sensi della Parte 2 dell'articolo 19.11 kop. Molto probabilmente, Yulia è stata tenuta in custodia per tutto questo tempo e hanno semplicemente prolungato il suo arresto amministrativo, assegnandole 15 giorni la prima volta, e poi prorogandolo nuovamente il 5 febbraio. In totale, Yulia ha trascorso 90 giorni nel centro di detenzione temporanea, dopodiché è stata trasferita al Centro di detenzione preventiva n. 3.
+Il 3 aprile 2025, il KGB della Bielorussia ha riconosciuto la pagina del social network X con il titolo "Cosa sta succedendo?" come una “formazione estremista”. Inoltre, i punitori hanno indicato come coinvolta in questa “formazione” anche Yulia Viktorovna Kostyuchenko, nata il 5 agosto 1995.</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 3. 246003, Homieĺ, vulica Knižnaja 1A</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sentenza del tribunale 22.03.2023: 1 anno di reclusione in una colonia del regime generale. Appello 19.05.2023: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:57:54</t>
   </si>
   <si>
     <t>Sergey Leonidovich Gnevko</t>
   </si>
   <si>
     <t>5 agosto 1977</t>
   </si>
   <si>
     <t>Sergei è stato condannato in tribunale per aver insultato Lukashenko. Il 5 maggio 2023 il caso è stato esaminato dal giudice Inna Sivets.
 Il 4 giugno 2024, un altro procedimento penale contro Sergei è stato esaminato presso il tribunale del distretto di Orsha e Orsha. È stato nuovamente accusato di aver insultato Lukashenko . Il caso è stato ascoltato dal giudice Yulia Vershinina .
 La corte ha ritenuto che Sergei Gnevko “è una persona precedentemente condannata per aver insultato pubblicamente Lukashenko ed è stata portata nel centro di detenzione speciale del Dipartimento degli affari interni del distretto di Orsha per aver commesso un reato amministrativo ai sensi dell'articolo 19.1 del Codice dei reati amministrativi ( piccolo teppismo), mentre era ubriaco, in presenza di dipendenti del dipartimento di polizia e di un dipendente del centro di detenzione speciale hanno rilasciato pubblicamente una dichiarazione contenente una forma di discorso osceno nei confronti di Alexander Lukashenko in relazione all'esercizio dei suoi poteri."
 La corte ha ritenuto Sergei Gnevko colpevole ai sensi della parte 2 dell'art. 368 cp , è stato condannato alla reclusione per quattro anni. Sulla base della totalità delle sentenze, il tribunale ha parzialmente aggiunto alla pena inflitta la pena non scontata ai sensi della sentenza precedente e infine ha inflitto una pena detentiva per un periodo di 4 anni e 6 mesi.
 Il 16 agosto 2024 si è svolta l’udienza d’appello della corte e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>Penal colony No. 22. 225295, Brest region, Ivacevičy, station Damanava, PO Box 20</t>
   </si>
   <si>
     <t>Sentenza del tribunale 05.05.2023: sconosciuto anni di reclusione in una colonia del regime generale. Sentenza del tribunale 04.06.2024: 4 anni 6 mesi di reclusione in una colonia del regime generale. Appello 16.08.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-06-06 15:46:04</t>
   </si>
   <si>
-    <t>Julia Victorovna Kostyuchenko</t>
-[...45 lines deleted...]
-    <t>2024-08-02 15:15:59</t>
+    <t>Sergey Petrovich Litvinko</t>
+  </si>
+  <si>
+    <t>6 agosto 1976</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-07-12 18:53:31</t>
+  </si>
+  <si>
+    <t>Siarhei Viktaravich Pakhomau</t>
+  </si>
+  <si>
+    <t>6 agosto 1988</t>
+  </si>
+  <si>
+    <t>Nel 2013, si laureò all'Università Yanka Kupala di Grodno e iniziò a lavorare come insegnante di storia in una scuola di Žemyslavl. Poco dopo, Sergej divenne il primo segretario del Comitato distrettuale di Ivyevsky dell'Unione della Gioventù Repubblicana Bielorussa (BRSM) e si unì persino alla riserva di leadership del comitato esecutivo locale. In interviste con i media statali, elogiò la stabilità bielorussa e organizzò eventi patriottici.
+Tuttavia, dopo il 2017, abbandonò gli studi. Nel febbraio 2025, Pakhomov si registrò come imprenditore individuale, indicando i lavori di copertura come attività principale.
+Nell'inverno del 2026, si seppe che l'uomo di 37 anni era in custodia cautelare. Era stato accusato ai sensi dell'articolo 130 del Codice penale della Repubblica di Bielorussia ("incitamento all'odio razziale, nazionale, religioso o di altro tipo"). Sebbene non fosse ancora stata pronunciata una sentenza, il KGB lo aveva già inserito nella lista dei "terroristi".
+Il motivo esatto dell'azione penale rimane sconosciuto. Probabilmente è dovuto a commenti su Telegram provenienti da un account non protetto.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:10:52</t>
   </si>
   <si>
     <t>Ivan Sergeevich Licholate</t>
   </si>
   <si>
     <t>6 agosto 1992</t>
   </si>
   <si>
     <t>Un ucraino che vive in Bielorussia dal 2013. Nel 2012-2013, Ivan ha prestato servizio nelle unità di intelligence delle Forze armate ucraine, riporta BelTA. L'inchiesta ritiene che nel gennaio di quest'anno Likholat abbia contattato l'SBU, dove gli è stato ordinato di far saltare in aria i binari della ferrovia. Per questo compito chiamò due abitanti di Grodno, dotati di competenze specifiche nello sminamento. Pukhal'skiy è stato arrestato dopo aver preso un ordigno esplosivo da un nascondiglio nel distretto di Kobryn e averlo trasportato nel distretto di Tolochin. Likholat e Borodich sono stati detenuti a Grodno.
 Condannato a 20 anni di carcere, il tribunale ha ordinato a Ivan di scontare i primi tre anni della pena in carcere.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 18.12.2024: sconosciuto anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
-    <t>Sergey Petrovich Litvinko</t>
-[...8 lines deleted...]
-    <t>2025-07-12 18:53:31</t>
+    <t>Siarhei Skibinski</t>
+  </si>
+  <si>
+    <t>7 agosto 1983</t>
+  </si>
+  <si>
+    <t>Sergei Skibinsky ha 41 anni. È un designer. In precedenza è stato direttore dell'agenzia di design poligraf.bу, attiva fino al 2020. Sergey ha anche un imprenditore individuale nel campo del design, realizzando le proprie illustrazioni e progetti.
+Sergei sarà processato per “promozione dell'estremismo” e partecipazione alle proteste.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.10.2024: 4 anni di reclusione in una colonia del regime generale. Appello 31.01.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
+  </si>
+  <si>
+    <t>Oleg Gorelov</t>
+  </si>
+  <si>
+    <t>8 agosto 1975</t>
+  </si>
+  <si>
+    <t>Gorelov era il capo della direzione della Belinvestbank per la regione di Gomel. Le ultime notizie su di lui risalgono al febbraio 2023 e nel dicembre 2023 al suo posto è stato nominato Pavel Yurkovets, l'ex capo della Belinvestbank a Mozyr.
+Il processo contro Oleg Gorelov è iniziato l'8 febbraio presso il tribunale regionale di Gomel.
+Il 14 giugno 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.03.2024: 10 anni di reclusione in una colonia del regime potenziato. Appello 14.06.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-02-10 14:47:15</t>
   </si>
   <si>
     <t>Alexei Vladimirovich Kiselev</t>
   </si>
   <si>
     <t>8 agosto 1990</t>
   </si>
   <si>
     <t>Alexey Kiselyov è stato arrestato da Verkhnedvinsk nel procedimento penale della “Riserva del personale per la Nuova Bielorussia”. Il suo video di “pentimento” è stato pubblicato la mattina del 13 marzo da un canale telegrafico di propaganda. Alexey è un dipendente del comitato esecutivo regionale di Verkhnedvinsk. Il 14 febbraio, il comitato investigativo ha aperto un procedimento penale contro rappresentanti e partecipanti all'iniziativa “Riserva del personale per la Nuova Bielorussia” annunciata dal Gabinetto congiunto di transizione. Il canale televisivo ONT ha successivamente mostrato 14 persone detenute in questo caso. Il propagandista Igor Tur ha affermato che, insieme alle forze di sicurezza, per un anno ha ascoltato conferenze per i partecipanti all'iniziativa.
 Il programma “Riserva di personale per una nuova Bielorussia” è stato lanciato dal Gabinetto congiunto di transizione nel novembre 2022. L'obiettivo del progetto era formare professionisti in grado di lavorare in posizioni governative e realizzare riforme.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.09.2024: sconosciuto. Appello 03.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Andrey Mechislavovich Stasyukevich</t>
-[...25 lines deleted...]
-  <si>
     <t>Alexey Alexandrovich Prokhorchik</t>
   </si>
   <si>
     <t>9 agosto 1988</t>
   </si>
   <si>
     <t>Nel 2010 si è laureato in ingegneria delle telecomunicazioni presso l'Higher State College of Communications.
 Nel 2017, Prokhorchik ha fondato in Russia la società a responsabilità limitata "ESiS". L'acronimo sta per "sistemi e reti energetiche".
-Le principali attività dell'azienda sono l'installazione e la costruzione di impianti elettrici. ESiS impiega oltre 40 persone. Lo scorso anno, l'azienda ha registrato un fatturato di circa 4 milioni di dollari.</t>
+Le principali attività dell'azienda sono l'installazione e la costruzione di impianti elettrici. ESiS impiega oltre 40 persone. Lo scorso anno, l'azienda ha registrato un fatturato di circa 4 milioni di dollari.
+Alexei è stato condannato per aver aiutato i prigionieri politici.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
   </si>
   <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
-    <t>Vasily Alexandrovich Veremeychik</t>
-[...2 lines deleted...]
-    <t>10 agosto 1990</t>
+    <t>Leonid Leonidovich Shpets</t>
+  </si>
+  <si>
+    <t>9 agosto 1978</t>
+  </si>
+  <si>
+    <t>Pre-trial detention center No. 2. 210026, Viciebsk, vulica Haharyna 2</t>
+  </si>
+  <si>
+    <t>2025-09-08 19:52:22</t>
+  </si>
+  <si>
+    <t>Andrey Mechislavovich Stasyukevich</t>
+  </si>
+  <si>
+    <t>9 agosto 1994</t>
+  </si>
+  <si>
+    <t>Cittadino della Federazione Russa</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:41:07</t>
+  </si>
+  <si>
+    <t>Ivan Ivanovich Yushkevich</t>
+  </si>
+  <si>
+    <t>10 agosto 1977</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-09-26 20:27:53</t>
+  </si>
+  <si>
+    <t>Vitali Mikhajlavich Kavalenka</t>
+  </si>
+  <si>
+    <t>11 agosto 1992</t>
+  </si>
+  <si>
+    <t>Arrestato nell'ambito di un procedimento penale per i messaggi nel bot "Belorussky Gayun".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 13.11.2025: 3 anni di reclusione in una colonia del regime potenziato. Appello data sconosciuta: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-06-08 18:53:33</t>
+  </si>
+  <si>
+    <t>Gleb Nikolaevich Sakhar</t>
+  </si>
+  <si>
+    <t>11 agosto 1982</t>
+  </si>
+  <si>
+    <t>Il 19 luglio 2024 il ricorso è stato esaminato e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 30.04.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 19.07.2024: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:58:40</t>
+  </si>
+  <si>
+    <t>Egor Alexandrovich Boriskevich</t>
+  </si>
+  <si>
+    <t>11 agosto 1986</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.12.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 21.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
+    <t>Yana Sergeevna Tsaruk</t>
+  </si>
+  <si>
+    <t>11 agosto 1994</t>
+  </si>
+  <si>
+    <t>È noto che il KGB ritiene che Yana sia coinvolta nel progetto Maris Mar City Garden, riconosciuto come una “formazione estremista”.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime generale, 700 unità di base di multa. Appello 16.12.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-12-29 22:08:18</t>
+  </si>
+  <si>
+    <t>Vasil Veramejchyk</t>
+  </si>
+  <si>
+    <t>11 agosto 1990</t>
   </si>
   <si>
     <t>Ex soldato del reggimento Kalinovsky, estradato dal Vietnam in Bielorussia.
 Secondo quanto riferito , l'uomo è finito in Asia perché la Lituania lo ha riconosciuto come una minaccia alla sicurezza nazionale e gli ha vietato l'ingresso nell'Unione europea. "Kalinovets" è stato consegnato in Bielorussia la sera del 14 novembre sotto una scorta di tre persone. Vasily è stato portato in Bielorussia la sera del 14 novembre con il volo Belavia (B2978) da Mosca. Questo aereo è atterrato all'aeroporto nazionale di Minsk alle 23:48.
 È anche noto che il video con Veremeychik, pubblicato dai propagandisti, è presumibilmente messo in scena: è stato girato su un piano diverso e in un momento diverso.
 Per "partecipazione a pogrom e tentativo di dare fuoco a un'auto dei pubblici ministeri", è stato aperto un procedimento penale contro di lui ai sensi della parte 1 dell'art. 366 (Violenza o minaccia contro un funzionario che esercita funzioni d'ufficio) del codice penale.
 L'uomo era membro del Consiglio di Coordinamento. L'ufficio di Svetlana Tikhanovskaya ha espresso forti proteste a questo riguardo.
 "Questa mossa fa parte di una politica repressiva a lungo termine del regime di Lukashenko, che non si ferma davanti a nulla per perseguitare i suoi oppositori, compresi coloro che lottano per la libertà e la democrazia, nonché coloro che difendono l'Europa dall'aggressione russa", si legge nella nota. .</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 13 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
-    <t>Ivan Ivanovich Yushkevich</t>
-[...84 lines deleted...]
-    <t>Dmitry Vladimirovich Novozhilov</t>
+    <t>Igor Vladimirovich Korotkov</t>
+  </si>
+  <si>
+    <t>12 agosto 1988</t>
+  </si>
+  <si>
+    <t>Condannato per aver donato 9 euro al reggimento Kalinovsky.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 27.12.2023: 5 anni di reclusione in una colonia del regime generale. Appello 13.02.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
+  </si>
+  <si>
+    <t>Yuri Kazimirovich Jukovski</t>
+  </si>
+  <si>
+    <t>12 agosto 1978</t>
+  </si>
+  <si>
+    <t>8 anni di reclusione in condizioni di regime rafforzato.</t>
+  </si>
+  <si>
+    <t>2022-05-23 19:28:46</t>
+  </si>
+  <si>
+    <t>Dmitry Uladzimiravich Novozhilov</t>
   </si>
   <si>
     <t>12 agosto 1972</t>
   </si>
   <si>
     <t>Dmitry, ex direttore dell'agenzia di stampa BelaPAN, è stato arrestato il 18 agosto 2021, a seguito di una perquisizione e di un interrogatorio da parte della Commissione Investigativa. Inizialmente è stato posto in custodia cautelare per 72 ore nell'ambito di un procedimento penale ai sensi dell'articolo "organizzazione o preparazione di azioni che violano gravemente l'ordine pubblico, o partecipazione a tali azioni". Tuttavia, non è stato rilasciato ed è stato trasferito in un centro di custodia cautelare 10 giorni dopo. L'accusa è stata successivamente modificata in evasione fiscale.
 Nel novembre 2021, è stato rivelato che Dmitry era stato anche accusato di "aver creato un gruppo estremista". Nell'ottobre 2022, è stato riconosciuto colpevole di "partecipazione a un gruppo estremista" e di "evasione fiscale", condannato alla reclusione, a una multa salata e all'interdizione da determinate posizioni per cinque anni.</t>
   </si>
   <si>
     <t>Penal colony No. 3. 211322, Viciebsk region, Vićba</t>
   </si>
   <si>
     <t>Sentenza del tribunale 06.10.2022: 6 anni di reclusione in una colonia del regime generale, 700 unità di base di multa, privazione del diritto di ricoprire determinate posizioni o di impegnarsi in determinate attività. Appello 06.01.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-08-21 01:15:56</t>
   </si>
   <si>
     <t>Kim Andreevich Samusenko</t>
   </si>
   <si>
     <t>12 agosto 1989</t>
   </si>
   <si>
     <t>Un membro del Consiglio del movimento pubblico Dzeya è stato arrestato il 3 novembre 2020 e condannato per aver violato il sistema informatico del comitato esecutivo della città di Minsk.</t>
   </si>
   <si>
-    <t>Penal colony No. 15. 213105, Mahilioŭ, Viejna, Slaŭharadskaja šaša 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentenza del tribunale 28.01.2022: 6 anni 6 mesi di reclusione in una colonia del regime generale. Appello 26.04.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
-  </si>
-[...63 lines deleted...]
-    <t>2023-01-10 19:15:54</t>
   </si>
   <si>
     <t>Samir Zal Ogly Gulu-Zade</t>
   </si>
   <si>
     <t>13 agosto 1987</t>
   </si>
   <si>
     <t>Operaio edile di formazione, si diplomò al College n. 61 di Baranovichi e andò a lavorare in Russia. Al suo ritorno in Bielorussia, divenne membro del Movimento "Per la Libertà".
 Nel 2020 è stato condannato a 10 giorni di carcere, nonostante avesse chiesto al giudice di multarlo. Nel 2025 è stato condannato al carcere per aver partecipato alle proteste del 2020.</t>
   </si>
   <si>
+    <t>Sentenza del tribunale data sconosciuta: 2 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
     <t>2025-08-19 21:16:43</t>
   </si>
   <si>
+    <t>Vladimir Evgenievich Boltenkov</t>
+  </si>
+  <si>
+    <t>13 agosto 1998</t>
+  </si>
+  <si>
+    <t>Vladimir è stato accusato di aver lasciato un commento offensivo su VKontakte sotto un post su Lukashenko. Il post conteneva una foto e il testo di un discorso sulle operazioni militari in Bielorussia. Vladimir ha scritto il commento dalla pagina e dal numero di telefono della sorella mentre era in visita da lei. Ha ammesso pienamente la sua colpevolezza.</t>
+  </si>
+  <si>
+    <t>Semilibertà con obbligo di lavoro e rientro in carcere/istituto</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 16.01.2023: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2023-01-10 19:15:54</t>
+  </si>
+  <si>
     <t>Vladimir Valerievich Makhnach</t>
   </si>
   <si>
     <t>14 agosto 1977</t>
   </si>
   <si>
     <t>Sentenza del tribunale 29.10.2024: 4 anni 6 mesi di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 03.01.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-10-21 17:20:59</t>
+  </si>
+  <si>
+    <t>Tatyana Ivanovna Trofimchik</t>
+  </si>
+  <si>
+    <t>14 agosto 1986</t>
+  </si>
+  <si>
+    <t>anni sconosciuti di reclusione in una colonia in condizioni di regime generale</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:47:58</t>
   </si>
   <si>
     <t>Evgeny Evgenievich Volykhin</t>
   </si>
   <si>
     <t>14 agosto 1973</t>
   </si>
   <si>
     <t>Evgeny ha studiato prima in Russia, presso l'Istituto Industriale e Pedagogico di Magnitogorsk, e poi presso l'Università Commerciale di Management della Bielorussia. Evgeny ha un figlio minorenne.
 Volykhin gestisce la propria attività. Da oltre 20 anni produce e installa finestre in PVC, infissi per balconi e altre strutture simili.
 Sui social media, l'uomo esprime nostalgia per l'URSS, ripubblica post sugli "eroi della Novorossiya" e critica le autorità russe. Nei suoi commenti, definisce il giornalista ucraino Gordon un preservativo, gli ucraini "khokhol" e così via, e Zelensky un tossicodipendente. Tuttavia, le sue pagine contenevano anche critiche a Lukashenko.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: 4 anni 6 mesi di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-10-15 12:36:24</t>
   </si>
   <si>
-    <t>Tatyana Ivanovna Trofimchik</t>
-[...8 lines deleted...]
-    <t>2022-11-17 18:47:58</t>
+    <t>Vitaly Vyacheslavovich Shishlov</t>
+  </si>
+  <si>
+    <t>15 agosto 1993</t>
+  </si>
+  <si>
+    <t>Vitaly è stato arrestato il 25 settembre 2020 nell'ambito di un procedimento penale avviato dopo una protesta a Minsk. La televisione di Stato lo ha mostrato con le mani legate nella foresta, dove ha ammesso di aver partecipato agli scontri.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.07.2021: 6 anni di reclusione in una colonia del regime potenziato, sconosciuto rubli di risarcimento. Appello 24.09.2021: il verdetto è stato confermato. Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:49:06</t>
   </si>
   <si>
     <t>Ilya Petrovich Kravchevsky</t>
   </si>
   <si>
     <t>15 agosto 1996</t>
   </si>
   <si>
     <t>Al processo ex art. 342 e dell'art. 364 si è dichiarato non colpevole.</t>
   </si>
   <si>
     <t>8,5 anni di carcere.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
   </si>
   <si>
-    <t>Vitaly Vyacheslavovich Shishlov</t>
-[...11 lines deleted...]
-    <t>2021-02-26 21:49:06</t>
+    <t>Maxim Vasilievich Gelyasin</t>
+  </si>
+  <si>
+    <t>16 agosto 1986</t>
+  </si>
+  <si>
+    <t>Cittadino della Federazione Russa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 4 anni di reclusione in una colonia del regime potenziato.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Yurchik</t>
+  </si>
+  <si>
+    <t>16 agosto 1969</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato nel gennaio 2021 in relazione al caso delle rivolte di massa e condannato con l'accusa di aver partecipato a canali Telegram di "orientamento radicale", nonché di aver voluto danneggiare o distruggere tre chioschi Tabakerka.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 19.07.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 23.11.2021: il verdetto è stato confermato. Appello 10.07.2024: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-05-28 22:53:14</t>
   </si>
   <si>
     <t>Igor Nikolaevich Goltsov</t>
   </si>
   <si>
     <t>16 agosto 1984</t>
   </si>
   <si>
     <t>Programmatore quarantenne di Mogilev. Nel 2013 si è laureato presso l'Università bielorussa-russa, diventando ingegnere. È specializzato nell'uso della piattaforma Magento, utilizzata per creare negozi online e organizzare il commercio online. Ha una figlia piccola e una moglie.
 Igor Goltsov ha trasferito circa 50 dollari al canale YouTube "Zerkalo" tramite Patreon. Questo è accaduto nel 2023.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 14.05.2025: 5 anni di reclusione in una colonia del regime generale. Appello 20.06.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
-    <t>Maxim Vasilievich Gelyasin</t>
-[...28 lines deleted...]
-  <si>
     <t>Eugene Ivanovich Soroko</t>
   </si>
   <si>
     <t>17 agosto 1993</t>
   </si>
   <si>
     <t>Evgeniy è stato arrestato nel dicembre 2024 e condannato alla reclusione nel giugno 2025.</t>
   </si>
   <si>
     <t>Sentenza del tribunale data sconosciuta: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-06-28 18:08:16</t>
   </si>
   <si>
-    <t>Alexei Vyacheslavovich Shvetsov</t>
-[...11 lines deleted...]
-    <t>2024-01-30 20:42:17</t>
+    <t>Cheslau Gerasimovitch</t>
+  </si>
+  <si>
+    <t>17 agosto 1986</t>
+  </si>
+  <si>
+    <t>Cheslav Gerasimovich ha 37 anni. Viene da Minsk.
+Per qualche tempo nel 2022 Gerasimovich ha lavorato a Vilnius, ma nell'autunno del 2022 è tornato a Minsk.
+Il 26 giugno Cheslav è stato condannato per “disobbedienza a un agente di polizia” in un procedimento amministrativo.
+A giudicare dal video GUBOPiK, Gerasimovich è accusato quattro volte di aver fatto donazioni alla "formazione estremista". Probabilmente è accusato ai sensi dell'articolo 361-2 del codice penale.
+Gerasimovich scrive sui social network che conduce formazione in psicoterapia da più di 15 anni. Dal 2011 ha iniziato a lavorare come tester. È interessato alla musica e suona la chitarra, scrive anche poesie e brevi prose.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 09.12.2024: 5 anni di reclusione in una colonia del regime generale, 300 unità di base di multa.</t>
+  </si>
+  <si>
+    <t>2024-08-03 17:12:06</t>
   </si>
   <si>
     <t>Nikita Valerievich Samarin</t>
   </si>
   <si>
     <t>17 agosto 1991</t>
   </si>
   <si>
     <t>Nikita è stato arrestato per aver spruzzato gas lacrimogeno in faccia a un agente della polizia antisommossa mentre cercava di proteggere una persona durante una protesta. È stato picchiato, gli sono stati tagliati i capelli con un coltello e gli è stato spruzzato gas lacrimogeno in faccia. Nel dicembre 2020 è stato condannato a quattro anni di libertà limitata, ma il pubblico ministero è poi riuscito ad aumentare la pena a due anni e mezzo di carcere. Nikita non si è presentato in tribunale, raccontando tramite un amico che erano stati pianificati arresti arbitrari in aula, con minacce contro di lui e altri.
 Fu costretto all'esilio.
 Alla fine di marzo 2025, si è saputo che Nikita, che all'epoca si era nascosto per quattro anni per sfuggire al verdetto, era stato arrestato a Grodno. Come riportato dal Ministero degli Interni, l'uomo è stato fermato, non avendo documenti con sé, e gli è stato chiesto di recarsi in stazione. Nikita ha opposto resistenza agli agenti di polizia e, a quanto pare, ha rotto un braccio a uno di loro. Si dice che l'uomo sia ricercato per aver "spruzzato una bomboletta di gas lacrimogeno in faccia alle forze dell'ordine" nell'agosto 2020. Per questo motivo è stato aperto un procedimento penale contro di lui. Ha lasciato il Paese, ma poi è tornato illegalmente in Bielorussia.
 Dal 13 maggio 2025, non si hanno più informazioni sul prigioniero politico. Sono vietati corrispondenza e pacchi a lui indirizzati. Non si hanno inoltre informazioni sul caso di Nikita e sulla data dell'udienza. Inoltre, si segnala che all'investigatore del caso del prigioniero politico è vietato informare parenti e amici di Nikita sullo stato e l'avanzamento del caso.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 11.12.2020: 4 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto, 500 rubli di risarcimento. Protesta del pubblico ministero 25.03.2021: 2 anni 6 mesi di reclusione in una colonia del regime generale, 2000 rubli di risarcimento. Sentenza del tribunale data sconosciuta: 6 anni di reclusione in una colonia del regime potenziato.</t>
   </si>
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
+    <t>Alexei Vyacheslavovich Shvetsov</t>
+  </si>
+  <si>
+    <t>17 agosto 1985</t>
+  </si>
+  <si>
+    <t>È stato condannato a 5 anni di prigione per aver donato al reggimento di Kalinovsky (il primo - 13,63 euro, il secondo - 35 euro, per un totale di 133 rubli e 30 centesimi).</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 26.12.2023: 5 anni di reclusione in una colonia del regime generale.</t>
+  </si>
+  <si>
+    <t>2024-01-30 20:42:17</t>
+  </si>
+  <si>
     <t>Anatoly Stepanovich Vasilevsky</t>
   </si>
   <si>
     <t>17 agosto 1963</t>
   </si>
   <si>
     <t>Sentenza del tribunale 03.10.2024: 4 anni di reclusione in una colonia del regime potenziato. Appello 24.12.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-09-25 19:45:52</t>
   </si>
   <si>
+    <t>Alexander Viktorovich Krupnikov</t>
+  </si>
+  <si>
+    <t>18 agosto 1978</t>
+  </si>
+  <si>
+    <t>Alexander è stato condannato nell'autunno del 2024 per "organizzazione e preparazione di azioni che violano gravemente l'ordine pubblico o partecipazione attiva a tali azioni" e condannato alla libertà limitata con rinvio a un istituto di tipo aperto.</t>
+  </si>
+  <si>
+    <t>Open correctional facility No. 7. 225136, Pružany district, Kuplina</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 29.10.2024: 3 anni di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:37:32</t>
+  </si>
+  <si>
     <t>Vladislav Sergeevich Savin</t>
-  </si>
-[...1 lines deleted...]
-    <t>18 agosto 1978</t>
   </si>
   <si>
     <t>Vladislav, blogger, poeta e scrittore, è stato arrestato nell'aprile 2021 e condannato un anno dopo per frode, per aver promesso a più di 100 persone nel 2015-2016 di partecipare ai primi reality show in Bielorussia, senza poi mantenere la promessa. È stato inoltre ritenuto colpevole di aver partecipato a tre marce nel 2020 e di aver organizzato proteste tramite Instagram. Lo stesso Vladislav ha ammesso solo di aver partecipato ai raduni.
 Nell'ottobre 2022 è stato nuovamente condannato per aver insultato Lukashenko in una poesia allegata a un ricorso contro il verdetto.
 Sul portale del negozio online Ridero.ru, sotto lo pseudonimo di Vlad Savinn, vengono presentati i suoi libri: il racconto "Ambidestro" e la raccolta di poesie "Poesia attraverso", disponibili in formato cartaceo ed elettronico.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.03.2022: 8 anni di reclusione in una colonia del regime potenziato. Sentenza del tribunale 26.10.2022: 2 anni di reclusione in una colonia del regime generale. Appello 23.12.2022: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-05-12 14:09:33</t>
   </si>
   <si>
-    <t>Sergey Prus</t>
-[...44 lines deleted...]
-    <t>Vitaly Fedorovich Braginets</t>
+    <t>Vitali Braginiec</t>
   </si>
   <si>
     <t>19 agosto 1973</t>
   </si>
   <si>
     <t>Avvocato con 25 anni di esperienza. In precedenza, ha diretto la sua compagnia, Braginets and Partners. Recentemente ha lavorato nell'ufficio di consulenza legale del distretto Dzerzhinsky di Minsk.
 Dopo essere stato trattenuto a casa, è stato portato al dipartimento di polizia di Partizanskoye “per verificare se fosse coinvolto in attività di protesta”. Da lì lui, come affermato in tribunale, "ha cercato di andarsene". È qui che è arrivata la disobbedienza.
 Contro di lui è stato redatto un protocollo ai sensi dell'art. 24.3 del codice degli illeciti amministrativi e arrestato per 15 giorni. Doveva essere rilasciato la sera del 7 giugno, ma ciò non è avvenuto.
 Vitaly è il difensore dell'avvocato Andrey Mochalov, contro il quale è stato denunciato un procedimento penale .
 Il processo si è svolto a porte chiuse.</t>
   </si>
   <si>
     <t>8 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
     <t>Pavel Petrovich Alekseev</t>
   </si>
   <si>
     <t>19 agosto 1988</t>
   </si>
   <si>
     <t>Cittadino della Federazione Russa.
 Il 26 luglio 2024 è stato discusso l'appello e la sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.05.2024: 5 anni di reclusione in una colonia del regime generale. Appello 26.07.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-05-02 18:35:47</t>
   </si>
   <si>
+    <t>Oleg Nikolaevich Silich</t>
+  </si>
+  <si>
+    <t>19 agosto 1972</t>
+  </si>
+  <si>
+    <t>3,5 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:19:45</t>
+  </si>
+  <si>
     <t>Dmitriy Tahirovich Suvkhanov</t>
   </si>
   <si>
     <t>20 agosto 1987</t>
   </si>
   <si>
     <t>Dmitry Suvkhanov è il fratello di Marat Suvkhanov, morto in Ucraina nel febbraio 2023, combattendo a fianco delle forze di occupazione russe.
 La moderatrice dell'incontro presso il tribunale distrettuale di Svetlogorsk è stata ancora una volta Kristina Kasyanova. Ha considerato l'accusa contro Dmitry Suvkhanov ai sensi della parte 2 dell'art. 367, con cui le autorità puniscono per aver diffamato Lukashenko.
 Le autorità hanno così violato il diritto di Suvkhanov di far esaminare il suo caso da un tribunale indipendente e imparziale. Dopotutto, la cittadina Kasyanova è in uno stato di dipendenza lavorativa dalla persona che Suvkhanov avrebbe calunniato: Menaut Lukashenko, con il suo decreto, ha nominato Kasyanova alla carica di giudice e se è insoddisfatto delle sue azioni, solo lui può licenziarla da quella posizione. posizione.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 15.07.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 02.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-16 18:09:01</t>
   </si>
   <si>
     <t>Alexander Andreevich Kudrevich</t>
   </si>
   <si>
     <t>20 agosto 1989</t>
   </si>
   <si>
     <t>I dettagli del caso non sono noti. Alexander è stato probabilmente arrestato nel gennaio 2024. Secondo le informazioni sui suoi social network, l'uomo è sposato e si è laureato alla BSUIR nel 2014.
 Probabilmente ha lavorato per il dipartimento di intelligence criminale, che ha intentato una causa contro Alexander per aver causato danni alla proprietà. Va notato che il Dipartimento di intelligence criminale del Ministero degli affari interni è apparso in Bielorussia nell'aprile di quest'anno - in precedenza era chiamato Dipartimento per il supporto delle attività investigative operative del Ministero degli affari interni.
 Il processo si svolgerà a porte chiuse.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 30.12.2024: 15 anni di reclusione in una colonia del regime potenziato. Appello 11.03.2025: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-12-02 14:32:26</t>
   </si>
   <si>
     <t>Irina Alexandrovna Melkher</t>
   </si>
   <si>
     <t>20 agosto 1955</t>
   </si>
   <si>
     <t>Irina è stata arrestata nel dicembre 2020 insieme a suo figlio nell’ambito del criminale “caso Autukhovich”. Le autorità hanno definito Mikalai Autukhovich “l’organizzatore e leader di un gruppo terroristico”. È stata accusata di aver partecipato a una "organizzazione terroristica" coinvolta nell'incendio delle proprietà degli agenti di polizia. Irina è stata condannata per “partecipazione a un'organizzazione criminale”, “atto di terrorismo”, “tentativo di prendere il potere”, nonché per aver partecipato a una manifestazione di protesta avvenuta nel settembre 2020 a Brest.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 17 anni di reclusione in una colonia del regime generale, 700 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:45:25</t>
   </si>
   <si>
-    <t>Evgeny Anatolyevich Lyulkovich</t>
-[...2 lines deleted...]
-    <t>21 agosto 1994</t>
+    <t>Yauheni Anatolyevich Liulkovich</t>
+  </si>
+  <si>
+    <t>21 agosto 1984</t>
   </si>
   <si>
     <t>Dopo numerosi arresti amministrativi, il 21 novembre 2021 è stato nuovamente arrestato per procedimento penale.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
   </si>
   <si>
+    <t>Alexander Vladimirovich Yakushkov</t>
+  </si>
+  <si>
+    <t>22 agosto 1956</t>
+  </si>
+  <si>
+    <t>Un militare in pensione, un tenente colonnello di riserva che ha prestato servizio nelle forze missilistiche strategiche, un ex insegnante alla Scuola militare e un membro del partito Hramada del popolo.
+Durante la campagna elettorale presidenziale del 2020, Yakushkov è stato processato due volte per "partecipazione a eventi non autorizzati", ovvero per aver preso parte a picchetti per raccogliere firme per Svetlana Tikhanovskaya; in entrambe le occasioni il tribunale ha condannato l'uomo a "giorni di prigione".</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 12.06.2025: 2 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 11.09.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:55:48</t>
+  </si>
+  <si>
+    <t>Boris Borisovich Puchalski</t>
+  </si>
+  <si>
+    <t>22 agosto 1975</t>
+  </si>
+  <si>
+    <t>L'inchiesta ritiene che nel gennaio di quest'anno l'ucraino Likholat abbia contattato l'SBU, dove gli è stato ordinato di far saltare in aria i binari ferroviari. Per questo compito chiamò due abitanti di Grodno, dotati di competenze specifiche nello sminamento. Boris Pukhalsky è stato arrestato dopo aver preso un ordigno esplosivo da un nascondiglio nel distretto di Kobryn e averlo trasportato nel distretto di Tolochin.
+Condannato a 25 anni di carcere, il tribunale ha ordinato a Boris di scontare i primi cinque anni della pena in carcere.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 18.12.2024: 25 anni di reclusione in una colonia del regime potenziato. Appello 02.05.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
+  </si>
+  <si>
+    <t>Svetlana Viktorovna Bychkovskaya</t>
+  </si>
+  <si>
+    <t>22 agosto 1977</t>
+  </si>
+  <si>
+    <t>La donna lavorava nel servizio One Window nel distretto Oktyabrsky di Minsk.
+È sospettato di aver trasferito dati personali di funzionari della sicurezza ai canali di Telegram.
+Il processo si è svolto a porte chiuse.</t>
+  </si>
+  <si>
+    <t>5. 5 anni di reclusione in una colonia penale.</t>
+  </si>
+  <si>
+    <t>2022-04-19 18:19:59</t>
+  </si>
+  <si>
     <t>Oksana Genrikhovna Lepko</t>
   </si>
   <si>
     <t>22 agosto 1974</t>
   </si>
   <si>
     <t>È stata condannata per trasferimenti di denaro in un centro di detenzione preventiva.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 20.09.2024: 3 anni di reclusione in una colonia del regime generale. Appello 22.11.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2024-06-03 18:46:04</t>
+  </si>
+  <si>
+    <t>Pavel Nikolayevich Belous</t>
+  </si>
+  <si>
+    <t>22 agosto 1987</t>
+  </si>
+  <si>
+    <t>Creatore del negozio Symbal.by, manager culturale.
+È stato arrestato il 15 novembre 2021 dopo essere stato chiamato alla polizia. Successivamente, Pavel è stato condannato tre volte per procedimenti amministrativi (per 15, 13 e 7 giorni), dopodiché è stato trasferito in un centro di detenzione preventiva per un procedimento penale.</t>
+  </si>
+  <si>
+    <t>13 anni di reclusione in una colonia penale a regime rafforzato.</t>
+  </si>
+  <si>
+    <t>2021-12-29 15:27:44</t>
   </si>
   <si>
     <t>Olga Vladimirovna Mayorova</t>
   </si>
   <si>
     <t>22 agosto 1966</t>
   </si>
   <si>
     <t>Un noto personaggio pubblico che in precedenza aveva partecipato al Partito civile unito è stato arrestato il 4 gennaio 2021 nell'ambito del "caso Autukhovich" e accusato di aver partecipato a una "organizzazione terroristica" associata all'incendio doloso delle proprietà della polizia. Olga è stata condannata per “partecipazione a un'organizzazione criminale”, “tentato sequestro di potere”, “incitamento all'odio”, “richiesta di sanzioni” e “azioni illegali con armi”.
 In custodia, il prigioniero politico era sospettato di avere il diabete. Nel marzo 2024, è stata nuovamente condannata per “disobbedienza dolosa ai requisiti dell’amministrazione della colonia”.</t>
   </si>
   <si>
     <t>Penal colony No. 24. 247526, vulica Vytvorčaja, 44, Zarečča, Rečyca district, Homieĺ region</t>
   </si>
   <si>
     <t>Sentenza del tribunale 17.10.2022: 20 anni di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello 31.03.2023: il verdetto è stato confermato. Sentenza del tribunale 05.03.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 29.05.2024: il verdetto è stato confermato.</t>
   </si>
   <si>
     <t>2021-02-27 00:48:39</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-10-21 22:55:48</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Sudnikovich</t>
   </si>
   <si>
     <t>22 agosto 1960</t>
   </si>
   <si>
     <t>Alla fine di maggio 2024, i media statali hanno riferito dell'arresto di due cittadini bielorussi al confine tra Bielorussia e Lituania: uno di loro era nella lista dei ricercati internazionali e stava tentando di attraversare illegalmente il confine con la Lituania, l'altro era un autista.
 In un "video confessione", Alexander ha ammesso di aver lasciato nel 2021 commenti di "approvazione" per le azioni di Andrei Zeltser, morto in una sparatoria con l'ufficiale del KGB Dmitry Fedosyuk. È noto che Alexander abbia vissuto a lungo negli Stati Uniti.
 Nel febbraio 2025 è stato condannato per quattro capi d'imputazione, ma l'esito della sentenza è ancora sconosciuto. Si dice anche che soffra di gravi problemi di salute.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.02.2025: sconosciuto anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2024-10-10 12:18:28</t>
   </si>
   <si>
-    <t>Pavel Nikolayevich Belous</t>
-[...47 lines deleted...]
-  <si>
     <t>Paul Vladimirovich Korenyukhin</t>
   </si>
   <si>
     <t>24 agosto 1988</t>
   </si>
   <si>
     <t>È stato detenuto nel novembre 2024 a Zhodino.
 Allo stesso tempo, il sito web dell'iniziativa “Lettera Bel” e le sue pagine sui social network sono stati riconosciuti come “materiali estremisti”. Un mese dopo , il KGB riconobbe l’iniziativa come “ formazione estremista”. Secondo il dipartimento, Alexander Mazur , così come Pavel Korenyukhin e Alexander Lykshin sono imparentati con la "lettera . bel". Ora gli uomini si trovano nell'ST -8 , sono accusati ai sensi dell'art. 361-1 del codice penale (Creazione di un gruppo estremista o partecipazione ad esso).</t>
   </si>
   <si>
+    <t>Prison No. 4. 212011, Mahilioŭ, vulica Krupskaj 99A</t>
+  </si>
+  <si>
     <t>Sentenza del tribunale data sconosciuta: 3 anni 6 mesi di reclusione in una colonia del regime potenziato, 1000 unità di base di multa. Appello 25.11.2025: sconosciuto.</t>
   </si>
   <si>
     <t>2024-12-29 21:56:28</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Kryvashei</t>
+  </si>
+  <si>
+    <t>24 agosto 1993</t>
+  </si>
+  <si>
+    <t>2025-11-06 20:45:56</t>
+  </si>
+  <si>
     <t>Anatoly Alexandrovich Churikov</t>
   </si>
   <si>
     <t>Sentenza del tribunale 19.08.2024: sconosciuto anni di reclusione in una colonia del regime generale. Appello 15.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-08-13 12:15:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-11-06 20:45:56</t>
   </si>
   <si>
     <t>Pauline Alexandrovna Pitkevich</t>
   </si>
   <si>
     <t>24 agosto 1994</t>
   </si>
   <si>
     <t>Quando nel giugno 2024 il KGB della Bielorussia dichiarò il progetto Media IQ un gruppo estremista, nominò Pitkevich tra i suoi partecipanti. Più o meno nello stesso periodo, gli account di Polina sono stati online l'ultima volta.
 Polina Pitkevich è nata nel 1994. Laureato presso la Facoltà di Giornalismo della BSU (2016). Si interessò al teatro e per qualche tempo lavorò come attrice nel Laboratorio del Teatro Sociale di Minsk. Come giornalista ha scritto di argomenti culturali. Polina è nota anche per il suo amore per gli animali: sulle sue pagine dei social media si possono trovare molti annunci pubblicitari che aiutano gli animali senza casa. Secondo gli amici, Polina aveva più di un gatto salvato che viveva in casa sua.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 07.03.2025: 3 anni di reclusione in una colonia del regime generale. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-02-28 01:16:19</t>
   </si>
   <si>
     <t>Nadezhda Anatolievna Laptenok</t>
   </si>
   <si>
     <t>24 agosto 1972</t>
   </si>
   <si>
     <t>È noto che Nadezhda ha due figlie adulte e un figlio minore con disabilità.
 Il 1 marzo 2024 l'appello è stato esaminato e il verdetto è entrato in vigore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia alle condizioni del regime generale</t>
   </si>
   <si>
     <t>2023-12-07 23:27:01</t>
-  </si>
-[...27 lines deleted...]
-    <t>2021-02-26 21:11:11</t>
   </si>
   <si>
     <t>Dmitriy Aleksandrovich Makeev</t>
   </si>
   <si>
     <t>25 agosto 1983</t>
   </si>
   <si>
     <t>Un farmacista di formazione. Dmitry è accusato ai sensi di sei articoli del codice penale.
 Secondo la procura di stato , dall'agosto 2020 al febbraio 2023 l'uomo ha trasferito 68 euro sui conti della risorsa informativa Belsat, nonché 68 euro e 78 dollari sui conti del Fondo di solidarietà Bysol. Inoltre, per più di un anno ha trasferito denaro a una risorsa mediatica - "i cui materiali sono riconosciuti come estremisti", oltre a 33 euro sui conti del reggimento Kastus Kalinovsky.
 L'imputato ha fotocopiato i documenti dipartimentali ricevuti dalla farmacia e li ha inviati ai canali "Telegram", che i servi di Lukashenko chiamano "formazioni estremiste". Durante la prima udienza in tribunale, si è saputo che tra i documenti c'erano informazioni sulla riconciliazione delle carte di registrazione militare dei soggetti obbligati al servizio militare, che alcuni medicinali di fabbricazione ucraina scompariranno dal mercato bielorusso, un appello dell'Unione delle donne bielorusse in relazione alla situazione alla frontiera, la decisione del Ministero della Salute In Inoltre, l'uomo ha catturato il video dalle telecamere di videosorveglianza esterne della farmacia con il movimento di attrezzature militari russe e lo ha anche inviato a un telegramma ".
 Il 28 novembre 2023 è stato esaminato il ricorso. La sentenza è entrata in vigore.</t>
   </si>
   <si>
     <t>6 anni di reclusione in una colonia in condizioni di sicurezza rafforzate</t>
   </si>
   <si>
     <t>2023-08-16 18:04:33</t>
   </si>
   <si>
+    <t>Artsem Nikolaevich Sakov</t>
+  </si>
+  <si>
+    <t>25 agosto 1994</t>
+  </si>
+  <si>
+    <t>Artem è un'ex guardia di frontiera, membro del gruppo di iniziativa per la nomina presidenziale di Svetlana Tikhanovskaya e uno dei videografi del canale YouTube "Country for Life". Ha partecipato a un picchetto per la raccolta firme a Grodno il 29 maggio 2020. Successivamente è stato arrestato e condannato per “organizzazione di rivolte di massa”.
+Nel novembre 2022 è stato trasferito in regime carcerario.
+Secondo gli attivisti per i diritti umani, le persone coinvolte nel “caso” dovranno pagare un risarcimento di 29 milioni di rubli.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 14.12.2021: 16 anni di reclusione in una colonia del regime potenziato. Appello 01.06.2022: il verdetto è stato confermato. Sentenza del tribunale 06.10.2022: circa 29000000 rubli di risarcimento. Tribunale per il cambio di regime 09.11.2022: sconosciuto anni di regime carcerario.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:11:11</t>
+  </si>
+  <si>
     <t>Marina Alexandrovna Petrozhitskaya</t>
   </si>
   <si>
     <t>25 agosto 1963</t>
   </si>
   <si>
     <t>Ha lavorato come preside per le attività didattiche presso il Ginnasio n. 34 di Minsk, situato vicino a via Orlovskaya, di fronte a piazza Kievsky. La donna si è laureata presso l'Università Pedagogica Statale Bielorussa (allora Istituto Pedagogico Statale di Minsk) nel 1984, dopodiché ha insegnato matematica per circa 40 anni.
 Nel luglio 2021, Petrazytskaya è stata condannata a 15 giorni di carcere. La sua casa è stata perquisita, è stata condotta al KGB e poi è stato redatto un protocollo per "insubordinazione". Non si sa esattamente quando il preside sia stato licenziato dalla scuola.
 L'insegnante è stato arrestato nell'ottobre 2024.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 24.07.2025: 2 anni di reclusione in una colonia del regime generale, 800 unità di base di multa. Appello data sconosciuta: sconosciuto.</t>
   </si>
   <si>
     <t>2025-07-26 14:58:15</t>
+  </si>
+  <si>
+    <t>Gennady Mikhailovich Poleichuk</t>
+  </si>
+  <si>
+    <t>25 agosto 1974</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 02.12.2024: 1 anno 6 mesi di reclusione in una colonia del regime generale. Appello 25.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:12:46</t>
+  </si>
+  <si>
+    <t>Olga Alexandrovna Rodionova</t>
+  </si>
+  <si>
+    <t>26 agosto 1974</t>
+  </si>
+  <si>
+    <t>Olga Rodionova ha lavorato fino al 2020 presso KYKY.org, principalmente per la rubrica “Dolore”, e ha anche collaborato come freelance con i media bielorussi e stranieri.
+Mentre si trovava nel centro di detenzione n. 1, Olga è stata mandata per un esame psichiatrico all'ospedale di Novinki. La madre malata di Olga , che ha più di 80 anni , ha bisogno di cure costanti .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 10.12.2024: 4 anni di reclusione in una colonia del regime generale. Appello 07.02.2025: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2024-11-01 02:14:01</t>
+  </si>
+  <si>
+    <t>Tatiana Vladimirovna Minets</t>
+  </si>
+  <si>
+    <t>26 agosto 1979</t>
+  </si>
+  <si>
+    <t>Psicologo professionista e business coach di successo nel campo della crescita professionale e personale. È membro dell'Associazione Bielorussa degli Psicoterapeuti.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 20.08.2025: 2 anni di reclusione in una colonia del regime generale, 1000 unità di base di multa. Appello 11.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Catherine Nikolaevna Novikov</t>
   </si>
   <si>
     <t>26 agosto 1985</t>
   </si>
   <si>
     <t>Presumibilmente detenuto per aver rilasciato interviste a media stranieri.
 È noto che Ekaterina è stata detenuta all'inizio dell'estate in una camicia da notte, in cui è stata tenuta in un centro di custodia cautelare fino al primo trasferimento dai suoi parenti.
 All'inizio di aprile 2024, fonti di Belsat hanno consegnato alla redazione una lettera di Ekaterina. Su un pezzo di carta igienica, ha descritto la sua orribile detenzione e la successiva incarcerazione:
 “Sono caduto dal secondo piano del letto, con la testa su una panca di legno. Hanno fatto una foto, ma non hanno riportato il risultato per più di un mese”.
 “L’hanno messo sulla bandiera, hanno picchiato l’intero ufficio. Hanno detto che era per le mie interviste, per il canale e per i miei ardenti appelli”.
 Il 16 luglio 2024 il ricorso è stato esaminato.</t>
   </si>
   <si>
     <t>6,5 anni di reclusione in una colonia in condizioni di regime generale.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
+    <t>Alexandra Vladimirovna Dubrovskaya</t>
+  </si>
+  <si>
+    <t>26 agosto 1988</t>
+  </si>
+  <si>
+    <t>Alexandra si è laureata presso l'Università Cardinal Stefan Wyszyński di Varsavia. Lavora come insegnante di inglese in diverse scuole e centri per lo sviluppo infantile a Mogilev. Ha conseguito l'abilitazione all'insegnamento di prima categoria.
+La donna è nota per essere un'amante della cultura bielorussa e ha preso parte agli eventi della Società linguistica bielorussa e di un club di danza popolare.
+Molto probabilmente la questione è legata alla partecipazione di Alexandra alle chat di protesta.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale. Appello 19.11.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:40:07</t>
+  </si>
+  <si>
     <t>Dmitry Yurievich Ravich</t>
-  </si>
-[...1 lines deleted...]
-    <t>26 agosto 1988</t>
   </si>
   <si>
     <t>Arrestato per un'azione sulla ferrovia .
 Durante l'offensiva delle truppe russe su Kiev dalla regione di Gomel, insieme a Denis Dikun e Oleg Molchanov , ha bruciato un armadio con apparecchiature elettroniche sulla ferrovia per rallentare la consegna di attrezzature militari russe al confine ucraino. Di conseguenza, i semafori e gli scambi su una delle sezioni della ferrovia Zhlobin-Kalinkovichi, che prosegue verso l'Ucraina, sono stati portati in rovina.
 Dmitry ha lavorato presso VMU RUE "PO Belorusneft" come elettricista di impianti di perforazione.</t>
   </si>
   <si>
     <t>22 anni di reclusione in una colonia penale a regime rafforzato.</t>
   </si>
   <si>
     <t>2022-03-11 01:12:13</t>
   </si>
   <si>
-    <t>Alexandra Vladimirovna Dubrovskaya</t>
-[...41 lines deleted...]
-    <t>2024-11-01 02:14:01</t>
+    <t>Nikita Sergeevich Nechaev</t>
+  </si>
+  <si>
+    <t>26 agosto 1994</t>
+  </si>
+  <si>
+    <t>Nikita si è laureato presso la Facoltà di Radiofisica e Informatica nel 2019. È stato riconosciuto come miglior studente nella categoria "Miglior laureato BSU".
+Ha 7 anni di esperienza lavorativa su progetti di ricerca avanzata in vari campi ( tra cui statistica , teoria della probabilità e algebra lineare , fisica dei semiconduttori e fisica termica ) .</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale data sconosciuta: 3 anni di reclusione in una colonia del regime generale, 500 unità di base di multa. Appello 03.02.2026: sconosciuto.</t>
+  </si>
+  <si>
+    <t>2025-11-13 13:44:32</t>
   </si>
   <si>
     <t>Stepan Sergeevich Zadojko</t>
   </si>
   <si>
     <t>27 agosto 1984</t>
   </si>
   <si>
     <t>Secondo canali filogovernativi, è stato arrestato per aver fatto più di 1.200 commenti. È interessante notare che i commenti mostrati dalle forze di sicurezza sono stati scritti principalmente in lingua bielorussa e miravano principalmente a sostenere l'Ucraina. Tutti i commenti mostrati provengono da YouTube.
 Nel video trasmesso sui canali delle forze di sicurezza, cinque soldati della SOBR lo attaccano, e poi l'uomo sembra picchiato: ha un occhio gravemente nero e la sua testa è graffiata fino a farla sanguinare.
 Stepan lavora come operaio in una delle imprese private di Grodno. L'uomo frequenta regolarmente anche la palestra e si mantiene in buona forma fisica, a giudicare dalle foto sui social.</t>
   </si>
   <si>
+    <t>Prison No. 1. 230023, Hrodna, vulica Kirava 1</t>
+  </si>
+  <si>
     <t>5,5 anni di reclusione in un carcere di massima sicurezza.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
-    <t>Michael Igorevich Baboshko</t>
-[...11 lines deleted...]
-    <t>2023-10-02 21:15:28</t>
+    <t>Aliaksandr Nazarovich</t>
+  </si>
+  <si>
+    <t>27 agosto 1983</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato e condannato per aver fermato un treno merci, aver messo strisce rosse sui pannelli luminosi pubblicitari, aver forato i pneumatici di un agente di polizia, aver dato fuoco al chiosco Tabakerka e maneggiato oggetti contenenti sostanze infiammabili. Ha spiegato le sue azioni come una protesta contro la situazione nel paese dopo le elezioni presidenziali del 9 agosto 2020, in particolare contro le detenzioni infondate e la tortura di persone da parte delle forze di sicurezza. Sequestrata anche la sua Opel Astra.</t>
+  </si>
+  <si>
+    <t>Penal colony No. 11. 231900, Volkovysk, Rokossovsky str., 118</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 07.06.2021: 8 anni di reclusione in una colonia del regime potenziato. Appello 26.08.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:24:17</t>
+  </si>
+  <si>
+    <t>Alexander Gennadievich Kordyukov</t>
+  </si>
+  <si>
+    <t>27 agosto 1979</t>
+  </si>
+  <si>
+    <t>Alexander è stato arrestato dopo una protesta contro i risultati delle elezioni presidenziali, tenutesi l'11 agosto 2020 a Brest. Durante questo evento, Gennady Shutov venne colpito alla nuca, alla quale Alexander assistette. In seguito venne condannato per resistenza e tentato omicidio del capitano Roman Gavrilov, che aveva sparato al manifestante, e del sottufficiale Arseniy Galitsyn, che interpretava le vittime.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 25.02.2021: 10 anni di reclusione in una colonia del regime potenziato, 2642 rublo di risarcimento. Appello 14.05.2021: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
   </si>
   <si>
     <t>Andrey Anatolyevich Vrublevsky</t>
   </si>
   <si>
     <t>27 agosto 1971</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.03.2025: 4 anni di reclusione in una colonia del regime generale.</t>
   </si>
   <si>
     <t>2025-04-08 09:55:08</t>
   </si>
   <si>
     <t>Irina Viktorovna Kishkurno</t>
   </si>
   <si>
     <t>27 agosto 1962</t>
   </si>
   <si>
     <t>È noto che la donna lavorava come bibliotecaria e che nell'ultimo anno prima del suo arresto aveva lavorato nel sistema dei servizi pubblici comunali del Comitato esecutivo della città di Minsk.
 Chi ha incontrato Irina in carcere ha raccontato che stava attraversando un periodo molto difficile con l'arresto. Secondo lei, parenti e amici le avevano voltato le spalle. Inoltre, Irina aveva gravi problemi di salute: le udienze in tribunale hanno dovuto addirittura essere interrotte perché la donna si stava ammalando.</t>
   </si>
   <si>
     <t>2025-08-23 23:03:35</t>
   </si>
   <si>
-    <t>Alexander Gennadievich Kordyukov</t>
-[...45 lines deleted...]
-    <t>2025-01-29 22:01:28</t>
+    <t>Michael Igorevich Baboshko</t>
+  </si>
+  <si>
+    <t>27 agosto 1992</t>
+  </si>
+  <si>
+    <t>Il 1° dicembre 2023 si è tenuta l'udienza d'appello e la sentenza è entrata in vigore.</t>
+  </si>
+  <si>
+    <t>7 anni di reclusione in una colonia di massima sicurezza</t>
+  </si>
+  <si>
+    <t>2023-10-02 21:15:28</t>
   </si>
   <si>
     <t>Lyudmila Andreevna Deineka</t>
   </si>
   <si>
     <t>28 agosto 1983</t>
   </si>
   <si>
     <t>Lyudmila Deineko ha 40 anni. Nel 2005 si è laureata in giurisprudenza presso l'Università statale di Polotsk. Prima ha lavorato nel dipartimento degli affari interni del comitato esecutivo regionale di Minsk, poi nel dipartimento di giustizia del comitato esecutivo della città di Minsk e come consulente presso il tribunale del distretto Zavodsky di Minsk.
 Il processo inizierà il 22 luglio. Deineko è accusato di “chiedere sanzioni”, “insultare Lukashenko” e “incitare all’ostilità o alla discordia”.
 Lyudmila ha due figli minori.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale 29.07.2024: 4 anni di reclusione in una colonia del regime generale. Appello 04.10.2024: sconosciuto.</t>
+    <t>Sentenza del tribunale 29.07.2024: 5 anni di reclusione in una colonia del regime generale. Appello 04.10.2024: sconosciuto.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Kreidich</t>
+  </si>
+  <si>
+    <t>28 agosto 1977</t>
+  </si>
+  <si>
+    <t>Dopo il suo arresto, è stato condannato per un illecito amministrativo e da allora non è stato rilasciato. È in custodia cautelare, accusato di aver pubblicato commenti sui social media.
+Prima del suo arresto, ha vissuto e lavorato in Europa.</t>
+  </si>
+  <si>
+    <t>Sentenza del tribunale 15.08.2025: 3 anni 6 mesi di reclusione in una colonia del regime generale, 600 unità di base di multa. Appello 14.10.2025: il verdetto è stato confermato.</t>
+  </si>
+  <si>
+    <t>2025-01-29 22:01:28</t>
+  </si>
+  <si>
     <t>Vasily Alexandrovich Klimovich</t>
   </si>
   <si>
     <t>29 agosto 1988</t>
   </si>
   <si>
     <t>Vasily è originario di Gomel. È appassionato di auto e ama creare oggetti con le sue mani. Si è diplomato all'Accademia Militare e ha prestato servizio in una brigata missilistica. Ha lavorato nelle Forze Armate della Bielorussia per 15 anni e ha raggiunto il grado di maggiore. È noto che nell'estate del 2021 ha lasciato il servizio militare per dedicarsi al network marketing.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Andrey Valerievich Nesterovich</t>
   </si>
   <si>
     <t>31 agosto 1989</t>
   </si>
   <si>
     <t>Andrey, proprietario del negozio etnico di Grodno "Tsudounya", è stato arrestato il 6 febbraio 2025 in relazione a un procedimento penale relativo alle proteste del 2020 e successivamente condannato a libertà limitata.
 Ha fondato il negozio nel 2015. Dopo le elezioni del 2020, l'attività ha dovuto pagare multe e rischiare di perdere i locali, ma Andrei è rimasto in Bielorussia e ha continuato a sostenerlo, convinto che fosse importante per la conservazione e lo sviluppo della cultura bielorussa.</t>
   </si>
   <si>
     <t>Open correctional facility No. 9. 210034, Vitebsk, street 3rd Chepinskaya, 39</t>
   </si>
   <si>
     <t>Sentenza del tribunale 16.05.2025: 1 anno 6 mesi di restrizione della libertà con trasferimento in un istituto penitenziario aperto.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
     <t>Ruslan Nikolaevich Baranchyk</t>
   </si>
   <si>
     <t>31 agosto 1976</t>
   </si>
   <si>
     <t>Ruslan Baranchik si è laureato presso la Facoltà di Matematica dell'Università statale di Grodno.
 Per un certo periodo ha lavorato come collaudatore presso EPAM Systems, come programmatore presso Inteksoft e ha persino fornito supporto software alla stazione degli autobus di Grodno.
 Negli ultimi anni ha lavorato da remoto, occupandosi di SEO e copywriting.</t>
   </si>
   <si>
-    <t>Sentenza del tribunale data sconosciuta: sconosciuto.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-16 14:04:46</t>
   </si>
   <si>
-    <t>Alexander Andreevich Levkovich</t>
-[...11 lines deleted...]
-    <t>2025-03-11 21:34:35</t>
+    <t>Dzmitry Aliaksandravich Ivanchanka</t>
+  </si>
+  <si>
+    <t>31 agosto 1986</t>
+  </si>
+  <si>
+    <t>Arrestato per commenti sui social.</t>
+  </si>
+  <si>
+    <t>sconosciuto</t>
+  </si>
+  <si>
+    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Yuri Ivanovich Vlasov</t>
   </si>
   <si>
     <t>31 agosto 1967</t>
   </si>
   <si>
     <t>Confidente della candidata presidenziale Svetlana Tikhanovskaya per Gomel e la regione di Gomel. È stato arrestato il 6 agosto 2020 e accusato di “rivolte di massa” e di intenzione di “sequestrare edifici”.
 Nel 2023, Yuri è stato trasferito in regime carcerario.</t>
   </si>
   <si>
     <t>Sentenza del tribunale 04.05.2021: 6 anni 6 mesi di reclusione in una colonia del regime potenziato. Appello 06.08.2021: il verdetto è stato confermato. Tribunale per il cambio di regime 02.08.2023: 2 anni di regime carcerario.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1775,2541 +1765,2512 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
+      <c r="E2" t="s">
+        <v>13</v>
+      </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...19 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="F16" t="s">
-[...5 lines deleted...]
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>95</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>97</v>
       </c>
       <c r="B18" t="s">
         <v>98</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="I18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>101</v>
       </c>
       <c r="B19" t="s">
         <v>102</v>
       </c>
       <c r="C19" t="s">
         <v>103</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>104</v>
       </c>
       <c r="I19" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>106</v>
       </c>
       <c r="B20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>108</v>
       </c>
       <c r="I20" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>110</v>
       </c>
       <c r="B21" t="s">
         <v>111</v>
       </c>
       <c r="C21" t="s">
         <v>112</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>113</v>
       </c>
       <c r="I21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>115</v>
       </c>
       <c r="B22" t="s">
         <v>116</v>
       </c>
       <c r="C22" t="s">
         <v>117</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="I22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>120</v>
       </c>
       <c r="B23" t="s">
         <v>121</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>122</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
         <v>125</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="E24" t="s">
+        <v>36</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>132</v>
       </c>
       <c r="I25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>134</v>
       </c>
       <c r="B26" t="s">
         <v>135</v>
       </c>
       <c r="C26" t="s">
         <v>136</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>137</v>
       </c>
-      <c r="F26" t="s">
-[...5 lines deleted...]
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
         <v>140</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>146</v>
       </c>
-      <c r="B28" t="s">
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
         <v>150</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>151</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="D29" t="s">
-[...11 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>156</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>48</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
         <v>160</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>161</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
         <v>162</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="F31" t="s">
+      <c r="G31" t="s">
+        <v>84</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="G31" t="s">
-[...2 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...16 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
         <v>170</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
         <v>174</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>175</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
         <v>179</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>146</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>60</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>225</v>
       </c>
       <c r="I44" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>227</v>
       </c>
       <c r="B45" t="s">
         <v>228</v>
       </c>
       <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I45" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>235</v>
       </c>
-      <c r="F46" t="s">
-[...5 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>237</v>
+      </c>
+      <c r="B47" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C47" t="s">
         <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>240</v>
       </c>
-      <c r="F47" t="s">
-[...5 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>242</v>
+      </c>
+      <c r="B48" t="s">
         <v>243</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G48" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>245</v>
       </c>
       <c r="I48" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>247</v>
       </c>
       <c r="B49" t="s">
         <v>248</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
         <v>252</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>253</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
         <v>257</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>258</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>146</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>259</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>261</v>
+      </c>
+      <c r="B52" t="s">
         <v>262</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>263</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>35</v>
+      </c>
+      <c r="E52" t="s">
+        <v>36</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>264</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>266</v>
+      </c>
+      <c r="B53" t="s">
         <v>267</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>268</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>146</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>240</v>
+      </c>
+      <c r="I53" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
         <v>272</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>273</v>
       </c>
-      <c r="C54" t="s">
+      <c r="I54" t="s">
         <v>274</v>
-      </c>
-[...16 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>278</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>282</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>35</v>
+      </c>
+      <c r="E56" t="s">
+        <v>36</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>283</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
         <v>287</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>35</v>
+      </c>
+      <c r="E57" t="s">
+        <v>36</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
         <v>292</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
+        <v>296</v>
+      </c>
+      <c r="C59" t="s">
         <v>297</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" t="s">
         <v>298</v>
       </c>
-      <c r="C59" t="s">
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>299</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>301</v>
+      </c>
+      <c r="B60" t="s">
         <v>302</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>303</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>304</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
         <v>307</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>308</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
         <v>309</v>
       </c>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>310</v>
       </c>
       <c r="I61" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>312</v>
       </c>
       <c r="B62" t="s">
         <v>313</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>206</v>
+      </c>
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...16 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
+        <v>307</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>316</v>
+      </c>
+      <c r="I63" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>318</v>
+      </c>
+      <c r="B64" t="s">
+        <v>319</v>
+      </c>
+      <c r="C64" t="s">
         <v>320</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>35</v>
+      </c>
+      <c r="E64" t="s">
+        <v>36</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>321</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I64" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>323</v>
       </c>
       <c r="B65" t="s">
         <v>324</v>
       </c>
       <c r="C65" t="s">
         <v>325</v>
       </c>
       <c r="D65" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E65" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G65" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>326</v>
       </c>
       <c r="I65" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>328</v>
       </c>
       <c r="B66" t="s">
         <v>329</v>
       </c>
       <c r="C66" t="s">
         <v>330</v>
       </c>
       <c r="D66" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>38</v>
+        <v>146</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>331</v>
       </c>
       <c r="I66" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>333</v>
       </c>
       <c r="B67" t="s">
         <v>334</v>
       </c>
+      <c r="C67" t="s">
+        <v>335</v>
+      </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>20</v>
+        <v>309</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G67" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I67" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B68" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C68" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E68" t="s">
-        <v>235</v>
+        <v>36</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I68" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B69" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>345</v>
       </c>
       <c r="I69" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>347</v>
       </c>
       <c r="B70" t="s">
         <v>348</v>
       </c>
       <c r="C70" t="s">
         <v>349</v>
       </c>
       <c r="D70" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>350</v>
       </c>
       <c r="I70" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>352</v>
       </c>
       <c r="B71" t="s">
         <v>353</v>
       </c>
       <c r="C71" t="s">
         <v>354</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>355</v>
       </c>
       <c r="I71" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>357</v>
       </c>
       <c r="B72" t="s">
         <v>358</v>
       </c>
       <c r="C72" t="s">
         <v>359</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E72" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>360</v>
       </c>
       <c r="I72" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>362</v>
       </c>
       <c r="B73" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D73" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E73" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I73" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G74" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>369</v>
       </c>
       <c r="I74" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>371</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>38</v>
+        <v>309</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>374</v>
       </c>
       <c r="I75" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>376</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>90</v>
+        <v>379</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G76" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I76" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C77" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>137</v>
+        <v>385</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="I77" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B78" t="s">
-        <v>387</v>
+        <v>389</v>
+      </c>
+      <c r="C78" t="s">
+        <v>390</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G78" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I78" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B79" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D79" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G79" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="I79" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B80" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C80" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E80" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>397</v>
+        <v>355</v>
       </c>
       <c r="I80" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B81" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C81" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>402</v>
+        <v>146</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G81" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="I81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E82" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C83" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D83" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I83" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B84" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C84" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>235</v>
+        <v>309</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="I84" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C85" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
+      <c r="E85" t="s">
+        <v>423</v>
+      </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C86" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
-      <c r="E86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>163</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="I86" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>430</v>
       </c>
       <c r="B87" t="s">
         <v>431</v>
       </c>
       <c r="C87" t="s">
         <v>432</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>433</v>
       </c>
       <c r="I87" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>435</v>
       </c>
       <c r="B88" t="s">
         <v>436</v>
       </c>
       <c r="C88" t="s">
         <v>437</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
+      <c r="E88" t="s">
+        <v>48</v>
+      </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>438</v>
       </c>
       <c r="I88" t="s">
         <v>439</v>
-      </c>
-[...27 lines deleted...]
-        <v>444</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">