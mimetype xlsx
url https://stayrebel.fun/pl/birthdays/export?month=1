--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -12,1341 +12,1373 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
+    <t>Zmitser Heorhiyevich Kolas</t>
+  </si>
+  <si>
+    <t>1 stycznia 1957</t>
+  </si>
+  <si>
+    <t>Białoruski tłumacz, literaturoznawca i wydawca. Jeden z najsłynniejszych popularyzatorów literatury tłumaczonej na języki obce.
+Dmitrij, syn krytyka literackiego Gieorgija Kołosa i brat reżysera filmowego i nauczyciela Władimira Kołosa, zyskał sławę w latach 80. dzięki tłumaczeniom z języka francuskiego na białoruski. Od lat 90. Kolos zajmuje się działalnością wydawniczą. Wydawnictwo Zmicier Kołas słynie z publikowania światowej poezji, prozy i dramatów w najlepszych białoruskich przekładach.
+Dmitrij został zatrzymany przez KGB na początku marca 2023 roku. Został jednak zwolniony po 10 dniach spędzonych w areszcie śledczym KGB. Nie postawiono mu zarzutów.
+W lutym 2026 roku Dmitrij został ponownie aresztowany w związku z masowymi aresztowaniami wydawców i dystrybutorów książek. Dmitrij spędził 14 dni w areszcie śledczym Okrestina, po czym nigdy nie został zwolniony. 3 marca 2026 roku koalicja wydawców drukowanych, w tym Fundacja Kamunikat.org, Wydawnictwo Lohvinau i Wydawnictwo Andrei Yanushkevich, została wpisana na zaktualizowaną listę „grup ekstremistycznych” Ministerstwa Spraw Wewnętrznych. Jarosław Iwaniuk, Dmitrij Kołos , Igor Łogwinow, Wacław Bogdanowicz, Andriej Janushkevich i Aleksandr Jewdacha zostali wymienieni jako osoby związane z tą grupą. Dodano również strony internetowe i konta wydawców w mediach społecznościowych.</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>2026-03-09 11:55:40</t>
+  </si>
+  <si>
     <t>Nikita Vadimovich Dranets</t>
   </si>
   <si>
     <t>1 stycznia 1999</t>
   </si>
   <si>
     <t>Nikita, aktywista ruchu anarchistycznego, został zatrzymany w marcu 2021 r. w związku ze sprawą karną wszczętą przeciwko anarchistom z obwodu brzeskiego. Został skazany za „udział w działaniach grupowych, które rażąco naruszają porządek publiczny” i „udział w organizacji przestępczej”. Wiadomo, że zarzuty oparto na zdarzeniu związanym z „Marszem Nie-Pasożytów”, który miał miejsce 5 marca 2017 r.</t>
   </si>
   <si>
-    <t>mężczyzna</t>
-[...1 lines deleted...]
-  <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
-    <t>W więzieniu</t>
-[...4 lines deleted...]
-  <si>
     <t>Decyzja sądu 06.09.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-03-07 16:14:07</t>
+  </si>
+  <si>
+    <t>Ivan Mikalayevich Petranevich</t>
+  </si>
+  <si>
+    <t>2 stycznia 1992</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-03-02 21:15:39</t>
   </si>
   <si>
     <t>Dmitry Leonidovich Papkov</t>
   </si>
   <si>
     <t>3 stycznia 1988</t>
   </si>
   <si>
     <t>Według prorządowych kanałów telegramowych zatrzymano cztery osoby – nazywa się je „uśpioną komórką ekstremistów”, które miały „zewnętrzne powiązania” z białoruskimi ochotnikami walczącymi na Ukrainie. Wśród nich jest Dmitrij.
 Wszyscy pochodzą z Homla i sądząc po ich wpisach na portalach społecznościowych, przyjaźnią się od dawna, wspólnie uczestnicząc w międzynarodowej grze Beer Pong w Homlu. Po brutalnym zatrzymaniu przyjaciele zostali zmuszeni do nagrania „filmu skruchy” i twierdzą, że stworzyli czat, na którym korespondowali, a po rosyjskiej inwazji na Ukrainę rzekomo kilkakrotnie obrażali Łukaszenkę w korespondencji, a także pisali „błędne” komentarze. Kolejnym zarzutem jest to, że chłopaki „miali zewnętrzne powiązania” z białoruskimi ochotnikami walczącymi za Ukrainę. Najwyraźniej właśnie to było podstawą do wszczęcia postępowania karnego na podstawie artykułu „promowanie działalności ekstremistycznej”.
 W dniu 10 maja 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 01.03.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 10.05.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-03-31 19:10:13</t>
   </si>
   <si>
+    <t>Paul Alexandrovich Ksiendzov</t>
+  </si>
+  <si>
+    <t>3 stycznia 1987</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.08.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-11-17 21:48:11</t>
+  </si>
+  <si>
     <t>Eugene Alexeyevich Pelekhaty</t>
   </si>
   <si>
     <t>3 stycznia 1993</t>
   </si>
   <si>
     <t>Zgodnie z decyzją sądu z 2 czerwca podczas zatrzymania wobec Jewgienija zastosowano „specjalny sprzęt i siłę fizyczną” (mężczyzna został oskarżony o nieposłuszeństwo wobec policji). Został wyprowadzony z gabinetu w kajdankach iz torbą na głowie, wiemy z naszych źródeł.W tej chwili Evgeny Pelekhaty oczekuje na proces. Oskarża się go o napisanie kilku ostrych telegramów pod adresem Łukaszenki i sił bezpieczeństwa.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-06-15 18:33:27</t>
   </si>
   <si>
-    <t>Paul Alexandrovich Ksiendzov</t>
-[...21 lines deleted...]
-W 1992 roku ukończyła Białoruski Państwowy Uniwersytet Medyczny ze specjalizacją z medycyny ogólnej. Początkowo pracowała jako lekarz w różnych szpitalach, a w 2003 roku ukończyła studia jako pediatra. W 2006 roku kształciłam się także na dermatologa i kosmetologa. Posiada pierwszą kategorię kwalifikacyjną. W ostatnich miastach pracowała w prywatnych centrach medycznych „Siódme niebo”, „Mark Aesthetic” i „Medovenyu”.</t>
+    <t>Liubou Drahel</t>
+  </si>
+  <si>
+    <t>3 stycznia 1998</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
-[...14 lines deleted...]
-    <t>2024-09-23 20:32:25</t>
+    <t>Decyzja sądu 12.06.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.09.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-05-31 00:32:30</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Vauchok</t>
   </si>
   <si>
     <t>4 stycznia 1977</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-11-01 22:51:11</t>
-  </si>
-[...17 lines deleted...]
-    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Fedor Mikhailovich Candiranda</t>
   </si>
   <si>
     <t>4 stycznia 1978</t>
   </si>
   <si>
     <t>Starszy wykładowca w Katedrze Wojsk Połączonych Akademii Wojskowej. Wielokrotnie nagradzany wśród starszych wykładowców Akademii Wojskowej. 13 sierpnia 2020 roku złożył rezygnację z powodu fałszerstw wyborczych i odmowy wykonania rozkazów karnych. W maju 2021 roku Łukaszenka pozbawił go stopnia podpułkownika.
 W ostatnich latach pracował w branży IT.
 Został aresztowany w marcu 2025 roku, najprawdopodobniej w związku ze „sprawą Gayuna”.
 Fedor cierpi na choroby przewlekłe.</t>
   </si>
   <si>
     <t>Decyzja sądu 25.09.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-21 23:07:31</t>
   </si>
   <si>
-    <t>Maksim Dmitrievich Varnel</t>
-[...8 lines deleted...]
-    <t>2023-12-10 12:06:28</t>
+    <t>Оlesya Nikolaevna Dernakovskaya</t>
+  </si>
+  <si>
+    <t>4 stycznia 1976</t>
+  </si>
+  <si>
+    <t>Alesya została zatrzymana za pomoc finansową więźniom politycznym.
+W 1992 roku ukończyła Białoruski Państwowy Uniwersytet Medyczny ze specjalizacją z medycyny ogólnej. Początkowo pracowała jako lekarz w różnych szpitalach, a w 2003 roku ukończyła studia jako pediatra. W 2006 roku kształciłam się także na dermatologa i kosmetologa. Posiada pierwszą kategorię kwalifikacyjną. W ostatnich miastach pracowała w prywatnych centrach medycznych „Siódme niebo”, „Mark Aesthetic” i „Medovenyu”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.12.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-26 16:30:05</t>
   </si>
   <si>
     <t>Natalia Nikolaevna Vasilenko</t>
   </si>
   <si>
     <t>5 stycznia 1975</t>
   </si>
   <si>
     <t>O Natalii zrobiło się głośno już w 2017 roku, kiedy o jej problemie doniosła niezależna prasa. Kobieta z III grupą niepełnosprawności, która ze względu na ograniczenia zdrowotne nie mogła znaleźć pracy, miała zostać eksmitowana z domu za długi. Wcześniej Natalia pracowała w firmie budowlanej, ale gdy nie zdiagnozowano padaczki, lekarze spisali listę ograniczeń w pracy. Po publicznym oburzeniu władze wycofały pozew, a Natalii udało się spłacić swoje długi dzięki pomocy laureatki Nagrody Nobla, pisarki Swietłany Aleksijewicz. Od tego czasu nieprzerwanie pomagała mieszkance Homla, a do pomocy włączyło się wiele innych opiekuńczych osób.
 We wrześniu Natalia wpadła w „chwyt” sił bezpieczeństwa – została zatrzymana za „ekstremistyczne” subskrypcje. Ten sam sędzia, który miał sądzić kobietę pod zarzutem karnym, ukarał ją grzywną za wykroczenie administracyjne. Mieszkanka Homla zmuszona była wystąpić w filmie „skrucha”, w którym nie wyraziła skruchy, a zapytana, co sądzi o władzach, odpowiedziała wprost: „Źle”. Następnie został zwolniony za kaucją.
 O tym wszystkim opowiadała także na portalach społecznościowych, a w ostatnim poście napisała, że przyszli ją aresztować w ramach sprawy karnej. Natalya opublikowała także zdjęcie z przeciętymi żyłami na ramieniu.
 Ostatecznie umieszczono ją tuż przed rozprawą.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.01.2025: nieznany. Apelacja 21.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-01-06 13:57:15</t>
   </si>
   <si>
-    <t>Evgeniy Tadeushevich Buzhinskiy</t>
-[...12 lines deleted...]
-    <t>2022-08-31 17:10:54</t>
+    <t>Maksim Dmitrievich Varnel</t>
+  </si>
+  <si>
+    <t>5 stycznia 2001</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.12.2023: 5 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 20.02.2024: nieznany. Apelacja 18.12.2024: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2023-12-10 12:06:28</t>
+  </si>
+  <si>
+    <t>Aliaksandr Piatrovich Hardzeenka</t>
+  </si>
+  <si>
+    <t>6 stycznia 1981</t>
+  </si>
+  <si>
+    <t>Administrator drogowy Viber rozmawia o sytuacji drogowej w Reczycy i Homlu. Został aresztowany pod koniec marca 2025 roku . Pracował dla Belorusneft.
+„GUBOPiK zabrał to z domu w sposób surowy . Za zdjęcia rosyjskiego sprzętu zrobione w 2022 roku łapią artykuł 361 [ uwaga : prawdopodobnie chodzi o artykuł 361-4 Kodeksu karnego ] ” – powiedziało źródło publikacji „Flagstock”.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-05-20 00:24:17</t>
   </si>
   <si>
     <t>Maria Aleksandrovna Rabkova</t>
   </si>
   <si>
     <t>6 stycznia 1995</t>
   </si>
   <si>
     <t>Marfa, koordynatorka wolontariatu „Wiasna”, została zatrzymana 17 września 2020 r. Oskarżono ją o „przygotowywanie się do masowych zamieszek” i inne „przestępstwa”. W lutym 2021 roku postawiono jej dodatkowe zarzuty, m.in. „podżeganie do niezgody społecznej” i „udział w organizacji przestępczej”.
 We wrześniu 2022 r. sąd skazał ją na 15 lat więzienia; później karę tę zmniejszono o trzy miesiące. W więzieniu stan zdrowia Marfy uległ pogorszeniu, m.in. z powodu Covid.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.09.2022: 15 lata więzienia w kolonii na warunkach ogólnych, 700 jednostek bazowych kary, około 6460 ruble odszkodowania. Apelacja 28.02.2023: 14 lata 9 miesiące więzienia w kolonii na warunkach ogólnych, 700 jednostek bazowych kary, około 6460 ruble odszkodowania.</t>
   </si>
   <si>
     <t>2021-02-26 21:07:57</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-07-30 20:01:16</t>
   </si>
   <si>
     <t>Anastasia Yuryevna Loyko</t>
   </si>
   <si>
     <t>6 stycznia 1989</t>
   </si>
   <si>
     <t>Nasta Loiko jest znaną białoruską obrończynią praw człowieka. Nasta jest prześladowana za swoją działalność na rzecz praw człowieka; od sierpnia 2021 roku jest podejrzaną w sprawie karnej związanej z działalnością organizacji praw człowieka „Wiasna”.
 6 września 2022 roku, po rozprawie sądowej w sprawie „Akcji Rewolucyjnej”, Nasta została dwukrotnie skazana za „drobne chuligaństwo” i spędziła 30 dni w więzieniu. Trzy tygodnie po zwolnieniu, 28 października 2022 roku, Nasta została ponownie zatrzymana. Podczas rozprawy Nasta zgłosiła tortury (funkcjonariusze GUBOPiK uderzyli ją paralizatorem i, podobnie jak Centralny Inspektorat Kodeksu Karnego, pozostawili ją na mrozie przez 8 godzin bez odzieży wierzchniej, przez co zachorowała). W areszcie w Okrestinie Nasta była bez ciepłej odzieży i środków higieny osobistej.
 28.11.2022 roku okazało się, że Nastia została ponownie skazana na 15 dni więzienia z artykułu 19.1 „drobne chuligaństwo”. Po raz piąty tej jesieni.
 W połowie grudnia została zatrzymana po raz szósty na podstawie tego samego artykułu, a pod koniec miesiąca postawiono jej zarzuty z artykułów karnych i przeniesiono do aresztu śledczego nr 1. Według prokuratury, jeden z jej raportów dotyczących praw człowieka, dotyczących prześladowań społeczności anarchistycznej na Białorusi w 2018 roku, zawiera negatywną ocenę bezprawnych działań funkcjonariuszy policji, co stało się podstawą do wszczęcia przeciwko niej postępowania karnego. Grupą, wobec której rzekomo podżegano do nienawiści społecznej, jest profesjonalna grupa społeczna funkcjonariuszy organów ścigania. Jak zauważają obrońcy praw człowieka, taka interpretacja artykułu jest niezgodna z międzynarodowymi standardami praw człowieka, o czym świadczy praktyka międzynarodowych organów sądowych.
 Już na samym początku rozprawy sądowej nastąpiło zamknięcie rozprawy.
 W dniu 03.10.2023 r. odwołanie zostało rozpatrzone.
 W lipcu 2025 roku okazało się, że Nastya Loiko została umieszczona w ośrodku penitencjarnym (PKT) na okres 6 miesięcy.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.06.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.10.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-12-01 02:21:53</t>
   </si>
   <si>
+    <t>Anzhela Mikhailovna Sandalyuk</t>
+  </si>
+  <si>
+    <t>6 stycznia 1974</t>
+  </si>
+  <si>
+    <t>Sandalyuk Angela wraz z mężem zostali skazani przez Sąd Rejonowy Oktiabrski w Mińsku. 1 łyżka stołowa 342 Kodeksu karnego (organizowanie i przygotowywanie czynności rażąco naruszających porządek publiczny albo czynny udział w takich czynnościach). 6 sierpnia 2024 r. sprawę rozpatrywała sędzia Jelena Żywica.
+11 października 2024 r. Sąd Miejski w Mińsku rozpatrzył apelację. Przewodniczący Kolegium Sędziowskiego Rudenko Aleksandr Anatoliewicz.
+W dniu 27 listopada 2024 r. Sąd Rejonowy Oktiabrski w Mińsku rozpatrzył nową sprawę przeciwko małżeństwu na podstawie części 1 art. 342 Kodeksu karnego (organizowanie i przygotowywanie czynności rażąco naruszających porządek publiczny albo czynny udział w takich czynnościach). Tym razem sędzią został mianowany Dmitrij Karsiuk.
+7 lutego 2025 r. Sąd Miejski w Mińsku rozpatrzył apelację. Przewodnicząca Kolegium Sądowniczego Popko Anastazja Pawłowna.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 06.08.2024: nieznany. Apelacja 11.10.2024: nieznany. Decyzja sądu 27.11.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-30 20:01:16</t>
+  </si>
+  <si>
+    <t>Evgeniy Tadeushevich Buzhinskiy</t>
+  </si>
+  <si>
+    <t>6 stycznia 1966</t>
+  </si>
+  <si>
+    <t>Lekarz I kategorii kwalifikacji specjalisty USG Centralnego Szpitala Powiatowego w Smorgonie.
+Zatrzymany za obrazę Łukaszenki.</t>
+  </si>
+  <si>
+    <t>6 lat więzienia</t>
+  </si>
+  <si>
+    <t>2022-08-31 17:10:54</t>
+  </si>
+  <si>
     <t>Dmitriy Yurievich Popov</t>
   </si>
   <si>
     <t>7 stycznia 1992</t>
   </si>
   <si>
     <t>Moderator mediów społecznościowych programu „Country for Life” zaginął wieczorem 4 czerwca 2020 roku. Zaledwie kilka dni później ujawniono, że został skazany na 15 dni więzienia i przeniesiony do aresztu tymczasowego w Mińsku. Oskarżono go o „organizowanie masowych zamieszek”.
 Jesienią 2022 roku Dmitrij został przeniesiony do więzienia.
 Według obrońców praw człowieka oskarżeni w tej sprawie muszą zapłacić odszkodowanie w wysokości 29 milionów rubli.
 W 2025 roku Dmitrij został skazany na podstawie artykułu 411.</t>
   </si>
   <si>
     <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
   </si>
   <si>
     <t>Decyzja sądu 14.12.2021: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 01.06.2022: wyrok został podtrzymany. Sąd zmiany reżimu 27.09.2022: 5 lata więzienia. Decyzja sądu 06.10.2022: około 29000000 ruble odszkodowania. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-02-25 11:33:59</t>
   </si>
   <si>
+    <t>Nikolai Vladimirovich Biblis</t>
+  </si>
+  <si>
+    <t>7 stycznia 1997</t>
+  </si>
+  <si>
+    <t>Nikołaj, technik z Instytutu Metalurgii Proszków, został aresztowany w lipcu 2021 r. w związku ze sprawą karną związaną z inicjatywą „Zajęty Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
+Nikołaj został wcześniej aresztowany 16 lipca 2020 r., gdy próbował złożyć skargę do Centralnej Komisji Wyborczej w związku z wypadkiem przedniego zęba.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 28.09.2022: 8 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2022-05-26 01:14:39</t>
+  </si>
+  <si>
     <t>Nikolay Nikolaevich Autukhovich</t>
   </si>
   <si>
     <t>7 stycznia 1963</t>
   </si>
   <si>
     <t>Nikołaj, weteran wojny w Afganistanie, przedsiębiorca i osoba publiczna, był wcześniej wielokrotnie prześladowany za swoją działalność obywatelską. Został aresztowany 1 grudnia 2020 roku i skazany za kilka zarzutów, w tym za „założenie organizacji przestępczej” i „usiłowanie przejęcia władzy”. Skazano go na długi wyrok więzienia i grzywnę, a pierwsze pięć lat kary miał odbyć w więzieniu.
 Wiosną 2024 roku Nikołaj oraz dwaj inni oskarżeni w tej sprawie zostali zobowiązani do zapłaty ponad 40 tys. rubli odszkodowania za uszkodzenie mienia policjantów.
 W listopadzie 2025 roku Nikołaj odbył pięcioletnią karę więzienia i został przeniesiony do Kolonii Karnej nr 14, gdzie natychmiast trafił do PKT (celi kontroli przesyłek). Prawdopodobnie zostanie ponownie osadzony w więzieniu.</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>Decyzja sądu 17.10.2022: 25 lata więzienia w kolonii o zaostrzonym rygorze (w tym 5 lata więzienia), 1000 jednostek bazowych kary, ograniczenie służby wojskowej. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu 26.04.2024: około 13400 ruble odszkodowania. Sąd zmiany reżimu 23.01.2026: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:40:57</t>
   </si>
   <si>
-    <t>Nikolai Vladimirovich Biblis</t>
-[...14 lines deleted...]
-  <si>
     <t>Sergey Vladimirovich Soc</t>
   </si>
   <si>
     <t>8 stycznia 1983</t>
   </si>
   <si>
     <t>W dniu 24 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>2 lata więzienia.</t>
   </si>
   <si>
     <t>2023-09-13 17:01:48</t>
+  </si>
+  <si>
+    <t>Vitali Vaitsiakhovich</t>
+  </si>
+  <si>
+    <t>8 stycznia 1967</t>
+  </si>
+  <si>
+    <t>Witalij został zatrzymany w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”, a w czerwcu 2023 r. został skazany na podstawie licznych artykułów karnych na długoletnią karę pozbawienia wolności, z czego pierwsze pięć lat spędził w więzieniu.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 19 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia). Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-17 01:25:10</t>
   </si>
   <si>
     <t>Artyom Vladimirovich Mazanik</t>
   </si>
   <si>
     <t>8 stycznia 1990</t>
   </si>
   <si>
     <t>Programista, lubi muzykę i wędkarstwo. Bardzo dociekliwy, znający się na wielu dziedzinach. Nauka języka angielskiego i niemieckiego. Od zawsze wiedział, że będzie mieszkał w Niemczech, kocha zespół Rammstein, słucha ich całe życie, zna wszystkie piosenki na pamięć.
 Prorządowe kanały donosiły, że Artem został zatrzymany za opracowanie programu do skanowania kodów kreskowych w celu bojkotu firm wspierających reżim.</t>
   </si>
   <si>
     <t>8 lat więzienia w kolonii karnej.</t>
   </si>
   <si>
     <t>2022-01-23 16:17:56</t>
   </si>
   <si>
-    <t>Maxim Vasilievich Gritchenko</t>
-[...11 lines deleted...]
-    <t>2025-08-11 18:45:43</t>
+    <t>Vladimir Vladimirovich Shemyakin</t>
+  </si>
+  <si>
+    <t>9 stycznia 1969</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.08.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.09.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-11-03 15:25:52</t>
+  </si>
+  <si>
+    <t>Dmitry Yuryevich Malakhov</t>
+  </si>
+  <si>
+    <t>9 stycznia 1993</t>
+  </si>
+  <si>
+    <t>IUOT-45, 225073, obwód brzeski, rejon Kamieniecki, wieś Suszki, ul.Centralnaja, 1</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-25 00:19:50</t>
   </si>
   <si>
     <t>Sergey Vladimirovich Dumava</t>
   </si>
   <si>
     <t>9 stycznia 1986</t>
   </si>
   <si>
     <t>Siergiej został aresztowany w marcu 2021 roku i skazany za umieszczanie naklejek w Witebsku. Według prokuratury, od 1 października 2020 roku do 22 marca 2021 roku prowadził działania mające na celu „systematyczne niszczenie mienia”: używając farby w sprayu, namalował na obiektach Witebskiego Kanału Wodnego hasła takie jak „Niech żyje Białoruś!”, „3%”, „Czerwony Partyzant”, „Precz” i inne.
 We wrześniu 2024 roku odbyła się kolejna rozprawa sądowa, po której Siergiej został przeniesiony do więzienia.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.09.2021: 9 lata 15 dni więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 25.09.2024: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-08-26 22:47:30</t>
   </si>
   <si>
-    <t>Vladimir Vladimirovich Shemyakin</t>
-[...10 lines deleted...]
-  <si>
     <t>Vladislav Alexeyevich Anichkin</t>
   </si>
   <si>
     <t>9 stycznia 1991</t>
   </si>
   <si>
     <t>Wiosną 2024 roku Władysław został aresztowany i skazany za udział w protestach po wyborach, które odbyły się w Mińsku jesienią 2020 roku. Wymierzono mu karę ograniczenia wolności i umieszczenie w zakładzie karnym typu otwartego.</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
-    <t>Kara ograniczenia wolności</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 23.04.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 25.06.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-17 19:21:08</t>
   </si>
   <si>
-    <t>Dmitry Yuryevich Malakhov</t>
-[...11 lines deleted...]
-    <t>2025-08-25 00:19:50</t>
+    <t>Maxim Vasilievich Gritchenko</t>
+  </si>
+  <si>
+    <t>9 stycznia 1989</t>
+  </si>
+  <si>
+    <t>Został skazany na karę więzienia. Przebywał w areszcie ST-4.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-11 18:45:43</t>
   </si>
   <si>
     <t>Sergey Valerievich Degtyarenko</t>
   </si>
   <si>
     <t>10 stycznia 1992</t>
   </si>
   <si>
     <t>Decyzja sądu 11.01.2024: 3 roku 5 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 16.04.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-11-21 14:51:55</t>
+  </si>
+  <si>
+    <t>Andrei Uladzimiravich Navitski</t>
+  </si>
+  <si>
+    <t>10 stycznia 1981</t>
+  </si>
+  <si>
+    <t>Andriej został aresztowany w czerwcu 2021 r. w związku ze sprawą karną wszczętą na podstawie artykułów „organizowania i przygotowywania działań rażąco naruszających porządek publiczny”, „nielegalnych działań związanych z bronią palną, amunicją i materiałami wybuchowymi” oraz „znieważenia Łukaszenki”.
+We wrześniu 2021 r. uznano go winnym udziału w protestach po wyborach w Mińsku w 2020 r., znieważenia Łukaszenki na YouTubie oraz zakupu, przechowywania i transportu substancji masowych bez powiadomienia uprawnionych władz.
+W czerwcu 2022 roku Andriej stanął przed sądem za „złośliwe nieposłuszeństwo wobec żądań administracji więziennej”, co skutkowało przedłużeniem jego wyroku i zaostrzeniem reżimu więziennego.
+W styczniu 2023 roku odbyła się kolejna rozprawa sądowa pod zarzutem „nieposłuszeństwa wobec żądań administracji”. Wyrok brzmiał siedem lat więzienia.
+Od kwietnia 2024 roku, aż do początku grudnia tego roku, rodzina Andrieja nie miała o nim żadnych wieści . Ich zapytania do administracji więzienia spotkały się z formalną odpowiedzią, w której stwierdzono, że sam zgłosi wszystko „korespondencyjnie”, ale nie otrzymał od niego żadnych listów.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.09.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 392 rubel odszkodowania. Decyzja sądu 13.06.2022: 4 miesiące więzienia w kolonii o zaostrzonym rygorze. Decyzja sądu 17.01.2023: 1 rok 8 miesiące więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-10-01 18:41:47</t>
   </si>
   <si>
     <t>Igor Mikhailovich Nemirovich</t>
   </si>
   <si>
     <t>10 stycznia 1994</t>
   </si>
   <si>
     <t>Igor Niemirowicz został zatrzymany po raz pierwszy na początku maja 2022 r. i natychmiast objęty aresztem domowym, jednak udało mu się uciec i odejść. Jesienią tego roku odwołał się do komisji rozpatrującej odwołania Białorusinów za granicą i wrócił do kraju, ale fakt ten nie został uznany za „bezwarunkową podstawę do stwierdzenia, że wyraził skruchę”. 27 września 2023 roku został ponownie aresztowany i osadzony w areszcie.
 Według prokuratury , 10 sierpnia 2020 r. Igor Niemirowicz opublikował na Instagramie zdjęcie z tekstem w „nieprzyzwoitej formie, poniżającym honor i godność Aleksandra Łukaszenki, zawierającym negatywną ocenę i obraźliwym wobec niego”.
 Podczas rozprawy Igor przyznał się do winy i oświadczył, że od maja do sierpnia 2020 r. nie mieszkał na Białorusi. Mieszkaniec Brześcia o wydarzeniach, które miały miejsce w jego ojczyźnie, dowiedział się z mediów. „Ulegając negatywnym emocjom w związku z relacjonowanymi wydarzeniami” zamieścił na portalu społecznościowym Instagram zdjęcie o „obraźliwym charakterze” odnoszące się do Aleksandra Łukaszenki.
 16.08.2024 zwolniony po odbyciu całości kary nałożonej przez sąd.
 W październiku 2024 r. został ponownie zatrzymany pod zarzutem „wspierania działalności ekstremistycznej”.</t>
   </si>
   <si>
     <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
   </si>
   <si>
     <t>Decyzja sądu 17.11.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Decyzja sądu 08.04.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.06.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-11-14 19:18:14</t>
   </si>
   <si>
-    <t>Andrey Vladimirovich Novitsky</t>
-[...21 lines deleted...]
-  <si>
     <t>Boris Viktorovich Kim</t>
   </si>
   <si>
     <t>11 stycznia 1996</t>
   </si>
   <si>
     <t>W dniu 17 lutego 2023 roku odbyła się rozprawa apelacyjna. wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>4,5 roku więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-11-11 19:48:15</t>
+  </si>
+  <si>
+    <t>Konstantin Anatolevich Rudnitsky</t>
+  </si>
+  <si>
+    <t>11 stycznia 1999</t>
+  </si>
+  <si>
+    <t>Student. Konstantin jest mistrzem sportu.
+9 grudnia na prorządowych kanałach telegramowych pojawiło się z nim „skruszone wideo”, w którym Konstantin zapowiedział swój udział w opracowaniu „Czarnej mapy Białorusi”.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.07.2022: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Oleg Arkadyevich Ermakovich</t>
   </si>
   <si>
     <t>11 stycznia 1962</t>
   </si>
   <si>
     <t>Zatrzymany w maju 2023 r. za „dystrybucję, produkcję, przechowywanie i transport produktów informacyjnych zawierających nawoływania do działań ekstremistycznych lub promujących takie działania”. Po nałożeniu kary administracyjnej wszczęto sprawę karną.
 16 kwietnia 2024 r. apelacja Olega została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>nieznany</t>
   </si>
   <si>
     <t>2023-11-05 20:55:54</t>
-  </si>
-[...17 lines deleted...]
-    <t>2022-05-09 15:19:01</t>
   </si>
   <si>
     <t>Konstantin Leonidovich Ermolovich</t>
   </si>
   <si>
     <t>12 stycznia 1991</t>
   </si>
   <si>
     <t>Mieszkaniec obwodu mohylewskiego . Pochodzący z Litwy. Zatrzymany za sabotaż kolei w pobliżu stacji Bobrujsk oraz podpalenie strzelnicy jednostki wojskowej 5527.
 W dniu 25 października 2022 roku odbyła się rozprawa apelacyjna sądu, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 10.08.2022: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 25.10.2022: nieznany.</t>
   </si>
   <si>
     <t>2022-05-23 12:39:50</t>
   </si>
   <si>
     <t>Paul Petrovich Dobrovolsky</t>
   </si>
   <si>
     <t>12 stycznia 1990</t>
   </si>
   <si>
     <t>Były dziennikarz Naviny.by.
 Wcześniej Paweł pracował dla różnych niezależnych wydawnictw. Podczas protestów w 2020 roku został zatrzymany i oskarżony o wykroczenia administracyjne związane z jego działalnością zawodową. Jesienią 2021 roku Paweł Dobrowolski opuścił Białoruś. Podróżował intensywnie po różnych krajach, pisząc reportaże.
 Jak się jednak obecniedowiedzieliśmy , od stycznia 2025 r. przebywa on w areszcie śledczym na Białorusi. Okoliczności prowadzonego przeciwko niemu postępowania karnego wskazują, że powodem zatrzymania Pawła były jego wcześniejsze działania związane z korzystaniem z prawa do swobodnej wypowiedzi i rozpowszechniania informacji.
 W październiku 2025 roku okazało się, że Paweł został oskarżony o zdradę stanu.</t>
   </si>
   <si>
     <t>Poczta Główna, skrytka pocztowa 8, Mińsk 220050</t>
   </si>
   <si>
+    <t>Decyzja sądu data nieznana: 9 lata więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
     <t>2025-08-26 17:10:27</t>
   </si>
   <si>
     <t>Dmitry Alexandrovich Grishkevich</t>
   </si>
   <si>
     <t>12 stycznia 1988</t>
   </si>
   <si>
     <t>Decyzja sądu 18.08.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-08-28 12:54:28</t>
   </si>
   <si>
+    <t>Vladislav Vladimirovich Koshelev</t>
+  </si>
+  <si>
+    <t>13 stycznia 1978</t>
+  </si>
+  <si>
+    <t>Władysław, znany w Witebsku jako fotograf ślubny i nagi, został skazany w listopadzie 2024 r. za „obrazę Łukaszenki” i skazany na karę ograniczenia wolności w zakładzie karnym.</t>
+  </si>
+  <si>
+    <t>IUOT-36, 220039 Mińsk, ul. Korotkiewicz, 14</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.11.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 31.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-11-11 21:38:48</t>
+  </si>
+  <si>
+    <t>Vitaly Vyacheslavovich Zheleznyakov</t>
+  </si>
+  <si>
+    <t>13 stycznia 1987</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.09.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2024-09-06 18:11:58</t>
+  </si>
+  <si>
     <t>Ivan Sergeevich Osipovich</t>
   </si>
   <si>
     <t>13 stycznia 1998</t>
   </si>
   <si>
     <t>W dniu 11 listopada 2022 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii</t>
   </si>
   <si>
     <t>2022-09-02 22:33:18</t>
-  </si>
-[...31 lines deleted...]
-    <t>2024-09-06 18:11:58</t>
   </si>
   <si>
     <t>Andrey Evgenyevich Primako</t>
   </si>
   <si>
     <t>14 stycznia 1977</t>
   </si>
   <si>
     <t>działacz kultury. Andriej został zatrzymany 12 stycznia, a sąd rejonu moskiewskiego w Mińsku skazał go na 10 dni aresztu administracyjnego. Po „dniach” nie był już zwolniony, przebywał w Areszcie Śledczym nr 1 w Mińsku.
 Ze sprawy wiadomo, że Primak został zarejestrowany w „Planie Zwycięstwa”.</t>
   </si>
   <si>
     <t>Decyzja sądu 12.06.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.08.2023: nieznany.</t>
   </si>
   <si>
     <t>2023-06-03 22:47:17</t>
   </si>
   <si>
-    <t>Alexander Anatolyevich Frantskevich</t>
-[...26 lines deleted...]
-    <t>2025-08-26 22:04:04</t>
+    <t>Aliaksandr Karatkevich</t>
+  </si>
+  <si>
+    <t>14 stycznia 1991</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2025-12-15 11:47:02</t>
+  </si>
+  <si>
+    <t>Maksim Akulau</t>
+  </si>
+  <si>
+    <t>14 stycznia 1971</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.12.2024: nieznany. Apelacja 25.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-23 20:32:25</t>
+  </si>
+  <si>
+    <t>Asker Azerovich Allahverdiyev</t>
+  </si>
+  <si>
+    <t>16 stycznia 1999</t>
+  </si>
+  <si>
+    <t>Według sieci społecznościowych Askera mieszkał w Mińsku, uprawiał sport i występował w filmach. Ostatni raz odwiedził swoją stronę VKontakte w lipcu. Rozpatrywanie jego sprawy za zamkniętymi drzwiami zacznie się 4 października w Sądzie Miejskim w Mińsku. Asker został oskarżony o część 1 art. 361-3 Kodeksu karnego (Udział na terytorium obcego państwa w formacji zbrojnej lub konflikcie zbrojnym, działaniach wojennych, werbowaniu lub przygotowaniu osób do takiego udziału).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 08.10.2024: przymusowe leczenie w szpitalu psychiatrycznym.</t>
+  </si>
+  <si>
+    <t>2024-09-13 20:37:48</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Shpak</t>
+  </si>
+  <si>
+    <t>16 stycznia 1972</t>
+  </si>
+  <si>
+    <t>24 lipca Ministerstwo Spraw Wewnętrznych uznało projekt Propovednik za „formację ekstremistyczną”. Według departamentu zamieszany jest w to 52-letni Włodzimierz Szpak, zatrzymany w maju 2024 r.
+Prorządowe kanały telegramowe doniosły, że mężczyzna „podżegał do nienawiści narodowej i społecznej, nawoływał do przemocy, nawoływał do radykalizacji i terroryzmu”. Twierdzono, że przeciwko zatrzymanemu wszczęto szereg postępowań karnych – groziło mu 10 lat więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.01.2025: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 07.03.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-08-30 23:52:04</t>
+  </si>
+  <si>
+    <t>Timur Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>16 stycznia 1990</t>
+  </si>
+  <si>
+    <t>Kibic piłkarski klubu MTZ-RIPO został zatrzymany 25 września 2020 roku w Mińsku i skazany za udział w protestach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.07.2021: 6 lata 3 miesiące 2 dni więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: 6 lata 2 miesiące 2 dni więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:04:52</t>
+  </si>
+  <si>
+    <t>Ruslan Alehavich Rebkavets</t>
+  </si>
+  <si>
+    <t>Według USC obwodu mohylewskiego, Rusłan przekazał nagranie publicznemu VKontakte DVIZh, które zostało uznane przez białoruskie władze za „ekstremistyczne”. Warto zaznaczyć, że samo nagranie trwa zaledwie 12 sekund i tak naprawdę nic się w nim nie dzieje – pociąg ze sprzętem wojskowym po prostu stoi na stacji.
+Po pewnym czasie mężczyzna został zatrzymany przez KGB. Został oskarżony na podstawie części 1 artykułu 361-4 (pomoc w działalności ekstremistycznej) Kodeksu karnego Republiki Białoruś. Mężczyźnie grozi do 6 lat więzienia.</t>
+  </si>
+  <si>
+    <t>2023-05-15 13:10:03</t>
   </si>
   <si>
     <t>Inna Valerievna Glinskaya</t>
   </si>
   <si>
     <t>16 stycznia 1975</t>
   </si>
   <si>
     <t>Zatrzymany z córką.
 Przeszukanie mieszkania przeprowadzono w trybie art. 364 Kodeksu karnego Republiki Białoruś. Następnie artykuł oskarżenia został przeklasyfikowany na część 3 art. 130 Kodeksu karnego Republiki Białoruś.
 Wcześniej oskarżony o rozpowszechnianie danych osobowych pracowników MSW.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.01.2023: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.04.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2022-01-07 01:46:58</t>
   </si>
   <si>
-    <t>Asker Azerovich Allahverdiyev</t>
-[...52 lines deleted...]
-    <t>2023-05-15 13:10:03</t>
+    <t>Alena Zhukava</t>
+  </si>
+  <si>
+    <t>17 stycznia 1969</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 03.11.2025: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-09-18 17:00:13</t>
   </si>
   <si>
     <t>Vladimir Methodievich Voroshen</t>
   </si>
   <si>
     <t>17 stycznia 1965</t>
   </si>
   <si>
     <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2024-01-18 19:26:22</t>
   </si>
   <si>
-    <t>Elena Petrovna Zhukova</t>
-[...8 lines deleted...]
-    <t>2025-09-18 17:00:13</t>
+    <t>Vyacheslav Mikhailovich Oreshko</t>
+  </si>
+  <si>
+    <t>18 stycznia 1955</t>
+  </si>
+  <si>
+    <t>Białoruski politolog i działacz społeczny, działacz związku zawodowego REP.
+Wzrok Wiaczesława znacznie się pogorszył w kolonii. Ledwo cokolwiek widzi. Często porusza się na dotyk.</t>
+  </si>
+  <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.01.2023: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 03.04.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2022-05-13 18:58:35</t>
   </si>
   <si>
     <t>Nicholas Vasilevich Bankov</t>
   </si>
   <si>
     <t>18 stycznia 1971</t>
   </si>
   <si>
     <t>Były wykładowca na Wydziale Komunikacji BSUIR. Wydział ten przeznaczony jest do kształcenia kadry oficerskiej Sił Zbrojnych oraz innych służb i organów bezpieczeństwa Republiki Białorusi. Początkowo Nikołaja skazano na areszt w trybie administracyjnym, a następnie ponownie aresztowano w ramach postępowania karnego. Został skazany za trzy darowizny, których dokonał w sierpniu 2020 r.
 Od momentu przeniesienia do kolonii Michaił spędził 180 dni w celi karnej, a następnie został umieszczony w PKT.
 Od kwietnia 2025 r. został przeniesiony do zakładu karnego nr 4 .</t>
   </si>
   <si>
     <t>Decyzja sądu 28.07.2023: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 17.10.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2023-06-22 00:43:17</t>
   </si>
   <si>
-    <t>Vyacheslav Mikhailovich Oreshko</t>
-[...21 lines deleted...]
-    <t>19 stycznia 2000</t>
+    <t>Vyacheslav Valerievich Murnov</t>
+  </si>
+  <si>
+    <t>19 stycznia 1973</t>
+  </si>
+  <si>
+    <t>Z materiałów sprawy wynika, że Wiaczesław Murnow w październiku 2021 i marcu 2024 roku wulgarnie komentował publikacje przedstawiające Łukaszenkę w Odnoklassnikach. To wystarczyło, aby mężczyzna został wysłany do kolonii. Ponadto przepisano mu „obowiązkowe leczenie przewlekłego alkoholizmu”.
+W dniu 3 września 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.07.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 03.09.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-07-01 20:57:16</t>
+  </si>
+  <si>
+    <t>Viktar Hurko</t>
+  </si>
+  <si>
+    <t>19 stycznia 2001</t>
   </si>
   <si>
     <t>Zatrzymany za udział w protestach w 2020 roku.
 13 sierpnia 2024 r. sędzia Olga Ławrinowicz wyda orzeczenie w Sądzie Rejonowym Oktiabrskim w Mińsku „W sprawie zastąpienia kary ograniczenia wolności bez skierowania do zakładu karnego typu otwartego”.
 W październiku 2025 roku pojawiła się informacja, że Viktor został ponownie zatrzymany i przebywa w Areszcie Śledczym nr 1.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.03.2023: 1 rok 6 miesiące ograniczenia wolności bez skierowania do otwartego zakładu karnego. Sąd zmiany reżimu 13.08.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-11-02 14:13:38</t>
   </si>
   <si>
-    <t>Vyacheslav Valerievich Murnov</t>
-[...27 lines deleted...]
-    <t>2022-06-13 01:05:25</t>
+    <t>Sergey Nikolaevich Kabarchuk</t>
+  </si>
+  <si>
+    <t>20 stycznia 1963</t>
+  </si>
+  <si>
+    <t>15 lutego 2024 roku w rejonie lelczyckim obwodu homelskiego, na granicy z Ukrainą, ogłoszono „operację antyterrorystyczną”. Mieszkańców wezwano do „zachowania spokoju i wykonywania poleceń funkcjonariuszy”. KGB twierdziło, że zatrzymało członków „grupy sabotażowo-rozpoznawczej”, w skład której wchodzili obywatele Ukrainy i Białorusi. Dokładna liczba zatrzymanych nie została ujawniona.
+Po aresztowaniu, w areszcie tymczasowym, u Siergieja zdiagnozowano raka.</t>
+  </si>
+  <si>
+    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 23.10.2024: 20 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 700 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-09-23 19:42:06</t>
   </si>
   <si>
     <t>Anastasia Sergeevna Kukhta</t>
   </si>
   <si>
     <t>20 stycznia 1992</t>
   </si>
   <si>
     <t>Działacz społeczny z Mińska. Została zatrzymana 17 lutego 2022 roku w miejscu zamieszkania. Jej dom został przeszukany. Początkowo została skazana na areszt administracyjny, ale potem Anastasia nie wyszła na wolność.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii.</t>
   </si>
   <si>
     <t>2022-03-16 14:22:57</t>
-  </si>
-[...42 lines deleted...]
-    <t>2022-09-09 14:56:43</t>
   </si>
   <si>
     <t>Eugen Igorevich Stepanov</t>
   </si>
   <si>
     <t>21 stycznia 1967</t>
   </si>
   <si>
     <t>Nie jest znana treść zarzutów postawionych Jewgienijowi Stiepanowowi, któremu obecnie zarzuca się „tworzenie lub udział w działalności formacji ekstremistycznej”. Według niewiarygodnych informacji, został zatrzymany w styczniu tego roku za „rozpowszechnianie materiałów ekstremistycznych w Internecie” i na podstawie części 2 art. 19.11 Kodeksu wykroczeń administracyjnych skazany na areszt, z którego nigdy nie został zwolniony.
 Evgeniy Stepanov ma poważne problemy zdrowotne: w 2020 roku doznał udaru mózgu, po którym miał trudności z mówieniem. Z tego powodu Evgeny Stepanov stracił możliwość pracy w swoim zawodzie - ukończył Uniwersytet Kultury i Sztuki z dyplomem reżyserii, organizował wesela, koncerty i inne wydarzenia specjalne i rozrywkowe.
 Evgeniy Stepanov zniknął z sieci społecznościowych pod koniec 2022 roku, ale ze względu na złożoność komunikacji z nim pozostało to niezauważone. Uwagę organów ścigania przykuły jego apele do organów rządowych, napisane na przełomie lutego i marca 2022 roku. Zażądał przyczynienia się do zakończenia rosyjskiej agresji militarnej na terytorium Ukrainy – ogłoszenia powstania ruchu antywojennego i wsparcia wszelkich form protestów antywojennych; żądać natychmiastowego wycofania wojsk rosyjskich z terytorium Białorusi, uważać za zbrodniarzy wojennych każdego, kto podjął decyzję o działaniach zbrojnych na Ukrainie i który sankcjonował agresywną propagandę usprawiedliwiającą wojnę w państwowych mediach białoruskich.
 Jewgienij Stiepanow swoje żądania zakończenia wojny na Ukrainie skierował zarówno do władz lokalnych, jak i wysokich urzędników państwowych – Ministra Obrony Republiki Białorusi, szefa sił zbrojnych kraju i Prokuratora Generalnego Republiki Białorusi.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-09 20:01:51</t>
   </si>
   <si>
+    <t>Vladimir Nikolaevich Savenkov</t>
+  </si>
+  <si>
+    <t>21 stycznia 1977</t>
+  </si>
+  <si>
+    <t>Władimir, według dostępnych informacji, były dowódca policji antyterrorystycznej i zastępca puszkinskiego okręgu wyborczego nr 9 (miasteczko rolnicze Kołodyszcze) XXVII kadencji, został zatrzymany w grudniu 2021 r. po próbie ataku na GOM-2 Frunzeńskiego Rejonowego Departamentu Spraw Wewnętrznych w Mińsku 16 sierpnia 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni żołnierze, funkcjonariusze organów ścigania, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę. Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
+Władimira uznano za winnego kilku zarzutów karnych i skazano na długoletnie kary pozbawienia wolności, z których pierwsze pięć to kary więzienia. Został również pozbawiony stopnia wojskowego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu (w tym 5 lata więzienia), ograniczenie służby wojskowej. Apelacja 04.10.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2022-09-09 14:56:43</t>
+  </si>
+  <si>
     <t>Anatoly Arkadyevich Yaskevich</t>
   </si>
   <si>
     <t>21 stycznia 1987</t>
   </si>
   <si>
     <t>Według materiałów śledztwa, jeszcze w maju 2021 roku, korzystając z wiadomości o katastrofie samolotu wojskowego w mieście Baranowicze i śmierci dwóch pilotów, na portalu społecznościowym i hostingu wideo Tik-Tok, 35-latek stary Jaskiewicz systematycznie umieszczał w domenie publicznej wiadomości wideo mające na celu podżeganie do nienawiści społecznej i wrogości wobec funkcjonariuszy organów ścigania.
 Również w maju 2021 r. wyprodukował i zamieścił w serwisie społecznościowym i wideohostingu TikTok w otwartym dostępie dla nieograniczonej liczby osób 3 wiadomości wideo, w których obraził głowę państwa, fałszywie oskarżył go o ciężkie, a zwłaszcza ciężkie przestępstwa.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.07.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2022-06-29 15:39:33</t>
   </si>
   <si>
     <t>Sergey Sergeevich Yakubenok</t>
   </si>
   <si>
     <t>22 stycznia 1976</t>
   </si>
   <si>
     <t>Podstawą wszczęcia postępowania karnego przeciwko mężczyźnie była „Klasa” w „Odnoklassnikach” na jednej z publicznych stron, uznana przez jeden z sądów Republiki Białorusi za ekstremistyczną.</t>
   </si>
   <si>
     <t>Decyzja sądu 13.12.2023: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 05.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2023-12-07 23:46:11</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-09-04 17:24:13</t>
   </si>
   <si>
     <t>Natalia Anatolyevna Davydulina</t>
   </si>
   <si>
     <t>22 stycznia 1977</t>
   </si>
   <si>
     <t>Natalya Davydulina ma 47 lat, pochodzi ze Żłobina. Z sieci społecznościowych Natalii wiadomo , że ona i jej mąż mają dużą rodzinę, składającą się z pięciorga dzieci, z których jedna córka uczęszcza jeszcze do szkoły podstawowej.
 Jeden z synów Natalii, Denis Davydulin, jest byłym więźniem politycznym. Zatrzymany w marcu 2021 r. i skazany na półtora roku więzienia za to, że w nocy 10 sierpnia „wyszedł na jezdnię i aktywnie sprzeciwił się funkcjonariuszom policji”.Nigdy nie udzielała wywiadów mediom. Z akt sądowych wynika, że 24 stycznia 2024 r. była sądzona za „rozpowszechnianie materiałów ekstremistycznych”. Prawdopodobnie została zatrzymana w ramach solidarnościowego nalotu na więźniów politycznych.
 Proces rozpocznie się 23 sierpnia w Homelskim Sądzie Okręgowym. Najprawdopodobniej Natalya zostaje oskarżona o jakąś pomoc innym więźniom. Wiadomo , że podczas styczniowej obławy za kratami trafiali głównie ci, którzy pomagali innym – wykonywali transfery i paczki do aresztów śledczych i kolonii, nawet za bardzo niewielkie sumy.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.10.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 26.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-19 01:09:57</t>
   </si>
   <si>
+    <t>Alexey Yuryevich Klyushnichenko</t>
+  </si>
+  <si>
+    <t>22 stycznia 1996</t>
+  </si>
+  <si>
+    <t>Aleksiej jest działaczem, członkiem Ruchu na rzecz Wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.11.2024: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-04 17:24:13</t>
+  </si>
+  <si>
+    <t>Aliaksandr Paulavich Hashnikau</t>
+  </si>
+  <si>
+    <t>23 stycznia 1987</t>
+  </si>
+  <si>
+    <t>Aleksander, pracownik BMZ, został aresztowany jesienią 2021 roku w ramach postępowania karnego wszczętego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Raboczi Ruch” (Ruch Robotniczy). 21 września 2021 roku inicjatywa ta została uznana za organizację ekstremistyczną, w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 roku Aleksandra uznano za winnego zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazano na karę więzienia.
+Wiosną 2024 roku odbyła się kolejna rozprawa sądowa, po której Aleksander został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany. Sąd zmiany reżimu 28.05.2024: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2021-09-27 14:14:40</t>
+  </si>
+  <si>
     <t>Anton Pavlovich Shibut</t>
   </si>
   <si>
     <t>23 stycznia 1990</t>
   </si>
   <si>
     <t>W dniu 29 września 2023 roku odbyła się rozprawa apelacyjna.</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii</t>
   </si>
   <si>
     <t>2023-07-08 16:04:24</t>
   </si>
   <si>
-    <t>Alexander Pavlovich Gashnikov</t>
-[...14 lines deleted...]
-  <si>
     <t>Igor Yaroslavovich Kuzavko</t>
   </si>
   <si>
     <t>24 stycznia 1987</t>
   </si>
   <si>
     <t>Decyzja sądu 06.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-21 23:37:17</t>
+  </si>
+  <si>
+    <t>Tatsiana Mahnusava</t>
+  </si>
+  <si>
+    <t>25 stycznia 1977</t>
+  </si>
+  <si>
+    <t>W lutym 2025 roku Tatiana została skazana na podstawie artykułu 19.11 Kodeksu wykroczeń administracyjnych (rozpowszechnianie materiałów ekstremistycznych). W związku z tym wszczęto postępowanie karne.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-01-07 23:51:04</t>
   </si>
   <si>
     <t>Oleg Vasilievich Larichev</t>
   </si>
   <si>
     <t>26 stycznia 1986</t>
   </si>
   <si>
     <t>Organizator festiwalu Urban Myths, postać publiczna i artysta uliczny.
 Oleg Larichev był już wcześniej kilkukrotnie aresztowany i ścigany, m.in. za swoją działalność artystyczną, m.in. w 2022 r.
 Tym razem zatrzymano go w związku ze sprawą karną, rzekomo związaną z zatrzymaniem innych osób rzekomo powiązanych z „ekstremistyczną grupą” „Da Zoraў”.</t>
   </si>
   <si>
-    <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-29 19:49:56</t>
+  </si>
+  <si>
+    <t>Alexander Andreevich Rybchenko</t>
+  </si>
+  <si>
+    <t>27 stycznia 1984</t>
+  </si>
+  <si>
+    <t>Aleksander, były dyrektor szkoły w Krynkach, kierował nią do około 2018 roku. Został skazany za „wspieranie działalności ekstremistycznej” i skazany na karę ograniczenia wolności i umieszczenie w zakładzie karnym o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.06.2025: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-07-11 18:25:54</t>
   </si>
   <si>
     <t>Sergey Vasilevich Sandalyuk</t>
   </si>
   <si>
     <t>27 stycznia 1971</t>
   </si>
   <si>
     <t>Siergiej służył przez wiele lat w jednostce wojskowej 7404 w Baranowiczach – 4. Brygadzie Specjalnej Policji Wojsk Wewnętrznych Ministerstwa Spraw Wewnętrznych. W 1996 roku Sandałuk twierdzi, że dowodził tam kompanią, a w latach 2000. awansował na dowódcę jednostki.
 W 2013 roku Siergiej Sandalyuk awansował już na stanowisko zastępcy naczelnika Departamentu Więziennictwa. Na tym stanowisku odpowiadał za pracę ideologiczną i zarządzanie personelem.
 Pułkownik wielokrotnie pojawiał się w mediach: oprowadzał dziennikarzy państwowych wydawnictw po koloniach karnych, współpracował z egzarchatem Białoruskiej Cerkwi Prawosławnej i rozmawiał z metropolitą Pawłem na temat współpracy Białoruskiej Służby Więziennej z Cerkwią.
 Na przełomie 2018 roku Siergiej Sandałuk zrezygnował ze stanowiska zastępcy szefa DIN. W styczniu tego samego roku Sandałuk zarejestrował się jako osoba fizyczna prowadząca jednoosobową działalność gospodarczą w rejonie leninskim w Mińsku, oferująca usługi wynajmu całodobowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 11.10.2024: nieznany. Decyzja sądu 27.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 07.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-07-30 20:00:34</t>
   </si>
   <si>
-    <t>Alexey Viktorovich Jagiello</t>
-[...13 lines deleted...]
-  <si>
     <t>Andrey Valerievich Alexandrov</t>
   </si>
   <si>
     <t>27 stycznia 1978</t>
   </si>
   <si>
     <t>Zatrzymany 12 stycznia 2021 r. białoruski dziennikarz Andriej wraz ze swoją dziewczyną Iriną Złobiną został oskarżony o „finansowanie działań protestacyjnych” i płacenie grzywien uczestnikom protestów. Został skazany na podstawie szeregu zarzutów karnych, w tym „zdrady stanu” i „udziału w grupie ekstremistycznej”.
 1 września 2022 roku para zawarła związek małżeński w Areszcie Śledczym nr 1.</t>
   </si>
   <si>
     <t>Decyzja sądu 06.10.2022: 14 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 06.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:36:24</t>
   </si>
   <si>
-    <t>Alexander Andreevich Rybchenko</t>
-[...8 lines deleted...]
-    <t>2025-07-11 18:25:54</t>
+    <t>Alexey Viktorovich Jagiello</t>
+  </si>
+  <si>
+    <t>Aleksiej jest z wykształcenia chirurgiem, ale nigdy nie pracował w swoim zawodzie. Jest kaznodzieją ewangelickim i propagatorem zdrowego stylu życia. W zeszłym roku lokalna gazeta rządowa napisała o jego promocji metody rzucania palenia.</t>
+  </si>
+  <si>
+    <t>2025-11-29 18:40:32</t>
+  </si>
+  <si>
+    <t>Maksim Shukanau</t>
+  </si>
+  <si>
+    <t>27 stycznia 1989</t>
+  </si>
+  <si>
+    <t>Trzydziestosześcioletni bloger z Mozyrza, Maksim Szukanow, miał ponad 6000 subskrybentów na kanale Union Bell w serwisie YouTube. Analizował procesy polityczne i opowiadał prawdę o wojnie rosyjsko-ukraińskiej. Czasami jego filmy osiągały dziesiątki tysięcy wyświetleń.
+Nawet po nasileniu się represji Maksym nie opuścił kraju. Wraz ze swoją narzeczoną, Poliną Zyl – również blogerką – zszedł do podziemia.
+Para unikała kontaktu z białoruskimi władzami, ale w lutym 2025 roku w końcu zmuszona była szukać pomocy medycznej, ponieważ stan zdrowia Maksyma pogorszył się po aresztowaniu jego ojca, Igora Szukanawy, pracownika rafinerii w Mozyrzu.
+Kiedy osoba poszukiwana udaje się po pomoc medyczną z paszportem, policja otrzymuje cynk. Prawdopodobnie tak właśnie było w przypadku blogera.
+Sytuacja była podwójnie dramatyczna, ponieważ doprowadziła również do aresztowania Poliny Zyl.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 12.01.2026: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-10 22:58:10</t>
+  </si>
+  <si>
+    <t>Dmitry Vladimirovich Ilyukhin</t>
+  </si>
+  <si>
+    <t>29 stycznia 1990</t>
+  </si>
+  <si>
+    <t>Dziennikarze dowiedzieli się , że w 2019 roku Iljuchin wyjechał do Kanady, aby objąć stanowisko pierwszego sekretarza ambasady Białorusi.
+„W Ottawie pełnił funkcję członka komisji wyborczej w wyborach prezydenckich w 2020 roku. Zgodnie z oficjalnym protokołem, Swietłana Cichanouska odniosła miażdżące zwycięstwo w jego okręgu, zdobywając 321 głosów (91%), a Aleksander Łukaszenka 21 (6%)” – podaje publikacja.
+W sierpniu 2021 roku Iljuchin pełnił funkcję konsula w Nowym Jorku. Następnie pełnił funkcję pierwszego sekretarza w ambasadzie Białorusi w Waszyngtonie. W kwietniu 2022 roku odszedł ze służby dyplomatycznej. Po odejściu ze służby rządowej Dmitrij pracował w przedstawicielstwie Międzynarodowej Federacji Stowarzyszeń Czerwonego Krzyża (IFRC).
+Aresztowanie Dmitrija nastąpiło prawdopodobnie około roku temu. Charakter zarzutów i dokładny wyrok nie są znane, ale przewiduje on karę pozbawienia wolności .</t>
+  </si>
+  <si>
+    <t>2025-12-29 21:46:39</t>
   </si>
   <si>
     <t>Maria Alexandrovna Deichik</t>
   </si>
   <si>
     <t>29 stycznia 1984</t>
   </si>
   <si>
     <t>Decyzja sądu 20.08.2025: 2 roku 9 miesiące więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2025-01-16 19:59:35</t>
   </si>
   <si>
     <t>Dmitry Vladimirovich Golub</t>
   </si>
   <si>
     <t>29 stycznia 1989</t>
   </si>
   <si>
     <t>O aresztowaniu Dmitrija wyszło na jaw 7 marca.
 Dmitry był sądzony za komentarze, które zostawiał od listopada 2019 r. do stycznia 2024 r. na czatach Telegramu i na kanale YouTube. Sąd uznał, że podżegał w nich do wrogości i niezgody na tle narodowym i społecznym.
 Mężczyzna pozostawił także komentarze obraźliwe dla funkcjonariuszy policji, dziennikarzy, urzędników państwowych i Aleksandra Łukaszenki. We wrześniu 2020 brał udział w protestach.
 Na wyrok, który ogłosił Grodzieński Sąd Okręgowy w Oktyabrskim Sądzie Rejonowym w Grodnie, zaproszono studentów Grodzieńskiego Uniwersytetu Państwowego im. J. Kupały.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.11.2024: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-11-02 00:37:32</t>
   </si>
   <si>
-    <t>Dmitry Vladimirovich Ilyukhin</t>
-[...14 lines deleted...]
-    <t>2025-12-29 21:46:39</t>
+    <t>Maksim Aminbayevich Jumaniyazov</t>
+  </si>
+  <si>
+    <t>30 stycznia 1983</t>
+  </si>
+  <si>
+    <t>Maxim has had a severe mental illness since childhood and requires special care.</t>
+  </si>
+  <si>
+    <t>2023-03-12 14:58:12</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Gerasimenko</t>
   </si>
   <si>
     <t>30 stycznia 1977</t>
   </si>
   <si>
     <t>Pracował jako kierowca ciężarówki dalekobieżnej. Ostatnią znaną pracą Aleksandra było zatrudnienie w Mozyrsol. Wcześniej pracował w sporcie: jako trener i instruktor wioślarstwa oraz zastępca dyrektora szkoły sportowej dla dzieci.
 Został zatrzymany w „sprawie Gayuna” 6 marca 2025 r.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-07-25 00:54:32</t>
   </si>
   <si>
     <t>Eduard Viktorovich Babariko</t>
   </si>
   <si>
     <t>30 stycznia 1990</t>
   </si>
   <si>
     <t>Eduard, który ukończył BSEU z tytułem ekonomii i zarządzania przedsiębiorstwem i kierował platformami crowdfundingowymi Ulej i MolaMola, a także grupą inicjatywną swojego ojca Viktora Babariko, został zatrzymany 18 czerwca 2020 r. w drodze do Centralnej Komisji Wyborczej do składania podpisów. Spędził ponad trzy lata w więzieniu bez procesu i został skazany za „organizowanie masowych zamieszek” i „uchylanie się od płacenia podatków”.
 W lipcu 2024 r. skazano go na dwa lata więzienia za „nieposłuszeństwo wobec administracji kolonii”.</t>
   </si>
   <si>
-    <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 05.07.2023: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.11.2023: wyrok został podtrzymany. Decyzja sądu 10.07.2024: 2 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 19.09.2024: wyrok został podtrzymany. Decyzja sądu 20.02.2025: nieznany lata więzienia w kolonii o zaostrzonym rygorze. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2021-02-27 00:33:12</t>
   </si>
   <si>
-    <t>Maksim Aminbayevich Jumaniyazov</t>
-[...8 lines deleted...]
-    <t>2023-03-12 14:58:12</t>
+    <t>Tikhon Sergeevich Osipov</t>
+  </si>
+  <si>
+    <t>31 stycznia 1996</t>
+  </si>
+  <si>
+    <t>Według Komitetu Śledczego Tichona aresztowano i skazano za celowe przejechanie żołnierzy wojsk wewnętrznych Ministerstwa Spraw Wewnętrznych podczas protestu, który odbył się 11 sierpnia 2020 r. w pobliżu stacji metra Puszkinskaja w Mińsku.
+W marcu 2022 r. został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji zakładu karnego” – zarzut często stawiany więźniom odmawiającym współpracy z władzami więziennymi – a jego reżim został zmieniony na surowy.
+W 2024 roku Tichon został ponownie skazany na podstawie tego samego artykułu.
+Tichon ma poważne problemy zdrowotne: ma trudności z trawieniem pokarmu, cierpi na ból oczu, przyspieszone bicie serca, skoki ciśnienia krwi i osłabiony układ odpornościowy.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 19.05.2021: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 1300 ruble odszkodowania. Decyzja sądu 25.03.2022: 7 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 23.06.2022: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Tatiana Victorovna Stepa</t>
   </si>
   <si>
     <t>31 stycznia 1970</t>
   </si>
   <si>
     <t>Została zatrzymana w wyniku masowego nalotu sił bezpieczeństwa w dniach 23–24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.12.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-02-03 14:47:36</t>
-  </si>
-[...32 lines deleted...]
-    <t>2021-03-06 20:01:08</t>
   </si>
   <si>
     <t>Denis Sergeevich Nikita</t>
   </si>
   <si>
     <t>31 stycznia 1985</t>
   </si>
   <si>
     <t>Denis Nikita został zatrzymany wieczorem 25 stycznia 2024 r. za drobny chuligaństwo. W ramach obowiązków służbowych został zabrany na komisariat policji. Nie zgodził się z zatrzymaniem i rzekomo zaczął wyzywać i grozić funkcjonariuszom policji, wspominając przy tym Łukaszenkę. Według policji 38-letni mężczyzna robił to przez długi czas i wielokrotnie go poniżał. W rezultacie wszczęto sprawę karną. Mężczyzna był sądzony publicznie w budynku obwodowego komitetu wykonawczego w Świsłoczu. Gazeta okręgowa relacjonowała proces: napisano, że na posiedzeniu byli obecni „przedstawiciele społeczeństwa” i mediów. Denis Nikita przyznał się do winy.
 Z nieoficjalnych informacji wynika, że jest to jedenasty wyrok skazujący oskarżonego. Został skazany za kradzież, tortury, groźby pozbawienia życia, a także za naruszenie wymogów nadzoru prewencyjnego, za co wielokrotnie był pociągany do odpowiedzialności administracyjnej. Ponadto mężczyzna został pozbawiony praw rodzicielskich w stosunku do dwójki dzieci.</t>
   </si>
   <si>
     <t>3 lata więzienia w kolonii o zaostrzonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2024-04-18 12:33:43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1666,51 +1698,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1725,2212 +1757,2267 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="I6" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>49</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>61</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>71</v>
       </c>
-      <c r="D13" t="s">
-[...11 lines deleted...]
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>75</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
       <c r="I14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
         <v>82</v>
       </c>
       <c r="I15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>84</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
       <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...5 lines deleted...]
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
         <v>97</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
         <v>100</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>101</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>105</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
+        <v>30</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>112</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>114</v>
       </c>
       <c r="I21" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>116</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
       <c r="C22" t="s">
         <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B24" t="s">
-        <v>127</v>
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I24" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
         <v>134</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
         <v>137</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>138</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
       <c r="I26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>142</v>
       </c>
       <c r="B27" t="s">
         <v>143</v>
       </c>
+      <c r="C27" t="s">
+        <v>144</v>
+      </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>156</v>
       </c>
       <c r="I29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>158</v>
       </c>
       <c r="B30" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>160</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>162</v>
+      </c>
+      <c r="B31" t="s">
+        <v>163</v>
+      </c>
+      <c r="C31" t="s">
         <v>164</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
         <v>165</v>
       </c>
-      <c r="C31" t="s">
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" t="s">
         <v>166</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" t="s">
         <v>169</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>170</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>171</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>172</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>174</v>
+      </c>
+      <c r="B33" t="s">
         <v>175</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>176</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>178</v>
       </c>
       <c r="I33" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>180</v>
       </c>
       <c r="B34" t="s">
         <v>181</v>
       </c>
       <c r="C34" t="s">
         <v>182</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>183</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>15</v>
       </c>
+      <c r="H34" t="s">
+        <v>184</v>
+      </c>
       <c r="I34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B35" t="s">
-        <v>186</v>
+        <v>187</v>
+      </c>
+      <c r="C35" t="s">
+        <v>188</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="I35" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>217</v>
+        <v>218</v>
+      </c>
+      <c r="C41" t="s">
+        <v>219</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>172</v>
+        <v>119</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I41" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I42" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I43" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="C44" t="s">
         <v>232</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>35</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>233</v>
       </c>
       <c r="I44" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>235</v>
       </c>
       <c r="B45" t="s">
         <v>236</v>
       </c>
       <c r="C45" t="s">
         <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45" t="s">
         <v>238</v>
       </c>
       <c r="I45" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>240</v>
       </c>
       <c r="B46" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>167</v>
+        <v>243</v>
       </c>
       <c r="I46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B47" t="s">
-        <v>244</v>
+        <v>246</v>
+      </c>
+      <c r="C47" t="s">
+        <v>247</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
+      <c r="E47" t="s">
+        <v>35</v>
+      </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I47" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>248</v>
+        <v>246</v>
+      </c>
+      <c r="C48" t="s">
+        <v>251</v>
       </c>
       <c r="D48" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>249</v>
+        <v>189</v>
       </c>
       <c r="I48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B49" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E49" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="I49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B50" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E50" t="s">
-        <v>259</v>
+        <v>46</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50" t="s">
         <v>260</v>
       </c>
       <c r="I50" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>262</v>
       </c>
       <c r="B51" t="s">
         <v>263</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>264</v>
       </c>
-      <c r="D51" t="s">
-[...11 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>266</v>
+      </c>
+      <c r="B52" t="s">
         <v>267</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>268</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>270</v>
       </c>
       <c r="I52" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>272</v>
       </c>
       <c r="B53" t="s">
         <v>273</v>
       </c>
       <c r="C53" t="s">
         <v>274</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>275</v>
       </c>
       <c r="I53" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>277</v>
       </c>
       <c r="B54" t="s">
         <v>278</v>
       </c>
       <c r="C54" t="s">
         <v>279</v>
       </c>
       <c r="D54" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>280</v>
       </c>
       <c r="I54" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>282</v>
       </c>
       <c r="B55" t="s">
         <v>283</v>
       </c>
       <c r="C55" t="s">
         <v>284</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
+      <c r="E55" t="s">
+        <v>269</v>
+      </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>285</v>
       </c>
       <c r="I55" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>287</v>
       </c>
       <c r="B56" t="s">
         <v>288</v>
       </c>
       <c r="C56" t="s">
         <v>289</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
+      <c r="E56" t="s">
+        <v>290</v>
+      </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="I56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I57" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C58" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I58" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C59" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="I59" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B60" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C60" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>259</v>
+        <v>30</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="I60" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B61" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C61" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
+      <c r="E61" t="s">
+        <v>269</v>
+      </c>
       <c r="F61" t="s">
         <v>14</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I61" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B62" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C62" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D62" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="I62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
-      <c r="E63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="I63" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B64" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C64" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I64" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B65" t="s">
-        <v>332</v>
+        <v>334</v>
+      </c>
+      <c r="C65" t="s">
+        <v>335</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="I65" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B66" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>338</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
+      <c r="H66" t="s">
+        <v>340</v>
+      </c>
       <c r="I66" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B67" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C67" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E67" t="s">
-        <v>108</v>
+        <v>46</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I67" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C68" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>348</v>
+        <v>13</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B69" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B70" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C70" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="F70" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I70" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B71" t="s">
-        <v>360</v>
+        <v>362</v>
+      </c>
+      <c r="C71" t="s">
+        <v>363</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F71" t="s">
         <v>14</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="I71" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="C72" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>213</v>
+        <v>76</v>
       </c>
       <c r="F72" t="s">
         <v>14</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>366</v>
+        <v>51</v>
       </c>
       <c r="I72" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C73" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
+      <c r="E73" t="s">
+        <v>76</v>
+      </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I73" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B74" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C74" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>376</v>
+        <v>25</v>
       </c>
       <c r="I74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>45</v>
+      </c>
+      <c r="E75" t="s">
+        <v>46</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" t="s">
         <v>380</v>
       </c>
-      <c r="D75" t="s">
-[...2 lines deleted...]
-      <c r="E75" t="s">
+      <c r="I75" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
         <v>384</v>
       </c>
-      <c r="B76" t="s">
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>113</v>
+      </c>
+      <c r="F76" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" t="s">
         <v>385</v>
       </c>
-      <c r="C76" t="s">
+      <c r="I76" t="s">
         <v>386</v>
-      </c>
-[...16 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
+        <v>387</v>
+      </c>
+      <c r="B77" t="s">
         <v>388</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>389</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>119</v>
+      </c>
+      <c r="F77" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" t="s">
+        <v>189</v>
+      </c>
+      <c r="I77" t="s">
         <v>390</v>
-      </c>
-[...16 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
+        <v>391</v>
+      </c>
+      <c r="B78" t="s">
+        <v>392</v>
+      </c>
+      <c r="C78" t="s">
         <v>393</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>76</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" t="s">
         <v>394</v>
       </c>
-      <c r="C78" t="s">
+      <c r="I78" t="s">
         <v>395</v>
-      </c>
-[...16 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>396</v>
+      </c>
+      <c r="B79" t="s">
+        <v>397</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>290</v>
+      </c>
+      <c r="F79" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" t="s">
         <v>399</v>
       </c>
-      <c r="B79" t="s">
+      <c r="I79" t="s">
         <v>400</v>
-      </c>
-[...19 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>401</v>
+      </c>
+      <c r="B80" t="s">
+        <v>402</v>
+      </c>
+      <c r="C80" t="s">
+        <v>403</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>165</v>
+      </c>
+      <c r="F80" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" t="s">
         <v>404</v>
       </c>
-      <c r="B80" t="s">
+      <c r="I80" t="s">
         <v>405</v>
       </c>
-      <c r="C80" t="s">
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
         <v>406</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="H80" t="s">
+      <c r="B81" t="s">
         <v>407</v>
       </c>
-      <c r="I80" t="s">
+      <c r="C81" t="s">
         <v>408</v>
+      </c>
+      <c r="D81" t="s">
+        <v>45</v>
+      </c>
+      <c r="E81" t="s">
+        <v>46</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" t="s">
+        <v>409</v>
+      </c>
+      <c r="I81" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>411</v>
+      </c>
+      <c r="B82" t="s">
+        <v>412</v>
+      </c>
+      <c r="C82" t="s">
+        <v>413</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" t="s">
+        <v>414</v>
+      </c>
+      <c r="I82" t="s">
+        <v>415</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">