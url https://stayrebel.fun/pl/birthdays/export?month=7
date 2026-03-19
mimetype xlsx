--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,212 +12,184 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
+  </si>
+  <si>
+    <t>Vital Vasilyevich Novikau</t>
+  </si>
+  <si>
+    <t>1 lipca 1983</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>2026-02-16 13:34:53</t>
   </si>
   <si>
     <t>Pavel Sergeevich Rezanovich</t>
   </si>
   <si>
     <t>1 lipca 1993</t>
   </si>
   <si>
     <t>Paweł, syn prawosławnego księdza i pracownik wydziału egzekucji przymusowej obwodu leninskiego miasta Brześć, został zatrzymany 1 grudnia 2020 r. wraz z rodzicami w ramach karnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Paweł został skazany za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy” i „nielegalne działania dotyczące broni palnej”.
 W październiku 2023 roku został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
-    <t>mężczyzna</t>
-[...1 lines deleted...]
-  <si>
     <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tak</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Sąd zmiany reżimu 30.10.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:43:54</t>
   </si>
   <si>
     <t>Alexey Borisovich Ivanisov</t>
   </si>
   <si>
     <t>1 lipca 1968</t>
   </si>
   <si>
     <t>Aleksiej, były wojskowy, specjalista ds. komunikacji i dyrektor firmy zajmującej się instalacją i naprawą elektrycznych bram garażowych i barier, został aresztowany we wrześniu 2021 r. w ramach postępowania karnego związanego z inicjatywą „Zajęty Lyatsyats”. Część zarzutów dotyczyła uszkodzenia samochodu sędziego rejonowego w Borysowie. W rezultacie został skazany na długoletnie więzienie i grzywnę.
 Aleksiej ma troje dzieci, z których jedno jest nieletnie.</t>
   </si>
   <si>
     <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>Decyzja sądu 28.09.2022: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 500 jednostek bazowych kary. Apelacja 28.02.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-11-15 15:51:15</t>
   </si>
   <si>
     <t>Daniel Yurievich Garasim</t>
   </si>
   <si>
     <t>1 lipca 2005</t>
   </si>
   <si>
     <t>Według autorów prorządowego filmu Daniił Garasim, urodzony w 2005 r. w grudniu 2023 r., na polecenie „ukraińskiego kuratora”, z którym nawiązano kontakt na ekstremistycznym czacie w Telegramie, sfilmował lokalizację brygady rakietowej Sił Zbrojnych Białorusi w mieście Osipowicze obwodu mohylewskiego. Warto jednak zauważyć, że siły bezpieczeństwa już od pierwszego zadania nakręciły film operacyjny;</t>
   </si>
   <si>
-    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 19.09.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 03.12.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-30 00:32:30</t>
   </si>
   <si>
+    <t>Vitaly Alexandrovich Vasilevich</t>
+  </si>
+  <si>
+    <t>3 lipca 1993</t>
+  </si>
+  <si>
+    <t>Witalij został zatrzymany i skazany za zatrzymanie pociągu towarowego, nałożenie czerwonych pasów na kasetony reklamowe, przebicie opony funkcjonariuszowi policji, podpalenie kiosku Tabakerka oraz obchodzenie się z przedmiotami zawierającymi substancje łatwopalne. Swoje działania uzasadnił jako protest przeciwko sytuacji w kraju po wyborach prezydenckich, które odbyły się 9 sierpnia 2020 r., w szczególności przeciwko bezpodstawnym przetrzymywaniom i torturowaniu ludzi przez siły bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2021: 7 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:27:10</t>
+  </si>
+  <si>
     <t>Arthur Igorevich Golubev</t>
   </si>
   <si>
     <t>3 lipca 1990</t>
   </si>
   <si>
     <t>W dniu 16 stycznia 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
   </si>
   <si>
     <t>2023-10-31 14:49:43</t>
-  </si>
-[...53 lines deleted...]
-    <t>2021-02-26 23:04:31</t>
   </si>
   <si>
     <t>Sergey Anatolyievich Rezanovich</t>
   </si>
   <si>
     <t>4 lipca 1968</t>
   </si>
   <si>
     <t>Prawosławny ksiądz, proboszcz cerkwi św. Michała Archanioła w rolniczej miejscowości Stepanka, pow. Żabinka, obwód brzeski, został zatrzymany 1 grudnia 2020 r. wraz z żoną i synem w ramach kryminalnej „sprawy Autuchowicza”. ” Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Siergiej został skazany za „udział w organizacji przestępczej”, „akt terroryzmu” i „próbę przejęcia władzy”.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 600 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:42:21</t>
   </si>
   <si>
     <t>Eugene Aleksandrovich Malyugin</t>
   </si>
   <si>
     <t>5 lipca 1980</t>
   </si>
   <si>
     <t>Jewgienij został skazany wiosną 2024 roku w sprawie karnej z artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich” i skazany na karę ograniczenia wolności z odroczeniem wykonania kary.</t>
   </si>
@@ -229,1341 +201,1342 @@
   </si>
   <si>
     <t>Decyzja sądu 21.05.2024: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja 07.08.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-07-30 20:25:36</t>
   </si>
   <si>
     <t>Yuri Alexandrovich Khrameev</t>
   </si>
   <si>
     <t>5 lipca 1990</t>
   </si>
   <si>
     <t>W 2016 roku Jurij uzyskał tytuł magistra programowania na Białoruskim Państwowym Uniwersytecie Informatyki i Radioelektroniki.
 W 2011 roku dołączył do XB Software jako programista, a następnie pracował w ActiveCloud. W 2014 roku dołączył do startupu ActivePlatform, gdzie awansował od programisty do analityka biznesowego i menedżera produktu.
 Poza pracą Jurij lubi podróżować. W mediach społecznościowych publikował zdjęcia z aktywnych wakacji w górach i wycieczek do różnych miast.</t>
   </si>
   <si>
     <t>Decyzja sądu 18.11.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-12-08 16:53:51</t>
   </si>
   <si>
-    <t>Pavel Vladimirovich Kharitonov</t>
-[...13 lines deleted...]
-  <si>
     <t>Dmitry Igorevich Khomenkov</t>
   </si>
   <si>
     <t>5 lipca 1989</t>
   </si>
   <si>
     <t>39-letni mieszkaniec Homla. Jest programistą. Ostatnie ogłoszenie Khamenkova na Linkedin brzmiało: Ekspert ds. rozwoju oprogramowania. Nie chciał się przeprowadzać w 2022 roku.
 Według filmu ONT Chamenkow jest oskarżony o „finansowanie działalności ekstremistycznej”. Dokonywał przelewów w kryptowalucie. Podaje się, że został zatrzymany pod koniec 2024 roku, podczas gdy facet przebywał za kratkami, jego babcia zmarła.</t>
   </si>
   <si>
     <t>SIZO-1  Nowodworski s/s, 143/4, wieś Paszkowicze, rejon miński, obwód miński 223016</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-04-03 17:39:10</t>
   </si>
   <si>
-    <t>Alexander Vladimirovich Bliznets</t>
-[...15 lines deleted...]
-    <t>2024-04-24 22:36:28</t>
+    <t>Pavel Vladimirovich Kharitonov</t>
+  </si>
+  <si>
+    <t>5 lipca 1978</t>
+  </si>
+  <si>
+    <t>Skazany za jedną darowiznę w wysokości 20 dolarów na rzecz jednej z inicjatyw, którą później uznano za „formację ekstremistyczną”. Darowiznę na pomoc rzekomo ofiarom represji przekazano już w 2021 r., kiedy inicjatywa nie została jeszcze uznana za „grupę ekstremistyczną”. Sprawa odbyła się tylko w ośmiu rozprawach, a jej rozpatrywanie trwało dwa miesiące, od listopada do stycznia. 28 kwietnia 2023 roku wyrok uprawomocnił się po wydaniu wyroku Sądu Apelacyjnego.</t>
+  </si>
+  <si>
+    <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
+  </si>
+  <si>
+    <t>5 lat więzienia w kolonii</t>
+  </si>
+  <si>
+    <t>2022-12-06 01:16:36</t>
   </si>
   <si>
     <t>Ivan Grigorievich Omrejcik</t>
   </si>
   <si>
     <t>6 lipca 2001</t>
   </si>
   <si>
     <t>Zatrzymany za udział w proteście w dniu 10 sierpnia 2020 r. w Brześciu.</t>
   </si>
   <si>
     <t>Decyzja sądu 05.08.2024: 2 roku 3 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 08.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-24 00:13:42</t>
   </si>
   <si>
     <t>Ivan Yurievich Yasnikov</t>
   </si>
   <si>
     <t>6 lipca 1989</t>
   </si>
   <si>
     <t>Według doniesień mężczyzna został zatrzymany w związku z wydarzeniami z sierpnia 2020 r., jednak w jego telefonie służby bezpieczeństwa znalazły zdjęcia sprzętu wojskowego, które wrzucił 23 lutego na kanał telegramu Kalinkowicze za życiem.</t>
   </si>
   <si>
     <t>nieznany</t>
   </si>
   <si>
     <t>2022-04-05 00:52:53</t>
-  </si>
-[...33 lines deleted...]
-    <t>2021-05-15 15:10:59</t>
   </si>
   <si>
     <t>Ivan Aleksandrovich Yanchuk</t>
   </si>
   <si>
     <t>7 lipca 1996</t>
   </si>
   <si>
     <t xml:space="preserve">Iwan najpierw piastował stanowisko śledczego w Małorycie, a następnie został przeniesiony jako śledczy do Wydziału Spraw Wewnętrznych Rejonu Kobryń. Miał stopień porucznika.
 Z informacji zawartych w nagraniu GUBOPiK wynika, że zrezygnował ze służby w organach ścigania i zaczął wydobywać kryptowaluty. Według funkcjonariuszy bezpieczeństwa Iwan przekazał informacje o swoich kolegach różnymi kanałami telegramów.
 W dniu 28 listopada 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.
 </t>
   </si>
   <si>
     <t>7 lat więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2022-09-26 17:57:51</t>
+  </si>
+  <si>
+    <t>Alexander Vladimirovich Korolev</t>
+  </si>
+  <si>
+    <t>7 lipca 1963</t>
+  </si>
+  <si>
+    <t>30 maja 2023 roku odbyła się rozprawa apelacyjna i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>1,5 roku więzienia w kolonii o og&amp;oacute;lnym reżimie.</t>
+  </si>
+  <si>
+    <t>2023-02-27 23:21:22</t>
+  </si>
+  <si>
+    <t>Andrey Vladimirovich Lubetski</t>
+  </si>
+  <si>
+    <t>7 lipca 1975</t>
+  </si>
+  <si>
+    <t>Andrey, chirurg szczękowo-twarzowy w szpitalu dziecięcym, został zatrzymany w maju 2021 r. po przeszukaniu w ramach postępowania karnego wszczętego na podstawie artykułu o „obrazie prezydenta”. Jego żona i dzieci zostali zmuszeni do opuszczenia kraju. Później Andrieja oskarżono o „udział w działaniach grupowych rażąco naruszających porządek publiczny” i „udział w masowych zamieszkach”.
+W kwietniu 2022 r. Andriej został skazany na podstawie czterech zarzutów karnych za udział w protestach, które odbyły się w Mińsku w 2020 r., oraz za publikacje w mediach społecznościowych, które zostały zakwalifikowane jako znieważające i podżegające do nienawiści.
+W czerwcu 2024 r. zwiększono mu karę i przeniesiono go do więzienia do końca odbywania kary.</t>
+  </si>
+  <si>
+    <t>IK-9, 213410, Górki, ul. Dobrolubowa, 16</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.06.2022: wyrok został podtrzymany. Sąd zmiany reżimu 26.06.2024: reżim więzienny do końca kary. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2021-05-15 15:10:59</t>
+  </si>
+  <si>
+    <t>Ivan Leonidovich Folitar</t>
+  </si>
+  <si>
+    <t>8 lipca 1977</t>
+  </si>
+  <si>
+    <t>Ivan ukończył Mińską Państwową Wyższą Szkołę Budowy Maszyn w 1996 roku. Przez wiele lat Ivan zajmował się organizacją i obsługą imprez, a także był założycielem mińskiego studia fotograficznego „MiF”. Zorganizował setki ślubów, uroczystości ukończenia studiów i eventów firmowych. Był również właścicielem prywatnej firmy fotograficznej, która od 2018 roku znajduje się w stanie likwidacji.
+Później Iwan zajął się rolnictwem. Zaczął hodować drób i sprzedawać mięso indycze w mińskim rejonie komarowskim.
+Zajmuje się również muzyką: sam komponuje i nagrywa utwory, a także tworzy aranżacje i bity dla innych muzyków. Brał udział w projekcie muzycznym „White and Quarantine”.</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.10.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-11 11:27:00</t>
   </si>
   <si>
     <t>Oleg Anatolevich Konovalov (Shutov)</t>
   </si>
   <si>
     <t>8 lipca 1995</t>
   </si>
   <si>
     <t>Oleg, właściciel kanału YouTube „Trzeci Region Białoruś”, został zatrzymany w styczniu 2022 roku, gdy wrócił na Białoruś na święta noworoczne.
 Oleg został oskarżony o ujawnienie tożsamości funkcjonariuszy służb bezpieczeństwa i rzekomo kontynuowanie „publikowania antypaństwowych informacji w mediach społecznościowych i promowania oporu wobec funkcjonariuszy państwowych” za granicą. Na swoim kanale opublikował nagrania z białoruskich protestów solidarnościowych w Kijowie, gdzie mieszkał od 2020 roku. Oskarżono go również o wygłaszanie „cynicznych komentarzy” na temat zmarłego oficera KGB Dmitrija Fedosiuka.
 We wrześniu 2022 roku został skazany na podstawie kilku artykułów Kodeksu karnego, w tym za „podżeganie do nienawiści lub waśni rasowej, narodowościowej, religijnej lub innej społecznej”. Sąd skazał go na karę pozbawienia wolności w kolonii karnej o zaostrzonym rygorze i nakazał zapłatę znacznego odszkodowania.
 W lipcu 2023 roku Oleg został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji więziennej” – zarzut często stawiany więźniom politycznym odmawiającym współpracy z administracją więzienną. We wrześniu tego samego roku doniesiono o przeniesieniu go do zakładu karnego.
 Ujawniono, że Olegowi grozi kolejna rozprawa sądowa w pierwszej połowie lata 2025 roku pod tym samym zarzutem „niesubordynacji”. Rozprawa apelacyjna miała się odbyć w połowie lipca.</t>
   </si>
   <si>
     <t>IK-14 222125, obwód miński, s.n.p. Nowosady, ul. Mira, 1A</t>
   </si>
   <si>
     <t>Decyzja sądu 07.09.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 5000 ruble odszkodowania, 100 jednostek bazowych kary. Decyzja sądu 18.07.2023: 1 rok więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.09.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2022-01-27 19:36:09</t>
   </si>
   <si>
-    <t>Ivan Vladimirovich Morozov</t>
-[...39 lines deleted...]
-  <si>
     <t>Evgeny Aleksandrovich Rubashko</t>
   </si>
   <si>
     <t>9 lipca 1989</t>
   </si>
   <si>
     <t>Jewgienij jest aktywistą anarchistycznym. Został aresztowany 29 lipca 2021 roku w Mińsku. Podczas zatrzymania przeszukano jego mieszkanie i pobito go. Aby uzyskać dostęp do telefonu i komputera, funkcjonariusze założyli Jewgienijowi worek na głowę.
 Podczas przewożenia go do aresztu śledczego skonfiskowano mu wszystkie książki i umieszczono go w rejestrze osób podatnych na ekstremizm, co wiązało się z adnotacją w aktach osobowych, specjalnym traktowaniem i dodatkową opieką psychologa.
 Jewgienijowi postawiono początkowo zarzut „organizowania i przygotowywania działań rażąco naruszających porządek publiczny lub aktywnego w nich udziału”. W styczniu 2022 roku jemu i innym oskarżonym w sprawie karnej postawiono dodatkowo zarzut przynależności do grupy ekstremistycznej za subskrypcję kanału „Pramen” w Telegramie. W momencie aresztowania kanał nie został jeszcze dodany do listy grup ekstremistycznych; nastąpiło to dopiero w listopadzie 2021 roku.
 W kwietniu 2022 roku Jewgienij został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej. W kwietniu 2023 roku zaostrzono mu reżim detencyjny i przeniesiono go do zakładu karnego. W październiku 2025 roku sąd wydłużył jego karę pozbawienia wolności o kolejny rok za „złośliwe nieposłuszeństwo wobec żądań administracji”.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.04.2022: 5 lata więzienia w kolonii na warunkach ogólnych. Sąd zmiany reżimu 19.04.2023: 3 roku więzienia. Decyzja sądu 09.10.2025: 1 rok więzienia w kolonii o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2021-08-07 04:16:27</t>
   </si>
   <si>
     <t>Boris Mikhailovich Vitko</t>
   </si>
   <si>
     <t>9 lipca 1954</t>
   </si>
   <si>
     <t>68-letni Borys Witko został oskarżony o napisanie 30 września 2021 r. w telegramie Lachowicze 97 obraźliwego komentarza pod adresem sędziego Nikołaja Kmity.
 Wyrok sądu z 20.01.2023: 2 lata ograniczania wolności bez kierunku.
 Pod koniec maja 2023 roku wyszło na jaw, że Borys został ponownie zatrzymany. Poinformował o tym prorządowy kanał telegramowy. Policjanci zamieszek w kamizelkach kuloodpornych ze strzelbami zatrzymali mężczyznę na terenie prywatnego domu. W opublikowanym nagraniu Borys podaje, że został zatrzymany pod zarzutem znieważenia Łukaszenki (art. 368 kk). Przeszukano miejsce zamieszkania we wsi Miedwedichi, rejon Lachowicze.
 Później obrońcy praw człowieka dowiedzieli się , że Borys Witko przez pewien czas był przetrzymywany w Areszcie Śledczym w Lachowiczach, a następnie przeniesiony do Aresztu Śledczego w Baranowiczach. Obecnie oczekuje na proces w Areszcie Śledczym nr 7 w Brześciu. W listopadzie 2023 r. Borys został wpisany na listę terrorystów. Proces rozpoczął się na początku stycznia 2024 r. Na pierwszym procesie Borysowi Witko postawiono zarzut, że 30 września 2021 r. w telegramie „Łachowicze 97” napisał obraźliwy komentarz pod adresem sędziego Nikołaja Kmity. Łącznie, poprzez częściowe dodanie niewykorzystanej części kary, ostatecznie oskarżony Borys Vitko został skazany na karę siedmiu lat i trzech miesięcy pozbawienia wolności z możliwością odbycia w kolonii poprawczej o zaostrzonym rygorze, z karą grzywny na rzecz państwa w wysokości 300 jednostek podstawowych w wysokości 12 000 rubli.
 Borys ma problemy z sercem i musi stale brać leki.</t>
   </si>
   <si>
     <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
   </si>
   <si>
     <t>Decyzja sądu 20.01.2022: 2 roku ograniczenia wolności bez skierowania do otwartego zakładu karnego. Decyzja sądu 20.05.2024: 7 lata 3 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 300 jednostek bazowych kary. Apelacja 06.08.2024: nieznany. Apelacja 02.09.2024: nieznany.</t>
   </si>
   <si>
     <t>2022-01-22 17:16:52</t>
+  </si>
+  <si>
+    <t>Sergey Grigorievich Juncic</t>
+  </si>
+  <si>
+    <t>10 lipca 1974</t>
+  </si>
+  <si>
+    <t>Siergiej został zatrzymany za solidarność z represjonowanymi.
+Yunchits ma 50 lat, urodził się we wsi Podvosye w obwodzie żytkowickim. Z biznesem związany od lat 90-tych. Jak podaje Mirror, do 2023 roku mężczyzna zarządzał rodzinną firmą Unico-Dental, która dostarcza materiały, instrumenty i sprzęt stomatologiczny.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.10.2024: 5 lata więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 10.01.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-06-19 23:22:29</t>
+  </si>
+  <si>
+    <t>Tamaz Vazhevich Pipiya</t>
+  </si>
+  <si>
+    <t>10 lipca 1994</t>
+  </si>
+  <si>
+    <t>Kibic piłkarski klubu MTZ-RIPO został 26 września 2020 r. zatrzymany i skazany za udział w protestach.
+Strażnicy Kolonii nr 1 wielokrotnie karali Tomasza karą i przeniesieniem do celi (PKT). W sumie antyfaszysta otrzymał co najmniej dziewięć kar, m.in. za odmowę „czyszczenia toalet”. Na tej podstawie wszczęto przeciwko niemu nową sprawę karną z artykułu „złośliwego nieposłuszeństwa wobec wymagań administracji”, a we wrześniu 2024 roku skazano go na dodatkową karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>IK-20, 247755, obwód homelski, rejon mozyrski, rada wiejska Michalkowski, 70</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.07.2021: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: wyrok został podtrzymany. Decyzja sądu 05.09.2024: 1 rok 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:06:12</t>
   </si>
   <si>
     <t>Andrey Alexeyevich Burak</t>
   </si>
   <si>
     <t>10 lipca 1972</t>
   </si>
   <si>
     <t>Kierowca ciężarówki. Mężczyzna był początkowo oskarżony o chuligaństwo (art. 339 kodeksu karnego część 3) oraz utworzenie grupy ekstremistycznej lub udział w niej (art. 361-1 część 3 kodeksu karnego).
 Sąd Miejski w Mińsku zakończył rozpatrywanie sprawy karnej w dniu 29 lutego 2024 r. Burako został uznany za winnego i skazany na karę pozbawienia wolności na okres pięciu lat na podstawie części 3 art. 361-1 KC. Zarzut o chuligaństwo został wycofany.
 Jak wynika ze śledztwa , wieczorem 11 maja 2023 roku na autostradzie M-5 Mińsk-Homel w pobliżu wsi Jasień koło Bobrujska „kierowca pojazdu marki DAF, mijając zatrzymany wojskowy konwój transportowy, zdetonował bombę niezidentyfikowanego urządzenia, samodzielnie wykonanego z wyrobów pirotechnicznych, rzucając nim w stronę personelu wojskowego i sprzętu wojskowego, a następnie próbował się ukryć.
 Jednak w trakcie pościgu wojsko zablokowało jego samochód, a on sam został zatrzymany.”
 Ustalono, że w kabinie samochodu wklejono symbole „ekstremistyczne”, a w telefonie komórkowym znajdowało się kilka subskrypcji radykalnych kanałów uznanych za ekstremistyczne, w tym „Plan zwycięstwa”.
 W dniu 12 kwietnia 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK-8, 211388, obwód witebski, Orsza, ul. Lenina, 195A</t>
   </si>
   <si>
     <t>5 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych.</t>
   </si>
   <si>
     <t>2024-02-12 19:18:25</t>
   </si>
   <si>
-    <t>Tamaz Vazhevich Pipiya</t>
-[...33 lines deleted...]
-  <si>
     <t>Alexey Vladislavovich Isaev</t>
   </si>
   <si>
     <t>10 lipca 1978</t>
   </si>
   <si>
     <t>IUOT-24, 230025 Grodno, ul. Lidskaja, 29/ur</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 5 lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-10-18 16:40:13</t>
+  </si>
+  <si>
+    <t>Igor Olegovych Zhuk</t>
+  </si>
+  <si>
+    <t>11 lipca 1989</t>
+  </si>
+  <si>
+    <t>Igor został oskarżony o umieszczenie na YouTube komentarza skierowanego do Łukaszenki pod filmem „Białoruś: Ukryta mobilizacja i wprowadzenie wojsk z Rosji | Ukraina, Łukaszenka i NATO” autorstwa rosyjskiego blogera Ilji Warłamowa. Według akt sprawy, aplikacja YouTube została znaleziona na jego telefonie, gdzie w sekcji „Komentarze” znajdował się stosowny wpis. Pozostawał w areszcie do czasu ogłoszenia wyroku.</t>
+  </si>
+  <si>
+    <t>IUOT-55, ul. Socjalistyczna 7, Mińsk, 220021</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.11.2023: 2 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2023-11-06 21:02:37</t>
   </si>
   <si>
     <t>Evgeniy Sergeevich Glushkov</t>
   </si>
   <si>
     <t>11 lipca 1990</t>
   </si>
   <si>
     <t>Wiadomo było o zatrzymaniu mieszkańca wsi Zyabrovka, rejon Homel, Jewgienija Głuszkowa. Według niektórych doniesień medialnych, w nocy z 10 na 11 sierpnia na lotnisku w Zybrowce doszło do incydentu, o którym dużo pisały media, po czym rozpoczęły się lokalne kontrole.
 Znaleźli stare zdjęcie lotniska w telefonie Jewgienija, które zrobił z drona. Znaleźli też kontakty różnych Ukraińców. To wystarczyło, by go powstrzymać. Facet przed zatrzymaniem pracował jako lekarz weterynarii w jednej z lecznic w Homlu, ma same pozytywne cechy od pracodawców. Przed rozpoczęciem rosyjskiej agresji na Ukrainę Jewgienij długo mieszkał za granicą. W ostatnich latach - w Chinach, gdzie studiował muzykę i planował zostać. Jednak z powodu epidemii koronawirusa został bez źródeł utrzymania i zmuszony do powrotu do ojczyzny.</t>
   </si>
   <si>
     <t>9 lat pozbawienia wolności z odbywaniem kary w kolonii poprawczej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-11-14 15:40:33</t>
   </si>
   <si>
-    <t>Igor Olegovych Zhuk</t>
-[...16 lines deleted...]
-  <si>
     <t>Alexander Nikolaevich Yatsukevich</t>
   </si>
   <si>
     <t>11 lipca 1986</t>
   </si>
   <si>
     <t>W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.01.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 01.03.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-01-11 17:15:20</t>
   </si>
   <si>
-    <t>Dmitry Dmitrievich Mostovoy</t>
-[...25 lines deleted...]
-Według obrońców praw człowieka pozbawiona jest prawa do odwiedzin, a rocznie może otrzymywać tylko jedną małą paczkę. Listy od Tatiany docierają niezwykle rzadko. Poza tym miała problemy z kręgosłupem.</t>
+    <t>Volha Vaitsiakhovich</t>
+  </si>
+  <si>
+    <t>12 lipca 1974</t>
+  </si>
+  <si>
+    <t>Olga została zatrzymana w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu” i skazana w czerwcu 2023 r. na podstawie kilku artykułów karnych.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała „zorganizowana grupa przestępcza”, która rzekomo przygotowywała przestępstwa o charakterze ekstremistycznym. Należeli do niej radykalni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy próbowali nielegalnie przejąć władzę. Sprawa ta jest związana z próbą podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizacją masowych zamieszek”.</t>
   </si>
   <si>
     <t>kobieta</t>
   </si>
   <si>
     <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
   </si>
   <si>
-    <t>Decyzja sądu 04.05.2021: 6 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: 2 roku więzienia. Sąd zmiany reżimu data nieznana: 1 rok więzienia.</t>
-[...5 lines deleted...]
-    <t>Alexander Eduardovich Masevich</t>
+    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-09-17 00:48:36</t>
+  </si>
+  <si>
+    <t>Artur Ryhoravich Tarasau</t>
+  </si>
+  <si>
+    <t>13 lipca 1987</t>
+  </si>
+  <si>
+    <t>Artur został zatrzymany w maju 2025 r. rzekomo w związku ze sprawą karną związaną z projektem monitoringu OSINT „Białoruski Gajun”.
+W lipcu 2025 roku urodziła się druga córka Artura.</t>
+  </si>
+  <si>
+    <t>2025-05-11 15:43:26</t>
+  </si>
+  <si>
+    <t>Aliaksandr Eduardavich Masevich</t>
   </si>
   <si>
     <t>13 lipca 1989</t>
   </si>
   <si>
     <t>Decyzja sądu 22.12.2022: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 21.03.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-11-17 18:32:49</t>
+  </si>
+  <si>
+    <t>Vyacheslav Alexandrovich Berezovets</t>
+  </si>
+  <si>
+    <t>13 lipca 1991</t>
+  </si>
+  <si>
+    <t>Małżonkowie (Wiaczesław Bieriezowiec i Tatiana Daniluk) zostali osadzeni w areszcie, ponieważ 10 sierpnia 2020 r. wzięli udział w protestach w Kobryniu, kobieta „pokazywała policji nieprzyzwoite gesty”, a jej mąż „opuścił spodnie i pokazał nagie zad."
+Jednocześnie Wiaczesław został już skazany za epizod „pokazywania pośladków” policji. Proces odbył się w 2020 roku, kiedy mężczyźnie postawiono zarzut wykroczenia administracyjnego z tego powodu.
+Para nadal ma na wolności trójkę małych dzieci.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2025: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-04 11:35:32</t>
+  </si>
+  <si>
+    <t>Dmitry Sergeevich Neverkevich</t>
+  </si>
+  <si>
+    <t>13 lipca 1982</t>
+  </si>
+  <si>
+    <t>Dmitrij, dyrektor Europcar, partnera Ubera w Mińsku, został po raz pierwszy zatrzymany w listopadzie 2020 r. na podstawie artykułu administracyjnego za udział w protestach przeciwko wynikom wyborów prezydenckich. Został zatrzymany po raz drugi w sierpniu 2021 r. w ramach postępowania karnego wszczętego na podstawie artykułu „akt terroryzmu”.
+Zgodnie z aktem oskarżenia, od lipca 2020 r. do stycznia 2022 r. na terenie Białorusi, Turcji, Polski, Ukrainy i innych krajów działała zorganizowana grupa przestępcza, której celem było popełnianie przestępstw ekstremistycznych. W skład grupy wchodzili radykalnie nastawieni ludzie, w tym byli i obecni wojskowi, funkcjonariusze służb bezpieczeństwa, sportowcy i biznesmeni, którzy chcieli nielegalnie przejąć władzę.
+Sprawa dotyczy zarzutów próby podpalenia domu posła Olega Gajdukiewicza w czerwcu 2021 r. i „organizowania masowych zamieszek”.
+Dmitrij został skazany na karę wieloletniego więzienia i grzywnę, a także pozbawiony prawa zajmowania stanowisk organizacyjno-administracyjnych na okres pięciu lat.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 21.06.2023: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności, 3000 jednostek bazowych kary. Apelacja 04.10.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-01-23 17:13:44</t>
+  </si>
+  <si>
+    <t>Dmitry Sluk</t>
+  </si>
+  <si>
+    <t>13 lipca 1988</t>
+  </si>
+  <si>
+    <t>34-letni mieszkaniec Bobrujska. Po 10 dniach pobytu w Areszcie Śledczym przy ul. Akrestsina został przeniesiony do Aresztu Śledczego nr 1.
+Mężczyzna usłyszał zarzuty przekazywania darowizn na rzecz organizacji uznanej na Białorusi za terrorystyczną. Grozi mu od 8 do 12 lat więzienia.
+Dmitrij Sluk nie odwołał się od wyroku, został przeniesiony w celu odbycia kary do jednej z białoruskich kolonii.
+24 czerwca 2024 r. zaostrzono warunki pozbawienia wolności, Dmitry został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>8,5 roku więzienia</t>
+  </si>
+  <si>
+    <t>2023-02-22 15:31:31</t>
+  </si>
+  <si>
+    <t>Paul Vasilevich Prokhorov</t>
+  </si>
+  <si>
+    <t>13 lipca 1996</t>
+  </si>
+  <si>
+    <t>Został zatrzymany wraz z całą rodziną (matką, ojcem, siostrą) pod zarzutem „zdrady”. Siostra najwyraźniej została później zwolniona. Paweł ma 27 lat. Urodził się w Grabowce. Pracował w budownictwie.
+Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.
+Rodzina Prochorowów przez długi czas mieszkała we wsi Grabówka w obwodzie homelskim. W chwili aresztowania mieszkali we wsi Uza w obwodzie homelskim, dokąd przenieśli się dwa lata temu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-12-29 15:06:37</t>
   </si>
   <si>
     <t>Lyudmila Yurievna Chekina</t>
   </si>
   <si>
     <t>13 lipca 1973</t>
   </si>
   <si>
     <t>Ludmiła jest byłą dyrektor generalną TUT.BY. W TUT.BY pracuje od 2008 roku: najpierw jako radca prawny, później jako dyrektor. W 2017 roku została szefową Tut By Media.
 W maju 2021 r. została aresztowana w związku ze sprawą karną wszczętą pod zarzutem unikania płacenia podatków.
 W październiku 2022 r. KGB wpisało Ludmiłę na listę osób „zaangażowanych w działalność terrorystyczną”. Później oskarżono ją również o „podżeganie do nienawiści” i „wzywanie do podjęcia działań przeciwko bezpieczeństwu narodowemu”.
 Proces odbywał się za zamkniętymi drzwiami i trwał ponad dwa miesiące – odbyło się w sumie 37 posiedzeń. W marcu 2023 roku Ludmiła została skazana na długoletnią karę więzienia i wysoką grzywnę.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.03.2023: 12 lata więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 31.07.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-05-24 13:42:27</t>
   </si>
   <si>
-    <t>Vyacheslav Alexandrovich Berezovets</t>
-[...82 lines deleted...]
-    <t>2025-05-11 15:43:26</t>
+    <t>Paul Andreevich Sologub</t>
+  </si>
+  <si>
+    <t>14 lipca 1989</t>
+  </si>
+  <si>
+    <t>3 lata więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
+  </si>
+  <si>
+    <t>2023-06-29 09:53:27</t>
   </si>
   <si>
     <t>Natalia Sergeevna Romanenko</t>
   </si>
   <si>
     <t>14 lipca 1981</t>
   </si>
   <si>
     <t>Decyzja sądu 07.06.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-27 18:07:44</t>
   </si>
   <si>
     <t>Ruslan Teimurazovich Zubkov</t>
   </si>
   <si>
     <t>14 lipca 1998</t>
   </si>
   <si>
     <t>Rusłan Zubkow ma 26 lat. Sądząc po mediach społecznościowych, w ostatnich latach mieszkał i pracował w Polsce.
 W grudniu 2023 r. Zubkow został dodany do listy uczestników ekstremistycznej grupy „Rosja jest złem”. Jest to niewielki czat na Telegramie przeznaczony dla 135 osób, na którym obecnie aktywnych jest tylko trzy osoby. W lutym 2024 roku Rusłan trafił na listę osób poszukiwanych na Białorusi i w Rosji, co oznacza, że w tym czasie nadal przebywał na wolności.
 Nie wiadomo również, kiedy Rusłan został zatrzymany. Po raz pierwszy został osądzony w czerwcu 2024 r. za „obrazę Łukaszenki” w Sądzie Rejonowym w Kamieńcu. Wyrok jest nieznany.</t>
   </si>
   <si>
     <t>SIZO-7, Brześć ul. Sowiecka Straż Graniczna 37, 224030</t>
   </si>
   <si>
     <t>Decyzja sądu 19.06.2024: nieznany. Decyzja sądu 17.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-06-17 18:45:42</t>
   </si>
   <si>
-    <t>Paul Andreevich Sologub</t>
-[...8 lines deleted...]
-    <t>2023-06-29 09:53:27</t>
+    <t>Pavel Yurievich Nedelin</t>
+  </si>
+  <si>
+    <t>15 lipca 1975</t>
+  </si>
+  <si>
+    <t>W dniu 31 marca 2023 roku odbyła się rozprawa apelacyjna. Wyrok wszedł w życie.</t>
+  </si>
+  <si>
+    <t>lata przebywania w kolonii nie są znane.</t>
+  </si>
+  <si>
+    <t>2022-09-07 18:30:18</t>
+  </si>
+  <si>
+    <t>Maxim Alexandrovich Levsha</t>
+  </si>
+  <si>
+    <t>15 lipca 1983</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.11.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-02 16:18:30</t>
   </si>
   <si>
     <t>Nikolay Gennadievich Gmyrak</t>
   </si>
   <si>
     <t>15 lipca 1979</t>
   </si>
   <si>
     <t>Nie</t>
   </si>
   <si>
     <t>Decyzja sądu 08.10.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 18.02.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-26 00:31:52</t>
-  </si>
-[...25 lines deleted...]
-    <t>2022-09-07 18:30:18</t>
   </si>
   <si>
     <t>Konstantin Vladimirovich Glotov</t>
   </si>
   <si>
     <t>16 lipca 1975</t>
   </si>
   <si>
     <t>Decyzja sądu 19.08.2024: nieznany. Apelacja 18.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-02 15:13:52</t>
   </si>
   <si>
     <t>Kirill Viktorovich Gnezdilov</t>
   </si>
   <si>
     <t>17 lipca 1983</t>
   </si>
   <si>
     <t>Cyryl służy w policji od 2007 roku. Oficer detektyw odszedł z władz w sierpniu 2020 r. i przeniósł się do IT. Wiadomo, że został zatrzymany 19 lutego 2023 r. tuż przy granicy: przebywał w Polsce przez sześć miesięcy, a do Brześcia przyjechał odwiedzić żonę i małe dziecko.Niewiele wiadomo o sprawie karnej przeciwko Cyrylowi: proces toczył się za zamkniętymi drzwiami. Wiadomo jedynie, że sprawa miała związek z „Czarną Księgą Białorusi”.
 Rozprawa sądu apelacyjnego odbędzie się 10 października 2023 r.</t>
   </si>
   <si>
     <t>8 lat w kolonii o zaostrzonym rygorze...</t>
   </si>
   <si>
     <t>2023-07-14 11:30:32</t>
   </si>
   <si>
-    <t>Ivan Frantsevich Verbitsky</t>
-[...128 lines deleted...]
-    <t>19 lipca 1974</t>
+    <t>Alena Mikalayeuna Lazarchyk</t>
+  </si>
+  <si>
+    <t>17 lipca 1974</t>
   </si>
   <si>
     <t>Aktywista ruchu „Europejska Białoruś” został zatrzymany 30 grudnia 2021 r. w związku ze sprawą karną dotyczącą grupowych działań rażąco naruszających porządek publiczny.
 7 stycznia 2022 roku kobietę przewieziono do aresztu śledczego.
 Elena ma małego synka.
 W styczniu 2023 roku Elena została przeniesiona do Homelskiej Kolonii Kobiet nr 4 . Przez długi czas prawnikowi nie udało się nawiązać kontaktu z więźniem politycznym; umieszczono ją w celi karnej.
 W październiku 2023 roku okazało się, że transfer Eleny w sierpniu nie został zaakceptowany. To najprawdopodobniej oznacza, że została pozbawiona transmisji. Ostatni list od Eleny dotarł na początku września i od tego czasu nie otrzymała od niej żadnej wiadomości. Od czasu przeniesienia Lazarchik do kolonii nigdy nie otrzymała od administracji instytucji pozwolenia na spotkanie z prawnikiem. Nie wiadomo, co teraz dzieje się z Eleną, w jakim jest stanie. Elena w kolonii ma problemy z zębami i schudła.
 W połowie listopada 2023 roku aktywiści praw człowieka dowiedzieli się, że Elena ponownie została umieszczona w izolatce.
 Według zeznań byłej więźniarki politycznej, Elena spędziła ponad 90 dni w celi karnej i ponad 60 dni w więzieniu PKT .
 Wiosną 2025 roku Elena została skazana na podstawie części 2 artykułu 411 Kodeksu karnego (złośliwe nieposłuszeństwo wobec prawnych żądań administracji kolonii) i skazana na kolejne półtora roku więzienia oprócz ośmiu lat pozbawienia wolności. Nie wiadomo, kiedy zapadł wyrok. Wiadomo, że podczas rozprawy Elena odmówiła skorzystania z usług adwokata.</t>
   </si>
   <si>
     <t>IK-24, ul. Proizvodstvennaya, zm. 44, osada Rejon, rejon Rechitsa, obwód homelski, 247526</t>
   </si>
   <si>
     <t>Decyzja sądu 19.09.2022: 8 lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.12.2022: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-01-11 16:06:03</t>
   </si>
   <si>
-    <t>Sergey Dmitrievich Zhigalev</t>
+    <t>Vitaly Viktorovich Chopik</t>
+  </si>
+  <si>
+    <t>Z danych otrzymanych w różnym czasie ze źródeł wiadomo, że poszukiwania mężczyzny przeprowadzono 1 grudnia 2021 roku. Z kolei we wrześniu 2022 roku Chopik został po raz pierwszy zatrzymany na podstawie art. 19.11 Kodeksu wykroczeń administracyjnych, ale gdy okazało się, że mężczyzna po prostu nie miał telefonu, w którym mogły znajdować się „materiały ekstremistyczne”, sporządził protokół z art. 24.23 Kodeksu wykroczeń administracyjnych. Pretekstem do protokołu była czarno-biała flaga przyklejona od wewnątrz do okna domu – jedynie sam mężczyzna twierdził, że flaga pojawiła się po jego zatrzymaniu i przewiezieniu do Aresztu Śledczego.Ostatnia runda eskalacji na linii Chopik–siły bezpieczeństwa miała miejsce na początku marca 2024 r.: mieszkaniec Brześcia został ponownie zatrzymany. Po zatrzymaniu mężczyzna został zabrany do karetki pogotowia z objawami ciężkiego pobicia, a cera Chopika była żółta (co może świadczyć o uszkodzeniu wątroby na skutek pobicia). 28 marca 2024 r. Ministerstwo Spraw Wewnętrznych poinformowało o umieszczeniu mieszkańca Brześcia w Areszcie Śledczym. Na podstawie wieku i historii mężczyzny („systematycznie uczęszczał do sądów karnych”) można stwierdzić, że mówimy o Witaliju Chopiku. Jest podejrzany o „promowanie działań ekstremistycznych”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.11.2024: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 04.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-03-28 21:57:44</t>
+  </si>
+  <si>
+    <t>Ivan Frantsevich Verbitsky</t>
+  </si>
+  <si>
+    <t>17 lipca 1965</t>
+  </si>
+  <si>
+    <t>Ivan, który ma dwa wyższe wykształcenie, wcześniej pracował jako artysta-projektant, a następnie został animatorem, reżyserem i montażystą wideo. Jest także artystą i autorem opowiadań. 21 października 2020 r. został zatrzymany i skazany według prokuratury za zamieszczanie na kanale Telegram wezwań do destabilizacji porządku publicznego, w tym podpalenie budynków KGB i prokuratury rejonowej w Oszmianie.
+W grudniu 2022 r. został wznowiony proces za „nieposłuszeństwo żądaniom administracji”. W maju 2024 r. Iwan został ponownie skazany za „złośliwe nieposłuszeństwo” i dodatkowo skazany na 2 lata więzienia.</t>
+  </si>
+  <si>
+    <t>ST-8, Żodino ul. Sowieckaja 22A, 222163</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.03.2021: 8 lata 1 miesiąc więzienia w kolonii w warunkach wzmocnionego reżimu. Sąd zmiany reżimu 30.09.2021: nieznany lata więzienia. Decyzja sądu 20.12.2022: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.03.2023: nieznany. Decyzja sądu 08.05.2024: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 26.07.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 23:12:05</t>
+  </si>
+  <si>
+    <t>Anton Vasilevich Lisichkin</t>
+  </si>
+  <si>
+    <t>18 lipca 1999</t>
+  </si>
+  <si>
+    <t>Antoni ma 25 lat. Z sieci społecznościowych faceta wynika, że ukończył szkołę w 2016 r. i służył w wojsku w 2019 r.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 01.08.2024: nieznany. Apelacja 08.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-07-26 17:49:11</t>
+  </si>
+  <si>
+    <t>Alexey Igorevich Sanchuk</t>
+  </si>
+  <si>
+    <t>18 lipca 1990</t>
+  </si>
+  <si>
+    <t>Aleksiej został zatrzymany 4 listopada 2020 r. w Mińsku wraz z perkusistami. W trakcie aresztowania został pobity, a następnie skazany na 15 dni aresztu administracyjnego. Został później oskarżony o przygotowanie do udziału w „masowych zamieszkach” i udział w protestach. Skonfiskowano także jego samochód.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.05.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 161900 ruble odszkodowania. Apelacja 13.08.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:26:47</t>
+  </si>
+  <si>
+    <t>Daria Alekseevna Puchyla</t>
+  </si>
+  <si>
+    <t>18 lipca 1998</t>
+  </si>
+  <si>
+    <t>Daria Puchilo ukończyła studia na Wydziale Prawa Mińskiego Uniwersytetu Innowacyjnego w 2019 roku. Podczas studiów brała udział w studenckich olimpiadach prawniczych.
+Daria Puchyło jest fotografką. W styczniu i lutym 2024 roku Daria szukała pracy jako projektantka stron internetowych. Na jednej ze stron internetowych zamieściła ogłoszenie, że jest początkującą osobą, szuka pracy w Warszawie, jest gotowa do przeprowadzki i rozważy każdą ofertę.
+Daria opublikowała swój ostatni post na Instagramie w grudniu 2024 roku. Jej ostatni post na VKontakte pochodził z 7 lutego 2025 roku — dnia, w którym rozpoczęły się aresztowania w sprawie Gayuna.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-11-07 18:09:13</t>
+  </si>
+  <si>
+    <t>Igor Vladimirovich Ilyash</t>
+  </si>
+  <si>
+    <t>18 lipca 1988</t>
+  </si>
+  <si>
+    <t>Igor jest dziennikarzem telewizji Biełsat. Wcześniej pracował dla gazety „Biełorusy i Rynek” (Białorusini i Rynek) oraz białoruskiej redakcji Radia Swaboda. Publikował również w prasie rosyjskiej i ukraińskiej. Wraz z żoną, dziennikarką Jekateriną Andriejewą, napisał książkę „Białoruski Donbas”, studium roli Białorusinów w wojnie na wschodzie Ukrainy.
+Został po raz pierwszy zatrzymany 16 lipca 2021 roku podczas masowych przeszukań niezależnych dziennikarzy pod zarzutem „organizowania i przygotowywania działań rażąco naruszających porządek publiczny lub aktywnego w nich udziału”. Przeszukano jego mieszkanie, skonfiskowano sprzęt i książki, a następnie umieszczono go w areszcie tymczasowym. Został zwolniony 26 lipca.
+W październiku 2024 roku pojawiła się wiadomość o jego drugim aresztowaniu . Prorządowe kanały Telegram opublikowały zdjęcie Igora w kajdankach oraz nagranie wideo, na którym twierdził, że jest prześladowany za wywiad z mediami uznanymi na Białorusi za „ekstremistyczne”. Krótko przed aresztowaniem, w komentarzu dla kanału telewizyjnego Dożd, zauważył, że „Putin obrał kurs ostrej eskalacji i prowadzi kraj ku wojnie totalnej”, a Łukaszenka, jego zdaniem, „najprawdopodobniej nie chce w niej bezpośrednio uczestniczyć, ale jest zmuszony stawić czoła rosnącej presji ze strony Kremla”.
+W lutym 2025 roku Igorowi postawiono zarzuty „dyskredytowania Białorusi” i „wspierania działalności ekstremistycznej”. Proces rozpoczął się 21 lutego w Mińsku. Sąd odrzucił wniosek o przeprowadzenie niezależnej ekspertyzy, a 5 września tego samego roku dziennikarz został uznany za winnego i skazany na karę pozbawienia wolności w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.09.2025: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 05.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-07-20 20:49:54</t>
+  </si>
+  <si>
+    <t>Igor Konstantinovich Gubarevich</t>
+  </si>
+  <si>
+    <t>18 lipca 1968</t>
+  </si>
+  <si>
+    <t>Prawdopodobnie Igor Konstantinowicz jest starszym wykładowcą Grodzieńskiego Uniwersytetu Państwowego im. Janka Kupała.</t>
+  </si>
+  <si>
+    <t>IUOT-43, 212003, Mohylew, ul. Czeluskincew, 76A</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.11.2024: 2 roku 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-11-21 23:26:09</t>
+  </si>
+  <si>
+    <t>Siarhei Dzmitryyevich Zhyhaliou</t>
   </si>
   <si>
     <t>19 lipca 2005</t>
   </si>
   <si>
     <t>Siergiej został aresztowany tuż przed rozpoczęciem zajęć na uczelni, pod koniec grudnia 2023 roku. Film prorządowy (z kwietnia 2024 roku) donosił , że sześciu nastolatków rzekomo zjednoczyło się w „komórce anarchistycznej o nazwie »Czarne Słowiki«”, którą utworzyła „pod dowództwem Narodowej Armii Wyzwolenia Ukrainy” 16-letnia obywatelka Ukrainy, Maria Misiuk.
 Pracownicy ONT twierdzą, że nastolatkowie, po otrzymaniu zgłoszenia, zjednoczyli się, aby dokonać aktów sabotażu na Białorusi, a następnie w Rosji. Maria jest oskarżona na podstawie części 2 artykułu 289 Kodeksu karnego (akt terrorystyczny). Według raportu, 16-letnia Maria Misiuk przeprowadziła się z rodziną z Ukrainy na Białoruś w 2022 roku, gdzie utworzyła „komórkę anarchistyczną w celu przygotowywania ataków terrorystycznych”. Wśród zatrzymanych są studenci z Baranowicz, Nieświeża, Mira, Mińska i Łunińca. Są to Trofim Borisow, Siergiej Żygalow , Dmitrij Zachoroszko, Anastazja Klimenko i Aleksandra Pulinowicz. Według pracowników ONT, młodzi ludzie zebrali się w mieszkaniu w Baranowiczach, aby przygotować się do swojej pierwszej dużej akcji – zgromadzenia materiałów wybuchowych i wysadzenia w powietrze komisariatu policji lub prokuratury w Baranowiczach. Zarzuty wobec pozostałych pięciu uczestników nie są znane, podobnie jak ich status i miejsce pobytu.</t>
   </si>
   <si>
-    <t>Decyzja sądu 09.10.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.02.2026: nieznany.</t>
+    <t>Decyzja sądu 09.10.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 09.02.2026: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-04-30 23:23:41</t>
   </si>
   <si>
+    <t>Valentin Ivanovich Tolkach</t>
+  </si>
+  <si>
+    <t>19 lipca 1996</t>
+  </si>
+  <si>
+    <t>Walentin ukończył studia prawnicze na Wydziale Prawa Białoruskiego Uniwersytetu Państwowego, gdzie studiował prawo handlowe, a następnie uzyskał tytuł magistra na Uniwersytecie Jagiellońskim w Krakowie, ze specjalizacją Prawo własności intelektualnej i nowe technologie.
+Karierę rozpoczął w Narodowym Centrum Własności Intelektualnej (National Intellectual Property Center), gdzie reprezentował interesy organizacji przed Sądem Najwyższym. Później pracował jako prawnik w firmie informatycznej Brightum, zapewniając wsparcie prawne projektom fintech i startupom zajmującym się kryptowalutami.
+Po pewnym czasie Valentin postanowił radykalnie zmienić karierę . W swoim profilu napisał, że jest graczem od ponad 20 lat i postanowił przekształcić swoje hobby w zawód.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-10-30 00:07:20</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Solovey</t>
+  </si>
+  <si>
+    <t>19 lipca 1983</t>
+  </si>
+  <si>
+    <t>Igor, działacz ruchu Za Wolność, został zatrzymany w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.
+W styczniu 2022 roku został przeniesiony do reżimu więziennego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany. Sąd zmiany reżimu 26.01.2022: 2 roku więzienia. Sąd zmiany reżimu data nieznana: reżim więzienny do końca kary.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:41:03</t>
+  </si>
+  <si>
     <t>Alexey Leonidovich Shpakovsky</t>
   </si>
   <si>
     <t>20 lipca 1996</t>
   </si>
   <si>
     <t>Sądząc po artykule, Aleksiej jest sądzony w związku z protestami, które miały miejsce po wyborach 9 sierpnia 2020 r. w Pińsku.</t>
   </si>
   <si>
     <t>Decyzja sądu 19.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 11.03.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-11-28 23:26:50</t>
   </si>
   <si>
     <t>Svetlana Olegovna Metelskaya</t>
   </si>
   <si>
     <t>20 lipca 1982</t>
   </si>
   <si>
     <t>2024-11-20 16:54:12</t>
-  </si>
-[...13 lines deleted...]
-    <t>2024-02-02 14:35:39</t>
   </si>
   <si>
     <t>Victor Adamovich Snegur</t>
   </si>
   <si>
     <t>20 lipca 1988</t>
   </si>
   <si>
     <t>Wiktor został aresztowany 4 stycznia 2020 roku w ramach „sprawy Awtuchowicza” i oskarżony o udział w „organizacji terrorystycznej” odpowiedzialnej za podpalenia obiektów policji. Został skazany za „udział w organizacji przestępczej”, „usiłowanie przejęcia władzy”, „nielegalne działania z użyciem broni palnej” oraz „nielegalne przemieszczanie broni palnej przez granicę celną”.
 W 2024 roku Viktor został ponownie skazany za „złośliwe nieposłuszeństwo wobec żądań administracji więziennej”. Od lutego 2025 roku przebywał w celi izolacyjnej (PKT), a w maju tego samego roku ogłoszono nowy wyrok na podstawie tego samego artykułu, często stosowanego wobec więźniów za odmowę współpracy z administracją. W rezultacie jego łączna kara pozbawienia wolności wyniosła 22 lata i 6 miesięcy.
 3 lipca 2025 r. rozpatrzono apelację Victora .
 W grudniu 2025 roku Viktor został najprawdopodobniej ponownie skazany na podstawie artykułu 411.</t>
   </si>
   <si>
     <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 19 lata więzienia w kolonii o zaostrzonym rygorze, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu data nieznana: 1 rok 6 miesiące więzienia w kolonii o zaostrzonym rygorze. Apelacja 11.10.2024: wyrok został podtrzymany. Decyzja sądu data nieznana: 2 roku więzienia w kolonii o zaostrzonym rygorze. Apelacja 01.07.2025: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2021-02-27 00:50:00</t>
   </si>
   <si>
+    <t>Victor Yurievich Nikiforov</t>
+  </si>
+  <si>
+    <t>20 lipca 1980</t>
+  </si>
+  <si>
+    <t>W dniu 6 lutego 2024 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 04.12.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 06.02.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-02 14:35:39</t>
+  </si>
+  <si>
+    <t>Evgeny Mikhailovich Yushkevich</t>
+  </si>
+  <si>
+    <t>21 lipca 1989</t>
+  </si>
+  <si>
+    <t>Jewgienij, były śledczy Komitetu Śledczego i pomysłodawca projektu bychange.me, został po raz pierwszy zatrzymany wieczorem 24 listopada 2020 r. w Mińsku w ramach postępowania karnego wszczętego na podstawie artykułu „organizacja i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny udział w nich”. Został zwolniony 10 dni później, ale w kwietniu 2021 r. został ponownie aresztowany, a później skazany na podstawie sześciu zarzutów karnych, w tym „organizowania masowych zamieszek” w 2020 r., „podżegania do innej nienawiści społecznej” w wywiadach i tekstach w mediach społecznościowych oraz „grożenia przemocą” wobec szefa tymczasowego aresztu Okrestina za pośrednictwem Twittera.
+Według Prokuratury Generalnej Jewgienij był „aktywnym uczestnikiem czatu Telegram „KHATA”, którego działalność ma na celu organizowanie przestępstw o charakterze ekstremistycznym”. Rozprawa odbyła się za zamkniętymi drzwiami, a Jewgienij podpisał umowę o zachowaniu poufności dotyczącą materiałów sprawy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.12.2022: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 10.03.2023: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-04-19 23:04:33</t>
+  </si>
+  <si>
+    <t>Igor Yurievich Shumilov</t>
+  </si>
+  <si>
+    <t>21 lipca 1986</t>
+  </si>
+  <si>
+    <t>Działacz z Baranowicz. Igor ma niepełnosprawność 3 grupy, bo. 10 lat temu uległ wypadkowi i amputowano mu nogę. Został zatrzymany 23 lutego 2023 roku, skazany na 15 dni, a następnie przewieziony do aresztu śledczego na podstawie artykułu karnego.
+Według śledztwa, w różnych okresach od 1 maja 2020 r. do 23 maja 2022 r. Szumiłow opublikował w Odnoklassnikach cztery posty z satyrycznymi obrazami, w których śledztwo rozważało znieważenie Łukaszenki i urzędników państwowych, a także zniesławienie Łukaszenki. Wiadomo, że na jednym ze zdjęć Łukaszenka wraz z wymienionymi osobami jest przedstawiony jako więźniowie przetrzymywani w celi więziennej.Na rozprawie Igor w pełni przyznał się do winy. Wyjaśnił, że publikacje na jego stronie pojawiły się dopiero po tym, jak „polubił” te posty. On sam nie rozumiał wtedy, że te rysunki można uznać za obrazę.</t>
+  </si>
+  <si>
+    <t>4,5 roku więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2023-03-27 22:37:53</t>
+  </si>
+  <si>
     <t>Eduard Ashotovich Koshetsyan</t>
   </si>
   <si>
     <t>21 lipca 1991</t>
   </si>
   <si>
     <t>Mieszkaniec Mińska o ormiańskich korzeniach, obywatel Federacji Rosyjskiej . Zatrzymano go we wrześniu 2023 r. rzekomo za rozmowy ze znajomymi. Wszczęto sprawę karną. Podczas aresztowania został dotkliwie pobity.
 Specjalność: chirurg szczękowo-twarzowy.</t>
   </si>
   <si>
     <t>Decyzja sądu 26.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 12.11.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-02-12 22:35:54</t>
-  </si>
-[...30 lines deleted...]
-    <t>2021-04-19 23:04:33</t>
   </si>
   <si>
     <t>Andrey Vasilievich Doroshko</t>
   </si>
   <si>
     <t>22 lipca 1970</t>
   </si>
   <si>
     <t>Podpułkownik, były zastępca szefa Wydziału Spraw Wewnętrznych Miasta Żodino ds. pracy ideologicznej i wsparcia kadrowego.
 W 2020 roku on i 4 innych byłych pracowników komendy miejskiej Żodino zarejestrowali apel do kolegów, którzy podczas protestów pracowali w policji w Żodino, a także do wszystkich funkcjonariuszy organów ścigania na Białorusi. Doroszko prosi funkcjonariuszy policji, aby traktowali ludzi w taki sam sposób, w jaki oni traktowaliby swoich bliskich. „Nie twórzcie niepotrzebnej paniki w mieście, mieszkamy tu i wychowujemy dzieci, powinniśmy się wstydzić za nasze zachowanie w mieście” – mówi Andrey w nagraniu.
 Według doniesień mediów cała piątka została zatrzymana na początku lutego 2024 r.</t>
   </si>
   <si>
     <t>Decyzja sądu 03.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-06 14:45:59</t>
   </si>
   <si>
+    <t>Sergey Ivanovich Khlystov</t>
+  </si>
+  <si>
+    <t>23 lipca 1967</t>
+  </si>
+  <si>
+    <t>Adwokat z Okręgowej Izby Adwokackiej w Homel. Został zatrzymany wraz z dwoma kolegami, w tym szefem kancelarii. Później obaj prawnicy zostali zwolnieni, ale szef kancelarii został odwołany ze stanowiska. Wszczęto postępowanie karne przeciwko Siergiejowi Chłystowowi.
+Treść zarzutów i wydany wyrok nie są znane. Wiadomo jedynie, że Siergiej Chlystow został pozbawiony wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-08-16 15:51:21</t>
+  </si>
+  <si>
     <t>Vladimir Olegovich Sitkovich</t>
-  </si>
-[...1 lines deleted...]
-    <t>23 lipca 1967</t>
   </si>
   <si>
     <t>Władimir Sitkowicz ma 57 lat. Pochodzi z małej wsi Puszcza, rejon Szarkowszczyński, obwód witebski. W 1991 ukończył studia na Uniwersytecie Państwowym w Połocku. Przez długi czas Włodzimierz pracował i mieszkał w Witebsku, a w ostatnich latach kierował kotłownią w Witebskiej Zakładzie Wydobycia Ropy Naftowej.
 Władimir jest motocyklistą, brał udział w lokalnych wyścigach motocyklowych.
 W latach 2016, 2018 i 2019 był obserwatorem w wyborach samorządowych i parlamentarnych. Pozostała działalność polityczna Władimira jest nieznana; sieci społecznościowe mężczyzny również są neutralne.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.10.2024: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-10 22:02:41</t>
   </si>
   <si>
-    <t>Sergey Ivanovich Khlystov</t>
-[...11 lines deleted...]
-  <si>
     <t>Sergei Evgenievich Zakharenko</t>
   </si>
   <si>
     <t>24 lipca 1980</t>
   </si>
   <si>
     <t>Przedsiębiorca indywidualny. Treść oskarżenia nie jest jeszcze znana.
 W dniu 17 stycznia 2023 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
+    <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
+  </si>
+  <si>
     <t>Decyzja sądu 27.10.2022: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 17.01.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-10-13 20:47:32</t>
   </si>
   <si>
-    <t>Sergey Sergeevich Shelest</t>
+    <t>Siarhei Siarheyevich Shelest</t>
   </si>
   <si>
     <t>24 lipca 1992</t>
   </si>
   <si>
-    <t>Były operator warsztatu amoniaku-3. Według wstępnych informacji był zatrzymany na podstawie art. 356 i 357 Kodeksu karnego Republiki Białorusi („zdrada państwa” oraz „spisek lub inne działania mające na celu przejęcie władzy państwowej”).
-[...3 lines deleted...]
-    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: nieznany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
+    <t>Siergiej, były operator warsztatu Amoniaku-3 w zakładach Grodno Azot , został aresztowany jesienią 2021 r. w ramach postępowania karnego przeciwko pracownikom zakładu, którzy poparli strajk i byli częścią inicjatywy „Raboczy Ruch” (Ruch Robotniczy), uznanej za organizację ekstremistyczną 21 września 2021 r., w wyniku czego w całym kraju doszło do masowych aresztowań pracowników.
+W lutym 2023 r. Siergiej został uznany winnym zniesławienia, zdrady stanu oraz utworzenia i udziału w grupie ekstremistycznej i skazany na karę więzienia.
+Jesienią 2024 roku odbyła się kolejna rozprawa sądowa, po której Siergiej został przeniesiony do więzienia.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 17.02.2023: 14 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.08.2023: wyrok został podtrzymany. Sąd zmiany reżimu data nieznana: nieznany lata więzienia.</t>
   </si>
   <si>
     <t>2021-09-26 12:37:03</t>
   </si>
   <si>
+    <t>Yury Aliaksandravich Minin</t>
+  </si>
+  <si>
+    <t>26 lipca 1993</t>
+  </si>
+  <si>
+    <t>Zatrzymany za komentarze w czacie telegramowym w 2020 r.
+W dniu 22 grudnia 2023 roku odbyła się rozprawa Sądu Apelacyjnego. Wyrok wszedł w życie.
+Najprawdopodobniej kara obejmuje karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>2023-10-08 20:07:26</t>
+  </si>
+  <si>
     <t>Alexey Vitalievich Gorin</t>
   </si>
   <si>
     <t>26 lipca 1979</t>
   </si>
   <si>
     <t>Decyzja sądu 16.01.2025: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-01-09 00:34:18</t>
-  </si>
-[...40 lines deleted...]
-    <t>2024-10-07 20:49:33</t>
   </si>
   <si>
     <t>Julia Nikolaevna Sharonova</t>
   </si>
   <si>
     <t>27 lipca 2004</t>
   </si>
   <si>
     <t>Według prokuratury w dniach 10–11 sierpnia 2020 r. na jezdni znajdowali się w tym czasie nieletni Julia Szaranova, Nikita Wojtyuk, Nikołaj Nikityuk, a także Wasilij Aleksiejuk, Gleb Klimowicz, Witalij Warfalamiew, Aleksander Tysewicz, Maksim Sobolew. Alei Maszerowa, Bulwarów Kosmonautów i Szewczenki, ul. Sowietów w Brześciu „ wykrzykiwali hasła, demonstrowali biało-czerwono-białe płótna, rażąco naruszając porządek publiczny, celowo utrudniając ruch pojazdów oraz normalne funkcjonowanie przedsiębiorstw i organizacji”.
 Na rozprawie wszyscy w pełni przyznali się do winy.
 Poinformowano, że Julia Szaranova brała udział w protestach, gdy miała 16 lat. Wiadomo również, że Maxim Sobolev, Gleb Klimovich, Julia Sharanova zostali skazani, w tym pod zarzutem „narkotyki”.
 Julia Szaranova została skazana na półtora roku więzienia za udział w sierpniowym proteście. Ale ze względu na fakt, że została skazana na podstawie części 4 art. 328 Kodeksu karnego została ostatecznie skazana na 13 lat więzienia na ogólnych warunkach i grzywnę w wysokości 3700 rubli.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.05.2024: 13 lata więzienia w kolonii na warunkach ogólnych. Apelacja 23.07.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-05-08 18:06:37</t>
   </si>
   <si>
+    <t>Vladislav Gennadievich Gorsky</t>
+  </si>
+  <si>
+    <t>27 lipca 2005</t>
+  </si>
+  <si>
+    <t>IUOT-48, Osipowicze, ul. Sumczenko, 38, 213763</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.09.2025: nieznany lata ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2025-10-07 15:49:21</t>
+  </si>
+  <si>
+    <t>Alexander Nikolaevich Rudkovsky</t>
+  </si>
+  <si>
+    <t>27 lipca 1986</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-10-07 20:49:33</t>
+  </si>
+  <si>
+    <t>Vladimir Vladimirovich Ivashkevich</t>
+  </si>
+  <si>
+    <t>27 lipca 1988</t>
+  </si>
+  <si>
+    <t>Władimira skazano latem 2024 r. na podstawie artykułu „Znieważenie funkcjonariusza państwowego” i skazano na karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 11.06.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 13.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-06-10 19:03:38</t>
+  </si>
+  <si>
     <t>Sergey Sergeevich Tikhonov</t>
   </si>
   <si>
     <t>28 lipca 1992</t>
   </si>
   <si>
     <t>Pochodzi z miasta Sławgorod, obwód mohylewski. Po szkole odbył służbę wojskową i ukończył III Liceum Zawodowe ze specjalnością Techniczne Wsparcie Produkcji Rolnej. Całe życie pracowałem na budowie.
 Mieszkańcowi Mohylewa grozi od dziesięciu do dwudziestu lat więzienia. Data aresztowania i charakter zarzutów nie są znane.</t>
   </si>
   <si>
     <t>Decyzja sądu 29.10.2024: 11 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 27.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-10-21 22:20:00</t>
+  </si>
+  <si>
+    <t>Vasily Nikolaevich Hrechykha</t>
+  </si>
+  <si>
+    <t>28 lipca 1985</t>
+  </si>
+  <si>
+    <t>Były żołnierz pułku Kalinowskiego. O jego aresztowaniu poinformowano w wiadomościach telewizji państwowej Białoruś 1 5 maja 2025 roku.
+Według doniesień w mediach społecznościowych, ukończył Białoruską Państwową Akademię Rolniczą (BSAA), gdzie studiował na wydziale gospodarki gruntami. Jego specjalnością jest geodezja katastralna i prawo gruntowe.
+Służył w 38. Samodzielnej Zmotoryzowanej Brygadzie Obrony Białorusi, jednostce spadochronowej w Brześciu, którą niegdyś dowodził Waleryj Sachaczik. Zdjęcie w mediach społecznościowych przedstawia proporzec brygady wiszący w mieszkaniu Greczichy.
+Według biura prasowego Pułku Kalinowskiego Wasilij dołączył do niego w maju 2022 r., ale w czerwcu tego samego roku na własną prośbę opuścił jednostkę.
+Według nagrania, został zatrzymany gdzieś na bagnach za miastem przez kilku funkcjonariuszy KGB uzbrojonych w karabiny maszynowe. Został przetransportowany helikopterem. Podczas transportu miał na głowie czarny worek, a ręce spięte przed sobą plastikową opaską zaciskową. Kalinovets został przetransportowany helikopterem na lotnisko.
+Według nagrania, Wasilij urodził się 28 lipca 1981 roku. W lutym 2022 roku wyjechał do pracy do Polski, a trzy miesiące później wstąpił do Pułku Kaliniowskiego. Przeszedł szkolenie w Kijowie. Okoliczności jego aresztowania nie są znane.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-12-30 13:25:40</t>
   </si>
   <si>
     <t>Vasily Nikolaevich Grachykha</t>
   </si>
   <si>
     <t>28 lipca 1981</t>
   </si>
   <si>
     <t>Były żołnierz pułku Kalinowskiego. O jego aresztowaniu dowiedziano się z wiadomości wyemitowanych w państwowej telewizji „Belarus 1” 5 maja 2025 r.
 Według informacji zamieszczonych w mediach społecznościowych jest absolwentem Białoruskiej Państwowej Akademii Rolniczej (BSAA). Specjalizuje się w geodezji katastralnej i prawie gruntowym.
 Służył w 38. samodzielnej zmotoryzowanej brygadzie obrony Białorusi – oddziale spadochronowym w Brześciu, którym niegdyś dowodził Walerij Sachaczik. Na zdjęciu z sieci społecznościowych widać, że w mieszkaniu Greczichy wisiał proporczyk brygady.
 Według służby prasowej Pułku Kalinowskiego, Wasilij dołączył do nich w maju 2022 r., ale w czerwcu tego samego roku na własną prośbę opuścił jednostkę.
 Według nagrania, został on zatrzymany gdzieś na bagnach za miastem przez kilku funkcjonariuszy KGB uzbrojonych w karabiny maszynowe. Mężczyznę przetransportowano helikopterem. Podczas transportu miał na głowie czarny worek, a ręce z przodu spięte plastikową opaską zaciskową.
 Jak podano w nagraniu wideo, Wasilij urodził się 28 lipca 1981 roku. W lutym 2022 roku wyjechał do Polski w celach zarobkowych, a trzy miesiące później wstąpił do Pułku Kalinowskiego. Szkolenie odbyło się w Kijowie. Okoliczności jego aresztowania nie są znane.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-21 14:41:56</t>
   </si>
   <si>
     <t>Sergei Mikhailovich Gribovich</t>
   </si>
   <si>
     <t>28 lipca 1969</t>
   </si>
   <si>
     <t>Miał zostać zatrzymany za zarejestrowanie się jako wolontariusz w marcu 2022 roku, o zatrzymaniu dowiedział się 14 marca z prorządowych kanałów TG.</t>
   </si>
   <si>
     <t>4,5 roku pozbawienia wolności w kolonii karnej w warunkach reżimu og&amp;oacute;lnego.</t>
   </si>
   <si>
     <t>2022-03-15 02:10:15</t>
   </si>
   <si>
     <t>Kirill Alexandrovich Kazei</t>
   </si>
   <si>
     <t>28 lipca 1983</t>
   </si>
   <si>
     <t>Cyryl został zatrzymany 28 października 2020 r. i padł ofiarą złego traktowania, gróźb i zastraszania ze strony funkcjonariuszy organów ścigania. Później został skazany za kilka zarzutów karnych, w tym nielegalne posiadanie amunicji, która rzekomo została podrzucona do jego samochodu po aresztowaniu.</t>
   </si>
   <si>
     <t>Decyzja sądu 31.03.2021: 7 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 150 jednostek bazowych kary. Apelacja 20.07.2021: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:22:11</t>
-  </si>
-[...15 lines deleted...]
-    <t>2025-12-30 13:25:40</t>
   </si>
   <si>
     <t>Dmitry Nikolaevich Dubovsky</t>
   </si>
   <si>
     <t>29 lipca 1986</t>
   </si>
   <si>
     <t>Działacz ruchu anarchistycznego został zatrzymany podczas przekraczania granicy Białorusi w nocy z 28 na 29 października 2020 r. i został oskarżony o „podpalenie” i „terroryzm”.
 We wrześniu 2022 r. przeciwko Dmitrijowi wszczęto nową sprawę karną, w wyniku której skazano go na pięć lat więzienia. Biorąc pod uwagę poprzedni wyrok, został ostatecznie skazany na 20 lat kolonii o zaostrzonym rygorze.
 W sierpniu 2023 r. Dmitry został przeniesiony do więzienia za „naruszenie zasad porządku”.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.12.2021: 18 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 11000 ruble odszkodowania. Apelacja 22.04.2022: wyrok został podtrzymany. Decyzja sądu 25.11.2022: 5 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 07.02.2023: wyrok został podtrzymany. Sąd zmiany reżimu 28.07.2023: 3 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-27 00:38:30</t>
   </si>
   <si>
-    <t>Olga Ivanovna Solomenik</t>
-[...29 lines deleted...]
-  <si>
     <t>Andrey Vladislavovich Grigoriev</t>
   </si>
   <si>
     <t>29 lipca 1994</t>
   </si>
   <si>
     <t>15 maja 2023 roku ONT wyemitowało film propagandowy „Zabójczy pakiet” śmierci: kto i jak chciał popełnić atak terrorystyczny w dniu zwycięstwa”, w którym opisano szczegóły sprawy. Doniesiono tam, że rzekomo KGB w wigilię Dnia Zwycięstwa 9 maja 2023 r. „zapobiegły atakowi terrorystycznemu pod nadzorem Kijowa”. Podali, że materiały wybuchowe znajdowały się w piecach elektrycznych, które wysyłano do zatrzymanych paczkami. Organizatorem akcji został nazwany 23 -letni Białorusin Walery Wodin, który walczył na Ukrainie.
 Na nagraniu widać, że paczki z kuchenkami elektrycznymi zawierające materiały wybuchowe zostały dostarczone do mińskiego punktu SDEK w Kamiennej Górce w dniu 21 marca 2023 r. z Kijowa przez Włochy. 29-letnia Wiktoria Wołchek podczas przesłuchania potwierdziła, że otrzymała przesyłkę – Walery Vodin poprosił ją o odbiór przesyłki. Studentka BSU Anna Savochkina i jej matka Tatiana Rusak zabrały płytkę od Wołczka i pochowały ją na cmentarzu w Kołodiszczach. Drugą płytkę odebrał technik dentystyczny Andriej Grigoriew i zawiózł do spółki ogrodniczej „Avtoremontnik 124” koło Olekhnowicz.
 Andrey ma 29 lat, urodził się w Mińsku. Jest absolwentem stołecznego liceum i uczelni medycznej. Przed aresztowaniem nieoficjalnie pracował jako technik dentystyczny w prywatnym gabinecie stomatologicznym.</t>
   </si>
   <si>
     <t>Decyzja sądu 09.08.2024: 7 lata więzienia w kolonii na warunkach ogólnych. Apelacja 29.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-18 00:53:01</t>
   </si>
   <si>
     <t>Vyacheslav Vitalievich Semenov</t>
   </si>
   <si>
     <t>29 lipca 2005</t>
   </si>
   <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
     <t>2025-09-14 23:56:38</t>
   </si>
   <si>
+    <t>Ruslan Andreevich Prokhorenko</t>
+  </si>
+  <si>
+    <t>29 lipca 1972</t>
+  </si>
+  <si>
+    <t>Razem z rodziną Prochorowów z Grabówki uczestniczy w sprawie o zdradę stanu.
+Uczestnicy procesu zamkniętego mają umowę o zachowaniu poufności. Z nieoficjalnego źródła wiadomo , że sprawa karna dotyczy fotografowania różnych obiektów na terytorium Białorusi, a osoby zaangażowane w sprawę były przez jakiś czas obserwowane przez służby specjalne przed ich zatrzymaniem.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.05.2024: 10 lata więzienia w kolonii na warunkach ogólnych. Apelacja 30.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-08 18:31:03</t>
+  </si>
+  <si>
+    <t>Dzmitry Filipovich</t>
+  </si>
+  <si>
+    <t>29 lipca 1997</t>
+  </si>
+  <si>
+    <t>Zatrzymany wraz z innymi młodymi ludźmi w Baranowiczach (koniec grudnia 2023 r.).
+A służba prasowa sądu ogłosiła wyrok (bez podawania nazwisk, ale okoliczności pasują do tej grupy osób). Krótko przedstawiono istotę zarzutów: przebywali na jezdni w Baranowiczach, wykrzykiwali hasła, wywieszali biało-czerwono-białe flagi, „celowo utrudniając ruch oraz normalne funkcjonowanie przedsiębiorstw i organizacji”. Dokładna data protestów nie jest nawet wskazana, nazywa się ją po prostu „sierpieniem 2020”.
+Tym samym w 2024 r. za protesty z sierpnia 2020 r. skazano już 25 mieszkańców Baranowicz. Wszyscy zostali skazani na kolonię karną od 1 do 3 lat (wyjątkiem był przypadek, że kobieta z dzieckiem do lat 3 została skazana na karę w zawieszeniu).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 31.05.2024: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 09.08.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-05-02 18:58:11</t>
+  </si>
+  <si>
     <t>Alexander Fedorovich Bindei</t>
   </si>
   <si>
     <t>29 lipca 1966</t>
   </si>
   <si>
     <t>Decyzja sądu 28.11.2022: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 28.02.2023: nieznany.</t>
   </si>
   <si>
     <t>2022-11-27 00:41:28</t>
   </si>
   <si>
+    <t>Olga Ivanovna Solomenik</t>
+  </si>
+  <si>
+    <t>29 lipca 1967</t>
+  </si>
+  <si>
+    <t>Zatrzymany w sprawie A. Chrałowicza . Szczegóły sprawy nie są znane, ponieważ proces odbywał się za zamkniętymi drzwiami, aw rzeczywistości sprawa karna jest utajniona. Szczegóły zatrzymania skazanego znane są z propagandowego filmu „Operacja KGB „Mankurt””, który ONT pokazał w 2021 roku. Wiadomo, że Olga przez rok była przetrzymywana w areszcie śledczym KGB, gdzie prowadziła strajk głodowy. Następnie została przeniesiona do SIZO-1. „Była całkowicie siwa. Długo prowadziła strajk głodowy - karmiono ją nawet przez żyły w ramionach, więc były nabrzmiałe jak drzazgi. Zaczęła odsiadywać wyrok.</t>
+  </si>
+  <si>
+    <t>7,5 roku więzienia w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-11-04 17:54:31</t>
+  </si>
+  <si>
+    <t>Andrey Yuryevich Besau</t>
+  </si>
+  <si>
+    <t>30 lipca 1973</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-08-13 19:35:18</t>
+  </si>
+  <si>
     <t>Valery Stepanovich Mefodienko</t>
   </si>
   <si>
     <t>30 lipca 1976</t>
   </si>
   <si>
     <t>Jako indywidualny przedsiębiorca zajmował się naprawą i konserwacją sprzętu komputerowego.</t>
   </si>
   <si>
     <t>Decyzja sądu 22.10.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 03.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-10 22:56:59</t>
   </si>
   <si>
+    <t>Alexander Ivanovich Kalin</t>
+  </si>
+  <si>
+    <t>30 lipca 1969</t>
+  </si>
+  <si>
+    <t>Zatrzymano go za udział w protestach w 2020 r. i aktywną publiczną krytykę nielegalnych działań agencji rządowych i całego reżimu. Później jego córka i syn zostali zatrzymani za udział w protestach, później udało im się wyjechać za granicę. W Aleksandrze zatrzymano łącznie jeszcze trzy osoby , które pod koniec maja zostały skazane za udział w protestach.</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia w kolonii o zaostrzonym rygorze.</t>
+  </si>
+  <si>
+    <t>2023-08-28 16:09:45</t>
+  </si>
+  <si>
     <t>Alexander Alexandrovich Syritsa</t>
   </si>
   <si>
     <t>30 lipca 1985</t>
   </si>
   <si>
     <t>W kwietniu 2024 roku odbył się proces „O zmianie przymusowych środków bezpieczeństwa i postępowania”. Po jego zakończeniu Aleksander został prawdopodobnie zesłany do kolonii karnej. Odbywa karę pozbawienia wolności w IK-1.</t>
   </si>
   <si>
     <t>Decyzja sądu 01.05.2022: przymusowe leczenie w szpitalu psychiatrycznym. Sąd zmiany reżimu 29.04.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2022-06-21 17:42:22</t>
   </si>
   <si>
-    <t>Andrey Yuryevich Besau</t>
-[...25 lines deleted...]
-  <si>
     <t>Volha Valerievna Chukareva</t>
   </si>
   <si>
     <t>31 lipca 1975</t>
   </si>
   <si>
-    <t>Została skazana za kilka przestępstw politycznych. Podczas pobytu w areszcie tymczasowym doznała udaru mózgu spowodowanego stresem, który spowodował niemal całkowitą utratę wzroku. Mimo to Olga została skazana na cztery lata więzienia.</t>
+    <t>Została skazana za kilka przestępstw politycznych. Podczas pobytu w areszcie tymczasowym doznała udaru mózgu spowodowanego stresem, który spowodował niemal całkowitą utratę wzroku. Mimo to Olga została skazana na cztery lata więzienia.
+Olga ma nastoletnią córkę, która została wysłana do szkoły z internatem, jej najstarszy syn jest w wojsku, a matka Olgi jest osobą niepełnosprawną pierwszej grupy i jest przykuta do łóżka.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-09-28 14:21:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1873,2602 +1846,2564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I91"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="I8" t="s">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I9" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="I10" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>70</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
         <v>71</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>81</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+      <c r="I15" t="s">
         <v>87</v>
-      </c>
-[...22 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+      <c r="I16" t="s">
         <v>92</v>
-      </c>
-[...19 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
+      <c r="I17" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>102</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" t="s">
+      <c r="I18" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="I19" t="s">
         <v>110</v>
-      </c>
-[...16 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>114</v>
       </c>
-      <c r="C20" t="s">
+      <c r="I20" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
         <v>120</v>
       </c>
-      <c r="C21" t="s">
+      <c r="I21" t="s">
         <v>121</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>124</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="I22" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
+      <c r="I23" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
         <v>136</v>
       </c>
-      <c r="B24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>137</v>
       </c>
-      <c r="C24" t="s">
+      <c r="I24" t="s">
         <v>138</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>141</v>
+      </c>
+      <c r="F25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="I25" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26" t="s">
+        <v>145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
+        <v>53</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
         <v>148</v>
       </c>
-      <c r="B26" t="s">
+      <c r="I26" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" t="s">
+        <v>151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>36</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>153</v>
+      </c>
+      <c r="I27" t="s">
         <v>154</v>
-      </c>
-[...22 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>155</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>36</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>158</v>
+      </c>
+      <c r="I28" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" t="s">
+        <v>163</v>
+      </c>
+      <c r="E29" t="s">
         <v>164</v>
       </c>
-      <c r="B29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
         <v>165</v>
       </c>
-      <c r="C29" t="s">
+      <c r="I29" t="s">
         <v>166</v>
-      </c>
-[...16 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
         <v>169</v>
       </c>
-      <c r="B30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" t="s">
         <v>170</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="I31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B32" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C32" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="I32" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C33" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="I33" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>187</v>
       </c>
       <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>12</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="I34" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C35" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>189</v>
+        <v>70</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="I35" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C36" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E36" t="s">
+        <v>164</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="I36" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="I37" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="I38" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>211</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="I39" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>224</v>
+        <v>70</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>217</v>
       </c>
       <c r="I40" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>188</v>
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>25</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="I41" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H42" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="I42" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>25</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="I43" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B44" t="s">
-        <v>241</v>
+        <v>233</v>
+      </c>
+      <c r="C44" t="s">
+        <v>234</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>70</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>242</v>
+        <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="I44" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B45" t="s">
-        <v>246</v>
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
+        <v>239</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E45" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="I45" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B46" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="C46" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="I46" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B47" t="s">
-        <v>255</v>
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
+        <v>249</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>21</v>
+        <v>250</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="I47" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B48" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C48" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="I48" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B49" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C49" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="I49" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C50" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E50" t="s">
+        <v>164</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="I50" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>268</v>
+      </c>
+      <c r="B51" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" t="s">
+        <v>270</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>271</v>
+      </c>
+      <c r="I51" t="s">
         <v>272</v>
-      </c>
-[...22 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>273</v>
+      </c>
+      <c r="B52" t="s">
+        <v>274</v>
+      </c>
+      <c r="C52" t="s">
+        <v>275</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>276</v>
+      </c>
+      <c r="F52" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
         <v>277</v>
       </c>
-      <c r="B52" t="s">
+      <c r="I52" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>279</v>
+      </c>
+      <c r="B53" t="s">
+        <v>280</v>
+      </c>
+      <c r="C53" t="s">
+        <v>281</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>102</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
         <v>282</v>
       </c>
-      <c r="B53" t="s">
+      <c r="I53" t="s">
         <v>283</v>
-      </c>
-[...19 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>284</v>
+      </c>
+      <c r="B54" t="s">
+        <v>285</v>
+      </c>
+      <c r="C54" t="s">
+        <v>286</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>25</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
         <v>287</v>
       </c>
-      <c r="B54" t="s">
+      <c r="I54" t="s">
         <v>288</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>289</v>
+      </c>
+      <c r="B55" t="s">
+        <v>290</v>
+      </c>
+      <c r="C55" t="s">
+        <v>291</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>250</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
         <v>292</v>
       </c>
-      <c r="B55" t="s">
+      <c r="I55" t="s">
         <v>293</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>294</v>
+      </c>
+      <c r="B56" t="s">
+        <v>295</v>
+      </c>
+      <c r="C56" t="s">
+        <v>296</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
         <v>297</v>
       </c>
-      <c r="B56" t="s">
+      <c r="I56" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B57" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D57" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="E57" t="s">
-        <v>305</v>
+        <v>64</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>14</v>
       </c>
       <c r="I57" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="B58" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="C58" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>233</v>
+        <v>305</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="I58" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B59" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C59" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>25</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="I59" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B60" t="s">
-        <v>319</v>
+        <v>314</v>
+      </c>
+      <c r="C60" t="s">
+        <v>315</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>316</v>
       </c>
       <c r="I60" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" t="s">
+        <v>319</v>
+      </c>
+      <c r="C61" t="s">
+        <v>320</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>119</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>321</v>
       </c>
-      <c r="B61" t="s">
+      <c r="I61" t="s">
         <v>322</v>
-      </c>
-[...19 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>323</v>
+      </c>
+      <c r="B62" t="s">
+        <v>324</v>
+      </c>
+      <c r="C62" t="s">
+        <v>325</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>326</v>
       </c>
-      <c r="B62" t="s">
+      <c r="I62" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63" t="s">
+        <v>329</v>
+      </c>
+      <c r="C63" t="s">
+        <v>330</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>331</v>
+      </c>
+      <c r="I63" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" t="s">
+        <v>334</v>
+      </c>
+      <c r="C64" t="s">
+        <v>335</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>119</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>336</v>
+      </c>
+      <c r="I64" t="s">
         <v>337</v>
-      </c>
-[...22 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B65" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="C65" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="I65" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>342</v>
+      </c>
+      <c r="B66" t="s">
+        <v>343</v>
+      </c>
+      <c r="C66" t="s">
+        <v>344</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>345</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>346</v>
+      </c>
+      <c r="I66" t="s">
         <v>347</v>
-      </c>
-[...22 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
+        <v>348</v>
+      </c>
+      <c r="B67" t="s">
+        <v>349</v>
+      </c>
+      <c r="C67" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>351</v>
+      </c>
+      <c r="I67" t="s">
         <v>352</v>
-      </c>
-[...22 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C68" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>224</v>
+        <v>19</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>359</v>
+        <v>81</v>
       </c>
       <c r="I68" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B69" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="I69" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B70" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C70" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H70" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B71" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>21</v>
+        <v>368</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="I71" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B72" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>136</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="I72" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B73" t="s">
-        <v>381</v>
+        <v>376</v>
+      </c>
+      <c r="C73" t="s">
+        <v>377</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="I73" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B74" t="s">
-        <v>386</v>
+        <v>381</v>
+      </c>
+      <c r="C74" t="s">
+        <v>382</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="I74" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>385</v>
+      </c>
+      <c r="B75" t="s">
+        <v>386</v>
+      </c>
+      <c r="C75" t="s">
+        <v>387</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>102</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>388</v>
+      </c>
+      <c r="I75" t="s">
         <v>389</v>
-      </c>
-[...22 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="F76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="I76" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B77" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="F77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="I77" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="B78" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C78" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="I78" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B79" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C79" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
         <v>12</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="I79" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B80" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C80" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="I80" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B81" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="I81" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B82" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C82" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="D82" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="I82" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="B83" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="I83" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B84" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>119</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="I84" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B85" t="s">
-        <v>439</v>
+        <v>433</v>
+      </c>
+      <c r="C85" t="s">
+        <v>434</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>163</v>
+      </c>
+      <c r="E85" t="s">
+        <v>164</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>359</v>
+        <v>435</v>
       </c>
       <c r="I85" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>139</v>
+        <v>102</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="I86" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>441</v>
+      </c>
+      <c r="B87" t="s">
+        <v>442</v>
+      </c>
+      <c r="C87" t="s">
+        <v>443</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>444</v>
+      </c>
+      <c r="I87" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>446</v>
+      </c>
+      <c r="B88" t="s">
+        <v>447</v>
+      </c>
+      <c r="C88" t="s">
+        <v>448</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>345</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
+        <v>449</v>
+      </c>
+      <c r="I88" t="s">
         <v>450</v>
-      </c>
-[...22 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>451</v>
+      </c>
+      <c r="B89" t="s">
+        <v>452</v>
+      </c>
+      <c r="C89" t="s">
+        <v>453</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>36</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
+        <v>454</v>
+      </c>
+      <c r="I89" t="s">
         <v>455</v>
-      </c>
-[...19 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>456</v>
+      </c>
+      <c r="B90" t="s">
+        <v>457</v>
+      </c>
+      <c r="C90" t="s">
+        <v>458</v>
+      </c>
+      <c r="D90" t="s">
+        <v>163</v>
+      </c>
+      <c r="E90" t="s">
+        <v>164</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
         <v>459</v>
       </c>
-      <c r="B90" t="s">
+      <c r="I90" t="s">
         <v>460</v>
-      </c>
-[...48 lines deleted...]
-        <v>468</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">