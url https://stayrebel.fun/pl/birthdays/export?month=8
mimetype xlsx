--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -12,1450 +12,1440 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="445">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Imię Nazwisko</t>
   </si>
   <si>
     <t>Urodziny</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Płeć</t>
   </si>
   <si>
     <t>Adres</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>CPC Vesna</t>
   </si>
   <si>
     <t>Zdanie</t>
   </si>
   <si>
     <t>Data dodania do listy</t>
   </si>
   <si>
+    <t>Ilya Alexandrovich Vieriemieyev</t>
+  </si>
+  <si>
+    <t>1 sierpnia 2003</t>
+  </si>
+  <si>
+    <t>19-latek został skazany za wiadomości na czacie Telegram, które zostawił w lutym tego roku. Przypuszczalnie takie wiadomości na czacie grupowym były reakcją faceta na wojnę, która rozpoczęła się z siłami zbrojnymi Rosji na Ukrainie, w tym z terytorium Białorusi.</t>
+  </si>
+  <si>
+    <t>mężczyzna</t>
+  </si>
+  <si>
+    <t>IK nr 2, 213800, Bobrujsk, ul. Sikorskiego, 1</t>
+  </si>
+  <si>
+    <t>W więzieniu</t>
+  </si>
+  <si>
+    <t>Tak</t>
+  </si>
+  <si>
+    <t>6,5 roku więzienia</t>
+  </si>
+  <si>
+    <t>2022-08-17 21:24:07</t>
+  </si>
+  <si>
     <t>Sergey Alexandrovich Govsha</t>
   </si>
   <si>
     <t>1 sierpnia 1981</t>
   </si>
   <si>
     <t>Skazany za akcję protestacyjną, która miała miejsce w dniach 10-11 sierpnia 2020 r. w Berezie na 2 lata więzienia (ostatecznie, biorąc pod uwagę wcześniejsze wyroki, 3 lata więzienia).</t>
   </si>
   <si>
-    <t>mężczyzna</t>
-[...7 lines deleted...]
-  <si>
     <t>Decyzja sądu 28.08.2024: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 18.10.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-08-28 13:16:53</t>
   </si>
   <si>
-    <t>Roman Anatolyevich Bagnovets</t>
-[...5 lines deleted...]
-    <t>Roman został zatrzymany w nocy z 10 na 10 sierpnia 2020 r. w ramach śledztwa karnego wszczętego w związku z protestami i starciami mieszkańców Pińska z siłami bezpieczeństwa, które miały miejsce w nocy z 9 na 10 sierpnia 2020 r. Został skazany za udział w „masowych zamieszkach”. Ofiarami w sprawie było 109 funkcjonariuszy policji i funkcjonariuszy, którzy oprócz kary w postaci pozbawienia wolności zażądali od oskarżonego około 530 tysięcy rubli odszkodowania.</t>
+    <t>Aliaksandr Alexandrovich Khazeyeu</t>
+  </si>
+  <si>
+    <t>3 sierpnia 2000</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2026-02-03 10:40:08</t>
+  </si>
+  <si>
+    <t>Leonid Ivanovich Terebey</t>
+  </si>
+  <si>
+    <t>4 sierpnia 1985</t>
+  </si>
+  <si>
+    <t>Powodem zatrzymania Leonida i jego żony Antoniny były protesty z 2020 roku. Kanały prorządowe doniosły, że Antonina została z dzieckiem – prawdopodobnie pod wezwaniem, aby nie wyjeżdżać. Niewykluczone, że otrzyma także karę pozbawienia wolności.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 24.02.2025: 3 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-06-28 10:09:13</t>
+  </si>
+  <si>
+    <t>Irina Gennadievna Tokarczuk</t>
+  </si>
+  <si>
+    <t>4 sierpnia 1960</t>
+  </si>
+  <si>
+    <t>Matka blogerki-więźniarki politycznej Olgi Tokarczuk (została zwolniona w czerwcu 2022 r. po odbyciu kary). Została zatrzymana w wyniku masowego nalotu sił bezpieczeństwa w dniach 23–24 stycznia 2024 r. na krewnych więźniów politycznych oraz osoby wysyłające paczki i listy do więźniów politycznych.</t>
+  </si>
+  <si>
+    <t>kobieta</t>
+  </si>
+  <si>
+    <t>Homel, IK-4, ul. Antoszkina 3, 246035</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.08.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 15.10.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-06 12:36:40</t>
+  </si>
+  <si>
+    <t>Alexander Fedorovich Trotskij</t>
+  </si>
+  <si>
+    <t>5 sierpnia 1975</t>
+  </si>
+  <si>
+    <t>12 sierpnia 2020 roku Aleksander został zatrzymany, gdy jego samochód zatrzymali uzbrojeni ludzie. Nie zgodził się na opuszczenie obiektu, a po otrzymaniu groźby strzelaniny próbował odjechać. W trakcie aresztowania został pobity i przewieziony do szpitala z urazem mózgu, następnie przeniesiony do aresztu śledczego. Według śledczych przejechał policjantowi nogę. Sąd uznał go za winnego usiłowania zabójstwa.</t>
+  </si>
+  <si>
+    <t>IK nr 17, 213004, Szkłow, ul. 1 fabryka, 8</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 05.03.2021: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 10000 ruble odszkodowania.</t>
+  </si>
+  <si>
+    <t>2021-02-26 22:37:54</t>
+  </si>
+  <si>
+    <t>Sergey Semenovich Timashenko</t>
+  </si>
+  <si>
+    <t>5 sierpnia 1966</t>
+  </si>
+  <si>
+    <t>Siergiej Tymoszenko walczył w Afganistanie w latach 1986–1988. Służył w 2. placówce szturmowo-desantowej manewrowej grupy powietrzno-desantowej Kerki, dowodząc grupą bojową.
+Siergiej, sądząc po jego wpisach w mediach społecznościowych, wspiera Ukrainę w jej wojnie z Rosją. Wydaje się, że to właśnie jest powodem zarzutów. Pod koniec 2024 roku nagle zniknął ze wszystkich mediów społecznościowych, został aresztowany i osadzony w areszcie tymczasowym.</t>
   </si>
   <si>
     <t>IK nr 1, 211445, Nowopołock, ul. Techniczny, 8</t>
   </si>
   <si>
-    <t>Decyzja sądu 30.04.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, około 38000 ruble odszkodowania. Apelacja 06.07.2021: wyrok został podtrzymany.</t>
-[...93 lines deleted...]
-    <t>2021-02-26 22:37:54</t>
+    <t>Decyzja sądu 10.09.2025: 12 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2025-09-15 13:13:04</t>
+  </si>
+  <si>
+    <t>Julia Victorovna Kostyuchenko</t>
+  </si>
+  <si>
+    <t>5 sierpnia 1995</t>
+  </si>
+  <si>
+    <t>Sąd Rejonowy w Rogaczowie ustalił , że Julia zamieszczała na swojej publicznie dostępnej stronie w serwisie społecznościowym Instagram wiadomości i filmy, które „zawierały obelgi pod adresem prezydenta”.
+02.12.2023 zwolniony po odbyciu całości kary wymierzonej przez sąd.
+W styczniu, podczas nalotów przedwyborczych, Julia Kostiuczenko została ponownie zatrzymana, a 22 stycznia została osądzona na podstawie części 2 artykułu 19.11 Kodeksu wykroczeń administracyjnych za rzekome rozpowszechnianie „materiałów ekstremistycznych”. 5 lutego odbył się drugi proces Julii Kostiuczenko na podstawie części 2 artykułu 19.11 kop. Najprawdopodobniej Julia była cały czas przetrzymywana w areszcie, a jej areszt administracyjny został po prostu przedłużony, za pierwszym razem wyznaczono jej 15 dni, a następnie 5 lutego przedłużono areszt ponownie. Łącznie Julia spędziła 90 dni w areszcie tymczasowym, po czym została przeniesiona do Aresztu Śledczego nr 3.
+3 kwietnia 2025 roku KGB Białorusi rozpoznało stronę na portalu społecznościowym X o tytule „Co się dzieje?” jako „formację ekstremistyczną”. Co więcej, sprawcy kary wymienili jako osobę zaangażowaną w tę „formację” Julię Wiktorownę Kostiuczenko, urodzoną 5 sierpnia 1995 r.</t>
+  </si>
+  <si>
+    <t>SIZO-3, Gomel ul. Księga 1A, 246003</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Decyzja sądu 22.03.2023: 1 rok więzienia w kolonii na warunkach ogólnych. Apelacja 19.05.2023: nieznany.</t>
+  </si>
+  <si>
+    <t>2023-03-16 22:57:54</t>
   </si>
   <si>
     <t>Sergey Leonidovich Gnevko</t>
   </si>
   <si>
     <t>5 sierpnia 1977</t>
   </si>
   <si>
     <t>Siergiej został skazany przez sąd za obrazę Łukaszenki. W dniu 5 maja 2023 r. sprawę rozpoznała sędzia Inna Sivets.
 W dniu 4 czerwca 2024 r. w sądzie rejonu orszy i orszy rozpatrzona została kolejna sprawa karna Siergieja . Ponownie został oskarżony o znieważenie Łukaszenki . Sprawę rozpatrywała sędzia Julia Wierszynina .
 Sąd uznał , że Siergiej Gniewko „jest osobą wcześniej skazaną za publiczne znieważenie Łukaszenki i przewiezioną do specjalnego aresztu Wydziału Spraw Wewnętrznych Rejonu Orsza za popełnienie przestępstwa administracyjnego z art. 19 ust. 1 Kodeksu wykroczeń administracyjnych ( drobnego chuligaństwa), w stanie nietrzeźwości, w obecności pracowników Wydziału Spraw Wewnętrznych oraz pracownika Aresztu Śledczego złożyli publicznie oświadczenie zawierające wulgarną formę wypowiedzi pod adresem Aleksandra Łukaszenki w związku z wykonywaniem przez niego uprawnień”.
 Sąd uznał Siergieja Gniewkę za winnego na podstawie części 2 art. 368 Kodeksu karnego , został skazany na karę czterech lat pozbawienia wolności . Opierając się na całości kar, sąd w części dodał do wymierzonej kary niezastosowaną karę z wyroku poprzedniego i ostatecznie wymierzył karę pozbawienia wolności na okres 4 lat i 6 miesięcy.
 W dniu 16 sierpnia 2024 r. odbyła się rozprawa apelacyjna sądu, na której wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>IK-22, skrytka pocztowa 20, obwód brzeski, Iwacewicze, ul. Domanowo, 225295</t>
   </si>
   <si>
     <t>Decyzja sądu 05.05.2023: nieznany lata więzienia w kolonii na warunkach ogólnych. Decyzja sądu 04.06.2024: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 16.08.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-06-06 15:46:04</t>
   </si>
   <si>
-    <t>Julia Victorovna Kostyuchenko</t>
-[...45 lines deleted...]
-    <t>2024-08-02 15:15:59</t>
+    <t>Sergey Petrovich Litvinko</t>
+  </si>
+  <si>
+    <t>6 sierpnia 1976</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-07-12 18:53:31</t>
+  </si>
+  <si>
+    <t>Siarhei Viktaravich Pakhomau</t>
+  </si>
+  <si>
+    <t>6 sierpnia 1988</t>
+  </si>
+  <si>
+    <t>W 2013 roku ukończył Uniwersytet Janki Kupały w Grodnie i podjął pracę jako nauczyciel historii w szkole w Żemysławiu. Wkrótce potem Siergiej został pierwszym sekretarzem Ijjewskiego Komitetu Rejonowego Białoruskiego Związku Młodzieży Republikańskiej (BRSM), a nawet wstąpił do rezerwy kierowniczej lokalnego komitetu wykonawczego. W wywiadach dla państwowych mediów chwalił stabilność Białorusi i organizował wydarzenia patriotyczne.
+Jednak po 2017 roku zrezygnował z edukacji. W lutym 2025 roku Pakhomov zarejestrował się jako osoba fizyczna prowadząca jednoosobową działalność gospodarczą, podając prace dekarskie jako swoją główną działalność.
+Zimą 2026 roku wyszło na jaw , że 37-letni mężczyzna przebywa w areszcie tymczasowym. Postawiono mu zarzuty z artykułu 130 Kodeksu karnego Republiki Białorusi („podżeganie do nienawiści rasowej, narodowościowej, religijnej lub innej społecznej”). Chociaż wyrok nie zapadł jeszcze, KGB umieściło go już na liście „terrorystów”.
+Dokładny powód wszczęcia postępowania karnego pozostaje nieznany. Prawdopodobnie jest to spowodowane komentarzami do wiadomości na Telegramie z niezabezpieczonego konta.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:10:52</t>
   </si>
   <si>
     <t>Ivan Sergeevich Licholate</t>
   </si>
   <si>
     <t>6 sierpnia 1992</t>
   </si>
   <si>
     <t>Ukrainiec mieszkający na Białorusi od 2013 roku. W latach 2012-2013 Iwan służył w jednostkach wywiadowczych Sił Zbrojnych Ukrainy, podaje BelTA. Z ustaleń śledztwa wynika , że w styczniu tego roku Licholat skontaktował się z SBU, która wydała mu polecenie wysadzenia torów kolejowych. Do wykonania tego zadania zatrudnił dwóch mieszkańców Grodna, którzy mieli zawodowe umiejętności w zakresie rozbrajania min. Puchalskiego zatrzymano, gdy zabrał ładunek wybuchowy z kryjówki w rejonie kobryńskim i przewiózł go do rejonu tołoczyńskiego. Likholat i Borodich zostali zatrzymani w Grodnie.
 Skazano go na 20 lat więzienia, z zastrzeżeniem, że sąd nakazał Iwanowi odsiedzieć pierwsze trzy lata kary w więzieniu.</t>
   </si>
   <si>
     <t>Decyzja sądu 18.12.2024: nieznany lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2023-09-28 00:19:37</t>
   </si>
   <si>
-    <t>Sergey Petrovich Litvinko</t>
-[...8 lines deleted...]
-    <t>2025-07-12 18:53:31</t>
+    <t>Siarhei Skibinski</t>
+  </si>
+  <si>
+    <t>7 sierpnia 1983</t>
+  </si>
+  <si>
+    <t>Siergiej Skibinski ma 41 lat. Jest projektantem. Wcześniej był dyrektorem agencji projektowej poligraf.bу, która istniała do 2020 roku. Siergiej ma także indywidualnego przedsiębiorcę w dziedzinie projektowania, tworząc własne ilustracje i projekty.
+Siergiej stanie przed sądem za „promowanie ekstremizmu” i udział w protestach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.10.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 31.01.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-09-23 14:55:04</t>
+  </si>
+  <si>
+    <t>Oleg Gorelov</t>
+  </si>
+  <si>
+    <t>8 sierpnia 1975</t>
+  </si>
+  <si>
+    <t>Gorełow był szefem dyrekcji Belinvestbank na obwód homelski. Ostatnie wieści na jego temat pochodzą z lutego 2023 r., a w grudniu 2023 r. na jego miejsce powołano Pavel Yurkovets, byłego szefa Belinvestbanku w Mozyrzu.
+8 lutego w Homelskim Sądzie Okręgowym rozpoczął się proces Olega Gorelowa.
+W dniu 14 czerwca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Nie</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.03.2024: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 14.06.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-02-10 14:47:15</t>
   </si>
   <si>
     <t>Alexei Vladimirovich Kiselev</t>
   </si>
   <si>
     <t>8 sierpnia 1990</t>
   </si>
   <si>
     <t>Aleksiej Kiselow został zatrzymany z Wierchniewińska w sprawie karnej „Rezerwy Kadrowej Nowej Białorusi”. Jego wideo „pokuty” zostało opublikowane rankiem 13 marca przez propagandowy kanał telegramowy. Aleksiej jest pracownikiem regionalnego komitetu wykonawczego w Wierchniewińsku. 14 lutego Komitet Śledczy wszczął sprawę karną przeciwko przedstawicielom i uczestnikom ogłoszonej przez Wspólny Gabinet Przejściowy inicjatywy „Rezerwa Kadrowa dla Nowej Białorusi”. Telewizja ONT pokazała później 14 osób zatrzymanych w tej sprawie. Propagandysta Igor Tur powiedział, że wraz ze służbami bezpieczeństwa przez rok wysłuchiwał wykładów dla uczestników inicjatywy.
 Program „Rezerwa kadrowa dla Nowej Białorusi” został uruchomiony przez Wspólny Gabinet Przejściowy w listopadzie 2022 r. Celem projektu było wyszkolenie specjalistów, którzy byliby w stanie pracować na stanowiskach rządowych i przeprowadzać reformy.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.09.2024: nieznany. Apelacja 03.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-03-13 11:59:37</t>
   </si>
   <si>
-    <t>Andrey Mechislavovich Stasyukevich</t>
-[...25 lines deleted...]
-  <si>
     <t>Alexey Alexandrovich Prokhorchik</t>
   </si>
   <si>
     <t>9 sierpnia 1988</t>
   </si>
   <si>
     <t>W 2010 roku ukończył studia na Wyższej Państwowej Wyższej Szkole Łączności, uzyskując tytuł inżyniera telekomunikacji.
 W 2017 roku Prochorczyk założył w Rosji spółkę z ograniczoną odpowiedzialnością „ESiS”. Skrót ten oznacza „systemy i sieci energetyczne”.
-Główną działalnością firmy jest montaż i wykonawstwo instalacji elektrycznych. ESiS zatrudnia ponad 40 osób. W ubiegłym roku obroty firmy wyniosły około 4 milionów dolarów.</t>
+Główną działalnością firmy jest montaż i wykonawstwo instalacji elektrycznych. ESiS zatrudnia ponad 40 osób. W ubiegłym roku obroty firmy wyniosły około 4 milionów dolarów.
+Aleksieja skazano za pomoc więźniom politycznym.</t>
+  </si>
+  <si>
+    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
   </si>
   <si>
     <t>2025-11-06 22:31:46</t>
   </si>
   <si>
-    <t>Vasily Alexandrovich Veremeychik</t>
-[...2 lines deleted...]
-    <t>10 sierpnia 1990</t>
+    <t>Leonid Leonidovich Shpets</t>
+  </si>
+  <si>
+    <t>9 sierpnia 1978</t>
+  </si>
+  <si>
+    <t>SIZO-2, ul. Witebsk Gagarina 2, 210026</t>
+  </si>
+  <si>
+    <t>2025-09-08 19:52:22</t>
+  </si>
+  <si>
+    <t>Andrey Mechislavovich Stasyukevich</t>
+  </si>
+  <si>
+    <t>9 sierpnia 1994</t>
+  </si>
+  <si>
+    <t>Obywatel Federacji Rosyjskiej</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-12-17 22:41:07</t>
+  </si>
+  <si>
+    <t>Ivan Ivanovich Yushkevich</t>
+  </si>
+  <si>
+    <t>10 sierpnia 1977</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-09-26 20:27:53</t>
+  </si>
+  <si>
+    <t>Vitali Mikhajlavich Kavalenka</t>
+  </si>
+  <si>
+    <t>11 sierpnia 1992</t>
+  </si>
+  <si>
+    <t>Zatrzymany w ramach postępowania karnego za wiadomości w bocie „Belorussky Gayun”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 13.11.2025: 3 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja data nieznana: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-06-08 18:53:33</t>
+  </si>
+  <si>
+    <t>Gleb Nikolaevich Sakhar</t>
+  </si>
+  <si>
+    <t>11 sierpnia 1982</t>
+  </si>
+  <si>
+    <t>W dniu 19 lipca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 30.04.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 19.07.2024: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-04-09 23:58:40</t>
+  </si>
+  <si>
+    <t>Egor Alexandrovich Boriskevich</t>
+  </si>
+  <si>
+    <t>11 sierpnia 1986</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.12.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 21.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-01-13 17:24:46</t>
+  </si>
+  <si>
+    <t>Yana Sergeevna Tsaruk</t>
+  </si>
+  <si>
+    <t>11 sierpnia 1994</t>
+  </si>
+  <si>
+    <t>Wiadomo , że KGB uważa Yanę za zaangażowaną w projekt Maris Mar City Garden, który uznano za „formację ekstremistyczną”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii na warunkach ogólnych, 700 jednostek bazowych kary. Apelacja 16.12.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-12-29 22:08:18</t>
+  </si>
+  <si>
+    <t>Vasil Veramejchyk</t>
+  </si>
+  <si>
+    <t>11 sierpnia 1990</t>
   </si>
   <si>
     <t>Były żołnierz pułku Kalinowskiego, którego Wietnam wydał Białorusi.
 Z nieoficjalnych informacji wynika , że mężczyzna trafił do Azji, ponieważ Litwa uznała go za zagrożenie dla bezpieczeństwa narodowego i zakazała mu wjazdu na teren Unii Europejskiej. „Kalinowiec” został dostarczony na Białoruś wieczorem 14 listopada pod eskortą trzech osób. Wasilij został zabrany na Białoruś lotem Belavia (B2978) z Moskwy wieczorem 14 listopada. Samolot ten wylądował na Narodowym Lotnisku w Mińsku o godzinie 23:48.
 Wiadomo też, że opublikowany przez propagandystów film z Veremeychikiem ma być inscenizowany: został nakręcony na innym planie i w innym czasie.
 Za „udział w pogromach i usiłowanie podpalenia samochodu prokuratorów” wszczęto przeciwko niemu sprawę karną na podstawie części 1 art. 366 (przemoc lub groźba wobec funkcjonariusza pełniącego obowiązki służbowe) Kodeksu karnego.
 Mężczyzna był członkiem Rady Koordynacyjnej. Biuro Swietłany Tichanowskiej wyraziło w tej sprawie zdecydowany protest.
 „Posunięcie to wpisuje się w długoterminową politykę represyjną reżimu Łukaszenki, który nie cofnie się przed niczym, aby prześladować swoich przeciwników, w tym tych, którzy walczą o wolność i demokrację, a także tych, którzy bronią Europy przed rosyjską agresją” – napisano w oświadczeniu. .</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 13 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2024-11-28 02:13:24</t>
   </si>
   <si>
-    <t>Ivan Ivanovich Yushkevich</t>
-[...84 lines deleted...]
-    <t>Dmitry Vladimirovich Novozhilov</t>
+    <t>Igor Vladimirovich Korotkov</t>
+  </si>
+  <si>
+    <t>12 sierpnia 1988</t>
+  </si>
+  <si>
+    <t>Skazany za przekazanie 9 euro na rzecz Pułku Kalinowskiego.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 27.12.2023: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 13.02.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-02-12 19:16:26</t>
+  </si>
+  <si>
+    <t>Yuri Kazimirovich Jukovski</t>
+  </si>
+  <si>
+    <t>12 sierpnia 1978</t>
+  </si>
+  <si>
+    <t>8 lat więzienia w warunkach zaostrzonego reżimu.</t>
+  </si>
+  <si>
+    <t>2022-05-23 19:28:46</t>
+  </si>
+  <si>
+    <t>Dmitry Uladzimiravich Novozhilov</t>
   </si>
   <si>
     <t>12 sierpnia 1972</t>
   </si>
   <si>
     <t>Dmitrij, były dyrektor agencji prasowej BiełaPAN, został zatrzymany 18 sierpnia 2021 roku po przeszukaniu i przesłuchaniu przez Komitet Śledczy. Początkowo został osadzony w areszcie tymczasowym na 72 godziny w ramach postępowania karnego z artykułu „organizacja lub przygotowywanie działań rażąco naruszających porządek publiczny lub udział w nich”. Nie został jednak zwolniony i 10 dni później został przeniesiony do aresztu śledczego. Zarzut został później zmieniony na uchylanie się od płacenia podatków.
 W listopadzie 2021 roku ujawniono, że Dmitrijowi postawiono również zarzuty „utworzenia grupy ekstremistycznej”. W październiku 2022 roku uznano go winnym „udziału w grupie ekstremistycznej” i „uchylania się od płacenia podatków”, skazano na karę pozbawienia wolności, wysoką grzywnę i zakazano mu zajmowania niektórych stanowisk przez pięć lat.</t>
   </si>
   <si>
     <t>IK nr 3, 211300, wieś Witba, obwód witebski, rejon witebski</t>
   </si>
   <si>
     <t>Decyzja sądu 06.10.2022: 6 lata więzienia w kolonii na warunkach ogólnych, 700 jednostek bazowych kary, pozbawienie prawa do zajmowania określonych stanowisk lub prowadzenia określonej działalności. Apelacja 06.01.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-08-21 01:15:56</t>
   </si>
   <si>
     <t>Kim Andreevich Samusenko</t>
   </si>
   <si>
     <t>12 sierpnia 1989</t>
   </si>
   <si>
     <t>Członek Rady Ruchu Publicznego Dżeja został zatrzymany 3 listopada 2020 r. i skazany w związku z włamaniem do systemu komputerowego Komitetu Wykonawczego Miasta Mińska.</t>
   </si>
   <si>
-    <t>IK nr 15, 212013, Mohylew, p / o Veyno, Slavgorod autostrada 183</t>
-[...1 lines deleted...]
-  <si>
     <t>Decyzja sądu 28.01.2022: 6 lata 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 26.04.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-26 22:05:42</t>
-  </si>
-[...63 lines deleted...]
-    <t>2023-01-10 19:15:54</t>
   </si>
   <si>
     <t>Samir Zal Ogly Gulu-Zade</t>
   </si>
   <si>
     <t>13 sierpnia 1987</t>
   </si>
   <si>
     <t>Z wykształcenia robotnik budowlany, ukończył szkołę średnią nr 61 w Baranowiczach i wyjechał do pracy w Rosji. Po powrocie na Białoruś został członkiem Ruchu „O Wolność”.
 W 2020 roku został skazany na 10 dni więzienia, mimo że wnioskował do sędziego o nałożenie grzywny. W 2025 roku został skazany na karę więzienia za udział w protestach w 2020 roku.</t>
   </si>
   <si>
+    <t>Decyzja sądu data nieznana: 2 roku więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
     <t>2025-08-19 21:16:43</t>
   </si>
   <si>
+    <t>Vladimir Evgenievich Boltenkov</t>
+  </si>
+  <si>
+    <t>13 sierpnia 1998</t>
+  </si>
+  <si>
+    <t>Władimir został oskarżony o pozostawienie obraźliwego komentarza na VKontakte pod postem o Łukaszence. Post zawierał zdjęcie i tekst przemówienia o działaniach wojennych na Białorusi. Władimir napisał komentarz ze strony i numeru telefonu swojej siostry, gdy ją odwiedzał. W pełni przyznał się do winy.</t>
+  </si>
+  <si>
+    <t>Kara ograniczenia wolności</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 16.01.2023: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2023-01-10 19:15:54</t>
+  </si>
+  <si>
     <t>Vladimir Valerievich Makhnach</t>
   </si>
   <si>
     <t>14 sierpnia 1977</t>
   </si>
   <si>
     <t>Decyzja sądu 29.10.2024: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 03.01.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-10-21 17:20:59</t>
+  </si>
+  <si>
+    <t>Tatyana Ivanovna Trofimchik</t>
+  </si>
+  <si>
+    <t>14 sierpnia 1986</t>
+  </si>
+  <si>
+    <t>nieznane lata pozbawienia wolności w kolonii na og&amp;oacute;lnych warunkach reżimu</t>
+  </si>
+  <si>
+    <t>2022-11-17 18:47:58</t>
   </si>
   <si>
     <t>Evgeny Evgenievich Volykhin</t>
   </si>
   <si>
     <t>14 sierpnia 1973</t>
   </si>
   <si>
     <t>Jewgienij studiował najpierw w Rosji, w Magnitogorskim Kolegium Przemysłowo-Pedagogicznym, a następnie w Białoruskim Uniwersytecie Handlowym Zarządzania. Jewgienij ma małoletniego syna.
 Wołychin prowadzi własną działalność gospodarczą. Od ponad 20 lat zajmuje się produkcją i montażem okien PCV, ram balkonowych i innych podobnych konstrukcji.
 W mediach społecznościowych mężczyzna wyraża nostalgię za ZSRR, repostuje o „bohaterach Noworosji” i krytykuje rosyjskie władze. W swoich komentarzach nazywa ukraińskiego dziennikarza Gordona prezerwatywą, Ukraińców „chochołami” itd., a Zełenskiego narkomanem. Jednak na jego stronach można było również znaleźć krytykę Łukaszenki.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: 4 roku 6 miesiące więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-10-15 12:36:24</t>
   </si>
   <si>
-    <t>Tatyana Ivanovna Trofimchik</t>
-[...8 lines deleted...]
-    <t>2022-11-17 18:47:58</t>
+    <t>Vitaly Vyacheslavovich Shishlov</t>
+  </si>
+  <si>
+    <t>15 sierpnia 1993</t>
+  </si>
+  <si>
+    <t>Witalij został zatrzymany 25 września 2020 r. w ramach postępowania karnego wszczętego po protestach w Mińsku. Telewizja państwowa pokazała go ze związanymi rękami w lesie, gdzie przyznał się do udziału w zamieszkach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.07.2021: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu, nieznany ruble odszkodowania. Apelacja 24.09.2021: wyrok został podtrzymany. Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:49:06</t>
   </si>
   <si>
     <t>Ilya Petrovich Kravchevsky</t>
   </si>
   <si>
     <t>15 sierpnia 1996</t>
   </si>
   <si>
     <t>Na rozprawie z art. 342 i art. 364 nie przyznało się do winy.</t>
   </si>
   <si>
     <t>8,5 roku więzienia.</t>
   </si>
   <si>
     <t>2022-09-17 11:38:09</t>
   </si>
   <si>
-    <t>Vitaly Vyacheslavovich Shishlov</t>
-[...11 lines deleted...]
-    <t>2021-02-26 21:49:06</t>
+    <t>Maxim Vasilievich Gelyasin</t>
+  </si>
+  <si>
+    <t>16 sierpnia 1986</t>
+  </si>
+  <si>
+    <t>Obywatel Federacji Rosyjskiej.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
+  </si>
+  <si>
+    <t>2025-09-29 22:38:25</t>
+  </si>
+  <si>
+    <t>Alexander Sergeevich Yurchik</t>
+  </si>
+  <si>
+    <t>16 sierpnia 1969</t>
+  </si>
+  <si>
+    <t>Aleksandra aresztowano w styczniu 2021 r. w związku ze sprawą masowych zamieszek i skazano pod zarzutem uczestnictwa w kanałach Telegram o „radykalnej orientacji”, a także zamiaru uszkodzenia lub zniszczenia trzech kiosków Tabakerka.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 19.07.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 23.11.2021: wyrok został podtrzymany. Apelacja 10.07.2024: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-05-28 22:53:14</t>
   </si>
   <si>
     <t>Igor Nikolaevich Goltsov</t>
   </si>
   <si>
     <t>16 sierpnia 1984</t>
   </si>
   <si>
     <t>40-letni programista z Mohylewa. W 2013 roku ukończył studia inżynierskie na Uniwersytecie Białorusko-Rosyjskim. Specjalizuje się w pracy z platformą Magento, która służy do tworzenia sklepów internetowych i organizacji handlu online. Ma małą córeczkę i żonę.
 Igor Goltsov przelał około 50 dolarów na kanał YouTube „Zerkalo” za pośrednictwem Patreona. Miało to miejsce w 2023 roku.</t>
   </si>
   <si>
     <t>Decyzja sądu 14.05.2025: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 20.06.2025: nieznany.</t>
   </si>
   <si>
     <t>2025-04-03 14:38:31</t>
   </si>
   <si>
-    <t>Maxim Vasilievich Gelyasin</t>
-[...28 lines deleted...]
-  <si>
     <t>Eugene Ivanovich Soroko</t>
   </si>
   <si>
     <t>17 sierpnia 1993</t>
   </si>
   <si>
     <t>Jewgienija aresztowano w grudniu 2024 r. i skazano na karę więzienia w czerwcu 2025 r.</t>
   </si>
   <si>
     <t>Decyzja sądu data nieznana: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-06-28 18:08:16</t>
   </si>
   <si>
-    <t>Alexei Vyacheslavovich Shvetsov</t>
-[...11 lines deleted...]
-    <t>2024-01-30 20:42:17</t>
+    <t>Cheslau Gerasimovitch</t>
+  </si>
+  <si>
+    <t>17 sierpnia 1986</t>
+  </si>
+  <si>
+    <t>Cheslav Gerasimovich ma 37 lat. Pochodzi z Mińska.
+Przez pewien czas w 2022 roku Gierasimowicz pracował w Wilnie, ale jesienią 2022 roku wrócił do Mińska.
+26 czerwca Cheslav został skazany w postępowaniu administracyjnym za „nieposłuszeństwo wobec funkcjonariusza policji”.
+Sądząc po nagraniu GUBOPiK, Gerasimowicz jest oskarżany o czterokrotne przekazywanie datków na rzecz „formacji ekstremistycznej”. Prawdopodobnie jest oskarżony z art. 361-2 Kodeksu karnego.
+Gerasimowicz pisze na portalach społecznościowych, że od ponad 15 lat prowadzi szkolenia z psychoterapii. Od 2011 roku rozpoczął pracę jako tester. Interesuje się muzyką, gra na gitarze, pisze także wiersze i krótkie prozy.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 09.12.2024: 5 lata więzienia w kolonii na warunkach ogólnych, 300 jednostek bazowych kary.</t>
+  </si>
+  <si>
+    <t>2024-08-03 17:12:06</t>
   </si>
   <si>
     <t>Nikita Valerievich Samarin</t>
   </si>
   <si>
     <t>17 sierpnia 1991</t>
   </si>
   <si>
     <t>Nikita został aresztowany za spryskanie gazem twarzy funkcjonariusza policji prewencyjnej, gdy ten próbował chronić osobę na proteście. Został pobity, obcięto mu włosy nożem i spryskano mu twarz gazem. W grudniu 2020 r. został skazany na cztery lata ograniczenia wolności, ale prokuratorowi udało się później zwiększyć karę do dwóch i pół roku więzienia. Nikita nie stawił się w sądzie, przekazując przez znajomego, że na sali sądowej zaplanowano arbitralne zatrzymania, grożąc jemu i innym.
 Przebywał na przymusowym wygnaniu.
 Pod koniec marca 2025 roku okazało się, że Nikita, który ukrywał się przed wyrokiem przez cztery lata, został zatrzymany w Grodnie. Jak poinformowało MSW, mężczyzna został zatrzymany, nie miał przy sobie dokumentów, dlatego został poproszony o udanie się na posterunek. Nikita stawiał opór policjantom i rzekomo złamał rękę jednemu z nich. Podaje się, że mężczyzna był poszukiwany za rzekome „rozpylenie kanistra z gazem w twarz funkcjonariuszom organów ścigania” w sierpniu 2020 roku. Za to wszczęto przeciwko niemu postępowanie karne. Opuścił kraj, ale następnie nielegalnie wrócił na Białoruś.
 Od 13 maja 2025 r. nie ma żadnych informacji o więźniu politycznym. Zakaz korespondencji i przesyłek do niego. Brak również informacji o sprawie Nikity i terminie rozprawy. Ponadto informuje się , że śledczy w sprawie więźnia politycznego ma zakaz informowania krewnych i przyjaciół Nikity o stanie i postępach w sprawie.</t>
   </si>
   <si>
     <t>Decyzja sądu 11.12.2020: 4 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego, 500 ruble odszkodowania. Protest prokuratora 25.03.2021: 2 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 2000 ruble odszkodowania. Decyzja sądu data nieznana: 6 lata więzienia w kolonii w warunkach wzmocnionego reżimu.</t>
   </si>
   <si>
     <t>2021-02-27 22:25:03</t>
   </si>
   <si>
+    <t>Alexei Vyacheslavovich Shvetsov</t>
+  </si>
+  <si>
+    <t>17 sierpnia 1985</t>
+  </si>
+  <si>
+    <t>Został skazany na 5 lat więzienia za datki na rzecz pułku Kalinowskiego (pierwszy - 13,63 euro, drugi - 35 euro, łącznie 133 rubli 30 kopiejek).</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 26.12.2023: 5 lata więzienia w kolonii na warunkach ogólnych.</t>
+  </si>
+  <si>
+    <t>2024-01-30 20:42:17</t>
+  </si>
+  <si>
     <t>Anatoly Stepanovich Vasilevsky</t>
   </si>
   <si>
     <t>17 sierpnia 1963</t>
   </si>
   <si>
     <t>Decyzja sądu 03.10.2024: 4 roku więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 24.12.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-09-25 19:45:52</t>
   </si>
   <si>
+    <t>Alexander Viktorovich Krupnikov</t>
+  </si>
+  <si>
+    <t>18 sierpnia 1978</t>
+  </si>
+  <si>
+    <t>Jesienią 2024 roku Aleksander został skazany na podstawie artykułu „organizowanie i przygotowywanie działań rażąco naruszających porządek publiczny lub czynny w nich udział” i skazany na karę ograniczenia wolności z oddelegowaniem do zakładu karnego o charakterze otwartym.</t>
+  </si>
+  <si>
+    <t>IUOT-7, rejon Prużany, wieś Kuplin, 225136</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 29.10.2024: 3 roku ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:37:32</t>
+  </si>
+  <si>
     <t>Vladislav Sergeevich Savin</t>
-  </si>
-[...1 lines deleted...]
-    <t>18 sierpnia 1978</t>
   </si>
   <si>
     <t>Władysław, bloger, poeta i pisarz, został aresztowany w kwietniu 2021 r., a rok później skazany za oszustwo polegające na tym, że w latach 2015–2016 obiecał ponad 100 osobom udział w pierwszych reality show na Białorusi, ale obietnicy tej nie dotrzymał. Uznano go również za winnego uczestnictwa w trzech marszach w 2020 r. i organizowania protestów za pośrednictwem Instagrama. Sam Władysław przyznał się jedynie do udziału w wiecach.
 W październiku 2022 r. został ponownie skazany za obrazę Łukaszenki w wierszu dołączonym do apelacji od wyroku.
 Na portalu sklepu internetowego Ridero.ru, pod pseudonimem Vlad Savinn, prezentowane są jego książki - opowiadanie „Ambidextrous” i zbiór wierszy „Poezja przez”, dostępne w formie drukowanej i elektronicznej.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.03.2022: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Decyzja sądu 26.10.2022: 2 roku więzienia w kolonii na warunkach ogólnych. Apelacja 23.12.2022: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-05-12 14:09:33</t>
   </si>
   <si>
-    <t>Sergey Prus</t>
-[...44 lines deleted...]
-    <t>Vitaly Fedorovich Braginets</t>
+    <t>Vitali Braginiec</t>
   </si>
   <si>
     <t>19 sierpnia 1973</t>
   </si>
   <si>
     <t>Prawnik z 25-letnim stażem. Wcześniej kierował własną firmą Braginets and Partners. Ostatnio pracował w kancelarii radcy prawnego rejonu Dzierżyńskiego w Mińsku.
 Po zatrzymaniu w domu został przewieziony na oddział policji Partizanskoje „w celu sprawdzenia udziału w działaniach protestacyjnych”. Stamtąd, jak stwierdził w sądzie, „próbował odejść”. I tu pojawiło się nieposłuszeństwo.
 Sporządzono przeciwko niemu protokół z art. 24.3 Kodeksu wykroczeń administracyjnych i aresztowany na 15 dni. Miał zostać zwolniony wieczorem 7 czerwca, ale tak się nie stało.
 Witalij jest obrońcą adwokata Andrieja Mochałowa, przeciwko któremu zgłoszono sprawę karną .
 Proces odbył się za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>8 lat więzienia w kolonii karnej w reżimie zaostrzonym.</t>
   </si>
   <si>
     <t>2022-07-13 13:02:22</t>
   </si>
   <si>
     <t>Pavel Petrovich Alekseev</t>
   </si>
   <si>
     <t>19 sierpnia 1988</t>
   </si>
   <si>
     <t>Obywatel Federacji Rosyjskiej.
 26 lipca 2024 r. odbyła się rozprawa apelacyjna, a wyrok stał się prawomocny.</t>
   </si>
   <si>
     <t>Decyzja sądu 16.05.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 26.07.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-05-02 18:35:47</t>
   </si>
   <si>
+    <t>Oleg Nikolaevich Silich</t>
+  </si>
+  <si>
+    <t>19 sierpnia 1972</t>
+  </si>
+  <si>
+    <t>3,5 roku więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
+  </si>
+  <si>
+    <t>2023-11-22 15:19:45</t>
+  </si>
+  <si>
     <t>Dmitriy Tahirovich Suvkhanov</t>
   </si>
   <si>
     <t>20 sierpnia 1987</t>
   </si>
   <si>
     <t>Dmitry Suvkhanov jest bratem Marata Suvkhanova, który zginął na Ukrainie w lutym 2023 r., walcząc po stronie rosyjskich sił okupacyjnych.
 Moderatorem spotkania w sądzie rejonowym w Swietłogorsku ponownie była Kristina Kasyanova. Rozważyła zarzut postawiony Dmitrijowi Suwchanowowi na podstawie części 2 art. 367, którym władze karzą za zniesławienie Łukaszenki.
 Władze naruszyły tym samym prawo Suwchanowa do rozpatrzenia jego sprawy przez niezawisły i bezstronny sąd. Przecież obywatelka Kasjanowa jest uzależniona zawodowo od osoby, którą Suwchanow rzekomo oczernił: Menaut Łukaszenka swoim dekretem mianował Kasjanową na stanowisko sędziego i jeśli nie będzie zadowolony z jej działań, tylko on może ją z tego zwolnić pozycja.</t>
   </si>
   <si>
     <t>Decyzja sądu 15.07.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 02.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-16 18:09:01</t>
   </si>
   <si>
     <t>Alexander Andreevich Kudrevich</t>
   </si>
   <si>
     <t>20 sierpnia 1989</t>
   </si>
   <si>
     <t>Szczegóły sprawy nie są znane. Prawdopodobnie Aleksander został zatrzymany w styczniu 2024 r. Z informacji znajdujących się na jego portalach społecznościowych wynika, że mężczyzna jest żonaty i w 2014 roku ukończył BSUIR.
 Prawdopodobnie pracował w Wydziale Wywiadu Kryminalnego, który złożył pozew przeciwko Aleksandrowi za spowodowanie szkód majątkowych. Przypomnijmy, że w kwietniu tego roku na Białorusi pojawił się Departament Wywiadu Kryminalnego MSW – wcześniej nosił nazwę Departamentu Wsparcia Operacyjnej Działalności Dochodzeniowej MSW.
 Proces będzie się toczył za zamkniętymi drzwiami.</t>
   </si>
   <si>
     <t>Decyzja sądu 30.12.2024: 15 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 11.03.2025: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-12-02 14:32:26</t>
   </si>
   <si>
     <t>Irina Alexandrovna Melkher</t>
   </si>
   <si>
     <t>20 sierpnia 1955</t>
   </si>
   <si>
     <t>Irina została zatrzymana w grudniu 2020 r. wraz z synem w ramach kryminalnej „sprawy Autuchowicza”. Władze nazwały Mikałaja Autuchowicza „organizatorem i przywódcą grupy terrorystycznej”. Została oskarżona o udział w „organizacji terrorystycznej” zajmującej się paleniem mienia funkcjonariuszy policji. Irina została skazana za „udział w organizacji przestępczej”, „akt terroryzmu”, „próbę przejęcia władzy”, a także udział w wiecu protestacyjnym, który odbył się we wrześniu 2020 r. w Brześciu.</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 17 lata więzienia w kolonii na warunkach ogólnych, 700 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:45:25</t>
   </si>
   <si>
-    <t>Evgeny Anatolyevich Lyulkovich</t>
-[...2 lines deleted...]
-    <t>21 sierpnia 1994</t>
+    <t>Yauheni Anatolyevich Liulkovich</t>
+  </si>
+  <si>
+    <t>21 sierpnia 1984</t>
   </si>
   <si>
     <t>Po licznych aresztach administracyjnych, 21 listopada 2021 r. został ponownie aresztowany w sprawie karnej.</t>
   </si>
   <si>
     <t>2022-05-14 20:51:06</t>
   </si>
   <si>
+    <t>Alexander Vladimirovich Yakushkov</t>
+  </si>
+  <si>
+    <t>22 sierpnia 1956</t>
+  </si>
+  <si>
+    <t>Emerytowany wojskowy, podpułkownik rezerwy, który służył w strategicznych siłach rakietowych, były nauczyciel w Szkole Wojskowej i członek Ludowej Partii Hramada.
+Podczas kampanii wyborczej na prezydenta w 2020 r. Jakuszkow był dwukrotnie sądzony za „udział w nieautoryzowanych wydarzeniach” – za udział w pikietach w celu zbierania podpisów dla Swietłany Cichanouskiej; w obu przypadkach sąd skazał mężczyznę na „dni więzienia”.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 12.06.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 11.09.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-10-21 22:55:48</t>
+  </si>
+  <si>
+    <t>Boris Borisovich Puchalski</t>
+  </si>
+  <si>
+    <t>22 sierpnia 1975</t>
+  </si>
+  <si>
+    <t>Z ustaleń śledztwa wynika , że w styczniu br. Ukrainiec Lichołat skontaktował się z SBU, która zleciła mu wysadzenie torów kolejowych. Do wykonania tego zadania zatrudnił dwóch mieszkańców Grodna, którzy mieli zawodowe umiejętności w zakresie rozbrajania min. Borys Puchalski został zatrzymany, gdy zabrał ładunek wybuchowy z kryjówki w rejonie kobryńskim i przewiózł go do rejonu tołoczyńskiego.
+Skazany na 25 lat więzienia, sąd nakazał Borisowi odsiedzieć pierwsze pięć lat kary w więzieniu.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 18.12.2024: 25 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 02.05.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2023-09-28 13:36:19</t>
+  </si>
+  <si>
+    <t>Svetlana Viktorovna Bychkovskaya</t>
+  </si>
+  <si>
+    <t>22 sierpnia 1977</t>
+  </si>
+  <si>
+    <t>Kobieta pracowała w serwisie One Window w dzielnicy Oktyabrsky w Mińsku.
+Podejrzewa się go o przekazywanie danych osobowych funkcjonariuszy służb bezpieczeństwa kanałami telegramów.
+Proces odbył się za zamkniętymi drzwiami.</t>
+  </si>
+  <si>
+    <t>5. 5 lat pozbawienia wolności w kolonii karnej.</t>
+  </si>
+  <si>
+    <t>2022-04-19 18:19:59</t>
+  </si>
+  <si>
     <t>Oksana Genrikhovna Lepko</t>
   </si>
   <si>
     <t>22 sierpnia 1974</t>
   </si>
   <si>
     <t>Została skazana za przekazywanie pieniędzy w areszcie tymczasowym.</t>
   </si>
   <si>
     <t>Decyzja sądu 20.09.2024: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 22.11.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2024-06-03 18:46:04</t>
+  </si>
+  <si>
+    <t>Pavel Nikolayevich Belous</t>
+  </si>
+  <si>
+    <t>22 sierpnia 1987</t>
+  </si>
+  <si>
+    <t>Twórca sklepu Symbal.by, manager kultury.
+Został zatrzymany 15 listopada 2021 roku po wezwaniu na policję. Następnie Pavel został trzykrotnie skazany w sprawach administracyjnych (na 15, 13 i 7 dni), a następnie został przeniesiony do aresztu śledczego w sprawie karnej.</t>
+  </si>
+  <si>
+    <t>13 lat więzienia w kolonii karnej w zaostrzonym reżimie.</t>
+  </si>
+  <si>
+    <t>2021-12-29 15:27:44</t>
   </si>
   <si>
     <t>Olga Vladimirovna Mayorova</t>
   </si>
   <si>
     <t>22 sierpnia 1966</t>
   </si>
   <si>
     <t>Znana osoba publiczna, wcześniej należąca do Zjednoczonej Partii Obywatelskiej, została zatrzymana 4 stycznia 2021 r. w ramach „sprawy Autuchowicza” i oskarżona o udział w „organizacji terrorystycznej” związanej z podpaleniem mienia policyjnego. Olga została skazana za „udział w organizacji przestępczej”, „próbę przejęcia władzy”, „podżeganie do nienawiści”, „nawoływanie do sankcji” i „nielegalne działania z użyciem broni”.
 W areszcie u więźnia politycznego podejrzewano cukrzycę. W marcu 2024 r. została ponownie skazana za „złośliwe nieposłuszeństwo wobec wymagań administracji kolonii”.</t>
   </si>
   <si>
     <t>IK-24, ul. Proizvodstvennaya, zm. 44, osada Rejon, rejon Rechitsa, obwód homelski, 247526</t>
   </si>
   <si>
     <t>Decyzja sądu 17.10.2022: 20 lata więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja 31.03.2023: wyrok został podtrzymany. Decyzja sądu 05.03.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 29.05.2024: wyrok został podtrzymany.</t>
   </si>
   <si>
     <t>2021-02-27 00:48:39</t>
-  </si>
-[...14 lines deleted...]
-    <t>2024-10-21 22:55:48</t>
   </si>
   <si>
     <t>Alexander Vladimirovich Sudnikovich</t>
   </si>
   <si>
     <t>22 sierpnia 1960</t>
   </si>
   <si>
     <t>Pod koniec maja 2024 r. państwowe media poinformowały o zatrzymaniu na granicy białorusko-litewskiej dwóch obywateli Białorusi: jeden z nich był poszukiwany listem gończym i próbował nielegalnie przekroczyć granicę z Litwą, drugi był kierowcą.
 W nagraniu wideo z wyznaniem Aleksander przyznał, że w 2021 roku zamieścił komentarze „pochwalające” działania Andrieja Zeltsera, który zginął w strzelaninie z oficerem KGB Dmitrijem Fedosiukiem. Wiadomo, że Aleksander od dawna mieszka w Stanach Zjednoczonych.
 W lutym 2025 roku został skazany za cztery przestępstwa, ale wyrok nadal nie jest znany. Podobno ma również poważne problemy zdrowotne.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.02.2025: nieznany lata więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2024-10-10 12:18:28</t>
   </si>
   <si>
-    <t>Pavel Nikolayevich Belous</t>
-[...47 lines deleted...]
-  <si>
     <t>Paul Vladimirovich Korenyukhin</t>
   </si>
   <si>
     <t>24 sierpnia 1988</t>
   </si>
   <si>
     <t>Zatrzymany został w listopadzie 2024 r. w Żodino.
 Jednocześnie strona internetowa inicjatywy „List. Bel” oraz jej strony na portalach społecznościowych zostały uznane za „materiały ekstremistyczne”. Miesiąc później KGB uznało tę inicjatywę za „ formację ekstremistyczną ”. Według departamentu z „literą .bel” spokrewnieni są Aleksander Mazur , a także Paweł Korenyukhin i Aleksander Łykszyn . Teraz mężczyźni przebywają w ST -8 , są oskarżeni z art. 361-1 Kodeksu karnego (Tworzenie grupy ekstremistycznej lub udział w niej).</t>
   </si>
   <si>
+    <t>Więzienie nr 4, ul.Mohylew Krupskoj 99A, 212011</t>
+  </si>
+  <si>
     <t>Decyzja sądu data nieznana: 3 roku 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu, 1000 jednostek bazowych kary. Apelacja 25.11.2025: nieznany.</t>
   </si>
   <si>
     <t>2024-12-29 21:56:28</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Kryvashei</t>
+  </si>
+  <si>
+    <t>24 sierpnia 1993</t>
+  </si>
+  <si>
+    <t>2025-11-06 20:45:56</t>
+  </si>
+  <si>
     <t>Anatoly Alexandrovich Churikov</t>
   </si>
   <si>
     <t>Decyzja sądu 19.08.2024: nieznany lata więzienia w kolonii na warunkach ogólnych. Apelacja 15.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-08-13 12:15:02</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025-11-06 20:45:56</t>
   </si>
   <si>
     <t>Pauline Alexandrovna Pitkevich</t>
   </si>
   <si>
     <t>24 sierpnia 1994</t>
   </si>
   <si>
     <t>Gdy w czerwcu 2024 r. KGB Białorusi uznało projekt Media IQ za grupę ekstremistyczną, wśród jej uczestników wymieniło Pitkiewicza. W tym samym czasie konta Poliny były ostatnio dostępne w sieci.
 Polina Pitkevich urodziła się w 1994 roku. Absolwent Wydziału Dziennikarstwa BSU (2016). Interesowała się teatrem i przez pewien czas była aktorką w Laboratorium Teatru Społecznego w Mińsku. Jako dziennikarka pisała na tematy kulturalne. Polina znana jest także ze swojej miłości do zwierząt - na jej stronach w mediach społecznościowych można znaleźć wiele ogłoszeń dotyczących pomocy bezdomnym zwierzętom. Według relacji znajomych, w domu Poliny mieszkał nie jeden uratowany kot.</t>
   </si>
   <si>
     <t>Decyzja sądu 07.03.2025: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-02-28 01:16:19</t>
   </si>
   <si>
     <t>Nadezhda Anatolievna Laptenok</t>
   </si>
   <si>
     <t>24 sierpnia 1972</t>
   </si>
   <si>
     <t>Wiadomo, że Nadieżda ma dwie dorosłe córki i niepełnoletniego syna niepełnosprawnego.
 W dniu 1 marca 2024 roku apelacja została rozpatrzona i wyrok uprawomocnił się.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych</t>
   </si>
   <si>
     <t>2023-12-07 23:27:01</t>
-  </si>
-[...27 lines deleted...]
-    <t>2021-02-26 21:11:11</t>
   </si>
   <si>
     <t>Dmitriy Aleksandrovich Makeev</t>
   </si>
   <si>
     <t>25 sierpnia 1983</t>
   </si>
   <si>
     <t>Z wykształcenia farmaceuta. Dmitry jest oskarżony na podstawie sześciu artykułów kodeksu karnego.
 Według prokuratury od sierpnia 2020 r. do lutego 2023 r. mężczyzna przelał 68 euro na konta zasobu informacyjnego Biełsatu oraz 68 euro i 78 dolarów na konta Funduszu Solidarności Bysol. Ponadto przez ponad rok przelewał pieniądze na rzecz zasobu medialnego, „którego materiały uznano za ekstremistyczne”, a także 33 euro na konta pułku Kastusa Kalinowskiego.
 Oskarżony wykonał kserokopie otrzymanych przez aptekę dokumentów wydziałowych i przesłał je kanałom „Telegramu”, które słudzy Łukaszenki nazywają „formacjami ekstremistycznymi”. Już podczas pierwszej rozprawy okazało się, że wśród dokumentów znajdowała się informacja o pojednaniu wojskowych kart rejestracyjnych osób odbywających służbę wojskową, że z rynku białoruskiego znikną niektóre leki produkcji ukraińskiej, apel Białoruskiego Związku Kobiet w związku z sytuacją na granicy, decyzja Ministra Zdrowia Wł Ponadto mężczyzna uchwycił wideo z zewnętrznych kamer monitoringu apteki przedstawiające ruch rosyjskiego sprzętu wojskowego, a następnie przesłał je na „kanały”.
 W dniu 28 listopada 2023 roku odwołanie zostało rozpatrzone. Wyrok wszedł w życie.</t>
   </si>
   <si>
     <t>6 lat więzienia w kolonii o podwyższonych warunkach bezpieczeństwa</t>
   </si>
   <si>
     <t>2023-08-16 18:04:33</t>
   </si>
   <si>
+    <t>Artsem Nikolaevich Sakov</t>
+  </si>
+  <si>
+    <t>25 sierpnia 1994</t>
+  </si>
+  <si>
+    <t>Artem to były funkcjonariusz straży granicznej, członek grupy inicjatywnej na rzecz nominacji prezydenckiej Swietłany Tichanowskiej i jeden z autorów filmów wideo na kanale YouTube „Country for Life”. Brał udział w pikiecie zbierającej podpisy w Grodnie w dniu 29 maja 2020 r. Później został zatrzymany i skazany za „organizowanie masowych zamieszek”.
+W listopadzie 2022 roku został przeniesiony do reżimu więziennego.
+Zdaniem obrońców praw człowieka osoby zaangażowane w „sprawę” mają zapłacić odszkodowanie w wysokości 29 mln rubli.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 14.12.2021: 16 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 01.06.2022: wyrok został podtrzymany. Decyzja sądu 06.10.2022: około 29000000 ruble odszkodowania. Sąd zmiany reżimu 09.11.2022: nieznany lata więzienia.</t>
+  </si>
+  <si>
+    <t>2021-02-26 21:11:11</t>
+  </si>
+  <si>
     <t>Marina Alexandrovna Petrozhitskaya</t>
   </si>
   <si>
     <t>25 sierpnia 1963</t>
   </si>
   <si>
     <t>Pracowała jako dyrektorka ds. pracy dydaktycznej w Gimnazjum nr 34 w Mińsku, które znajduje się w pobliżu ulicy Orłowskiej, naprzeciwko placu Kijowskiego. Ukończyła Białoruski Państwowy Uniwersytet Pedagogiczny (wówczas Miński Państwowy Instytut Pedagogiczny) w 1984 roku, po czym przez około 40 lat uczyła matematyki.
 W lipcu 2021 roku Petrazycka została skazana na 15 dni więzienia. Jej dom został przeszukany, a ona sama trafiła do KGB, gdzie sporządzono protokół o „niesubordynacji”. Nie wiadomo dokładnie, kiedy dyrektorka szkoły została zwolniona.
 Nauczyciel został aresztowany w październiku 2024 roku.</t>
   </si>
   <si>
     <t>Decyzja sądu 24.07.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 800 jednostek bazowych kary. Apelacja data nieznana: nieznany.</t>
   </si>
   <si>
     <t>2025-07-26 14:58:15</t>
+  </si>
+  <si>
+    <t>Gennady Mikhailovich Poleichuk</t>
+  </si>
+  <si>
+    <t>25 sierpnia 1974</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 02.12.2024: 1 rok 6 miesiące więzienia w kolonii na warunkach ogólnych. Apelacja 25.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-22 00:12:46</t>
+  </si>
+  <si>
+    <t>Olga Alexandrovna Rodionova</t>
+  </si>
+  <si>
+    <t>26 sierpnia 1974</t>
+  </si>
+  <si>
+    <t>Olga Rodionova do 2020 roku pracowała w KYKY.org, głównie w rubryce „Ból”, a także współpracowała jako freelancer z mediami białoruskimi i zagranicznymi.
+Podczas pobytu w Areszcie Śledczym nr 1 Olga została skierowana na badania psychiatryczne do szpitala w Nowinkach. Chora mama Olgi , która ma ponad 80 lat , wymaga stałej opieki .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 10.12.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 07.02.2025: nieznany.</t>
+  </si>
+  <si>
+    <t>2024-11-01 02:14:01</t>
+  </si>
+  <si>
+    <t>Tatiana Vladimirovna Minets</t>
+  </si>
+  <si>
+    <t>26 sierpnia 1979</t>
+  </si>
+  <si>
+    <t>Praktykujący psycholog i odnoszący sukcesy coach biznesowy w dziedzinie rozwoju zawodowego i osobistego. Członek Białoruskiego Stowarzyszenia Psychoterapeutów.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 20.08.2025: 2 roku więzienia w kolonii na warunkach ogólnych, 1000 jednostek bazowych kary. Apelacja 11.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2024-11-26 19:12:09</t>
   </si>
   <si>
     <t>Catherine Nikolaevna Novikov</t>
   </si>
   <si>
     <t>26 sierpnia 1985</t>
   </si>
   <si>
     <t>Prawdopodobnie zatrzymany za udzielanie wywiadów zagranicznym mediom.
 Wiadomo, że Ekaterina została zatrzymana na początku lata w jednej koszuli nocnej, w której przebywała w areszcie śledczym do czasu pierwszego przekazania jej krewnym.
 Na początku kwietnia 2024 r. źródła Biełsatu przekazały redakcji list od Ekateriny. Na kartce papieru toaletowego opisała swoje straszliwe zatrzymanie i późniejsze uwięzienie:
 „Spadłem z drugiego piętra łóżka z głową na drewnianej ławce. Zrobili zdjęcie, ale od ponad miesiąca nie zgłosili wyniku”.
 „Umieścili to na fladze, pobili całe biuro. Powiedzieli, że to z powodu moich wywiadów, kanału i moich ognistych apeli”.
 W dniu 16 lipca 2024 roku odwołanie zostało rozpatrzone.</t>
   </si>
   <si>
     <t>6,5 roku więzienia w kolonii na og&amp;oacute;lnych warunkach reżimowych.</t>
   </si>
   <si>
     <t>2023-07-19 22:46:33</t>
   </si>
   <si>
+    <t>Alexandra Vladimirovna Dubrovskaya</t>
+  </si>
+  <si>
+    <t>26 sierpnia 1988</t>
+  </si>
+  <si>
+    <t>Aleksandra jest absolwentką Uniwersytetu Kardynała Stefana Wyszyńskiego w Warszawie. Pracuje jako nauczycielka języka angielskiego w różnych szkołach i ośrodkach rozwoju dziecka w Mohylewie. Posiada kwalifikacje nauczycielskie pierwszej kategorii.
+Kobieta znana jest jako miłośniczka kultury białoruskiej, brała udział w wydarzeniach Towarzystwa Języka Białoruskiego i klubu tańca ludowego.
+Najprawdopodobniej sprawa ma związek z udziałem Aleksandry w protestacyjnych czatach.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych. Apelacja 19.11.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-11-29 17:40:07</t>
+  </si>
+  <si>
     <t>Dmitry Yurievich Ravich</t>
-  </si>
-[...1 lines deleted...]
-    <t>26 sierpnia 1988</t>
   </si>
   <si>
     <t>Aresztowany za akcję na kolei .
 Podczas ofensywy wojsk rosyjskich na Kijów z obwodu homelskiego wraz z Denisem Dikunem i Olegiem Mołczanowem spalił na kolei szafkę ze sprzętem elektronicznym, aby spowolnić dostawy rosyjskiego sprzętu wojskowego do granicy z Ukrainą. W efekcie zniszczeniu uległa sygnalizacja świetlna i rozjazdy na jednym z odcinków linii kolejowej Żłobin-Kalinkowicze, prowadzącej dalej na Ukrainę.
 Dmitry pracował w VMU RUE „PO Belorusneft” jako elektryk wiertniczy.</t>
   </si>
   <si>
     <t>22 lata więzienia w kolonii karnej w zaostrzonym reżimie.</t>
   </si>
   <si>
     <t>2022-03-11 01:12:13</t>
   </si>
   <si>
-    <t>Alexandra Vladimirovna Dubrovskaya</t>
-[...41 lines deleted...]
-    <t>2024-11-01 02:14:01</t>
+    <t>Nikita Sergeevich Nechaev</t>
+  </si>
+  <si>
+    <t>26 sierpnia 1994</t>
+  </si>
+  <si>
+    <t>Nikita ukończył studia na Wydziale Radiofizyki i Technik Informatycznych w 2019 roku. Został uznany za najlepszego studenta w kategorii „Najlepszy absolwent BSU”.
+Posiada 7- letnie doświadczenie w pracy nad zaawansowanymi projektami badawczymi w różnych dziedzinach ( m.in. statystyka , teoria prawdopodobieństwa i algebra liniowa , fizyka półprzewodników i fizyka cieplna ) .</t>
+  </si>
+  <si>
+    <t>Decyzja sądu data nieznana: 3 roku więzienia w kolonii na warunkach ogólnych, 500 jednostek bazowych kary. Apelacja 03.02.2026: nieznany.</t>
+  </si>
+  <si>
+    <t>2025-11-13 13:44:32</t>
   </si>
   <si>
     <t>Stepan Sergeevich Zadojko</t>
   </si>
   <si>
     <t>27 sierpnia 1984</t>
   </si>
   <si>
     <t>Według prorządowych kanałów został zatrzymany za wygłoszenie ponad 1200 komentarzy. Warto zauważyć, że komentarze służb bezpieczeństwa były pisane przede wszystkim w języku białoruskim i miały głównie na celu wsparcie Ukrainy. Wszystkie pokazane komentarze pochodzą z YouTube.
 Na nagraniu zamieszczonym na kanałach sił bezpieczeństwa atakuje go pięciu żołnierzy SOBR, po czym mężczyzna wygląda na pobitego: ma mocno podbite oko i głowę podrapaną do krwi.
 Stepan pracuje jako robotnik w jednym z prywatnych przedsiębiorstw w Grodnie. Mężczyzna regularnie chodzi także na siłownię i utrzymuje dobrą formę fizyczną, sądząc po zdjęciach w sieciach społecznościowych.</t>
   </si>
   <si>
+    <t>Więzienie-1, Grodno ul. Kirowa 1, 230023</t>
+  </si>
+  <si>
     <t>5,5 roku więzienia w więzieniu o zaostrzonym rygorze.</t>
   </si>
   <si>
     <t>2023-09-27 17:54:18</t>
   </si>
   <si>
-    <t>Michael Igorevich Baboshko</t>
-[...11 lines deleted...]
-    <t>2023-10-02 21:15:28</t>
+    <t>Aliaksandr Nazarovich</t>
+  </si>
+  <si>
+    <t>27 sierpnia 1983</t>
+  </si>
+  <si>
+    <t>Aleksander został zatrzymany i skazany za zatrzymanie pociągu towarowego, nałożenie czerwonych pasów na kasetony reklamowe, przebicie opony funkcjonariuszowi policji, podpalenie kiosku Tabakerka oraz obchodzenie się z przedmiotami zawierającymi substancje łatwopalne. Swoje działania uzasadnił jako protest przeciwko sytuacji w kraju po wyborach prezydenckich, które odbyły się 9 sierpnia 2020 r., w szczególności przeciwko bezpodstawnym przetrzymywaniom i torturowaniu ludzi przez siły bezpieczeństwa. Skonfiskowano także jego Opla Astrę.</t>
+  </si>
+  <si>
+    <t>IK-11, Wołkowysk, ul. Rokossowski, 118, 231900</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 07.06.2021: 8 lata więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 26.08.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-27 01:24:17</t>
+  </si>
+  <si>
+    <t>Alexander Gennadievich Kordyukov</t>
+  </si>
+  <si>
+    <t>27 sierpnia 1979</t>
+  </si>
+  <si>
+    <t>Aleksander został zatrzymany po proteście przeciwko wynikom wyborów prezydenckich, który odbył się 11 sierpnia 2020 r. w Brześciu. Podczas tej akcji Giennadij Szutow został postrzelony w tył głowy, czego świadkiem był Aleksander. Później został skazany za stawianie oporu i próbę zabicia kapitana Romana Gawriłowa, który zastrzelił protestującego, oraz chorążego Arsenija Galicyna, który działał w charakterze ofiar.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 25.02.2021: 10 lata więzienia w kolonii w warunkach wzmocnionego reżimu, 2642 rubel odszkodowania. Apelacja 14.05.2021: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2021-02-28 02:18:57</t>
   </si>
   <si>
     <t>Andrey Anatolyevich Vrublevsky</t>
   </si>
   <si>
     <t>27 sierpnia 1971</t>
   </si>
   <si>
     <t>Decyzja sądu 04.03.2025: 4 roku więzienia w kolonii na warunkach ogólnych.</t>
   </si>
   <si>
     <t>2025-04-08 09:55:08</t>
   </si>
   <si>
     <t>Irina Viktorovna Kishkurno</t>
   </si>
   <si>
     <t>27 sierpnia 1962</t>
   </si>
   <si>
     <t>Wiadomo, że kobieta pracowała jako bibliotekarka, a w ostatnim roku przed aresztowaniem pracowała w systemie komunalnych usług komunalnych Mińskiego Miejskiego Komitetu Wykonawczego.
 Osoby, które spotkały Irinę w więzieniu, mówiły, że bardzo trudno jej było poradzić sobie z aresztowaniem. Według niej, krewni i przyjaciele odwrócili się od niej. Ponadto Irina miała poważne problemy zdrowotne: rozprawy sądowe musiały być przerywane z powodu choroby kobiety.</t>
   </si>
   <si>
     <t>2025-08-23 23:03:35</t>
   </si>
   <si>
-    <t>Alexander Gennadievich Kordyukov</t>
-[...45 lines deleted...]
-    <t>2025-01-29 22:01:28</t>
+    <t>Michael Igorevich Baboshko</t>
+  </si>
+  <si>
+    <t>27 sierpnia 1992</t>
+  </si>
+  <si>
+    <t>W dniu 1 grudnia 2023 roku odbyła się rozprawa apelacyjna, na której wyrok uprawomocnił się.</t>
+  </si>
+  <si>
+    <t>7 lat więzienia w kolonii o zaostrzonym rygorze</t>
+  </si>
+  <si>
+    <t>2023-10-02 21:15:28</t>
   </si>
   <si>
     <t>Lyudmila Andreevna Deineka</t>
   </si>
   <si>
     <t>28 sierpnia 1983</t>
   </si>
   <si>
     <t>Ludmiła Deineko ma 40 lat. W 2005 roku ukończyła studia prawnicze na Uniwersytecie Państwowym w Połocku. Najpierw pracowała w wydziale spraw wewnętrznych mińskiego obwodowego komitetu wykonawczego, następnie w wydziale sprawiedliwości komitetu wykonawczego miasta Mińska i jako konsultant w sądzie rejonu zawodskiego w Mińsku.
 Proces rozpoczyna się 22 lipca. Deineko jest oskarżana o „nawoływanie do sankcji”, „obrazę Łukaszenki” i „podżeganie do wrogości lub niezgody”.
 Ludmiła ma dwójkę małoletnich dzieci.</t>
   </si>
   <si>
-    <t>Decyzja sądu 29.07.2024: 4 roku więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2024: nieznany.</t>
+    <t>Decyzja sądu 29.07.2024: 5 lata więzienia w kolonii na warunkach ogólnych. Apelacja 04.10.2024: nieznany.</t>
   </si>
   <si>
     <t>2024-07-18 16:18:34</t>
   </si>
   <si>
+    <t>Andrey Anatolyevich Kreidich</t>
+  </si>
+  <si>
+    <t>28 sierpnia 1977</t>
+  </si>
+  <si>
+    <t>Po aresztowaniu został skazany za wykroczenie administracyjne i od tamtej pory nie został zwolniony. Przebywa w areszcie tymczasowym, oskarżony o komentarze w mediach społecznościowych.
+Przed aresztowaniem mieszkał i pracował w Europie.</t>
+  </si>
+  <si>
+    <t>Decyzja sądu 15.08.2025: 3 roku 6 miesiące więzienia w kolonii na warunkach ogólnych, 600 jednostek bazowych kary. Apelacja 14.10.2025: wyrok został podtrzymany.</t>
+  </si>
+  <si>
+    <t>2025-01-29 22:01:28</t>
+  </si>
+  <si>
     <t>Vasily Alexandrovich Klimovich</t>
   </si>
   <si>
     <t>29 sierpnia 1988</t>
   </si>
   <si>
     <t>Wasilij pochodzi z Homla. Interesuje się samochodami i uwielbia majsterkować. Ukończył Akademię Wojskową i służył w brygadzie rakietowej. Służył w Siłach Zbrojnych Białorusi przez 15 lat i uzyskał stopień majora. Wiadomo, że latem 2021 roku odszedł ze służby i zajął się marketingiem sieciowym.</t>
   </si>
   <si>
     <t>2025-07-23 12:13:53</t>
-  </si>
-[...13 lines deleted...]
-    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Andrey Valerievich Nesterovich</t>
   </si>
   <si>
     <t>31 sierpnia 1989</t>
   </si>
   <si>
     <t>Andriej, właściciel grodzieńskiego sklepu etnicznego „Cudunia”, został aresztowany 6 lutego 2025 r. w związku ze sprawą karną związaną z protestami z 2020 r., a następnie skazany na karę ograniczenia wolności.
 Założył sklep w 2015 roku. Po wyborach w 2020 roku sklepowi grożą grzywny i utrata lokalu, ale Andriej pozostał na Białorusi i nadal wspierał sklep, wierząc, że jest on ważny dla zachowania i rozwoju białoruskiej kultury.</t>
   </si>
   <si>
     <t>IUOT-9, 210034, Witebsk, ul. 3 Czepińska, 39</t>
   </si>
   <si>
     <t>Decyzja sądu 16.05.2025: 1 rok 6 miesiące ograniczenia wolności ze skierowaniem do otwartego zakładu karnego.</t>
   </si>
   <si>
     <t>2025-02-17 17:03:14</t>
   </si>
   <si>
     <t>Ruslan Nikolaevich Baranchyk</t>
   </si>
   <si>
     <t>31 sierpnia 1976</t>
   </si>
   <si>
     <t>Rusłan Baranczyk jest absolwentem Wydziału Matematyki Uniwersytetu Państwowego w Grodnie.
 Przez pewien czas pracował jako tester w EPAM Systems, programista w Inteksoft, a nawet udzielał wsparcia technicznego na dworcu autobusowym w Grodnie.
 W ostatnich latach pracował zdalnie, zajmując się SEO i copywritingiem.</t>
   </si>
   <si>
-    <t>Decyzja sądu data nieznana: nieznany.</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-12-16 14:04:46</t>
   </si>
   <si>
-    <t>Alexander Andreevich Levkovich</t>
-[...11 lines deleted...]
-    <t>2025-03-11 21:34:35</t>
+    <t>Dzmitry Aliaksandravich Ivanchanka</t>
+  </si>
+  <si>
+    <t>31 sierpnia 1986</t>
+  </si>
+  <si>
+    <t>Aresztowany za komentarze w sieciach społecznościowych.</t>
+  </si>
+  <si>
+    <t>nieznany</t>
+  </si>
+  <si>
+    <t>2022-09-05 15:46:23</t>
   </si>
   <si>
     <t>Yuri Ivanovich Vlasov</t>
   </si>
   <si>
     <t>31 sierpnia 1967</t>
   </si>
   <si>
     <t>Powiernik kandydatki na prezydenta Swietłany Tichanowskiej w Homlu i obwodzie homelskim. Został zatrzymany 6 sierpnia 2020 r. i oskarżony o „masowe zamieszki” oraz plany „zajmowania budynków”.
 W 2023 roku Yuri został przeniesiony do reżimu więziennego.</t>
   </si>
   <si>
     <t>Decyzja sądu 04.05.2021: 6 lata 6 miesiące więzienia w kolonii w warunkach wzmocnionego reżimu. Apelacja 06.08.2021: wyrok został podtrzymany. Sąd zmiany reżimu 02.08.2023: 2 roku więzienia.</t>
   </si>
   <si>
     <t>2021-02-26 21:20:07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -1775,2541 +1765,2512 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I89"/>
+  <dimension ref="A1:I88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
+      <c r="E2" t="s">
+        <v>13</v>
+      </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="I5" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" t="s">
         <v>65</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I11" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" t="s">
+        <v>25</v>
+      </c>
+      <c r="I12" t="s">
         <v>70</v>
-      </c>
-[...19 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>74</v>
       </c>
-      <c r="B13" t="s">
+      <c r="I13" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
+      <c r="I14" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H15" t="s">
         <v>85</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
         <v>88</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>89</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
         <v>90</v>
       </c>
-      <c r="F16" t="s">
-[...5 lines deleted...]
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
         <v>93</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>94</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>95</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>97</v>
       </c>
       <c r="B18" t="s">
         <v>98</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="I18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>101</v>
       </c>
       <c r="B19" t="s">
         <v>102</v>
       </c>
       <c r="C19" t="s">
         <v>103</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H19" t="s">
         <v>104</v>
       </c>
       <c r="I19" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>106</v>
       </c>
       <c r="B20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H20" t="s">
         <v>108</v>
       </c>
       <c r="I20" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>110</v>
       </c>
       <c r="B21" t="s">
         <v>111</v>
       </c>
       <c r="C21" t="s">
         <v>112</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>113</v>
       </c>
       <c r="I21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>115</v>
       </c>
       <c r="B22" t="s">
         <v>116</v>
       </c>
       <c r="C22" t="s">
         <v>117</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="I22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>120</v>
       </c>
       <c r="B23" t="s">
         <v>121</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" t="s">
         <v>122</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
         <v>125</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>35</v>
+      </c>
+      <c r="E24" t="s">
+        <v>36</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>127</v>
       </c>
       <c r="I24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>129</v>
       </c>
       <c r="B25" t="s">
         <v>130</v>
       </c>
       <c r="C25" t="s">
         <v>131</v>
       </c>
       <c r="D25" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>132</v>
       </c>
       <c r="I25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>134</v>
       </c>
       <c r="B26" t="s">
         <v>135</v>
       </c>
       <c r="C26" t="s">
         <v>136</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
         <v>137</v>
       </c>
-      <c r="F26" t="s">
-[...5 lines deleted...]
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>139</v>
+      </c>
+      <c r="B27" t="s">
         <v>140</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
         <v>141</v>
       </c>
-      <c r="C27" t="s">
+      <c r="I27" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>143</v>
+      </c>
+      <c r="B28" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>146</v>
       </c>
-      <c r="B28" t="s">
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
         <v>147</v>
       </c>
-      <c r="D28" t="s">
-[...11 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
         <v>150</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>151</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" t="s">
         <v>152</v>
       </c>
-      <c r="D29" t="s">
-[...11 lines deleted...]
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
         <v>155</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>156</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>48</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" t="s">
         <v>157</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" t="s">
         <v>160</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>161</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
         <v>162</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="F31" t="s">
+      <c r="G31" t="s">
+        <v>84</v>
+      </c>
+      <c r="H31" t="s">
         <v>163</v>
       </c>
-      <c r="G31" t="s">
-[...2 lines deleted...]
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
         <v>166</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" t="s">
         <v>167</v>
       </c>
-      <c r="C32" t="s">
+      <c r="I32" t="s">
         <v>168</v>
-      </c>
-[...16 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>169</v>
+      </c>
+      <c r="B33" t="s">
         <v>170</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
         <v>171</v>
       </c>
-      <c r="D33" t="s">
-[...11 lines deleted...]
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
         <v>174</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>175</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" t="s">
         <v>176</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" t="s">
         <v>179</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>146</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>60</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H44" t="s">
         <v>225</v>
       </c>
       <c r="I44" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>227</v>
       </c>
       <c r="B45" t="s">
         <v>228</v>
       </c>
       <c r="C45" t="s">
         <v>229</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I45" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B46" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" t="s">
         <v>235</v>
       </c>
-      <c r="F46" t="s">
-[...5 lines deleted...]
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>237</v>
+      </c>
+      <c r="B47" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C47" t="s">
         <v>239</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" t="s">
         <v>240</v>
       </c>
-      <c r="F47" t="s">
-[...5 lines deleted...]
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>242</v>
+      </c>
+      <c r="B48" t="s">
         <v>243</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G48" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>245</v>
       </c>
       <c r="I48" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>247</v>
       </c>
       <c r="B49" t="s">
         <v>248</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" t="s">
         <v>249</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50" t="s">
         <v>252</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>253</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
         <v>254</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>256</v>
+      </c>
+      <c r="B51" t="s">
         <v>257</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>258</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>146</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" t="s">
         <v>259</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>261</v>
+      </c>
+      <c r="B52" t="s">
         <v>262</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>263</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>35</v>
+      </c>
+      <c r="E52" t="s">
+        <v>36</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" t="s">
         <v>264</v>
       </c>
-      <c r="D52" t="s">
-[...11 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
+        <v>266</v>
+      </c>
+      <c r="B53" t="s">
         <v>267</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>268</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>146</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" t="s">
+        <v>240</v>
+      </c>
+      <c r="I53" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
+        <v>270</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
         <v>272</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" t="s">
         <v>273</v>
       </c>
-      <c r="C54" t="s">
+      <c r="I54" t="s">
         <v>274</v>
-      </c>
-[...16 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" t="s">
         <v>276</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>277</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" t="s">
         <v>278</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B56" t="s">
         <v>281</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>282</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>35</v>
+      </c>
+      <c r="E56" t="s">
+        <v>36</v>
+      </c>
+      <c r="F56" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
         <v>283</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>285</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
         <v>287</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>35</v>
+      </c>
+      <c r="E57" t="s">
+        <v>36</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
         <v>288</v>
       </c>
-      <c r="C57" t="s">
+      <c r="I57" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>290</v>
+      </c>
+      <c r="B58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C58" t="s">
         <v>292</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
         <v>293</v>
       </c>
-      <c r="C58" t="s">
+      <c r="I58" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" t="s">
+        <v>296</v>
+      </c>
+      <c r="C59" t="s">
         <v>297</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" t="s">
         <v>298</v>
       </c>
-      <c r="C59" t="s">
+      <c r="F59" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" t="s">
         <v>299</v>
       </c>
-      <c r="D59" t="s">
-[...11 lines deleted...]
-      <c r="H59" t="s">
+      <c r="I59" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>301</v>
+      </c>
+      <c r="B60" t="s">
         <v>302</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>303</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
         <v>304</v>
       </c>
-      <c r="D60" t="s">
-[...11 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
         <v>307</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>308</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
         <v>309</v>
       </c>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>310</v>
       </c>
       <c r="I61" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>312</v>
       </c>
       <c r="B62" t="s">
         <v>313</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" t="s">
+        <v>206</v>
+      </c>
+      <c r="I62" t="s">
         <v>314</v>
-      </c>
-[...16 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" t="s">
+        <v>307</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" t="s">
+        <v>316</v>
+      </c>
+      <c r="I63" t="s">
         <v>317</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
+        <v>318</v>
+      </c>
+      <c r="B64" t="s">
+        <v>319</v>
+      </c>
+      <c r="C64" t="s">
         <v>320</v>
       </c>
-      <c r="B64" t="s">
+      <c r="D64" t="s">
+        <v>35</v>
+      </c>
+      <c r="E64" t="s">
+        <v>36</v>
+      </c>
+      <c r="F64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" t="s">
         <v>321</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I64" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>323</v>
       </c>
       <c r="B65" t="s">
         <v>324</v>
       </c>
       <c r="C65" t="s">
         <v>325</v>
       </c>
       <c r="D65" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E65" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G65" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>326</v>
       </c>
       <c r="I65" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>328</v>
       </c>
       <c r="B66" t="s">
         <v>329</v>
       </c>
       <c r="C66" t="s">
         <v>330</v>
       </c>
       <c r="D66" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>38</v>
+        <v>146</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H66" t="s">
         <v>331</v>
       </c>
       <c r="I66" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>333</v>
       </c>
       <c r="B67" t="s">
         <v>334</v>
       </c>
+      <c r="C67" t="s">
+        <v>335</v>
+      </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>20</v>
+        <v>309</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G67" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I67" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B68" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C68" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E68" t="s">
-        <v>235</v>
+        <v>36</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I68" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B69" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>344</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H69" t="s">
         <v>345</v>
       </c>
       <c r="I69" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>347</v>
       </c>
       <c r="B70" t="s">
         <v>348</v>
       </c>
       <c r="C70" t="s">
         <v>349</v>
       </c>
       <c r="D70" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G70" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>350</v>
       </c>
       <c r="I70" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>352</v>
       </c>
       <c r="B71" t="s">
         <v>353</v>
       </c>
       <c r="C71" t="s">
         <v>354</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>355</v>
       </c>
       <c r="I71" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>357</v>
       </c>
       <c r="B72" t="s">
         <v>358</v>
       </c>
       <c r="C72" t="s">
         <v>359</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E72" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>360</v>
       </c>
       <c r="I72" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>362</v>
       </c>
       <c r="B73" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C73" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D73" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E73" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I73" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B74" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G74" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H74" t="s">
         <v>369</v>
       </c>
       <c r="I74" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>371</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>38</v>
+        <v>309</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>374</v>
       </c>
       <c r="I75" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>376</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>90</v>
+        <v>379</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G76" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I76" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B77" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C77" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>137</v>
+        <v>385</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="I77" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B78" t="s">
-        <v>387</v>
+        <v>389</v>
+      </c>
+      <c r="C78" t="s">
+        <v>390</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G78" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H78" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I78" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B79" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D79" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G79" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H79" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="I79" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B80" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C80" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E80" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>397</v>
+        <v>355</v>
       </c>
       <c r="I80" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B81" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C81" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>402</v>
+        <v>146</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G81" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="I81" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B82" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C82" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E82" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H82" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I82" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B83" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C83" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D83" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I83" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B84" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C84" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>235</v>
+        <v>309</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G84" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H84" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="I84" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C85" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
+      <c r="E85" t="s">
+        <v>423</v>
+      </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="I85" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B86" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C86" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
-      <c r="E86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>163</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>428</v>
+        <v>25</v>
       </c>
       <c r="I86" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>430</v>
       </c>
       <c r="B87" t="s">
         <v>431</v>
       </c>
       <c r="C87" t="s">
         <v>432</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>433</v>
       </c>
       <c r="I87" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>435</v>
       </c>
       <c r="B88" t="s">
         <v>436</v>
       </c>
       <c r="C88" t="s">
         <v>437</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
+      <c r="E88" t="s">
+        <v>48</v>
+      </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>438</v>
       </c>
       <c r="I88" t="s">
         <v>439</v>
-      </c>
-[...27 lines deleted...]
-        <v>444</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">